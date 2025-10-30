--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -4976,51 +4976,51 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Reca0d3a06c574315" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R57e9e60eb99e4cf7" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>