--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -4976,51 +4976,51 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R57e9e60eb99e4cf7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R77e34e3efc94451e" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>