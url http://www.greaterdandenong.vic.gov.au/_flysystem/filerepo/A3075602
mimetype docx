--- v2 (2025-11-21)
+++ v3 (2025-12-13)
@@ -4976,51 +4976,51 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R77e34e3efc94451e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R27b4237d07c24f4e" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>