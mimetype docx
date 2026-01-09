--- v3 (2025-12-13)
+++ v4 (2026-01-09)
@@ -4976,51 +4976,51 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R27b4237d07c24f4e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R10f82c2717764a47" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>