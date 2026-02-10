--- v4 (2026-01-09)
+++ v5 (2026-02-10)
@@ -4976,51 +4976,51 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R10f82c2717764a47" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc3784dd4f4ca40ba" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>