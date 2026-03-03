--- v5 (2026-02-10)
+++ v6 (2026-03-03)
@@ -4976,51 +4976,51 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc3784dd4f4ca40ba" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc512af40904840f8" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>