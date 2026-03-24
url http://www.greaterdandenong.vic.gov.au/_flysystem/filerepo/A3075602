--- v6 (2026-03-03)
+++ v7 (2026-03-24)
@@ -4976,51 +4976,51 @@
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
   <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc512af40904840f8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R0a65765d80324b9c" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>