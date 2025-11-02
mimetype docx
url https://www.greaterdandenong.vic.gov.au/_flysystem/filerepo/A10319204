--- v0 (2025-10-10)
+++ v1 (2025-11-02)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4755df04b245408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R63a59b1e7a2d4a4f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="6C05654A" w14:textId="1175C7ED" w:rsidR="005B4E5D" w:rsidRPr="00E02253" w:rsidRDefault="00E469B9" w:rsidP="00E469B9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:kern w:val="0"/>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02253">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:noProof/>
           <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
           <w:kern w:val="0"/>
           <w:sz w:val="34"/>
@@ -20869,51 +20869,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="825558850">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rf3711b7c61944efa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R2a6a2c5e66a74e16" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>