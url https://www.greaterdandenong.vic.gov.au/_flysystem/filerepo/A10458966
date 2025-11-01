--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,32 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
@@ -13683,51 +13683,52 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Raf940331d1b04813" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13971,153 +13972,151 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps3.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10458966</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes</value>
+      <value order="0">Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes - draft</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2023-12-15T06:07:16Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2023-12-19T05:31:39Z</value>
+      <value order="0">2023-12-18T03:22:42Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-04-02T05:07:00Z</value>
+      <value order="0">2023-12-19T03:44:23Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Ann Ly</value>
     </field>
     <field name="Objective-Path">
-      <value order="0">Classified Object:Classified Object:Classified Object:Classified Object:1. Meeting Minutes and Agendas</value>
+      <value order="0">Objective Global Folder:..Community Services:Program Planning:Advocacy Team - Status Resolution Support Services (SRSS) Program:1. Meeting Minutes and Agendas</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">1. Meeting Minutes and Agendas</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA13286718</value>
+      <value order="0">vA13281341</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">3.0</value>
+      <value order="0">2.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">3</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0"/>
+      <value order="0">PJ's review</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA390512</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0"/>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
-      <field name="Objective-Bulk Update Status">
-[...1 lines deleted...]
-      </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
-<file path=customXML/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...6 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2422BC0C-9214-E24C-BDDB-5DF54C49F390}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1423</Words>
   <Characters>8116</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
@@ -14141,101 +14140,98 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>McKechnie, Frances</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10458966</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes</vt:lpwstr>
+    <vt:lpwstr>Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes - draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2023-12-15T06:07:16Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2023-12-19T05:31:39Z</vt:filetime>
+    <vt:filetime>2023-12-18T03:22:42Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2024-04-02T05:07:00Z</vt:filetime>
+    <vt:filetime>2023-12-19T03:44:23Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Ann Ly</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
-    <vt:lpwstr>Classified Object:Classified Object:Classified Object:Classified Object:1. Meeting Minutes and Agendas</vt:lpwstr>
+    <vt:lpwstr>Objective Global Folder:..Community Services:Program Planning:Advocacy Team - Status Resolution Support Services (SRSS) Program:1. Meeting Minutes and Agendas</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>1. Meeting Minutes and Agendas</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA13286718</vt:lpwstr>
+    <vt:lpwstr>vA13281341</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>3.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>3</vt:r8>
+    <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr/>
+    <vt:lpwstr>PJ's review</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA390512</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-Bulk Update Status">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>