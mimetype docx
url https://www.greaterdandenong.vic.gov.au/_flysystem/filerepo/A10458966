--- v1 (2025-11-01)
+++ v2 (2026-01-16)
@@ -1,32 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
@@ -13683,52 +13683,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra80f0661b19b4e77" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13972,151 +13971,153 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXML/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps3.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10458966</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes - draft</value>
+      <value order="0">Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2023-12-15T06:07:16Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2023-12-18T03:22:42Z</value>
+      <value order="0">2023-12-19T05:31:39Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2023-12-19T03:44:23Z</value>
+      <value order="0">2024-04-02T05:07:00Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Ann Ly</value>
     </field>
     <field name="Objective-Path">
-      <value order="0">Objective Global Folder:..Community Services:Program Planning:Advocacy Team - Status Resolution Support Services (SRSS) Program:1. Meeting Minutes and Agendas</value>
+      <value order="0">Classified Object:Classified Object:Classified Object:Classified Object:1. Meeting Minutes and Agendas</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">1. Meeting Minutes and Agendas</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA13281341</value>
+      <value order="0">vA13286718</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">2.0</value>
+      <value order="0">3.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">2</value>
+      <value order="0">3</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">PJ's review</value>
+      <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA390512</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0"/>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
+      <field name="Objective-Bulk Update Status">
+        <value order="0"/>
+      </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2422BC0C-9214-E24C-BDDB-5DF54C49F390}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1423</Words>
   <Characters>8116</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>67</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
@@ -14140,98 +14141,101 @@
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>McKechnie, Frances</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10458966</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes - draft</vt:lpwstr>
+    <vt:lpwstr>Local Government Mayoral Taskforce supporting People Seeking Asylum - Meeting No. 31 Minutes</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2023-12-15T06:07:16Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2023-12-18T03:22:42Z</vt:filetime>
+    <vt:filetime>2023-12-19T05:31:39Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2023-12-19T03:44:23Z</vt:filetime>
+    <vt:filetime>2024-04-02T05:07:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Ann Ly</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
-    <vt:lpwstr>Objective Global Folder:..Community Services:Program Planning:Advocacy Team - Status Resolution Support Services (SRSS) Program:1. Meeting Minutes and Agendas</vt:lpwstr>
+    <vt:lpwstr>Classified Object:Classified Object:Classified Object:Classified Object:1. Meeting Minutes and Agendas</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>1. Meeting Minutes and Agendas</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA13281341</vt:lpwstr>
+    <vt:lpwstr>vA13286718</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>2.0</vt:lpwstr>
+    <vt:lpwstr>3.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>2</vt:r8>
+    <vt:r8>3</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>PJ's review</vt:lpwstr>
+    <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA390512</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-Bulk Update Status">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>