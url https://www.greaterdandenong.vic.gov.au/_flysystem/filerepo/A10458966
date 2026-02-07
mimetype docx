--- v2 (2026-01-16)
+++ v3 (2026-02-07)
@@ -13683,51 +13683,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra80f0661b19b4e77" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R30432914c5fe4967" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>