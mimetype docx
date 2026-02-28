--- v3 (2026-02-07)
+++ v4 (2026-02-28)
@@ -13683,51 +13683,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R30432914c5fe4967" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra224f0f8ffcd4f03" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>