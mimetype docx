--- v4 (2026-02-28)
+++ v5 (2026-03-20)
@@ -13683,51 +13683,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra224f0f8ffcd4f03" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rf6866437dc804673" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>