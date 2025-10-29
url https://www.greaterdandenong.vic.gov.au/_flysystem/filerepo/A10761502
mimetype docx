--- v0 (2025-10-09)
+++ v1 (2025-10-29)
@@ -19,68 +19,77 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF57F3" w:rsidRPr="0008752C" w14:paraId="7EE4E488" w14:textId="77777777" w:rsidTr="00FB276D">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A9EF334" w14:textId="147CC64F" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="00166C0F" w:rsidP="00FB276D">
+          <w:p w14:paraId="3A9EF334" w14:textId="0150331B" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="00166C0F" w:rsidP="00FB276D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2025</w:t>
+            </w:r>
+            <w:r w:rsidR="004848A3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-2026</w:t>
             </w:r>
             <w:r w:rsidR="00CF57F3" w:rsidRPr="0008752C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ROSS RESERVE ATHLETICS</w:t>
             </w:r>
             <w:r w:rsidR="00CF57F3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> FACILITY</w:t>
             </w:r>
             <w:r w:rsidR="00CF57F3" w:rsidRPr="0008752C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -92,176 +101,262 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E204306" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
     <w:p w14:paraId="1119B912" w14:textId="744CE155" w:rsidR="00CF57F3" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF57F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Club Bookings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35DA75FF" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
     <w:p w14:paraId="388FC006" w14:textId="4A386FD4" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3">
       <w:r>
         <w:t>The Ross Reserve Athletics Facility will be closed to the public during the following club allocated times.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E0A4E58" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
-    <w:p w14:paraId="797E2200" w14:textId="1FA2A19C" w:rsidR="00CF57F3" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3">
+    <w:p w14:paraId="797E2200" w14:textId="64F91DA0" w:rsidR="00CF57F3" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF57F3">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Period: 1 </w:t>
       </w:r>
+      <w:r w:rsidR="004848A3">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
       <w:r w:rsidR="00C53A72">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>April 2025 to 30 September 2025</w:t>
+        <w:t xml:space="preserve"> 2025 to 3</w:t>
+      </w:r>
+      <w:r w:rsidR="004848A3">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>1 March</w:t>
+      </w:r>
+      <w:r w:rsidR="00C53A72">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="004848A3">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2315BA78" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00611340"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
-        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="2126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00611340" w14:paraId="5B27FDB8" w14:textId="77777777" w:rsidTr="00611340">
+      <w:tr w:rsidR="00611340" w14:paraId="5B27FDB8" w14:textId="77777777" w:rsidTr="004848A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31CA51A2" w14:textId="3B0A0A0F" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
             <w:r>
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:t>4.45pm – 6.00pm</w:t>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39AA73C4" w14:textId="3FE13B5A" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
+            <w:r>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="004848A3">
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:t>pm – 6.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611340" w14:paraId="04D11D88" w14:textId="77777777" w:rsidTr="00611340">
+      <w:tr w:rsidR="00611340" w14:paraId="04D11D88" w14:textId="77777777" w:rsidTr="004848A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="283D5BAE" w14:textId="3D345B5E" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
             <w:r>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">4.45pm – </w:t>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F2E1E6" w14:textId="4DFC0F0E" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
+            <w:r>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="004848A3">
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">pm – </w:t>
             </w:r>
             <w:r w:rsidR="00C53A72">
               <w:t>7.3</w:t>
             </w:r>
             <w:r>
               <w:t>0pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611340" w14:paraId="74F7B487" w14:textId="77777777" w:rsidTr="00611340">
+      <w:tr w:rsidR="00611340" w14:paraId="74F7B487" w14:textId="77777777" w:rsidTr="004848A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6566B03D" w14:textId="79B5B6FF" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
             <w:r>
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F83F917" w14:textId="29B898DA" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
             <w:r>
               <w:t>6.00pm – 9.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00611340" w14:paraId="14CAFF2F" w14:textId="77777777" w:rsidTr="00611340">
+      <w:tr w:rsidR="00611340" w14:paraId="14CAFF2F" w14:textId="77777777" w:rsidTr="004848A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DD5A2B1" w14:textId="3CA5431D" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
             <w:r>
               <w:t>Thursday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...6 lines deleted...]
-              <w:t>7.3</w:t>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CF3FAF" w14:textId="18CA25DD" w:rsidR="00611340" w:rsidRDefault="00611340" w:rsidP="00611340">
+            <w:r>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r w:rsidR="004848A3">
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">pm – </w:t>
+            </w:r>
+            <w:r w:rsidR="004848A3">
+              <w:t>6.0</w:t>
             </w:r>
             <w:r>
               <w:t>0pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004848A3" w14:paraId="1762B680" w14:textId="77777777" w:rsidTr="004848A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E051FD" w14:textId="01B8912C" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="00611340">
+            <w:r>
+              <w:t>Friday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB6157A" w14:textId="1BB21C51" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="00611340">
+            <w:r>
+              <w:t>4.30pm – 9.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004848A3" w14:paraId="4E7892C6" w14:textId="77777777" w:rsidTr="004848A3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFD2123" w14:textId="35834DCC" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="00611340">
+            <w:r>
+              <w:t>Sunday</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ECF4CF" w14:textId="409606A5" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="00611340">
+            <w:r>
+              <w:t>10.00am - 12.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64E87AA7" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
     <w:p w14:paraId="6BA2761F" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
     <w:p w14:paraId="2C3D06DB" w14:textId="699CAC27" w:rsidR="00CF57F3" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF57F3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Event Bookings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055310E5" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
     <w:p w14:paraId="7B589A86" w14:textId="52A10B90" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3">
       <w:r>
@@ -362,1002 +457,50 @@
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11284FD6" w14:textId="1925DEA1" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00FB276D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Type of Booking</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F60F5" w14:paraId="4FCE2E3F" w14:textId="77777777" w:rsidTr="008135B9">
-[...950 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="003A0C3C" w14:paraId="4E7F652C" w14:textId="77777777" w:rsidTr="00EE7382">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="068AF1D4" w14:textId="037F6388" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>9/10/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1450,50 +593,118 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D6E4ED6" w14:textId="51671D85" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="008F6BDD" w14:paraId="4FDAE10F" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="58B34568" w14:textId="097C7398" w:rsidR="008F6BDD" w:rsidRDefault="008F6BDD" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>1/11/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="707A85DD" w14:textId="304D7D8F" w:rsidR="008F6BDD" w:rsidRDefault="008F6BDD" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>11.00am – 5.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="276E5C62" w14:textId="0D4E061E" w:rsidR="008F6BDD" w:rsidRDefault="008F6BDD" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>Fun Day</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="003A0C3C" w14:paraId="351596AD" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4C1D7BE9" w14:textId="5ECB44BF" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>7/11/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1512,50 +723,118 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="222777FB" w14:textId="12471893" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>7.30am – 3.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5F32A5F5" w14:textId="14A64E05" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F529CA" w14:paraId="17A54AAD" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="29B718C5" w14:textId="43138106" w:rsidR="00F529CA" w:rsidRDefault="00F529CA" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>3/12/25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="703E0904" w14:textId="4484C567" w:rsidR="00F529CA" w:rsidRDefault="00F529CA" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>8.30am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16ECDB49" w14:textId="178A5938" w:rsidR="00F529CA" w:rsidRDefault="00F529CA" w:rsidP="003A0C3C">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF4B33" w14:paraId="70D23DF2" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="60903382" w14:textId="12F01246" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
             <w:r>
@@ -1858,50 +1137,118 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1A1FD68B" w14:textId="5A9E7F88" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="004848A3" w14:paraId="68C64C16" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A6249FF" w14:textId="7152EF98" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>30/4/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77BD836A" w14:textId="22ED1CE4" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>7.00am – 4.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C677A29" w14:textId="17AD9CB3" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="003A0C3C" w14:paraId="4B67A82C" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="40D96A39" w14:textId="7C3F01EC" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>1/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2126,90 +1473,437 @@
           <w:p w14:paraId="25E1C4A0" w14:textId="7E371DED" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>7.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6140F707" w14:textId="47A05675" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004848A3" w14:paraId="1BC5AA0E" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="584A6644" w14:textId="75FDD255" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>5/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="394210FA" w14:textId="4F02392D" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>7.30am – 2.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="36920B3B" w14:textId="3D09A7C8" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002065EC" w14:paraId="010B90FD" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D76220D" w14:textId="2C1A5CD4" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="008D55DF">
+            <w:r>
+              <w:t>6/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38053CF7" w14:textId="10045DE2" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="008D55DF">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3C00AD77" w14:textId="46E4752D" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="008D55DF">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002065EC" w14:paraId="703AFC7D" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33C5FCD2" w14:textId="44000D7F" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>7/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D80E5FF" w14:textId="500F8C57" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65044795" w14:textId="3DEF93C8" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>School Carnival  **Back up date**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002065EC" w14:paraId="794D28D9" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D8BD382" w14:textId="0F71E400" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>11/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="283E0E0D" w14:textId="768A1EA7" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>8.00am – 4.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FADCAE2" w14:textId="1ADAFEA8" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002065EC" w14:paraId="4183DC2A" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="183CE82E" w14:textId="259C8DFF" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>17/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="73A3F670" w14:textId="6FF0AC4A" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>8.00am – 4.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="74321CB2" w14:textId="5E683F75" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A53F4BB" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
-    <w:p w14:paraId="1950D84A" w14:textId="16DDDA1A" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
+    <w:p w14:paraId="1950D84A" w14:textId="55E69087" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF57F3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bookings current as of </w:t>
       </w:r>
-      <w:r w:rsidR="00CF4B33">
+      <w:r w:rsidR="008D55DF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00A15702">
+      <w:r w:rsidR="002065EC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>8</w:t>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="004848A3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>/10</w:t>
       </w:r>
       <w:r w:rsidR="00CF4B33">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>/8/25</w:t>
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BA3E33" w:rsidRPr="00CF57F3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2348,137 +2042,147 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1532647638">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="83"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF57F3"/>
     <w:rsid w:val="00013A78"/>
     <w:rsid w:val="000332E6"/>
     <w:rsid w:val="000B3C06"/>
     <w:rsid w:val="000F7423"/>
     <w:rsid w:val="0014098B"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00166C0F"/>
     <w:rsid w:val="0017250D"/>
+    <w:rsid w:val="002065EC"/>
     <w:rsid w:val="0027747D"/>
     <w:rsid w:val="002B3662"/>
     <w:rsid w:val="002B526A"/>
     <w:rsid w:val="002F16A7"/>
     <w:rsid w:val="00313326"/>
     <w:rsid w:val="003A0C3C"/>
     <w:rsid w:val="004022AB"/>
     <w:rsid w:val="00441A50"/>
+    <w:rsid w:val="004848A3"/>
     <w:rsid w:val="00523368"/>
     <w:rsid w:val="0053281A"/>
     <w:rsid w:val="00535325"/>
     <w:rsid w:val="00594F5B"/>
     <w:rsid w:val="00611340"/>
     <w:rsid w:val="006258A6"/>
+    <w:rsid w:val="00653BC1"/>
     <w:rsid w:val="00685E46"/>
     <w:rsid w:val="006933E5"/>
     <w:rsid w:val="00727021"/>
     <w:rsid w:val="007349EA"/>
     <w:rsid w:val="00762C47"/>
     <w:rsid w:val="00764AAC"/>
     <w:rsid w:val="007845E0"/>
     <w:rsid w:val="007E4808"/>
     <w:rsid w:val="007F1A43"/>
     <w:rsid w:val="007F60F5"/>
     <w:rsid w:val="008135B9"/>
     <w:rsid w:val="00835E59"/>
+    <w:rsid w:val="00836842"/>
     <w:rsid w:val="00844B82"/>
     <w:rsid w:val="008B4BE2"/>
     <w:rsid w:val="008D0997"/>
+    <w:rsid w:val="008D55DF"/>
+    <w:rsid w:val="008F6BDD"/>
     <w:rsid w:val="009070DA"/>
     <w:rsid w:val="00951313"/>
     <w:rsid w:val="009632B1"/>
     <w:rsid w:val="009746B1"/>
     <w:rsid w:val="00990EF3"/>
     <w:rsid w:val="009934D2"/>
     <w:rsid w:val="00A11C1A"/>
     <w:rsid w:val="00A15702"/>
     <w:rsid w:val="00A15D8E"/>
     <w:rsid w:val="00A27380"/>
     <w:rsid w:val="00A303CD"/>
     <w:rsid w:val="00A7500A"/>
     <w:rsid w:val="00AB2B00"/>
     <w:rsid w:val="00B10DA0"/>
     <w:rsid w:val="00B75928"/>
     <w:rsid w:val="00BA2FEA"/>
     <w:rsid w:val="00BA3E33"/>
     <w:rsid w:val="00C53A72"/>
     <w:rsid w:val="00C81C94"/>
     <w:rsid w:val="00C941FE"/>
+    <w:rsid w:val="00CA0CF2"/>
     <w:rsid w:val="00CC419E"/>
     <w:rsid w:val="00CF4B33"/>
     <w:rsid w:val="00CF57F3"/>
     <w:rsid w:val="00D1494D"/>
     <w:rsid w:val="00D161E2"/>
     <w:rsid w:val="00D40E4B"/>
     <w:rsid w:val="00D648B3"/>
     <w:rsid w:val="00DD339D"/>
     <w:rsid w:val="00DE5F63"/>
     <w:rsid w:val="00E17DF9"/>
     <w:rsid w:val="00E42A55"/>
     <w:rsid w:val="00EA5996"/>
     <w:rsid w:val="00ED11A8"/>
     <w:rsid w:val="00EE7382"/>
     <w:rsid w:val="00F20F8D"/>
     <w:rsid w:val="00F43607"/>
     <w:rsid w:val="00F443DD"/>
+    <w:rsid w:val="00F529CA"/>
+    <w:rsid w:val="00FB18D0"/>
+    <w:rsid w:val="00FF1E78"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="374FBFAF"/>
@@ -2942,51 +2646,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CF57F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re84cc6f7ee624c95" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rb70119e6e7594572" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3250,90 +2954,90 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps2.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10761502</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 28.8.25 Word</value>
+      <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 27.10.25 Word</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-03-20T02:02:06Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-08-27T23:41:48Z</value>
+      <value order="0">2025-10-27T21:07:10Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-08-27T23:42:00Z</value>
+      <value order="0">2025-10-27T21:07:10Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Tom Cullen</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA15556336</value>
+      <value order="0">vA15791552</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">38.0</value>
+      <value order="0">43.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">39</value>
+      <value order="0">44</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA258918</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Safe Active and Connected Communities : Sport and Recreation</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -3342,145 +3046,145 @@
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Bulk Update Status">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>258</Words>
-  <Characters>1472</Characters>
+  <Words>204</Words>
+  <Characters>1231</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Greater Dandenong</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1727</CharactersWithSpaces>
+  <CharactersWithSpaces>1340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tom Cullen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10761502</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 28.8.25 Word</vt:lpwstr>
+    <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 27.10.25 Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-03-20T02:02:06Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-08-27T23:41:48Z</vt:filetime>
+    <vt:filetime>2025-10-27T21:07:10Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-08-27T23:42:00Z</vt:filetime>
+    <vt:filetime>2025-10-27T21:07:10Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Tom Cullen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA15556336</vt:lpwstr>
+    <vt:lpwstr>vA15791552</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>38.0</vt:lpwstr>
+    <vt:lpwstr>43.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>39</vt:r8>
+    <vt:r8>44</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA258918</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Safe Active and Connected Communities : Sport and Recreation</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>