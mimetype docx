--- v1 (2025-10-29)
+++ v2 (2025-11-27)
@@ -933,50 +933,118 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4995A90B" w14:textId="5D0CFB9A" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="008B32A8" w14:paraId="02D81A5F" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="642E9A27" w14:textId="6CBC0D20" w:rsidR="008B32A8" w:rsidRDefault="008B32A8" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>30/3/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6ADCC7BF" w14:textId="0DF88ABF" w:rsidR="008B32A8" w:rsidRDefault="008B32A8" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32E7D4B6" w14:textId="64054781" w:rsidR="008B32A8" w:rsidRDefault="008B32A8" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="003A0C3C" w14:paraId="48EA3142" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58D07FE3" w14:textId="166E5E9B" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>1/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1064,51 +1132,59 @@
           </w:tcPr>
           <w:p w14:paraId="4A54D40E" w14:textId="5937A250" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
             <w:r>
               <w:t>8.00am – 2.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="335805E9" w14:textId="2826B8C6" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
             <w:r>
-              <w:t>School Carnival  ***Back up date**</w:t>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>**Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0C3C" w14:paraId="52764E4A" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="28338635" w14:textId="068A9C2C" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>29/4/26</w:t>
             </w:r>
@@ -1336,51 +1412,59 @@
           </w:tcPr>
           <w:p w14:paraId="5DEACE66" w14:textId="7AB2C8C3" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13FD1645" w14:textId="389C2572" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
-              <w:t>School Carnival  **Back up date**</w:t>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>*Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A0C3C" w14:paraId="2F14D143" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39C91190" w14:textId="0C3EDBEF" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
             <w:r>
               <w:t>8/5/26</w:t>
             </w:r>
@@ -1676,51 +1760,59 @@
           </w:tcPr>
           <w:p w14:paraId="4D80E5FF" w14:textId="500F8C57" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65044795" w14:textId="3DEF93C8" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
             <w:r>
-              <w:t>School Carnival  **Back up date**</w:t>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>*Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002065EC" w14:paraId="794D28D9" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D8BD382" w14:textId="0F71E400" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
             <w:r>
               <w:t>11/8/26</w:t>
             </w:r>
@@ -1811,99 +1903,221 @@
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="73A3F670" w14:textId="6FF0AC4A" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
             <w:r>
               <w:t>8.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="74321CB2" w14:textId="5E683F75" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+            <w:r>
+              <w:t>School Carnival ***Back up date**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F534B3" w14:paraId="0C2130F1" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E4E505B" w14:textId="678BB496" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+            <w:r>
+              <w:t>21/10/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D6D9C54" w14:textId="3F25CE80" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+            <w:r>
+              <w:t>9.00am – 1.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="71134A95" w14:textId="00671D9F" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F534B3" w14:paraId="4BDE89AE" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77835A77" w14:textId="07EC5032" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+            <w:r>
+              <w:t>28/10/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="05328796" w14:textId="592DE8F8" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+            <w:r>
+              <w:t>9.00am – 1.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E883ECF" w14:textId="0EE81E54" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
             <w:r>
               <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A53F4BB" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
-    <w:p w14:paraId="1950D84A" w14:textId="55E69087" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
+    <w:p w14:paraId="1950D84A" w14:textId="4B07354D" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF57F3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bookings current as of </w:t>
       </w:r>
-      <w:r w:rsidR="008D55DF">
+      <w:r w:rsidR="00F534B3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>24</w:t>
       </w:r>
-      <w:r w:rsidR="002065EC">
+      <w:r w:rsidR="008B32A8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>7</w:t>
-[...13 lines deleted...]
-        <w:t>/25</w:t>
+        <w:t>/11/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BA3E33" w:rsidRPr="00CF57F3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2042,145 +2256,150 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1532647638">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="108"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF57F3"/>
     <w:rsid w:val="00013A78"/>
     <w:rsid w:val="000332E6"/>
     <w:rsid w:val="000B3C06"/>
     <w:rsid w:val="000F7423"/>
     <w:rsid w:val="0014098B"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00166C0F"/>
     <w:rsid w:val="0017250D"/>
     <w:rsid w:val="002065EC"/>
     <w:rsid w:val="0027747D"/>
     <w:rsid w:val="002B3662"/>
     <w:rsid w:val="002B526A"/>
     <w:rsid w:val="002F16A7"/>
     <w:rsid w:val="00313326"/>
     <w:rsid w:val="003A0C3C"/>
     <w:rsid w:val="004022AB"/>
     <w:rsid w:val="00441A50"/>
     <w:rsid w:val="004848A3"/>
     <w:rsid w:val="00523368"/>
     <w:rsid w:val="0053281A"/>
     <w:rsid w:val="00535325"/>
     <w:rsid w:val="00594F5B"/>
     <w:rsid w:val="00611340"/>
     <w:rsid w:val="006258A6"/>
     <w:rsid w:val="00653BC1"/>
     <w:rsid w:val="00685E46"/>
     <w:rsid w:val="006933E5"/>
+    <w:rsid w:val="00697985"/>
     <w:rsid w:val="00727021"/>
     <w:rsid w:val="007349EA"/>
     <w:rsid w:val="00762C47"/>
     <w:rsid w:val="00764AAC"/>
     <w:rsid w:val="007845E0"/>
+    <w:rsid w:val="007E396F"/>
     <w:rsid w:val="007E4808"/>
     <w:rsid w:val="007F1A43"/>
     <w:rsid w:val="007F60F5"/>
     <w:rsid w:val="008135B9"/>
     <w:rsid w:val="00835E59"/>
     <w:rsid w:val="00836842"/>
     <w:rsid w:val="00844B82"/>
+    <w:rsid w:val="008B32A8"/>
     <w:rsid w:val="008B4BE2"/>
     <w:rsid w:val="008D0997"/>
     <w:rsid w:val="008D55DF"/>
     <w:rsid w:val="008F6BDD"/>
     <w:rsid w:val="009070DA"/>
     <w:rsid w:val="00951313"/>
     <w:rsid w:val="009632B1"/>
     <w:rsid w:val="009746B1"/>
     <w:rsid w:val="00990EF3"/>
     <w:rsid w:val="009934D2"/>
     <w:rsid w:val="00A11C1A"/>
     <w:rsid w:val="00A15702"/>
     <w:rsid w:val="00A15D8E"/>
     <w:rsid w:val="00A27380"/>
     <w:rsid w:val="00A303CD"/>
     <w:rsid w:val="00A7500A"/>
     <w:rsid w:val="00AB2B00"/>
     <w:rsid w:val="00B10DA0"/>
     <w:rsid w:val="00B75928"/>
     <w:rsid w:val="00BA2FEA"/>
     <w:rsid w:val="00BA3E33"/>
     <w:rsid w:val="00C53A72"/>
     <w:rsid w:val="00C81C94"/>
     <w:rsid w:val="00C941FE"/>
     <w:rsid w:val="00CA0CF2"/>
     <w:rsid w:val="00CC419E"/>
     <w:rsid w:val="00CF4B33"/>
     <w:rsid w:val="00CF57F3"/>
     <w:rsid w:val="00D1494D"/>
     <w:rsid w:val="00D161E2"/>
     <w:rsid w:val="00D40E4B"/>
     <w:rsid w:val="00D648B3"/>
     <w:rsid w:val="00DD339D"/>
     <w:rsid w:val="00DE5F63"/>
     <w:rsid w:val="00E17DF9"/>
     <w:rsid w:val="00E42A55"/>
     <w:rsid w:val="00EA5996"/>
     <w:rsid w:val="00ED11A8"/>
     <w:rsid w:val="00EE7382"/>
     <w:rsid w:val="00F20F8D"/>
     <w:rsid w:val="00F43607"/>
     <w:rsid w:val="00F443DD"/>
     <w:rsid w:val="00F529CA"/>
+    <w:rsid w:val="00F534B3"/>
     <w:rsid w:val="00FB18D0"/>
     <w:rsid w:val="00FF1E78"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -2646,51 +2865,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CF57F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rb70119e6e7594572" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re96e1a3523514d34" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2954,90 +3173,90 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps2.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10761502</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 27.10.25 Word</value>
+      <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 24.11.25 Word</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-03-20T02:02:06Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-10-27T21:07:10Z</value>
+      <value order="0">2025-11-24T02:18:40Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-10-27T21:07:10Z</value>
+      <value order="0">2025-11-24T02:18:40Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Tom Cullen</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA15791552</value>
+      <value order="0">vA15894108</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">43.0</value>
+      <value order="0">45.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">44</value>
+      <value order="0">46</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA258918</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Safe Active and Connected Communities : Sport and Recreation</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -3046,145 +3265,145 @@
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Bulk Update Status">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>204</Words>
-  <Characters>1231</Characters>
+  <Words>223</Words>
+  <Characters>1355</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>95</Paragraphs>
+  <Lines>112</Lines>
+  <Paragraphs>105</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Greater Dandenong</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1340</CharactersWithSpaces>
+  <CharactersWithSpaces>1473</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tom Cullen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10761502</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 27.10.25 Word</vt:lpwstr>
+    <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 24.11.25 Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-03-20T02:02:06Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-10-27T21:07:10Z</vt:filetime>
+    <vt:filetime>2025-11-24T02:18:40Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-10-27T21:07:10Z</vt:filetime>
+    <vt:filetime>2025-11-24T02:18:40Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Tom Cullen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA15791552</vt:lpwstr>
+    <vt:lpwstr>vA15894108</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>43.0</vt:lpwstr>
+    <vt:lpwstr>45.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>44</vt:r8>
+    <vt:r8>46</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA258918</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Safe Active and Connected Communities : Sport and Recreation</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>