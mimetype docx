--- v2 (2025-11-27)
+++ v3 (2026-01-08)
@@ -457,1667 +457,2324 @@
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11284FD6" w14:textId="1925DEA1" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00FB276D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Type of Booking</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="4E7F652C" w14:textId="77777777" w:rsidTr="00EE7382">
+      <w:tr w:rsidR="00C97388" w14:paraId="1FD76ED6" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="068AF1D4" w14:textId="037F6388" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
-[...1 lines deleted...]
-              <w:t>9/10/25</w:t>
+          <w:p w14:paraId="43A37822" w14:textId="39DF03BF" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>6/2/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1B6BF8E8" w14:textId="242FD309" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
-[...1 lines deleted...]
-              <w:t>8.30am – 1.00pm</w:t>
+          <w:p w14:paraId="71447AD4" w14:textId="5A7896A1" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>5.00pm – 9.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="18389A2D" w14:textId="59BFBB3D" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
-[...1 lines deleted...]
-              <w:t>Fun Run</w:t>
+          <w:p w14:paraId="6B2905FB" w14:textId="00C2DBF9" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>Athletics Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="1BD34E06" w14:textId="77777777" w:rsidTr="00EE7382">
+      <w:tr w:rsidR="00C97388" w14:paraId="4197CB31" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="484BD688" w14:textId="649FB6B8" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
-[...1 lines deleted...]
-              <w:t>30/10/25</w:t>
+          <w:p w14:paraId="7D550F65" w14:textId="0DA6651C" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>7/2/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2071EBC3" w14:textId="0B2332CB" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
-[...1 lines deleted...]
-              <w:t>8.30am – 2.00pm</w:t>
+          <w:p w14:paraId="433C942C" w14:textId="492BB867" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>7.00am – 7.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D6E4ED6" w14:textId="51671D85" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
-[...205 lines deleted...]
-              <w:t>School Carnival</w:t>
+          <w:p w14:paraId="060D26D7" w14:textId="405E44D0" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>Athletics Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CF4B33" w14:paraId="70D23DF2" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60903382" w14:textId="12F01246" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
+          <w:p w14:paraId="60903382" w14:textId="7E29A8E9" w:rsidR="00CF4B33" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>8/2/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1714E7E8" w14:textId="28874FF1" w:rsidR="00CF4B33" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>7.00am – 7.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1811756B" w14:textId="7B82A58B" w:rsidR="00CF4B33" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
+            <w:r>
+              <w:t>Athletics Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="2EE9BC33" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43C310C4" w14:textId="2151A5BD" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>20/3/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1714E7E8" w14:textId="14FFE099" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
+          <w:p w14:paraId="2D6709F1" w14:textId="54500AC4" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1811756B" w14:textId="45B1E0EB" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
+          <w:p w14:paraId="64F53B1D" w14:textId="1DB9E981" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="0D82DBD9" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="5398E02C" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5B384B7D" w14:textId="6D613001" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="483B6EBB" w14:textId="05844539" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>24/3/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B13CA3C" w14:textId="3222A0B7" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>7.30am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="31423285" w14:textId="684E0BD2" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="58EA9066" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13C988F5" w14:textId="4E83B5A0" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>26/3/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3597EC8E" w14:textId="7D9F4293" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="205ADD5A" w14:textId="61CA0BCB" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="0D82DBD9" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5B384B7D" w14:textId="6D613001" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>27/3/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="19B4D680" w14:textId="107BB2AE" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="19B4D680" w14:textId="107BB2AE" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4995A90B" w14:textId="5D0CFB9A" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="4995A90B" w14:textId="5D0CFB9A" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B32A8" w14:paraId="02D81A5F" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="5A29C95D" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="642E9A27" w14:textId="6CBC0D20" w:rsidR="008B32A8" w:rsidRDefault="008B32A8" w:rsidP="003A0C3C">
+          <w:p w14:paraId="4BDAC6AF" w14:textId="5230EF55" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>29/3/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2304FE7E" w14:textId="4C78A944" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>9.00am – 5.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11A3F63A" w14:textId="2D4B4648" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>Athletics Event</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="02D81A5F" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="642E9A27" w14:textId="6CBC0D20" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>30/3/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6ADCC7BF" w14:textId="0DF88ABF" w:rsidR="008B32A8" w:rsidRDefault="008B32A8" w:rsidP="003A0C3C">
+          <w:p w14:paraId="6ADCC7BF" w14:textId="0DF88ABF" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="32E7D4B6" w14:textId="64054781" w:rsidR="008B32A8" w:rsidRDefault="008B32A8" w:rsidP="003A0C3C">
+          <w:p w14:paraId="32E7D4B6" w14:textId="64054781" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="48EA3142" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="48EA3142" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="58D07FE3" w14:textId="166E5E9B" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="58D07FE3" w14:textId="166E5E9B" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>1/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="51C70294" w14:textId="32076268" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="51C70294" w14:textId="32076268" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5ABABCCF" w14:textId="42547EDA" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="5ABABCCF" w14:textId="42547EDA" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4B33" w14:paraId="52E799E7" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="52E799E7" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13DAC218" w14:textId="360E7B88" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
+          <w:p w14:paraId="13DAC218" w14:textId="360E7B88" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>2/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A54D40E" w14:textId="5937A250" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
+          <w:p w14:paraId="4A54D40E" w14:textId="5937A250" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 2.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="335805E9" w14:textId="2826B8C6" w:rsidR="00CF4B33" w:rsidRDefault="00CF4B33" w:rsidP="003A0C3C">
-[...9 lines deleted...]
-              <w:t>**Back up date**</w:t>
+          <w:p w14:paraId="335805E9" w14:textId="2826B8C6" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival  ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="52764E4A" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="3D2859F7" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28338635" w14:textId="068A9C2C" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="50BCEC25" w14:textId="47BF7096" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>24/4/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7ABC2300" w14:textId="29764BD5" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1E97B5DB" w14:textId="78D93C08" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival  **Back up date**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="52764E4A" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28338635" w14:textId="068A9C2C" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>29/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BB06BAE" w14:textId="7CCAF63D" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="5BB06BAE" w14:textId="7CCAF63D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A1FD68B" w14:textId="5A9E7F88" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="1A1FD68B" w14:textId="5A9E7F88" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004848A3" w14:paraId="68C64C16" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="68C64C16" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A6249FF" w14:textId="7152EF98" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+          <w:p w14:paraId="0A6249FF" w14:textId="7152EF98" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>30/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77BD836A" w14:textId="22ED1CE4" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+          <w:p w14:paraId="77BD836A" w14:textId="22ED1CE4" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>7.00am – 4.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C677A29" w14:textId="17AD9CB3" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+          <w:p w14:paraId="3C677A29" w14:textId="17AD9CB3" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="4B67A82C" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="4B67A82C" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40D96A39" w14:textId="7C3F01EC" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="40D96A39" w14:textId="7C3F01EC" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>1/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FCCF35B" w14:textId="201B3285" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="6FCCF35B" w14:textId="201B3285" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24A0E46B" w14:textId="29C160FE" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="24A0E46B" w14:textId="29C160FE" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="6F4C082A" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="6F4C082A" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A4E038B" w14:textId="1954C1FC" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="3A4E038B" w14:textId="1954C1FC" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>4/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5DEACE66" w14:textId="7AB2C8C3" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="5DEACE66" w14:textId="7AB2C8C3" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13FD1645" w14:textId="389C2572" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
-[...9 lines deleted...]
-              <w:t>*Back up date**</w:t>
+          <w:p w14:paraId="13FD1645" w14:textId="389C2572" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival  **Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="2F14D143" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="2F14D143" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39C91190" w14:textId="0C3EDBEF" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="39C91190" w14:textId="0C3EDBEF" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71B38AF7" w14:textId="15314270" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="71B38AF7" w14:textId="15314270" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0FE714C7" w14:textId="377E99F7" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="0FE714C7" w14:textId="377E99F7" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0C3C" w14:paraId="1451BDA2" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="1451BDA2" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CC82935" w14:textId="22855075" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="7CC82935" w14:textId="22855075" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>22/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25E1C4A0" w14:textId="7E371DED" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="25E1C4A0" w14:textId="7E371DED" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>7.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6140F707" w14:textId="47A05675" w:rsidR="003A0C3C" w:rsidRDefault="003A0C3C" w:rsidP="003A0C3C">
+          <w:p w14:paraId="6140F707" w14:textId="47A05675" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004848A3" w14:paraId="1BC5AA0E" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="5D4F02A8" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="584A6644" w14:textId="75FDD255" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+          <w:p w14:paraId="5412F64A" w14:textId="18C07BDD" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>3/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="767F4F18" w14:textId="45628772" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D0A403C" w14:textId="01754A22" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="1BC5AA0E" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="584A6644" w14:textId="75FDD255" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>5/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="394210FA" w14:textId="4F02392D" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+          <w:p w14:paraId="394210FA" w14:textId="4F02392D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>7.30am – 2.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36920B3B" w14:textId="3D09A7C8" w:rsidR="004848A3" w:rsidRDefault="004848A3" w:rsidP="003A0C3C">
+          <w:p w14:paraId="36920B3B" w14:textId="3D09A7C8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002065EC" w14:paraId="010B90FD" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="010B90FD" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D76220D" w14:textId="2C1A5CD4" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="008D55DF">
+          <w:p w14:paraId="7D76220D" w14:textId="2C1A5CD4" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>6/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38053CF7" w14:textId="10045DE2" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="008D55DF">
+          <w:p w14:paraId="38053CF7" w14:textId="10045DE2" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C00AD77" w14:textId="46E4752D" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="008D55DF">
+          <w:p w14:paraId="3C00AD77" w14:textId="46E4752D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002065EC" w14:paraId="703AFC7D" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="703AFC7D" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33C5FCD2" w14:textId="44000D7F" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="33C5FCD2" w14:textId="44000D7F" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>7/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D80E5FF" w14:textId="500F8C57" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="4D80E5FF" w14:textId="500F8C57" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65044795" w14:textId="3DEF93C8" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
-[...9 lines deleted...]
-              <w:t>*Back up date**</w:t>
+          <w:p w14:paraId="65044795" w14:textId="3DEF93C8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival  **Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002065EC" w14:paraId="794D28D9" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="794D28D9" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D8BD382" w14:textId="0F71E400" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="6D8BD382" w14:textId="0F71E400" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>11/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="283E0E0D" w14:textId="768A1EA7" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="283E0E0D" w14:textId="768A1EA7" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FADCAE2" w14:textId="1ADAFEA8" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="6FADCAE2" w14:textId="1ADAFEA8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002065EC" w14:paraId="4183DC2A" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="4183DC2A" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="183CE82E" w14:textId="259C8DFF" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="183CE82E" w14:textId="259C8DFF" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>17/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73A3F670" w14:textId="6FF0AC4A" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="73A3F670" w14:textId="6FF0AC4A" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74321CB2" w14:textId="5E683F75" w:rsidR="002065EC" w:rsidRDefault="002065EC" w:rsidP="002065EC">
+          <w:p w14:paraId="74321CB2" w14:textId="5E683F75" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F534B3" w14:paraId="0C2130F1" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="7AF3C9F9" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E4E505B" w14:textId="678BB496" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+          <w:p w14:paraId="085EA70C" w14:textId="02602070" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>18/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="323B2E35" w14:textId="2A370909" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>7.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="23687F99" w14:textId="40B5B7E5" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="0C6B3E52" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E4433B7" w14:textId="6A54DE98" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>20/8/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0980C66E" w14:textId="76C50950" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>7.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C49205C" w14:textId="46154115" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival ***Back up date**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="14EBF8A1" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72934556" w14:textId="49885821" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>1/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16D7F173" w14:textId="345C7D88" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75569055" w14:textId="64974981" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="4B2DA568" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4DD1E111" w14:textId="13B32170" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07B4257E" w14:textId="3BF4C36B" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.30am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="250EFDDC" w14:textId="3F8E3AE8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="3B48D36E" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48816483" w14:textId="4FD7929A" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>4/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26F9D2BA" w14:textId="504BA16F" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5915FAF1" w14:textId="2CD5DA61" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival  ***Back up date***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="5871D871" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="403FE606" w14:textId="3622D479" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>14/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E683D3B" w14:textId="36D3F72D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.30am – 2.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="30020475" w14:textId="04238CDC" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="0C2130F1" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5E4E505B" w14:textId="678BB496" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>21/10/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D6D9C54" w14:textId="3F25CE80" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+          <w:p w14:paraId="7D6D9C54" w14:textId="3F25CE80" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>9.00am – 1.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71134A95" w14:textId="00671D9F" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+          <w:p w14:paraId="71134A95" w14:textId="00671D9F" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F534B3" w14:paraId="4BDE89AE" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="45EBE23A" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77835A77" w14:textId="07EC5032" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+          <w:p w14:paraId="6D963E7E" w14:textId="7EB15D58" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>23/10/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="37E847CC" w14:textId="5AD3E70D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>7.30am – 3.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65173227" w14:textId="082FAB77" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97388" w14:paraId="4BDE89AE" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77835A77" w14:textId="07EC5032" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>28/10/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="05328796" w14:textId="592DE8F8" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+          <w:p w14:paraId="05328796" w14:textId="592DE8F8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>9.00am – 1.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E883ECF" w14:textId="0EE81E54" w:rsidR="00F534B3" w:rsidRDefault="00F534B3" w:rsidP="00F534B3">
+          <w:p w14:paraId="7E883ECF" w14:textId="0EE81E54" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A53F4BB" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
-    <w:p w14:paraId="1950D84A" w14:textId="4B07354D" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
+    <w:p w14:paraId="1950D84A" w14:textId="01012D95" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF57F3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bookings current as of </w:t>
       </w:r>
-      <w:r w:rsidR="00F534B3">
+      <w:r w:rsidR="00D208A0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>22</w:t>
       </w:r>
-      <w:r w:rsidR="008B32A8">
+      <w:r w:rsidR="00472437">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>/11/25</w:t>
+        <w:t>/12/25</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BA3E33" w:rsidRPr="00CF57F3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2256,136 +2913,150 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1532647638">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF57F3"/>
     <w:rsid w:val="00013A78"/>
     <w:rsid w:val="000332E6"/>
     <w:rsid w:val="000B3C06"/>
     <w:rsid w:val="000F7423"/>
     <w:rsid w:val="0014098B"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00166C0F"/>
     <w:rsid w:val="0017250D"/>
+    <w:rsid w:val="001E524B"/>
     <w:rsid w:val="002065EC"/>
     <w:rsid w:val="0027747D"/>
     <w:rsid w:val="002B3662"/>
     <w:rsid w:val="002B526A"/>
     <w:rsid w:val="002F16A7"/>
     <w:rsid w:val="00313326"/>
+    <w:rsid w:val="003920EE"/>
     <w:rsid w:val="003A0C3C"/>
     <w:rsid w:val="004022AB"/>
     <w:rsid w:val="00441A50"/>
+    <w:rsid w:val="00472437"/>
     <w:rsid w:val="004848A3"/>
     <w:rsid w:val="00523368"/>
     <w:rsid w:val="0053281A"/>
     <w:rsid w:val="00535325"/>
+    <w:rsid w:val="00571804"/>
     <w:rsid w:val="00594F5B"/>
+    <w:rsid w:val="005D2E73"/>
+    <w:rsid w:val="005D5983"/>
     <w:rsid w:val="00611340"/>
     <w:rsid w:val="006258A6"/>
     <w:rsid w:val="00653BC1"/>
+    <w:rsid w:val="006740FC"/>
     <w:rsid w:val="00685E46"/>
     <w:rsid w:val="006933E5"/>
     <w:rsid w:val="00697985"/>
     <w:rsid w:val="00727021"/>
     <w:rsid w:val="007349EA"/>
+    <w:rsid w:val="00760EC5"/>
     <w:rsid w:val="00762C47"/>
     <w:rsid w:val="00764AAC"/>
     <w:rsid w:val="007845E0"/>
     <w:rsid w:val="007E396F"/>
     <w:rsid w:val="007E4808"/>
     <w:rsid w:val="007F1A43"/>
     <w:rsid w:val="007F60F5"/>
     <w:rsid w:val="008135B9"/>
+    <w:rsid w:val="00833E4A"/>
     <w:rsid w:val="00835E59"/>
     <w:rsid w:val="00836842"/>
     <w:rsid w:val="00844B82"/>
+    <w:rsid w:val="008758B4"/>
+    <w:rsid w:val="008825A1"/>
     <w:rsid w:val="008B32A8"/>
     <w:rsid w:val="008B4BE2"/>
     <w:rsid w:val="008D0997"/>
     <w:rsid w:val="008D55DF"/>
     <w:rsid w:val="008F6BDD"/>
     <w:rsid w:val="009070DA"/>
     <w:rsid w:val="00951313"/>
     <w:rsid w:val="009632B1"/>
     <w:rsid w:val="009746B1"/>
     <w:rsid w:val="00990EF3"/>
     <w:rsid w:val="009934D2"/>
     <w:rsid w:val="00A11C1A"/>
     <w:rsid w:val="00A15702"/>
     <w:rsid w:val="00A15D8E"/>
     <w:rsid w:val="00A27380"/>
     <w:rsid w:val="00A303CD"/>
     <w:rsid w:val="00A7500A"/>
     <w:rsid w:val="00AB2B00"/>
     <w:rsid w:val="00B10DA0"/>
+    <w:rsid w:val="00B40F31"/>
     <w:rsid w:val="00B75928"/>
     <w:rsid w:val="00BA2FEA"/>
     <w:rsid w:val="00BA3E33"/>
     <w:rsid w:val="00C53A72"/>
     <w:rsid w:val="00C81C94"/>
     <w:rsid w:val="00C941FE"/>
+    <w:rsid w:val="00C97388"/>
     <w:rsid w:val="00CA0CF2"/>
     <w:rsid w:val="00CC419E"/>
     <w:rsid w:val="00CF4B33"/>
     <w:rsid w:val="00CF57F3"/>
     <w:rsid w:val="00D1494D"/>
     <w:rsid w:val="00D161E2"/>
+    <w:rsid w:val="00D208A0"/>
+    <w:rsid w:val="00D21801"/>
     <w:rsid w:val="00D40E4B"/>
     <w:rsid w:val="00D648B3"/>
     <w:rsid w:val="00DD339D"/>
     <w:rsid w:val="00DE5F63"/>
     <w:rsid w:val="00E17DF9"/>
     <w:rsid w:val="00E42A55"/>
     <w:rsid w:val="00EA5996"/>
     <w:rsid w:val="00ED11A8"/>
     <w:rsid w:val="00EE7382"/>
     <w:rsid w:val="00F20F8D"/>
     <w:rsid w:val="00F43607"/>
     <w:rsid w:val="00F443DD"/>
     <w:rsid w:val="00F529CA"/>
     <w:rsid w:val="00F534B3"/>
     <w:rsid w:val="00FB18D0"/>
     <w:rsid w:val="00FF1E78"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
@@ -2865,51 +3536,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CF57F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re96e1a3523514d34" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rdcfce54680ad4e0b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3173,90 +3844,90 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps2.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10761502</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 24.11.25 Word</value>
+      <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 22.12.25 Word</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-03-20T02:02:06Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-11-24T02:18:40Z</value>
+      <value order="0">2025-12-22T04:19:18Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-11-24T02:18:40Z</value>
+      <value order="0">2025-12-22T04:19:18Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Tom Cullen</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA15894108</value>
+      <value order="0">vA16635054</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">45.0</value>
+      <value order="0">53.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">46</value>
+      <value order="0">54</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA258918</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Safe Active and Connected Communities : Sport and Recreation</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -3265,145 +3936,145 @@
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Bulk Update Status">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>223</Words>
-  <Characters>1355</Characters>
+  <Words>287</Words>
+  <Characters>1774</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>112</Lines>
-  <Paragraphs>105</Paragraphs>
+  <Lines>147</Lines>
+  <Paragraphs>137</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Greater Dandenong</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1473</CharactersWithSpaces>
+  <CharactersWithSpaces>1924</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tom Cullen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10761502</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 24.11.25 Word</vt:lpwstr>
+    <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 22.12.25 Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-03-20T02:02:06Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-11-24T02:18:40Z</vt:filetime>
+    <vt:filetime>2025-12-22T04:19:18Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-11-24T02:18:40Z</vt:filetime>
+    <vt:filetime>2025-12-22T04:19:18Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Tom Cullen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA15894108</vt:lpwstr>
+    <vt:lpwstr>vA16635054</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>45.0</vt:lpwstr>
+    <vt:lpwstr>53.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>46</vt:r8>
+    <vt:r8>54</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA258918</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Safe Active and Connected Communities : Sport and Recreation</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>