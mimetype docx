--- v3 (2026-01-08)
+++ v4 (2026-02-04)
@@ -1698,53 +1698,56 @@
           </w:tcPr>
           <w:p w14:paraId="6140F707" w14:textId="47A05675" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C97388" w14:paraId="5D4F02A8" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5412F64A" w14:textId="18C07BDD" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>3/8/26</w:t>
+          <w:p w14:paraId="5412F64A" w14:textId="10333376" w:rsidR="00C97388" w:rsidRDefault="00117776" w:rsidP="00C97388">
+            <w:r>
+              <w:t>29/7</w:t>
+            </w:r>
+            <w:r w:rsidR="00C97388">
+              <w:t>/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="767F4F18" w14:textId="45628772" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2930,98 +2933,100 @@
   <w:num w:numId="1" w16cid:durableId="1532647638">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF57F3"/>
     <w:rsid w:val="00013A78"/>
     <w:rsid w:val="000332E6"/>
     <w:rsid w:val="000B3C06"/>
     <w:rsid w:val="000F7423"/>
+    <w:rsid w:val="00117776"/>
     <w:rsid w:val="0014098B"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00166C0F"/>
     <w:rsid w:val="0017250D"/>
     <w:rsid w:val="001E524B"/>
     <w:rsid w:val="002065EC"/>
     <w:rsid w:val="0027747D"/>
     <w:rsid w:val="002B3662"/>
     <w:rsid w:val="002B526A"/>
     <w:rsid w:val="002F16A7"/>
     <w:rsid w:val="00313326"/>
     <w:rsid w:val="003920EE"/>
     <w:rsid w:val="003A0C3C"/>
     <w:rsid w:val="004022AB"/>
     <w:rsid w:val="00441A50"/>
     <w:rsid w:val="00472437"/>
     <w:rsid w:val="004848A3"/>
     <w:rsid w:val="00523368"/>
     <w:rsid w:val="0053281A"/>
     <w:rsid w:val="00535325"/>
     <w:rsid w:val="00571804"/>
     <w:rsid w:val="00594F5B"/>
     <w:rsid w:val="005D2E73"/>
     <w:rsid w:val="005D5983"/>
     <w:rsid w:val="00611340"/>
     <w:rsid w:val="006258A6"/>
     <w:rsid w:val="00653BC1"/>
     <w:rsid w:val="006740FC"/>
     <w:rsid w:val="00685E46"/>
     <w:rsid w:val="006933E5"/>
     <w:rsid w:val="00697985"/>
     <w:rsid w:val="00727021"/>
     <w:rsid w:val="007349EA"/>
     <w:rsid w:val="00760EC5"/>
     <w:rsid w:val="00762C47"/>
     <w:rsid w:val="00764AAC"/>
     <w:rsid w:val="007845E0"/>
     <w:rsid w:val="007E396F"/>
     <w:rsid w:val="007E4808"/>
     <w:rsid w:val="007F1A43"/>
     <w:rsid w:val="007F60F5"/>
     <w:rsid w:val="008135B9"/>
     <w:rsid w:val="00833E4A"/>
     <w:rsid w:val="00835E59"/>
     <w:rsid w:val="00836842"/>
     <w:rsid w:val="00844B82"/>
     <w:rsid w:val="008758B4"/>
     <w:rsid w:val="008825A1"/>
+    <w:rsid w:val="008A131F"/>
     <w:rsid w:val="008B32A8"/>
     <w:rsid w:val="008B4BE2"/>
     <w:rsid w:val="008D0997"/>
     <w:rsid w:val="008D55DF"/>
     <w:rsid w:val="008F6BDD"/>
     <w:rsid w:val="009070DA"/>
     <w:rsid w:val="00951313"/>
     <w:rsid w:val="009632B1"/>
     <w:rsid w:val="009746B1"/>
     <w:rsid w:val="00990EF3"/>
     <w:rsid w:val="009934D2"/>
     <w:rsid w:val="00A11C1A"/>
     <w:rsid w:val="00A15702"/>
     <w:rsid w:val="00A15D8E"/>
     <w:rsid w:val="00A27380"/>
     <w:rsid w:val="00A303CD"/>
     <w:rsid w:val="00A7500A"/>
     <w:rsid w:val="00AB2B00"/>
     <w:rsid w:val="00B10DA0"/>
     <w:rsid w:val="00B40F31"/>
     <w:rsid w:val="00B75928"/>
     <w:rsid w:val="00BA2FEA"/>
     <w:rsid w:val="00BA3E33"/>
     <w:rsid w:val="00C53A72"/>
     <w:rsid w:val="00C81C94"/>
@@ -3536,51 +3541,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CF57F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rdcfce54680ad4e0b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R96e54582b7314f7d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3859,75 +3864,75 @@
 <file path=customXML/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps2.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10761502</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 22.12.25 Word</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-03-20T02:02:06Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-12-22T04:19:18Z</value>
+      <value order="0">2026-01-12T02:06:25Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-12-22T04:19:18Z</value>
+      <value order="0">2026-01-12T02:06:25Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Tom Cullen</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA16635054</value>
+      <value order="0">vA16703189</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">53.0</value>
+      <value order="0">54.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">54</value>
+      <value order="0">55</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA258918</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Safe Active and Connected Communities : Sport and Recreation</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -3936,145 +3941,145 @@
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Bulk Update Status">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>287</Words>
-  <Characters>1774</Characters>
+  <Words>307</Words>
+  <Characters>1755</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>137</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Greater Dandenong</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1924</CharactersWithSpaces>
+  <CharactersWithSpaces>2058</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tom Cullen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10761502</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 22.12.25 Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-03-20T02:02:06Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-12-22T04:19:18Z</vt:filetime>
+    <vt:filetime>2026-01-12T02:06:25Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-12-22T04:19:18Z</vt:filetime>
+    <vt:filetime>2026-01-12T02:06:25Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Tom Cullen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA16635054</vt:lpwstr>
+    <vt:lpwstr>vA16703189</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>53.0</vt:lpwstr>
+    <vt:lpwstr>54.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>54</vt:r8>
+    <vt:r8>55</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA258918</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Safe Active and Connected Communities : Sport and Recreation</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>