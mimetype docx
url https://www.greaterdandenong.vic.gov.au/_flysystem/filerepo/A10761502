--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -19,77 +19,68 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CF57F3" w:rsidRPr="0008752C" w14:paraId="7EE4E488" w14:textId="77777777" w:rsidTr="00FB276D">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A9EF334" w14:textId="0150331B" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="00166C0F" w:rsidP="00FB276D">
+          <w:p w14:paraId="3A9EF334" w14:textId="700F81A8" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="004848A3" w:rsidP="00FB276D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2025</w:t>
-[...8 lines deleted...]
-              <w:t>-2026</w:t>
+              <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidR="00CF57F3" w:rsidRPr="0008752C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ROSS RESERVE ATHLETICS</w:t>
             </w:r>
             <w:r w:rsidR="00CF57F3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> FACILITY</w:t>
             </w:r>
             <w:r w:rsidR="00CF57F3" w:rsidRPr="0008752C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -457,384 +448,112 @@
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11284FD6" w14:textId="1925DEA1" w:rsidR="00CF57F3" w:rsidRDefault="00CF57F3" w:rsidP="00FB276D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Type of Booking</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="1FD76ED6" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00C97388" w14:paraId="2EE9BC33" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43A37822" w14:textId="39DF03BF" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
-[...1 lines deleted...]
-              <w:t>6/2/26</w:t>
+          <w:p w14:paraId="43C310C4" w14:textId="2151A5BD" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>20/3/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71447AD4" w14:textId="5A7896A1" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
-[...1 lines deleted...]
-              <w:t>5.00pm – 9.00pm</w:t>
+          <w:p w14:paraId="2D6709F1" w14:textId="54500AC4" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B2905FB" w14:textId="00C2DBF9" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="003A0C3C">
-[...202 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="64F53B1D" w14:textId="1DB9E981" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-            <w:r>
-[...66 lines deleted...]
-          <w:p w14:paraId="31423285" w14:textId="684E0BD2" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C97388" w14:paraId="58EA9066" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13C988F5" w14:textId="4E83B5A0" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
@@ -1200,51 +919,59 @@
           </w:tcPr>
           <w:p w14:paraId="4A54D40E" w14:textId="5937A250" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 2.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="335805E9" w14:textId="2826B8C6" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
-              <w:t>School Carnival  ***Back up date**</w:t>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>**Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C97388" w14:paraId="3D2859F7" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50BCEC25" w14:textId="47BF7096" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>24/4/26</w:t>
             </w:r>
@@ -1268,1516 +995,1762 @@
           </w:tcPr>
           <w:p w14:paraId="7ABC2300" w14:textId="29764BD5" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E97B5DB" w14:textId="78D93C08" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
-              <w:t>School Carnival  **Back up date**</w:t>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>*Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="52764E4A" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00F35A84" w14:paraId="3C788F29" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="28338635" w14:textId="068A9C2C" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="52D1FF77" w14:textId="69405D44" w:rsidR="00F35A84" w:rsidRDefault="00F35A84" w:rsidP="00C97388">
+            <w:r>
+              <w:t>27/4/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D424F39" w14:textId="1FA61B49" w:rsidR="00F35A84" w:rsidRDefault="00F35A84" w:rsidP="00C97388">
+            <w:r>
+              <w:t>8.30am – 2.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53E61320" w14:textId="745718AD" w:rsidR="00F35A84" w:rsidRDefault="00F35A84" w:rsidP="00C97388">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946904" w14:paraId="4FA1ACAA" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="592CA158" w14:textId="6E76C0BE" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>8/4</w:t>
+            </w:r>
+            <w:r>
+              <w:t>/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2036A4C8" w14:textId="104AFEEF" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>7.30am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6B5C5123" w14:textId="2822BE2A" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946904" w14:paraId="52764E4A" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="28338635" w14:textId="068A9C2C" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>29/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BB06BAE" w14:textId="7CCAF63D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="5BB06BAE" w14:textId="7CCAF63D" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1A1FD68B" w14:textId="5A9E7F88" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="1A1FD68B" w14:textId="5A9E7F88" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="68C64C16" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="68C64C16" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A6249FF" w14:textId="7152EF98" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="0A6249FF" w14:textId="7152EF98" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>30/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="77BD836A" w14:textId="22ED1CE4" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="77BD836A" w14:textId="22ED1CE4" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>7.00am – 4.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C677A29" w14:textId="17AD9CB3" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="3C677A29" w14:textId="17AD9CB3" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="4B67A82C" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="4B67A82C" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40D96A39" w14:textId="7C3F01EC" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="40D96A39" w14:textId="7C3F01EC" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>1/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FCCF35B" w14:textId="201B3285" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="6FCCF35B" w14:textId="201B3285" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24A0E46B" w14:textId="29C160FE" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="24A0E46B" w14:textId="29C160FE" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="6F4C082A" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="6F4C082A" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3A4E038B" w14:textId="1954C1FC" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="3A4E038B" w14:textId="1954C1FC" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>4/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5DEACE66" w14:textId="7AB2C8C3" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="5DEACE66" w14:textId="7AB2C8C3" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="13FD1645" w14:textId="389C2572" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>School Carnival  **Back up date**</w:t>
+          <w:p w14:paraId="13FD1645" w14:textId="389C2572" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>*Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="2F14D143" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="2F14D143" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="39C91190" w14:textId="0C3EDBEF" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="39C91190" w14:textId="0C3EDBEF" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71B38AF7" w14:textId="15314270" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="71B38AF7" w14:textId="15314270" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0FE714C7" w14:textId="377E99F7" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="0FE714C7" w14:textId="377E99F7" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="1451BDA2" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="1451BDA2" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CC82935" w14:textId="22855075" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="7CC82935" w14:textId="22855075" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>22/5/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="25E1C4A0" w14:textId="7E371DED" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="25E1C4A0" w14:textId="7E371DED" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>7.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6140F707" w14:textId="47A05675" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="6140F707" w14:textId="47A05675" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="5D4F02A8" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="5D4F02A8" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5412F64A" w14:textId="10333376" w:rsidR="00C97388" w:rsidRDefault="00117776" w:rsidP="00C97388">
-[...4 lines deleted...]
-              <w:t>/26</w:t>
+          <w:p w14:paraId="5412F64A" w14:textId="10333376" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>29/7/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="767F4F18" w14:textId="45628772" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="767F4F18" w14:textId="45628772" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D0A403C" w14:textId="01754A22" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="0D0A403C" w14:textId="01754A22" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="1BC5AA0E" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="1BC5AA0E" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="584A6644" w14:textId="75FDD255" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="584A6644" w14:textId="75FDD255" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>5/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="394210FA" w14:textId="4F02392D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="394210FA" w14:textId="4F02392D" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>7.30am – 2.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36920B3B" w14:textId="3D09A7C8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="36920B3B" w14:textId="3D09A7C8" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="010B90FD" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="010B90FD" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D76220D" w14:textId="2C1A5CD4" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="7D76220D" w14:textId="2C1A5CD4" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>6/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="38053CF7" w14:textId="10045DE2" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="38053CF7" w14:textId="10045DE2" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3C00AD77" w14:textId="46E4752D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="3C00AD77" w14:textId="46E4752D" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="703AFC7D" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="703AFC7D" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="33C5FCD2" w14:textId="44000D7F" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="33C5FCD2" w14:textId="44000D7F" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>7/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4D80E5FF" w14:textId="500F8C57" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="4D80E5FF" w14:textId="500F8C57" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65044795" w14:textId="3DEF93C8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>School Carnival  **Back up date**</w:t>
+          <w:p w14:paraId="65044795" w14:textId="3DEF93C8" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>*Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="794D28D9" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="794D28D9" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6D8BD382" w14:textId="0F71E400" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="6D8BD382" w14:textId="0F71E400" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>11/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="283E0E0D" w14:textId="768A1EA7" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="283E0E0D" w14:textId="768A1EA7" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6FADCAE2" w14:textId="1ADAFEA8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="6FADCAE2" w14:textId="1ADAFEA8" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="4183DC2A" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="4183DC2A" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="183CE82E" w14:textId="259C8DFF" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="183CE82E" w14:textId="259C8DFF" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>17/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="73A3F670" w14:textId="6FF0AC4A" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="73A3F670" w14:textId="6FF0AC4A" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 4.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="74321CB2" w14:textId="5E683F75" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="74321CB2" w14:textId="5E683F75" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="7AF3C9F9" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="7AF3C9F9" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="085EA70C" w14:textId="02602070" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="085EA70C" w14:textId="02602070" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>18/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="323B2E35" w14:textId="2A370909" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="323B2E35" w14:textId="2A370909" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>7.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23687F99" w14:textId="40B5B7E5" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="23687F99" w14:textId="40B5B7E5" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="0C6B3E52" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="0C6B3E52" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E4433B7" w14:textId="6A54DE98" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="2E4433B7" w14:textId="6A54DE98" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>20/8/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0980C66E" w14:textId="76C50950" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="0980C66E" w14:textId="76C50950" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>7.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2C49205C" w14:textId="46154115" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="2C49205C" w14:textId="46154115" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="14EBF8A1" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="14EBF8A1" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="72934556" w14:textId="49885821" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="72934556" w14:textId="49885821" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>1/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="16D7F173" w14:textId="345C7D88" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="16D7F173" w14:textId="345C7D88" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="75569055" w14:textId="64974981" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="75569055" w14:textId="64974981" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="4B2DA568" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="4B2DA568" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4DD1E111" w14:textId="13B32170" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="4DD1E111" w14:textId="13B32170" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>3/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07B4257E" w14:textId="3BF4C36B" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>8.30am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="250EFDDC" w14:textId="3F8E3AE8" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>School Carnival</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946904" w14:paraId="3B48D36E" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="48816483" w14:textId="4FD7929A" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>4/9/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26F9D2BA" w14:textId="504BA16F" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>8.00am – 3.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5915FAF1" w14:textId="2CD5DA61" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t xml:space="preserve">School </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>Carnival  *</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>**Back up date***</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946904" w14:paraId="5871D871" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="403FE606" w14:textId="3622D479" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>3/9/26</w:t>
+              <w:t>14/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="07B4257E" w14:textId="3BF4C36B" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>8.30am – 3.00pm</w:t>
+          <w:p w14:paraId="6E683D3B" w14:textId="36D3F72D" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>8.30am – 2.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="250EFDDC" w14:textId="3F8E3AE8" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="30020475" w14:textId="04238CDC" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="3B48D36E" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="0C2130F1" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48816483" w14:textId="4FD7929A" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>4/9/26</w:t>
+          <w:p w14:paraId="5E4E505B" w14:textId="678BB496" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>21/10/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26F9D2BA" w14:textId="504BA16F" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>8.00am – 3.00pm</w:t>
+          <w:p w14:paraId="7D6D9C54" w14:textId="3F25CE80" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>9.00am – 1.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5915FAF1" w14:textId="2CD5DA61" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>School Carnival  ***Back up date***</w:t>
+          <w:p w14:paraId="71134A95" w14:textId="00671D9F" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="5871D871" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="45EBE23A" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="403FE606" w14:textId="3622D479" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>14/9/26</w:t>
+          <w:p w14:paraId="6D963E7E" w14:textId="7EB15D58" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>23/10/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E683D3B" w14:textId="36D3F72D" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>8.30am – 2.30pm</w:t>
+          <w:p w14:paraId="37E847CC" w14:textId="5AD3E70D" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>7.30am – 3.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="30020475" w14:textId="04238CDC" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="65173227" w14:textId="082FAB77" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C97388" w14:paraId="0C2130F1" w14:textId="77777777" w:rsidTr="007F60F5">
+      <w:tr w:rsidR="00946904" w14:paraId="4BDE89AE" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5E4E505B" w14:textId="678BB496" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
-[...1 lines deleted...]
-              <w:t>21/10/26</w:t>
+          <w:p w14:paraId="77835A77" w14:textId="07EC5032" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>28/10/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7D6D9C54" w14:textId="3F25CE80" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="05328796" w14:textId="592DE8F8" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>9.00am – 1.30pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="71134A95" w14:textId="00671D9F" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
+          <w:p w14:paraId="7E883ECF" w14:textId="0EE81E54" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>School Carnival ***Back up date**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00946904" w14:paraId="7821BECD" w14:textId="77777777" w:rsidTr="007F60F5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1389" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="539AF9B1" w14:textId="09C5CE4E" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>29/10/26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2052" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7B69E94B" w14:textId="06056922" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
+            <w:r>
+              <w:t>8.30am – 2.00pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5565" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2927D4F7" w14:textId="5ECD243C" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
-            </w:r>
-[...134 lines deleted...]
-              <w:t>School Carnival ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A53F4BB" w14:textId="77777777" w:rsidR="00CF57F3" w:rsidRPr="0008752C" w:rsidRDefault="00CF57F3" w:rsidP="00CF57F3"/>
-    <w:p w14:paraId="1950D84A" w14:textId="01012D95" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
+    <w:p w14:paraId="1950D84A" w14:textId="43988BC0" w:rsidR="00BA3E33" w:rsidRPr="00CF57F3" w:rsidRDefault="00CF57F3">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF57F3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Bookings current as of </w:t>
       </w:r>
-      <w:r w:rsidR="00D208A0">
+      <w:r w:rsidR="00F35A84">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>22</w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00472437">
+      <w:r w:rsidR="00946904">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>/12/25</w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00F35A84">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>/2/26</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BA3E33" w:rsidRPr="00CF57F3">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -2917,50 +2890,51 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1532647638">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF57F3"/>
     <w:rsid w:val="00013A78"/>
     <w:rsid w:val="000332E6"/>
     <w:rsid w:val="000B3C06"/>
     <w:rsid w:val="000F7423"/>
     <w:rsid w:val="00117776"/>
     <w:rsid w:val="0014098B"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00166C0F"/>
     <w:rsid w:val="0017250D"/>
     <w:rsid w:val="001E524B"/>
     <w:rsid w:val="002065EC"/>
     <w:rsid w:val="0027747D"/>
     <w:rsid w:val="002B3662"/>
@@ -2989,89 +2963,93 @@
     <w:rsid w:val="00697985"/>
     <w:rsid w:val="00727021"/>
     <w:rsid w:val="007349EA"/>
     <w:rsid w:val="00760EC5"/>
     <w:rsid w:val="00762C47"/>
     <w:rsid w:val="00764AAC"/>
     <w:rsid w:val="007845E0"/>
     <w:rsid w:val="007E396F"/>
     <w:rsid w:val="007E4808"/>
     <w:rsid w:val="007F1A43"/>
     <w:rsid w:val="007F60F5"/>
     <w:rsid w:val="008135B9"/>
     <w:rsid w:val="00833E4A"/>
     <w:rsid w:val="00835E59"/>
     <w:rsid w:val="00836842"/>
     <w:rsid w:val="00844B82"/>
     <w:rsid w:val="008758B4"/>
     <w:rsid w:val="008825A1"/>
     <w:rsid w:val="008A131F"/>
     <w:rsid w:val="008B32A8"/>
     <w:rsid w:val="008B4BE2"/>
     <w:rsid w:val="008D0997"/>
     <w:rsid w:val="008D55DF"/>
     <w:rsid w:val="008F6BDD"/>
     <w:rsid w:val="009070DA"/>
+    <w:rsid w:val="00946904"/>
     <w:rsid w:val="00951313"/>
     <w:rsid w:val="009632B1"/>
     <w:rsid w:val="009746B1"/>
     <w:rsid w:val="00990EF3"/>
     <w:rsid w:val="009934D2"/>
     <w:rsid w:val="00A11C1A"/>
     <w:rsid w:val="00A15702"/>
     <w:rsid w:val="00A15D8E"/>
     <w:rsid w:val="00A27380"/>
     <w:rsid w:val="00A303CD"/>
     <w:rsid w:val="00A7500A"/>
     <w:rsid w:val="00AB2B00"/>
     <w:rsid w:val="00B10DA0"/>
     <w:rsid w:val="00B40F31"/>
     <w:rsid w:val="00B75928"/>
     <w:rsid w:val="00BA2FEA"/>
     <w:rsid w:val="00BA3E33"/>
     <w:rsid w:val="00C53A72"/>
     <w:rsid w:val="00C81C94"/>
     <w:rsid w:val="00C941FE"/>
     <w:rsid w:val="00C97388"/>
     <w:rsid w:val="00CA0CF2"/>
     <w:rsid w:val="00CC419E"/>
+    <w:rsid w:val="00CF45DF"/>
     <w:rsid w:val="00CF4B33"/>
     <w:rsid w:val="00CF57F3"/>
     <w:rsid w:val="00D1494D"/>
     <w:rsid w:val="00D161E2"/>
     <w:rsid w:val="00D208A0"/>
     <w:rsid w:val="00D21801"/>
     <w:rsid w:val="00D40E4B"/>
     <w:rsid w:val="00D648B3"/>
     <w:rsid w:val="00DD339D"/>
     <w:rsid w:val="00DE5F63"/>
     <w:rsid w:val="00E17DF9"/>
     <w:rsid w:val="00E42A55"/>
     <w:rsid w:val="00EA5996"/>
     <w:rsid w:val="00ED11A8"/>
     <w:rsid w:val="00EE7382"/>
+    <w:rsid w:val="00F10EAA"/>
     <w:rsid w:val="00F20F8D"/>
+    <w:rsid w:val="00F35A84"/>
     <w:rsid w:val="00F43607"/>
     <w:rsid w:val="00F443DD"/>
     <w:rsid w:val="00F529CA"/>
     <w:rsid w:val="00F534B3"/>
     <w:rsid w:val="00FB18D0"/>
     <w:rsid w:val="00FF1E78"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -3541,51 +3519,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CF57F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R96e54582b7314f7d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R60e9d8a452784b79" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3849,90 +3827,90 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps2.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10761502</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">2025 Ross Reserve Athletics Facility Bookings - as of 22.12.25 Word</value>
+      <value order="0">2026 Ross Reserve Athletics Facility Bookings - as of 18/2/26 Word</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-03-20T02:02:06Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2026-01-12T02:06:25Z</value>
+      <value order="0">2026-02-17T22:33:41Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2026-01-12T02:06:25Z</value>
+      <value order="0">2026-02-17T22:33:54Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Tom Cullen</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA16703189</value>
+      <value order="0">vA16826621</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">54.0</value>
+      <value order="0">56.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">55</value>
+      <value order="0">57</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA258918</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Safe Active and Connected Communities : Sport and Recreation</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -3941,145 +3919,145 @@
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Bulk Update Status">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>307</Words>
-  <Characters>1755</Characters>
+  <Words>279</Words>
+  <Characters>1731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>144</Lines>
+  <Paragraphs>143</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Greater Dandenong</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2058</CharactersWithSpaces>
+  <CharactersWithSpaces>1867</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tom Cullen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10761502</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>2025 Ross Reserve Athletics Facility Bookings - as of 22.12.25 Word</vt:lpwstr>
+    <vt:lpwstr>2026 Ross Reserve Athletics Facility Bookings - as of 18/2/26 Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-03-20T02:02:06Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2026-01-12T02:06:25Z</vt:filetime>
+    <vt:filetime>2026-02-17T22:33:41Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2026-01-12T02:06:25Z</vt:filetime>
+    <vt:filetime>2026-02-17T22:33:54Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Tom Cullen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA16703189</vt:lpwstr>
+    <vt:lpwstr>vA16826621</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>54.0</vt:lpwstr>
+    <vt:lpwstr>56.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>55</vt:r8>
+    <vt:r8>57</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA258918</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Safe Active and Connected Communities : Sport and Recreation</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>