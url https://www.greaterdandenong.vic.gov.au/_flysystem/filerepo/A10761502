--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -919,59 +919,51 @@
           </w:tcPr>
           <w:p w14:paraId="4A54D40E" w14:textId="5937A250" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 2.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="335805E9" w14:textId="2826B8C6" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
-              <w:t xml:space="preserve">School </w:t>
-[...7 lines deleted...]
-              <w:t>**Back up date**</w:t>
+              <w:t>School Carnival  ***Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C97388" w14:paraId="3D2859F7" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="50BCEC25" w14:textId="47BF7096" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>24/4/26</w:t>
             </w:r>
@@ -995,59 +987,51 @@
           </w:tcPr>
           <w:p w14:paraId="7ABC2300" w14:textId="29764BD5" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1E97B5DB" w14:textId="78D93C08" w:rsidR="00C97388" w:rsidRDefault="00C97388" w:rsidP="00C97388">
             <w:r>
-              <w:t xml:space="preserve">School </w:t>
-[...7 lines deleted...]
-              <w:t>*Back up date**</w:t>
+              <w:t>School Carnival  **Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F35A84" w14:paraId="3C788F29" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="52D1FF77" w14:textId="69405D44" w:rsidR="00F35A84" w:rsidRDefault="00F35A84" w:rsidP="00C97388">
             <w:r>
               <w:t>27/4/26</w:t>
             </w:r>
@@ -1095,57 +1079,51 @@
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946904" w14:paraId="4FA1ACAA" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="592CA158" w14:textId="6E76C0BE" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-              <w:t>/26</w:t>
+              <w:t>28/4/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2036A4C8" w14:textId="104AFEEF" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>7.30am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1417,59 +1395,51 @@
           </w:tcPr>
           <w:p w14:paraId="5DEACE66" w14:textId="7AB2C8C3" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13FD1645" w14:textId="389C2572" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
-              <w:t xml:space="preserve">School </w:t>
-[...7 lines deleted...]
-              <w:t>*Back up date**</w:t>
+              <w:t>School Carnival  **Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946904" w14:paraId="2F14D143" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="39C91190" w14:textId="0C3EDBEF" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8/5/26</w:t>
             </w:r>
@@ -1498,118 +1468,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0FE714C7" w14:textId="377E99F7" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00946904" w14:paraId="1451BDA2" w14:textId="77777777" w:rsidTr="007F60F5">
-[...66 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00946904" w14:paraId="5D4F02A8" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5412F64A" w14:textId="10333376" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>29/7/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1833,59 +1735,51 @@
           </w:tcPr>
           <w:p w14:paraId="4D80E5FF" w14:textId="500F8C57" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="65044795" w14:textId="3DEF93C8" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
-              <w:t xml:space="preserve">School </w:t>
-[...7 lines deleted...]
-              <w:t>*Back up date**</w:t>
+              <w:t>School Carnival  **Back up date**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946904" w14:paraId="794D28D9" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6D8BD382" w14:textId="0F71E400" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>11/8/26</w:t>
             </w:r>
@@ -2317,83 +2211,74 @@
           </w:tcPr>
           <w:p w14:paraId="26F9D2BA" w14:textId="504BA16F" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.00am – 3.00pm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5565" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5915FAF1" w14:textId="2CD5DA61" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
-              <w:t xml:space="preserve">School </w:t>
-[...7 lines deleted...]
-              <w:t>**Back up date***</w:t>
+              <w:t>School Carnival  ***Back up date***</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946904" w14:paraId="5871D871" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="403FE606" w14:textId="3622D479" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>14/9/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6E683D3B" w14:textId="36D3F72D" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>8.30am – 2.30pm</w:t>
             </w:r>
           </w:p>
@@ -2418,50 +2303,51 @@
             <w:r>
               <w:t>School Carnival</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00946904" w14:paraId="0C2130F1" w14:textId="77777777" w:rsidTr="007F60F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1389" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E4E505B" w14:textId="678BB496" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>21/10/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7D6D9C54" w14:textId="3F25CE80" w:rsidR="00946904" w:rsidRDefault="00946904" w:rsidP="00946904">
             <w:r>
               <w:t>9.00am – 1.30pm</w:t>
             </w:r>
           </w:p>
@@ -2890,99 +2776,100 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1532647638">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF57F3"/>
     <w:rsid w:val="00013A78"/>
     <w:rsid w:val="000332E6"/>
     <w:rsid w:val="000B3C06"/>
     <w:rsid w:val="000F7423"/>
     <w:rsid w:val="00117776"/>
     <w:rsid w:val="0014098B"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00166C0F"/>
+    <w:rsid w:val="00171C2A"/>
     <w:rsid w:val="0017250D"/>
     <w:rsid w:val="001E524B"/>
     <w:rsid w:val="002065EC"/>
     <w:rsid w:val="0027747D"/>
     <w:rsid w:val="002B3662"/>
     <w:rsid w:val="002B526A"/>
     <w:rsid w:val="002F16A7"/>
     <w:rsid w:val="00313326"/>
     <w:rsid w:val="003920EE"/>
     <w:rsid w:val="003A0C3C"/>
     <w:rsid w:val="004022AB"/>
     <w:rsid w:val="00441A50"/>
     <w:rsid w:val="00472437"/>
     <w:rsid w:val="004848A3"/>
     <w:rsid w:val="00523368"/>
     <w:rsid w:val="0053281A"/>
     <w:rsid w:val="00535325"/>
     <w:rsid w:val="00571804"/>
     <w:rsid w:val="00594F5B"/>
     <w:rsid w:val="005D2E73"/>
     <w:rsid w:val="005D5983"/>
     <w:rsid w:val="00611340"/>
     <w:rsid w:val="006258A6"/>
     <w:rsid w:val="00653BC1"/>
     <w:rsid w:val="006740FC"/>
     <w:rsid w:val="00685E46"/>
     <w:rsid w:val="006933E5"/>
     <w:rsid w:val="00697985"/>
+    <w:rsid w:val="006C7154"/>
     <w:rsid w:val="00727021"/>
     <w:rsid w:val="007349EA"/>
     <w:rsid w:val="00760EC5"/>
     <w:rsid w:val="00762C47"/>
     <w:rsid w:val="00764AAC"/>
     <w:rsid w:val="007845E0"/>
     <w:rsid w:val="007E396F"/>
     <w:rsid w:val="007E4808"/>
     <w:rsid w:val="007F1A43"/>
     <w:rsid w:val="007F60F5"/>
     <w:rsid w:val="008135B9"/>
     <w:rsid w:val="00833E4A"/>
     <w:rsid w:val="00835E59"/>
     <w:rsid w:val="00836842"/>
     <w:rsid w:val="00844B82"/>
     <w:rsid w:val="008758B4"/>
     <w:rsid w:val="008825A1"/>
     <w:rsid w:val="008A131F"/>
     <w:rsid w:val="008B32A8"/>
     <w:rsid w:val="008B4BE2"/>
     <w:rsid w:val="008D0997"/>
     <w:rsid w:val="008D55DF"/>
     <w:rsid w:val="008F6BDD"/>
     <w:rsid w:val="009070DA"/>
     <w:rsid w:val="00946904"/>
@@ -3519,51 +3406,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CF57F3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R60e9d8a452784b79" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R107ecd772fed4fb3" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3827,90 +3714,90 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps2.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10761502</value>
     </field>
     <field name="Objective-Title">
-      <value order="0">2026 Ross Reserve Athletics Facility Bookings - as of 18/2/26 Word</value>
+      <value order="0">2026 Ross Reserve Athletics Facility Bookings - as of 5/3/26 Word</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-03-20T02:02:06Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2026-02-17T22:33:41Z</value>
+      <value order="0">2026-03-05T01:39:15Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2026-02-17T22:33:54Z</value>
+      <value order="0">2026-03-05T01:39:15Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Tom Cullen</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Casual Park Reserve &amp; Sportsground Bookings</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA16826621</value>
+      <value order="0">vA16883364</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">56.0</value>
+      <value order="0">57.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">57</value>
+      <value order="0">58</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA258918</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Safe Active and Connected Communities : Sport and Recreation</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -3919,145 +3806,145 @@
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Bulk Update Status">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>279</Words>
-  <Characters>1731</Characters>
+  <Words>293</Words>
+  <Characters>1676</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>144</Lines>
-  <Paragraphs>143</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Greater Dandenong</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1867</CharactersWithSpaces>
+  <CharactersWithSpaces>1966</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tom Cullen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10761502</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>2026 Ross Reserve Athletics Facility Bookings - as of 18/2/26 Word</vt:lpwstr>
+    <vt:lpwstr>2026 Ross Reserve Athletics Facility Bookings - as of 5/3/26 Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-03-20T02:02:06Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2026-02-17T22:33:41Z</vt:filetime>
+    <vt:filetime>2026-03-05T01:39:15Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2026-02-17T22:33:54Z</vt:filetime>
+    <vt:filetime>2026-03-05T01:39:15Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Tom Cullen</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Casual Park Reserve &amp; Sportsground Bookings</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA16826621</vt:lpwstr>
+    <vt:lpwstr>vA16883364</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>56.0</vt:lpwstr>
+    <vt:lpwstr>57.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>57</vt:r8>
+    <vt:r8>58</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA258918</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Safe Active and Connected Communities : Sport and Recreation</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>