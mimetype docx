--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -13651,51 +13651,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R7889e0df1e6d4cf6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R15f89e294786423b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>