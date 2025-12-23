--- v1 (2025-11-01)
+++ v2 (2025-12-23)
@@ -13651,51 +13651,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R15f89e294786423b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R0743103abe9c48c0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>