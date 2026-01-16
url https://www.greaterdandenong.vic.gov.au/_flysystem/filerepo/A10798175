--- v2 (2025-12-23)
+++ v3 (2026-01-16)
@@ -13651,51 +13651,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R0743103abe9c48c0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R452e394c6b484bc7" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>