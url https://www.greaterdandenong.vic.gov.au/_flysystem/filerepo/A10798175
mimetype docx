--- v3 (2026-01-16)
+++ v4 (2026-02-07)
@@ -13651,51 +13651,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R452e394c6b484bc7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R6484436694ae4dfa" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>