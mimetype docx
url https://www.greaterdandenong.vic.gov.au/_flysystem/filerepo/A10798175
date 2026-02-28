--- v4 (2026-02-07)
+++ v5 (2026-02-28)
@@ -13651,51 +13651,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R6484436694ae4dfa" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R17efc8cc1cfb41fc" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>