--- v5 (2026-02-28)
+++ v6 (2026-03-20)
@@ -13651,51 +13651,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R17efc8cc1cfb41fc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/wp-content/uploads/2024/02/2024-25-Pre-Budget-Submission-1.pdf__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WX2ICGjx$" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/australian-government-pledges-at-the-2023-global-refugee-forum/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WWEszU4i$" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__https:/www.refugeecouncil.org.au/labor-government-changes-refugee-policies/__;!!OQUPkg!Rl2EhIOc7lkoxKh0B1NPlzasTiIrsMJjiMKZp7KQ9ADdcHTvahzTzCVaNk9C0c-6x0QtuHNqfdi1TAq1bCJ-WMqoQJ_0WdHJjbeM$" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rb133815a042f4151" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>