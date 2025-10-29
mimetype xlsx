--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,527 +1,566 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R309d874a26b34dd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rcdc3c52b6af44127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ ~ OBJECTIVE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AB7EC95C-4FE9-4062-82FE-5A5E5968D9E3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DC3A1F34-B246-4C0D-8985-EA0041D128CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="2" activeTab="2" xr2:uid="{76C9F7DE-96FA-43D9-A847-8215FD81F682}"/>
+    <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="2" activeTab="2" xr2:uid="{76C9F7DE-96FA-43D9-A847-8215FD81F682}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Assemble" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Front" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Front!$D$3:$P$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D28" i="1" l="1"/>
+  <c r="D42" i="1" l="1"/>
+  <c r="E42" i="1"/>
+  <c r="F42" i="1"/>
+  <c r="G42" i="1"/>
+  <c r="H42" i="1"/>
+  <c r="I42" i="1"/>
+  <c r="J42" i="1"/>
+  <c r="K42" i="1"/>
+  <c r="L42" i="1"/>
+  <c r="W40" i="4" s="1"/>
+  <c r="X40" i="4" s="1" a="1"/>
+  <c r="X40" i="4" s="1"/>
+  <c r="M42" i="1"/>
+  <c r="N42" i="1"/>
+  <c r="O42" i="1"/>
+  <c r="P42" i="1"/>
+  <c r="Q42" i="1"/>
+  <c r="R42" i="1"/>
+  <c r="S42" i="1"/>
+  <c r="T42" i="1"/>
+  <c r="U42" i="1"/>
+  <c r="V42" i="1"/>
+  <c r="W42" i="1"/>
+  <c r="X42" i="1"/>
+  <c r="Y42" i="1"/>
+  <c r="Z42" i="1"/>
+  <c r="AA42" i="1"/>
+  <c r="AB42" i="1"/>
+  <c r="AC42" i="1"/>
+  <c r="AD42" i="1"/>
+  <c r="AE42" i="1"/>
+  <c r="AF42" i="1"/>
+  <c r="AG42" i="1"/>
+  <c r="C42" i="1"/>
+  <c r="W65" i="4"/>
+  <c r="W66" i="4"/>
+  <c r="W67" i="4"/>
+  <c r="W68" i="4"/>
+  <c r="W69" i="4"/>
+  <c r="W70" i="4"/>
+  <c r="W71" i="4"/>
+  <c r="W78" i="4"/>
+  <c r="W82" i="4"/>
+  <c r="W83" i="4"/>
+  <c r="W84" i="4"/>
+  <c r="W85" i="4"/>
+  <c r="W86" i="4"/>
+  <c r="W87" i="4"/>
+  <c r="W81" i="4"/>
+  <c r="W74" i="4"/>
+  <c r="W75" i="4"/>
+  <c r="W76" i="4"/>
+  <c r="W77" i="4"/>
+  <c r="L28" i="1"/>
+  <c r="D28" i="1"/>
   <c r="E28" i="1"/>
   <c r="F28" i="1"/>
   <c r="G28" i="1"/>
   <c r="H28" i="1"/>
   <c r="I28" i="1"/>
   <c r="J28" i="1"/>
   <c r="K28" i="1"/>
-  <c r="L28" i="1"/>
   <c r="M28" i="1"/>
   <c r="N28" i="1"/>
   <c r="O28" i="1"/>
   <c r="P28" i="1"/>
   <c r="Q28" i="1"/>
   <c r="R28" i="1"/>
   <c r="S28" i="1"/>
   <c r="T28" i="1"/>
   <c r="U28" i="1"/>
   <c r="V28" i="1"/>
   <c r="W28" i="1"/>
   <c r="X28" i="1"/>
   <c r="Y28" i="1"/>
   <c r="Z28" i="1"/>
   <c r="AA28" i="1"/>
   <c r="AB28" i="1"/>
   <c r="AC28" i="1"/>
   <c r="AD28" i="1"/>
   <c r="AE28" i="1"/>
   <c r="AF28" i="1"/>
   <c r="AG28" i="1"/>
   <c r="C28" i="1"/>
   <c r="D3" i="4" a="1"/>
   <c r="D3" i="4" s="1"/>
-  <c r="D77" i="1"/>
-[...184 lines deleted...]
-  <c r="AH82" i="1"/>
   <c r="D83" i="1"/>
   <c r="E83" i="1"/>
   <c r="F83" i="1"/>
   <c r="G83" i="1"/>
   <c r="H83" i="1"/>
   <c r="I83" i="1"/>
   <c r="J83" i="1"/>
   <c r="K83" i="1"/>
   <c r="L83" i="1"/>
   <c r="M83" i="1"/>
   <c r="N83" i="1"/>
   <c r="O83" i="1"/>
   <c r="P83" i="1"/>
   <c r="Q83" i="1"/>
   <c r="R83" i="1"/>
   <c r="S83" i="1"/>
   <c r="T83" i="1"/>
   <c r="U83" i="1"/>
   <c r="V83" i="1"/>
   <c r="W83" i="1"/>
   <c r="X83" i="1"/>
   <c r="Y83" i="1"/>
   <c r="Z83" i="1"/>
   <c r="AA83" i="1"/>
   <c r="AB83" i="1"/>
   <c r="AC83" i="1"/>
   <c r="AD83" i="1"/>
   <c r="AE83" i="1"/>
   <c r="AF83" i="1"/>
   <c r="AG83" i="1"/>
   <c r="AH83" i="1"/>
-  <c r="C78" i="1"/>
-[...3 lines deleted...]
-  <c r="C82" i="1"/>
+  <c r="D84" i="1"/>
+  <c r="E84" i="1"/>
+  <c r="F84" i="1"/>
+  <c r="G84" i="1"/>
+  <c r="H84" i="1"/>
+  <c r="I84" i="1"/>
+  <c r="J84" i="1"/>
+  <c r="K84" i="1"/>
+  <c r="L84" i="1"/>
+  <c r="M84" i="1"/>
+  <c r="N84" i="1"/>
+  <c r="O84" i="1"/>
+  <c r="P84" i="1"/>
+  <c r="Q84" i="1"/>
+  <c r="R84" i="1"/>
+  <c r="S84" i="1"/>
+  <c r="T84" i="1"/>
+  <c r="U84" i="1"/>
+  <c r="V84" i="1"/>
+  <c r="W84" i="1"/>
+  <c r="X84" i="1"/>
+  <c r="Y84" i="1"/>
+  <c r="Z84" i="1"/>
+  <c r="AA84" i="1"/>
+  <c r="AB84" i="1"/>
+  <c r="AC84" i="1"/>
+  <c r="AD84" i="1"/>
+  <c r="AE84" i="1"/>
+  <c r="AF84" i="1"/>
+  <c r="AG84" i="1"/>
+  <c r="AH84" i="1"/>
+  <c r="D85" i="1"/>
+  <c r="E85" i="1"/>
+  <c r="F85" i="1"/>
+  <c r="G85" i="1"/>
+  <c r="H85" i="1"/>
+  <c r="I85" i="1"/>
+  <c r="J85" i="1"/>
+  <c r="K85" i="1"/>
+  <c r="L85" i="1"/>
+  <c r="M85" i="1"/>
+  <c r="N85" i="1"/>
+  <c r="O85" i="1"/>
+  <c r="P85" i="1"/>
+  <c r="Q85" i="1"/>
+  <c r="R85" i="1"/>
+  <c r="S85" i="1"/>
+  <c r="T85" i="1"/>
+  <c r="U85" i="1"/>
+  <c r="V85" i="1"/>
+  <c r="W85" i="1"/>
+  <c r="X85" i="1"/>
+  <c r="Y85" i="1"/>
+  <c r="Z85" i="1"/>
+  <c r="AA85" i="1"/>
+  <c r="AB85" i="1"/>
+  <c r="AC85" i="1"/>
+  <c r="AD85" i="1"/>
+  <c r="AE85" i="1"/>
+  <c r="AF85" i="1"/>
+  <c r="AG85" i="1"/>
+  <c r="AH85" i="1"/>
+  <c r="D86" i="1"/>
+  <c r="E86" i="1"/>
+  <c r="F86" i="1"/>
+  <c r="G86" i="1"/>
+  <c r="H86" i="1"/>
+  <c r="I86" i="1"/>
+  <c r="J86" i="1"/>
+  <c r="K86" i="1"/>
+  <c r="L86" i="1"/>
+  <c r="M86" i="1"/>
+  <c r="N86" i="1"/>
+  <c r="O86" i="1"/>
+  <c r="P86" i="1"/>
+  <c r="Q86" i="1"/>
+  <c r="R86" i="1"/>
+  <c r="S86" i="1"/>
+  <c r="T86" i="1"/>
+  <c r="U86" i="1"/>
+  <c r="V86" i="1"/>
+  <c r="W86" i="1"/>
+  <c r="X86" i="1"/>
+  <c r="Y86" i="1"/>
+  <c r="Z86" i="1"/>
+  <c r="AA86" i="1"/>
+  <c r="AB86" i="1"/>
+  <c r="AC86" i="1"/>
+  <c r="AD86" i="1"/>
+  <c r="AE86" i="1"/>
+  <c r="AF86" i="1"/>
+  <c r="AG86" i="1"/>
+  <c r="AH86" i="1"/>
+  <c r="D87" i="1"/>
+  <c r="E87" i="1"/>
+  <c r="F87" i="1"/>
+  <c r="G87" i="1"/>
+  <c r="H87" i="1"/>
+  <c r="I87" i="1"/>
+  <c r="J87" i="1"/>
+  <c r="K87" i="1"/>
+  <c r="L87" i="1"/>
+  <c r="M87" i="1"/>
+  <c r="N87" i="1"/>
+  <c r="O87" i="1"/>
+  <c r="P87" i="1"/>
+  <c r="Q87" i="1"/>
+  <c r="R87" i="1"/>
+  <c r="S87" i="1"/>
+  <c r="T87" i="1"/>
+  <c r="U87" i="1"/>
+  <c r="V87" i="1"/>
+  <c r="W87" i="1"/>
+  <c r="X87" i="1"/>
+  <c r="Y87" i="1"/>
+  <c r="Z87" i="1"/>
+  <c r="AA87" i="1"/>
+  <c r="AB87" i="1"/>
+  <c r="AC87" i="1"/>
+  <c r="AD87" i="1"/>
+  <c r="AE87" i="1"/>
+  <c r="AF87" i="1"/>
+  <c r="AG87" i="1"/>
+  <c r="AH87" i="1"/>
+  <c r="D88" i="1"/>
+  <c r="E88" i="1"/>
+  <c r="F88" i="1"/>
+  <c r="G88" i="1"/>
+  <c r="H88" i="1"/>
+  <c r="I88" i="1"/>
+  <c r="J88" i="1"/>
+  <c r="K88" i="1"/>
+  <c r="L88" i="1"/>
+  <c r="M88" i="1"/>
+  <c r="N88" i="1"/>
+  <c r="O88" i="1"/>
+  <c r="P88" i="1"/>
+  <c r="Q88" i="1"/>
+  <c r="R88" i="1"/>
+  <c r="S88" i="1"/>
+  <c r="T88" i="1"/>
+  <c r="U88" i="1"/>
+  <c r="V88" i="1"/>
+  <c r="W88" i="1"/>
+  <c r="X88" i="1"/>
+  <c r="Y88" i="1"/>
+  <c r="Z88" i="1"/>
+  <c r="AA88" i="1"/>
+  <c r="AB88" i="1"/>
+  <c r="AC88" i="1"/>
+  <c r="AD88" i="1"/>
+  <c r="AE88" i="1"/>
+  <c r="AF88" i="1"/>
+  <c r="AG88" i="1"/>
+  <c r="AH88" i="1"/>
+  <c r="D89" i="1"/>
+  <c r="E89" i="1"/>
+  <c r="F89" i="1"/>
+  <c r="G89" i="1"/>
+  <c r="H89" i="1"/>
+  <c r="I89" i="1"/>
+  <c r="J89" i="1"/>
+  <c r="K89" i="1"/>
+  <c r="L89" i="1"/>
+  <c r="M89" i="1"/>
+  <c r="N89" i="1"/>
+  <c r="O89" i="1"/>
+  <c r="P89" i="1"/>
+  <c r="Q89" i="1"/>
+  <c r="R89" i="1"/>
+  <c r="S89" i="1"/>
+  <c r="T89" i="1"/>
+  <c r="U89" i="1"/>
+  <c r="V89" i="1"/>
+  <c r="W89" i="1"/>
+  <c r="X89" i="1"/>
+  <c r="Y89" i="1"/>
+  <c r="Z89" i="1"/>
+  <c r="AA89" i="1"/>
+  <c r="AB89" i="1"/>
+  <c r="AC89" i="1"/>
+  <c r="AD89" i="1"/>
+  <c r="AE89" i="1"/>
+  <c r="AF89" i="1"/>
+  <c r="AG89" i="1"/>
+  <c r="AH89" i="1"/>
+  <c r="C84" i="1"/>
+  <c r="C85" i="1"/>
+  <c r="C86" i="1"/>
+  <c r="C87" i="1"/>
+  <c r="C88" i="1"/>
+  <c r="C89" i="1"/>
   <c r="C83" i="1"/>
-  <c r="C77" i="1"/>
   <c r="W44" i="4"/>
   <c r="W45" i="4"/>
   <c r="W46" i="4"/>
   <c r="W47" i="4"/>
   <c r="W48" i="4"/>
   <c r="W49" i="4"/>
   <c r="W50" i="4"/>
   <c r="W51" i="4"/>
   <c r="W52" i="4"/>
   <c r="W53" i="4"/>
   <c r="W54" i="4"/>
   <c r="W55" i="4"/>
   <c r="W56" i="4"/>
   <c r="W57" i="4"/>
   <c r="W58" i="4"/>
   <c r="W59" i="4"/>
   <c r="W60" i="4"/>
   <c r="W61" i="4"/>
   <c r="W62" i="4"/>
   <c r="W63" i="4"/>
   <c r="W64" i="4"/>
   <c r="W43" i="4"/>
   <c r="AB14" i="4"/>
   <c r="AB13" i="4"/>
   <c r="W4" i="4"/>
   <c r="AC4" i="4" s="1"/>
   <c r="W5" i="4"/>
   <c r="AC5" i="4" s="1"/>
   <c r="W6" i="4"/>
   <c r="W7" i="4"/>
   <c r="W8" i="4"/>
   <c r="W9" i="4"/>
   <c r="W10" i="4"/>
   <c r="W13" i="4"/>
   <c r="W14" i="4"/>
   <c r="W15" i="4"/>
   <c r="K7" i="4" s="1"/>
   <c r="W16" i="4"/>
   <c r="W17" i="4"/>
   <c r="W18" i="4"/>
   <c r="W19" i="4"/>
   <c r="W20" i="4"/>
   <c r="W21" i="4"/>
   <c r="AB21" i="4" s="1"/>
-  <c r="W22" i="4"/>
-  <c r="K11" i="4" s="1"/>
   <c r="W25" i="4"/>
   <c r="W26" i="4"/>
-  <c r="X26" i="4" s="1" a="1"/>
-  <c r="X26" i="4" s="1"/>
   <c r="W27" i="4"/>
   <c r="W29" i="4"/>
   <c r="W30" i="4"/>
   <c r="W31" i="4"/>
   <c r="W32" i="4"/>
   <c r="W33" i="4"/>
   <c r="W34" i="4"/>
   <c r="W35" i="4"/>
   <c r="W38" i="4"/>
   <c r="W39" i="4"/>
-  <c r="W40" i="4"/>
-[...13 lines deleted...]
-  <c r="W81" i="4"/>
   <c r="W3" i="4"/>
   <c r="AC3" i="4" s="1"/>
-  <c r="K35" i="4" l="1" a="1"/>
+  <c r="X26" i="4" l="1" a="1"/>
+  <c r="X26" i="4" s="1"/>
+  <c r="E21" i="4" s="1" a="1"/>
+  <c r="E21" i="4" s="1"/>
+  <c r="K35" i="4" a="1"/>
   <c r="K35" i="4" s="1"/>
-  <c r="E27" i="4"/>
-[...3 lines deleted...]
-  <c r="X75" i="4"/>
+  <c r="Z43" i="4"/>
+  <c r="X81" i="4"/>
   <c r="E58" i="4" s="1"/>
-  <c r="Z68" i="4"/>
+  <c r="Z74" i="4"/>
   <c r="E51" i="4" s="1" a="1"/>
   <c r="E51" i="4" s="1"/>
-  <c r="Z43" i="4"/>
+  <c r="E27" i="4"/>
+  <c r="K14" i="4"/>
   <c r="AC6" i="4"/>
   <c r="AC8" i="4" s="1"/>
   <c r="AB8" i="4" s="1"/>
   <c r="E6" i="4" s="1" a="1"/>
   <c r="E6" i="4" s="1"/>
-  <c r="AH73" i="1"/>
   <c r="AA43" i="4" l="1"/>
   <c r="Z44" i="4" s="1" a="1"/>
   <c r="Z44" i="4" s="1"/>
   <c r="K42" i="4" s="1" a="1"/>
   <c r="K42" i="4" s="1"/>
-  <c r="AH74" i="1"/>
-[...3 lines deleted...]
-  <c r="C24" i="1" l="1"/>
+  <c r="AH77" i="1"/>
+  <c r="AH78" i="1"/>
+  <c r="AH79" i="1" s="1"/>
+  <c r="AH76" i="1"/>
+  <c r="AH80" i="1" l="1"/>
+  <c r="C24" i="1"/>
   <c r="D24" i="1"/>
   <c r="E24" i="1"/>
   <c r="F24" i="1"/>
   <c r="G24" i="1"/>
   <c r="H24" i="1"/>
   <c r="I24" i="1"/>
   <c r="J24" i="1"/>
   <c r="K24" i="1"/>
   <c r="L24" i="1"/>
+  <c r="W22" i="4" s="1"/>
+  <c r="K11" i="4" s="1"/>
   <c r="M24" i="1"/>
   <c r="N24" i="1"/>
   <c r="O24" i="1"/>
   <c r="P24" i="1"/>
   <c r="Q24" i="1"/>
   <c r="R24" i="1"/>
   <c r="S24" i="1"/>
   <c r="T24" i="1"/>
   <c r="U24" i="1"/>
   <c r="V24" i="1"/>
   <c r="W24" i="1"/>
   <c r="X24" i="1"/>
   <c r="Y24" i="1"/>
   <c r="Z24" i="1"/>
   <c r="AA24" i="1"/>
   <c r="AB24" i="1"/>
   <c r="AC24" i="1"/>
   <c r="AD24" i="1"/>
   <c r="AE24" i="1"/>
   <c r="AF24" i="1"/>
   <c r="AG24" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="435" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="125">
   <si>
     <t>Housing Infographic</t>
   </si>
   <si>
     <t>Banyule</t>
   </si>
   <si>
     <t>Bayside (Vic.)</t>
   </si>
   <si>
     <t>Boroondara</t>
   </si>
   <si>
     <t>Brimbank</t>
   </si>
   <si>
     <t>Cardinia</t>
   </si>
   <si>
     <t>Casey</t>
   </si>
   <si>
     <t>Darebin</t>
   </si>
   <si>
@@ -779,114 +818,135 @@
   <si>
     <t>Improvised dwellings, tents, sleeping out</t>
   </si>
   <si>
     <t>Supported accommodation for the homeless</t>
   </si>
   <si>
     <t>Temporarily with other households</t>
   </si>
   <si>
     <t>Boarding houses</t>
   </si>
   <si>
     <t>Oother temporary lodgings</t>
   </si>
   <si>
     <t>Severely' crowded dwellings</t>
   </si>
   <si>
     <t>Total homeless</t>
   </si>
   <si>
     <t>Homeless Groups</t>
   </si>
   <si>
-    <t>% Change: 1992-2022 (after infl)</t>
-[...1 lines deleted...]
-  <si>
     <t>Housing Tenure</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Improvised dwellings</t>
   </si>
   <si>
-    <t>Oother temp accom.</t>
-[...4 lines deleted...]
-  <si>
     <t>Housing Structure</t>
   </si>
   <si>
     <t>Separate houses</t>
   </si>
   <si>
     <t>Flats</t>
-  </si>
-[...1 lines deleted...]
-    <t>Higherr than the metro average for govt h</t>
   </si>
   <si>
     <t>Housing Prices</t>
   </si>
   <si>
     <t>Per cent rise in 30 years to 2022 (after inflation</t>
   </si>
   <si>
     <t>st</t>
   </si>
   <si>
     <t>nd</t>
   </si>
   <si>
     <t>rd</t>
   </si>
   <si>
     <t>th</t>
   </si>
   <si>
     <t>Rental Costs</t>
   </si>
   <si>
     <t>metropolitan Melbourne</t>
   </si>
+  <si>
+    <t>Jun 2023</t>
+  </si>
+  <si>
+    <t>Jun 2024</t>
+  </si>
+  <si>
+    <t>Jun 2025</t>
+  </si>
+  <si>
+    <t>Jun 2026</t>
+  </si>
+  <si>
+    <t>Jun 2027</t>
+  </si>
+  <si>
+    <t>June 2028</t>
+  </si>
+  <si>
+    <t>Change from 2004 after inflation</t>
+  </si>
+  <si>
+    <t>% Change: 2005-2025 (after infl)</t>
+  </si>
+  <si>
+    <t>Supported accommodation</t>
+  </si>
+  <si>
+    <t>Other temp accom.</t>
+  </si>
+  <si>
+    <t>Higher than the metro average for govt h</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="mmm\ yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
@@ -983,50 +1043,56 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11.5"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
@@ -1114,51 +1180,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="67">
+  <cellXfs count="69">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
@@ -1168,69 +1234,63 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
@@ -1280,50 +1340,60 @@
     <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1342,51 +1412,51 @@
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF990000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rb49b2efc32bb4e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rfc7f1fc846af4621" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
@@ -1727,58 +1797,58 @@
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-81E6-4C22-8381-38E658D6AFA6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -2036,58 +2106,58 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="545990792"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="800">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
@@ -2126,61 +2196,61 @@
           <c:h val="0.78095141560014303"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="31750" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="21"/>
+              <c:idx val="24"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-FEE6-4D30-A6A9-5697E0BF15C8}"/>
+                  <c16:uniqueId val="{00000000-6A61-486C-9D26-0C827DDB13F8}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
@@ -2195,54 +2265,54 @@
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>Front!$V$43:$V$64</c:f>
+              <c:f>Front!$V$43:$V$67</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2265,59 +2335,68 @@
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2021</c:v>
                 </c:pt>
+                <c:pt idx="22">
+                  <c:v>2022</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2024</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Front!$W$43:$W$64</c:f>
+              <c:f>Front!$W$43:$W$67</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.0</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
                   <c:v>45</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>61.6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>80.300000000000011</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>82.899999999999991</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>80.7</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>80</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>78.7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>64.099999999999994</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2339,50 +2418,59 @@
                   <c:v>10.9</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>10.7</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>12.5</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>8.6999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>4.1000000000000005</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>8.4</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>8.3000000000000007</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>9.4</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>6.2</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>4.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FEE6-4D30-A6A9-5697E0BF15C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="898421080"/>
         <c:axId val="898420720"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="898421080"/>
@@ -2465,58 +2553,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="898421080"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -2917,135 +3005,135 @@
             <c:showCatName val="1"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="1"/>
             <c:leaderLines>
               <c:spPr>
                 <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="35000"/>
                       <a:lumOff val="65000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:round/>
                 </a:ln>
                 <a:effectLst/>
               </c:spPr>
             </c:leaderLines>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>Front!$V$75:$V$80</c:f>
+              <c:f>Front!$V$81:$V$86</c:f>
               <c:strCache>
                 <c:ptCount val="6"/>
                 <c:pt idx="0">
                   <c:v>Improvised dwellings</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Supported accomodation</c:v>
+                  <c:v>Supported accommodation</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Temporarily with other households</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Boarding houses</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>Oother temp accom.</c:v>
+                  <c:v>Other temp accom.</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Severely' crowded dwellings</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Front!$W$75:$W$80</c:f>
+              <c:f>Front!$W$81:$W$86</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.0</c:formatCode>
                 <c:ptCount val="6"/>
                 <c:pt idx="0">
                   <c:v>0.92983939137785288</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>16.145393068469989</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1.9019442096365173</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>30.600169061707522</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>3.6770921386305999</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>46.956889264581577</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-0A8E-48EE-AE1D-65226B5A7C9C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -5761,91 +5849,91 @@
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2655102" y="6235213"/>
           <a:ext cx="1857960" cy="1252901"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:effectLst>
           <a:softEdge rad="317500"/>
         </a:effectLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -5907,51 +5995,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6049,69 +6137,69 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2F81CC1-5398-462F-89E2-7AA17E54FD07}">
-  <dimension ref="A1:AI92"/>
+  <dimension ref="A1:AI98"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C23" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+      <pane xSplit="2" ySplit="4" topLeftCell="C16" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="C28" sqref="C28:AG28"/>
+      <selection pane="bottomRight" activeCell="F27" sqref="F27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.90625" customWidth="1"/>
     <col min="2" max="2" width="20.1796875" style="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="23.5" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:35" s="2" customFormat="1" ht="22" x14ac:dyDescent="0.35">
       <c r="B4" s="14" t="s">
         <v>62</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>3</v>
@@ -8311,384 +8399,384 @@
       <c r="AC26" s="3" t="s">
         <v>27</v>
       </c>
       <c r="AD26" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AE26" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AF26" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AG26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AH26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="AI26" s="4"/>
     </row>
     <row r="27" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A27" s="19">
         <v>23</v>
       </c>
       <c r="B27" s="13">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="C27" s="8">
-        <v>1100500</v>
+        <v>1035500</v>
       </c>
       <c r="D27" s="8">
-        <v>2000000</v>
+        <v>2087500</v>
       </c>
       <c r="E27" s="8">
-        <v>2300000</v>
+        <v>2227500</v>
       </c>
       <c r="F27" s="8">
+        <v>670000</v>
+      </c>
+      <c r="G27" s="8">
+        <v>705000</v>
+      </c>
+      <c r="H27" s="8">
         <v>725000</v>
       </c>
-      <c r="G27" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="I27" s="8">
-        <v>1213500</v>
+        <v>1120000</v>
       </c>
       <c r="J27" s="8">
-        <v>815000</v>
+        <v>750000</v>
       </c>
       <c r="K27" s="8">
-        <v>1710000</v>
+        <v>1503000</v>
       </c>
       <c r="L27" s="8">
-        <v>812000</v>
+        <v>765000</v>
       </c>
       <c r="M27" s="8">
-        <v>917500</v>
+        <v>866500</v>
       </c>
       <c r="N27" s="8">
-        <v>658500</v>
+        <v>665000</v>
       </c>
       <c r="O27" s="8">
-        <v>1212000</v>
+        <v>1050000</v>
       </c>
       <c r="P27" s="8">
-        <v>985500</v>
+        <v>925000</v>
       </c>
       <c r="Q27" s="8">
-        <v>1555000</v>
+        <v>1305000</v>
       </c>
       <c r="R27" s="8">
-        <v>1060000</v>
+        <v>895000</v>
       </c>
       <c r="S27" s="8">
-        <v>1027500</v>
+        <v>1000000</v>
       </c>
       <c r="T27" s="8">
-        <v>1378500</v>
+        <v>1170000</v>
       </c>
       <c r="U27" s="8">
-        <v>622000</v>
+        <v>605000</v>
       </c>
       <c r="V27" s="8">
         <v>1400000</v>
       </c>
       <c r="W27" s="8">
-        <v>1215000</v>
+        <v>1092500</v>
       </c>
       <c r="X27" s="8">
-        <v>1137500</v>
+        <v>995000</v>
       </c>
       <c r="Y27" s="8">
-        <v>1195000</v>
+        <v>960000</v>
       </c>
       <c r="Z27" s="8">
-        <v>1100000</v>
+        <v>1022500</v>
       </c>
       <c r="AA27" s="8">
-        <v>1893000</v>
+        <v>1686250</v>
       </c>
       <c r="AB27" s="8">
-        <v>2200000</v>
+        <v>1930000</v>
       </c>
       <c r="AC27" s="8">
-        <v>1350000</v>
+        <v>1366000</v>
       </c>
       <c r="AD27" s="8">
-        <v>720000</v>
+        <v>700000</v>
       </c>
       <c r="AE27" s="8">
-        <v>655000</v>
+        <v>650000</v>
       </c>
       <c r="AF27" s="8">
-        <v>1500000</v>
+        <v>1308250</v>
       </c>
       <c r="AG27" s="8">
-        <v>845500</v>
+        <v>810000</v>
       </c>
       <c r="AH27" s="8">
-        <v>820000</v>
+        <v>750000</v>
       </c>
     </row>
     <row r="28" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A28" s="19">
         <v>24</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C28">
         <f>RANK(C27,$C27:$AG27)</f>
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D28">
         <f t="shared" ref="D28:AG28" si="2">RANK(D27,$C27:$AG27)</f>
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E28">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="F28">
         <f t="shared" si="2"/>
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G28">
         <f t="shared" si="2"/>
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H28">
         <f t="shared" si="2"/>
         <v>25</v>
       </c>
       <c r="I28">
         <f t="shared" si="2"/>
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J28">
         <f t="shared" si="2"/>
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K28">
         <f t="shared" si="2"/>
         <v>5</v>
       </c>
       <c r="L28">
-        <f t="shared" si="2"/>
-        <v>24</v>
+        <f>RANK(L27,$C27:$AG27)</f>
+        <v>23</v>
       </c>
       <c r="M28">
         <f t="shared" si="2"/>
         <v>21</v>
       </c>
       <c r="N28">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="O28">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
       <c r="P28">
         <f t="shared" si="2"/>
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="Q28">
         <f t="shared" si="2"/>
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="R28">
         <f t="shared" si="2"/>
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="S28">
         <f t="shared" si="2"/>
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="T28">
         <f t="shared" si="2"/>
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="U28">
         <f t="shared" si="2"/>
         <v>31</v>
       </c>
       <c r="V28">
         <f t="shared" si="2"/>
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="W28">
         <f t="shared" si="2"/>
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="X28">
         <f t="shared" si="2"/>
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="Y28">
         <f t="shared" si="2"/>
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="Z28">
         <f t="shared" si="2"/>
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="AA28">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="AB28">
         <f t="shared" si="2"/>
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC28">
         <f t="shared" si="2"/>
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="AD28">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
       <c r="AE28">
         <f t="shared" si="2"/>
         <v>30</v>
       </c>
       <c r="AF28">
         <f t="shared" si="2"/>
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="AG28">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="AH28" s="1"/>
     </row>
     <row r="29" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A29" s="19">
         <v>25</v>
       </c>
       <c r="B29" s="13" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="C29" s="8">
-        <v>294.04916783872483</v>
+        <v>76.430800180646258</v>
       </c>
       <c r="D29" s="8">
-        <v>351.76268780314678</v>
+        <v>72.826976020428532</v>
       </c>
       <c r="E29" s="8">
-        <v>383.38607594936713</v>
+        <v>87.722745133875563</v>
       </c>
       <c r="F29" s="8">
-        <v>230.61783496536901</v>
+        <v>64.099386213408877</v>
       </c>
       <c r="G29" s="8">
-        <v>242.30932741012197</v>
+        <v>73.394218118458639</v>
       </c>
       <c r="H29" s="8">
-        <v>243.94778481012662</v>
+        <v>72.189315248805343</v>
       </c>
       <c r="I29" s="8">
-        <v>410.07739405613648</v>
+        <v>88.101983002832881</v>
       </c>
       <c r="J29" s="8">
-        <v>293.95965189873414</v>
+        <v>76.699007079314427</v>
       </c>
       <c r="K29" s="8">
-        <v>416.61886867088606</v>
+        <v>73.233627728711866</v>
       </c>
       <c r="L29" s="8">
-        <v>292.50949367088606</v>
+        <v>81.506075929827375</v>
       </c>
       <c r="M29" s="8">
-        <v>322.38735684147076</v>
+        <v>64.836537491863538</v>
       </c>
       <c r="N29" s="8">
-        <v>197.48572991837219</v>
+        <v>59.550789154188578</v>
       </c>
       <c r="O29" s="8">
-        <v>361.3101764178212</v>
+        <v>69.098529240560396</v>
       </c>
       <c r="P29" s="8">
-        <v>293.69998169264568</v>
+        <v>82.460501549518042</v>
       </c>
       <c r="Q29" s="8">
-        <v>317.59186005625884</v>
+        <v>78.39613940312276</v>
       </c>
       <c r="R29" s="8">
-        <v>469.32137834036575</v>
+        <v>60.640529377419284</v>
       </c>
       <c r="S29" s="8">
-        <v>307.11409265407758</v>
+        <v>89.009227293843296</v>
       </c>
       <c r="T29" s="8">
-        <v>338.38664848434388</v>
+        <v>52.832861189801726</v>
       </c>
       <c r="U29" s="8">
-        <v>234.07348804500705</v>
+        <v>43.399319199488254</v>
       </c>
       <c r="V29" s="8">
-        <v>392.17491369390103</v>
+        <v>111.01183990702405</v>
       </c>
       <c r="W29" s="8">
-        <v>319.51005877034362</v>
+        <v>56.632177157465634</v>
       </c>
       <c r="X29" s="8">
-        <v>378.13187947165659</v>
+        <v>72.023412764539245</v>
       </c>
       <c r="Y29" s="8">
-        <v>425.13305523590344</v>
+        <v>85.018343937212649</v>
       </c>
       <c r="Z29" s="8">
-        <v>239.2182989118366</v>
+        <v>63.772375357967157</v>
       </c>
       <c r="AA29" s="8">
-        <v>381.60517988007996</v>
+        <v>55.850515349118979</v>
       </c>
       <c r="AB29" s="8">
-        <v>348.71281311755592</v>
+        <v>49.27501118234683</v>
       </c>
       <c r="AC29" s="8">
-        <v>379.83176656738647</v>
+        <v>107.37612085313609</v>
       </c>
       <c r="AD29" s="8">
-        <v>194.94743617249517</v>
+        <v>50.722742790731459</v>
       </c>
       <c r="AE29" s="8">
-        <v>207.39599975420919</v>
+        <v>59.200897072710113</v>
       </c>
       <c r="AF29" s="8">
-        <v>383.38607594936713</v>
+        <v>56.621957270529599</v>
       </c>
       <c r="AG29" s="8">
-        <v>273.24468238830127</v>
+        <v>78.997422735308533</v>
       </c>
       <c r="AH29" s="8">
-        <v>217.1012658227848</v>
+        <v>37.770007082152986</v>
       </c>
     </row>
     <row r="30" spans="1:35" s="2" customFormat="1" ht="22" x14ac:dyDescent="0.35">
       <c r="A30" s="19">
         <v>26</v>
       </c>
       <c r="B30" s="14" t="s">
         <v>65</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H30" s="3" t="s">
@@ -9595,351 +9683,382 @@
       <c r="AC39" s="3" t="s">
         <v>27</v>
       </c>
       <c r="AD39" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AE39" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AF39" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AG39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AH39" s="3" t="s">
         <v>42</v>
       </c>
       <c r="AI39" s="4"/>
     </row>
     <row r="40" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A40" s="19">
         <v>36</v>
       </c>
       <c r="B40" s="13">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="C40" s="8">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="D40" s="8">
-        <v>499</v>
+        <v>600</v>
       </c>
       <c r="E40" s="8">
+        <v>585</v>
+      </c>
+      <c r="F40" s="8">
+        <v>418</v>
+      </c>
+      <c r="G40" s="8">
         <v>430</v>
       </c>
-      <c r="F40" s="8">
-[...4 lines deleted...]
-      </c>
       <c r="H40" s="8">
-        <v>355</v>
+        <v>460</v>
       </c>
       <c r="I40" s="8">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="J40" s="8">
-        <v>370</v>
+        <v>450</v>
       </c>
       <c r="K40" s="8">
-        <v>440</v>
+        <v>580</v>
       </c>
       <c r="L40" s="8">
-        <v>340</v>
+        <v>450</v>
       </c>
       <c r="M40" s="8">
-        <v>350</v>
+        <v>480</v>
       </c>
       <c r="N40" s="8">
-        <v>350</v>
+        <v>445</v>
       </c>
       <c r="O40" s="8">
+        <v>525</v>
+      </c>
+      <c r="P40" s="8">
+        <v>490</v>
+      </c>
+      <c r="Q40" s="8">
+        <v>580</v>
+      </c>
+      <c r="R40" s="8">
+        <v>530</v>
+      </c>
+      <c r="S40" s="8">
+        <v>480</v>
+      </c>
+      <c r="T40" s="8">
+        <v>700</v>
+      </c>
+      <c r="U40" s="8">
+        <v>375</v>
+      </c>
+      <c r="V40" s="8">
+        <v>570</v>
+      </c>
+      <c r="W40" s="8">
+        <v>520</v>
+      </c>
+      <c r="X40" s="8">
+        <v>530</v>
+      </c>
+      <c r="Y40" s="8">
+        <v>480</v>
+      </c>
+      <c r="Z40" s="8">
+        <v>470</v>
+      </c>
+      <c r="AA40" s="8">
+        <v>640</v>
+      </c>
+      <c r="AB40" s="8">
+        <v>650</v>
+      </c>
+      <c r="AC40" s="8">
+        <v>580</v>
+      </c>
+      <c r="AD40" s="8">
+        <v>450</v>
+      </c>
+      <c r="AE40" s="8">
         <v>420</v>
       </c>
-      <c r="P40" s="8">
-[...46 lines deleted...]
-      </c>
       <c r="AF40" s="8">
-        <v>520</v>
+        <v>680</v>
       </c>
       <c r="AG40" s="8">
-        <v>393</v>
+        <v>490</v>
       </c>
       <c r="AH40" s="8">
-        <v>432</v>
+        <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A41" s="19">
         <v>37</v>
       </c>
       <c r="B41" s="13" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="C41" s="1">
-        <v>28.747501665556292</v>
+        <v>46.856936416184972</v>
       </c>
       <c r="D41" s="1">
-        <v>32.679898183819475</v>
+        <v>46.856936416184972</v>
       </c>
       <c r="E41" s="1">
-        <v>14.333379196477699</v>
+        <v>46.232013282499061</v>
       </c>
       <c r="F41" s="1">
-        <v>48.519439421338149</v>
+        <v>63.696531791907503</v>
       </c>
       <c r="G41" s="1">
-        <v>38.618143459915608</v>
+        <v>53.087230688386747</v>
       </c>
       <c r="H41" s="1">
-        <v>35.687796677215175</v>
+        <v>63.767735155018372</v>
       </c>
       <c r="I41" s="1">
-        <v>43.894266567386431</v>
+        <v>63.17437379576107</v>
       </c>
       <c r="J41" s="1">
-        <v>56.050851156700119</v>
+        <v>65.214053468208093</v>
       </c>
       <c r="K41" s="1">
-        <v>34.541139240506311</v>
+        <v>48.133953254586572</v>
       </c>
       <c r="L41" s="1">
-        <v>54.020159399906234</v>
+        <v>82.305162447677887</v>
       </c>
       <c r="M41" s="1">
-        <v>25.907483246463126</v>
+        <v>56.647398843930631</v>
       </c>
       <c r="N41" s="1">
-        <v>28.169294322746907</v>
+        <v>53.767851071064264</v>
       </c>
       <c r="O41" s="1">
-        <v>46.772151898734165</v>
+        <v>66.702468364318051</v>
       </c>
       <c r="P41" s="1">
-        <v>44.548331415420023</v>
+        <v>59.910886319845858</v>
       </c>
       <c r="Q41" s="1">
-        <v>24.585663821018532</v>
+        <v>44.982167015127281</v>
       </c>
       <c r="R41" s="1">
-        <v>64.486032300305524</v>
+        <v>77.906688687035484</v>
       </c>
       <c r="S41" s="1">
-        <v>44.548331415420023</v>
+        <v>61.123038810900063</v>
       </c>
       <c r="T41" s="1">
-        <v>-4.6700483991064905</v>
+        <v>20.941006460387619</v>
       </c>
       <c r="U41" s="1">
-        <v>37.598892405063282</v>
+        <v>42.119615886630598</v>
       </c>
       <c r="V41" s="1">
-        <v>35.184876748834107</v>
+        <v>59.444673823286529</v>
       </c>
       <c r="W41" s="1">
-        <v>28.92148477591514</v>
+        <v>56.647398843930617</v>
       </c>
       <c r="X41" s="1">
-        <v>43.894266567386431</v>
+        <v>70.129347105088584</v>
       </c>
       <c r="Y41" s="1">
-        <v>77.138804015713646</v>
+        <v>81.91310833488717</v>
       </c>
       <c r="Z41" s="1">
-        <v>17.83536585365853</v>
+        <v>38.045520231213871</v>
       </c>
       <c r="AA41" s="1">
-        <v>12.901655306718588</v>
+        <v>34.269199009083401</v>
       </c>
       <c r="AB41" s="1">
-        <v>18.712769918093819</v>
+        <v>49.736484189051325</v>
       </c>
       <c r="AC41" s="1">
-        <v>38.403564290473007</v>
+        <v>70.354046242774558</v>
       </c>
       <c r="AD41" s="1">
-        <v>25.907483246463126</v>
+        <v>51.052848885218808</v>
       </c>
       <c r="AE41" s="1">
-        <v>34.541139240506332</v>
+        <v>54.199783236994215</v>
       </c>
       <c r="AF41" s="1">
-        <v>15.638665132336008</v>
+        <v>45.254860746190211</v>
       </c>
       <c r="AG41" s="1">
-        <v>55.057676602694968</v>
+        <v>69.317409044542671</v>
       </c>
       <c r="AH41" s="1">
-        <v>39.047301798800795</v>
+        <v>70.044873745056279</v>
       </c>
     </row>
     <row r="42" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A42" s="19">
         <v>38</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42">
+        <f>RANK(C40,$C$40:$AG$40)</f>
+        <v>15</v>
+      </c>
+      <c r="D42">
+        <f t="shared" ref="D42:AG42" si="3">RANK(D40,$C$40:$AG$40)</f>
+        <v>5</v>
+      </c>
+      <c r="E42">
+        <f t="shared" si="3"/>
+        <v>6</v>
+      </c>
+      <c r="F42">
+        <f t="shared" si="3"/>
+        <v>30</v>
+      </c>
+      <c r="G42">
+        <f t="shared" si="3"/>
+        <v>28</v>
+      </c>
+      <c r="H42">
+        <f t="shared" si="3"/>
+        <v>23</v>
+      </c>
+      <c r="I42">
+        <f t="shared" si="3"/>
+        <v>15</v>
+      </c>
+      <c r="J42">
+        <f t="shared" si="3"/>
+        <v>24</v>
+      </c>
+      <c r="K42">
+        <f t="shared" si="3"/>
+        <v>7</v>
+      </c>
+      <c r="L42">
+        <f t="shared" si="3"/>
+        <v>24</v>
+      </c>
+      <c r="M42">
+        <f t="shared" si="3"/>
+        <v>19</v>
+      </c>
+      <c r="N42">
+        <f t="shared" si="3"/>
+        <v>27</v>
+      </c>
+      <c r="O42">
+        <f t="shared" si="3"/>
         <v>13</v>
       </c>
-      <c r="D42">
+      <c r="P42">
+        <f t="shared" si="3"/>
+        <v>17</v>
+      </c>
+      <c r="Q42">
+        <f t="shared" si="3"/>
+        <v>7</v>
+      </c>
+      <c r="R42">
+        <f t="shared" si="3"/>
+        <v>11</v>
+      </c>
+      <c r="S42">
+        <f t="shared" si="3"/>
+        <v>19</v>
+      </c>
+      <c r="T42">
+        <f t="shared" si="3"/>
+        <v>1</v>
+      </c>
+      <c r="U42">
+        <f t="shared" si="3"/>
+        <v>31</v>
+      </c>
+      <c r="V42">
+        <f t="shared" si="3"/>
+        <v>10</v>
+      </c>
+      <c r="W42">
+        <f t="shared" si="3"/>
+        <v>14</v>
+      </c>
+      <c r="X42">
+        <f t="shared" si="3"/>
+        <v>11</v>
+      </c>
+      <c r="Y42">
+        <f t="shared" si="3"/>
+        <v>19</v>
+      </c>
+      <c r="Z42">
+        <f t="shared" si="3"/>
+        <v>22</v>
+      </c>
+      <c r="AA42">
+        <f t="shared" si="3"/>
+        <v>4</v>
+      </c>
+      <c r="AB42">
+        <f t="shared" si="3"/>
         <v>3</v>
       </c>
-      <c r="E42">
-[...23 lines deleted...]
-      <c r="M42">
+      <c r="AC42">
+        <f t="shared" si="3"/>
+        <v>7</v>
+      </c>
+      <c r="AD42">
+        <f t="shared" si="3"/>
         <v>24</v>
       </c>
-      <c r="N42">
-[...49 lines deleted...]
-      </c>
       <c r="AE42">
-        <v>30</v>
+        <f t="shared" si="3"/>
+        <v>29</v>
       </c>
       <c r="AF42">
+        <f t="shared" si="3"/>
         <v>2</v>
       </c>
       <c r="AG42">
+        <f t="shared" si="3"/>
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A43" s="19">
         <v>39</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>1</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>1</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
@@ -12393,4348 +12512,4874 @@
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="AC66" s="15">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="AD66" s="15">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="AE66" s="15">
         <v>4.3999999999999997E-2</v>
       </c>
       <c r="AF66" s="15">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="AG66" s="15">
         <v>3.2000000000000001E-2</v>
       </c>
       <c r="AH66" s="15">
         <v>2.1999999999999999E-2</v>
       </c>
     </row>
     <row r="67" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A67" s="19">
         <v>63</v>
       </c>
+      <c r="B67" s="16">
+        <v>44714</v>
+      </c>
+      <c r="C67" s="15">
+        <v>1.3000000000000001E-2</v>
+      </c>
+      <c r="D67" s="15">
+        <v>0</v>
+      </c>
+      <c r="E67" s="15">
+        <v>1.3000000000000001E-2</v>
+      </c>
+      <c r="F67" s="15">
+        <v>0.128</v>
+      </c>
+      <c r="G67" s="15">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="H67" s="15">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="I67" s="15">
+        <v>0.03</v>
+      </c>
+      <c r="J67" s="15">
+        <v>2.9000000000000005E-2</v>
+      </c>
+      <c r="K67" s="15">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="L67" s="15">
+        <v>9.4E-2</v>
+      </c>
+      <c r="M67" s="15">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="N67" s="15">
+        <v>2.4E-2</v>
+      </c>
+      <c r="O67" s="15">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="P67" s="15">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q67" s="15">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R67" s="15">
+        <v>0.04</v>
+      </c>
+      <c r="S67" s="15">
+        <v>1.2E-2</v>
+      </c>
+      <c r="T67" s="15">
+        <v>7.000000000000001E-3</v>
+      </c>
+      <c r="U67" s="15">
+        <v>0.152</v>
+      </c>
+      <c r="V67" s="15">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="W67" s="15">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="X67" s="15">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="Y67" s="15">
+        <v>0.02</v>
+      </c>
+      <c r="Z67" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA67" s="15">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AB67" s="15">
+        <v>0.01</v>
+      </c>
+      <c r="AC67" s="15">
+        <v>2.7000000000000003E-2</v>
+      </c>
+      <c r="AD67" s="15">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AE67" s="15">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AF67" s="15">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AG67" s="15">
+        <v>2.9000000000000005E-2</v>
+      </c>
+      <c r="AH67" s="15">
+        <v>4.1000000000000009E-2</v>
+      </c>
     </row>
     <row r="68" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A68" s="19">
         <v>64</v>
       </c>
-    </row>
-    <row r="69" spans="1:34" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="B68" s="57" t="s">
+        <v>114</v>
+      </c>
+      <c r="C68" s="15">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="D68" s="15">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="E68" s="15">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="F68" s="15">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="G68" s="15">
+        <v>2.3E-2</v>
+      </c>
+      <c r="H68" s="15">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="I68" s="15">
+        <v>1.6E-2</v>
+      </c>
+      <c r="J68" s="15">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="K68" s="15">
+        <v>1.2E-2</v>
+      </c>
+      <c r="L68" s="15">
+        <v>6.2E-2</v>
+      </c>
+      <c r="M68" s="15">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="N68" s="15">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="O68" s="15">
+        <v>1.9E-2</v>
+      </c>
+      <c r="P68" s="15">
+        <v>1.3000000000000001E-2</v>
+      </c>
+      <c r="Q68" s="15">
+        <v>4.1000000000000009E-2</v>
+      </c>
+      <c r="R68" s="15">
+        <v>1.9E-2</v>
+      </c>
+      <c r="S68" s="15">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="T68" s="15">
+        <v>0.01</v>
+      </c>
+      <c r="U68" s="15">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="V68" s="15">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="W68" s="15">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="X68" s="15">
+        <v>0.13</v>
+      </c>
+      <c r="Y68" s="15">
+        <v>2.7000000000000003E-2</v>
+      </c>
+      <c r="Z68" s="15">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AA68" s="15">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AB68" s="15">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AC68" s="15">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AD68" s="15">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AE68" s="15">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AF68" s="15">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AG68" s="15">
+        <v>0.02</v>
+      </c>
+      <c r="AH68" s="15">
+        <v>3.7999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="69" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A69" s="19">
         <v>65</v>
       </c>
-      <c r="B69" s="14" t="s">
-[...96 lines deleted...]
-        <v>68</v>
+      <c r="B69" s="57" t="s">
+        <v>115</v>
+      </c>
+      <c r="C69" s="15">
+        <v>0.03</v>
+      </c>
+      <c r="D69" s="15">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="E69" s="15">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="F69" s="15">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="G69" s="15">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="H69" s="15">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="I69" s="15">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="J69" s="15">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="K69" s="15">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="L69" s="15">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="M69" s="15">
+        <v>2.7000000000000003E-2</v>
+      </c>
+      <c r="N69" s="15">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="O69" s="15">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="P69" s="15">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Q69" s="15">
+        <v>0</v>
+      </c>
+      <c r="R69" s="15">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="S69" s="15">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="T69" s="15">
+        <v>1.3000000000000001E-2</v>
+      </c>
+      <c r="U69" s="15">
+        <v>0.26600000000000001</v>
+      </c>
+      <c r="V69" s="15">
+        <v>1.2E-2</v>
+      </c>
+      <c r="W69" s="15">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="X69" s="15">
+        <v>1.3000000000000001E-2</v>
+      </c>
+      <c r="Y69" s="15">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Z69" s="15">
+        <v>0</v>
+      </c>
+      <c r="AA69" s="15">
+        <v>0.01</v>
+      </c>
+      <c r="AB69" s="15">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AC69" s="15">
+        <v>1.4000000000000002E-2</v>
+      </c>
+      <c r="AD69" s="15">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AE69" s="15">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AF69" s="15">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AG69" s="15">
+        <v>0</v>
+      </c>
+      <c r="AH69" s="15">
+        <v>4.7E-2</v>
       </c>
     </row>
     <row r="70" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A70" s="19">
         <v>66</v>
       </c>
-      <c r="B70" s="17">
-[...98 lines deleted...]
-      </c>
+      <c r="B70" s="58" t="s">
+        <v>116</v>
+      </c>
+      <c r="C70" s="15"/>
+      <c r="D70" s="15"/>
+      <c r="E70" s="15"/>
+      <c r="F70" s="15"/>
+      <c r="G70" s="15"/>
+      <c r="H70" s="15"/>
+      <c r="I70" s="15"/>
+      <c r="J70" s="15"/>
+      <c r="K70" s="15"/>
+      <c r="L70" s="15"/>
+      <c r="M70" s="15"/>
+      <c r="N70" s="15"/>
+      <c r="O70" s="15"/>
+      <c r="P70" s="15"/>
+      <c r="Q70" s="15"/>
+      <c r="R70" s="15"/>
+      <c r="S70" s="15"/>
+      <c r="T70" s="15"/>
+      <c r="U70" s="15"/>
+      <c r="V70" s="15"/>
+      <c r="W70" s="15"/>
+      <c r="X70" s="15"/>
+      <c r="Y70" s="15"/>
+      <c r="Z70" s="15"/>
+      <c r="AA70" s="15"/>
+      <c r="AB70" s="15"/>
+      <c r="AC70" s="15"/>
+      <c r="AD70" s="15"/>
+      <c r="AE70" s="15"/>
+      <c r="AF70" s="15"/>
+      <c r="AG70" s="15"/>
+      <c r="AH70" s="15"/>
     </row>
     <row r="71" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A71" s="19">
         <v>67</v>
       </c>
-      <c r="B71" s="17">
-[...98 lines deleted...]
-      </c>
+      <c r="B71" s="57" t="s">
+        <v>117</v>
+      </c>
+      <c r="C71" s="15"/>
+      <c r="D71" s="15"/>
+      <c r="E71" s="15"/>
+      <c r="F71" s="15"/>
+      <c r="G71" s="15"/>
+      <c r="H71" s="15"/>
+      <c r="I71" s="15"/>
+      <c r="J71" s="15"/>
+      <c r="K71" s="15"/>
+      <c r="L71" s="15"/>
+      <c r="M71" s="15"/>
+      <c r="N71" s="15"/>
+      <c r="O71" s="15"/>
+      <c r="P71" s="15"/>
+      <c r="Q71" s="15"/>
+      <c r="R71" s="15"/>
+      <c r="S71" s="15"/>
+      <c r="T71" s="15"/>
+      <c r="U71" s="15"/>
+      <c r="V71" s="15"/>
+      <c r="W71" s="15"/>
+      <c r="X71" s="15"/>
+      <c r="Y71" s="15"/>
+      <c r="Z71" s="15"/>
+      <c r="AA71" s="15"/>
+      <c r="AB71" s="15"/>
+      <c r="AC71" s="15"/>
+      <c r="AD71" s="15"/>
+      <c r="AE71" s="15"/>
+      <c r="AF71" s="15"/>
+      <c r="AG71" s="15"/>
+      <c r="AH71" s="15"/>
     </row>
     <row r="72" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A72" s="19">
         <v>68</v>
       </c>
-      <c r="B72" s="17">
-[...98 lines deleted...]
-      </c>
+      <c r="B72" s="58" t="s">
+        <v>118</v>
+      </c>
+      <c r="C72" s="15"/>
+      <c r="D72" s="15"/>
+      <c r="E72" s="15"/>
+      <c r="F72" s="15"/>
+      <c r="G72" s="15"/>
+      <c r="H72" s="15"/>
+      <c r="I72" s="15"/>
+      <c r="J72" s="15"/>
+      <c r="K72" s="15"/>
+      <c r="L72" s="15"/>
+      <c r="M72" s="15"/>
+      <c r="N72" s="15"/>
+      <c r="O72" s="15"/>
+      <c r="P72" s="15"/>
+      <c r="Q72" s="15"/>
+      <c r="R72" s="15"/>
+      <c r="S72" s="15"/>
+      <c r="T72" s="15"/>
+      <c r="U72" s="15"/>
+      <c r="V72" s="15"/>
+      <c r="W72" s="15"/>
+      <c r="X72" s="15"/>
+      <c r="Y72" s="15"/>
+      <c r="Z72" s="15"/>
+      <c r="AA72" s="15"/>
+      <c r="AB72" s="15"/>
+      <c r="AC72" s="15"/>
+      <c r="AD72" s="15"/>
+      <c r="AE72" s="15"/>
+      <c r="AF72" s="15"/>
+      <c r="AG72" s="15"/>
+      <c r="AH72" s="15"/>
     </row>
     <row r="73" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A73" s="19">
         <v>69</v>
       </c>
-      <c r="B73" s="18" t="s">
-[...97 lines deleted...]
-        <v>5.1753790901835597</v>
+      <c r="B73" s="57" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="74" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A74" s="19">
         <v>70</v>
       </c>
-      <c r="B74" s="17" t="s">
-[...100 lines deleted...]
-    <row r="75" spans="1:34" x14ac:dyDescent="0.35">
+    </row>
+    <row r="75" spans="1:34" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A75" s="19">
         <v>71</v>
       </c>
-    </row>
-    <row r="76" spans="1:34" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+      <c r="B75" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="F75" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="J75" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="K75" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="M75" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="N75" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="O75" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="P75" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q75" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="R75" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="S75" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="T75" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="U75" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="V75" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="W75" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="X75" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y75" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z75" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA75" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB75" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AC75" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD75" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="AE75" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF75" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="AG75" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH75" s="2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="76" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A76" s="19">
         <v>72</v>
       </c>
-      <c r="B76" s="14" t="s">
-[...99 lines deleted...]
-    <row r="77" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="B76" s="17">
+        <v>2011</v>
+      </c>
+      <c r="C76" s="9">
+        <v>461</v>
+      </c>
+      <c r="D76" s="9">
+        <v>212</v>
+      </c>
+      <c r="E76" s="9">
+        <v>383</v>
+      </c>
+      <c r="F76" s="9">
+        <v>1134</v>
+      </c>
+      <c r="G76" s="9">
+        <v>144</v>
+      </c>
+      <c r="H76" s="9">
+        <v>931</v>
+      </c>
+      <c r="I76" s="9">
+        <v>989</v>
+      </c>
+      <c r="J76" s="9">
+        <v>465</v>
+      </c>
+      <c r="K76" s="9">
+        <v>382</v>
+      </c>
+      <c r="L76" s="9">
+        <v>1515</v>
+      </c>
+      <c r="M76" s="9">
+        <v>215</v>
+      </c>
+      <c r="N76" s="9">
+        <v>861</v>
+      </c>
+      <c r="O76" s="9">
+        <v>352</v>
+      </c>
+      <c r="P76" s="9">
+        <v>250</v>
+      </c>
+      <c r="Q76" s="9">
+        <v>206</v>
+      </c>
+      <c r="R76" s="9">
+        <v>705</v>
+      </c>
+      <c r="S76" s="9">
+        <v>425</v>
+      </c>
+      <c r="T76" s="9">
+        <v>926</v>
+      </c>
+      <c r="U76" s="9">
+        <v>267</v>
+      </c>
+      <c r="V76" s="9">
+        <v>865</v>
+      </c>
+      <c r="W76" s="9">
+        <v>409</v>
+      </c>
+      <c r="X76" s="9">
+        <v>785</v>
+      </c>
+      <c r="Y76" s="9">
+        <v>272</v>
+      </c>
+      <c r="Z76" s="9">
+        <v>77</v>
+      </c>
+      <c r="AA76" s="9">
+        <v>1461</v>
+      </c>
+      <c r="AB76" s="9">
+        <v>523</v>
+      </c>
+      <c r="AC76" s="9">
+        <v>736</v>
+      </c>
+      <c r="AD76" s="9">
+        <v>455</v>
+      </c>
+      <c r="AE76" s="9">
+        <v>414</v>
+      </c>
+      <c r="AF76" s="9">
+        <v>844</v>
+      </c>
+      <c r="AG76" s="9">
+        <v>335</v>
+      </c>
+      <c r="AH76" s="9">
+        <f>SUM(B76:AG76)</f>
+        <v>20010</v>
+      </c>
+    </row>
+    <row r="77" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A77" s="19">
         <v>73</v>
       </c>
-      <c r="B77" s="9" t="s">
-[...131 lines deleted...]
-    <row r="78" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="B77" s="17">
+        <v>2016</v>
+      </c>
+      <c r="C77" s="9">
+        <v>326</v>
+      </c>
+      <c r="D77" s="9">
+        <v>167</v>
+      </c>
+      <c r="E77" s="9">
+        <v>426</v>
+      </c>
+      <c r="F77" s="9">
+        <v>1477</v>
+      </c>
+      <c r="G77" s="9">
+        <v>220</v>
+      </c>
+      <c r="H77" s="9">
+        <v>1280</v>
+      </c>
+      <c r="I77" s="9">
+        <v>972</v>
+      </c>
+      <c r="J77" s="9">
+        <v>546</v>
+      </c>
+      <c r="K77" s="9">
+        <v>497</v>
+      </c>
+      <c r="L77" s="9">
+        <v>1942</v>
+      </c>
+      <c r="M77" s="9">
+        <v>331</v>
+      </c>
+      <c r="N77" s="9">
+        <v>916</v>
+      </c>
+      <c r="O77" s="9">
+        <v>444</v>
+      </c>
+      <c r="P77" s="9">
+        <v>365</v>
+      </c>
+      <c r="Q77" s="9">
+        <v>219</v>
+      </c>
+      <c r="R77" s="9">
+        <v>713</v>
+      </c>
+      <c r="S77" s="9">
+        <v>321</v>
+      </c>
+      <c r="T77" s="9">
+        <v>1725</v>
+      </c>
+      <c r="U77" s="9">
+        <v>333</v>
+      </c>
+      <c r="V77" s="9">
+        <v>842</v>
+      </c>
+      <c r="W77" s="9">
+        <v>403</v>
+      </c>
+      <c r="X77" s="9">
+        <v>771</v>
+      </c>
+      <c r="Y77" s="9">
+        <v>298</v>
+      </c>
+      <c r="Z77" s="9">
+        <v>67</v>
+      </c>
+      <c r="AA77" s="9">
+        <v>1127</v>
+      </c>
+      <c r="AB77" s="9">
+        <v>395</v>
+      </c>
+      <c r="AC77" s="9">
+        <v>742</v>
+      </c>
+      <c r="AD77" s="9">
+        <v>630</v>
+      </c>
+      <c r="AE77" s="9">
+        <v>730</v>
+      </c>
+      <c r="AF77" s="9">
+        <v>838</v>
+      </c>
+      <c r="AG77" s="9">
+        <v>366</v>
+      </c>
+      <c r="AH77" s="9">
+        <f t="shared" ref="AH77:AH78" si="4">SUM(B77:AG77)</f>
+        <v>22445</v>
+      </c>
+    </row>
+    <row r="78" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A78" s="19">
         <v>74</v>
       </c>
-      <c r="B78" s="9" t="s">
-[...66 lines deleted...]
-      <c r="S78" s="1">
+      <c r="B78" s="17">
+        <v>2021</v>
+      </c>
+      <c r="C78" s="9">
+        <v>535</v>
+      </c>
+      <c r="D78" s="9">
+        <v>147</v>
+      </c>
+      <c r="E78" s="9">
+        <v>320</v>
+      </c>
+      <c r="F78" s="9">
+        <v>1528</v>
+      </c>
+      <c r="G78" s="9">
+        <v>337</v>
+      </c>
+      <c r="H78" s="9">
+        <v>1852</v>
+      </c>
+      <c r="I78" s="9">
+        <v>1029</v>
+      </c>
+      <c r="J78" s="9">
+        <v>785</v>
+      </c>
+      <c r="K78" s="9">
+        <v>561</v>
+      </c>
+      <c r="L78" s="9">
+        <v>2366</v>
+      </c>
+      <c r="M78" s="9">
+        <v>297</v>
+      </c>
+      <c r="N78" s="9">
+        <v>1147</v>
+      </c>
+      <c r="O78" s="9">
+        <v>544</v>
+      </c>
+      <c r="P78" s="9">
+        <v>427</v>
+      </c>
+      <c r="Q78" s="9">
+        <v>178</v>
+      </c>
+      <c r="R78" s="9">
+        <v>821</v>
+      </c>
+      <c r="S78" s="9">
+        <v>474</v>
+      </c>
+      <c r="T78" s="9">
+        <v>1166</v>
+      </c>
+      <c r="U78" s="9">
+        <v>569</v>
+      </c>
+      <c r="V78" s="9">
+        <v>1696</v>
+      </c>
+      <c r="W78" s="9">
+        <v>321</v>
+      </c>
+      <c r="X78" s="9">
+        <v>712</v>
+      </c>
+      <c r="Y78" s="9">
+        <v>421</v>
+      </c>
+      <c r="Z78" s="9">
+        <v>80</v>
+      </c>
+      <c r="AA78" s="9">
+        <v>1067</v>
+      </c>
+      <c r="AB78" s="9">
+        <v>463</v>
+      </c>
+      <c r="AC78" s="9">
+        <v>1225</v>
+      </c>
+      <c r="AD78" s="9">
+        <v>854</v>
+      </c>
+      <c r="AE78" s="9">
+        <v>1016</v>
+      </c>
+      <c r="AF78" s="9">
+        <v>571</v>
+      </c>
+      <c r="AG78" s="9">
+        <v>409</v>
+      </c>
+      <c r="AH78" s="9">
         <f t="shared" si="4"/>
-        <v>50.632911392405063</v>
-[...62 lines deleted...]
-    <row r="79" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+        <v>25939</v>
+      </c>
+    </row>
+    <row r="79" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A79" s="19">
         <v>75</v>
       </c>
-      <c r="B79" s="9" t="s">
-        <v>94</v>
+      <c r="B79" s="18" t="s">
+        <v>89</v>
       </c>
       <c r="C79" s="1">
-        <f t="shared" si="5"/>
-        <v>6.1682242990654199</v>
+        <v>4.2378923020864692</v>
       </c>
       <c r="D79" s="1">
-        <f t="shared" si="4"/>
-        <v>14.965986394557824</v>
+        <v>1.451020649899317</v>
       </c>
       <c r="E79" s="1">
-        <f t="shared" si="4"/>
-        <v>11.875</v>
+        <v>1.9058736643994711</v>
       </c>
       <c r="F79" s="1">
-        <f t="shared" si="4"/>
-        <v>3.664921465968586</v>
+        <v>7.8510761831849276</v>
       </c>
       <c r="G79" s="1">
-        <f t="shared" si="4"/>
-        <v>13.94658753709199</v>
+        <v>2.8511721955717997</v>
       </c>
       <c r="H79" s="1">
-        <f t="shared" si="4"/>
-        <v>6.1015118790496761</v>
+        <v>5.0705690700762496</v>
       </c>
       <c r="I79" s="1">
-        <f t="shared" si="4"/>
-        <v>5.5393586005830908</v>
+        <v>6.925795053003533</v>
       </c>
       <c r="J79" s="1">
-        <f t="shared" si="4"/>
-        <v>8.2802547770700627</v>
+        <v>5.6360881958056019</v>
       </c>
       <c r="K79" s="1">
-        <f t="shared" si="4"/>
-        <v>6.5953654188948301</v>
+        <v>3.7674521681317867</v>
       </c>
       <c r="L79" s="1">
-        <f t="shared" si="4"/>
-        <v>1.9019442096365173</v>
+        <v>14.955090482722003</v>
       </c>
       <c r="M79" s="1">
-        <f t="shared" si="4"/>
-        <v>9.4276094276094273</v>
+        <v>3.2522996057818658</v>
       </c>
       <c r="N79" s="1">
-        <f t="shared" si="4"/>
-        <v>5.9285091543156057</v>
+        <v>4.7028434367248204</v>
       </c>
       <c r="O79" s="1">
-        <f t="shared" si="4"/>
-        <v>9.9264705882352935</v>
+        <v>3.4401856688441863</v>
       </c>
       <c r="P79" s="1">
-        <f t="shared" si="4"/>
-        <v>13.817330210772832</v>
+        <v>2.6837116926867282</v>
       </c>
       <c r="Q79" s="1">
-        <f t="shared" si="4"/>
-        <v>13.48314606741573</v>
+        <v>1.4274716109578494</v>
       </c>
       <c r="R79" s="1">
-        <f t="shared" si="4"/>
-        <v>3.5322777101096223</v>
+        <v>9.6353585972983442</v>
       </c>
       <c r="S79" s="1">
-        <f t="shared" si="4"/>
-        <v>5.485232067510549</v>
+        <v>4.1200552817544134</v>
       </c>
       <c r="T79" s="1">
-        <f t="shared" si="4"/>
-        <v>5.1457975986277873</v>
+        <v>7.7937008716111444</v>
       </c>
       <c r="U79" s="1">
-        <f t="shared" si="4"/>
-        <v>9.6660808435852363</v>
+        <v>3.1796413543372211</v>
       </c>
       <c r="V79" s="1">
-        <f t="shared" si="4"/>
-        <v>2.4764150943396226</v>
+        <v>8.9072355533147416</v>
       </c>
       <c r="W79" s="1">
-        <f t="shared" si="4"/>
-        <v>9.657320872274143</v>
+        <v>2.6344297813669488</v>
       </c>
       <c r="X79" s="1">
-        <f t="shared" si="4"/>
-        <v>6.8820224719101128</v>
+        <v>4.155310568612232</v>
       </c>
       <c r="Y79" s="1">
-        <f t="shared" si="4"/>
-        <v>25.415676959619955</v>
+        <v>2.4919057455888534</v>
       </c>
       <c r="Z79" s="1">
-        <f t="shared" si="4"/>
-        <v>18.75</v>
+        <v>1.2720016536021497</v>
       </c>
       <c r="AA79" s="1">
-        <f t="shared" si="4"/>
-        <v>5.9044048734770387</v>
+        <v>10.46642797586934</v>
       </c>
       <c r="AB79" s="1">
-        <f t="shared" si="4"/>
-        <v>5.3995680345572357</v>
+        <v>4.4224119815844265</v>
       </c>
       <c r="AC79" s="1">
-        <f t="shared" si="4"/>
-        <v>2.9387755102040813</v>
+        <v>7.2337108641479571</v>
       </c>
       <c r="AD79" s="1">
-        <f t="shared" si="4"/>
-        <v>7.2599531615925059</v>
+        <v>3.7228686141251037</v>
       </c>
       <c r="AE79" s="1">
-        <f t="shared" si="4"/>
-        <v>7.3818897637795269</v>
+        <v>3.4793686452722024</v>
       </c>
       <c r="AF79" s="1">
-        <f t="shared" si="4"/>
-        <v>4.028021015761821</v>
+        <v>3.6587788264995549</v>
       </c>
       <c r="AG79" s="1">
-        <f t="shared" si="4"/>
-        <v>11.98044009779951</v>
+        <v>4.5387961647727266</v>
       </c>
       <c r="AH79" s="1">
-        <f t="shared" si="4"/>
-[...3 lines deleted...]
-    <row r="80" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+        <f>AH78/5012000*1000</f>
+        <v>5.1753790901835597</v>
+      </c>
+    </row>
+    <row r="80" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A80" s="19">
         <v>76</v>
       </c>
-      <c r="B80" s="9" t="s">
-[...131 lines deleted...]
-    <row r="81" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="B80" s="17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C80" s="9">
+        <v>74</v>
+      </c>
+      <c r="D80" s="9">
+        <v>-65</v>
+      </c>
+      <c r="E80" s="9">
+        <v>-63</v>
+      </c>
+      <c r="F80" s="9">
+        <v>394</v>
+      </c>
+      <c r="G80" s="9">
+        <v>193</v>
+      </c>
+      <c r="H80" s="9">
+        <v>921</v>
+      </c>
+      <c r="I80" s="9">
+        <v>40</v>
+      </c>
+      <c r="J80" s="9">
+        <v>320</v>
+      </c>
+      <c r="K80" s="9">
+        <v>179</v>
+      </c>
+      <c r="L80" s="9">
+        <v>851</v>
+      </c>
+      <c r="M80" s="9">
+        <v>82</v>
+      </c>
+      <c r="N80" s="9">
+        <v>286</v>
+      </c>
+      <c r="O80" s="9">
+        <v>192</v>
+      </c>
+      <c r="P80" s="9">
+        <v>177</v>
+      </c>
+      <c r="Q80" s="9">
+        <v>-28</v>
+      </c>
+      <c r="R80" s="9">
+        <v>116</v>
+      </c>
+      <c r="S80" s="9">
+        <v>49</v>
+      </c>
+      <c r="T80" s="9">
+        <v>240</v>
+      </c>
+      <c r="U80" s="9">
+        <v>302</v>
+      </c>
+      <c r="V80" s="9">
+        <v>831</v>
+      </c>
+      <c r="W80" s="9">
+        <v>-88</v>
+      </c>
+      <c r="X80" s="9">
+        <v>-73</v>
+      </c>
+      <c r="Y80" s="9">
+        <v>149</v>
+      </c>
+      <c r="Z80" s="9">
+        <v>3</v>
+      </c>
+      <c r="AA80" s="9">
+        <v>-394</v>
+      </c>
+      <c r="AB80" s="9">
+        <v>-60</v>
+      </c>
+      <c r="AC80" s="9">
+        <v>489</v>
+      </c>
+      <c r="AD80" s="9">
+        <v>399</v>
+      </c>
+      <c r="AE80" s="9">
+        <v>602</v>
+      </c>
+      <c r="AF80" s="9">
+        <v>-273</v>
+      </c>
+      <c r="AG80" s="9">
+        <v>74</v>
+      </c>
+      <c r="AH80" s="9">
+        <f>AH78-AH76</f>
+        <v>5929</v>
+      </c>
+    </row>
+    <row r="81" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A81" s="19">
         <v>77</v>
       </c>
-      <c r="B81" s="9" t="s">
-[...131 lines deleted...]
-    <row r="82" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+    </row>
+    <row r="82" spans="1:34" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A82" s="19">
         <v>78</v>
       </c>
-      <c r="B82" s="9" t="s">
-[...128 lines deleted...]
-        <v>32.005184379964881</v>
+      <c r="B82" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C82" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="F82" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="G82" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="H82" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="J82" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="K82" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="M82" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="N82" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="O82" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="P82" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="Q82" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="R82" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="S82" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="T82" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="U82" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="V82" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="W82" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="X82" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="Y82" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="Z82" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA82" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="AB82" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="AC82" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="AD82" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="AE82" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="AF82" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="AG82" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="AH82" s="2" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="83" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A83" s="19">
         <v>79</v>
       </c>
       <c r="B83" s="9" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C83" s="1">
-        <f t="shared" si="5"/>
-        <v>100</v>
+        <f>C92/C$98*100</f>
+        <v>2.990654205607477</v>
       </c>
       <c r="D83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" ref="D83:AH89" si="5">D92/D$98*100</f>
+        <v>4.0816326530612246</v>
       </c>
       <c r="E83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>3.75</v>
       </c>
       <c r="F83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>3.0104712041884816</v>
       </c>
       <c r="G83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>2.0771513353115725</v>
       </c>
       <c r="H83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0</v>
       </c>
       <c r="I83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>8.8435374149659864</v>
       </c>
       <c r="J83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>4.2038216560509554</v>
       </c>
       <c r="K83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0</v>
       </c>
       <c r="L83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.92983939137785288</v>
       </c>
       <c r="M83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>1.0101010101010102</v>
       </c>
       <c r="N83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>1.7436791630340016</v>
       </c>
       <c r="O83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.55147058823529416</v>
       </c>
       <c r="P83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>1.639344262295082</v>
       </c>
       <c r="Q83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0</v>
       </c>
       <c r="R83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0</v>
       </c>
       <c r="S83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>3.3755274261603372</v>
       </c>
       <c r="T83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>11.149228130360205</v>
       </c>
       <c r="U83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0</v>
       </c>
       <c r="V83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.589622641509434</v>
       </c>
       <c r="W83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.93457943925233633</v>
       </c>
       <c r="X83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>12.780898876404494</v>
       </c>
       <c r="Y83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>11.87648456057007</v>
       </c>
       <c r="Z83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>6.25</v>
       </c>
       <c r="AA83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>3.0927835051546393</v>
       </c>
       <c r="AB83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.86393088552915775</v>
       </c>
       <c r="AC83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.24489795918367346</v>
       </c>
       <c r="AD83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>2.810304449648712</v>
       </c>
       <c r="AE83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.88582677165354329</v>
       </c>
       <c r="AF83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>6.8301225919439572</v>
       </c>
       <c r="AG83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>0.73349633251833746</v>
       </c>
       <c r="AH83" s="1">
-        <f t="shared" si="4"/>
-        <v>100</v>
+        <f t="shared" si="5"/>
+        <v>2.8681327870223265</v>
+      </c>
+    </row>
+    <row r="84" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A84" s="19">
+        <v>80</v>
+      </c>
+      <c r="B84" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C84" s="1">
+        <f t="shared" ref="C84:R89" si="6">C93/C$98*100</f>
+        <v>41.682242990654203</v>
+      </c>
+      <c r="D84" s="1">
+        <f t="shared" si="6"/>
+        <v>42.176870748299322</v>
+      </c>
+      <c r="E84" s="1">
+        <f t="shared" si="6"/>
+        <v>23.75</v>
+      </c>
+      <c r="F84" s="1">
+        <f t="shared" si="6"/>
+        <v>20.6151832460733</v>
+      </c>
+      <c r="G84" s="1">
+        <f t="shared" si="6"/>
+        <v>20.178041543026705</v>
+      </c>
+      <c r="H84" s="1">
+        <f t="shared" si="6"/>
+        <v>13.552915766738661</v>
+      </c>
+      <c r="I84" s="1">
+        <f t="shared" si="6"/>
+        <v>39.261418853255584</v>
+      </c>
+      <c r="J84" s="1">
+        <f t="shared" si="6"/>
+        <v>22.420382165605098</v>
+      </c>
+      <c r="K84" s="1">
+        <f t="shared" si="6"/>
+        <v>29.590017825311943</v>
+      </c>
+      <c r="L84" s="1">
+        <f t="shared" si="6"/>
+        <v>16.145393068469989</v>
+      </c>
+      <c r="M84" s="1">
+        <f t="shared" si="6"/>
+        <v>27.946127946127948</v>
+      </c>
+      <c r="N84" s="1">
+        <f t="shared" si="6"/>
+        <v>21.272885789014822</v>
+      </c>
+      <c r="O84" s="1">
+        <f t="shared" si="6"/>
+        <v>38.970588235294116</v>
+      </c>
+      <c r="P84" s="1">
+        <f t="shared" si="6"/>
+        <v>40.515222482435597</v>
+      </c>
+      <c r="Q84" s="1">
+        <f t="shared" si="6"/>
+        <v>32.584269662921351</v>
+      </c>
+      <c r="R84" s="1">
+        <f t="shared" si="6"/>
+        <v>28.501827040194883</v>
+      </c>
+      <c r="S84" s="1">
+        <f t="shared" si="5"/>
+        <v>50.632911392405063</v>
+      </c>
+      <c r="T84" s="1">
+        <f t="shared" si="5"/>
+        <v>25.042881646655228</v>
+      </c>
+      <c r="U84" s="1">
+        <f t="shared" si="5"/>
+        <v>14.938488576449913</v>
+      </c>
+      <c r="V84" s="1">
+        <f t="shared" si="5"/>
+        <v>15.153301886792454</v>
+      </c>
+      <c r="W84" s="1">
+        <f t="shared" si="5"/>
+        <v>46.728971962616825</v>
+      </c>
+      <c r="X84" s="1">
+        <f t="shared" si="5"/>
+        <v>22.331460674157302</v>
+      </c>
+      <c r="Y84" s="1">
+        <f t="shared" si="5"/>
+        <v>23.990498812351543</v>
+      </c>
+      <c r="Z84" s="1">
+        <f t="shared" si="5"/>
+        <v>20</v>
+      </c>
+      <c r="AA84" s="1">
+        <f t="shared" si="5"/>
+        <v>16.869728209934394</v>
+      </c>
+      <c r="AB84" s="1">
+        <f t="shared" si="5"/>
+        <v>34.125269978401732</v>
+      </c>
+      <c r="AC84" s="1">
+        <f t="shared" si="5"/>
+        <v>19.918367346938776</v>
+      </c>
+      <c r="AD84" s="1">
+        <f t="shared" si="5"/>
+        <v>24.94145199063232</v>
+      </c>
+      <c r="AE84" s="1">
+        <f t="shared" si="5"/>
+        <v>13.681102362204726</v>
+      </c>
+      <c r="AF84" s="1">
+        <f t="shared" si="5"/>
+        <v>29.071803852889666</v>
+      </c>
+      <c r="AG84" s="1">
+        <f t="shared" si="5"/>
+        <v>26.405867970660147</v>
+      </c>
+      <c r="AH84" s="1">
+        <f t="shared" si="5"/>
+        <v>23.559662179111964</v>
+      </c>
+    </row>
+    <row r="85" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A85" s="19">
+        <v>81</v>
+      </c>
+      <c r="B85" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="C85" s="1">
+        <f t="shared" si="6"/>
+        <v>6.1682242990654199</v>
+      </c>
+      <c r="D85" s="1">
+        <f t="shared" si="5"/>
+        <v>14.965986394557824</v>
+      </c>
+      <c r="E85" s="1">
+        <f t="shared" si="5"/>
+        <v>11.875</v>
+      </c>
+      <c r="F85" s="1">
+        <f t="shared" si="5"/>
+        <v>3.664921465968586</v>
+      </c>
+      <c r="G85" s="1">
+        <f t="shared" si="5"/>
+        <v>13.94658753709199</v>
+      </c>
+      <c r="H85" s="1">
+        <f t="shared" si="5"/>
+        <v>6.1015118790496761</v>
+      </c>
+      <c r="I85" s="1">
+        <f t="shared" si="5"/>
+        <v>5.5393586005830908</v>
+      </c>
+      <c r="J85" s="1">
+        <f t="shared" si="5"/>
+        <v>8.2802547770700627</v>
+      </c>
+      <c r="K85" s="1">
+        <f t="shared" si="5"/>
+        <v>6.5953654188948301</v>
+      </c>
+      <c r="L85" s="1">
+        <f t="shared" si="5"/>
+        <v>1.9019442096365173</v>
+      </c>
+      <c r="M85" s="1">
+        <f t="shared" si="5"/>
+        <v>9.4276094276094273</v>
+      </c>
+      <c r="N85" s="1">
+        <f t="shared" si="5"/>
+        <v>5.9285091543156057</v>
+      </c>
+      <c r="O85" s="1">
+        <f t="shared" si="5"/>
+        <v>9.9264705882352935</v>
+      </c>
+      <c r="P85" s="1">
+        <f t="shared" si="5"/>
+        <v>13.817330210772832</v>
+      </c>
+      <c r="Q85" s="1">
+        <f t="shared" si="5"/>
+        <v>13.48314606741573</v>
+      </c>
+      <c r="R85" s="1">
+        <f t="shared" si="5"/>
+        <v>3.5322777101096223</v>
+      </c>
+      <c r="S85" s="1">
+        <f t="shared" si="5"/>
+        <v>5.485232067510549</v>
+      </c>
+      <c r="T85" s="1">
+        <f t="shared" si="5"/>
+        <v>5.1457975986277873</v>
+      </c>
+      <c r="U85" s="1">
+        <f t="shared" si="5"/>
+        <v>9.6660808435852363</v>
+      </c>
+      <c r="V85" s="1">
+        <f t="shared" si="5"/>
+        <v>2.4764150943396226</v>
+      </c>
+      <c r="W85" s="1">
+        <f t="shared" si="5"/>
+        <v>9.657320872274143</v>
+      </c>
+      <c r="X85" s="1">
+        <f t="shared" si="5"/>
+        <v>6.8820224719101128</v>
+      </c>
+      <c r="Y85" s="1">
+        <f t="shared" si="5"/>
+        <v>25.415676959619955</v>
+      </c>
+      <c r="Z85" s="1">
+        <f t="shared" si="5"/>
+        <v>18.75</v>
+      </c>
+      <c r="AA85" s="1">
+        <f t="shared" si="5"/>
+        <v>5.9044048734770387</v>
+      </c>
+      <c r="AB85" s="1">
+        <f t="shared" si="5"/>
+        <v>5.3995680345572357</v>
+      </c>
+      <c r="AC85" s="1">
+        <f t="shared" si="5"/>
+        <v>2.9387755102040813</v>
+      </c>
+      <c r="AD85" s="1">
+        <f t="shared" si="5"/>
+        <v>7.2599531615925059</v>
+      </c>
+      <c r="AE85" s="1">
+        <f t="shared" si="5"/>
+        <v>7.3818897637795269</v>
+      </c>
+      <c r="AF85" s="1">
+        <f t="shared" si="5"/>
+        <v>4.028021015761821</v>
+      </c>
+      <c r="AG85" s="1">
+        <f t="shared" si="5"/>
+        <v>11.98044009779951</v>
+      </c>
+      <c r="AH85" s="1">
+        <f t="shared" si="5"/>
+        <v>6.242160715778911</v>
       </c>
     </row>
     <row r="86" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A86" s="19">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="B86" s="9" t="s">
-        <v>92</v>
-[...95 lines deleted...]
-        <v>686</v>
+        <v>95</v>
+      </c>
+      <c r="C86" s="1">
+        <f t="shared" si="6"/>
+        <v>22.990654205607477</v>
+      </c>
+      <c r="D86" s="1">
+        <f t="shared" si="5"/>
+        <v>19.047619047619047</v>
+      </c>
+      <c r="E86" s="1">
+        <f t="shared" si="5"/>
+        <v>45.9375</v>
+      </c>
+      <c r="F86" s="1">
+        <f t="shared" si="5"/>
+        <v>11.976439790575915</v>
+      </c>
+      <c r="G86" s="1">
+        <f t="shared" si="5"/>
+        <v>7.71513353115727</v>
+      </c>
+      <c r="H86" s="1">
+        <f t="shared" si="5"/>
+        <v>19.654427645788335</v>
+      </c>
+      <c r="I86" s="1">
+        <f t="shared" si="5"/>
+        <v>22.837706511175899</v>
+      </c>
+      <c r="J86" s="1">
+        <f t="shared" si="5"/>
+        <v>54.904458598726116</v>
+      </c>
+      <c r="K86" s="1">
+        <f t="shared" si="5"/>
+        <v>37.789661319073083</v>
+      </c>
+      <c r="L86" s="1">
+        <f t="shared" si="5"/>
+        <v>30.600169061707522</v>
+      </c>
+      <c r="M86" s="1">
+        <f t="shared" si="5"/>
+        <v>26.936026936026934</v>
+      </c>
+      <c r="N86" s="1">
+        <f t="shared" si="5"/>
+        <v>8.7183958151700089</v>
+      </c>
+      <c r="O86" s="1">
+        <f t="shared" si="5"/>
+        <v>18.382352941176471</v>
+      </c>
+      <c r="P86" s="1">
+        <f t="shared" si="5"/>
+        <v>22.950819672131146</v>
+      </c>
+      <c r="Q86" s="1">
+        <f t="shared" si="5"/>
+        <v>34.269662921348313</v>
+      </c>
+      <c r="R86" s="1">
+        <f t="shared" si="5"/>
+        <v>36.4190012180268</v>
+      </c>
+      <c r="S86" s="1">
+        <f t="shared" si="5"/>
+        <v>17.721518987341771</v>
+      </c>
+      <c r="T86" s="1">
+        <f t="shared" si="5"/>
+        <v>13.293310463121784</v>
+      </c>
+      <c r="U86" s="1">
+        <f t="shared" si="5"/>
+        <v>5.6239015817223192</v>
+      </c>
+      <c r="V86" s="1">
+        <f t="shared" si="5"/>
+        <v>65.212264150943398</v>
+      </c>
+      <c r="W86" s="1">
+        <f t="shared" si="5"/>
+        <v>23.987538940809969</v>
+      </c>
+      <c r="X86" s="1">
+        <f t="shared" si="5"/>
+        <v>26.123595505617981</v>
+      </c>
+      <c r="Y86" s="1">
+        <f t="shared" si="5"/>
+        <v>21.140142517814727</v>
+      </c>
+      <c r="Z86" s="1">
+        <f t="shared" si="5"/>
+        <v>7.5</v>
+      </c>
+      <c r="AA86" s="1">
+        <f t="shared" si="5"/>
+        <v>61.574507966260541</v>
+      </c>
+      <c r="AB86" s="1">
+        <f t="shared" si="5"/>
+        <v>57.019438444924411</v>
+      </c>
+      <c r="AC86" s="1">
+        <f t="shared" si="5"/>
+        <v>64.08163265306122</v>
+      </c>
+      <c r="AD86" s="1">
+        <f t="shared" si="5"/>
+        <v>17.56440281030445</v>
+      </c>
+      <c r="AE86" s="1">
+        <f t="shared" si="5"/>
+        <v>8.7598425196850389</v>
+      </c>
+      <c r="AF86" s="1">
+        <f t="shared" si="5"/>
+        <v>55.516637478108578</v>
+      </c>
+      <c r="AG86" s="1">
+        <f t="shared" si="5"/>
+        <v>20.048899755501225</v>
+      </c>
+      <c r="AH86" s="1">
+        <f t="shared" si="5"/>
+        <v>30.479137051592943</v>
       </c>
     </row>
     <row r="87" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A87" s="19">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="B87" s="9" t="s">
-        <v>93</v>
-[...95 lines deleted...]
-        <v>5635</v>
+        <v>96</v>
+      </c>
+      <c r="C87" s="1">
+        <f t="shared" si="6"/>
+        <v>1.6822429906542056</v>
+      </c>
+      <c r="D87" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="E87" s="1">
+        <f t="shared" si="5"/>
+        <v>3.75</v>
+      </c>
+      <c r="F87" s="1">
+        <f t="shared" si="5"/>
+        <v>3.9921465968586389</v>
+      </c>
+      <c r="G87" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H87" s="1">
+        <f t="shared" si="5"/>
+        <v>1.5118790496760259</v>
+      </c>
+      <c r="I87" s="1">
+        <f t="shared" si="5"/>
+        <v>4.0816326530612246</v>
+      </c>
+      <c r="J87" s="1">
+        <f t="shared" si="5"/>
+        <v>1.4012738853503186</v>
+      </c>
+      <c r="K87" s="1">
+        <f t="shared" si="5"/>
+        <v>0.89126559714795017</v>
+      </c>
+      <c r="L87" s="1">
+        <f t="shared" si="5"/>
+        <v>3.6770921386305999</v>
+      </c>
+      <c r="M87" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N87" s="1">
+        <f t="shared" si="5"/>
+        <v>0.26155187445510025</v>
+      </c>
+      <c r="O87" s="1">
+        <f t="shared" si="5"/>
+        <v>8.6397058823529402</v>
+      </c>
+      <c r="P87" s="1">
+        <f t="shared" si="5"/>
+        <v>11.943793911007026</v>
+      </c>
+      <c r="Q87" s="1">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="R87" s="1">
+        <f t="shared" si="5"/>
+        <v>4.1412911084043849</v>
+      </c>
+      <c r="S87" s="1">
+        <f t="shared" si="5"/>
+        <v>4.852320675105485</v>
+      </c>
+      <c r="T87" s="1">
+        <f t="shared" si="5"/>
+        <v>32.418524871355061</v>
+      </c>
+      <c r="U87" s="1">
+        <f t="shared" si="5"/>
+        <v>0.52724077328646746</v>
+      </c>
+      <c r="V87" s="1">
+        <f t="shared" si="5"/>
+        <v>3.4198113207547167</v>
+      </c>
+      <c r="W87" s="1">
+        <f t="shared" si="5"/>
+        <v>4.9844236760124607</v>
+      </c>
+      <c r="X87" s="1">
+        <f t="shared" si="5"/>
+        <v>4.6348314606741576</v>
+      </c>
+      <c r="Y87" s="1">
+        <f t="shared" si="5"/>
+        <v>2.8503562945368173</v>
+      </c>
+      <c r="Z87" s="1">
+        <f t="shared" si="5"/>
+        <v>21.25</v>
+      </c>
+      <c r="AA87" s="1">
+        <f t="shared" si="5"/>
+        <v>9.184629803186505</v>
+      </c>
+      <c r="AB87" s="1">
+        <f t="shared" si="5"/>
+        <v>0.86393088552915775</v>
+      </c>
+      <c r="AC87" s="1">
+        <f t="shared" si="5"/>
+        <v>4.6530612244897966</v>
+      </c>
+      <c r="AD87" s="1">
+        <f t="shared" si="5"/>
+        <v>2.6932084309133488</v>
+      </c>
+      <c r="AE87" s="1">
+        <f t="shared" si="5"/>
+        <v>2.6574803149606301</v>
+      </c>
+      <c r="AF87" s="1">
+        <f t="shared" si="5"/>
+        <v>0.87565674255691772</v>
+      </c>
+      <c r="AG87" s="1">
+        <f t="shared" si="5"/>
+        <v>7.3349633251833746</v>
+      </c>
+      <c r="AH87" s="1">
+        <f t="shared" si="5"/>
+        <v>4.9084371602976837</v>
       </c>
     </row>
     <row r="88" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A88" s="19">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B88" s="9" t="s">
-        <v>94</v>
-[...95 lines deleted...]
-        <v>1493</v>
+        <v>97</v>
+      </c>
+      <c r="C88" s="1">
+        <f t="shared" si="6"/>
+        <v>25.046728971962619</v>
+      </c>
+      <c r="D88" s="1">
+        <f t="shared" si="5"/>
+        <v>18.367346938775512</v>
+      </c>
+      <c r="E88" s="1">
+        <f t="shared" si="5"/>
+        <v>11.875</v>
+      </c>
+      <c r="F88" s="1">
+        <f t="shared" si="5"/>
+        <v>56.47905759162304</v>
+      </c>
+      <c r="G88" s="1">
+        <f t="shared" si="5"/>
+        <v>52.52225519287834</v>
+      </c>
+      <c r="H88" s="1">
+        <f t="shared" si="5"/>
+        <v>59.611231101511876</v>
+      </c>
+      <c r="I88" s="1">
+        <f t="shared" si="5"/>
+        <v>19.727891156462583</v>
+      </c>
+      <c r="J88" s="1">
+        <f t="shared" si="5"/>
+        <v>9.8089171974522298</v>
+      </c>
+      <c r="K88" s="1">
+        <f t="shared" si="5"/>
+        <v>23.707664884135475</v>
+      </c>
+      <c r="L88" s="1">
+        <f t="shared" si="5"/>
+        <v>46.956889264581577</v>
+      </c>
+      <c r="M88" s="1">
+        <f t="shared" si="5"/>
+        <v>32.659932659932664</v>
+      </c>
+      <c r="N88" s="1">
+        <f t="shared" si="5"/>
+        <v>62.162162162162161</v>
+      </c>
+      <c r="O88" s="1">
+        <f t="shared" si="5"/>
+        <v>23.897058823529413</v>
+      </c>
+      <c r="P88" s="1">
+        <f t="shared" si="5"/>
+        <v>10.53864168618267</v>
+      </c>
+      <c r="Q88" s="1">
+        <f t="shared" si="5"/>
+        <v>19.662921348314608</v>
+      </c>
+      <c r="R88" s="1">
+        <f t="shared" si="5"/>
+        <v>28.136419001218027</v>
+      </c>
+      <c r="S88" s="1">
+        <f t="shared" si="5"/>
+        <v>17.510548523206751</v>
+      </c>
+      <c r="T88" s="1">
+        <f t="shared" si="5"/>
+        <v>12.69296740994854</v>
+      </c>
+      <c r="U88" s="1">
+        <f t="shared" si="5"/>
+        <v>70.474516695957817</v>
+      </c>
+      <c r="V88" s="1">
+        <f t="shared" si="5"/>
+        <v>13.089622641509436</v>
+      </c>
+      <c r="W88" s="1">
+        <f t="shared" si="5"/>
+        <v>12.149532710280374</v>
+      </c>
+      <c r="X88" s="1">
+        <f t="shared" si="5"/>
+        <v>26.123595505617981</v>
+      </c>
+      <c r="Y88" s="1">
+        <f t="shared" si="5"/>
+        <v>15.201900237529692</v>
+      </c>
+      <c r="Z88" s="1">
+        <f t="shared" si="5"/>
+        <v>37.5</v>
+      </c>
+      <c r="AA88" s="1">
+        <f t="shared" si="5"/>
+        <v>3.5613870665417062</v>
+      </c>
+      <c r="AB88" s="1">
+        <f t="shared" si="5"/>
+        <v>1.7278617710583155</v>
+      </c>
+      <c r="AC88" s="1">
+        <f t="shared" si="5"/>
+        <v>7.9183673469387763</v>
+      </c>
+      <c r="AD88" s="1">
+        <f t="shared" si="5"/>
+        <v>44.613583138173304</v>
+      </c>
+      <c r="AE88" s="1">
+        <f t="shared" si="5"/>
+        <v>66.929133858267718</v>
+      </c>
+      <c r="AF88" s="1">
+        <f t="shared" si="5"/>
+        <v>4.2031523642732047</v>
+      </c>
+      <c r="AG88" s="1">
+        <f t="shared" si="5"/>
+        <v>33.251833740831295</v>
+      </c>
+      <c r="AH88" s="1">
+        <f t="shared" si="5"/>
+        <v>32.005184379964881</v>
       </c>
     </row>
     <row r="89" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A89" s="19">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="B89" s="9" t="s">
-        <v>95</v>
-[...34 lines deleted...]
-      <c r="N89" s="9">
+        <v>98</v>
+      </c>
+      <c r="C89" s="1">
+        <f t="shared" si="6"/>
         <v>100</v>
       </c>
-      <c r="O89" s="9">
+      <c r="D89" s="1">
+        <f t="shared" si="5"/>
         <v>100</v>
       </c>
-      <c r="P89" s="9">
-[...57 lines deleted...]
-    <row r="90" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="E89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="F89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="G89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="H89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="I89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="J89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="K89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="L89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="M89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="N89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="O89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="P89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="Q89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="R89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="S89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="T89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="U89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="V89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="W89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="X89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="Y89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="Z89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AA89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AB89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AC89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AD89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AE89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AF89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AG89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+      <c r="AH89" s="1">
+        <f t="shared" si="5"/>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="90" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A90" s="19">
-        <v>77</v>
-[...31 lines deleted...]
-      <c r="L90" s="9">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="91" spans="1:34" x14ac:dyDescent="0.35">
+      <c r="A91" s="19">
         <v>87</v>
-      </c>
-[...168 lines deleted...]
-        <v>7655</v>
       </c>
     </row>
     <row r="92" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A92" s="19">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="B92" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="C92" s="9">
+        <v>16</v>
+      </c>
+      <c r="D92" s="9">
+        <v>6</v>
+      </c>
+      <c r="E92" s="9">
+        <v>12</v>
+      </c>
+      <c r="F92" s="9">
+        <v>46</v>
+      </c>
+      <c r="G92" s="9">
+        <v>7</v>
+      </c>
+      <c r="H92" s="9">
+        <v>0</v>
+      </c>
+      <c r="I92" s="9">
+        <v>91</v>
+      </c>
+      <c r="J92" s="9">
+        <v>33</v>
+      </c>
+      <c r="K92" s="9">
+        <v>0</v>
+      </c>
+      <c r="L92" s="9">
+        <v>22</v>
+      </c>
+      <c r="M92" s="9">
+        <v>3</v>
+      </c>
+      <c r="N92" s="9">
+        <v>20</v>
+      </c>
+      <c r="O92" s="9">
+        <v>3</v>
+      </c>
+      <c r="P92" s="9">
+        <v>7</v>
+      </c>
+      <c r="Q92" s="9">
+        <v>0</v>
+      </c>
+      <c r="R92" s="9">
+        <v>0</v>
+      </c>
+      <c r="S92" s="9">
+        <v>16</v>
+      </c>
+      <c r="T92" s="9">
+        <v>130</v>
+      </c>
+      <c r="U92" s="9">
+        <v>0</v>
+      </c>
+      <c r="V92" s="9">
+        <v>10</v>
+      </c>
+      <c r="W92" s="9">
+        <v>3</v>
+      </c>
+      <c r="X92" s="9">
+        <v>91</v>
+      </c>
+      <c r="Y92" s="9">
+        <v>50</v>
+      </c>
+      <c r="Z92" s="9">
+        <v>5</v>
+      </c>
+      <c r="AA92" s="9">
+        <v>33</v>
+      </c>
+      <c r="AB92" s="9">
+        <v>4</v>
+      </c>
+      <c r="AC92" s="9">
+        <v>3</v>
+      </c>
+      <c r="AD92" s="9">
+        <v>24</v>
+      </c>
+      <c r="AE92" s="9">
+        <v>9</v>
+      </c>
+      <c r="AF92" s="9">
+        <v>39</v>
+      </c>
+      <c r="AG92" s="9">
+        <v>3</v>
+      </c>
+      <c r="AH92" s="9">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="93" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A93" s="19">
+        <v>89</v>
+      </c>
+      <c r="B93" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C93" s="9">
+        <v>223</v>
+      </c>
+      <c r="D93" s="9">
+        <v>62</v>
+      </c>
+      <c r="E93" s="9">
+        <v>76</v>
+      </c>
+      <c r="F93" s="9">
+        <v>315</v>
+      </c>
+      <c r="G93" s="9">
+        <v>68</v>
+      </c>
+      <c r="H93" s="9">
+        <v>251</v>
+      </c>
+      <c r="I93" s="9">
+        <v>404</v>
+      </c>
+      <c r="J93" s="9">
+        <v>176</v>
+      </c>
+      <c r="K93" s="9">
+        <v>166</v>
+      </c>
+      <c r="L93" s="9">
+        <v>382</v>
+      </c>
+      <c r="M93" s="9">
+        <v>83</v>
+      </c>
+      <c r="N93" s="9">
+        <v>244</v>
+      </c>
+      <c r="O93" s="9">
+        <v>212</v>
+      </c>
+      <c r="P93" s="9">
+        <v>173</v>
+      </c>
+      <c r="Q93" s="9">
+        <v>58</v>
+      </c>
+      <c r="R93" s="9">
+        <v>234</v>
+      </c>
+      <c r="S93" s="9">
+        <v>240</v>
+      </c>
+      <c r="T93" s="9">
+        <v>292</v>
+      </c>
+      <c r="U93" s="9">
+        <v>85</v>
+      </c>
+      <c r="V93" s="9">
+        <v>257</v>
+      </c>
+      <c r="W93" s="9">
+        <v>150</v>
+      </c>
+      <c r="X93" s="9">
+        <v>159</v>
+      </c>
+      <c r="Y93" s="9">
+        <v>101</v>
+      </c>
+      <c r="Z93" s="9">
+        <v>16</v>
+      </c>
+      <c r="AA93" s="9">
+        <v>180</v>
+      </c>
+      <c r="AB93" s="9">
+        <v>158</v>
+      </c>
+      <c r="AC93" s="9">
+        <v>244</v>
+      </c>
+      <c r="AD93" s="9">
+        <v>213</v>
+      </c>
+      <c r="AE93" s="9">
+        <v>139</v>
+      </c>
+      <c r="AF93" s="9">
+        <v>166</v>
+      </c>
+      <c r="AG93" s="9">
+        <v>108</v>
+      </c>
+      <c r="AH93" s="9">
+        <v>5635</v>
+      </c>
+    </row>
+    <row r="94" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A94" s="19">
+        <v>90</v>
+      </c>
+      <c r="B94" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="C94" s="9">
+        <v>33</v>
+      </c>
+      <c r="D94" s="9">
+        <v>22</v>
+      </c>
+      <c r="E94" s="9">
+        <v>38</v>
+      </c>
+      <c r="F94" s="9">
+        <v>56</v>
+      </c>
+      <c r="G94" s="9">
+        <v>47</v>
+      </c>
+      <c r="H94" s="9">
+        <v>113</v>
+      </c>
+      <c r="I94" s="9">
+        <v>57</v>
+      </c>
+      <c r="J94" s="9">
+        <v>65</v>
+      </c>
+      <c r="K94" s="9">
+        <v>37</v>
+      </c>
+      <c r="L94" s="9">
+        <v>45</v>
+      </c>
+      <c r="M94" s="9">
+        <v>28</v>
+      </c>
+      <c r="N94" s="9">
+        <v>68</v>
+      </c>
+      <c r="O94" s="9">
+        <v>54</v>
+      </c>
+      <c r="P94" s="9">
+        <v>59</v>
+      </c>
+      <c r="Q94" s="9">
+        <v>24</v>
+      </c>
+      <c r="R94" s="9">
+        <v>29</v>
+      </c>
+      <c r="S94" s="9">
+        <v>26</v>
+      </c>
+      <c r="T94" s="9">
+        <v>60</v>
+      </c>
+      <c r="U94" s="9">
+        <v>55</v>
+      </c>
+      <c r="V94" s="9">
+        <v>42</v>
+      </c>
+      <c r="W94" s="9">
+        <v>31</v>
+      </c>
+      <c r="X94" s="9">
+        <v>49</v>
+      </c>
+      <c r="Y94" s="9">
+        <v>107</v>
+      </c>
+      <c r="Z94" s="9">
+        <v>15</v>
+      </c>
+      <c r="AA94" s="9">
+        <v>63</v>
+      </c>
+      <c r="AB94" s="9">
+        <v>25</v>
+      </c>
+      <c r="AC94" s="9">
+        <v>36</v>
+      </c>
+      <c r="AD94" s="9">
+        <v>62</v>
+      </c>
+      <c r="AE94" s="9">
+        <v>75</v>
+      </c>
+      <c r="AF94" s="9">
+        <v>23</v>
+      </c>
+      <c r="AG94" s="9">
+        <v>49</v>
+      </c>
+      <c r="AH94" s="9">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="95" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A95" s="19">
+        <v>91</v>
+      </c>
+      <c r="B95" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="C95" s="9">
+        <v>123</v>
+      </c>
+      <c r="D95" s="9">
+        <v>28</v>
+      </c>
+      <c r="E95" s="9">
+        <v>147</v>
+      </c>
+      <c r="F95" s="9">
+        <v>183</v>
+      </c>
+      <c r="G95" s="9">
+        <v>26</v>
+      </c>
+      <c r="H95" s="9">
+        <v>364</v>
+      </c>
+      <c r="I95" s="9">
+        <v>235</v>
+      </c>
+      <c r="J95" s="9">
+        <v>431</v>
+      </c>
+      <c r="K95" s="9">
+        <v>212</v>
+      </c>
+      <c r="L95" s="9">
+        <v>724</v>
+      </c>
+      <c r="M95" s="9">
+        <v>80</v>
+      </c>
+      <c r="N95" s="9">
+        <v>100</v>
+      </c>
+      <c r="O95" s="9">
+        <v>100</v>
+      </c>
+      <c r="P95" s="9">
         <v>98</v>
       </c>
-      <c r="C92" s="9">
+      <c r="Q95" s="9">
+        <v>61</v>
+      </c>
+      <c r="R95" s="9">
+        <v>299</v>
+      </c>
+      <c r="S95" s="9">
+        <v>84</v>
+      </c>
+      <c r="T95" s="9">
+        <v>155</v>
+      </c>
+      <c r="U95" s="9">
+        <v>32</v>
+      </c>
+      <c r="V95" s="9">
+        <v>1106</v>
+      </c>
+      <c r="W95" s="9">
+        <v>77</v>
+      </c>
+      <c r="X95" s="9">
+        <v>186</v>
+      </c>
+      <c r="Y95" s="9">
+        <v>89</v>
+      </c>
+      <c r="Z95" s="9">
+        <v>6</v>
+      </c>
+      <c r="AA95" s="9">
+        <v>657</v>
+      </c>
+      <c r="AB95" s="9">
+        <v>264</v>
+      </c>
+      <c r="AC95" s="9">
+        <v>785</v>
+      </c>
+      <c r="AD95" s="9">
+        <v>150</v>
+      </c>
+      <c r="AE95" s="9">
+        <v>89</v>
+      </c>
+      <c r="AF95" s="9">
+        <v>317</v>
+      </c>
+      <c r="AG95" s="9">
+        <v>82</v>
+      </c>
+      <c r="AH95" s="9">
+        <v>7290</v>
+      </c>
+    </row>
+    <row r="96" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A96" s="19">
+        <v>92</v>
+      </c>
+      <c r="B96" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="C96" s="9">
+        <v>9</v>
+      </c>
+      <c r="D96" s="9">
+        <v>0</v>
+      </c>
+      <c r="E96" s="9">
+        <v>12</v>
+      </c>
+      <c r="F96" s="9">
+        <v>61</v>
+      </c>
+      <c r="G96" s="9">
+        <v>0</v>
+      </c>
+      <c r="H96" s="9">
+        <v>28</v>
+      </c>
+      <c r="I96" s="9">
+        <v>42</v>
+      </c>
+      <c r="J96" s="9">
+        <v>11</v>
+      </c>
+      <c r="K96" s="9">
+        <v>5</v>
+      </c>
+      <c r="L96" s="9">
+        <v>87</v>
+      </c>
+      <c r="M96" s="9">
+        <v>0</v>
+      </c>
+      <c r="N96" s="9">
+        <v>3</v>
+      </c>
+      <c r="O96" s="9">
+        <v>47</v>
+      </c>
+      <c r="P96" s="9">
+        <v>51</v>
+      </c>
+      <c r="Q96" s="9">
+        <v>0</v>
+      </c>
+      <c r="R96" s="9">
+        <v>34</v>
+      </c>
+      <c r="S96" s="9">
+        <v>23</v>
+      </c>
+      <c r="T96" s="9">
+        <v>378</v>
+      </c>
+      <c r="U96" s="9">
+        <v>3</v>
+      </c>
+      <c r="V96" s="9">
+        <v>58</v>
+      </c>
+      <c r="W96" s="9">
+        <v>16</v>
+      </c>
+      <c r="X96" s="9">
+        <v>33</v>
+      </c>
+      <c r="Y96" s="9">
+        <v>12</v>
+      </c>
+      <c r="Z96" s="9">
+        <v>17</v>
+      </c>
+      <c r="AA96" s="9">
+        <v>98</v>
+      </c>
+      <c r="AB96" s="9">
+        <v>4</v>
+      </c>
+      <c r="AC96" s="9">
+        <v>57</v>
+      </c>
+      <c r="AD96" s="9">
+        <v>23</v>
+      </c>
+      <c r="AE96" s="9">
+        <v>27</v>
+      </c>
+      <c r="AF96" s="9">
+        <v>5</v>
+      </c>
+      <c r="AG96" s="9">
+        <v>30</v>
+      </c>
+      <c r="AH96" s="9">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="97" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A97" s="19">
+        <v>93</v>
+      </c>
+      <c r="B97" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="C97" s="9">
+        <v>134</v>
+      </c>
+      <c r="D97" s="9">
+        <v>27</v>
+      </c>
+      <c r="E97" s="9">
+        <v>38</v>
+      </c>
+      <c r="F97" s="9">
+        <v>863</v>
+      </c>
+      <c r="G97" s="9">
+        <v>177</v>
+      </c>
+      <c r="H97" s="9">
+        <v>1104</v>
+      </c>
+      <c r="I97" s="9">
+        <v>203</v>
+      </c>
+      <c r="J97" s="9">
+        <v>77</v>
+      </c>
+      <c r="K97" s="9">
+        <v>133</v>
+      </c>
+      <c r="L97" s="9">
+        <v>1111</v>
+      </c>
+      <c r="M97" s="9">
+        <v>97</v>
+      </c>
+      <c r="N97" s="9">
+        <v>713</v>
+      </c>
+      <c r="O97" s="9">
+        <v>130</v>
+      </c>
+      <c r="P97" s="9">
+        <v>45</v>
+      </c>
+      <c r="Q97" s="9">
+        <v>35</v>
+      </c>
+      <c r="R97" s="9">
+        <v>231</v>
+      </c>
+      <c r="S97" s="9">
+        <v>83</v>
+      </c>
+      <c r="T97" s="9">
+        <v>148</v>
+      </c>
+      <c r="U97" s="9">
+        <v>401</v>
+      </c>
+      <c r="V97" s="9">
+        <v>222</v>
+      </c>
+      <c r="W97" s="9">
+        <v>39</v>
+      </c>
+      <c r="X97" s="9">
+        <v>186</v>
+      </c>
+      <c r="Y97" s="9">
+        <v>64</v>
+      </c>
+      <c r="Z97" s="9">
+        <v>30</v>
+      </c>
+      <c r="AA97" s="9">
+        <v>38</v>
+      </c>
+      <c r="AB97" s="9">
+        <v>8</v>
+      </c>
+      <c r="AC97" s="9">
+        <v>97</v>
+      </c>
+      <c r="AD97" s="9">
+        <v>381</v>
+      </c>
+      <c r="AE97" s="9">
+        <v>680</v>
+      </c>
+      <c r="AF97" s="9">
+        <v>24</v>
+      </c>
+      <c r="AG97" s="9">
+        <v>136</v>
+      </c>
+      <c r="AH97" s="9">
+        <v>7655</v>
+      </c>
+    </row>
+    <row r="98" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
+      <c r="A98" s="19">
+        <v>94</v>
+      </c>
+      <c r="B98" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="C98" s="9">
         <v>535</v>
       </c>
-      <c r="D92" s="9">
+      <c r="D98" s="9">
         <v>147</v>
       </c>
-      <c r="E92" s="9">
+      <c r="E98" s="9">
         <v>320</v>
       </c>
-      <c r="F92" s="9">
+      <c r="F98" s="9">
         <v>1528</v>
       </c>
-      <c r="G92" s="9">
+      <c r="G98" s="9">
         <v>337</v>
       </c>
-      <c r="H92" s="9">
+      <c r="H98" s="9">
         <v>1852</v>
       </c>
-      <c r="I92" s="9">
+      <c r="I98" s="9">
         <v>1029</v>
       </c>
-      <c r="J92" s="9">
+      <c r="J98" s="9">
         <v>785</v>
       </c>
-      <c r="K92" s="9">
+      <c r="K98" s="9">
         <v>561</v>
       </c>
-      <c r="L92" s="9">
+      <c r="L98" s="9">
         <v>2366</v>
       </c>
-      <c r="M92" s="9">
+      <c r="M98" s="9">
         <v>297</v>
       </c>
-      <c r="N92" s="9">
+      <c r="N98" s="9">
         <v>1147</v>
       </c>
-      <c r="O92" s="9">
+      <c r="O98" s="9">
         <v>544</v>
       </c>
-      <c r="P92" s="9">
+      <c r="P98" s="9">
         <v>427</v>
       </c>
-      <c r="Q92" s="9">
+      <c r="Q98" s="9">
         <v>178</v>
       </c>
-      <c r="R92" s="9">
+      <c r="R98" s="9">
         <v>821</v>
       </c>
-      <c r="S92" s="9">
+      <c r="S98" s="9">
         <v>474</v>
       </c>
-      <c r="T92" s="9">
+      <c r="T98" s="9">
         <v>1166</v>
       </c>
-      <c r="U92" s="9">
+      <c r="U98" s="9">
         <v>569</v>
       </c>
-      <c r="V92" s="9">
+      <c r="V98" s="9">
         <v>1696</v>
       </c>
-      <c r="W92" s="9">
+      <c r="W98" s="9">
         <v>321</v>
       </c>
-      <c r="X92" s="9">
+      <c r="X98" s="9">
         <v>712</v>
       </c>
-      <c r="Y92" s="9">
+      <c r="Y98" s="9">
         <v>421</v>
       </c>
-      <c r="Z92" s="9">
+      <c r="Z98" s="9">
         <v>80</v>
       </c>
-      <c r="AA92" s="9">
+      <c r="AA98" s="9">
         <v>1067</v>
       </c>
-      <c r="AB92" s="9">
+      <c r="AB98" s="9">
         <v>463</v>
       </c>
-      <c r="AC92" s="9">
+      <c r="AC98" s="9">
         <v>1225</v>
       </c>
-      <c r="AD92" s="9">
+      <c r="AD98" s="9">
         <v>854</v>
       </c>
-      <c r="AE92" s="9">
+      <c r="AE98" s="9">
         <v>1016</v>
       </c>
-      <c r="AF92" s="9">
+      <c r="AF98" s="9">
         <v>571</v>
       </c>
-      <c r="AG92" s="9">
+      <c r="AG98" s="9">
         <v>409</v>
       </c>
-      <c r="AH92" s="9">
+      <c r="AH98" s="9">
         <v>23918</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C43:AG66">
     <sortCondition descending="1" ref="C43:AG43"/>
     <sortCondition ref="C44:AG44"/>
   </sortState>
+  <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DA736D6-B0DC-4F3B-A689-4FEF360DDDF8}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K20" sqref="K20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDBE4E3D-89DC-416E-859D-517DA9DFD7B1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="D1:AO81"/>
+  <dimension ref="D1:AO87"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
-      <selection activeCell="R3" sqref="R3"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="E21" sqref="E21:I25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="3" width="2.08984375" style="21" customWidth="1"/>
     <col min="4" max="4" width="2.26953125" style="21" customWidth="1"/>
     <col min="5" max="7" width="11.08984375" style="21" customWidth="1"/>
     <col min="8" max="8" width="1.36328125" style="21" customWidth="1"/>
     <col min="9" max="9" width="11.08984375" style="21" customWidth="1"/>
     <col min="10" max="10" width="12.26953125" style="21" customWidth="1"/>
     <col min="11" max="11" width="11.08984375" style="21" customWidth="1"/>
     <col min="12" max="12" width="1.54296875" style="21" customWidth="1"/>
     <col min="13" max="14" width="11.08984375" style="21" customWidth="1"/>
     <col min="15" max="15" width="12.7265625" style="21" customWidth="1"/>
-    <col min="16" max="16" width="1.81640625" style="21" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="30" max="41" width="8.7265625" style="44"/>
+    <col min="16" max="16" width="20.90625" style="21" customWidth="1"/>
+    <col min="17" max="18" width="4.36328125" style="21" customWidth="1"/>
+    <col min="19" max="20" width="4.36328125" style="42" customWidth="1"/>
+    <col min="21" max="21" width="2.54296875" style="46" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="20.90625" style="46" customWidth="1"/>
+    <col min="23" max="23" width="6.90625" style="46" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="5.26953125" style="42" customWidth="1"/>
+    <col min="25" max="25" width="2.1796875" style="42" customWidth="1"/>
+    <col min="26" max="27" width="8.7265625" style="42"/>
+    <col min="28" max="28" width="26.453125" style="47" customWidth="1"/>
+    <col min="29" max="29" width="8.7265625" style="43"/>
+    <col min="30" max="30" width="8.7265625" style="42"/>
+    <col min="31" max="32" width="8.7265625" style="21"/>
+    <col min="33" max="41" width="8.7265625" style="42"/>
     <col min="42" max="16384" width="8.7265625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="4:41" ht="4" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="4:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="V2" s="50" t="s">
+      <c r="V2" s="48" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="3" spans="4:41" ht="36" x14ac:dyDescent="0.35">
-      <c r="D3" s="59" t="str" cm="1">
+      <c r="D3" s="61" t="str" cm="1">
         <f t="array" ref="D3">CONCATENATE("Housing in ",INDEX(Z3:Z34,I4))</f>
         <v>Housing in Greater Dandenong</v>
       </c>
-      <c r="E3" s="60"/>
-[...10 lines deleted...]
-      <c r="P3" s="61"/>
+      <c r="E3" s="62"/>
+      <c r="F3" s="62"/>
+      <c r="G3" s="62"/>
+      <c r="H3" s="62"/>
+      <c r="I3" s="62"/>
+      <c r="J3" s="62"/>
+      <c r="K3" s="62"/>
+      <c r="L3" s="62"/>
+      <c r="M3" s="62"/>
+      <c r="N3" s="62"/>
+      <c r="O3" s="62"/>
+      <c r="P3" s="63"/>
       <c r="Q3" s="22"/>
-      <c r="U3" s="48">
+      <c r="U3" s="46">
         <v>1</v>
       </c>
-      <c r="V3" s="49" t="s">
+      <c r="V3" s="47" t="s">
         <v>33</v>
       </c>
-      <c r="W3" s="51">
-        <f>VLOOKUP(U3,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W3" s="49">
+        <f>VLOOKUP(U3,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>69.748174741529596</v>
       </c>
-      <c r="Z3" s="45" t="s">
+      <c r="Z3" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="AA3" s="44">
+      <c r="AA3" s="42">
         <v>1</v>
       </c>
-      <c r="AB3" s="52" t="s">
-[...2 lines deleted...]
-      <c r="AC3" s="46">
+      <c r="AB3" s="50" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC3" s="44">
         <f>W3</f>
         <v>69.748174741529596</v>
       </c>
     </row>
     <row r="4" spans="4:41" ht="18.5" x14ac:dyDescent="0.35">
       <c r="D4" s="23"/>
       <c r="I4" s="24">
         <v>10</v>
       </c>
-      <c r="K4" s="62"/>
-[...5 lines deleted...]
-      <c r="U4" s="48">
+      <c r="K4" s="64"/>
+      <c r="L4" s="64"/>
+      <c r="M4" s="64"/>
+      <c r="N4" s="64"/>
+      <c r="O4" s="64"/>
+      <c r="P4" s="55"/>
+      <c r="U4" s="46">
         <v>2</v>
       </c>
-      <c r="V4" s="49" t="s">
+      <c r="V4" s="47" t="s">
         <v>34</v>
       </c>
-      <c r="W4" s="51">
-        <f>VLOOKUP(U4,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W4" s="49">
+        <f>VLOOKUP(U4,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>18.36132350656748</v>
       </c>
-      <c r="Z4" s="45" t="s">
+      <c r="Z4" s="43" t="s">
         <v>40</v>
       </c>
-      <c r="AA4" s="44">
+      <c r="AA4" s="42">
         <v>2</v>
       </c>
-      <c r="AB4" s="52" t="s">
+      <c r="AB4" s="50" t="s">
         <v>34</v>
       </c>
-      <c r="AC4" s="46">
+      <c r="AC4" s="44">
         <f>W4</f>
         <v>18.36132350656748</v>
       </c>
-      <c r="AN4" s="44">
+      <c r="AN4" s="42">
         <v>1</v>
       </c>
-      <c r="AO4" s="44" t="s">
-        <v>112</v>
+      <c r="AO4" s="42" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="5" spans="4:41" ht="23.5" x14ac:dyDescent="0.35">
       <c r="D5" s="23"/>
-      <c r="E5" s="42" t="s">
-[...11 lines deleted...]
-      <c r="U5" s="48">
+      <c r="E5" s="40" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" s="36"/>
+      <c r="G5" s="36"/>
+      <c r="K5" s="40" t="s">
+        <v>100</v>
+      </c>
+      <c r="L5" s="36"/>
+      <c r="N5" s="36"/>
+      <c r="O5" s="36"/>
+      <c r="P5" s="55"/>
+      <c r="U5" s="46">
         <v>3</v>
       </c>
-      <c r="V5" s="49" t="s">
+      <c r="V5" s="47" t="s">
         <v>35</v>
       </c>
-      <c r="W5" s="51">
-        <f>VLOOKUP(U5,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W5" s="49">
+        <f>VLOOKUP(U5,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>11.396862108842363</v>
       </c>
-      <c r="Z5" s="45" t="s">
+      <c r="Z5" s="43" t="s">
         <v>3</v>
       </c>
-      <c r="AA5" s="44">
+      <c r="AA5" s="42">
         <v>3</v>
       </c>
-      <c r="AB5" s="52" t="s">
-[...2 lines deleted...]
-      <c r="AC5" s="46">
+      <c r="AB5" s="50" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC5" s="44">
         <f>W5</f>
         <v>11.396862108842363</v>
       </c>
-      <c r="AN5" s="44">
+      <c r="AN5" s="42">
         <v>2</v>
       </c>
-      <c r="AO5" s="44" t="s">
-        <v>113</v>
+      <c r="AO5" s="42" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="6" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D6" s="23"/>
-      <c r="E6" s="57" t="str" cm="1">
+      <c r="E6" s="59" t="str" cm="1">
         <f t="array" ref="E6">CONCATENATE("Most dwellings in ",INDEX(Z3:Z34,I4)," are ",AB8,".")</f>
         <v>Most dwellings in Greater Dandenong are Separate houses.</v>
       </c>
-      <c r="F6" s="57"/>
-[...7 lines deleted...]
-      <c r="U6" s="48">
+      <c r="F6" s="59"/>
+      <c r="G6" s="59"/>
+      <c r="H6" s="59"/>
+      <c r="I6" s="59"/>
+      <c r="J6" s="59"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="37"/>
+      <c r="P6" s="55"/>
+      <c r="U6" s="46">
         <v>4</v>
       </c>
-      <c r="V6" s="49" t="s">
+      <c r="V6" s="47" t="s">
         <v>36</v>
       </c>
-      <c r="W6" s="51">
-        <f>VLOOKUP(U6,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W6" s="49">
+        <f>VLOOKUP(U6,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.19503943939106269</v>
       </c>
-      <c r="Z6" s="45" t="s">
+      <c r="Z6" s="43" t="s">
         <v>4</v>
       </c>
-      <c r="AA6" s="44">
+      <c r="AA6" s="42">
         <v>4</v>
       </c>
-      <c r="AB6" s="52" t="s">
-[...2 lines deleted...]
-      <c r="AC6" s="46">
+      <c r="AB6" s="50" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC6" s="44">
         <f>SUM(W6:W9)</f>
         <v>0.50226970675043581</v>
       </c>
-      <c r="AN6" s="44">
+      <c r="AN6" s="42">
         <v>3</v>
       </c>
-      <c r="AO6" s="44" t="s">
-        <v>114</v>
+      <c r="AO6" s="42" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D7" s="23"/>
-      <c r="E7" s="41"/>
-[...3 lines deleted...]
-      <c r="K7" s="66" t="str">
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="68" t="str">
         <f>CONCATENATE(ROUND(W15,0),"%")</f>
         <v>62%</v>
       </c>
-      <c r="L7" s="66"/>
-[...2 lines deleted...]
-      <c r="U7" s="48">
+      <c r="L7" s="68"/>
+      <c r="M7" s="68"/>
+      <c r="P7" s="55"/>
+      <c r="U7" s="46">
         <v>5</v>
       </c>
-      <c r="V7" s="49" t="s">
+      <c r="V7" s="47" t="s">
         <v>37</v>
       </c>
-      <c r="W7" s="51">
-        <f>VLOOKUP(U7,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W7" s="49">
+        <f>VLOOKUP(U7,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.20021747760498473</v>
       </c>
-      <c r="Z7" s="45" t="s">
+      <c r="Z7" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="47"/>
-      <c r="AN7" s="44">
+      <c r="AC7" s="45"/>
+      <c r="AN7" s="42">
         <v>4</v>
       </c>
-      <c r="AO7" s="44" t="s">
-        <v>115</v>
+      <c r="AO7" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="8" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D8" s="23"/>
-      <c r="F8" s="26"/>
-[...6 lines deleted...]
-      <c r="U8" s="48">
+      <c r="F8" s="25"/>
+      <c r="G8" s="25"/>
+      <c r="J8" s="25"/>
+      <c r="K8" s="68"/>
+      <c r="L8" s="68"/>
+      <c r="M8" s="68"/>
+      <c r="P8" s="55"/>
+      <c r="U8" s="46">
         <v>6</v>
       </c>
-      <c r="V8" s="49" t="s">
+      <c r="V8" s="47" t="s">
         <v>38</v>
       </c>
-      <c r="W8" s="51">
-        <f>VLOOKUP(U8,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W8" s="49">
+        <f>VLOOKUP(U8,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.4520254759480125E-2</v>
       </c>
-      <c r="Z8" s="45" t="s">
+      <c r="Z8" s="43" t="s">
         <v>6</v>
       </c>
-      <c r="AB8" s="49" t="str">
+      <c r="AB8" s="47" t="str">
         <f>VLOOKUP(MATCH(AC8,AC3:AC6,0),AA3:AC6,2)</f>
         <v>Separate houses</v>
       </c>
-      <c r="AC8" s="47">
+      <c r="AC8" s="45">
         <f>MAX(AC3:AC6)</f>
         <v>69.748174741529596</v>
       </c>
-      <c r="AN8" s="44">
+      <c r="AN8" s="42">
         <v>5</v>
       </c>
-      <c r="AO8" s="44" t="s">
-        <v>115</v>
+      <c r="AO8" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="9" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D9" s="23"/>
-      <c r="K9" s="66"/>
-[...3 lines deleted...]
-      <c r="U9" s="48">
+      <c r="K9" s="68"/>
+      <c r="L9" s="68"/>
+      <c r="M9" s="68"/>
+      <c r="P9" s="55"/>
+      <c r="U9" s="46">
         <v>7</v>
       </c>
-      <c r="V9" s="49" t="s">
+      <c r="V9" s="47" t="s">
         <v>39</v>
       </c>
-      <c r="W9" s="51">
-        <f>VLOOKUP(U9,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W9" s="49">
+        <f>VLOOKUP(U9,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>7.2492534994908264E-2</v>
       </c>
-      <c r="Z9" s="45" t="s">
+      <c r="Z9" s="43" t="s">
         <v>7</v>
       </c>
-      <c r="AN9" s="44">
+      <c r="AN9" s="42">
         <v>6</v>
       </c>
-      <c r="AO9" s="44" t="s">
-        <v>115</v>
+      <c r="AO9" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="10" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D10" s="23"/>
-      <c r="K10" s="66"/>
-[...5 lines deleted...]
-      <c r="U10" s="48">
+      <c r="K10" s="68"/>
+      <c r="L10" s="68"/>
+      <c r="M10" s="68"/>
+      <c r="N10" s="41"/>
+      <c r="O10" s="41"/>
+      <c r="P10" s="55"/>
+      <c r="U10" s="46">
         <v>8</v>
       </c>
-      <c r="V10" s="49" t="s">
+      <c r="V10" s="47" t="s">
         <v>32</v>
       </c>
-      <c r="W10" s="51">
-        <f>VLOOKUP(U10,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W10" s="49">
+        <f>VLOOKUP(U10,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>100</v>
       </c>
-      <c r="Z10" s="45" t="s">
+      <c r="Z10" s="43" t="s">
         <v>8</v>
       </c>
-      <c r="AN10" s="44">
+      <c r="AN10" s="42">
         <v>7</v>
       </c>
-      <c r="AO10" s="44" t="s">
-        <v>115</v>
+      <c r="AO10" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="11" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D11" s="23"/>
-      <c r="K11" s="65" t="str">
+      <c r="K11" s="67" t="str">
         <f>CONCATENATE("of local dwellings are owned or being purchased by their owners, while a further ",ROUND(W22,0),"% are rented.")</f>
         <v>of local dwellings are owned or being purchased by their owners, while a further 36% are rented.</v>
       </c>
-      <c r="L11" s="65"/>
-[...4 lines deleted...]
-      <c r="U11" s="48">
+      <c r="L11" s="67"/>
+      <c r="M11" s="67"/>
+      <c r="N11" s="67"/>
+      <c r="O11" s="67"/>
+      <c r="P11" s="55"/>
+      <c r="U11" s="46">
         <v>9</v>
       </c>
-      <c r="W11" s="51"/>
-      <c r="Z11" s="45" t="s">
+      <c r="W11" s="49"/>
+      <c r="Z11" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="AN11" s="44">
+      <c r="AN11" s="42">
         <v>8</v>
       </c>
-      <c r="AO11" s="44" t="s">
-        <v>115</v>
+      <c r="AO11" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="12" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D12" s="23"/>
-      <c r="K12" s="65"/>
-[...5 lines deleted...]
-      <c r="U12" s="48">
+      <c r="K12" s="67"/>
+      <c r="L12" s="67"/>
+      <c r="M12" s="67"/>
+      <c r="N12" s="67"/>
+      <c r="O12" s="67"/>
+      <c r="P12" s="55"/>
+      <c r="U12" s="46">
         <v>10</v>
       </c>
-      <c r="V12" s="50" t="s">
+      <c r="V12" s="48" t="s">
         <v>63</v>
       </c>
-      <c r="W12" s="51"/>
-      <c r="Z12" s="45" t="s">
+      <c r="W12" s="49"/>
+      <c r="Z12" s="43" t="s">
         <v>10</v>
       </c>
-      <c r="AN12" s="44">
+      <c r="AN12" s="42">
         <v>9</v>
       </c>
-      <c r="AO12" s="44" t="s">
-        <v>115</v>
+      <c r="AO12" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D13" s="23"/>
-      <c r="K13" s="65"/>
-[...5 lines deleted...]
-      <c r="U13" s="48">
+      <c r="K13" s="67"/>
+      <c r="L13" s="67"/>
+      <c r="M13" s="67"/>
+      <c r="N13" s="67"/>
+      <c r="O13" s="67"/>
+      <c r="P13" s="55"/>
+      <c r="U13" s="46">
         <v>11</v>
       </c>
-      <c r="V13" s="49" t="s">
+      <c r="V13" s="47" t="s">
         <v>43</v>
       </c>
-      <c r="W13" s="51">
-        <f>VLOOKUP(U13,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W13" s="49">
+        <f>VLOOKUP(U13,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>30.569897328176836</v>
       </c>
-      <c r="Z13" s="45" t="s">
+      <c r="Z13" s="43" t="s">
         <v>11</v>
       </c>
-      <c r="AB13" s="49" t="str">
+      <c r="AB13" s="47" t="str">
         <f>V15</f>
         <v>All Owned</v>
       </c>
-      <c r="AN13" s="44">
+      <c r="AN13" s="42">
         <v>10</v>
       </c>
-      <c r="AO13" s="44" t="s">
-        <v>115</v>
+      <c r="AO13" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="14" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D14" s="23"/>
-      <c r="K14" s="58" t="str">
+      <c r="K14" s="60" t="str">
         <f>CONCATENATE("Among rented dwellings, ",ROUND(W21,1),"% were being rented from governments or housing providers in 2021 - about ",ROUND(AB21,1)," times the metropolitan average.")</f>
         <v>Among rented dwellings, 3.9% were being rented from governments or housing providers in 2021 - about 1.6 times the metropolitan average.</v>
       </c>
-      <c r="L14" s="58"/>
-[...4 lines deleted...]
-      <c r="U14" s="48">
+      <c r="L14" s="60"/>
+      <c r="M14" s="60"/>
+      <c r="N14" s="60"/>
+      <c r="O14" s="60"/>
+      <c r="P14" s="55"/>
+      <c r="U14" s="46">
         <v>12</v>
       </c>
-      <c r="V14" s="49" t="s">
+      <c r="V14" s="47" t="s">
         <v>44</v>
       </c>
-      <c r="W14" s="51">
-        <f>VLOOKUP(U14,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W14" s="49">
+        <f>VLOOKUP(U14,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>31.802744459058875</v>
       </c>
-      <c r="Z14" s="45" t="s">
+      <c r="Z14" s="43" t="s">
         <v>12</v>
       </c>
-      <c r="AB14" s="49" t="str">
+      <c r="AB14" s="47" t="str">
         <f>V22</f>
         <v>All Rented</v>
       </c>
-      <c r="AN14" s="44">
+      <c r="AN14" s="42">
         <v>11</v>
       </c>
-      <c r="AO14" s="44" t="s">
-        <v>115</v>
+      <c r="AO14" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D15" s="23"/>
-      <c r="K15" s="58"/>
-[...5 lines deleted...]
-      <c r="U15" s="48">
+      <c r="K15" s="60"/>
+      <c r="L15" s="60"/>
+      <c r="M15" s="60"/>
+      <c r="N15" s="60"/>
+      <c r="O15" s="60"/>
+      <c r="P15" s="55"/>
+      <c r="U15" s="46">
         <v>13</v>
       </c>
-      <c r="V15" s="49" t="s">
+      <c r="V15" s="47" t="s">
         <v>45</v>
       </c>
-      <c r="W15" s="51">
-        <f>VLOOKUP(U15,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W15" s="49">
+        <f>VLOOKUP(U15,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>62.372641787235715</v>
       </c>
-      <c r="Z15" s="45" t="s">
+      <c r="Z15" s="43" t="s">
         <v>41</v>
       </c>
-      <c r="AN15" s="44">
+      <c r="AN15" s="42">
         <v>12</v>
       </c>
-      <c r="AO15" s="44" t="s">
-        <v>115</v>
+      <c r="AO15" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="16" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D16" s="23"/>
-      <c r="I16" s="31"/>
-[...7 lines deleted...]
-      <c r="U16" s="48">
+      <c r="I16" s="29"/>
+      <c r="J16" s="29"/>
+      <c r="K16" s="60"/>
+      <c r="L16" s="60"/>
+      <c r="M16" s="60"/>
+      <c r="N16" s="60"/>
+      <c r="O16" s="60"/>
+      <c r="P16" s="55"/>
+      <c r="U16" s="46">
         <v>14</v>
       </c>
-      <c r="V16" s="49" t="s">
+      <c r="V16" s="47" t="s">
         <v>46</v>
       </c>
-      <c r="W16" s="51">
-        <f>VLOOKUP(U16,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W16" s="49">
+        <f>VLOOKUP(U16,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>24.093523626298122</v>
       </c>
-      <c r="Z16" s="45" t="s">
+      <c r="Z16" s="43" t="s">
         <v>14</v>
       </c>
-      <c r="AN16" s="44">
+      <c r="AN16" s="42">
         <v>13</v>
       </c>
-      <c r="AO16" s="44" t="s">
-        <v>115</v>
+      <c r="AO16" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D17" s="23"/>
-      <c r="I17" s="31"/>
-[...7 lines deleted...]
-      <c r="U17" s="48">
+      <c r="I17" s="29"/>
+      <c r="J17" s="29"/>
+      <c r="K17" s="60"/>
+      <c r="L17" s="60"/>
+      <c r="M17" s="60"/>
+      <c r="N17" s="60"/>
+      <c r="O17" s="60"/>
+      <c r="P17" s="55"/>
+      <c r="U17" s="46">
         <v>15</v>
       </c>
-      <c r="V17" s="49" t="s">
+      <c r="V17" s="47" t="s">
         <v>47</v>
       </c>
-      <c r="W17" s="51">
-        <f>VLOOKUP(U17,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W17" s="49">
+        <f>VLOOKUP(U17,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1.9925793596262196</v>
       </c>
-      <c r="Z17" s="45" t="s">
+      <c r="Z17" s="43" t="s">
         <v>15</v>
       </c>
-      <c r="AN17" s="44">
+      <c r="AN17" s="42">
         <v>14</v>
       </c>
-      <c r="AO17" s="44" t="s">
-        <v>115</v>
+      <c r="AO17" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="18" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D18" s="23"/>
-      <c r="I18" s="31"/>
-[...7 lines deleted...]
-      <c r="U18" s="48">
+      <c r="I18" s="29"/>
+      <c r="J18" s="29"/>
+      <c r="K18" s="60"/>
+      <c r="L18" s="60"/>
+      <c r="M18" s="60"/>
+      <c r="N18" s="60"/>
+      <c r="O18" s="60"/>
+      <c r="P18" s="55"/>
+      <c r="U18" s="46">
         <v>16</v>
       </c>
-      <c r="V18" s="49" t="s">
+      <c r="V18" s="47" t="s">
         <v>48</v>
       </c>
-      <c r="W18" s="51">
-        <f>VLOOKUP(U18,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W18" s="49">
+        <f>VLOOKUP(U18,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>5.5654802803353034</v>
       </c>
-      <c r="Z18" s="45" t="s">
+      <c r="Z18" s="43" t="s">
         <v>16</v>
       </c>
-      <c r="AN18" s="44">
+      <c r="AN18" s="42">
         <v>15</v>
       </c>
-      <c r="AO18" s="44" t="s">
-        <v>115</v>
+      <c r="AO18" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="19" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D19" s="23"/>
-      <c r="I19" s="31"/>
-[...7 lines deleted...]
-      <c r="U19" s="48">
+      <c r="I19" s="29"/>
+      <c r="J19" s="29"/>
+      <c r="K19" s="65"/>
+      <c r="L19" s="65"/>
+      <c r="M19" s="65"/>
+      <c r="N19" s="65"/>
+      <c r="O19" s="65"/>
+      <c r="P19" s="55"/>
+      <c r="U19" s="46">
         <v>17</v>
       </c>
-      <c r="V19" s="49" t="s">
+      <c r="V19" s="47" t="s">
         <v>49</v>
       </c>
-      <c r="W19" s="51">
-        <f>VLOOKUP(U19,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W19" s="49">
+        <f>VLOOKUP(U19,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.3451775653232296</v>
       </c>
-      <c r="Z19" s="45" t="s">
+      <c r="Z19" s="43" t="s">
         <v>17</v>
       </c>
-      <c r="AN19" s="44">
+      <c r="AN19" s="42">
         <v>16</v>
       </c>
-      <c r="AO19" s="44" t="s">
-        <v>115</v>
+      <c r="AO19" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="20" spans="4:41" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D20" s="23"/>
-      <c r="E20" s="37" t="s">
-[...13 lines deleted...]
-      <c r="U20" s="48">
+      <c r="E20" s="35" t="s">
+        <v>106</v>
+      </c>
+      <c r="F20" s="36"/>
+      <c r="G20" s="36"/>
+      <c r="H20" s="36"/>
+      <c r="I20" s="36"/>
+      <c r="J20" s="36"/>
+      <c r="K20" s="36"/>
+      <c r="L20" s="36"/>
+      <c r="M20" s="36"/>
+      <c r="N20" s="36"/>
+      <c r="O20" s="36"/>
+      <c r="P20" s="55"/>
+      <c r="U20" s="46">
         <v>18</v>
       </c>
-      <c r="V20" s="49" t="s">
+      <c r="V20" s="47" t="s">
         <v>50</v>
       </c>
-      <c r="W20" s="51">
-        <f>VLOOKUP(U20,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W20" s="49">
+        <f>VLOOKUP(U20,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.56538212371660224</v>
       </c>
-      <c r="Z20" s="45" t="s">
+      <c r="Z20" s="43" t="s">
         <v>18</v>
       </c>
-      <c r="AB20" s="49" t="s">
-[...2 lines deleted...]
-      <c r="AN20" s="44">
+      <c r="AB20" s="47" t="s">
+        <v>124</v>
+      </c>
+      <c r="AN20" s="42">
         <v>17</v>
       </c>
-      <c r="AO20" s="44" t="s">
-        <v>115</v>
+      <c r="AO20" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="21" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D21" s="23"/>
-      <c r="E21" s="58" t="str" cm="1">
-[...12 lines deleted...]
-      <c r="U21" s="48">
+      <c r="E21" s="60" t="str" cm="1">
+        <f t="array" ref="E21">IF(W26=1,CONCATENATE("The median purchase price of a separate house in ",INDEX(Z3:Z34,I4)," stood at $",W25," in early 2025, ranking this locality highest among the metropolitan municipalities in house prices"),CONCATENATE("The median purchase price of a separate house in ",INDEX(Z3:Z34,I4)," stood at $",W25," in early 2025, ranking this locality ",W26,X26," highest among the metropolitan municipalities in house prices."))</f>
+        <v>The median purchase price of a separate house in Greater Dandenong stood at $765000 in early 2025, ranking this locality 23rd highest among the metropolitan municipalities in house prices.</v>
+      </c>
+      <c r="F21" s="60"/>
+      <c r="G21" s="60"/>
+      <c r="H21" s="60"/>
+      <c r="I21" s="60"/>
+      <c r="J21" s="27"/>
+      <c r="K21" s="27"/>
+      <c r="M21" s="34"/>
+      <c r="N21" s="34"/>
+      <c r="P21" s="55"/>
+      <c r="U21" s="46">
         <v>19</v>
       </c>
-      <c r="V21" s="49" t="s">
+      <c r="V21" s="47" t="s">
         <v>51</v>
       </c>
-      <c r="W21" s="51">
-        <f>VLOOKUP(U21,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W21" s="49">
+        <f>VLOOKUP(U21,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.9105596890398315</v>
       </c>
-      <c r="Z21" s="45" t="s">
+      <c r="Z21" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="AB21" s="49">
+      <c r="AB21" s="47">
         <f>W21/2.4</f>
         <v>1.6293998704332633</v>
       </c>
-      <c r="AN21" s="44">
+      <c r="AN21" s="42">
         <v>18</v>
       </c>
-      <c r="AO21" s="44" t="s">
-        <v>115</v>
+      <c r="AO21" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="22" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D22" s="23"/>
-      <c r="E22" s="58"/>
-[...10 lines deleted...]
-      <c r="U22" s="48">
+      <c r="E22" s="60"/>
+      <c r="F22" s="60"/>
+      <c r="G22" s="60"/>
+      <c r="H22" s="60"/>
+      <c r="I22" s="60"/>
+      <c r="J22" s="27"/>
+      <c r="K22" s="29"/>
+      <c r="L22" s="29"/>
+      <c r="M22" s="34"/>
+      <c r="N22" s="34"/>
+      <c r="P22" s="55"/>
+      <c r="U22" s="46">
         <v>20</v>
       </c>
-      <c r="V22" s="49" t="s">
+      <c r="V22" s="47" t="s">
         <v>52</v>
       </c>
-      <c r="W22" s="51">
-        <f>VLOOKUP(U22,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W22" s="49">
+        <f>VLOOKUP(U22,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>35.562142955299478</v>
       </c>
-      <c r="Z22" s="45" t="s">
+      <c r="Z22" s="43" t="s">
         <v>20</v>
       </c>
-      <c r="AN22" s="44">
+      <c r="AN22" s="42">
         <v>19</v>
       </c>
-      <c r="AO22" s="44" t="s">
-        <v>115</v>
+      <c r="AO22" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="23" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D23" s="23"/>
-      <c r="E23" s="58"/>
-[...9 lines deleted...]
-      <c r="U23" s="48">
+      <c r="E23" s="60"/>
+      <c r="F23" s="60"/>
+      <c r="G23" s="60"/>
+      <c r="H23" s="60"/>
+      <c r="I23" s="60"/>
+      <c r="J23" s="27"/>
+      <c r="K23" s="27"/>
+      <c r="M23" s="33"/>
+      <c r="N23" s="33"/>
+      <c r="P23" s="55"/>
+      <c r="U23" s="46">
         <v>21</v>
       </c>
-      <c r="W23" s="51"/>
-      <c r="Z23" s="45" t="s">
+      <c r="W23" s="49"/>
+      <c r="Z23" s="43" t="s">
         <v>21</v>
       </c>
-      <c r="AN23" s="44">
+      <c r="AN23" s="42">
         <v>20</v>
       </c>
-      <c r="AO23" s="44" t="s">
-        <v>115</v>
+      <c r="AO23" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D24" s="23"/>
-      <c r="E24" s="58"/>
-[...7 lines deleted...]
-      <c r="U24" s="48">
+      <c r="E24" s="60"/>
+      <c r="F24" s="60"/>
+      <c r="G24" s="60"/>
+      <c r="H24" s="60"/>
+      <c r="I24" s="60"/>
+      <c r="J24" s="27"/>
+      <c r="N24" s="33"/>
+      <c r="P24" s="55"/>
+      <c r="U24" s="46">
         <v>22</v>
       </c>
-      <c r="V24" s="50" t="s">
+      <c r="V24" s="48" t="s">
         <v>64</v>
       </c>
-      <c r="W24" s="51"/>
-      <c r="Z24" s="45" t="s">
+      <c r="W24" s="49"/>
+      <c r="Z24" s="43" t="s">
         <v>22</v>
       </c>
-      <c r="AN24" s="44">
+      <c r="AN24" s="42">
         <v>21</v>
       </c>
-      <c r="AO24" s="44" t="s">
-        <v>112</v>
+      <c r="AO24" s="42" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="25" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D25" s="23"/>
-      <c r="E25" s="58"/>
-[...7 lines deleted...]
-      <c r="U25" s="48">
+      <c r="E25" s="60"/>
+      <c r="F25" s="60"/>
+      <c r="G25" s="60"/>
+      <c r="H25" s="60"/>
+      <c r="I25" s="60"/>
+      <c r="J25" s="27"/>
+      <c r="N25" s="33"/>
+      <c r="P25" s="55"/>
+      <c r="U25" s="46">
         <v>23</v>
       </c>
-      <c r="V25" s="53">
-[...6 lines deleted...]
-      <c r="Z25" s="45" t="s">
+      <c r="V25" s="51">
+        <v>2025</v>
+      </c>
+      <c r="W25" s="49">
+        <f>VLOOKUP(U25,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>765000</v>
+      </c>
+      <c r="Z25" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="AN25" s="44">
+      <c r="AN25" s="42">
         <v>22</v>
       </c>
-      <c r="AO25" s="44" t="s">
-        <v>113</v>
+      <c r="AO25" s="42" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D26" s="23"/>
-      <c r="E26" s="28"/>
-[...7 lines deleted...]
-      <c r="U26" s="48">
+      <c r="E26" s="27"/>
+      <c r="F26" s="27"/>
+      <c r="G26" s="27"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="27"/>
+      <c r="J26" s="27"/>
+      <c r="N26" s="33"/>
+      <c r="P26" s="55"/>
+      <c r="U26" s="46">
         <v>24</v>
       </c>
-      <c r="V26" s="49" t="s">
+      <c r="V26" s="47" t="s">
         <v>56</v>
       </c>
-      <c r="W26" s="51">
-        <f>VLOOKUP(U26,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W26" s="49">
+        <f>VLOOKUP(U26,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>23</v>
+      </c>
+      <c r="X26" s="42" t="str" cm="1">
+        <f t="array" ref="X26">INDEX(AO4:AO34,W26)</f>
+        <v>rd</v>
+      </c>
+      <c r="Z26" s="43" t="s">
         <v>24</v>
       </c>
-      <c r="X26" s="44" t="str" cm="1">
-[...6 lines deleted...]
-      <c r="AN26" s="44">
+      <c r="AN26" s="42">
         <v>23</v>
       </c>
-      <c r="AO26" s="44" t="s">
-        <v>114</v>
+      <c r="AO26" s="42" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D27" s="23"/>
-      <c r="E27" s="58" t="str">
+      <c r="E27" s="60" t="str">
         <f>CONCATENATE("Local house purchase prices rose from ",ROUND(W29,1)," times the average, local annual household income in 1996, to ",ROUND(W34,1)," times that average, by 2021 (diagram, right).")</f>
         <v>Local house purchase prices rose from 3.2 times the average, local annual household income in 1996, to 10.3 times that average, by 2021 (diagram, right).</v>
       </c>
-      <c r="F27" s="58"/>
-[...4 lines deleted...]
-      <c r="U27" s="48">
+      <c r="F27" s="60"/>
+      <c r="G27" s="60"/>
+      <c r="H27" s="60"/>
+      <c r="I27" s="60"/>
+      <c r="P27" s="55"/>
+      <c r="U27" s="46">
         <v>25</v>
       </c>
-      <c r="V27" s="48" t="s">
+      <c r="V27" s="46" t="s">
+        <v>107</v>
+      </c>
+      <c r="W27" s="49">
+        <f>VLOOKUP(U27,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>81.506075929827375</v>
+      </c>
+      <c r="Z27" s="43" t="s">
+        <v>25</v>
+      </c>
+      <c r="AN27" s="42">
+        <v>24</v>
+      </c>
+      <c r="AO27" s="42" t="s">
         <v>111</v>
-      </c>
-[...11 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="28" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D28" s="23"/>
-      <c r="E28" s="58"/>
-[...5 lines deleted...]
-      <c r="U28" s="48">
+      <c r="E28" s="60"/>
+      <c r="F28" s="60"/>
+      <c r="G28" s="60"/>
+      <c r="H28" s="60"/>
+      <c r="I28" s="60"/>
+      <c r="P28" s="55"/>
+      <c r="U28" s="46">
         <v>26</v>
       </c>
-      <c r="V28" s="50" t="s">
+      <c r="V28" s="48" t="s">
         <v>65</v>
       </c>
-      <c r="W28" s="51"/>
-      <c r="Z28" s="45" t="s">
+      <c r="W28" s="49"/>
+      <c r="Z28" s="43" t="s">
         <v>26</v>
       </c>
-      <c r="AN28" s="44">
+      <c r="AN28" s="42">
         <v>25</v>
       </c>
-      <c r="AO28" s="44" t="s">
-        <v>115</v>
+      <c r="AO28" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="29" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D29" s="23"/>
-      <c r="E29" s="58"/>
-[...5 lines deleted...]
-      <c r="U29" s="48">
+      <c r="E29" s="60"/>
+      <c r="F29" s="60"/>
+      <c r="G29" s="60"/>
+      <c r="H29" s="60"/>
+      <c r="I29" s="60"/>
+      <c r="P29" s="55"/>
+      <c r="U29" s="46">
         <v>27</v>
       </c>
-      <c r="V29" s="53">
+      <c r="V29" s="51">
         <v>1996</v>
       </c>
-      <c r="W29" s="51">
-        <f>VLOOKUP(U29,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W29" s="49">
+        <f>VLOOKUP(U29,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.1662445007332356</v>
       </c>
-      <c r="Z29" s="45" t="s">
+      <c r="Z29" s="43" t="s">
         <v>27</v>
       </c>
-      <c r="AN29" s="44">
+      <c r="AN29" s="42">
         <v>26</v>
       </c>
-      <c r="AO29" s="44" t="s">
-        <v>115</v>
+      <c r="AO29" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="30" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D30" s="23"/>
-      <c r="E30" s="58"/>
-[...5 lines deleted...]
-      <c r="U30" s="48">
+      <c r="E30" s="60"/>
+      <c r="F30" s="60"/>
+      <c r="G30" s="60"/>
+      <c r="H30" s="60"/>
+      <c r="I30" s="60"/>
+      <c r="P30" s="55"/>
+      <c r="U30" s="46">
         <v>28</v>
       </c>
-      <c r="V30" s="53">
+      <c r="V30" s="51">
         <v>2001</v>
       </c>
-      <c r="W30" s="51">
-        <f>VLOOKUP(U30,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W30" s="49">
+        <f>VLOOKUP(U30,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>4.1998231653404066</v>
       </c>
-      <c r="Z30" s="45" t="s">
+      <c r="Z30" s="43" t="s">
         <v>28</v>
       </c>
-      <c r="AN30" s="44">
+      <c r="AN30" s="42">
         <v>27</v>
       </c>
-      <c r="AO30" s="44" t="s">
-        <v>115</v>
+      <c r="AO30" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="31" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D31" s="23"/>
-      <c r="E31" s="58"/>
-[...5 lines deleted...]
-      <c r="U31" s="48">
+      <c r="E31" s="60"/>
+      <c r="F31" s="60"/>
+      <c r="G31" s="60"/>
+      <c r="H31" s="60"/>
+      <c r="I31" s="60"/>
+      <c r="P31" s="55"/>
+      <c r="U31" s="46">
         <v>29</v>
       </c>
-      <c r="V31" s="53">
+      <c r="V31" s="51">
         <v>2006</v>
       </c>
-      <c r="W31" s="51">
-        <f>VLOOKUP(U31,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W31" s="49">
+        <f>VLOOKUP(U31,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>6.51445433630089</v>
       </c>
-      <c r="Z31" s="45" t="s">
+      <c r="Z31" s="43" t="s">
         <v>29</v>
       </c>
-      <c r="AN31" s="44">
+      <c r="AN31" s="42">
         <v>28</v>
       </c>
-      <c r="AO31" s="44" t="s">
-        <v>115</v>
+      <c r="AO31" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="32" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D32" s="23"/>
-      <c r="P32" s="25"/>
-      <c r="U32" s="48">
+      <c r="P32" s="55"/>
+      <c r="U32" s="46">
         <v>30</v>
       </c>
-      <c r="V32" s="53">
+      <c r="V32" s="51">
         <v>2011</v>
       </c>
-      <c r="W32" s="51">
-        <f>VLOOKUP(U32,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W32" s="49">
+        <f>VLOOKUP(U32,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>6.8915725912312942</v>
       </c>
-      <c r="Z32" s="45" t="s">
+      <c r="Z32" s="43" t="s">
         <v>30</v>
       </c>
-      <c r="AN32" s="44">
+      <c r="AN32" s="42">
         <v>29</v>
       </c>
-      <c r="AO32" s="44" t="s">
-        <v>115</v>
+      <c r="AO32" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="33" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D33" s="23"/>
-      <c r="P33" s="25"/>
-      <c r="U33" s="48">
+      <c r="P33" s="55"/>
+      <c r="U33" s="46">
         <v>31</v>
       </c>
-      <c r="V33" s="53">
+      <c r="V33" s="51">
         <v>2016</v>
       </c>
-      <c r="W33" s="51">
-        <f>VLOOKUP(U33,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W33" s="49">
+        <f>VLOOKUP(U33,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>8.1747520771911013</v>
       </c>
-      <c r="Z33" s="45" t="s">
+      <c r="Z33" s="43" t="s">
         <v>31</v>
       </c>
-      <c r="AN33" s="44">
+      <c r="AN33" s="42">
         <v>30</v>
       </c>
-      <c r="AO33" s="44" t="s">
-        <v>115</v>
+      <c r="AO33" s="42" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="34" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D34" s="23"/>
-      <c r="P34" s="25"/>
-      <c r="U34" s="48">
+      <c r="P34" s="55"/>
+      <c r="U34" s="46">
         <v>32</v>
       </c>
-      <c r="V34" s="53">
+      <c r="V34" s="51">
         <v>2021</v>
       </c>
-      <c r="W34" s="51">
-        <f>VLOOKUP(U34,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W34" s="49">
+        <f>VLOOKUP(U34,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>10.323468685478321</v>
       </c>
-      <c r="Z34" s="45" t="s">
-[...2 lines deleted...]
-      <c r="AN34" s="44">
+      <c r="Z34" s="43" t="s">
+        <v>113</v>
+      </c>
+      <c r="AN34" s="42">
         <v>31</v>
       </c>
-      <c r="AO34" s="44" t="s">
-        <v>112</v>
+      <c r="AO34" s="42" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="35" spans="4:41" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D35" s="23"/>
-      <c r="E35" s="37" t="s">
-[...16 lines deleted...]
-      <c r="U35" s="48">
+      <c r="E35" s="35" t="s">
+        <v>112</v>
+      </c>
+      <c r="F35" s="36"/>
+      <c r="G35" s="36"/>
+      <c r="H35" s="36"/>
+      <c r="I35" s="36"/>
+      <c r="J35" s="36"/>
+      <c r="K35" s="66" t="str" cm="1">
+        <f t="array" ref="K35">CONCATENATE("The median rent for a two-bedroom flat in ",INDEX(Z3:Z34,I4)," was $",ROUND(W38,0)," in mid-2024, ranking it as the ",ROUND(W40,0),X40," highest in Melbourne, and reflecting a rise of ",ROUND(W39,0),"% in the past two decades (after inflation).")</f>
+        <v>The median rent for a two-bedroom flat in Greater Dandenong was $450 in mid-2024, ranking it as the 24th highest in Melbourne, and reflecting a rise of 82% in the past two decades (after inflation).</v>
+      </c>
+      <c r="L35" s="66"/>
+      <c r="M35" s="66"/>
+      <c r="N35" s="66"/>
+      <c r="O35" s="66"/>
+      <c r="P35" s="55"/>
+      <c r="U35" s="46">
         <v>33</v>
       </c>
-      <c r="V35" s="49" t="s">
+      <c r="V35" s="47" t="s">
         <v>57</v>
       </c>
-      <c r="W35" s="51">
-        <f>VLOOKUP(U35,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W35" s="49">
+        <f>VLOOKUP(U35,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>226.04774151483323</v>
       </c>
     </row>
     <row r="36" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D36" s="23"/>
-      <c r="E36" s="33"/>
-[...10 lines deleted...]
-      <c r="U36" s="48">
+      <c r="E36" s="31"/>
+      <c r="F36" s="31"/>
+      <c r="G36" s="31"/>
+      <c r="I36" s="30"/>
+      <c r="J36" s="34"/>
+      <c r="K36" s="60"/>
+      <c r="L36" s="60"/>
+      <c r="M36" s="60"/>
+      <c r="N36" s="60"/>
+      <c r="O36" s="60"/>
+      <c r="P36" s="55"/>
+      <c r="U36" s="46">
         <v>34</v>
       </c>
-      <c r="W36" s="51"/>
+      <c r="W36" s="49"/>
     </row>
     <row r="37" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D37" s="23"/>
-      <c r="E37" s="33"/>
-[...10 lines deleted...]
-      <c r="U37" s="48">
+      <c r="E37" s="31"/>
+      <c r="F37" s="31"/>
+      <c r="G37" s="31"/>
+      <c r="I37" s="34"/>
+      <c r="J37" s="34"/>
+      <c r="K37" s="60"/>
+      <c r="L37" s="60"/>
+      <c r="M37" s="60"/>
+      <c r="N37" s="60"/>
+      <c r="O37" s="60"/>
+      <c r="P37" s="55"/>
+      <c r="U37" s="46">
         <v>35</v>
       </c>
-      <c r="V37" s="50" t="s">
+      <c r="V37" s="48" t="s">
         <v>66</v>
       </c>
-      <c r="W37" s="51"/>
+      <c r="W37" s="49"/>
     </row>
     <row r="38" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D38" s="23"/>
-      <c r="J38" s="33"/>
-[...6 lines deleted...]
-      <c r="U38" s="48">
+      <c r="J38" s="31"/>
+      <c r="K38" s="60"/>
+      <c r="L38" s="60"/>
+      <c r="M38" s="60"/>
+      <c r="N38" s="60"/>
+      <c r="O38" s="60"/>
+      <c r="P38" s="55"/>
+      <c r="U38" s="46">
         <v>36</v>
       </c>
-      <c r="V38" s="53">
+      <c r="V38" s="51">
         <v>2022</v>
       </c>
-      <c r="W38" s="51">
-[...1 lines deleted...]
-        <v>340</v>
+      <c r="W38" s="49">
+        <f>VLOOKUP(U38,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D39" s="23"/>
-      <c r="J39" s="33"/>
-[...6 lines deleted...]
-      <c r="U39" s="48">
+      <c r="J39" s="31"/>
+      <c r="K39" s="60"/>
+      <c r="L39" s="60"/>
+      <c r="M39" s="60"/>
+      <c r="N39" s="60"/>
+      <c r="O39" s="60"/>
+      <c r="P39" s="55"/>
+      <c r="U39" s="46">
         <v>37</v>
       </c>
-      <c r="V39" s="53" t="s">
+      <c r="V39" s="51" t="s">
         <v>61</v>
       </c>
-      <c r="W39" s="51">
-[...1 lines deleted...]
-        <v>54.020159399906234</v>
+      <c r="W39" s="49">
+        <f>VLOOKUP(U39,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>82.305162447677887</v>
       </c>
     </row>
     <row r="40" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D40" s="23"/>
-      <c r="J40" s="33"/>
-[...6 lines deleted...]
-      <c r="U40" s="48">
+      <c r="J40" s="31"/>
+      <c r="K40" s="60"/>
+      <c r="L40" s="60"/>
+      <c r="M40" s="60"/>
+      <c r="N40" s="60"/>
+      <c r="O40" s="60"/>
+      <c r="P40" s="55"/>
+      <c r="U40" s="46">
         <v>38</v>
       </c>
-      <c r="V40" s="48" t="s">
+      <c r="V40" s="46" t="s">
         <v>59</v>
       </c>
-      <c r="W40" s="51">
-[...3 lines deleted...]
-      <c r="X40" s="44" t="str" cm="1">
+      <c r="W40" s="49">
+        <f>VLOOKUP(U40,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>24</v>
+      </c>
+      <c r="X40" s="42" t="str" cm="1">
         <f t="array" ref="X40">INDEX(AO4:AO34,W40)</f>
         <v>th</v>
       </c>
     </row>
     <row r="41" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D41" s="23"/>
-      <c r="J41" s="33"/>
-[...1 lines deleted...]
-      <c r="U41" s="48">
+      <c r="J41" s="31"/>
+      <c r="P41" s="55"/>
+      <c r="U41" s="46">
         <v>39</v>
       </c>
-      <c r="W41" s="51"/>
+      <c r="W41" s="49"/>
     </row>
     <row r="42" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D42" s="23"/>
-      <c r="K42" s="58" t="str" cm="1">
-[...8 lines deleted...]
-      <c r="U42" s="48">
+      <c r="K42" s="60" t="str" cm="1">
+        <f t="array" ref="K42">CONCATENATE("The proportion of two-bedroom rental units that were affordable to a family on Centrelink payments in ",INDEX(Z3:Z34,I4)," declined from its 20-year peak of ",ROUND(Z43,1),"% in ",Z44,", to ",ROUND(W67,1),"% by 2024 (diagram, left).")</f>
+        <v>The proportion of two-bedroom rental units that were affordable to a family on Centrelink payments in Greater Dandenong declined from its 20-year peak of 82.9% in 2003, to 4.2% by 2024 (diagram, left).</v>
+      </c>
+      <c r="L42" s="60"/>
+      <c r="M42" s="60"/>
+      <c r="N42" s="60"/>
+      <c r="O42" s="60"/>
+      <c r="P42" s="55"/>
+      <c r="U42" s="46">
         <v>40</v>
       </c>
-      <c r="V42" s="50" t="s">
+      <c r="V42" s="48" t="s">
         <v>87</v>
       </c>
-      <c r="W42" s="51"/>
+      <c r="W42" s="49"/>
     </row>
     <row r="43" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D43" s="23"/>
-      <c r="K43" s="58"/>
-[...5 lines deleted...]
-      <c r="U43" s="48">
+      <c r="K43" s="60"/>
+      <c r="L43" s="60"/>
+      <c r="M43" s="60"/>
+      <c r="N43" s="60"/>
+      <c r="O43" s="60"/>
+      <c r="P43" s="55"/>
+      <c r="U43" s="46">
         <v>41</v>
       </c>
-      <c r="V43" s="54">
+      <c r="V43" s="52">
         <v>2000</v>
       </c>
-      <c r="W43" s="51">
-        <f>VLOOKUP(U43,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W43" s="49">
+        <f>VLOOKUP(U43,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>45</v>
       </c>
-      <c r="Z43" s="55">
-        <f>MAX(W43:W64)</f>
+      <c r="Z43" s="53">
+        <f>MAX(W43:W67)</f>
         <v>82.899999999999991</v>
       </c>
-      <c r="AA43" s="44">
-        <f>MATCH(Z43,W43:W64,0)</f>
+      <c r="AA43" s="42">
+        <f>MATCH(Z43,W43:W67,0)</f>
         <v>4</v>
       </c>
     </row>
     <row r="44" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D44" s="23"/>
-      <c r="K44" s="58"/>
-[...5 lines deleted...]
-      <c r="U44" s="48">
+      <c r="K44" s="60"/>
+      <c r="L44" s="60"/>
+      <c r="M44" s="60"/>
+      <c r="N44" s="60"/>
+      <c r="O44" s="60"/>
+      <c r="P44" s="55"/>
+      <c r="U44" s="46">
         <v>42</v>
       </c>
-      <c r="V44" s="54">
+      <c r="V44" s="52">
         <v>2001</v>
       </c>
-      <c r="W44" s="51">
-        <f>VLOOKUP(U44,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W44" s="49">
+        <f>VLOOKUP(U44,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>61.6</v>
       </c>
-      <c r="Z44" s="44" cm="1">
-        <f t="array" ref="Z44">INDEX(V43:V64,AA43)</f>
+      <c r="Z44" s="42" cm="1">
+        <f t="array" ref="Z44">INDEX(V43:V67,AA43)</f>
         <v>2003</v>
       </c>
     </row>
     <row r="45" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D45" s="23"/>
-      <c r="K45" s="58"/>
-[...5 lines deleted...]
-      <c r="U45" s="48">
+      <c r="K45" s="60"/>
+      <c r="L45" s="60"/>
+      <c r="M45" s="60"/>
+      <c r="N45" s="60"/>
+      <c r="O45" s="60"/>
+      <c r="P45" s="55"/>
+      <c r="U45" s="46">
         <v>43</v>
       </c>
-      <c r="V45" s="54">
+      <c r="V45" s="52">
         <v>2002</v>
       </c>
-      <c r="W45" s="51">
-        <f>VLOOKUP(U45,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W45" s="49">
+        <f>VLOOKUP(U45,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>80.300000000000011</v>
       </c>
     </row>
     <row r="46" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D46" s="23"/>
-      <c r="K46" s="58"/>
-[...5 lines deleted...]
-      <c r="U46" s="48">
+      <c r="K46" s="60"/>
+      <c r="L46" s="60"/>
+      <c r="M46" s="60"/>
+      <c r="N46" s="60"/>
+      <c r="O46" s="60"/>
+      <c r="P46" s="55"/>
+      <c r="U46" s="46">
         <v>44</v>
       </c>
-      <c r="V46" s="54">
+      <c r="V46" s="52">
         <v>2003</v>
       </c>
-      <c r="W46" s="51">
-        <f>VLOOKUP(U46,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W46" s="49">
+        <f>VLOOKUP(U46,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>82.899999999999991</v>
       </c>
     </row>
     <row r="47" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D47" s="23"/>
-      <c r="K47" s="58"/>
-[...5 lines deleted...]
-      <c r="U47" s="48">
+      <c r="K47" s="60"/>
+      <c r="L47" s="60"/>
+      <c r="M47" s="60"/>
+      <c r="N47" s="60"/>
+      <c r="O47" s="60"/>
+      <c r="P47" s="55"/>
+      <c r="U47" s="46">
         <v>45</v>
       </c>
-      <c r="V47" s="54">
+      <c r="V47" s="52">
         <v>2004</v>
       </c>
-      <c r="W47" s="51">
-        <f>VLOOKUP(U47,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W47" s="49">
+        <f>VLOOKUP(U47,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>80.7</v>
       </c>
     </row>
     <row r="48" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D48" s="23"/>
-      <c r="P48" s="25"/>
-      <c r="U48" s="48">
+      <c r="P48" s="55"/>
+      <c r="U48" s="46">
         <v>46</v>
       </c>
-      <c r="V48" s="54">
+      <c r="V48" s="52">
         <v>2005</v>
       </c>
-      <c r="W48" s="51">
-        <f>VLOOKUP(U48,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W48" s="49">
+        <f>VLOOKUP(U48,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>80</v>
       </c>
     </row>
     <row r="49" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D49" s="23"/>
-      <c r="P49" s="25"/>
-      <c r="U49" s="48">
+      <c r="P49" s="55"/>
+      <c r="U49" s="46">
         <v>47</v>
       </c>
-      <c r="V49" s="54">
+      <c r="V49" s="52">
         <v>2006</v>
       </c>
-      <c r="W49" s="51">
-        <f>VLOOKUP(U49,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W49" s="49">
+        <f>VLOOKUP(U49,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>78.7</v>
       </c>
     </row>
     <row r="50" spans="4:23" ht="23.5" x14ac:dyDescent="0.55000000000000004">
       <c r="D50" s="23"/>
-      <c r="E50" s="37" t="s">
+      <c r="E50" s="35" t="s">
         <v>91</v>
       </c>
-      <c r="F50" s="38"/>
-[...10 lines deleted...]
-      <c r="U50" s="48">
+      <c r="F50" s="36"/>
+      <c r="G50" s="36"/>
+      <c r="H50" s="36"/>
+      <c r="I50" s="36"/>
+      <c r="J50" s="36"/>
+      <c r="K50" s="36"/>
+      <c r="L50" s="36"/>
+      <c r="M50" s="36"/>
+      <c r="N50" s="36"/>
+      <c r="O50" s="36"/>
+      <c r="P50" s="55"/>
+      <c r="U50" s="46">
         <v>48</v>
       </c>
-      <c r="V50" s="54">
+      <c r="V50" s="52">
         <v>2007</v>
       </c>
-      <c r="W50" s="51">
-        <f>VLOOKUP(U50,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W50" s="49">
+        <f>VLOOKUP(U50,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>64.099999999999994</v>
       </c>
     </row>
     <row r="51" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D51" s="23"/>
-      <c r="E51" s="58" t="str" cm="1">
-        <f t="array" ref="E51">CONCATENATE("In 2021, ",ROUND(W70,0)," residents of ",INDEX(Z3:Z34,I4)," were homeless, representing a ",Z68," of ",ABS(ROUND(W72,0))," in the previous decade, and a rate of ",ROUND(W71,1)," homeless persons per 1,000 residents.")</f>
+      <c r="E51" s="60" t="str" cm="1">
+        <f t="array" ref="E51">CONCATENATE("In 2021, ",ROUND(W76,0)," residents of ",INDEX(Z3:Z34,I4)," were homeless, representing a ",Z74," of ",ABS(ROUND(W78,0))," in the previous decade, and a rate of ",ROUND(W77,1)," homeless persons per 1,000 residents.")</f>
         <v>In 2021, 2366 residents of Greater Dandenong were homeless, representing a rise of 851 in the previous decade, and a rate of 15 homeless persons per 1,000 residents.</v>
       </c>
-      <c r="F51" s="58"/>
-[...7 lines deleted...]
-      <c r="U51" s="48">
+      <c r="F51" s="60"/>
+      <c r="G51" s="60"/>
+      <c r="H51" s="60"/>
+      <c r="I51" s="60"/>
+      <c r="J51" s="29"/>
+      <c r="K51" s="29"/>
+      <c r="M51" s="32"/>
+      <c r="P51" s="55"/>
+      <c r="U51" s="46">
         <v>49</v>
       </c>
-      <c r="V51" s="54">
+      <c r="V51" s="52">
         <v>2008</v>
       </c>
-      <c r="W51" s="51">
-        <f>VLOOKUP(U51,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W51" s="49">
+        <f>VLOOKUP(U51,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>33.300000000000004</v>
       </c>
     </row>
     <row r="52" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D52" s="23"/>
-      <c r="E52" s="58"/>
-[...9 lines deleted...]
-      <c r="U52" s="48">
+      <c r="E52" s="60"/>
+      <c r="F52" s="60"/>
+      <c r="G52" s="60"/>
+      <c r="H52" s="60"/>
+      <c r="I52" s="60"/>
+      <c r="J52" s="29"/>
+      <c r="K52" s="29"/>
+      <c r="M52" s="32"/>
+      <c r="N52" s="37"/>
+      <c r="P52" s="55"/>
+      <c r="U52" s="46">
         <v>50</v>
       </c>
-      <c r="V52" s="54">
+      <c r="V52" s="52">
         <v>2009</v>
       </c>
-      <c r="W52" s="51">
-        <f>VLOOKUP(U52,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W52" s="49">
+        <f>VLOOKUP(U52,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>22.6</v>
       </c>
     </row>
     <row r="53" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D53" s="23"/>
-      <c r="E53" s="58"/>
-[...8 lines deleted...]
-      <c r="U53" s="48">
+      <c r="E53" s="60"/>
+      <c r="F53" s="60"/>
+      <c r="G53" s="60"/>
+      <c r="H53" s="60"/>
+      <c r="I53" s="60"/>
+      <c r="J53" s="29"/>
+      <c r="K53" s="29"/>
+      <c r="M53" s="26"/>
+      <c r="P53" s="55"/>
+      <c r="U53" s="46">
         <v>51</v>
       </c>
-      <c r="V53" s="54">
+      <c r="V53" s="52">
         <v>2010</v>
       </c>
-      <c r="W53" s="51">
-        <f>VLOOKUP(U53,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W53" s="49">
+        <f>VLOOKUP(U53,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>9</v>
       </c>
     </row>
     <row r="54" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D54" s="23"/>
-      <c r="E54" s="58"/>
-[...6 lines deleted...]
-      <c r="U54" s="48">
+      <c r="E54" s="60"/>
+      <c r="F54" s="60"/>
+      <c r="G54" s="60"/>
+      <c r="H54" s="60"/>
+      <c r="I54" s="60"/>
+      <c r="J54" s="29"/>
+      <c r="P54" s="55"/>
+      <c r="U54" s="46">
         <v>52</v>
       </c>
-      <c r="V54" s="54">
+      <c r="V54" s="52">
         <v>2011</v>
       </c>
-      <c r="W54" s="51">
-        <f>VLOOKUP(U54,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W54" s="49">
+        <f>VLOOKUP(U54,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>4.8</v>
       </c>
     </row>
     <row r="55" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D55" s="23"/>
-      <c r="E55" s="58"/>
-[...5 lines deleted...]
-      <c r="U55" s="48">
+      <c r="E55" s="60"/>
+      <c r="F55" s="60"/>
+      <c r="G55" s="60"/>
+      <c r="H55" s="60"/>
+      <c r="I55" s="60"/>
+      <c r="P55" s="55"/>
+      <c r="U55" s="46">
         <v>53</v>
       </c>
-      <c r="V55" s="54">
+      <c r="V55" s="52">
         <v>2012</v>
       </c>
-      <c r="W55" s="51">
-        <f>VLOOKUP(U55,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W55" s="49">
+        <f>VLOOKUP(U55,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>4.8</v>
       </c>
     </row>
     <row r="56" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D56" s="23"/>
-      <c r="P56" s="25"/>
-      <c r="U56" s="48">
+      <c r="P56" s="55"/>
+      <c r="U56" s="46">
         <v>54</v>
       </c>
-      <c r="V56" s="54">
+      <c r="V56" s="52">
         <v>2013</v>
       </c>
-      <c r="W56" s="51">
-        <f>VLOOKUP(U56,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W56" s="49">
+        <f>VLOOKUP(U56,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>10.9</v>
       </c>
     </row>
     <row r="57" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D57" s="23"/>
-      <c r="P57" s="25"/>
-      <c r="U57" s="48">
+      <c r="P57" s="55"/>
+      <c r="U57" s="46">
         <v>55</v>
       </c>
-      <c r="V57" s="54">
+      <c r="V57" s="52">
         <v>2014</v>
       </c>
-      <c r="W57" s="51">
-        <f>VLOOKUP(U57,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W57" s="49">
+        <f>VLOOKUP(U57,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>7.8</v>
       </c>
     </row>
     <row r="58" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D58" s="23"/>
-      <c r="E58" s="57" t="str">
-        <f>CONCATENATE("Such housing circumstances include boading houses, supported accommodation and severely crowded dwellings, which together account for about ",ROUND(X75,0),"% of local homelessness")</f>
+      <c r="E58" s="59" t="str">
+        <f>CONCATENATE("Such housing circumstances include boading houses, supported accommodation and severely crowded dwellings, which together account for about ",ROUND(X81,0),"% of local homelessness")</f>
         <v>Such housing circumstances include boading houses, supported accommodation and severely crowded dwellings, which together account for about 94% of local homelessness</v>
       </c>
-      <c r="F58" s="57"/>
-[...4 lines deleted...]
-      <c r="U58" s="48">
+      <c r="F58" s="59"/>
+      <c r="G58" s="59"/>
+      <c r="H58" s="59"/>
+      <c r="I58" s="59"/>
+      <c r="P58" s="55"/>
+      <c r="U58" s="46">
         <v>56</v>
       </c>
-      <c r="V58" s="54">
+      <c r="V58" s="52">
         <v>2015</v>
       </c>
-      <c r="W58" s="51">
-        <f>VLOOKUP(U58,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W58" s="49">
+        <f>VLOOKUP(U58,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>10.7</v>
       </c>
     </row>
     <row r="59" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D59" s="23"/>
-      <c r="E59" s="57"/>
-[...5 lines deleted...]
-      <c r="U59" s="48">
+      <c r="E59" s="59"/>
+      <c r="F59" s="59"/>
+      <c r="G59" s="59"/>
+      <c r="H59" s="59"/>
+      <c r="I59" s="59"/>
+      <c r="P59" s="55"/>
+      <c r="U59" s="46">
         <v>57</v>
       </c>
-      <c r="V59" s="54">
+      <c r="V59" s="52">
         <v>2016</v>
       </c>
-      <c r="W59" s="51">
-        <f>VLOOKUP(U59,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W59" s="49">
+        <f>VLOOKUP(U59,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D60" s="23"/>
-      <c r="E60" s="57"/>
-[...5 lines deleted...]
-      <c r="U60" s="48">
+      <c r="E60" s="59"/>
+      <c r="F60" s="59"/>
+      <c r="G60" s="59"/>
+      <c r="H60" s="59"/>
+      <c r="I60" s="59"/>
+      <c r="P60" s="55"/>
+      <c r="U60" s="46">
         <v>58</v>
       </c>
-      <c r="V60" s="54">
+      <c r="V60" s="52">
         <v>2017</v>
       </c>
-      <c r="W60" s="51">
-        <f>VLOOKUP(U60,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W60" s="49">
+        <f>VLOOKUP(U60,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>12.5</v>
       </c>
     </row>
     <row r="61" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D61" s="23"/>
-      <c r="E61" s="57"/>
-[...5 lines deleted...]
-      <c r="U61" s="48">
+      <c r="E61" s="59"/>
+      <c r="F61" s="59"/>
+      <c r="G61" s="59"/>
+      <c r="H61" s="59"/>
+      <c r="I61" s="59"/>
+      <c r="P61" s="55"/>
+      <c r="U61" s="46">
         <v>59</v>
       </c>
-      <c r="V61" s="54">
+      <c r="V61" s="52">
         <v>2018</v>
       </c>
-      <c r="W61" s="51">
-        <f>VLOOKUP(U61,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W61" s="49">
+        <f>VLOOKUP(U61,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>8.6999999999999993</v>
       </c>
     </row>
     <row r="62" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D62" s="23"/>
-      <c r="E62" s="57"/>
-[...5 lines deleted...]
-      <c r="U62" s="48">
+      <c r="E62" s="59"/>
+      <c r="F62" s="59"/>
+      <c r="G62" s="59"/>
+      <c r="H62" s="59"/>
+      <c r="I62" s="59"/>
+      <c r="P62" s="55"/>
+      <c r="U62" s="46">
         <v>60</v>
       </c>
-      <c r="V62" s="54">
+      <c r="V62" s="52">
         <v>2019</v>
       </c>
-      <c r="W62" s="51">
-        <f>VLOOKUP(U62,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W62" s="49">
+        <f>VLOOKUP(U62,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>4.1000000000000005</v>
       </c>
     </row>
     <row r="63" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D63" s="23"/>
-      <c r="E63" s="57"/>
-[...5 lines deleted...]
-      <c r="U63" s="48">
+      <c r="E63" s="59"/>
+      <c r="F63" s="59"/>
+      <c r="G63" s="59"/>
+      <c r="H63" s="59"/>
+      <c r="I63" s="59"/>
+      <c r="P63" s="55"/>
+      <c r="U63" s="46">
         <v>61</v>
       </c>
-      <c r="V63" s="54">
+      <c r="V63" s="52">
         <v>2020</v>
       </c>
-      <c r="W63" s="51">
-        <f>VLOOKUP(U63,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W63" s="49">
+        <f>VLOOKUP(U63,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>8.4</v>
       </c>
     </row>
     <row r="64" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D64" s="29"/>
-[...12 lines deleted...]
-      <c r="U64" s="48">
+      <c r="D64" s="28"/>
+      <c r="E64" s="38"/>
+      <c r="F64" s="38"/>
+      <c r="G64" s="38"/>
+      <c r="H64" s="38"/>
+      <c r="I64" s="38"/>
+      <c r="J64" s="38"/>
+      <c r="K64" s="38"/>
+      <c r="L64" s="38"/>
+      <c r="M64" s="38"/>
+      <c r="N64" s="38"/>
+      <c r="O64" s="38"/>
+      <c r="P64" s="56"/>
+      <c r="U64" s="46">
         <v>62</v>
       </c>
-      <c r="V64" s="54">
+      <c r="V64" s="52">
         <v>2021</v>
       </c>
-      <c r="W64" s="51">
-        <f>VLOOKUP(U64,Data!$A$5:$AH$83,Front!$I$4+2)*100</f>
+      <c r="W64" s="49">
+        <f>VLOOKUP(U64,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
         <v>8.3000000000000007</v>
       </c>
     </row>
     <row r="65" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U65" s="48">
+      <c r="U65" s="46">
         <v>63</v>
       </c>
-      <c r="W65" s="51"/>
+      <c r="V65" s="52">
+        <v>2022</v>
+      </c>
+      <c r="W65" s="49">
+        <f>VLOOKUP(U65,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+        <v>9.4</v>
+      </c>
     </row>
     <row r="66" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U66" s="48">
+      <c r="U66" s="46">
         <v>64</v>
       </c>
-      <c r="W66" s="51"/>
+      <c r="V66" s="52">
+        <v>2023</v>
+      </c>
+      <c r="W66" s="49">
+        <f>VLOOKUP(U66,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+        <v>6.2</v>
+      </c>
     </row>
     <row r="67" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U67" s="48">
+      <c r="U67" s="46">
         <v>65</v>
       </c>
-      <c r="V67" s="50" t="s">
+      <c r="V67" s="52">
+        <v>2024</v>
+      </c>
+      <c r="W67" s="49">
+        <f>VLOOKUP(U67,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+        <v>4.2</v>
+      </c>
+    </row>
+    <row r="68" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U68" s="46">
+        <v>66</v>
+      </c>
+      <c r="V68" s="52">
+        <v>2025</v>
+      </c>
+      <c r="W68" s="49">
+        <f>VLOOKUP(U68,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U69" s="46">
+        <v>67</v>
+      </c>
+      <c r="V69" s="52">
+        <v>2026</v>
+      </c>
+      <c r="W69" s="49">
+        <f>VLOOKUP(U69,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U70" s="46">
+        <v>68</v>
+      </c>
+      <c r="V70" s="52">
+        <v>2027</v>
+      </c>
+      <c r="W70" s="49">
+        <f>VLOOKUP(U70,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U71" s="46">
+        <v>69</v>
+      </c>
+      <c r="V71" s="52">
+        <v>2028</v>
+      </c>
+      <c r="W71" s="49">
+        <f>VLOOKUP(U71,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U72" s="46">
+        <v>70</v>
+      </c>
+      <c r="W72" s="49"/>
+    </row>
+    <row r="73" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U73" s="46">
+        <v>71</v>
+      </c>
+      <c r="V73" s="48" t="s">
         <v>91</v>
       </c>
-      <c r="W67" s="51"/>
-[...5 lines deleted...]
-      <c r="V68" s="54">
+      <c r="W73" s="49"/>
+    </row>
+    <row r="74" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U74" s="46">
+        <v>72</v>
+      </c>
+      <c r="V74" s="52">
         <v>2011</v>
       </c>
-      <c r="W68" s="51">
-        <f>VLOOKUP(U68,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W74" s="49">
+        <f>VLOOKUP(U74,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1515</v>
       </c>
-      <c r="Z68" s="44" t="str">
-        <f>IF(W70&gt;W68,"rise","decline")</f>
+      <c r="Z74" s="42" t="str">
+        <f>IF(W76&gt;W74,"rise","decline")</f>
         <v>rise</v>
       </c>
     </row>
-    <row r="69" spans="21:26" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V69" s="54">
+    <row r="75" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U75" s="46">
+        <v>73</v>
+      </c>
+      <c r="V75" s="52">
         <v>2016</v>
       </c>
-      <c r="W69" s="51">
-        <f>VLOOKUP(U69,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W75" s="49">
+        <f>VLOOKUP(U75,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1942</v>
       </c>
     </row>
-    <row r="70" spans="21:26" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V70" s="54">
+    <row r="76" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U76" s="46">
+        <v>74</v>
+      </c>
+      <c r="V76" s="52">
         <v>2021</v>
       </c>
-      <c r="W70" s="51">
-        <f>VLOOKUP(U70,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W76" s="49">
+        <f>VLOOKUP(U76,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>2366</v>
       </c>
     </row>
-    <row r="71" spans="21:26" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V71" s="56" t="s">
+    <row r="77" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U77" s="46">
+        <v>75</v>
+      </c>
+      <c r="V77" s="54" t="s">
         <v>89</v>
       </c>
-      <c r="W71" s="51">
-        <f>VLOOKUP(U71,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W77" s="49">
+        <f>VLOOKUP(U77,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>14.955090482722003</v>
       </c>
     </row>
-    <row r="72" spans="21:26" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V72" s="54" t="s">
+    <row r="78" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U78" s="46">
+        <v>76</v>
+      </c>
+      <c r="V78" s="52" t="s">
         <v>90</v>
       </c>
-      <c r="W72" s="51">
-        <f>VLOOKUP(U72,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W78" s="49">
+        <f>VLOOKUP(U78,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>851</v>
       </c>
     </row>
-    <row r="73" spans="21:26" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="V74" s="50" t="s">
+    <row r="79" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U79" s="46">
+        <v>77</v>
+      </c>
+      <c r="W79" s="49"/>
+    </row>
+    <row r="80" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U80" s="46">
+        <v>78</v>
+      </c>
+      <c r="V80" s="48" t="s">
         <v>99</v>
       </c>
-      <c r="W74" s="51"/>
-[...9 lines deleted...]
-        <f>VLOOKUP(U75,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W80" s="49"/>
+    </row>
+    <row r="81" spans="21:24" x14ac:dyDescent="0.35">
+      <c r="U81" s="46">
+        <v>79</v>
+      </c>
+      <c r="V81" s="46" t="s">
+        <v>102</v>
+      </c>
+      <c r="W81" s="49">
+        <f>VLOOKUP(U81,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.92983939137785288</v>
       </c>
-      <c r="X75" s="47">
-        <f>SUM(W76,W78,W80)</f>
+      <c r="X81" s="45">
+        <f>SUM(W82,W84,W86)</f>
         <v>93.702451394759095</v>
       </c>
     </row>
-    <row r="76" spans="21:26" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-        <f>VLOOKUP(U76,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+    <row r="82" spans="21:24" x14ac:dyDescent="0.35">
+      <c r="U82" s="46">
+        <v>80</v>
+      </c>
+      <c r="V82" s="46" t="s">
+        <v>122</v>
+      </c>
+      <c r="W82" s="49">
+        <f>VLOOKUP(U82,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>16.145393068469989</v>
       </c>
     </row>
-    <row r="77" spans="21:26" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V77" s="48" t="s">
+    <row r="83" spans="21:24" x14ac:dyDescent="0.35">
+      <c r="U83" s="46">
+        <v>81</v>
+      </c>
+      <c r="V83" s="46" t="s">
         <v>94</v>
       </c>
-      <c r="W77" s="51">
-        <f>VLOOKUP(U77,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W83" s="49">
+        <f>VLOOKUP(U83,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1.9019442096365173</v>
       </c>
     </row>
-    <row r="78" spans="21:26" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V78" s="48" t="s">
+    <row r="84" spans="21:24" x14ac:dyDescent="0.35">
+      <c r="U84" s="46">
+        <v>82</v>
+      </c>
+      <c r="V84" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="W78" s="51">
-        <f>VLOOKUP(U78,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W84" s="49">
+        <f>VLOOKUP(U84,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>30.600169061707522</v>
       </c>
     </row>
-    <row r="79" spans="21:26" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-        <f>VLOOKUP(U79,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+    <row r="85" spans="21:24" x14ac:dyDescent="0.35">
+      <c r="U85" s="46">
+        <v>83</v>
+      </c>
+      <c r="V85" s="46" t="s">
+        <v>123</v>
+      </c>
+      <c r="W85" s="49">
+        <f>VLOOKUP(U85,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.6770921386305999</v>
       </c>
     </row>
-    <row r="80" spans="21:26" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V80" s="48" t="s">
+    <row r="86" spans="21:24" x14ac:dyDescent="0.35">
+      <c r="U86" s="46">
+        <v>84</v>
+      </c>
+      <c r="V86" s="46" t="s">
         <v>97</v>
       </c>
-      <c r="W80" s="51">
-        <f>VLOOKUP(U80,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W86" s="49">
+        <f>VLOOKUP(U86,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>46.956889264581577</v>
       </c>
     </row>
-    <row r="81" spans="21:23" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="V81" s="48" t="s">
+    <row r="87" spans="21:24" x14ac:dyDescent="0.35">
+      <c r="U87" s="46">
+        <v>85</v>
+      </c>
+      <c r="V87" s="46" t="s">
         <v>98</v>
       </c>
-      <c r="W81" s="51">
-        <f>VLOOKUP(U81,Data!$A$5:$AH$83,Front!$I$4+2)</f>
+      <c r="W87" s="49">
+        <f>VLOOKUP(U87,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="12">
     <mergeCell ref="E58:I63"/>
     <mergeCell ref="E51:I55"/>
     <mergeCell ref="D3:P3"/>
     <mergeCell ref="K4:O4"/>
     <mergeCell ref="K14:O19"/>
     <mergeCell ref="K42:O47"/>
     <mergeCell ref="K35:O40"/>
     <mergeCell ref="K11:O13"/>
     <mergeCell ref="K7:M10"/>
     <mergeCell ref="E21:I25"/>
     <mergeCell ref="E6:J6"/>
     <mergeCell ref="E27:I31"/>
   </mergeCells>
-  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="86" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.78740157480314965" right="0.39370078740157483" top="1.1811023622047245" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="4097" r:id="rId4" name="Drop Down 1">
               <controlPr defaultSize="0" print="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>6350</xdr:colOff>
                     <xdr:row>2</xdr:row>
                     <xdr:rowOff>431800</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>742950</xdr:colOff>
                     <xdr:row>3</xdr:row>
                     <xdr:rowOff>215900</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
@@ -16749,78 +17394,78 @@
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10890131</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024 Infographic Housing</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-04-30T05:38:21Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2024-04-30T05:43:25Z</value>
+      <value order="0">2025-10-20T08:45:30Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-05-08T22:05:54Z</value>
+      <value order="0">2025-10-20T08:45:30Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA13790453</value>
+      <value order="0">vA15764146</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">2.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">1</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">First version</value>
+      <value order="0">Updated information</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
@@ -16892,78 +17537,78 @@
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10890131</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024 Infographic Housing</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-04-30T05:38:21Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2024-04-30T05:43:25Z</vt:filetime>
+    <vt:filetime>2025-10-20T08:45:30Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2024-05-08T22:05:54Z</vt:filetime>
+    <vt:filetime>2025-10-20T08:45:30Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA13790453</vt:lpwstr>
+    <vt:lpwstr>vA15764146</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>1</vt:r8>
+    <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>First version</vt:lpwstr>
+    <vt:lpwstr>Updated information</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>