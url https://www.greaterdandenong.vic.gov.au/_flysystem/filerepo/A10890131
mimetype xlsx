--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -16,51 +16,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rcdc3c52b6af44127" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1b1c149181734112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{DC3A1F34-B246-4C0D-8985-EA0041D128CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="2" activeTab="2" xr2:uid="{76C9F7DE-96FA-43D9-A847-8215FD81F682}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Assemble" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Front" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Front!$D$3:$P$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -1412,51 +1412,51 @@
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF990000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rfc7f1fc846af4621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rbc21e88dd5b34c92" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">