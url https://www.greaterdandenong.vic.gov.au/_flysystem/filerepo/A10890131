--- v2 (2025-11-18)
+++ v3 (2025-12-15)
@@ -16,135 +16,158 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1b1c149181734112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc2dfcb9d24df4d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DC3A1F34-B246-4C0D-8985-EA0041D128CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A73902E8-A0B5-440A-84FC-914013076ED0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="2" activeTab="2" xr2:uid="{76C9F7DE-96FA-43D9-A847-8215FD81F682}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Assemble" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Front" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Front!$D$3:$P$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="W44" i="4" l="1"/>
+  <c r="W45" i="4"/>
+  <c r="W46" i="4"/>
+  <c r="W47" i="4"/>
+  <c r="W48" i="4"/>
+  <c r="W49" i="4"/>
+  <c r="W50" i="4"/>
+  <c r="W51" i="4"/>
+  <c r="W52" i="4"/>
+  <c r="W53" i="4"/>
+  <c r="W54" i="4"/>
+  <c r="W55" i="4"/>
+  <c r="W56" i="4"/>
+  <c r="W57" i="4"/>
+  <c r="W58" i="4"/>
+  <c r="W59" i="4"/>
+  <c r="W60" i="4"/>
+  <c r="W61" i="4"/>
+  <c r="W62" i="4"/>
+  <c r="W63" i="4"/>
+  <c r="W64" i="4"/>
+  <c r="W65" i="4"/>
+  <c r="W66" i="4"/>
+  <c r="W67" i="4"/>
+  <c r="W68" i="4"/>
+  <c r="W69" i="4"/>
+  <c r="W70" i="4"/>
+  <c r="W71" i="4"/>
+  <c r="W43" i="4"/>
+  <c r="C42" i="1"/>
+  <c r="W38" i="4" l="1"/>
   <c r="D42" i="1" l="1"/>
   <c r="E42" i="1"/>
   <c r="F42" i="1"/>
   <c r="G42" i="1"/>
   <c r="H42" i="1"/>
   <c r="I42" i="1"/>
   <c r="J42" i="1"/>
   <c r="K42" i="1"/>
   <c r="L42" i="1"/>
   <c r="W40" i="4" s="1"/>
   <c r="X40" i="4" s="1" a="1"/>
   <c r="X40" i="4" s="1"/>
   <c r="M42" i="1"/>
   <c r="N42" i="1"/>
   <c r="O42" i="1"/>
   <c r="P42" i="1"/>
   <c r="Q42" i="1"/>
   <c r="R42" i="1"/>
   <c r="S42" i="1"/>
   <c r="T42" i="1"/>
   <c r="U42" i="1"/>
   <c r="V42" i="1"/>
   <c r="W42" i="1"/>
   <c r="X42" i="1"/>
   <c r="Y42" i="1"/>
   <c r="Z42" i="1"/>
   <c r="AA42" i="1"/>
   <c r="AB42" i="1"/>
   <c r="AC42" i="1"/>
   <c r="AD42" i="1"/>
   <c r="AE42" i="1"/>
   <c r="AF42" i="1"/>
   <c r="AG42" i="1"/>
-  <c r="C42" i="1"/>
-[...6 lines deleted...]
-  <c r="W71" i="4"/>
   <c r="W78" i="4"/>
   <c r="W82" i="4"/>
   <c r="W83" i="4"/>
   <c r="W84" i="4"/>
   <c r="W85" i="4"/>
   <c r="W86" i="4"/>
   <c r="W87" i="4"/>
   <c r="W81" i="4"/>
   <c r="W74" i="4"/>
   <c r="W75" i="4"/>
   <c r="W76" i="4"/>
   <c r="W77" i="4"/>
   <c r="L28" i="1"/>
   <c r="D28" i="1"/>
   <c r="E28" i="1"/>
   <c r="F28" i="1"/>
   <c r="G28" i="1"/>
   <c r="H28" i="1"/>
   <c r="I28" i="1"/>
   <c r="J28" i="1"/>
   <c r="K28" i="1"/>
   <c r="M28" i="1"/>
   <c r="N28" i="1"/>
   <c r="O28" i="1"/>
   <c r="P28" i="1"/>
@@ -370,115 +393,93 @@
   <c r="Q89" i="1"/>
   <c r="R89" i="1"/>
   <c r="S89" i="1"/>
   <c r="T89" i="1"/>
   <c r="U89" i="1"/>
   <c r="V89" i="1"/>
   <c r="W89" i="1"/>
   <c r="X89" i="1"/>
   <c r="Y89" i="1"/>
   <c r="Z89" i="1"/>
   <c r="AA89" i="1"/>
   <c r="AB89" i="1"/>
   <c r="AC89" i="1"/>
   <c r="AD89" i="1"/>
   <c r="AE89" i="1"/>
   <c r="AF89" i="1"/>
   <c r="AG89" i="1"/>
   <c r="AH89" i="1"/>
   <c r="C84" i="1"/>
   <c r="C85" i="1"/>
   <c r="C86" i="1"/>
   <c r="C87" i="1"/>
   <c r="C88" i="1"/>
   <c r="C89" i="1"/>
   <c r="C83" i="1"/>
-  <c r="W44" i="4"/>
-[...20 lines deleted...]
-  <c r="W43" i="4"/>
   <c r="AB14" i="4"/>
   <c r="AB13" i="4"/>
   <c r="W4" i="4"/>
   <c r="AC4" i="4" s="1"/>
   <c r="W5" i="4"/>
   <c r="AC5" i="4" s="1"/>
   <c r="W6" i="4"/>
   <c r="W7" i="4"/>
   <c r="W8" i="4"/>
   <c r="W9" i="4"/>
   <c r="W10" i="4"/>
   <c r="W13" i="4"/>
   <c r="W14" i="4"/>
   <c r="W15" i="4"/>
   <c r="K7" i="4" s="1"/>
   <c r="W16" i="4"/>
   <c r="W17" i="4"/>
   <c r="W18" i="4"/>
   <c r="W19" i="4"/>
   <c r="W20" i="4"/>
   <c r="W21" i="4"/>
   <c r="AB21" i="4" s="1"/>
   <c r="W25" i="4"/>
   <c r="W26" i="4"/>
   <c r="W27" i="4"/>
   <c r="W29" i="4"/>
   <c r="W30" i="4"/>
   <c r="W31" i="4"/>
   <c r="W32" i="4"/>
   <c r="W33" i="4"/>
   <c r="W34" i="4"/>
   <c r="W35" i="4"/>
-  <c r="W38" i="4"/>
   <c r="W39" i="4"/>
+  <c r="Z39" i="4" s="1"/>
   <c r="W3" i="4"/>
   <c r="AC3" i="4" s="1"/>
-  <c r="X26" i="4" l="1" a="1"/>
+  <c r="Z43" i="4" l="1"/>
+  <c r="K35" i="4" a="1"/>
+  <c r="K35" i="4" s="1"/>
+  <c r="X26" i="4" a="1"/>
   <c r="X26" i="4" s="1"/>
   <c r="E21" i="4" s="1" a="1"/>
   <c r="E21" i="4" s="1"/>
-  <c r="K35" i="4" a="1"/>
-[...1 lines deleted...]
-  <c r="Z43" i="4"/>
   <c r="X81" i="4"/>
   <c r="E58" i="4" s="1"/>
   <c r="Z74" i="4"/>
   <c r="E51" i="4" s="1" a="1"/>
   <c r="E51" i="4" s="1"/>
   <c r="E27" i="4"/>
   <c r="K14" i="4"/>
   <c r="AC6" i="4"/>
   <c r="AC8" i="4" s="1"/>
   <c r="AB8" i="4" s="1"/>
   <c r="E6" i="4" s="1" a="1"/>
   <c r="E6" i="4" s="1"/>
   <c r="AA43" i="4" l="1"/>
   <c r="Z44" i="4" s="1" a="1"/>
   <c r="Z44" i="4" s="1"/>
   <c r="K42" i="4" s="1" a="1"/>
   <c r="K42" i="4" s="1"/>
   <c r="AH77" i="1"/>
   <c r="AH78" i="1"/>
   <c r="AH79" i="1" s="1"/>
   <c r="AH76" i="1"/>
   <c r="AH80" i="1" l="1"/>
   <c r="C24" i="1"/>
   <c r="D24" i="1"/>
   <c r="E24" i="1"/>
@@ -516,51 +517,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="126">
   <si>
     <t>Housing Infographic</t>
   </si>
   <si>
     <t>Banyule</t>
   </si>
   <si>
     <t>Bayside (Vic.)</t>
   </si>
   <si>
     <t>Boroondara</t>
   </si>
   <si>
     <t>Brimbank</t>
   </si>
   <si>
     <t>Cardinia</t>
   </si>
   <si>
     <t>Casey</t>
   </si>
   <si>
     <t>Darebin</t>
   </si>
   <si>
@@ -701,53 +702,50 @@
   <si>
     <t>Mannningham</t>
   </si>
   <si>
     <t>Nilumbik</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Ranked Price</t>
   </si>
   <si>
     <t>% change: 1996-2021</t>
   </si>
   <si>
     <t>Mornington Pen.</t>
   </si>
   <si>
     <t>Rank</t>
   </si>
   <si>
     <t>Metrro Melbourne</t>
   </si>
   <si>
-    <t>Change from 2002 after inflation</t>
-[...1 lines deleted...]
-  <si>
     <t>STRUCTURE</t>
   </si>
   <si>
     <t>TENURE</t>
   </si>
   <si>
     <t>HOUSE PRICE</t>
   </si>
   <si>
     <t>HOUSE PRICE RELATIVE TO HOUSEHOLD INCOMES</t>
   </si>
   <si>
     <t>RENTAL - TWO Bed flat</t>
   </si>
   <si>
     <t>Mornington Penin'a</t>
   </si>
   <si>
     <t>Metro</t>
   </si>
   <si>
     <t>Jun 2000</t>
   </si>
   <si>
     <t>Jun 2001</t>
@@ -777,53 +775,50 @@
     <t>Jun 2009</t>
   </si>
   <si>
     <t>Jun 2010</t>
   </si>
   <si>
     <t>Jun 2011</t>
   </si>
   <si>
     <t>Jun 2012</t>
   </si>
   <si>
     <t>Jun 2013</t>
   </si>
   <si>
     <t>Jun 2014</t>
   </si>
   <si>
     <t>Jun 2018</t>
   </si>
   <si>
     <t>Jun 2019</t>
   </si>
   <si>
     <t>Jun 2021</t>
-  </si>
-[...1 lines deleted...]
-    <t>Affordable Two bed</t>
   </si>
   <si>
     <t>Mornington Pen</t>
   </si>
   <si>
     <t>Homeless/ 1,000 pop</t>
   </si>
   <si>
     <t>Change: 2011-2021</t>
   </si>
   <si>
     <t>Homelessness</t>
   </si>
   <si>
     <t>Improvised dwellings, tents, sleeping out</t>
   </si>
   <si>
     <t>Supported accommodation for the homeless</t>
   </si>
   <si>
     <t>Temporarily with other households</t>
   </si>
   <si>
     <t>Boarding houses</t>
   </si>
@@ -860,81 +855,90 @@
   <si>
     <t>Housing Prices</t>
   </si>
   <si>
     <t>Per cent rise in 30 years to 2022 (after inflation</t>
   </si>
   <si>
     <t>st</t>
   </si>
   <si>
     <t>nd</t>
   </si>
   <si>
     <t>rd</t>
   </si>
   <si>
     <t>th</t>
   </si>
   <si>
     <t>Rental Costs</t>
   </si>
   <si>
     <t>metropolitan Melbourne</t>
   </si>
   <si>
-    <t>Jun 2023</t>
-[...7 lines deleted...]
-  <si>
     <t>Jun 2026</t>
   </si>
   <si>
     <t>Jun 2027</t>
   </si>
   <si>
     <t>June 2028</t>
-  </si>
-[...1 lines deleted...]
-    <t>Change from 2004 after inflation</t>
   </si>
   <si>
     <t>% Change: 2005-2025 (after infl)</t>
   </si>
   <si>
     <t>Supported accommodation</t>
   </si>
   <si>
     <t>Other temp accom.</t>
   </si>
   <si>
     <t>Higher than the metro average for govt h</t>
+  </si>
+  <si>
+    <t>Change from 2025 after inflation</t>
+  </si>
+  <si>
+    <t>Affordable all dwellings</t>
+  </si>
+  <si>
+    <t>All dwellings</t>
+  </si>
+  <si>
+    <t>June 2015</t>
+  </si>
+  <si>
+    <t>June 2016</t>
+  </si>
+  <si>
+    <t>June 2017</t>
+  </si>
+  <si>
+    <t>June 2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="mmm\ yyyy"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -945,56 +949,50 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF008000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1048,50 +1046,56 @@
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11.5"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color theme="0"/>
+      <name val="Garamond"/>
+      <family val="1"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
@@ -1223,240 +1227,240 @@
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="166" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="166" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="166" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF990000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rbc21e88dd5b34c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf8271e020e8a444f" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
@@ -2196,61 +2200,61 @@
           <c:h val="0.78095141560014303"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:ln w="31750" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="24"/>
+              <c:idx val="25"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-6A61-486C-9D26-0C827DDB13F8}"/>
+                  <c16:uniqueId val="{00000000-E29F-4BE2-991A-A6DFCD440E00}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
@@ -2265,54 +2269,54 @@
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>Front!$V$43:$V$67</c:f>
+              <c:f>Front!$V$43:$V$68</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="25"/>
+                <c:ptCount val="26"/>
                 <c:pt idx="0">
                   <c:v>2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -2344,182 +2348,188 @@
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2023</c:v>
                 </c:pt>
                 <c:pt idx="24">
                   <c:v>2024</c:v>
                 </c:pt>
+                <c:pt idx="25">
+                  <c:v>2025</c:v>
+                </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Front!$W$43:$W$67</c:f>
+              <c:f>Front!$W$43:$W$68</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.0</c:formatCode>
-                <c:ptCount val="25"/>
+                <c:ptCount val="26"/>
                 <c:pt idx="0">
-                  <c:v>45</c:v>
+                  <c:v>54.400000000000006</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>61.6</c:v>
+                  <c:v>71.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>80.300000000000011</c:v>
+                  <c:v>81.8</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>82.899999999999991</c:v>
+                  <c:v>81.699999999999989</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>80.7</c:v>
+                  <c:v>81.599999999999994</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>80</c:v>
+                  <c:v>77.2</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>78.7</c:v>
+                  <c:v>74.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>64.099999999999994</c:v>
+                  <c:v>61.8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>33.300000000000004</c:v>
+                  <c:v>32.9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>22.6</c:v>
+                  <c:v>20.3</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>9</c:v>
+                  <c:v>12.1</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>4.8</c:v>
+                  <c:v>11.4</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>4.8</c:v>
+                  <c:v>9.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>10.9</c:v>
+                  <c:v>14.399999999999999</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>7.8</c:v>
+                  <c:v>13.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>10.7</c:v>
+                  <c:v>13.600000000000001</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>9</c:v>
+                  <c:v>10.100000000000001</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>12.5</c:v>
+                  <c:v>10.6</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>8.6999999999999993</c:v>
+                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>4.1000000000000005</c:v>
+                  <c:v>4.7</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>8.4</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>8.3000000000000007</c:v>
+                  <c:v>11.200000000000001</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>9.4</c:v>
+                  <c:v>8.7999999999999989</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>6.2</c:v>
+                  <c:v>7.1</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>4.2</c:v>
+                  <c:v>4.3999999999999995</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>2.6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FEE6-4D30-A6A9-5697E0BF15C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="898421080"/>
         <c:axId val="898420720"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="898421080"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="0" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:bodyPr rot="5400000" spcFirstLastPara="1" vertOverflow="ellipsis" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="898420720"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
@@ -5794,90 +5804,90 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect t="27331"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="886558" y="9678865"/>
           <a:ext cx="2140905" cy="1037181"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:effectLst>
           <a:softEdge rad="317500"/>
         </a:effectLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>6</xdr:col>
-      <xdr:colOff>471679</xdr:colOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>49090</xdr:colOff>
       <xdr:row>34</xdr:row>
-      <xdr:rowOff>43962</xdr:rowOff>
+      <xdr:rowOff>55508</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
-      <xdr:colOff>651773</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>21979</xdr:rowOff>
+      <xdr:colOff>801864</xdr:colOff>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4098" name="Picture 4097">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002100000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="2655102" y="6235213"/>
-          <a:ext cx="1857960" cy="1252901"/>
+          <a:off x="3073999" y="6382417"/>
+          <a:ext cx="1526320" cy="1075947"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:effectLst>
           <a:softEdge rad="317500"/>
         </a:effectLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -6152,70 +6162,70 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2F81CC1-5398-462F-89E2-7AA17E54FD07}">
   <dimension ref="A1:AI98"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C16" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C36" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="F27" sqref="F27"/>
+      <selection pane="bottomRight" activeCell="H59" sqref="H59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.90625" customWidth="1"/>
     <col min="2" max="2" width="20.1796875" style="10" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="23.5" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:35" s="2" customFormat="1" ht="22" x14ac:dyDescent="0.35">
       <c r="B4" s="14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>8</v>
       </c>
@@ -7113,51 +7123,51 @@
         <v>100</v>
       </c>
       <c r="AE12" s="1">
         <v>100</v>
       </c>
       <c r="AF12" s="1">
         <v>100</v>
       </c>
       <c r="AG12" s="1">
         <v>100</v>
       </c>
       <c r="AH12" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A13" s="19">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:35" s="2" customFormat="1" ht="22" x14ac:dyDescent="0.35">
       <c r="A14" s="19">
         <v>10</v>
       </c>
       <c r="B14" s="14" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J14" s="3" t="s">
         <v>8</v>
       </c>
@@ -8294,51 +8304,51 @@
         <f t="shared" si="1"/>
         <v>31.209006694164575</v>
       </c>
       <c r="AF24" s="1">
         <f t="shared" si="1"/>
         <v>53.863384615384618</v>
       </c>
       <c r="AG24" s="1">
         <f t="shared" si="1"/>
         <v>14.11121305341177</v>
       </c>
       <c r="AH24" s="1">
         <v>30.795313488167974</v>
       </c>
     </row>
     <row r="25" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A25" s="19">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:35" s="2" customFormat="1" ht="22" x14ac:dyDescent="0.35">
       <c r="A26" s="19">
         <v>22</v>
       </c>
       <c r="B26" s="14" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>8</v>
       </c>
@@ -8636,51 +8646,51 @@
         <v>7</v>
       </c>
       <c r="AD28">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
       <c r="AE28">
         <f t="shared" si="2"/>
         <v>30</v>
       </c>
       <c r="AF28">
         <f t="shared" si="2"/>
         <v>8</v>
       </c>
       <c r="AG28">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="AH28" s="1"/>
     </row>
     <row r="29" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A29" s="19">
         <v>25</v>
       </c>
       <c r="B29" s="13" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="C29" s="8">
         <v>76.430800180646258</v>
       </c>
       <c r="D29" s="8">
         <v>72.826976020428532</v>
       </c>
       <c r="E29" s="8">
         <v>87.722745133875563</v>
       </c>
       <c r="F29" s="8">
         <v>64.099386213408877</v>
       </c>
       <c r="G29" s="8">
         <v>73.394218118458639</v>
       </c>
       <c r="H29" s="8">
         <v>72.189315248805343</v>
       </c>
       <c r="I29" s="8">
         <v>88.101983002832881</v>
       </c>
       <c r="J29" s="8">
         <v>76.699007079314427</v>
       </c>
@@ -8740,51 +8750,51 @@
       </c>
       <c r="AC29" s="8">
         <v>107.37612085313609</v>
       </c>
       <c r="AD29" s="8">
         <v>50.722742790731459</v>
       </c>
       <c r="AE29" s="8">
         <v>59.200897072710113</v>
       </c>
       <c r="AF29" s="8">
         <v>56.621957270529599</v>
       </c>
       <c r="AG29" s="8">
         <v>78.997422735308533</v>
       </c>
       <c r="AH29" s="8">
         <v>37.770007082152986</v>
       </c>
     </row>
     <row r="30" spans="1:35" s="2" customFormat="1" ht="22" x14ac:dyDescent="0.35">
       <c r="A30" s="19">
         <v>26</v>
       </c>
       <c r="B30" s="14" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H30" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J30" s="3" t="s">
         <v>8</v>
       </c>
@@ -9578,51 +9588,51 @@
         <v>149.19093055282315</v>
       </c>
       <c r="AE37" s="1">
         <v>137.2909559863549</v>
       </c>
       <c r="AF37" s="1">
         <v>145.27741067058247</v>
       </c>
       <c r="AG37" s="1">
         <v>175.40887342322748</v>
       </c>
       <c r="AH37" s="1">
         <v>144.54786753456401</v>
       </c>
     </row>
     <row r="38" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A38" s="19">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:35" s="2" customFormat="1" ht="22" x14ac:dyDescent="0.35">
       <c r="A39" s="19">
         <v>35</v>
       </c>
       <c r="B39" s="14" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E39" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J39" s="3" t="s">
         <v>8</v>
       </c>
@@ -9683,383 +9693,383 @@
       <c r="AC39" s="3" t="s">
         <v>27</v>
       </c>
       <c r="AD39" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AE39" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AF39" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AG39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AH39" s="3" t="s">
         <v>42</v>
       </c>
       <c r="AI39" s="4"/>
     </row>
     <row r="40" spans="1:35" s="7" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A40" s="19">
         <v>36</v>
       </c>
       <c r="B40" s="13">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C40" s="8">
-        <v>500</v>
+        <v>340</v>
       </c>
       <c r="D40" s="8">
-        <v>600</v>
+        <v>400</v>
       </c>
       <c r="E40" s="8">
-        <v>585</v>
+        <v>400</v>
       </c>
       <c r="F40" s="8">
-        <v>418</v>
+        <v>280</v>
       </c>
       <c r="G40" s="8">
-        <v>430</v>
+        <v>270</v>
       </c>
       <c r="H40" s="8">
-        <v>460</v>
+        <v>300</v>
       </c>
       <c r="I40" s="8">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="J40" s="8">
+        <v>280</v>
+      </c>
+      <c r="K40" s="8">
+        <v>385</v>
+      </c>
+      <c r="L40" s="8">
+        <v>280</v>
+      </c>
+      <c r="M40" s="8">
+        <v>310</v>
+      </c>
+      <c r="N40" s="8">
+        <v>300</v>
+      </c>
+      <c r="O40" s="8">
+        <v>345</v>
+      </c>
+      <c r="P40" s="8">
+        <v>338</v>
+      </c>
+      <c r="Q40" s="8">
+        <v>388</v>
+      </c>
+      <c r="R40" s="8">
+        <v>330</v>
+      </c>
+      <c r="S40" s="8">
+        <v>325</v>
+      </c>
+      <c r="T40" s="8">
+        <v>510</v>
+      </c>
+      <c r="U40" s="8">
+        <v>260</v>
+      </c>
+      <c r="V40" s="8">
+        <v>360</v>
+      </c>
+      <c r="W40" s="8">
+        <v>350</v>
+      </c>
+      <c r="X40" s="8">
+        <v>350</v>
+      </c>
+      <c r="Y40" s="8">
+        <v>290</v>
+      </c>
+      <c r="Z40" s="8">
+        <v>310</v>
+      </c>
+      <c r="AA40" s="8">
         <v>450</v>
       </c>
-      <c r="K40" s="8">
-[...2 lines deleted...]
-      <c r="L40" s="8">
+      <c r="AB40" s="8">
         <v>450</v>
       </c>
-      <c r="M40" s="8">
+      <c r="AC40" s="8">
+        <v>370</v>
+      </c>
+      <c r="AD40" s="8">
+        <v>290</v>
+      </c>
+      <c r="AE40" s="8">
+        <v>265</v>
+      </c>
+      <c r="AF40" s="8">
         <v>480</v>
       </c>
-      <c r="N40" s="8">
-[...55 lines deleted...]
-      </c>
       <c r="AG40" s="8">
-        <v>490</v>
+        <v>318</v>
       </c>
       <c r="AH40" s="8">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="41" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A41" s="19">
         <v>37</v>
       </c>
       <c r="B41" s="13" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C41" s="1">
-        <v>46.856936416184972</v>
+        <v>-2.4199843871974909</v>
       </c>
       <c r="D41" s="1">
-        <v>46.856936416184972</v>
+        <v>-4.0698371585485695</v>
       </c>
       <c r="E41" s="1">
-        <v>46.232013282499061</v>
+        <v>-1.6715830875122801</v>
       </c>
       <c r="F41" s="1">
-        <v>63.696531791907503</v>
+        <v>-1.3191514856754158</v>
       </c>
       <c r="G41" s="1">
-        <v>53.087230688386747</v>
+        <v>0.18367006177993156</v>
       </c>
       <c r="H41" s="1">
-        <v>63.767735155018372</v>
+        <v>-4.9997500124948279E-3</v>
       </c>
       <c r="I41" s="1">
-        <v>63.17437379576107</v>
+        <v>1.2204291746197085</v>
       </c>
       <c r="J41" s="1">
-        <v>65.214053468208093</v>
+        <v>0.11620631089659267</v>
       </c>
       <c r="K41" s="1">
-        <v>48.133953254586572</v>
+        <v>-0.3777881281374475</v>
       </c>
       <c r="L41" s="1">
-        <v>82.305162447677887</v>
+        <v>-1.6715830875122877</v>
       </c>
       <c r="M41" s="1">
-        <v>56.647398843930631</v>
+        <v>-1.6715830875122855</v>
       </c>
       <c r="N41" s="1">
-        <v>53.767851071064264</v>
+        <v>-1.6715830875122801</v>
       </c>
       <c r="O41" s="1">
-        <v>66.702468364318051</v>
+        <v>-0.22557695644628747</v>
       </c>
       <c r="P41" s="1">
-        <v>59.910886319845858</v>
+        <v>3.8593903638151614</v>
       </c>
       <c r="Q41" s="1">
-        <v>44.982167015127281</v>
+        <v>0.9296977831884452</v>
       </c>
       <c r="R41" s="1">
-        <v>77.906688687035484</v>
+        <v>-1.0720195697532093</v>
       </c>
       <c r="S41" s="1">
-        <v>61.123038810900063</v>
+        <v>-0.13520157325465246</v>
       </c>
       <c r="T41" s="1">
-        <v>20.941006460387619</v>
+        <v>-2.6262279119053749</v>
       </c>
       <c r="U41" s="1">
-        <v>42.119615886630598</v>
+        <v>2.2615535889872285</v>
       </c>
       <c r="V41" s="1">
-        <v>59.444673823286529</v>
+        <v>-1.671583087512277</v>
       </c>
       <c r="W41" s="1">
-        <v>56.647398843930617</v>
+        <v>-1.6715830875122877</v>
       </c>
       <c r="X41" s="1">
-        <v>70.129347105088584</v>
+        <v>-1.6715830875122877</v>
       </c>
       <c r="Y41" s="1">
-        <v>81.91310833488717</v>
+        <v>-1.6715830875122744</v>
       </c>
       <c r="Z41" s="1">
-        <v>38.045520231213871</v>
+        <v>-7.6308810822085045</v>
       </c>
       <c r="AA41" s="1">
-        <v>34.269199009083401</v>
+        <v>-1.6715830875122861</v>
       </c>
       <c r="AB41" s="1">
-        <v>49.736484189051325</v>
+        <v>-1.6715830875122861</v>
       </c>
       <c r="AC41" s="1">
-        <v>70.354046242774558</v>
+        <v>3.9471835932012955</v>
       </c>
       <c r="AD41" s="1">
-        <v>51.052848885218808</v>
+        <v>-4.9491969845952042</v>
       </c>
       <c r="AE41" s="1">
-        <v>54.199783236994215</v>
+        <v>-1.6715830875122895</v>
       </c>
       <c r="AF41" s="1">
-        <v>45.254860746190211</v>
+        <v>-4.6512320848603972</v>
       </c>
       <c r="AG41" s="1">
-        <v>69.317409044542671</v>
+        <v>4.228121927236983</v>
       </c>
       <c r="AH41" s="1">
-        <v>70.044873745056279</v>
+        <v>3.7911067409592629</v>
       </c>
     </row>
     <row r="42" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A42" s="19">
         <v>38</v>
       </c>
       <c r="B42" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C42">
         <f>RANK(C40,$C$40:$AG$40)</f>
         <v>15</v>
       </c>
       <c r="D42">
         <f t="shared" ref="D42:AG42" si="3">RANK(D40,$C$40:$AG$40)</f>
         <v>5</v>
       </c>
       <c r="E42">
         <f t="shared" si="3"/>
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F42">
         <f t="shared" si="3"/>
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G42">
         <f t="shared" si="3"/>
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H42">
         <f t="shared" si="3"/>
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I42">
         <f t="shared" si="3"/>
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="J42">
         <f t="shared" si="3"/>
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K42">
         <f t="shared" si="3"/>
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L42">
         <f t="shared" si="3"/>
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="M42">
         <f t="shared" si="3"/>
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="N42">
         <f t="shared" si="3"/>
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="O42">
         <f t="shared" si="3"/>
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="P42">
         <f t="shared" si="3"/>
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="Q42">
         <f t="shared" si="3"/>
         <v>7</v>
       </c>
       <c r="R42">
         <f t="shared" si="3"/>
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="S42">
         <f t="shared" si="3"/>
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="T42">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
       <c r="U42">
         <f t="shared" si="3"/>
         <v>31</v>
       </c>
       <c r="V42">
         <f t="shared" si="3"/>
         <v>10</v>
       </c>
       <c r="W42">
         <f t="shared" si="3"/>
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="X42">
         <f t="shared" si="3"/>
         <v>11</v>
       </c>
       <c r="Y42">
         <f t="shared" si="3"/>
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="Z42">
         <f t="shared" si="3"/>
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="AA42">
         <f t="shared" si="3"/>
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB42">
         <f t="shared" si="3"/>
         <v>3</v>
       </c>
       <c r="AC42">
         <f t="shared" si="3"/>
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="AD42">
         <f t="shared" si="3"/>
         <v>24</v>
       </c>
       <c r="AE42">
         <f t="shared" si="3"/>
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AF42">
         <f t="shared" si="3"/>
         <v>2</v>
       </c>
       <c r="AG42">
         <f t="shared" si="3"/>
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A43" s="19">
         <v>39</v>
       </c>
       <c r="C43">
         <v>1</v>
       </c>
       <c r="D43">
         <v>1</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>1</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43">
@@ -10121,51 +10131,51 @@
       </c>
       <c r="AB43">
         <v>1</v>
       </c>
       <c r="AC43">
         <v>1</v>
       </c>
       <c r="AD43">
         <v>1</v>
       </c>
       <c r="AE43">
         <v>1</v>
       </c>
       <c r="AF43">
         <v>1</v>
       </c>
       <c r="AG43">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:35" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A44" s="19">
         <v>40</v>
       </c>
       <c r="B44" s="14" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E44" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G44" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J44" s="3" t="s">
         <v>8</v>
       </c>
@@ -10190,2819 +10200,2883 @@
       <c r="Q44" s="2" t="s">
         <v>15</v>
       </c>
       <c r="R44" s="2" t="s">
         <v>16</v>
       </c>
       <c r="S44" s="2" t="s">
         <v>17</v>
       </c>
       <c r="T44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="U44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="V44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="W44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="X44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="Y44" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="Z44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="AA44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="AB44" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AC44" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AD44" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AE44" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AF44" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AG44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="AH44" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="45" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A45" s="19">
         <v>41</v>
       </c>
       <c r="B45" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C45" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>8.6999999999999993</v>
       </c>
       <c r="D45" s="15">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="E45" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="F45" s="15">
-        <v>0.38100000000000001</v>
+        <v>48.8</v>
       </c>
       <c r="G45" s="15">
-        <v>0.13</v>
+        <v>55.600000000000009</v>
       </c>
       <c r="H45" s="15">
-        <v>0.11799999999999999</v>
+        <v>43.8</v>
       </c>
       <c r="I45" s="15">
-        <v>0.08</v>
+        <v>11.899999999999999</v>
       </c>
       <c r="J45" s="15">
-        <v>0.34100000000000003</v>
+        <v>49.5</v>
       </c>
       <c r="K45" s="15">
-        <v>2E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="L45" s="15">
-        <v>0.45</v>
+        <v>54.400000000000006</v>
       </c>
       <c r="M45" s="15">
-        <v>8.5999999999999993E-2</v>
+        <v>18.5</v>
       </c>
       <c r="N45" s="15">
-        <v>0.129</v>
+        <v>35.9</v>
       </c>
       <c r="O45" s="15">
-        <v>0.13800000000000001</v>
+        <v>13.600000000000001</v>
       </c>
       <c r="P45" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>15</v>
       </c>
       <c r="Q45" s="15">
-        <v>0</v>
+        <v>3.2</v>
       </c>
       <c r="R45" s="15">
-        <v>0.255</v>
+        <v>29.9</v>
       </c>
       <c r="S45" s="15">
-        <v>6.3E-2</v>
+        <v>15</v>
       </c>
       <c r="T45" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="U45" s="15">
-        <v>0.36399999999999999</v>
+        <v>71.099999999999994</v>
       </c>
       <c r="V45" s="15">
-        <v>0.02</v>
+        <v>84.6</v>
       </c>
       <c r="W45" s="15">
-        <v>0.05</v>
+        <v>7.9</v>
       </c>
       <c r="X45" s="15">
-        <v>7.0999999999999994E-2</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="Y45" s="15">
-        <v>0.36199999999999999</v>
+        <v>52.5</v>
       </c>
       <c r="Z45" s="15">
-        <v>0</v>
+        <v>6.5</v>
       </c>
       <c r="AA45" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>0.8</v>
       </c>
       <c r="AB45" s="15">
-        <v>2E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AC45" s="15">
-        <v>2.9000000000000001E-2</v>
+        <v>4.3</v>
       </c>
       <c r="AD45" s="15">
-        <v>0.13700000000000001</v>
+        <v>28.999999999999996</v>
       </c>
       <c r="AE45" s="15">
-        <v>0.24</v>
+        <v>46.1</v>
       </c>
       <c r="AF45" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1.6</v>
       </c>
       <c r="AG45" s="15">
-        <v>0.108</v>
+        <v>33.800000000000004</v>
       </c>
       <c r="AH45" s="15">
-        <v>9.1999999999999998E-2</v>
+        <v>16.7</v>
       </c>
     </row>
     <row r="46" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A46" s="19">
         <v>42</v>
       </c>
       <c r="B46" s="15" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C46" s="15">
-        <v>4.3999999999999997E-2</v>
+        <v>12.9</v>
       </c>
       <c r="D46" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="E46" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="F46" s="15">
-        <v>0.57899999999999996</v>
+        <v>63.2</v>
       </c>
       <c r="G46" s="15">
-        <v>0.40500000000000003</v>
+        <v>76.599999999999994</v>
       </c>
       <c r="H46" s="15">
-        <v>0.315</v>
+        <v>62.1</v>
       </c>
       <c r="I46" s="15">
-        <v>0.151</v>
+        <v>19.2</v>
       </c>
       <c r="J46" s="15">
-        <v>0.502</v>
+        <v>67.5</v>
       </c>
       <c r="K46" s="15">
-        <v>3.3000000000000002E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="L46" s="15">
-        <v>0.61599999999999999</v>
+        <v>71.5</v>
       </c>
       <c r="M46" s="15">
-        <v>0.223</v>
+        <v>30.4</v>
       </c>
       <c r="N46" s="15">
-        <v>0.189</v>
+        <v>54.400000000000006</v>
       </c>
       <c r="O46" s="15">
-        <v>0.186</v>
+        <v>19.2</v>
       </c>
       <c r="P46" s="15">
-        <v>0.20899999999999999</v>
+        <v>29.5</v>
       </c>
       <c r="Q46" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>6.3</v>
       </c>
       <c r="R46" s="15">
-        <v>0.36799999999999999</v>
+        <v>44.800000000000004</v>
       </c>
       <c r="S46" s="15">
-        <v>0.122</v>
+        <v>23.799999999999997</v>
       </c>
       <c r="T46" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="U46" s="15">
-        <v>0.74099999999999999</v>
+        <v>72.2</v>
       </c>
       <c r="V46" s="15">
-        <v>6.9000000000000006E-2</v>
+        <v>92.300000000000011</v>
       </c>
       <c r="W46" s="15">
-        <v>7.8E-2</v>
+        <v>11.700000000000001</v>
       </c>
       <c r="X46" s="15">
-        <v>0.13400000000000001</v>
+        <v>91</v>
       </c>
       <c r="Y46" s="15">
-        <v>0.55400000000000005</v>
+        <v>61.6</v>
       </c>
       <c r="Z46" s="15">
-        <v>0</v>
+        <v>4.1000000000000005</v>
       </c>
       <c r="AA46" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.2</v>
       </c>
       <c r="AB46" s="15">
-        <v>0</v>
+        <v>0.5</v>
       </c>
       <c r="AC46" s="15">
-        <v>5.8999999999999997E-2</v>
+        <v>7.7</v>
       </c>
       <c r="AD46" s="15">
-        <v>0.224</v>
+        <v>43</v>
       </c>
       <c r="AE46" s="15">
-        <v>0.44900000000000001</v>
+        <v>62.3</v>
       </c>
       <c r="AF46" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>2</v>
       </c>
       <c r="AG46" s="15">
-        <v>0.32100000000000001</v>
+        <v>50.9</v>
       </c>
       <c r="AH46" s="15">
-        <v>0.14799999999999999</v>
+        <v>23.200000000000003</v>
       </c>
     </row>
     <row r="47" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A47" s="19">
         <v>43</v>
       </c>
       <c r="B47" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="C47" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>17.5</v>
       </c>
       <c r="D47" s="15">
-        <v>3.2000000000000001E-2</v>
+        <v>3.5999999999999996</v>
       </c>
       <c r="E47" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>2.4</v>
       </c>
       <c r="F47" s="15">
-        <v>0.67</v>
+        <v>74.7</v>
       </c>
       <c r="G47" s="15">
-        <v>0.68799999999999994</v>
+        <v>80.600000000000009</v>
       </c>
       <c r="H47" s="15">
-        <v>0.438</v>
+        <v>74.400000000000006</v>
       </c>
       <c r="I47" s="15">
-        <v>0.224</v>
+        <v>24.8</v>
       </c>
       <c r="J47" s="15">
-        <v>0.61899999999999999</v>
+        <v>76</v>
       </c>
       <c r="K47" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>3.8</v>
       </c>
       <c r="L47" s="15">
-        <v>0.80300000000000005</v>
+        <v>81.8</v>
       </c>
       <c r="M47" s="15">
-        <v>0.216</v>
+        <v>33.300000000000004</v>
       </c>
       <c r="N47" s="15">
-        <v>0.30599999999999999</v>
+        <v>66.7</v>
       </c>
       <c r="O47" s="15">
-        <v>0.27400000000000002</v>
+        <v>27.700000000000003</v>
       </c>
       <c r="P47" s="15">
-        <v>0.32600000000000001</v>
+        <v>50.9</v>
       </c>
       <c r="Q47" s="15">
-        <v>3.6999999999999998E-2</v>
+        <v>13.700000000000001</v>
       </c>
       <c r="R47" s="15">
-        <v>0.40500000000000003</v>
+        <v>43.4</v>
       </c>
       <c r="S47" s="15">
-        <v>0.27200000000000002</v>
+        <v>43.3</v>
       </c>
       <c r="T47" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="U47" s="15">
-        <v>0.83299999999999996</v>
+        <v>83.399999999999991</v>
       </c>
       <c r="V47" s="15">
-        <v>0.125</v>
+        <v>98</v>
       </c>
       <c r="W47" s="15">
-        <v>0.13600000000000001</v>
+        <v>28.1</v>
       </c>
       <c r="X47" s="15">
-        <v>0.186</v>
+        <v>89.3</v>
       </c>
       <c r="Y47" s="15">
-        <v>0.58699999999999997</v>
+        <v>67.7</v>
       </c>
       <c r="Z47" s="15">
-        <v>0.13300000000000001</v>
+        <v>13.3</v>
       </c>
       <c r="AA47" s="15">
-        <v>0.01</v>
+        <v>1.3</v>
       </c>
       <c r="AB47" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="AC47" s="15">
-        <v>8.5999999999999993E-2</v>
+        <v>15.7</v>
       </c>
       <c r="AD47" s="15">
-        <v>0.314</v>
+        <v>58.599999999999994</v>
       </c>
       <c r="AE47" s="15">
-        <v>0.65600000000000003</v>
+        <v>76</v>
       </c>
       <c r="AF47" s="15">
-        <v>1.6E-2</v>
+        <v>1.4000000000000001</v>
       </c>
       <c r="AG47" s="15">
-        <v>0.439</v>
+        <v>58.4</v>
       </c>
       <c r="AH47" s="15">
-        <v>0.19500000000000001</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="48" spans="1:35" x14ac:dyDescent="0.35">
       <c r="A48" s="19">
         <v>44</v>
       </c>
       <c r="B48" s="15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C48" s="15">
-        <v>9.0999999999999998E-2</v>
+        <v>18.600000000000001</v>
       </c>
       <c r="D48" s="15">
-        <v>6.5000000000000002E-2</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="E48" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="F48" s="15">
-        <v>0.70699999999999996</v>
+        <v>73.599999999999994</v>
       </c>
       <c r="G48" s="15">
-        <v>0.84</v>
+        <v>81.100000000000009</v>
       </c>
       <c r="H48" s="15">
-        <v>0.51900000000000002</v>
+        <v>77</v>
       </c>
       <c r="I48" s="15">
-        <v>0.245</v>
+        <v>27.800000000000004</v>
       </c>
       <c r="J48" s="15">
-        <v>0.67800000000000005</v>
+        <v>75.7</v>
       </c>
       <c r="K48" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>3.9</v>
       </c>
       <c r="L48" s="15">
-        <v>0.82899999999999996</v>
+        <v>81.699999999999989</v>
       </c>
       <c r="M48" s="15">
-        <v>0.25900000000000001</v>
+        <v>34.599999999999994</v>
       </c>
       <c r="N48" s="15">
-        <v>0.29299999999999998</v>
+        <v>69.599999999999994</v>
       </c>
       <c r="O48" s="15">
-        <v>0.26900000000000002</v>
+        <v>25.1</v>
       </c>
       <c r="P48" s="15">
-        <v>0.35</v>
+        <v>43.6</v>
       </c>
       <c r="Q48" s="15">
-        <v>3.5000000000000003E-2</v>
+        <v>13</v>
       </c>
       <c r="R48" s="15">
-        <v>0.38500000000000001</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="S48" s="15">
-        <v>0.30499999999999999</v>
+        <v>42.4</v>
       </c>
       <c r="T48" s="15">
-        <v>1E-3</v>
+        <v>1.2</v>
       </c>
       <c r="U48" s="15">
-        <v>0.78800000000000003</v>
+        <v>74.5</v>
       </c>
       <c r="V48" s="15">
-        <v>0.109</v>
+        <v>97.899999999999991</v>
       </c>
       <c r="W48" s="15">
-        <v>0.16600000000000001</v>
+        <v>24.099999999999998</v>
       </c>
       <c r="X48" s="15">
-        <v>0.182</v>
+        <v>86.8</v>
       </c>
       <c r="Y48" s="15">
-        <v>0.65900000000000003</v>
+        <v>68.400000000000006</v>
       </c>
       <c r="Z48" s="15">
-        <v>0.1</v>
+        <v>10.199999999999999</v>
       </c>
       <c r="AA48" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>1.3</v>
       </c>
       <c r="AB48" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>1.5</v>
       </c>
       <c r="AC48" s="15">
-        <v>0.115</v>
+        <v>18.2</v>
       </c>
       <c r="AD48" s="15">
-        <v>0.38900000000000001</v>
+        <v>60.6</v>
       </c>
       <c r="AE48" s="15">
-        <v>0.63100000000000001</v>
+        <v>75.900000000000006</v>
       </c>
       <c r="AF48" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="AG48" s="15">
-        <v>0.44500000000000001</v>
+        <v>56.999999999999993</v>
       </c>
       <c r="AH48" s="15">
-        <v>0.20200000000000001</v>
+        <v>29.799999999999997</v>
       </c>
     </row>
     <row r="49" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A49" s="19">
         <v>45</v>
       </c>
       <c r="B49" s="15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C49" s="15">
-        <v>4.1000000000000002E-2</v>
+        <v>18.3</v>
       </c>
       <c r="D49" s="15">
-        <v>2.3E-2</v>
+        <v>3.2</v>
       </c>
       <c r="E49" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="F49" s="15">
-        <v>0.69099999999999995</v>
+        <v>76</v>
       </c>
       <c r="G49" s="15">
-        <v>0.68400000000000005</v>
+        <v>82.199999999999989</v>
       </c>
       <c r="H49" s="15">
-        <v>0.55800000000000005</v>
+        <v>76.900000000000006</v>
       </c>
       <c r="I49" s="15">
-        <v>0.20200000000000001</v>
+        <v>25.5</v>
       </c>
       <c r="J49" s="15">
-        <v>0.53400000000000003</v>
+        <v>72.399999999999991</v>
       </c>
       <c r="K49" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="L49" s="15">
-        <v>0.80700000000000005</v>
+        <v>81.599999999999994</v>
       </c>
       <c r="M49" s="15">
-        <v>0.29299999999999998</v>
+        <v>43.6</v>
       </c>
       <c r="N49" s="15">
-        <v>0.40500000000000003</v>
+        <v>71.2</v>
       </c>
       <c r="O49" s="15">
-        <v>0.28899999999999998</v>
+        <v>27.700000000000003</v>
       </c>
       <c r="P49" s="15">
-        <v>0.29699999999999999</v>
+        <v>44.1</v>
       </c>
       <c r="Q49" s="15">
-        <v>3.2000000000000001E-2</v>
+        <v>13.4</v>
       </c>
       <c r="R49" s="15">
-        <v>0.33100000000000002</v>
+        <v>35.199999999999996</v>
       </c>
       <c r="S49" s="15">
-        <v>0.34599999999999997</v>
+        <v>45.6</v>
       </c>
       <c r="T49" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.6</v>
       </c>
       <c r="U49" s="15">
+        <v>84.3</v>
+      </c>
+      <c r="V49" s="15">
+        <v>87.9</v>
+      </c>
+      <c r="W49" s="15">
+        <v>20.7</v>
+      </c>
+      <c r="X49" s="15">
+        <v>91.5</v>
+      </c>
+      <c r="Y49" s="15">
+        <v>69.699999999999989</v>
+      </c>
+      <c r="Z49" s="15">
+        <v>15.4</v>
+      </c>
+      <c r="AA49" s="15">
         <v>0.8</v>
       </c>
-      <c r="V49" s="15">
-[...16 lines deleted...]
-      </c>
       <c r="AB49" s="15">
-        <v>0.01</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="AC49" s="15">
-        <v>0.108</v>
+        <v>16.5</v>
       </c>
       <c r="AD49" s="15">
-        <v>0.3</v>
+        <v>60.699999999999996</v>
       </c>
       <c r="AE49" s="15">
-        <v>0.70299999999999996</v>
+        <v>75.5</v>
       </c>
       <c r="AF49" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>1.2</v>
       </c>
       <c r="AG49" s="15">
-        <v>0.438</v>
+        <v>56.899999999999991</v>
       </c>
       <c r="AH49" s="15">
-        <v>0.189</v>
+        <v>30.099999999999998</v>
       </c>
     </row>
     <row r="50" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A50" s="19">
         <v>46</v>
       </c>
       <c r="B50" s="15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C50" s="15">
-        <v>0.115</v>
+        <v>22.7</v>
       </c>
       <c r="D50" s="15">
-        <v>3.3000000000000002E-2</v>
+        <v>3.1</v>
       </c>
       <c r="E50" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="F50" s="15">
-        <v>0.755</v>
+        <v>74.5</v>
       </c>
       <c r="G50" s="15">
-        <v>0.64900000000000002</v>
+        <v>75.400000000000006</v>
       </c>
       <c r="H50" s="15">
-        <v>0.53800000000000003</v>
+        <v>71.7</v>
       </c>
       <c r="I50" s="15">
-        <v>0.20899999999999999</v>
+        <v>22.400000000000002</v>
       </c>
       <c r="J50" s="15">
-        <v>0.66200000000000003</v>
+        <v>69.3</v>
       </c>
       <c r="K50" s="15">
-        <v>2.8000000000000001E-2</v>
+        <v>3.4000000000000004</v>
       </c>
       <c r="L50" s="15">
+        <v>77.2</v>
+      </c>
+      <c r="M50" s="15">
+        <v>38.700000000000003</v>
+      </c>
+      <c r="N50" s="15">
+        <v>71.8</v>
+      </c>
+      <c r="O50" s="15">
+        <v>22.2</v>
+      </c>
+      <c r="P50" s="15">
+        <v>42.699999999999996</v>
+      </c>
+      <c r="Q50" s="15">
+        <v>11.200000000000001</v>
+      </c>
+      <c r="R50" s="15">
+        <v>37.1</v>
+      </c>
+      <c r="S50" s="15">
+        <v>35.699999999999996</v>
+      </c>
+      <c r="T50" s="15">
+        <v>1</v>
+      </c>
+      <c r="U50" s="15">
+        <v>78.100000000000009</v>
+      </c>
+      <c r="V50" s="15">
+        <v>87.5</v>
+      </c>
+      <c r="W50" s="15">
+        <v>20.100000000000001</v>
+      </c>
+      <c r="X50" s="15">
+        <v>85.6</v>
+      </c>
+      <c r="Y50" s="15">
+        <v>63.3</v>
+      </c>
+      <c r="Z50" s="15">
+        <v>11.600000000000001</v>
+      </c>
+      <c r="AA50" s="15">
+        <v>1.0999999999999999</v>
+      </c>
+      <c r="AB50" s="15">
         <v>0.8</v>
       </c>
-      <c r="M50" s="15">
-[...46 lines deleted...]
-      </c>
       <c r="AC50" s="15">
-        <v>0.106</v>
+        <v>14.7</v>
       </c>
       <c r="AD50" s="15">
-        <v>0.32600000000000001</v>
+        <v>57.199999999999996</v>
       </c>
       <c r="AE50" s="15">
-        <v>0.60799999999999998</v>
+        <v>64.2</v>
       </c>
       <c r="AF50" s="15">
-        <v>0.01</v>
+        <v>1.2</v>
       </c>
       <c r="AG50" s="15">
-        <v>0.47699999999999998</v>
+        <v>53.300000000000004</v>
       </c>
       <c r="AH50" s="15">
-        <v>0.19700000000000001</v>
+        <v>28.599999999999998</v>
       </c>
     </row>
     <row r="51" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A51" s="19">
         <v>47</v>
       </c>
       <c r="B51" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C51" s="15">
-        <v>7.6999999999999999E-2</v>
+        <v>20.100000000000001</v>
       </c>
       <c r="D51" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>3.5000000000000004</v>
       </c>
       <c r="E51" s="15">
-        <v>1.6E-2</v>
+        <v>2.7</v>
       </c>
       <c r="F51" s="15">
-        <v>0.66700000000000004</v>
+        <v>77.3</v>
       </c>
       <c r="G51" s="15">
-        <v>0.75</v>
+        <v>78.3</v>
       </c>
       <c r="H51" s="15">
-        <v>0.59299999999999997</v>
+        <v>75.8</v>
       </c>
       <c r="I51" s="15">
-        <v>0.22800000000000001</v>
+        <v>25.5</v>
       </c>
       <c r="J51" s="15">
-        <v>0.68700000000000006</v>
+        <v>70.7</v>
       </c>
       <c r="K51" s="15">
-        <v>5.8000000000000003E-2</v>
+        <v>3.5999999999999996</v>
       </c>
       <c r="L51" s="15">
-        <v>0.78700000000000003</v>
+        <v>74.8</v>
       </c>
       <c r="M51" s="15">
-        <v>0.34499999999999997</v>
+        <v>36.6</v>
       </c>
       <c r="N51" s="15">
-        <v>0.45700000000000002</v>
+        <v>74.599999999999994</v>
       </c>
       <c r="O51" s="15">
-        <v>0.27200000000000002</v>
+        <v>24.2</v>
       </c>
       <c r="P51" s="15">
-        <v>0.317</v>
+        <v>41.8</v>
       </c>
       <c r="Q51" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>13.3</v>
       </c>
       <c r="R51" s="15">
-        <v>0.317</v>
+        <v>31.1</v>
       </c>
       <c r="S51" s="15">
-        <v>0.29299999999999998</v>
+        <v>39.700000000000003</v>
       </c>
       <c r="T51" s="15">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="U51" s="15">
-        <v>0.67900000000000005</v>
+        <v>83.5</v>
       </c>
       <c r="V51" s="15">
-        <v>6.9000000000000006E-2</v>
+        <v>87.6</v>
       </c>
       <c r="W51" s="15">
-        <v>0.156</v>
+        <v>21.4</v>
       </c>
       <c r="X51" s="15">
-        <v>0.248</v>
+        <v>94.699999999999989</v>
       </c>
       <c r="Y51" s="15">
-        <v>0.62</v>
+        <v>65.8</v>
       </c>
       <c r="Z51" s="15">
-        <v>9.0999999999999998E-2</v>
+        <v>13.600000000000001</v>
       </c>
       <c r="AA51" s="15">
-        <v>0.01</v>
+        <v>1.3</v>
       </c>
       <c r="AB51" s="15">
-        <v>1.4E-2</v>
+        <v>1.6</v>
       </c>
       <c r="AC51" s="15">
-        <v>0.06</v>
+        <v>12.1</v>
       </c>
       <c r="AD51" s="15">
-        <v>0.41299999999999998</v>
+        <v>62.4</v>
       </c>
       <c r="AE51" s="15">
-        <v>0.69699999999999995</v>
+        <v>75.599999999999994</v>
       </c>
       <c r="AF51" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="AG51" s="15">
-        <v>0.435</v>
+        <v>61</v>
       </c>
       <c r="AH51" s="15">
-        <v>0.20599999999999999</v>
+        <v>30.099999999999998</v>
       </c>
     </row>
     <row r="52" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A52" s="19">
         <v>48</v>
       </c>
       <c r="B52" s="15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C52" s="15">
-        <v>1.9E-2</v>
+        <v>13.5</v>
       </c>
       <c r="D52" s="15">
-        <v>1.2E-2</v>
+        <v>1.4000000000000001</v>
       </c>
       <c r="E52" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>2</v>
       </c>
       <c r="F52" s="15">
-        <v>0.61099999999999999</v>
+        <v>69.5</v>
       </c>
       <c r="G52" s="15">
-        <v>0.625</v>
+        <v>74.7</v>
       </c>
       <c r="H52" s="15">
-        <v>0.42499999999999999</v>
+        <v>68</v>
       </c>
       <c r="I52" s="15">
-        <v>0.14199999999999999</v>
+        <v>16.7</v>
       </c>
       <c r="J52" s="15">
-        <v>0.51200000000000001</v>
+        <v>62.9</v>
       </c>
       <c r="K52" s="15">
-        <v>0.01</v>
+        <v>2.1</v>
       </c>
       <c r="L52" s="15">
-        <v>0.64100000000000001</v>
+        <v>61.8</v>
       </c>
       <c r="M52" s="15">
-        <v>0.219</v>
+        <v>30.3</v>
       </c>
       <c r="N52" s="15">
-        <v>0.36399999999999999</v>
+        <v>68.300000000000011</v>
       </c>
       <c r="O52" s="15">
-        <v>0.155</v>
+        <v>14.7</v>
       </c>
       <c r="P52" s="15">
-        <v>0.215</v>
+        <v>32.5</v>
       </c>
       <c r="Q52" s="15">
-        <v>0.05</v>
+        <v>8</v>
       </c>
       <c r="R52" s="15">
-        <v>0.185</v>
+        <v>19.900000000000002</v>
       </c>
       <c r="S52" s="15">
-        <v>0.16800000000000001</v>
+        <v>29.799999999999997</v>
       </c>
       <c r="T52" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="U52" s="15">
-        <v>0.53300000000000003</v>
+        <v>75.3</v>
       </c>
       <c r="V52" s="15">
-        <v>0.04</v>
+        <v>90</v>
       </c>
       <c r="W52" s="15">
-        <v>4.4999999999999998E-2</v>
+        <v>10.199999999999999</v>
       </c>
       <c r="X52" s="15">
-        <v>0.122</v>
+        <v>82.1</v>
       </c>
       <c r="Y52" s="15">
-        <v>0.59599999999999997</v>
+        <v>61.3</v>
       </c>
       <c r="Z52" s="15">
-        <v>0.105</v>
+        <v>11.3</v>
       </c>
       <c r="AA52" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.8</v>
       </c>
       <c r="AB52" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="AC52" s="15">
-        <v>4.1000000000000002E-2</v>
+        <v>8.4</v>
       </c>
       <c r="AD52" s="15">
-        <v>0.33700000000000002</v>
+        <v>54.900000000000006</v>
       </c>
       <c r="AE52" s="15">
-        <v>0.63600000000000001</v>
+        <v>74.7</v>
       </c>
       <c r="AF52" s="15">
-        <v>1.4E-2</v>
+        <v>1.5</v>
       </c>
       <c r="AG52" s="15">
-        <v>0.35599999999999998</v>
+        <v>46.9</v>
       </c>
       <c r="AH52" s="15">
-        <v>0.14799999999999999</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="53" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A53" s="19">
         <v>49</v>
       </c>
       <c r="B53" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C53" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>6.9</v>
       </c>
       <c r="D53" s="15">
-        <v>0</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="E53" s="15">
-        <v>1.2E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="F53" s="15">
-        <v>0.40200000000000002</v>
+        <v>47.4</v>
       </c>
       <c r="G53" s="15">
-        <v>0.34</v>
+        <v>51.4</v>
       </c>
       <c r="H53" s="15">
-        <v>0.29399999999999998</v>
+        <v>42.4</v>
       </c>
       <c r="I53" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>5.7</v>
       </c>
       <c r="J53" s="15">
-        <v>0.34499999999999997</v>
+        <v>43.7</v>
       </c>
       <c r="K53" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="L53" s="15">
-        <v>0.33300000000000002</v>
+        <v>32.9</v>
       </c>
       <c r="M53" s="15">
-        <v>9.8000000000000004E-2</v>
+        <v>14.2</v>
       </c>
       <c r="N53" s="15">
-        <v>0.13100000000000001</v>
+        <v>32.5</v>
       </c>
       <c r="O53" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>5.6000000000000005</v>
       </c>
       <c r="P53" s="15">
-        <v>9.5000000000000001E-2</v>
+        <v>11.3</v>
       </c>
       <c r="Q53" s="15">
-        <v>2.1000000000000001E-2</v>
+        <v>3.5000000000000004</v>
       </c>
       <c r="R53" s="15">
-        <v>6.7000000000000004E-2</v>
+        <v>9.1</v>
       </c>
       <c r="S53" s="15">
-        <v>5.1999999999999998E-2</v>
+        <v>9.4</v>
       </c>
       <c r="T53" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="U53" s="15">
-        <v>0.35</v>
+        <v>56.3</v>
       </c>
       <c r="V53" s="15">
-        <v>0.01</v>
+        <v>88.6</v>
       </c>
       <c r="W53" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>6.2</v>
       </c>
       <c r="X53" s="15">
-        <v>3.5000000000000003E-2</v>
+        <v>67.7</v>
       </c>
       <c r="Y53" s="15">
-        <v>0.36299999999999999</v>
+        <v>43.4</v>
       </c>
       <c r="Z53" s="15">
-        <v>2.9000000000000001E-2</v>
+        <v>6.7</v>
       </c>
       <c r="AA53" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="AB53" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="AC53" s="15">
-        <v>1.9E-2</v>
+        <v>3.9</v>
       </c>
       <c r="AD53" s="15">
-        <v>0.128</v>
+        <v>21.9</v>
       </c>
       <c r="AE53" s="15">
-        <v>0.42399999999999999</v>
+        <v>50.2</v>
       </c>
       <c r="AF53" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.8</v>
       </c>
       <c r="AG53" s="15">
-        <v>0.23899999999999999</v>
+        <v>26.5</v>
       </c>
       <c r="AH53" s="15">
-        <v>7.0999999999999994E-2</v>
+        <v>15.1</v>
       </c>
     </row>
     <row r="54" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A54" s="19">
         <v>50</v>
       </c>
       <c r="B54" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C54" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>4.8</v>
       </c>
       <c r="D54" s="15">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="E54" s="15">
-        <v>2E-3</v>
+        <v>0.3</v>
       </c>
       <c r="F54" s="15">
-        <v>0.22600000000000001</v>
+        <v>36.700000000000003</v>
       </c>
       <c r="G54" s="15">
-        <v>0.23599999999999999</v>
+        <v>53.300000000000004</v>
       </c>
       <c r="H54" s="15">
-        <v>0.11</v>
+        <v>31.900000000000002</v>
       </c>
       <c r="I54" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="J54" s="15">
-        <v>0.216</v>
+        <v>34.300000000000004</v>
       </c>
       <c r="K54" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>1.3</v>
       </c>
       <c r="L54" s="15">
-        <v>0.22600000000000001</v>
+        <v>20.3</v>
       </c>
       <c r="M54" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>10</v>
       </c>
       <c r="N54" s="15">
-        <v>0.121</v>
+        <v>25.7</v>
       </c>
       <c r="O54" s="15">
-        <v>4.2999999999999997E-2</v>
+        <v>3.2</v>
       </c>
       <c r="P54" s="15">
-        <v>9.0999999999999998E-2</v>
+        <v>13.100000000000001</v>
       </c>
       <c r="Q54" s="15">
-        <v>2.5999999999999999E-2</v>
+        <v>2.4</v>
       </c>
       <c r="R54" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>6</v>
       </c>
       <c r="S54" s="15">
-        <v>3.5999999999999997E-2</v>
+        <v>6</v>
       </c>
       <c r="T54" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="U54" s="15">
-        <v>0.438</v>
+        <v>55.400000000000006</v>
       </c>
       <c r="V54" s="15">
-        <v>2.4E-2</v>
+        <v>91.2</v>
       </c>
       <c r="W54" s="15">
-        <v>1.7000000000000001E-2</v>
+        <v>2.7</v>
       </c>
       <c r="X54" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>74.5</v>
       </c>
       <c r="Y54" s="15">
-        <v>0.30299999999999999</v>
+        <v>34.799999999999997</v>
       </c>
       <c r="Z54" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>1.9</v>
       </c>
       <c r="AA54" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AB54" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AC54" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>2.7</v>
       </c>
       <c r="AD54" s="15">
-        <v>6.2E-2</v>
+        <v>12.4</v>
       </c>
       <c r="AE54" s="15">
-        <v>0.317</v>
+        <v>53.2</v>
       </c>
       <c r="AF54" s="15">
-        <v>2E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AG54" s="15">
-        <v>9.4E-2</v>
+        <v>18.8</v>
       </c>
       <c r="AH54" s="15">
-        <v>5.1999999999999998E-2</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="55" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A55" s="19">
         <v>51</v>
       </c>
       <c r="B55" s="15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C55" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="D55" s="15">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="E55" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="F55" s="15">
-        <v>0.21</v>
+        <v>27.500000000000004</v>
       </c>
       <c r="G55" s="15">
-        <v>0.111</v>
+        <v>35.099999999999994</v>
       </c>
       <c r="H55" s="15">
-        <v>6.2E-2</v>
+        <v>21.4</v>
       </c>
       <c r="I55" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>3.6999999999999997</v>
       </c>
       <c r="J55" s="15">
-        <v>0.16900000000000001</v>
+        <v>21</v>
       </c>
       <c r="K55" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="L55" s="15">
-        <v>0.09</v>
+        <v>12.1</v>
       </c>
       <c r="M55" s="15">
-        <v>6.5000000000000002E-2</v>
+        <v>9</v>
       </c>
       <c r="N55" s="15">
-        <v>0</v>
+        <v>14.2</v>
       </c>
       <c r="O55" s="15">
-        <v>0.02</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="P55" s="15">
-        <v>3.1E-2</v>
+        <v>5</v>
       </c>
       <c r="Q55" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1.3</v>
       </c>
       <c r="R55" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>5.6000000000000005</v>
       </c>
       <c r="S55" s="15">
-        <v>2.3E-2</v>
+        <v>5.2</v>
       </c>
       <c r="T55" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="U55" s="15">
-        <v>0.24299999999999999</v>
+        <v>50.5</v>
       </c>
       <c r="V55" s="15">
-        <v>8.3000000000000004E-2</v>
+        <v>85</v>
       </c>
       <c r="W55" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>5.6000000000000005</v>
       </c>
       <c r="X55" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>72.099999999999994</v>
       </c>
       <c r="Y55" s="15">
-        <v>0.20399999999999999</v>
+        <v>27.200000000000003</v>
       </c>
       <c r="Z55" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>2.4</v>
       </c>
       <c r="AA55" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>0.6</v>
       </c>
       <c r="AB55" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="AC55" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="AD55" s="15">
-        <v>3.6999999999999998E-2</v>
+        <v>7.7</v>
       </c>
       <c r="AE55" s="15">
-        <v>0.22</v>
+        <v>46.300000000000004</v>
       </c>
       <c r="AF55" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="AG55" s="15">
-        <v>9.4E-2</v>
+        <v>11.5</v>
       </c>
       <c r="AH55" s="15">
-        <v>3.5000000000000003E-2</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="56" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A56" s="19">
         <v>52</v>
       </c>
       <c r="B56" s="15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C56" s="15">
-        <v>1.2E-2</v>
+        <v>2.4</v>
       </c>
       <c r="D56" s="15">
-        <v>0.01</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="E56" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1.3</v>
       </c>
       <c r="F56" s="15">
-        <v>0.14399999999999999</v>
+        <v>29.099999999999998</v>
       </c>
       <c r="G56" s="15">
-        <v>9.5000000000000001E-2</v>
+        <v>31.4</v>
       </c>
       <c r="H56" s="15">
-        <v>4.2999999999999997E-2</v>
+        <v>16.900000000000002</v>
       </c>
       <c r="I56" s="15">
-        <v>0.01</v>
+        <v>3.8</v>
       </c>
       <c r="J56" s="15">
-        <v>0.11600000000000001</v>
+        <v>16.8</v>
       </c>
       <c r="K56" s="15">
-        <v>1.2E-2</v>
+        <v>1.7999999999999998</v>
       </c>
       <c r="L56" s="15">
-        <v>4.8000000000000001E-2</v>
+        <v>11.4</v>
       </c>
       <c r="M56" s="15">
-        <v>7.8E-2</v>
+        <v>9</v>
       </c>
       <c r="N56" s="15">
-        <v>6.6000000000000003E-2</v>
+        <v>13.100000000000001</v>
       </c>
       <c r="O56" s="15">
-        <v>1.7000000000000001E-2</v>
+        <v>3.5000000000000004</v>
       </c>
       <c r="P56" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>5</v>
       </c>
       <c r="Q56" s="15">
-        <v>0</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="R56" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>5</v>
       </c>
       <c r="S56" s="15">
-        <v>1.6E-2</v>
+        <v>4.3999999999999995</v>
       </c>
       <c r="T56" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1.2</v>
       </c>
       <c r="U56" s="15">
-        <v>0.36499999999999999</v>
+        <v>53.5</v>
       </c>
       <c r="V56" s="15">
-        <v>4.7E-2</v>
+        <v>82.5</v>
       </c>
       <c r="W56" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>4</v>
       </c>
       <c r="X56" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>59.5</v>
       </c>
       <c r="Y56" s="15">
-        <v>8.4000000000000005E-2</v>
+        <v>17.2</v>
       </c>
       <c r="Z56" s="15">
-        <v>0</v>
+        <v>4.2</v>
       </c>
       <c r="AA56" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1.5</v>
       </c>
       <c r="AB56" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>1.3</v>
       </c>
       <c r="AC56" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>2.8000000000000003</v>
       </c>
       <c r="AD56" s="15">
-        <v>3.7999999999999999E-2</v>
+        <v>6.6000000000000005</v>
       </c>
       <c r="AE56" s="15">
-        <v>0.14000000000000001</v>
+        <v>48.699999999999996</v>
       </c>
       <c r="AF56" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.8</v>
       </c>
       <c r="AG56" s="15">
-        <v>6.5000000000000002E-2</v>
+        <v>11.4</v>
       </c>
       <c r="AH56" s="15">
-        <v>2.8000000000000001E-2</v>
+        <v>9.8000000000000007</v>
       </c>
     </row>
     <row r="57" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A57" s="19">
         <v>53</v>
       </c>
       <c r="B57" s="15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C57" s="15">
-        <v>2.4E-2</v>
+        <v>3.4000000000000004</v>
       </c>
       <c r="D57" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="E57" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="F57" s="15">
-        <v>0.113</v>
+        <v>26.700000000000003</v>
       </c>
       <c r="G57" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>40.400000000000006</v>
       </c>
       <c r="H57" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>16</v>
       </c>
       <c r="I57" s="15">
-        <v>2.5000000000000001E-2</v>
+        <v>3.5999999999999996</v>
       </c>
       <c r="J57" s="15">
-        <v>0.11700000000000001</v>
+        <v>20.100000000000001</v>
       </c>
       <c r="K57" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.8</v>
       </c>
       <c r="L57" s="15">
-        <v>4.8000000000000001E-2</v>
+        <v>9.6</v>
       </c>
       <c r="M57" s="15">
-        <v>3.7999999999999999E-2</v>
+        <v>7.6</v>
       </c>
       <c r="N57" s="15">
-        <v>0.04</v>
+        <v>19</v>
       </c>
       <c r="O57" s="15">
-        <v>1.6E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="P57" s="15">
-        <v>7.3999999999999996E-2</v>
+        <v>5.7</v>
       </c>
       <c r="Q57" s="15">
-        <v>1.4E-2</v>
+        <v>1.4000000000000001</v>
       </c>
       <c r="R57" s="15">
-        <v>3.7999999999999999E-2</v>
+        <v>5.8000000000000007</v>
       </c>
       <c r="S57" s="15">
-        <v>2.8000000000000001E-2</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="T57" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="U57" s="15">
-        <v>0.34300000000000003</v>
+        <v>61.199999999999996</v>
       </c>
       <c r="V57" s="15">
-        <v>2.5000000000000001E-2</v>
+        <v>79.5</v>
       </c>
       <c r="W57" s="15">
-        <v>1.4E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="X57" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>56.999999999999993</v>
       </c>
       <c r="Y57" s="15">
-        <v>0.11</v>
+        <v>17.299999999999997</v>
       </c>
       <c r="Z57" s="15">
-        <v>0.1</v>
+        <v>24.7</v>
       </c>
       <c r="AA57" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.4</v>
       </c>
       <c r="AB57" s="15">
-        <v>2E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AC57" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>2.5</v>
       </c>
       <c r="AD57" s="15">
-        <v>1.9E-2</v>
+        <v>14.299999999999999</v>
       </c>
       <c r="AE57" s="15">
-        <v>0.158</v>
+        <v>54.800000000000004</v>
       </c>
       <c r="AF57" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.6</v>
       </c>
       <c r="AG57" s="15">
-        <v>0.10299999999999999</v>
+        <v>10.8</v>
       </c>
       <c r="AH57" s="15">
-        <v>2.5000000000000001E-2</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="58" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A58" s="19">
         <v>54</v>
       </c>
       <c r="B58" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C58" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>3.4000000000000004</v>
       </c>
       <c r="D58" s="15">
-        <v>0</v>
+        <v>0.6</v>
       </c>
       <c r="E58" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.2</v>
       </c>
       <c r="F58" s="15">
-        <v>0.2</v>
+        <v>31</v>
       </c>
       <c r="G58" s="15">
-        <v>9.0999999999999998E-2</v>
+        <v>43.1</v>
       </c>
       <c r="H58" s="15">
-        <v>2.7E-2</v>
+        <v>20.3</v>
       </c>
       <c r="I58" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>3.1</v>
       </c>
       <c r="J58" s="15">
-        <v>0.14099999999999999</v>
+        <v>22.5</v>
       </c>
       <c r="K58" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="L58" s="15">
-        <v>0.109</v>
+        <v>14.399999999999999</v>
       </c>
       <c r="M58" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>6.9</v>
       </c>
       <c r="N58" s="15">
-        <v>5.1999999999999998E-2</v>
+        <v>23.3</v>
       </c>
       <c r="O58" s="15">
-        <v>1.2E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="P58" s="15">
-        <v>0.05</v>
+        <v>5</v>
       </c>
       <c r="Q58" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="R58" s="15">
-        <v>1.4E-2</v>
+        <v>4.5</v>
       </c>
       <c r="S58" s="15">
-        <v>3.7999999999999999E-2</v>
+        <v>4.7</v>
       </c>
       <c r="T58" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="U58" s="15">
-        <v>0.27300000000000002</v>
+        <v>59.199999999999996</v>
       </c>
       <c r="V58" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>79.900000000000006</v>
       </c>
       <c r="W58" s="15">
-        <v>1.6E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="X58" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>65</v>
       </c>
       <c r="Y58" s="15">
-        <v>0.16700000000000001</v>
+        <v>23.1</v>
       </c>
       <c r="Z58" s="15">
-        <v>7.6999999999999999E-2</v>
+        <v>30.099999999999998</v>
       </c>
       <c r="AA58" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AB58" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="AC58" s="15">
-        <v>2E-3</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="AD58" s="15">
-        <v>2.7E-2</v>
+        <v>17.899999999999999</v>
       </c>
       <c r="AE58" s="15">
-        <v>0.182</v>
+        <v>54.400000000000006</v>
       </c>
       <c r="AF58" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="AG58" s="15">
-        <v>7.5999999999999998E-2</v>
+        <v>10.199999999999999</v>
       </c>
       <c r="AH58" s="15">
-        <v>0.03</v>
+        <v>11.200000000000001</v>
       </c>
     </row>
     <row r="59" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A59" s="19">
         <v>55</v>
       </c>
       <c r="B59" s="15" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C59" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>5.7</v>
       </c>
       <c r="D59" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="E59" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="F59" s="15">
-        <v>0.123</v>
+        <v>33.200000000000003</v>
       </c>
       <c r="G59" s="15">
-        <v>5.2999999999999999E-2</v>
+        <v>50.4</v>
       </c>
       <c r="H59" s="15">
-        <v>2.8000000000000001E-2</v>
+        <v>21.5</v>
       </c>
       <c r="I59" s="15">
-        <v>0.02</v>
+        <v>4.7</v>
       </c>
       <c r="J59" s="15">
-        <v>0.127</v>
+        <v>22.5</v>
       </c>
       <c r="K59" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>2</v>
       </c>
       <c r="L59" s="15">
-        <v>7.8E-2</v>
+        <v>13.100000000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>2.9000000000000001E-2</v>
+        <v>6.9</v>
       </c>
       <c r="N59" s="15">
-        <v>3.6999999999999998E-2</v>
+        <v>28.799999999999997</v>
       </c>
       <c r="O59" s="15">
-        <v>1.6E-2</v>
+        <v>3.2</v>
       </c>
       <c r="P59" s="15">
-        <v>2.5999999999999999E-2</v>
+        <v>6.9</v>
       </c>
       <c r="Q59" s="15">
-        <v>1.7000000000000001E-2</v>
+        <v>3.5999999999999996</v>
       </c>
       <c r="R59" s="15">
-        <v>3.1E-2</v>
+        <v>5.4</v>
       </c>
       <c r="S59" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>5.6000000000000005</v>
       </c>
       <c r="T59" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="U59" s="15">
-        <v>0.23799999999999999</v>
+        <v>52.300000000000004</v>
       </c>
       <c r="V59" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>80.300000000000011</v>
       </c>
       <c r="W59" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>3.5000000000000004</v>
       </c>
       <c r="X59" s="15">
-        <v>1.4E-2</v>
+        <v>70.7</v>
       </c>
       <c r="Y59" s="15">
-        <v>9.1999999999999998E-2</v>
+        <v>22.5</v>
       </c>
       <c r="Z59" s="15">
-        <v>0</v>
+        <v>24.3</v>
       </c>
       <c r="AA59" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>1.6</v>
       </c>
       <c r="AB59" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1.4000000000000001</v>
       </c>
       <c r="AC59" s="15">
-        <v>1.6E-2</v>
+        <v>4.2</v>
       </c>
       <c r="AD59" s="15">
-        <v>3.3000000000000002E-2</v>
+        <v>21.7</v>
       </c>
       <c r="AE59" s="15">
-        <v>0.17100000000000001</v>
+        <v>52.5</v>
       </c>
       <c r="AF59" s="15">
-        <v>0.01</v>
+        <v>1.7999999999999998</v>
       </c>
       <c r="AG59" s="15">
-        <v>7.0999999999999994E-2</v>
+        <v>13.8</v>
       </c>
       <c r="AH59" s="15">
-        <v>2.5000000000000001E-2</v>
+        <v>11.799999999999999</v>
       </c>
     </row>
     <row r="60" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A60" s="19">
         <v>56</v>
       </c>
-      <c r="B60" s="16">
-        <v>42156</v>
+      <c r="B60" s="16" t="s">
+        <v>122</v>
       </c>
       <c r="C60" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>4</v>
       </c>
       <c r="D60" s="15">
-        <v>1.6E-2</v>
+        <v>1</v>
       </c>
       <c r="E60" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.4000000000000001</v>
       </c>
       <c r="F60" s="15">
-        <v>0.17299999999999999</v>
+        <v>26.400000000000002</v>
       </c>
       <c r="G60" s="15">
-        <v>7.3999999999999996E-2</v>
+        <v>42.5</v>
       </c>
       <c r="H60" s="15">
-        <v>1.4E-2</v>
+        <v>20.8</v>
       </c>
       <c r="I60" s="15">
-        <v>3.6999999999999998E-2</v>
+        <v>4.1000000000000005</v>
       </c>
       <c r="J60" s="15">
-        <v>0.216</v>
+        <v>24</v>
       </c>
       <c r="K60" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="L60" s="15">
-        <v>0.107</v>
+        <v>13.600000000000001</v>
       </c>
       <c r="M60" s="15">
-        <v>3.5999999999999997E-2</v>
+        <v>6.3</v>
       </c>
       <c r="N60" s="15">
-        <v>2.8000000000000001E-2</v>
+        <v>23.5</v>
       </c>
       <c r="O60" s="15">
-        <v>0.02</v>
+        <v>1.9</v>
       </c>
       <c r="P60" s="15">
-        <v>3.5999999999999997E-2</v>
+        <v>5.8000000000000007</v>
       </c>
       <c r="Q60" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>2</v>
       </c>
       <c r="R60" s="15">
-        <v>5.1999999999999998E-2</v>
+        <v>6.3</v>
       </c>
       <c r="S60" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>3.5999999999999996</v>
       </c>
       <c r="T60" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1</v>
       </c>
       <c r="U60" s="15">
-        <v>0.30199999999999999</v>
+        <v>51.300000000000004</v>
       </c>
       <c r="V60" s="15">
-        <v>4.7E-2</v>
+        <v>81.599999999999994</v>
       </c>
       <c r="W60" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="X60" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>60.9</v>
       </c>
       <c r="Y60" s="15">
-        <v>0.11899999999999999</v>
+        <v>21</v>
       </c>
       <c r="Z60" s="15">
-        <v>0</v>
+        <v>27.200000000000003</v>
       </c>
       <c r="AA60" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="AB60" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.6</v>
       </c>
       <c r="AC60" s="15">
-        <v>0.01</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="AD60" s="15">
-        <v>5.2999999999999999E-2</v>
+        <v>19.5</v>
       </c>
       <c r="AE60" s="15">
-        <v>0.16800000000000001</v>
+        <v>48.5</v>
       </c>
       <c r="AF60" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="AG60" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>10.5</v>
       </c>
       <c r="AH60" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="61" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A61" s="19">
         <v>57</v>
       </c>
-      <c r="B61" s="16">
-        <v>42522</v>
+      <c r="B61" s="16" t="s">
+        <v>123</v>
       </c>
       <c r="C61" s="15">
-        <v>0.01</v>
+        <v>3.1</v>
       </c>
       <c r="D61" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.4</v>
       </c>
       <c r="E61" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>0.5</v>
       </c>
       <c r="F61" s="15">
-        <v>0.13500000000000001</v>
+        <v>23.599999999999998</v>
       </c>
       <c r="G61" s="15">
-        <v>3.5999999999999997E-2</v>
+        <v>35.299999999999997</v>
       </c>
       <c r="H61" s="15">
-        <v>3.6999999999999998E-2</v>
+        <v>17.2</v>
       </c>
       <c r="I61" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>2.4</v>
       </c>
       <c r="J61" s="15">
-        <v>0.13100000000000001</v>
+        <v>15.8</v>
       </c>
       <c r="K61" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="L61" s="15">
-        <v>0.09</v>
+        <v>10.100000000000001</v>
       </c>
       <c r="M61" s="15">
-        <v>3.1E-2</v>
+        <v>5.7</v>
       </c>
       <c r="N61" s="15">
-        <v>2.1000000000000001E-2</v>
+        <v>23.7</v>
       </c>
       <c r="O61" s="15">
-        <v>1.2E-2</v>
+        <v>2</v>
       </c>
       <c r="P61" s="15">
-        <v>2.4E-2</v>
+        <v>4.3</v>
       </c>
       <c r="Q61" s="15">
-        <v>2.3E-2</v>
+        <v>2.1</v>
       </c>
       <c r="R61" s="15">
-        <v>0.02</v>
+        <v>4.8</v>
       </c>
       <c r="S61" s="15">
-        <v>2.5000000000000001E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="T61" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="U61" s="15">
-        <v>0.16</v>
+        <v>44.7</v>
       </c>
       <c r="V61" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>73.599999999999994</v>
       </c>
       <c r="W61" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>2</v>
       </c>
       <c r="X61" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>54.1</v>
       </c>
       <c r="Y61" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>11.700000000000001</v>
       </c>
       <c r="Z61" s="15">
-        <v>0</v>
+        <v>21.4</v>
       </c>
       <c r="AA61" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.4</v>
       </c>
       <c r="AB61" s="15">
-        <v>2E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AC61" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>2.1</v>
       </c>
       <c r="AD61" s="15">
-        <v>1.4E-2</v>
+        <v>17.299999999999997</v>
       </c>
       <c r="AE61" s="15">
-        <v>7.4999999999999997E-2</v>
+        <v>38.4</v>
       </c>
       <c r="AF61" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AG61" s="15">
-        <v>3.9E-2</v>
+        <v>6.6000000000000005</v>
       </c>
       <c r="AH61" s="15">
-        <v>2.1000000000000001E-2</v>
+        <v>8.3000000000000007</v>
       </c>
     </row>
     <row r="62" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A62" s="19">
         <v>58</v>
       </c>
-      <c r="B62" s="16">
-        <v>42887</v>
+      <c r="B62" s="16" t="s">
+        <v>124</v>
       </c>
       <c r="C62" s="15">
-        <v>0.01</v>
+        <v>2.4</v>
       </c>
       <c r="D62" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="E62" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.4</v>
       </c>
       <c r="F62" s="15">
-        <v>0.122</v>
+        <v>15.8</v>
       </c>
       <c r="G62" s="15">
-        <v>0.129</v>
+        <v>28.7</v>
       </c>
       <c r="H62" s="15">
-        <v>7.2999999999999995E-2</v>
+        <v>11.5</v>
       </c>
       <c r="I62" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="J62" s="15">
-        <v>0.13100000000000001</v>
+        <v>10.7</v>
       </c>
       <c r="K62" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.8</v>
       </c>
       <c r="L62" s="15">
-        <v>0.125</v>
+        <v>10.6</v>
       </c>
       <c r="M62" s="15">
-        <v>3.1E-2</v>
+        <v>3.6999999999999997</v>
       </c>
       <c r="N62" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>11</v>
       </c>
       <c r="O62" s="15">
-        <v>1.2E-2</v>
+        <v>1.3</v>
       </c>
       <c r="P62" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>3.5999999999999996</v>
       </c>
       <c r="Q62" s="15">
-        <v>0.02</v>
+        <v>0.8</v>
       </c>
       <c r="R62" s="15">
-        <v>2.5999999999999999E-2</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="S62" s="15">
-        <v>1.4E-2</v>
+        <v>2.6</v>
       </c>
       <c r="T62" s="15">
-        <v>2.3E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="U62" s="15">
-        <v>0.214</v>
+        <v>39.900000000000006</v>
       </c>
       <c r="V62" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>76.7</v>
       </c>
       <c r="W62" s="15">
-        <v>2.5000000000000001E-2</v>
+        <v>1.9</v>
       </c>
       <c r="X62" s="15">
-        <v>1.4E-2</v>
+        <v>45.4</v>
       </c>
       <c r="Y62" s="15">
-        <v>8.1000000000000003E-2</v>
+        <v>8.1</v>
       </c>
       <c r="Z62" s="15">
-        <v>5.7000000000000002E-2</v>
+        <v>20.7</v>
       </c>
       <c r="AA62" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AB62" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="AC62" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="AD62" s="15">
-        <v>3.1E-2</v>
+        <v>12.3</v>
       </c>
       <c r="AE62" s="15">
-        <v>6.2E-2</v>
+        <v>28.1</v>
       </c>
       <c r="AF62" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.6</v>
       </c>
       <c r="AG62" s="15">
-        <v>2.7E-2</v>
+        <v>5.7</v>
       </c>
       <c r="AH62" s="15">
-        <v>2.7E-2</v>
+        <v>6.6000000000000005</v>
       </c>
     </row>
     <row r="63" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A63" s="19">
         <v>59</v>
       </c>
       <c r="B63" s="15" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C63" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>2.4</v>
       </c>
       <c r="D63" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>0.5</v>
       </c>
       <c r="E63" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="F63" s="15">
-        <v>6.2E-2</v>
+        <v>14.7</v>
       </c>
       <c r="G63" s="15">
-        <v>6.3E-2</v>
+        <v>29.299999999999997</v>
       </c>
       <c r="H63" s="15">
-        <v>4.5999999999999999E-2</v>
+        <v>13.100000000000001</v>
       </c>
       <c r="I63" s="15">
-        <v>1.4E-2</v>
+        <v>1.9</v>
       </c>
       <c r="J63" s="15">
-        <v>0.125</v>
+        <v>10</v>
       </c>
       <c r="K63" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1</v>
       </c>
       <c r="L63" s="15">
-        <v>8.6999999999999994E-2</v>
+        <v>8.3000000000000007</v>
       </c>
       <c r="M63" s="15">
-        <v>6.2E-2</v>
+        <v>4</v>
       </c>
       <c r="N63" s="15">
-        <v>3.9E-2</v>
+        <v>9.8000000000000007</v>
       </c>
       <c r="O63" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>1.4000000000000001</v>
       </c>
       <c r="P63" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="Q63" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="R63" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="S63" s="15">
-        <v>2.9000000000000001E-2</v>
+        <v>3.6999999999999997</v>
       </c>
       <c r="T63" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>1.3</v>
       </c>
       <c r="U63" s="15">
-        <v>0.122</v>
+        <v>36.299999999999997</v>
       </c>
       <c r="V63" s="15">
-        <v>1.4E-2</v>
+        <v>68.400000000000006</v>
       </c>
       <c r="W63" s="15">
-        <v>2E-3</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="X63" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>40.9</v>
       </c>
       <c r="Y63" s="15">
-        <v>7.1999999999999995E-2</v>
+        <v>7.6</v>
       </c>
       <c r="Z63" s="15">
-        <v>0.14599999999999999</v>
+        <v>12.8</v>
       </c>
       <c r="AA63" s="15">
-        <v>1.2E-2</v>
+        <v>1.2</v>
       </c>
       <c r="AB63" s="15">
-        <v>1.2E-2</v>
+        <v>1.9</v>
       </c>
       <c r="AC63" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>1.6</v>
       </c>
       <c r="AD63" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>9.7000000000000011</v>
       </c>
       <c r="AE63" s="15">
-        <v>3.6999999999999998E-2</v>
+        <v>23.400000000000002</v>
       </c>
       <c r="AF63" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>1</v>
       </c>
       <c r="AG63" s="15">
-        <v>8.8999999999999996E-2</v>
+        <v>7.0000000000000009</v>
       </c>
       <c r="AH63" s="15">
-        <v>2.3E-2</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="64" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A64" s="19">
         <v>60</v>
       </c>
       <c r="B64" s="15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C64" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>2.6</v>
       </c>
       <c r="D64" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.1</v>
       </c>
       <c r="E64" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>0.8</v>
       </c>
       <c r="F64" s="15">
-        <v>5.5E-2</v>
+        <v>11.4</v>
       </c>
       <c r="G64" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>25.7</v>
       </c>
       <c r="H64" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>15.299999999999999</v>
       </c>
       <c r="I64" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="J64" s="15">
-        <v>4.5999999999999999E-2</v>
+        <v>8.7999999999999989</v>
       </c>
       <c r="K64" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>0.8</v>
       </c>
       <c r="L64" s="15">
-        <v>4.1000000000000002E-2</v>
+        <v>4.7</v>
       </c>
       <c r="M64" s="15">
-        <v>3.5999999999999997E-2</v>
+        <v>3.1</v>
       </c>
       <c r="N64" s="15">
-        <v>3.7999999999999999E-2</v>
+        <v>7.3</v>
       </c>
       <c r="O64" s="15">
-        <v>2E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="P64" s="15">
-        <v>2.4E-2</v>
+        <v>2.8000000000000003</v>
       </c>
       <c r="Q64" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>1.2</v>
       </c>
       <c r="R64" s="15">
-        <v>1.2E-2</v>
+        <v>2.1</v>
       </c>
       <c r="S64" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1.6</v>
       </c>
       <c r="T64" s="15">
-        <v>1.4E-2</v>
+        <v>1.5</v>
       </c>
       <c r="U64" s="15">
-        <v>0.08</v>
+        <v>31</v>
       </c>
       <c r="V64" s="15">
-        <v>1.2E-2</v>
+        <v>66.7</v>
       </c>
       <c r="W64" s="15">
-        <v>2E-3</v>
+        <v>1.9</v>
       </c>
       <c r="X64" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>30.7</v>
       </c>
       <c r="Y64" s="15">
-        <v>5.2999999999999999E-2</v>
+        <v>6.1</v>
       </c>
       <c r="Z64" s="15">
-        <v>0</v>
+        <v>10.6</v>
       </c>
       <c r="AA64" s="15">
-        <v>1E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="AB64" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="AC64" s="15">
-        <v>1.6E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="AD64" s="15">
-        <v>0</v>
+        <v>6.4</v>
       </c>
       <c r="AE64" s="15">
-        <v>2.9000000000000001E-2</v>
+        <v>25.3</v>
       </c>
       <c r="AF64" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.6</v>
       </c>
       <c r="AG64" s="15">
-        <v>6.0999999999999999E-2</v>
+        <v>5.3</v>
       </c>
       <c r="AH64" s="15">
-        <v>1.4E-2</v>
+        <v>5.8999999999999995</v>
       </c>
     </row>
     <row r="65" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A65" s="19">
         <v>61</v>
       </c>
-      <c r="B65" s="16">
-        <v>43983</v>
+      <c r="B65" s="16" t="s">
+        <v>125</v>
       </c>
       <c r="C65" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>2</v>
       </c>
       <c r="D65" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1</v>
       </c>
       <c r="E65" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="F65" s="15">
-        <v>5.8999999999999997E-2</v>
+        <v>13.700000000000001</v>
       </c>
       <c r="G65" s="15">
-        <v>2.3E-2</v>
+        <v>33.700000000000003</v>
       </c>
       <c r="H65" s="15">
-        <v>4.3999999999999997E-2</v>
+        <v>19.3</v>
       </c>
       <c r="I65" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="J65" s="15">
-        <v>0.04</v>
+        <v>9.4</v>
       </c>
       <c r="K65" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1.2</v>
       </c>
       <c r="L65" s="15">
-        <v>8.4000000000000005E-2</v>
+        <v>8.4</v>
       </c>
       <c r="M65" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>6.1</v>
       </c>
       <c r="N65" s="15">
-        <v>2.1000000000000001E-2</v>
+        <v>16.600000000000001</v>
       </c>
       <c r="O65" s="15">
-        <v>0</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="P65" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>3.6999999999999997</v>
       </c>
       <c r="Q65" s="15">
-        <v>0</v>
+        <v>1.3</v>
       </c>
       <c r="R65" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>4.1000000000000005</v>
       </c>
       <c r="S65" s="15">
-        <v>0</v>
+        <v>3.2</v>
       </c>
       <c r="T65" s="15">
-        <v>1.2999999999999999E-2</v>
+        <v>1</v>
       </c>
       <c r="U65" s="15">
-        <v>8.5000000000000006E-2</v>
+        <v>46.6</v>
       </c>
       <c r="V65" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>69.399999999999991</v>
       </c>
       <c r="W65" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>1.9</v>
       </c>
       <c r="X65" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>29.4</v>
       </c>
       <c r="Y65" s="15">
-        <v>3.5999999999999997E-2</v>
+        <v>6.9</v>
       </c>
       <c r="Z65" s="15">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="AA65" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="AB65" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="AC65" s="15">
-        <v>1.6E-2</v>
+        <v>2.6</v>
       </c>
       <c r="AD65" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>14.6</v>
       </c>
       <c r="AE65" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>41.6</v>
       </c>
       <c r="AF65" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="AG65" s="15">
-        <v>1.6E-2</v>
+        <v>3.9</v>
       </c>
       <c r="AH65" s="15">
-        <v>1.4E-2</v>
+        <v>8.7999999999999989</v>
       </c>
     </row>
     <row r="66" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A66" s="19">
         <v>62</v>
       </c>
       <c r="B66" s="15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C66" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>3.5000000000000004</v>
       </c>
       <c r="D66" s="15">
         <v>0</v>
       </c>
       <c r="E66" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="F66" s="15">
-        <v>0.10199999999999999</v>
+        <v>26.5</v>
       </c>
       <c r="G66" s="15">
-        <v>6.7000000000000004E-2</v>
+        <v>26.6</v>
       </c>
       <c r="H66" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>16.7</v>
       </c>
       <c r="I66" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>2.5</v>
       </c>
       <c r="J66" s="15">
-        <v>3.7999999999999999E-2</v>
+        <v>6.3</v>
       </c>
       <c r="K66" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>1.6</v>
       </c>
       <c r="L66" s="15">
-        <v>8.3000000000000004E-2</v>
+        <v>11.200000000000001</v>
       </c>
       <c r="M66" s="15">
-        <v>2.5999999999999999E-2</v>
+        <v>5.8999999999999995</v>
       </c>
       <c r="N66" s="15">
-        <v>2.4E-2</v>
+        <v>23.200000000000003</v>
       </c>
       <c r="O66" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>1.7999999999999998</v>
       </c>
       <c r="P66" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>3.4000000000000004</v>
       </c>
       <c r="Q66" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.9</v>
       </c>
       <c r="R66" s="15">
-        <v>5.2999999999999999E-2</v>
+        <v>5.8000000000000007</v>
       </c>
       <c r="S66" s="15">
-        <v>1.2E-2</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="T66" s="15">
-        <v>3.5999999999999997E-2</v>
+        <v>2</v>
       </c>
       <c r="U66" s="15">
-        <v>2.9000000000000001E-2</v>
+        <v>50.5</v>
       </c>
       <c r="V66" s="15">
-        <v>1.4999999999999999E-2</v>
+        <v>57.599999999999994</v>
       </c>
       <c r="W66" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="X66" s="15">
-        <v>1.9E-2</v>
+        <v>23.5</v>
       </c>
       <c r="Y66" s="15">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="Z66" s="15">
-        <v>0</v>
+        <v>20.7</v>
       </c>
       <c r="AA66" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="AB66" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>1.2</v>
       </c>
       <c r="AC66" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>1.9</v>
       </c>
       <c r="AD66" s="15">
-        <v>7.0000000000000001E-3</v>
+        <v>17.7</v>
       </c>
       <c r="AE66" s="15">
-        <v>4.3999999999999997E-2</v>
+        <v>55.600000000000009</v>
       </c>
       <c r="AF66" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.7999999999999998</v>
       </c>
       <c r="AG66" s="15">
-        <v>3.2000000000000001E-2</v>
+        <v>4.7</v>
       </c>
       <c r="AH66" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>9.1999999999999993</v>
       </c>
     </row>
     <row r="67" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A67" s="19">
         <v>63</v>
       </c>
       <c r="B67" s="16">
-        <v>44714</v>
+        <v>44713</v>
       </c>
       <c r="C67" s="15">
-        <v>1.3000000000000001E-2</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="D67" s="15">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="E67" s="15">
-        <v>1.3000000000000001E-2</v>
+        <v>1.3</v>
       </c>
       <c r="F67" s="15">
-        <v>0.128</v>
+        <v>26.400000000000002</v>
       </c>
       <c r="G67" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>12.5</v>
       </c>
       <c r="H67" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>10.4</v>
       </c>
       <c r="I67" s="15">
-        <v>0.03</v>
+        <v>3.5000000000000004</v>
       </c>
       <c r="J67" s="15">
-        <v>2.9000000000000005E-2</v>
+        <v>4.1000000000000005</v>
       </c>
       <c r="K67" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1.3</v>
       </c>
       <c r="L67" s="15">
-        <v>9.4E-2</v>
+        <v>8.7999999999999989</v>
       </c>
       <c r="M67" s="15">
-        <v>4.5999999999999999E-2</v>
+        <v>7.5</v>
       </c>
       <c r="N67" s="15">
-        <v>2.4E-2</v>
+        <v>18.099999999999998</v>
       </c>
       <c r="O67" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>1.3</v>
       </c>
       <c r="P67" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>2.5</v>
       </c>
       <c r="Q67" s="15">
-        <v>1.2E-2</v>
+        <v>2.1</v>
       </c>
       <c r="R67" s="15">
-        <v>0.04</v>
+        <v>4.7</v>
       </c>
       <c r="S67" s="15">
-        <v>1.2E-2</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="T67" s="15">
-        <v>7.000000000000001E-3</v>
+        <v>1</v>
       </c>
       <c r="U67" s="15">
-        <v>0.152</v>
+        <v>48.699999999999996</v>
       </c>
       <c r="V67" s="15">
-        <v>0.41699999999999998</v>
+        <v>44.4</v>
       </c>
       <c r="W67" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>2.4</v>
       </c>
       <c r="X67" s="15">
-        <v>3.3000000000000002E-2</v>
+        <v>13.100000000000001</v>
       </c>
       <c r="Y67" s="15">
-        <v>0.02</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="Z67" s="15">
-        <v>0</v>
+        <v>14.899999999999999</v>
       </c>
       <c r="AA67" s="15">
-        <v>1.2E-2</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="AB67" s="15">
-        <v>0.01</v>
+        <v>0.8</v>
       </c>
       <c r="AC67" s="15">
-        <v>2.7000000000000003E-2</v>
+        <v>2.4</v>
       </c>
       <c r="AD67" s="15">
-        <v>4.4999999999999998E-2</v>
+        <v>13.4</v>
       </c>
       <c r="AE67" s="15">
-        <v>7.9000000000000001E-2</v>
+        <v>49.1</v>
       </c>
       <c r="AF67" s="15">
-        <v>1.2E-2</v>
+        <v>1</v>
       </c>
       <c r="AG67" s="15">
-        <v>2.9000000000000005E-2</v>
+        <v>3</v>
       </c>
       <c r="AH67" s="15">
-        <v>4.1000000000000009E-2</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="68" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A68" s="19">
         <v>64</v>
       </c>
-      <c r="B68" s="57" t="s">
-        <v>114</v>
+      <c r="B68" s="16">
+        <v>45078</v>
       </c>
       <c r="C68" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="D68" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>0.6</v>
       </c>
       <c r="E68" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="F68" s="15">
-        <v>7.3999999999999996E-2</v>
+        <v>19.3</v>
       </c>
       <c r="G68" s="15">
-        <v>2.3E-2</v>
+        <v>6.9</v>
       </c>
       <c r="H68" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>5.6000000000000005</v>
       </c>
       <c r="I68" s="15">
-        <v>1.6E-2</v>
+        <v>2.7</v>
       </c>
       <c r="J68" s="15">
-        <v>1.7999999999999999E-2</v>
+        <v>3.8</v>
       </c>
       <c r="K68" s="15">
-        <v>1.2E-2</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="L68" s="15">
-        <v>6.2E-2</v>
+        <v>7.1</v>
       </c>
       <c r="M68" s="15">
-        <v>3.5000000000000003E-2</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="N68" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>12.4</v>
       </c>
       <c r="O68" s="15">
-        <v>1.9E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="P68" s="15">
-        <v>1.3000000000000001E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="Q68" s="15">
-        <v>4.1000000000000009E-2</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="R68" s="15">
-        <v>1.9E-2</v>
+        <v>3.1</v>
       </c>
       <c r="S68" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>2</v>
       </c>
       <c r="T68" s="15">
-        <v>0.01</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="U68" s="15">
-        <v>7.5999999999999998E-2</v>
+        <v>40.699999999999996</v>
       </c>
       <c r="V68" s="15">
-        <v>0.44700000000000001</v>
+        <v>40.699999999999996</v>
       </c>
       <c r="W68" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>2.9000000000000004</v>
       </c>
       <c r="X68" s="15">
-        <v>0.13</v>
+        <v>21.8</v>
       </c>
       <c r="Y68" s="15">
-        <v>2.7000000000000003E-2</v>
+        <v>2.1999999999999997</v>
       </c>
       <c r="Z68" s="15">
-        <v>3.4000000000000002E-2</v>
+        <v>6.8000000000000007</v>
       </c>
       <c r="AA68" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>0.8</v>
       </c>
       <c r="AB68" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AC68" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>1.2</v>
       </c>
       <c r="AD68" s="15">
-        <v>3.5000000000000003E-2</v>
+        <v>10.7</v>
       </c>
       <c r="AE68" s="15">
-        <v>7.4999999999999997E-2</v>
+        <v>32</v>
       </c>
       <c r="AF68" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.0999999999999999</v>
       </c>
       <c r="AG68" s="15">
-        <v>0.02</v>
+        <v>2.6</v>
       </c>
       <c r="AH68" s="15">
-        <v>3.7999999999999999E-2</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="69" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A69" s="19">
         <v>65</v>
       </c>
-      <c r="B69" s="57" t="s">
-        <v>115</v>
+      <c r="B69" s="16">
+        <v>45444</v>
       </c>
       <c r="C69" s="15">
-        <v>0.03</v>
+        <v>2.8000000000000003</v>
       </c>
       <c r="D69" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>3.1</v>
       </c>
       <c r="E69" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="F69" s="15">
-        <v>9.0999999999999998E-2</v>
+        <v>17.599999999999998</v>
       </c>
       <c r="G69" s="15">
-        <v>3.3000000000000002E-2</v>
+        <v>5.3</v>
       </c>
       <c r="H69" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>3.8</v>
       </c>
       <c r="I69" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>3.3000000000000003</v>
       </c>
       <c r="J69" s="15">
-        <v>3.2000000000000001E-2</v>
+        <v>3.5999999999999996</v>
       </c>
       <c r="K69" s="15">
-        <v>4.0000000000000001E-3</v>
+        <v>0.89999999999999991</v>
       </c>
       <c r="L69" s="15">
-        <v>4.2000000000000003E-2</v>
+        <v>4.3999999999999995</v>
       </c>
       <c r="M69" s="15">
-        <v>2.7000000000000003E-2</v>
+        <v>3.2</v>
       </c>
       <c r="N69" s="15">
-        <v>3.3000000000000002E-2</v>
+        <v>12</v>
       </c>
       <c r="O69" s="15">
-        <v>5.0000000000000001E-3</v>
+        <v>0.70000000000000007</v>
       </c>
       <c r="P69" s="15">
-        <v>8.0000000000000002E-3</v>
+        <v>1.3</v>
       </c>
       <c r="Q69" s="15">
-        <v>0</v>
+        <v>1.3</v>
       </c>
       <c r="R69" s="15">
-        <v>8.9999999999999993E-3</v>
+        <v>1.7000000000000002</v>
       </c>
       <c r="S69" s="15">
-        <v>4.3999999999999997E-2</v>
+        <v>4.5</v>
       </c>
       <c r="T69" s="15">
-        <v>1.3000000000000001E-2</v>
+        <v>1.6</v>
       </c>
       <c r="U69" s="15">
-        <v>0.26600000000000001</v>
+        <v>40.9</v>
       </c>
       <c r="V69" s="15">
-        <v>1.2E-2</v>
+        <v>40</v>
       </c>
       <c r="W69" s="15">
-        <v>1.0999999999999999E-2</v>
+        <v>1.5</v>
       </c>
       <c r="X69" s="15">
-        <v>1.3000000000000001E-2</v>
+        <v>32.6</v>
       </c>
       <c r="Y69" s="15">
-        <v>2.1999999999999999E-2</v>
+        <v>2.4</v>
       </c>
       <c r="Z69" s="15">
-        <v>0</v>
+        <v>4.3999999999999995</v>
       </c>
       <c r="AA69" s="15">
-        <v>0.01</v>
+        <v>0.8</v>
       </c>
       <c r="AB69" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>1.9</v>
       </c>
       <c r="AC69" s="15">
-        <v>1.4000000000000002E-2</v>
+        <v>1.6</v>
       </c>
       <c r="AD69" s="15">
-        <v>6.0000000000000001E-3</v>
+        <v>6.8000000000000007</v>
       </c>
       <c r="AE69" s="15">
-        <v>7.0999999999999994E-2</v>
+        <v>26</v>
       </c>
       <c r="AF69" s="15">
-        <v>3.0000000000000001E-3</v>
+        <v>0.5</v>
       </c>
       <c r="AG69" s="15">
-        <v>0</v>
+        <v>4.2</v>
       </c>
       <c r="AH69" s="15">
-        <v>4.7E-2</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="70" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A70" s="19">
         <v>66</v>
       </c>
-      <c r="B70" s="58" t="s">
-[...33 lines deleted...]
-      <c r="AH70" s="15"/>
+      <c r="B70" s="57">
+        <v>45809</v>
+      </c>
+      <c r="C70" s="15">
+        <v>2</v>
+      </c>
+      <c r="D70" s="15">
+        <v>0.6</v>
+      </c>
+      <c r="E70" s="15">
+        <v>1.3</v>
+      </c>
+      <c r="F70" s="15">
+        <v>17.599999999999998</v>
+      </c>
+      <c r="G70" s="15">
+        <v>5.2</v>
+      </c>
+      <c r="H70" s="15">
+        <v>3.5000000000000004</v>
+      </c>
+      <c r="I70" s="15">
+        <v>2.6</v>
+      </c>
+      <c r="J70" s="15">
+        <v>3.1</v>
+      </c>
+      <c r="K70" s="15">
+        <v>1.2</v>
+      </c>
+      <c r="L70" s="15">
+        <v>2.6</v>
+      </c>
+      <c r="M70" s="15">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="N70" s="15">
+        <v>19.5</v>
+      </c>
+      <c r="O70" s="15">
+        <v>0.89999999999999991</v>
+      </c>
+      <c r="P70" s="15">
+        <v>3.3000000000000003</v>
+      </c>
+      <c r="Q70" s="15">
+        <v>1</v>
+      </c>
+      <c r="R70" s="15">
+        <v>2</v>
+      </c>
+      <c r="S70" s="15">
+        <v>2</v>
+      </c>
+      <c r="T70" s="15">
+        <v>1.4000000000000001</v>
+      </c>
+      <c r="U70" s="15">
+        <v>58.9</v>
+      </c>
+      <c r="V70" s="15">
+        <v>43.1</v>
+      </c>
+      <c r="W70" s="15">
+        <v>1.0999999999999999</v>
+      </c>
+      <c r="X70" s="15">
+        <v>33.6</v>
+      </c>
+      <c r="Y70" s="15">
+        <v>2.1</v>
+      </c>
+      <c r="Z70" s="15">
+        <v>8.2000000000000011</v>
+      </c>
+      <c r="AA70" s="15">
+        <v>0.70000000000000007</v>
+      </c>
+      <c r="AB70" s="15">
+        <v>0.70000000000000007</v>
+      </c>
+      <c r="AC70" s="15">
+        <v>2</v>
+      </c>
+      <c r="AD70" s="15">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="AE70" s="15">
+        <v>47.099999999999994</v>
+      </c>
+      <c r="AF70" s="15">
+        <v>1.2</v>
+      </c>
+      <c r="AG70" s="15">
+        <v>2.4</v>
+      </c>
+      <c r="AH70" s="15">
+        <v>10.100000000000001</v>
+      </c>
     </row>
     <row r="71" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A71" s="19">
         <v>67</v>
       </c>
-      <c r="B71" s="57" t="s">
-        <v>117</v>
+      <c r="B71" s="56" t="s">
+        <v>112</v>
       </c>
       <c r="C71" s="15"/>
       <c r="D71" s="15"/>
       <c r="E71" s="15"/>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="15"/>
       <c r="K71" s="15"/>
       <c r="L71" s="15"/>
       <c r="M71" s="15"/>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" s="15"/>
       <c r="S71" s="15"/>
       <c r="T71" s="15"/>
       <c r="U71" s="15"/>
       <c r="V71" s="15"/>
       <c r="W71" s="15"/>
       <c r="X71" s="15"/>
       <c r="Y71" s="15"/>
       <c r="Z71" s="15"/>
       <c r="AA71" s="15"/>
       <c r="AB71" s="15"/>
       <c r="AC71" s="15"/>
       <c r="AD71" s="15"/>
       <c r="AE71" s="15"/>
       <c r="AF71" s="15"/>
       <c r="AG71" s="15"/>
       <c r="AH71" s="15"/>
     </row>
     <row r="72" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A72" s="19">
         <v>68</v>
       </c>
-      <c r="B72" s="58" t="s">
-        <v>118</v>
+      <c r="B72" s="57" t="s">
+        <v>113</v>
       </c>
       <c r="C72" s="15"/>
       <c r="D72" s="15"/>
       <c r="E72" s="15"/>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15"/>
       <c r="L72" s="15"/>
       <c r="M72" s="15"/>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" s="15"/>
       <c r="S72" s="15"/>
       <c r="T72" s="15"/>
       <c r="U72" s="15"/>
       <c r="V72" s="15"/>
       <c r="W72" s="15"/>
       <c r="X72" s="15"/>
       <c r="Y72" s="15"/>
       <c r="Z72" s="15"/>
       <c r="AA72" s="15"/>
       <c r="AB72" s="15"/>
       <c r="AC72" s="15"/>
       <c r="AD72" s="15"/>
       <c r="AE72" s="15"/>
       <c r="AF72" s="15"/>
       <c r="AG72" s="15"/>
       <c r="AH72" s="15"/>
     </row>
     <row r="73" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A73" s="19">
         <v>69</v>
       </c>
-      <c r="B73" s="57" t="s">
-        <v>119</v>
+      <c r="B73" s="56" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="74" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A74" s="19">
         <v>70</v>
       </c>
     </row>
     <row r="75" spans="1:34" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A75" s="19">
         <v>71</v>
       </c>
       <c r="B75" s="14" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G75" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J75" s="3" t="s">
         <v>8</v>
       </c>
@@ -13027,78 +13101,78 @@
       <c r="Q75" s="2" t="s">
         <v>15</v>
       </c>
       <c r="R75" s="2" t="s">
         <v>16</v>
       </c>
       <c r="S75" s="2" t="s">
         <v>17</v>
       </c>
       <c r="T75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="U75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="V75" s="2" t="s">
         <v>20</v>
       </c>
       <c r="W75" s="2" t="s">
         <v>21</v>
       </c>
       <c r="X75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="Y75" s="2" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="Z75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="AA75" s="2" t="s">
         <v>25</v>
       </c>
       <c r="AB75" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AC75" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AD75" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AE75" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AF75" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AG75" s="2" t="s">
         <v>31</v>
       </c>
       <c r="AH75" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="76" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A76" s="19">
         <v>72</v>
       </c>
       <c r="B76" s="17">
         <v>2011</v>
       </c>
       <c r="C76" s="9">
         <v>461</v>
       </c>
       <c r="D76" s="9">
         <v>212</v>
       </c>
       <c r="E76" s="9">
         <v>383</v>
       </c>
       <c r="F76" s="9">
         <v>1134</v>
       </c>
       <c r="G76" s="9">
         <v>144</v>
       </c>
       <c r="H76" s="9">
@@ -13377,51 +13451,51 @@
       <c r="AC78" s="9">
         <v>1225</v>
       </c>
       <c r="AD78" s="9">
         <v>854</v>
       </c>
       <c r="AE78" s="9">
         <v>1016</v>
       </c>
       <c r="AF78" s="9">
         <v>571</v>
       </c>
       <c r="AG78" s="9">
         <v>409</v>
       </c>
       <c r="AH78" s="9">
         <f t="shared" si="4"/>
         <v>25939</v>
       </c>
     </row>
     <row r="79" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A79" s="19">
         <v>75</v>
       </c>
       <c r="B79" s="18" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C79" s="1">
         <v>4.2378923020864692</v>
       </c>
       <c r="D79" s="1">
         <v>1.451020649899317</v>
       </c>
       <c r="E79" s="1">
         <v>1.9058736643994711</v>
       </c>
       <c r="F79" s="1">
         <v>7.8510761831849276</v>
       </c>
       <c r="G79" s="1">
         <v>2.8511721955717997</v>
       </c>
       <c r="H79" s="1">
         <v>5.0705690700762496</v>
       </c>
       <c r="I79" s="1">
         <v>6.925795053003533</v>
       </c>
       <c r="J79" s="1">
         <v>5.6360881958056019</v>
       </c>
@@ -13482,51 +13556,51 @@
       <c r="AC79" s="1">
         <v>7.2337108641479571</v>
       </c>
       <c r="AD79" s="1">
         <v>3.7228686141251037</v>
       </c>
       <c r="AE79" s="1">
         <v>3.4793686452722024</v>
       </c>
       <c r="AF79" s="1">
         <v>3.6587788264995549</v>
       </c>
       <c r="AG79" s="1">
         <v>4.5387961647727266</v>
       </c>
       <c r="AH79" s="1">
         <f>AH78/5012000*1000</f>
         <v>5.1753790901835597</v>
       </c>
     </row>
     <row r="80" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A80" s="19">
         <v>76</v>
       </c>
       <c r="B80" s="17" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C80" s="9">
         <v>74</v>
       </c>
       <c r="D80" s="9">
         <v>-65</v>
       </c>
       <c r="E80" s="9">
         <v>-63</v>
       </c>
       <c r="F80" s="9">
         <v>394</v>
       </c>
       <c r="G80" s="9">
         <v>193</v>
       </c>
       <c r="H80" s="9">
         <v>921</v>
       </c>
       <c r="I80" s="9">
         <v>40</v>
       </c>
       <c r="J80" s="9">
         <v>320</v>
       </c>
@@ -13592,51 +13666,51 @@
       </c>
       <c r="AE80" s="9">
         <v>602</v>
       </c>
       <c r="AF80" s="9">
         <v>-273</v>
       </c>
       <c r="AG80" s="9">
         <v>74</v>
       </c>
       <c r="AH80" s="9">
         <f>AH78-AH76</f>
         <v>5929</v>
       </c>
     </row>
     <row r="81" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A81" s="19">
         <v>77</v>
       </c>
     </row>
     <row r="82" spans="1:34" s="2" customFormat="1" ht="21" x14ac:dyDescent="0.25">
       <c r="A82" s="19">
         <v>78</v>
       </c>
       <c r="B82" s="14" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G82" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>7</v>
       </c>
       <c r="J82" s="3" t="s">
         <v>8</v>
       </c>
@@ -13688,59 +13762,59 @@
       <c r="Z82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="AA82" s="2" t="s">
         <v>25</v>
       </c>
       <c r="AB82" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AC82" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AD82" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AE82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AF82" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AG82" s="2" t="s">
         <v>31</v>
       </c>
       <c r="AH82" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="83" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A83" s="19">
         <v>79</v>
       </c>
       <c r="B83" s="9" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C83" s="1">
         <f>C92/C$98*100</f>
         <v>2.990654205607477</v>
       </c>
       <c r="D83" s="1">
         <f t="shared" ref="D83:AH89" si="5">D92/D$98*100</f>
         <v>4.0816326530612246</v>
       </c>
       <c r="E83" s="1">
         <f t="shared" si="5"/>
         <v>3.75</v>
       </c>
       <c r="F83" s="1">
         <f t="shared" si="5"/>
         <v>3.0104712041884816</v>
       </c>
       <c r="G83" s="1">
         <f t="shared" si="5"/>
         <v>2.0771513353115725</v>
       </c>
       <c r="H83" s="1">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -13832,51 +13906,51 @@
         <f t="shared" si="5"/>
         <v>2.810304449648712</v>
       </c>
       <c r="AE83" s="1">
         <f t="shared" si="5"/>
         <v>0.88582677165354329</v>
       </c>
       <c r="AF83" s="1">
         <f t="shared" si="5"/>
         <v>6.8301225919439572</v>
       </c>
       <c r="AG83" s="1">
         <f t="shared" si="5"/>
         <v>0.73349633251833746</v>
       </c>
       <c r="AH83" s="1">
         <f t="shared" si="5"/>
         <v>2.8681327870223265</v>
       </c>
     </row>
     <row r="84" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A84" s="19">
         <v>80</v>
       </c>
       <c r="B84" s="9" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C84" s="1">
         <f t="shared" ref="C84:R89" si="6">C93/C$98*100</f>
         <v>41.682242990654203</v>
       </c>
       <c r="D84" s="1">
         <f t="shared" si="6"/>
         <v>42.176870748299322</v>
       </c>
       <c r="E84" s="1">
         <f t="shared" si="6"/>
         <v>23.75</v>
       </c>
       <c r="F84" s="1">
         <f t="shared" si="6"/>
         <v>20.6151832460733</v>
       </c>
       <c r="G84" s="1">
         <f t="shared" si="6"/>
         <v>20.178041543026705</v>
       </c>
       <c r="H84" s="1">
         <f t="shared" si="6"/>
         <v>13.552915766738661</v>
       </c>
@@ -13968,51 +14042,51 @@
         <f t="shared" si="5"/>
         <v>24.94145199063232</v>
       </c>
       <c r="AE84" s="1">
         <f t="shared" si="5"/>
         <v>13.681102362204726</v>
       </c>
       <c r="AF84" s="1">
         <f t="shared" si="5"/>
         <v>29.071803852889666</v>
       </c>
       <c r="AG84" s="1">
         <f t="shared" si="5"/>
         <v>26.405867970660147</v>
       </c>
       <c r="AH84" s="1">
         <f t="shared" si="5"/>
         <v>23.559662179111964</v>
       </c>
     </row>
     <row r="85" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A85" s="19">
         <v>81</v>
       </c>
       <c r="B85" s="9" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C85" s="1">
         <f t="shared" si="6"/>
         <v>6.1682242990654199</v>
       </c>
       <c r="D85" s="1">
         <f t="shared" si="5"/>
         <v>14.965986394557824</v>
       </c>
       <c r="E85" s="1">
         <f t="shared" si="5"/>
         <v>11.875</v>
       </c>
       <c r="F85" s="1">
         <f t="shared" si="5"/>
         <v>3.664921465968586</v>
       </c>
       <c r="G85" s="1">
         <f t="shared" si="5"/>
         <v>13.94658753709199</v>
       </c>
       <c r="H85" s="1">
         <f t="shared" si="5"/>
         <v>6.1015118790496761</v>
       </c>
@@ -14104,51 +14178,51 @@
         <f t="shared" si="5"/>
         <v>7.2599531615925059</v>
       </c>
       <c r="AE85" s="1">
         <f t="shared" si="5"/>
         <v>7.3818897637795269</v>
       </c>
       <c r="AF85" s="1">
         <f t="shared" si="5"/>
         <v>4.028021015761821</v>
       </c>
       <c r="AG85" s="1">
         <f t="shared" si="5"/>
         <v>11.98044009779951</v>
       </c>
       <c r="AH85" s="1">
         <f t="shared" si="5"/>
         <v>6.242160715778911</v>
       </c>
     </row>
     <row r="86" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A86" s="19">
         <v>82</v>
       </c>
       <c r="B86" s="9" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C86" s="1">
         <f t="shared" si="6"/>
         <v>22.990654205607477</v>
       </c>
       <c r="D86" s="1">
         <f t="shared" si="5"/>
         <v>19.047619047619047</v>
       </c>
       <c r="E86" s="1">
         <f t="shared" si="5"/>
         <v>45.9375</v>
       </c>
       <c r="F86" s="1">
         <f t="shared" si="5"/>
         <v>11.976439790575915</v>
       </c>
       <c r="G86" s="1">
         <f t="shared" si="5"/>
         <v>7.71513353115727</v>
       </c>
       <c r="H86" s="1">
         <f t="shared" si="5"/>
         <v>19.654427645788335</v>
       </c>
@@ -14240,51 +14314,51 @@
         <f t="shared" si="5"/>
         <v>17.56440281030445</v>
       </c>
       <c r="AE86" s="1">
         <f t="shared" si="5"/>
         <v>8.7598425196850389</v>
       </c>
       <c r="AF86" s="1">
         <f t="shared" si="5"/>
         <v>55.516637478108578</v>
       </c>
       <c r="AG86" s="1">
         <f t="shared" si="5"/>
         <v>20.048899755501225</v>
       </c>
       <c r="AH86" s="1">
         <f t="shared" si="5"/>
         <v>30.479137051592943</v>
       </c>
     </row>
     <row r="87" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A87" s="19">
         <v>83</v>
       </c>
       <c r="B87" s="9" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C87" s="1">
         <f t="shared" si="6"/>
         <v>1.6822429906542056</v>
       </c>
       <c r="D87" s="1">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E87" s="1">
         <f t="shared" si="5"/>
         <v>3.75</v>
       </c>
       <c r="F87" s="1">
         <f t="shared" si="5"/>
         <v>3.9921465968586389</v>
       </c>
       <c r="G87" s="1">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H87" s="1">
         <f t="shared" si="5"/>
         <v>1.5118790496760259</v>
       </c>
@@ -14376,51 +14450,51 @@
         <f t="shared" si="5"/>
         <v>2.6932084309133488</v>
       </c>
       <c r="AE87" s="1">
         <f t="shared" si="5"/>
         <v>2.6574803149606301</v>
       </c>
       <c r="AF87" s="1">
         <f t="shared" si="5"/>
         <v>0.87565674255691772</v>
       </c>
       <c r="AG87" s="1">
         <f t="shared" si="5"/>
         <v>7.3349633251833746</v>
       </c>
       <c r="AH87" s="1">
         <f t="shared" si="5"/>
         <v>4.9084371602976837</v>
       </c>
     </row>
     <row r="88" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A88" s="19">
         <v>84</v>
       </c>
       <c r="B88" s="9" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C88" s="1">
         <f t="shared" si="6"/>
         <v>25.046728971962619</v>
       </c>
       <c r="D88" s="1">
         <f t="shared" si="5"/>
         <v>18.367346938775512</v>
       </c>
       <c r="E88" s="1">
         <f t="shared" si="5"/>
         <v>11.875</v>
       </c>
       <c r="F88" s="1">
         <f t="shared" si="5"/>
         <v>56.47905759162304</v>
       </c>
       <c r="G88" s="1">
         <f t="shared" si="5"/>
         <v>52.52225519287834</v>
       </c>
       <c r="H88" s="1">
         <f t="shared" si="5"/>
         <v>59.611231101511876</v>
       </c>
@@ -14512,51 +14586,51 @@
         <f t="shared" si="5"/>
         <v>44.613583138173304</v>
       </c>
       <c r="AE88" s="1">
         <f t="shared" si="5"/>
         <v>66.929133858267718</v>
       </c>
       <c r="AF88" s="1">
         <f t="shared" si="5"/>
         <v>4.2031523642732047</v>
       </c>
       <c r="AG88" s="1">
         <f t="shared" si="5"/>
         <v>33.251833740831295</v>
       </c>
       <c r="AH88" s="1">
         <f t="shared" si="5"/>
         <v>32.005184379964881</v>
       </c>
     </row>
     <row r="89" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A89" s="19">
         <v>85</v>
       </c>
       <c r="B89" s="9" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C89" s="1">
         <f t="shared" si="6"/>
         <v>100</v>
       </c>
       <c r="D89" s="1">
         <f t="shared" si="5"/>
         <v>100</v>
       </c>
       <c r="E89" s="1">
         <f t="shared" si="5"/>
         <v>100</v>
       </c>
       <c r="F89" s="1">
         <f t="shared" si="5"/>
         <v>100</v>
       </c>
       <c r="G89" s="1">
         <f t="shared" si="5"/>
         <v>100</v>
       </c>
       <c r="H89" s="1">
         <f t="shared" si="5"/>
         <v>100</v>
       </c>
@@ -14658,51 +14732,51 @@
       </c>
       <c r="AG89" s="1">
         <f t="shared" si="5"/>
         <v>100</v>
       </c>
       <c r="AH89" s="1">
         <f t="shared" si="5"/>
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A90" s="19">
         <v>86</v>
       </c>
     </row>
     <row r="91" spans="1:34" x14ac:dyDescent="0.35">
       <c r="A91" s="19">
         <v>87</v>
       </c>
     </row>
     <row r="92" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A92" s="19">
         <v>88</v>
       </c>
       <c r="B92" s="9" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C92" s="9">
         <v>16</v>
       </c>
       <c r="D92" s="9">
         <v>6</v>
       </c>
       <c r="E92" s="9">
         <v>12</v>
       </c>
       <c r="F92" s="9">
         <v>46</v>
       </c>
       <c r="G92" s="9">
         <v>7</v>
       </c>
       <c r="H92" s="9">
         <v>0</v>
       </c>
       <c r="I92" s="9">
         <v>91</v>
       </c>
       <c r="J92" s="9">
         <v>33</v>
       </c>
@@ -14762,51 +14836,51 @@
       </c>
       <c r="AC92" s="9">
         <v>3</v>
       </c>
       <c r="AD92" s="9">
         <v>24</v>
       </c>
       <c r="AE92" s="9">
         <v>9</v>
       </c>
       <c r="AF92" s="9">
         <v>39</v>
       </c>
       <c r="AG92" s="9">
         <v>3</v>
       </c>
       <c r="AH92" s="9">
         <v>686</v>
       </c>
     </row>
     <row r="93" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A93" s="19">
         <v>89</v>
       </c>
       <c r="B93" s="9" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C93" s="9">
         <v>223</v>
       </c>
       <c r="D93" s="9">
         <v>62</v>
       </c>
       <c r="E93" s="9">
         <v>76</v>
       </c>
       <c r="F93" s="9">
         <v>315</v>
       </c>
       <c r="G93" s="9">
         <v>68</v>
       </c>
       <c r="H93" s="9">
         <v>251</v>
       </c>
       <c r="I93" s="9">
         <v>404</v>
       </c>
       <c r="J93" s="9">
         <v>176</v>
       </c>
@@ -14866,51 +14940,51 @@
       </c>
       <c r="AC93" s="9">
         <v>244</v>
       </c>
       <c r="AD93" s="9">
         <v>213</v>
       </c>
       <c r="AE93" s="9">
         <v>139</v>
       </c>
       <c r="AF93" s="9">
         <v>166</v>
       </c>
       <c r="AG93" s="9">
         <v>108</v>
       </c>
       <c r="AH93" s="9">
         <v>5635</v>
       </c>
     </row>
     <row r="94" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A94" s="19">
         <v>90</v>
       </c>
       <c r="B94" s="9" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C94" s="9">
         <v>33</v>
       </c>
       <c r="D94" s="9">
         <v>22</v>
       </c>
       <c r="E94" s="9">
         <v>38</v>
       </c>
       <c r="F94" s="9">
         <v>56</v>
       </c>
       <c r="G94" s="9">
         <v>47</v>
       </c>
       <c r="H94" s="9">
         <v>113</v>
       </c>
       <c r="I94" s="9">
         <v>57</v>
       </c>
       <c r="J94" s="9">
         <v>65</v>
       </c>
@@ -14970,51 +15044,51 @@
       </c>
       <c r="AC94" s="9">
         <v>36</v>
       </c>
       <c r="AD94" s="9">
         <v>62</v>
       </c>
       <c r="AE94" s="9">
         <v>75</v>
       </c>
       <c r="AF94" s="9">
         <v>23</v>
       </c>
       <c r="AG94" s="9">
         <v>49</v>
       </c>
       <c r="AH94" s="9">
         <v>1493</v>
       </c>
     </row>
     <row r="95" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A95" s="19">
         <v>91</v>
       </c>
       <c r="B95" s="9" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C95" s="9">
         <v>123</v>
       </c>
       <c r="D95" s="9">
         <v>28</v>
       </c>
       <c r="E95" s="9">
         <v>147</v>
       </c>
       <c r="F95" s="9">
         <v>183</v>
       </c>
       <c r="G95" s="9">
         <v>26</v>
       </c>
       <c r="H95" s="9">
         <v>364</v>
       </c>
       <c r="I95" s="9">
         <v>235</v>
       </c>
       <c r="J95" s="9">
         <v>431</v>
       </c>
@@ -15074,51 +15148,51 @@
       </c>
       <c r="AC95" s="9">
         <v>785</v>
       </c>
       <c r="AD95" s="9">
         <v>150</v>
       </c>
       <c r="AE95" s="9">
         <v>89</v>
       </c>
       <c r="AF95" s="9">
         <v>317</v>
       </c>
       <c r="AG95" s="9">
         <v>82</v>
       </c>
       <c r="AH95" s="9">
         <v>7290</v>
       </c>
     </row>
     <row r="96" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A96" s="19">
         <v>92</v>
       </c>
       <c r="B96" s="9" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C96" s="9">
         <v>9</v>
       </c>
       <c r="D96" s="9">
         <v>0</v>
       </c>
       <c r="E96" s="9">
         <v>12</v>
       </c>
       <c r="F96" s="9">
         <v>61</v>
       </c>
       <c r="G96" s="9">
         <v>0</v>
       </c>
       <c r="H96" s="9">
         <v>28</v>
       </c>
       <c r="I96" s="9">
         <v>42</v>
       </c>
       <c r="J96" s="9">
         <v>11</v>
       </c>
@@ -15178,51 +15252,51 @@
       </c>
       <c r="AC96" s="9">
         <v>57</v>
       </c>
       <c r="AD96" s="9">
         <v>23</v>
       </c>
       <c r="AE96" s="9">
         <v>27</v>
       </c>
       <c r="AF96" s="9">
         <v>5</v>
       </c>
       <c r="AG96" s="9">
         <v>30</v>
       </c>
       <c r="AH96" s="9">
         <v>1174</v>
       </c>
     </row>
     <row r="97" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A97" s="19">
         <v>93</v>
       </c>
       <c r="B97" s="9" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C97" s="9">
         <v>134</v>
       </c>
       <c r="D97" s="9">
         <v>27</v>
       </c>
       <c r="E97" s="9">
         <v>38</v>
       </c>
       <c r="F97" s="9">
         <v>863</v>
       </c>
       <c r="G97" s="9">
         <v>177</v>
       </c>
       <c r="H97" s="9">
         <v>1104</v>
       </c>
       <c r="I97" s="9">
         <v>203</v>
       </c>
       <c r="J97" s="9">
         <v>77</v>
       </c>
@@ -15282,51 +15356,51 @@
       </c>
       <c r="AC97" s="9">
         <v>97</v>
       </c>
       <c r="AD97" s="9">
         <v>381</v>
       </c>
       <c r="AE97" s="9">
         <v>680</v>
       </c>
       <c r="AF97" s="9">
         <v>24</v>
       </c>
       <c r="AG97" s="9">
         <v>136</v>
       </c>
       <c r="AH97" s="9">
         <v>7655</v>
       </c>
     </row>
     <row r="98" spans="1:34" s="9" customFormat="1" ht="12" x14ac:dyDescent="0.3">
       <c r="A98" s="19">
         <v>94</v>
       </c>
       <c r="B98" s="9" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C98" s="9">
         <v>535</v>
       </c>
       <c r="D98" s="9">
         <v>147</v>
       </c>
       <c r="E98" s="9">
         <v>320</v>
       </c>
       <c r="F98" s="9">
         <v>1528</v>
       </c>
       <c r="G98" s="9">
         <v>337</v>
       </c>
       <c r="H98" s="9">
         <v>1852</v>
       </c>
       <c r="I98" s="9">
         <v>1029</v>
       </c>
       <c r="J98" s="9">
         <v>785</v>
       </c>
@@ -15387,1977 +15461,1980 @@
       <c r="AC98" s="9">
         <v>1225</v>
       </c>
       <c r="AD98" s="9">
         <v>854</v>
       </c>
       <c r="AE98" s="9">
         <v>1016</v>
       </c>
       <c r="AF98" s="9">
         <v>571</v>
       </c>
       <c r="AG98" s="9">
         <v>409</v>
       </c>
       <c r="AH98" s="9">
         <v>23918</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" columnSort="1" ref="C43:AG66">
     <sortCondition descending="1" ref="C43:AG43"/>
     <sortCondition ref="C44:AG44"/>
   </sortState>
-  <phoneticPr fontId="19" type="noConversion"/>
+  <phoneticPr fontId="18" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DA736D6-B0DC-4F3B-A689-4FEF360DDDF8}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K20" sqref="K20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EDBE4E3D-89DC-416E-859D-517DA9DFD7B1}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="D1:AO87"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="E21" sqref="E21:I25"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" topLeftCell="B1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="T9" sqref="T9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="3" width="2.08984375" style="21" customWidth="1"/>
     <col min="4" max="4" width="2.26953125" style="21" customWidth="1"/>
     <col min="5" max="7" width="11.08984375" style="21" customWidth="1"/>
     <col min="8" max="8" width="1.36328125" style="21" customWidth="1"/>
     <col min="9" max="9" width="11.08984375" style="21" customWidth="1"/>
     <col min="10" max="10" width="12.26953125" style="21" customWidth="1"/>
     <col min="11" max="11" width="11.08984375" style="21" customWidth="1"/>
     <col min="12" max="12" width="1.54296875" style="21" customWidth="1"/>
     <col min="13" max="14" width="11.08984375" style="21" customWidth="1"/>
     <col min="15" max="15" width="12.7265625" style="21" customWidth="1"/>
     <col min="16" max="16" width="20.90625" style="21" customWidth="1"/>
-    <col min="17" max="18" width="4.36328125" style="21" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="33" max="41" width="8.7265625" style="42"/>
+    <col min="17" max="20" width="4.36328125" style="41" customWidth="1"/>
+    <col min="21" max="21" width="2.54296875" style="45" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="20.90625" style="45" customWidth="1"/>
+    <col min="23" max="23" width="6.90625" style="45" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="5.26953125" style="41" customWidth="1"/>
+    <col min="25" max="25" width="2.1796875" style="41" customWidth="1"/>
+    <col min="26" max="27" width="8.7265625" style="41"/>
+    <col min="28" max="28" width="26.453125" style="46" customWidth="1"/>
+    <col min="29" max="29" width="8.7265625" style="42"/>
+    <col min="30" max="31" width="8.7265625" style="41"/>
+    <col min="32" max="40" width="8.7265625" style="21"/>
+    <col min="41" max="41" width="8.7265625" style="41"/>
     <col min="42" max="16384" width="8.7265625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="4:41" ht="4" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="4:41" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="V2" s="48" t="s">
-        <v>62</v>
+      <c r="V2" s="47" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="3" spans="4:41" ht="36" x14ac:dyDescent="0.35">
       <c r="D3" s="61" t="str" cm="1">
         <f t="array" ref="D3">CONCATENATE("Housing in ",INDEX(Z3:Z34,I4))</f>
         <v>Housing in Greater Dandenong</v>
       </c>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
       <c r="J3" s="62"/>
       <c r="K3" s="62"/>
       <c r="L3" s="62"/>
       <c r="M3" s="62"/>
       <c r="N3" s="62"/>
       <c r="O3" s="62"/>
       <c r="P3" s="63"/>
-      <c r="Q3" s="22"/>
-      <c r="U3" s="46">
+      <c r="Q3" s="58"/>
+      <c r="U3" s="45">
         <v>1</v>
       </c>
-      <c r="V3" s="47" t="s">
+      <c r="V3" s="46" t="s">
         <v>33</v>
       </c>
-      <c r="W3" s="49">
+      <c r="W3" s="48">
         <f>VLOOKUP(U3,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>69.748174741529596</v>
       </c>
-      <c r="Z3" s="43" t="s">
+      <c r="Z3" s="42" t="s">
         <v>1</v>
       </c>
-      <c r="AA3" s="42">
+      <c r="AA3" s="41">
         <v>1</v>
       </c>
-      <c r="AB3" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AC3" s="44">
+      <c r="AB3" s="49" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC3" s="43">
         <f>W3</f>
         <v>69.748174741529596</v>
       </c>
     </row>
     <row r="4" spans="4:41" ht="18.5" x14ac:dyDescent="0.35">
-      <c r="D4" s="23"/>
-      <c r="I4" s="24">
+      <c r="D4" s="22"/>
+      <c r="I4" s="23">
         <v>10</v>
       </c>
       <c r="K4" s="64"/>
       <c r="L4" s="64"/>
       <c r="M4" s="64"/>
       <c r="N4" s="64"/>
       <c r="O4" s="64"/>
-      <c r="P4" s="55"/>
-      <c r="U4" s="46">
+      <c r="P4" s="54"/>
+      <c r="U4" s="45">
         <v>2</v>
       </c>
-      <c r="V4" s="47" t="s">
+      <c r="V4" s="46" t="s">
         <v>34</v>
       </c>
-      <c r="W4" s="49">
+      <c r="W4" s="48">
         <f>VLOOKUP(U4,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>18.36132350656748</v>
       </c>
-      <c r="Z4" s="43" t="s">
+      <c r="Z4" s="42" t="s">
         <v>40</v>
       </c>
-      <c r="AA4" s="42">
+      <c r="AA4" s="41">
         <v>2</v>
       </c>
-      <c r="AB4" s="50" t="s">
+      <c r="AB4" s="49" t="s">
         <v>34</v>
       </c>
-      <c r="AC4" s="44">
+      <c r="AC4" s="43">
         <f>W4</f>
         <v>18.36132350656748</v>
       </c>
-      <c r="AN4" s="42">
+      <c r="AN4" s="21">
         <v>1</v>
       </c>
-      <c r="AO4" s="42" t="s">
-        <v>108</v>
+      <c r="AO4" s="41" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="5" spans="4:41" ht="23.5" x14ac:dyDescent="0.35">
-      <c r="D5" s="23"/>
-[...12 lines deleted...]
-      <c r="U5" s="46">
+      <c r="D5" s="22"/>
+      <c r="E5" s="39" t="s">
+        <v>101</v>
+      </c>
+      <c r="F5" s="35"/>
+      <c r="G5" s="35"/>
+      <c r="K5" s="39" t="s">
+        <v>98</v>
+      </c>
+      <c r="L5" s="35"/>
+      <c r="N5" s="35"/>
+      <c r="O5" s="35"/>
+      <c r="P5" s="54"/>
+      <c r="U5" s="45">
         <v>3</v>
       </c>
-      <c r="V5" s="47" t="s">
+      <c r="V5" s="46" t="s">
         <v>35</v>
       </c>
-      <c r="W5" s="49">
+      <c r="W5" s="48">
         <f>VLOOKUP(U5,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>11.396862108842363</v>
       </c>
-      <c r="Z5" s="43" t="s">
+      <c r="Z5" s="42" t="s">
         <v>3</v>
       </c>
-      <c r="AA5" s="42">
+      <c r="AA5" s="41">
         <v>3</v>
       </c>
-      <c r="AB5" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AC5" s="44">
+      <c r="AB5" s="49" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC5" s="43">
         <f>W5</f>
         <v>11.396862108842363</v>
       </c>
-      <c r="AN5" s="42">
+      <c r="AN5" s="21">
         <v>2</v>
       </c>
-      <c r="AO5" s="42" t="s">
-        <v>109</v>
+      <c r="AO5" s="41" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="6" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D6" s="23"/>
+      <c r="D6" s="22"/>
       <c r="E6" s="59" t="str" cm="1">
         <f t="array" ref="E6">CONCATENATE("Most dwellings in ",INDEX(Z3:Z34,I4)," are ",AB8,".")</f>
         <v>Most dwellings in Greater Dandenong are Separate houses.</v>
       </c>
       <c r="F6" s="59"/>
       <c r="G6" s="59"/>
       <c r="H6" s="59"/>
       <c r="I6" s="59"/>
       <c r="J6" s="59"/>
-      <c r="M6" s="32"/>
-[...2 lines deleted...]
-      <c r="U6" s="46">
+      <c r="M6" s="31"/>
+      <c r="N6" s="36"/>
+      <c r="P6" s="54"/>
+      <c r="U6" s="45">
         <v>4</v>
       </c>
-      <c r="V6" s="47" t="s">
+      <c r="V6" s="46" t="s">
         <v>36</v>
       </c>
-      <c r="W6" s="49">
+      <c r="W6" s="48">
         <f>VLOOKUP(U6,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.19503943939106269</v>
       </c>
-      <c r="Z6" s="43" t="s">
+      <c r="Z6" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="AA6" s="42">
+      <c r="AA6" s="41">
         <v>4</v>
       </c>
-      <c r="AB6" s="50" t="s">
-[...2 lines deleted...]
-      <c r="AC6" s="44">
+      <c r="AB6" s="49" t="s">
+        <v>99</v>
+      </c>
+      <c r="AC6" s="43">
         <f>SUM(W6:W9)</f>
         <v>0.50226970675043581</v>
       </c>
-      <c r="AN6" s="42">
+      <c r="AN6" s="21">
         <v>3</v>
       </c>
-      <c r="AO6" s="42" t="s">
-        <v>110</v>
+      <c r="AO6" s="41" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="7" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D7" s="23"/>
-[...3 lines deleted...]
-      <c r="J7" s="25"/>
+      <c r="D7" s="22"/>
+      <c r="E7" s="38"/>
+      <c r="F7" s="38"/>
+      <c r="G7" s="38"/>
+      <c r="J7" s="24"/>
       <c r="K7" s="68" t="str">
         <f>CONCATENATE(ROUND(W15,0),"%")</f>
         <v>62%</v>
       </c>
       <c r="L7" s="68"/>
       <c r="M7" s="68"/>
-      <c r="P7" s="55"/>
-      <c r="U7" s="46">
+      <c r="P7" s="54"/>
+      <c r="U7" s="45">
         <v>5</v>
       </c>
-      <c r="V7" s="47" t="s">
+      <c r="V7" s="46" t="s">
         <v>37</v>
       </c>
-      <c r="W7" s="49">
+      <c r="W7" s="48">
         <f>VLOOKUP(U7,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.20021747760498473</v>
       </c>
-      <c r="Z7" s="43" t="s">
+      <c r="Z7" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="AC7" s="45"/>
-      <c r="AN7" s="42">
+      <c r="AC7" s="44"/>
+      <c r="AN7" s="21">
         <v>4</v>
       </c>
-      <c r="AO7" s="42" t="s">
-        <v>111</v>
+      <c r="AO7" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="8" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D8" s="23"/>
-[...2 lines deleted...]
-      <c r="J8" s="25"/>
+      <c r="D8" s="22"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="24"/>
+      <c r="J8" s="24"/>
       <c r="K8" s="68"/>
       <c r="L8" s="68"/>
       <c r="M8" s="68"/>
-      <c r="P8" s="55"/>
-      <c r="U8" s="46">
+      <c r="P8" s="54"/>
+      <c r="U8" s="45">
         <v>6</v>
       </c>
-      <c r="V8" s="47" t="s">
+      <c r="V8" s="46" t="s">
         <v>38</v>
       </c>
-      <c r="W8" s="49">
+      <c r="W8" s="48">
         <f>VLOOKUP(U8,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.4520254759480125E-2</v>
       </c>
-      <c r="Z8" s="43" t="s">
+      <c r="Z8" s="42" t="s">
         <v>6</v>
       </c>
-      <c r="AB8" s="47" t="str">
+      <c r="AB8" s="46" t="str">
         <f>VLOOKUP(MATCH(AC8,AC3:AC6,0),AA3:AC6,2)</f>
         <v>Separate houses</v>
       </c>
-      <c r="AC8" s="45">
+      <c r="AC8" s="44">
         <f>MAX(AC3:AC6)</f>
         <v>69.748174741529596</v>
       </c>
-      <c r="AN8" s="42">
+      <c r="AN8" s="21">
         <v>5</v>
       </c>
-      <c r="AO8" s="42" t="s">
-        <v>111</v>
+      <c r="AO8" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="9" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D9" s="23"/>
+      <c r="D9" s="22"/>
       <c r="K9" s="68"/>
       <c r="L9" s="68"/>
       <c r="M9" s="68"/>
-      <c r="P9" s="55"/>
-      <c r="U9" s="46">
+      <c r="P9" s="54"/>
+      <c r="U9" s="45">
         <v>7</v>
       </c>
-      <c r="V9" s="47" t="s">
+      <c r="V9" s="46" t="s">
         <v>39</v>
       </c>
-      <c r="W9" s="49">
+      <c r="W9" s="48">
         <f>VLOOKUP(U9,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>7.2492534994908264E-2</v>
       </c>
-      <c r="Z9" s="43" t="s">
+      <c r="Z9" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="AN9" s="42">
+      <c r="AN9" s="21">
         <v>6</v>
       </c>
-      <c r="AO9" s="42" t="s">
-        <v>111</v>
+      <c r="AO9" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="10" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D10" s="23"/>
+      <c r="D10" s="22"/>
       <c r="K10" s="68"/>
       <c r="L10" s="68"/>
       <c r="M10" s="68"/>
-      <c r="N10" s="41"/>
-[...2 lines deleted...]
-      <c r="U10" s="46">
+      <c r="N10" s="40"/>
+      <c r="O10" s="40"/>
+      <c r="P10" s="54"/>
+      <c r="U10" s="45">
         <v>8</v>
       </c>
-      <c r="V10" s="47" t="s">
+      <c r="V10" s="46" t="s">
         <v>32</v>
       </c>
-      <c r="W10" s="49">
+      <c r="W10" s="48">
         <f>VLOOKUP(U10,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>100</v>
       </c>
-      <c r="Z10" s="43" t="s">
+      <c r="Z10" s="42" t="s">
         <v>8</v>
       </c>
-      <c r="AN10" s="42">
+      <c r="AN10" s="21">
         <v>7</v>
       </c>
-      <c r="AO10" s="42" t="s">
-        <v>111</v>
+      <c r="AO10" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="11" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D11" s="23"/>
+      <c r="D11" s="22"/>
       <c r="K11" s="67" t="str">
         <f>CONCATENATE("of local dwellings are owned or being purchased by their owners, while a further ",ROUND(W22,0),"% are rented.")</f>
         <v>of local dwellings are owned or being purchased by their owners, while a further 36% are rented.</v>
       </c>
       <c r="L11" s="67"/>
       <c r="M11" s="67"/>
       <c r="N11" s="67"/>
       <c r="O11" s="67"/>
-      <c r="P11" s="55"/>
-      <c r="U11" s="46">
+      <c r="P11" s="54"/>
+      <c r="U11" s="45">
         <v>9</v>
       </c>
-      <c r="W11" s="49"/>
-      <c r="Z11" s="43" t="s">
+      <c r="W11" s="48"/>
+      <c r="Z11" s="42" t="s">
         <v>9</v>
       </c>
-      <c r="AN11" s="42">
+      <c r="AN11" s="21">
         <v>8</v>
       </c>
-      <c r="AO11" s="42" t="s">
-        <v>111</v>
+      <c r="AO11" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="12" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D12" s="23"/>
+      <c r="D12" s="22"/>
       <c r="K12" s="67"/>
       <c r="L12" s="67"/>
       <c r="M12" s="67"/>
       <c r="N12" s="67"/>
       <c r="O12" s="67"/>
-      <c r="P12" s="55"/>
-      <c r="U12" s="46">
+      <c r="P12" s="54"/>
+      <c r="U12" s="45">
         <v>10</v>
       </c>
-      <c r="V12" s="48" t="s">
-[...3 lines deleted...]
-      <c r="Z12" s="43" t="s">
+      <c r="V12" s="47" t="s">
+        <v>62</v>
+      </c>
+      <c r="W12" s="48"/>
+      <c r="Z12" s="42" t="s">
         <v>10</v>
       </c>
-      <c r="AN12" s="42">
+      <c r="AN12" s="21">
         <v>9</v>
       </c>
-      <c r="AO12" s="42" t="s">
-        <v>111</v>
+      <c r="AO12" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D13" s="23"/>
+      <c r="D13" s="22"/>
       <c r="K13" s="67"/>
       <c r="L13" s="67"/>
       <c r="M13" s="67"/>
       <c r="N13" s="67"/>
       <c r="O13" s="67"/>
-      <c r="P13" s="55"/>
-      <c r="U13" s="46">
+      <c r="P13" s="54"/>
+      <c r="U13" s="45">
         <v>11</v>
       </c>
-      <c r="V13" s="47" t="s">
+      <c r="V13" s="46" t="s">
         <v>43</v>
       </c>
-      <c r="W13" s="49">
+      <c r="W13" s="48">
         <f>VLOOKUP(U13,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>30.569897328176836</v>
       </c>
-      <c r="Z13" s="43" t="s">
+      <c r="Z13" s="42" t="s">
         <v>11</v>
       </c>
-      <c r="AB13" s="47" t="str">
+      <c r="AB13" s="46" t="str">
         <f>V15</f>
         <v>All Owned</v>
       </c>
-      <c r="AN13" s="42">
+      <c r="AN13" s="21">
         <v>10</v>
       </c>
-      <c r="AO13" s="42" t="s">
-        <v>111</v>
+      <c r="AO13" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D14" s="23"/>
+      <c r="D14" s="22"/>
       <c r="K14" s="60" t="str">
         <f>CONCATENATE("Among rented dwellings, ",ROUND(W21,1),"% were being rented from governments or housing providers in 2021 - about ",ROUND(AB21,1)," times the metropolitan average.")</f>
         <v>Among rented dwellings, 3.9% were being rented from governments or housing providers in 2021 - about 1.6 times the metropolitan average.</v>
       </c>
       <c r="L14" s="60"/>
       <c r="M14" s="60"/>
       <c r="N14" s="60"/>
       <c r="O14" s="60"/>
-      <c r="P14" s="55"/>
-      <c r="U14" s="46">
+      <c r="P14" s="54"/>
+      <c r="U14" s="45">
         <v>12</v>
       </c>
-      <c r="V14" s="47" t="s">
+      <c r="V14" s="46" t="s">
         <v>44</v>
       </c>
-      <c r="W14" s="49">
+      <c r="W14" s="48">
         <f>VLOOKUP(U14,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>31.802744459058875</v>
       </c>
-      <c r="Z14" s="43" t="s">
+      <c r="Z14" s="42" t="s">
         <v>12</v>
       </c>
-      <c r="AB14" s="47" t="str">
+      <c r="AB14" s="46" t="str">
         <f>V22</f>
         <v>All Rented</v>
       </c>
-      <c r="AN14" s="42">
+      <c r="AN14" s="21">
         <v>11</v>
       </c>
-      <c r="AO14" s="42" t="s">
-        <v>111</v>
+      <c r="AO14" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="15" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D15" s="23"/>
+      <c r="D15" s="22"/>
       <c r="K15" s="60"/>
       <c r="L15" s="60"/>
       <c r="M15" s="60"/>
       <c r="N15" s="60"/>
       <c r="O15" s="60"/>
-      <c r="P15" s="55"/>
-      <c r="U15" s="46">
+      <c r="P15" s="54"/>
+      <c r="U15" s="45">
         <v>13</v>
       </c>
-      <c r="V15" s="47" t="s">
+      <c r="V15" s="46" t="s">
         <v>45</v>
       </c>
-      <c r="W15" s="49">
+      <c r="W15" s="48">
         <f>VLOOKUP(U15,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>62.372641787235715</v>
       </c>
-      <c r="Z15" s="43" t="s">
+      <c r="Z15" s="42" t="s">
         <v>41</v>
       </c>
-      <c r="AN15" s="42">
+      <c r="AN15" s="21">
         <v>12</v>
       </c>
-      <c r="AO15" s="42" t="s">
-        <v>111</v>
+      <c r="AO15" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="16" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D16" s="23"/>
-[...1 lines deleted...]
-      <c r="J16" s="29"/>
+      <c r="D16" s="22"/>
+      <c r="I16" s="28"/>
+      <c r="J16" s="28"/>
       <c r="K16" s="60"/>
       <c r="L16" s="60"/>
       <c r="M16" s="60"/>
       <c r="N16" s="60"/>
       <c r="O16" s="60"/>
-      <c r="P16" s="55"/>
-      <c r="U16" s="46">
+      <c r="P16" s="54"/>
+      <c r="U16" s="45">
         <v>14</v>
       </c>
-      <c r="V16" s="47" t="s">
+      <c r="V16" s="46" t="s">
         <v>46</v>
       </c>
-      <c r="W16" s="49">
+      <c r="W16" s="48">
         <f>VLOOKUP(U16,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>24.093523626298122</v>
       </c>
-      <c r="Z16" s="43" t="s">
+      <c r="Z16" s="42" t="s">
         <v>14</v>
       </c>
-      <c r="AN16" s="42">
+      <c r="AN16" s="21">
         <v>13</v>
       </c>
-      <c r="AO16" s="42" t="s">
-        <v>111</v>
+      <c r="AO16" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="17" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D17" s="23"/>
-[...1 lines deleted...]
-      <c r="J17" s="29"/>
+      <c r="D17" s="22"/>
+      <c r="I17" s="28"/>
+      <c r="J17" s="28"/>
       <c r="K17" s="60"/>
       <c r="L17" s="60"/>
       <c r="M17" s="60"/>
       <c r="N17" s="60"/>
       <c r="O17" s="60"/>
-      <c r="P17" s="55"/>
-      <c r="U17" s="46">
+      <c r="P17" s="54"/>
+      <c r="U17" s="45">
         <v>15</v>
       </c>
-      <c r="V17" s="47" t="s">
+      <c r="V17" s="46" t="s">
         <v>47</v>
       </c>
-      <c r="W17" s="49">
+      <c r="W17" s="48">
         <f>VLOOKUP(U17,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1.9925793596262196</v>
       </c>
-      <c r="Z17" s="43" t="s">
+      <c r="Z17" s="42" t="s">
         <v>15</v>
       </c>
-      <c r="AN17" s="42">
+      <c r="AN17" s="21">
         <v>14</v>
       </c>
-      <c r="AO17" s="42" t="s">
-        <v>111</v>
+      <c r="AO17" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="18" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D18" s="23"/>
-[...1 lines deleted...]
-      <c r="J18" s="29"/>
+      <c r="D18" s="22"/>
+      <c r="I18" s="28"/>
+      <c r="J18" s="28"/>
       <c r="K18" s="60"/>
       <c r="L18" s="60"/>
       <c r="M18" s="60"/>
       <c r="N18" s="60"/>
       <c r="O18" s="60"/>
-      <c r="P18" s="55"/>
-      <c r="U18" s="46">
+      <c r="P18" s="54"/>
+      <c r="U18" s="45">
         <v>16</v>
       </c>
-      <c r="V18" s="47" t="s">
+      <c r="V18" s="46" t="s">
         <v>48</v>
       </c>
-      <c r="W18" s="49">
+      <c r="W18" s="48">
         <f>VLOOKUP(U18,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>5.5654802803353034</v>
       </c>
-      <c r="Z18" s="43" t="s">
+      <c r="Z18" s="42" t="s">
         <v>16</v>
       </c>
-      <c r="AN18" s="42">
+      <c r="AN18" s="21">
         <v>15</v>
       </c>
-      <c r="AO18" s="42" t="s">
-        <v>111</v>
+      <c r="AO18" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="19" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D19" s="23"/>
-[...1 lines deleted...]
-      <c r="J19" s="29"/>
+      <c r="D19" s="22"/>
+      <c r="I19" s="28"/>
+      <c r="J19" s="28"/>
       <c r="K19" s="65"/>
       <c r="L19" s="65"/>
       <c r="M19" s="65"/>
       <c r="N19" s="65"/>
       <c r="O19" s="65"/>
-      <c r="P19" s="55"/>
-      <c r="U19" s="46">
+      <c r="P19" s="54"/>
+      <c r="U19" s="45">
         <v>17</v>
       </c>
-      <c r="V19" s="47" t="s">
+      <c r="V19" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="W19" s="49">
+      <c r="W19" s="48">
         <f>VLOOKUP(U19,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.3451775653232296</v>
       </c>
-      <c r="Z19" s="43" t="s">
+      <c r="Z19" s="42" t="s">
         <v>17</v>
       </c>
-      <c r="AN19" s="42">
+      <c r="AN19" s="21">
         <v>16</v>
       </c>
-      <c r="AO19" s="42" t="s">
-        <v>111</v>
+      <c r="AO19" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="4:41" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="D20" s="23"/>
-[...14 lines deleted...]
-      <c r="U20" s="46">
+      <c r="D20" s="22"/>
+      <c r="E20" s="34" t="s">
+        <v>104</v>
+      </c>
+      <c r="F20" s="35"/>
+      <c r="G20" s="35"/>
+      <c r="H20" s="35"/>
+      <c r="I20" s="35"/>
+      <c r="J20" s="35"/>
+      <c r="K20" s="35"/>
+      <c r="L20" s="35"/>
+      <c r="M20" s="35"/>
+      <c r="N20" s="35"/>
+      <c r="O20" s="35"/>
+      <c r="P20" s="54"/>
+      <c r="U20" s="45">
         <v>18</v>
       </c>
-      <c r="V20" s="47" t="s">
+      <c r="V20" s="46" t="s">
         <v>50</v>
       </c>
-      <c r="W20" s="49">
+      <c r="W20" s="48">
         <f>VLOOKUP(U20,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.56538212371660224</v>
       </c>
-      <c r="Z20" s="43" t="s">
+      <c r="Z20" s="42" t="s">
         <v>18</v>
       </c>
-      <c r="AB20" s="47" t="s">
-[...2 lines deleted...]
-      <c r="AN20" s="42">
+      <c r="AB20" s="46" t="s">
+        <v>118</v>
+      </c>
+      <c r="AN20" s="21">
         <v>17</v>
       </c>
-      <c r="AO20" s="42" t="s">
-        <v>111</v>
+      <c r="AO20" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="21" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D21" s="23"/>
+      <c r="D21" s="22"/>
       <c r="E21" s="60" t="str" cm="1">
         <f t="array" ref="E21">IF(W26=1,CONCATENATE("The median purchase price of a separate house in ",INDEX(Z3:Z34,I4)," stood at $",W25," in early 2025, ranking this locality highest among the metropolitan municipalities in house prices"),CONCATENATE("The median purchase price of a separate house in ",INDEX(Z3:Z34,I4)," stood at $",W25," in early 2025, ranking this locality ",W26,X26," highest among the metropolitan municipalities in house prices."))</f>
         <v>The median purchase price of a separate house in Greater Dandenong stood at $765000 in early 2025, ranking this locality 23rd highest among the metropolitan municipalities in house prices.</v>
       </c>
       <c r="F21" s="60"/>
       <c r="G21" s="60"/>
       <c r="H21" s="60"/>
       <c r="I21" s="60"/>
-      <c r="J21" s="27"/>
-[...4 lines deleted...]
-      <c r="U21" s="46">
+      <c r="J21" s="26"/>
+      <c r="K21" s="26"/>
+      <c r="M21" s="33"/>
+      <c r="N21" s="33"/>
+      <c r="P21" s="54"/>
+      <c r="U21" s="45">
         <v>19</v>
       </c>
-      <c r="V21" s="47" t="s">
+      <c r="V21" s="46" t="s">
         <v>51</v>
       </c>
-      <c r="W21" s="49">
+      <c r="W21" s="48">
         <f>VLOOKUP(U21,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.9105596890398315</v>
       </c>
-      <c r="Z21" s="43" t="s">
+      <c r="Z21" s="42" t="s">
         <v>19</v>
       </c>
-      <c r="AB21" s="47">
+      <c r="AB21" s="46">
         <f>W21/2.4</f>
         <v>1.6293998704332633</v>
       </c>
-      <c r="AN21" s="42">
+      <c r="AN21" s="21">
         <v>18</v>
       </c>
-      <c r="AO21" s="42" t="s">
-        <v>111</v>
+      <c r="AO21" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="22" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D22" s="23"/>
+      <c r="D22" s="22"/>
       <c r="E22" s="60"/>
       <c r="F22" s="60"/>
       <c r="G22" s="60"/>
       <c r="H22" s="60"/>
       <c r="I22" s="60"/>
-      <c r="J22" s="27"/>
-[...5 lines deleted...]
-      <c r="U22" s="46">
+      <c r="J22" s="26"/>
+      <c r="K22" s="28"/>
+      <c r="L22" s="28"/>
+      <c r="M22" s="33"/>
+      <c r="N22" s="33"/>
+      <c r="P22" s="54"/>
+      <c r="U22" s="45">
         <v>20</v>
       </c>
-      <c r="V22" s="47" t="s">
+      <c r="V22" s="46" t="s">
         <v>52</v>
       </c>
-      <c r="W22" s="49">
+      <c r="W22" s="48">
         <f>VLOOKUP(U22,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>35.562142955299478</v>
       </c>
-      <c r="Z22" s="43" t="s">
+      <c r="Z22" s="42" t="s">
         <v>20</v>
       </c>
-      <c r="AN22" s="42">
+      <c r="AN22" s="21">
         <v>19</v>
       </c>
-      <c r="AO22" s="42" t="s">
-        <v>111</v>
+      <c r="AO22" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="23" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D23" s="23"/>
+      <c r="D23" s="22"/>
       <c r="E23" s="60"/>
       <c r="F23" s="60"/>
       <c r="G23" s="60"/>
       <c r="H23" s="60"/>
       <c r="I23" s="60"/>
-      <c r="J23" s="27"/>
-[...4 lines deleted...]
-      <c r="U23" s="46">
+      <c r="J23" s="26"/>
+      <c r="K23" s="26"/>
+      <c r="M23" s="32"/>
+      <c r="N23" s="32"/>
+      <c r="P23" s="54"/>
+      <c r="U23" s="45">
         <v>21</v>
       </c>
-      <c r="W23" s="49"/>
-      <c r="Z23" s="43" t="s">
+      <c r="W23" s="48"/>
+      <c r="Z23" s="42" t="s">
         <v>21</v>
       </c>
-      <c r="AN23" s="42">
+      <c r="AN23" s="21">
         <v>20</v>
       </c>
-      <c r="AO23" s="42" t="s">
-        <v>111</v>
+      <c r="AO23" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D24" s="23"/>
+      <c r="D24" s="22"/>
       <c r="E24" s="60"/>
       <c r="F24" s="60"/>
       <c r="G24" s="60"/>
       <c r="H24" s="60"/>
       <c r="I24" s="60"/>
-      <c r="J24" s="27"/>
-[...2 lines deleted...]
-      <c r="U24" s="46">
+      <c r="J24" s="26"/>
+      <c r="N24" s="32"/>
+      <c r="P24" s="54"/>
+      <c r="U24" s="45">
         <v>22</v>
       </c>
-      <c r="V24" s="48" t="s">
-[...3 lines deleted...]
-      <c r="Z24" s="43" t="s">
+      <c r="V24" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="W24" s="48"/>
+      <c r="Z24" s="42" t="s">
         <v>22</v>
       </c>
-      <c r="AN24" s="42">
+      <c r="AN24" s="21">
         <v>21</v>
       </c>
-      <c r="AO24" s="42" t="s">
-        <v>108</v>
+      <c r="AO24" s="41" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="25" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D25" s="23"/>
+      <c r="D25" s="22"/>
       <c r="E25" s="60"/>
       <c r="F25" s="60"/>
       <c r="G25" s="60"/>
       <c r="H25" s="60"/>
       <c r="I25" s="60"/>
-      <c r="J25" s="27"/>
-[...2 lines deleted...]
-      <c r="U25" s="46">
+      <c r="J25" s="26"/>
+      <c r="N25" s="32"/>
+      <c r="P25" s="54"/>
+      <c r="U25" s="45">
         <v>23</v>
       </c>
-      <c r="V25" s="51">
+      <c r="V25" s="50">
         <v>2025</v>
       </c>
-      <c r="W25" s="49">
+      <c r="W25" s="48">
         <f>VLOOKUP(U25,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>765000</v>
       </c>
-      <c r="Z25" s="43" t="s">
+      <c r="Z25" s="42" t="s">
         <v>23</v>
       </c>
-      <c r="AN25" s="42">
+      <c r="AN25" s="21">
         <v>22</v>
       </c>
-      <c r="AO25" s="42" t="s">
-        <v>109</v>
+      <c r="AO25" s="41" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D26" s="23"/>
-[...8 lines deleted...]
-      <c r="U26" s="46">
+      <c r="D26" s="22"/>
+      <c r="E26" s="26"/>
+      <c r="F26" s="26"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="26"/>
+      <c r="I26" s="26"/>
+      <c r="J26" s="26"/>
+      <c r="N26" s="32"/>
+      <c r="P26" s="54"/>
+      <c r="U26" s="45">
         <v>24</v>
       </c>
-      <c r="V26" s="47" t="s">
+      <c r="V26" s="46" t="s">
         <v>56</v>
       </c>
-      <c r="W26" s="49">
+      <c r="W26" s="48">
         <f>VLOOKUP(U26,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>23</v>
       </c>
-      <c r="X26" s="42" t="str" cm="1">
+      <c r="X26" s="41" t="str" cm="1">
         <f t="array" ref="X26">INDEX(AO4:AO34,W26)</f>
         <v>rd</v>
       </c>
-      <c r="Z26" s="43" t="s">
+      <c r="Z26" s="42" t="s">
         <v>24</v>
       </c>
-      <c r="AN26" s="42">
+      <c r="AN26" s="21">
         <v>23</v>
       </c>
-      <c r="AO26" s="42" t="s">
-        <v>110</v>
+      <c r="AO26" s="41" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D27" s="23"/>
+      <c r="D27" s="22"/>
       <c r="E27" s="60" t="str">
         <f>CONCATENATE("Local house purchase prices rose from ",ROUND(W29,1)," times the average, local annual household income in 1996, to ",ROUND(W34,1)," times that average, by 2021 (diagram, right).")</f>
         <v>Local house purchase prices rose from 3.2 times the average, local annual household income in 1996, to 10.3 times that average, by 2021 (diagram, right).</v>
       </c>
       <c r="F27" s="60"/>
       <c r="G27" s="60"/>
       <c r="H27" s="60"/>
       <c r="I27" s="60"/>
-      <c r="P27" s="55"/>
-      <c r="U27" s="46">
+      <c r="P27" s="54"/>
+      <c r="U27" s="45">
         <v>25</v>
       </c>
-      <c r="V27" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W27" s="49">
+      <c r="V27" s="45" t="s">
+        <v>105</v>
+      </c>
+      <c r="W27" s="48">
         <f>VLOOKUP(U27,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>81.506075929827375</v>
       </c>
-      <c r="Z27" s="43" t="s">
+      <c r="Z27" s="42" t="s">
         <v>25</v>
       </c>
-      <c r="AN27" s="42">
+      <c r="AN27" s="21">
         <v>24</v>
       </c>
-      <c r="AO27" s="42" t="s">
-        <v>111</v>
+      <c r="AO27" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D28" s="23"/>
+      <c r="D28" s="22"/>
       <c r="E28" s="60"/>
       <c r="F28" s="60"/>
       <c r="G28" s="60"/>
       <c r="H28" s="60"/>
       <c r="I28" s="60"/>
-      <c r="P28" s="55"/>
-      <c r="U28" s="46">
+      <c r="P28" s="54"/>
+      <c r="U28" s="45">
         <v>26</v>
       </c>
-      <c r="V28" s="48" t="s">
-[...3 lines deleted...]
-      <c r="Z28" s="43" t="s">
+      <c r="V28" s="47" t="s">
+        <v>64</v>
+      </c>
+      <c r="W28" s="48"/>
+      <c r="Z28" s="42" t="s">
         <v>26</v>
       </c>
-      <c r="AN28" s="42">
+      <c r="AN28" s="21">
         <v>25</v>
       </c>
-      <c r="AO28" s="42" t="s">
-        <v>111</v>
+      <c r="AO28" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="29" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D29" s="23"/>
+      <c r="D29" s="22"/>
       <c r="E29" s="60"/>
       <c r="F29" s="60"/>
       <c r="G29" s="60"/>
       <c r="H29" s="60"/>
       <c r="I29" s="60"/>
-      <c r="P29" s="55"/>
-      <c r="U29" s="46">
+      <c r="P29" s="54"/>
+      <c r="U29" s="45">
         <v>27</v>
       </c>
-      <c r="V29" s="51">
+      <c r="V29" s="50">
         <v>1996</v>
       </c>
-      <c r="W29" s="49">
+      <c r="W29" s="48">
         <f>VLOOKUP(U29,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.1662445007332356</v>
       </c>
-      <c r="Z29" s="43" t="s">
+      <c r="Z29" s="42" t="s">
         <v>27</v>
       </c>
-      <c r="AN29" s="42">
+      <c r="AN29" s="21">
         <v>26</v>
       </c>
-      <c r="AO29" s="42" t="s">
-        <v>111</v>
+      <c r="AO29" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="30" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D30" s="23"/>
+      <c r="D30" s="22"/>
       <c r="E30" s="60"/>
       <c r="F30" s="60"/>
       <c r="G30" s="60"/>
       <c r="H30" s="60"/>
       <c r="I30" s="60"/>
-      <c r="P30" s="55"/>
-      <c r="U30" s="46">
+      <c r="P30" s="54"/>
+      <c r="U30" s="45">
         <v>28</v>
       </c>
-      <c r="V30" s="51">
+      <c r="V30" s="50">
         <v>2001</v>
       </c>
-      <c r="W30" s="49">
+      <c r="W30" s="48">
         <f>VLOOKUP(U30,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>4.1998231653404066</v>
       </c>
-      <c r="Z30" s="43" t="s">
+      <c r="Z30" s="42" t="s">
         <v>28</v>
       </c>
-      <c r="AN30" s="42">
+      <c r="AN30" s="21">
         <v>27</v>
       </c>
-      <c r="AO30" s="42" t="s">
-        <v>111</v>
+      <c r="AO30" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D31" s="23"/>
+      <c r="D31" s="22"/>
       <c r="E31" s="60"/>
       <c r="F31" s="60"/>
       <c r="G31" s="60"/>
       <c r="H31" s="60"/>
       <c r="I31" s="60"/>
-      <c r="P31" s="55"/>
-      <c r="U31" s="46">
+      <c r="P31" s="54"/>
+      <c r="U31" s="45">
         <v>29</v>
       </c>
-      <c r="V31" s="51">
+      <c r="V31" s="50">
         <v>2006</v>
       </c>
-      <c r="W31" s="49">
+      <c r="W31" s="48">
         <f>VLOOKUP(U31,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>6.51445433630089</v>
       </c>
-      <c r="Z31" s="43" t="s">
+      <c r="Z31" s="42" t="s">
         <v>29</v>
       </c>
-      <c r="AN31" s="42">
+      <c r="AN31" s="21">
         <v>28</v>
       </c>
-      <c r="AO31" s="42" t="s">
-        <v>111</v>
+      <c r="AO31" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D32" s="23"/>
-[...1 lines deleted...]
-      <c r="U32" s="46">
+      <c r="D32" s="22"/>
+      <c r="P32" s="54"/>
+      <c r="U32" s="45">
         <v>30</v>
       </c>
-      <c r="V32" s="51">
+      <c r="V32" s="50">
         <v>2011</v>
       </c>
-      <c r="W32" s="49">
+      <c r="W32" s="48">
         <f>VLOOKUP(U32,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>6.8915725912312942</v>
       </c>
-      <c r="Z32" s="43" t="s">
+      <c r="Z32" s="42" t="s">
         <v>30</v>
       </c>
-      <c r="AN32" s="42">
+      <c r="AN32" s="21">
         <v>29</v>
       </c>
-      <c r="AO32" s="42" t="s">
-        <v>111</v>
+      <c r="AO32" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="33" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D33" s="23"/>
-[...1 lines deleted...]
-      <c r="U33" s="46">
+      <c r="D33" s="22"/>
+      <c r="P33" s="54"/>
+      <c r="U33" s="45">
         <v>31</v>
       </c>
-      <c r="V33" s="51">
+      <c r="V33" s="50">
         <v>2016</v>
       </c>
-      <c r="W33" s="49">
+      <c r="W33" s="48">
         <f>VLOOKUP(U33,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>8.1747520771911013</v>
       </c>
-      <c r="Z33" s="43" t="s">
+      <c r="Z33" s="42" t="s">
         <v>31</v>
       </c>
-      <c r="AN33" s="42">
+      <c r="AN33" s="21">
         <v>30</v>
       </c>
-      <c r="AO33" s="42" t="s">
-        <v>111</v>
+      <c r="AO33" s="41" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="34" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D34" s="23"/>
-[...1 lines deleted...]
-      <c r="U34" s="46">
+      <c r="D34" s="22"/>
+      <c r="P34" s="54"/>
+      <c r="U34" s="45">
         <v>32</v>
       </c>
-      <c r="V34" s="51">
+      <c r="V34" s="50">
         <v>2021</v>
       </c>
-      <c r="W34" s="49">
+      <c r="W34" s="48">
         <f>VLOOKUP(U34,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>10.323468685478321</v>
       </c>
-      <c r="Z34" s="43" t="s">
-[...2 lines deleted...]
-      <c r="AN34" s="42">
+      <c r="Z34" s="42" t="s">
+        <v>111</v>
+      </c>
+      <c r="AN34" s="21">
         <v>31</v>
       </c>
-      <c r="AO34" s="42" t="s">
-        <v>108</v>
+      <c r="AO34" s="41" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="35" spans="4:41" ht="21" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="D35" s="23"/>
-[...7 lines deleted...]
-      <c r="J35" s="36"/>
+      <c r="D35" s="22"/>
+      <c r="E35" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="F35" s="35"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="35"/>
+      <c r="I35" s="35"/>
+      <c r="J35" s="35"/>
       <c r="K35" s="66" t="str" cm="1">
-        <f t="array" ref="K35">CONCATENATE("The median rent for a two-bedroom flat in ",INDEX(Z3:Z34,I4)," was $",ROUND(W38,0)," in mid-2024, ranking it as the ",ROUND(W40,0),X40," highest in Melbourne, and reflecting a rise of ",ROUND(W39,0),"% in the past two decades (after inflation).")</f>
-        <v>The median rent for a two-bedroom flat in Greater Dandenong was $450 in mid-2024, ranking it as the 24th highest in Melbourne, and reflecting a rise of 82% in the past two decades (after inflation).</v>
+        <f t="array" ref="K35">CONCATENATE("The median rent for a two-bedroom flat in ",INDEX(Z3:Z34,I4)," was $",ROUND(W38,0)," in mid-2025, ranking it as the ",ROUND(W40,0),X40," highest in Melbourne, and reflecting a ",Z39," of ",ABS(ROUND(W39,0)),"% in the past two decades (after inflation).")</f>
+        <v>The median rent for a two-bedroom flat in Greater Dandenong was $280 in mid-2025, ranking it as the 26th highest in Melbourne, and reflecting a decline of 2% in the past two decades (after inflation).</v>
       </c>
       <c r="L35" s="66"/>
       <c r="M35" s="66"/>
       <c r="N35" s="66"/>
       <c r="O35" s="66"/>
-      <c r="P35" s="55"/>
-      <c r="U35" s="46">
+      <c r="P35" s="54"/>
+      <c r="U35" s="45">
         <v>33</v>
       </c>
-      <c r="V35" s="47" t="s">
+      <c r="V35" s="46" t="s">
         <v>57</v>
       </c>
-      <c r="W35" s="49">
+      <c r="W35" s="48">
         <f>VLOOKUP(U35,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>226.04774151483323</v>
       </c>
     </row>
     <row r="36" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D36" s="23"/>
-[...4 lines deleted...]
-      <c r="J36" s="34"/>
+      <c r="D36" s="22"/>
+      <c r="E36" s="30"/>
+      <c r="F36" s="30"/>
+      <c r="G36" s="30"/>
+      <c r="I36" s="29"/>
+      <c r="J36" s="33"/>
       <c r="K36" s="60"/>
       <c r="L36" s="60"/>
       <c r="M36" s="60"/>
       <c r="N36" s="60"/>
       <c r="O36" s="60"/>
-      <c r="P36" s="55"/>
-      <c r="U36" s="46">
+      <c r="P36" s="54"/>
+      <c r="U36" s="45">
         <v>34</v>
       </c>
-      <c r="W36" s="49"/>
+      <c r="W36" s="48"/>
     </row>
     <row r="37" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D37" s="23"/>
-[...4 lines deleted...]
-      <c r="J37" s="34"/>
+      <c r="D37" s="22"/>
+      <c r="E37" s="30"/>
+      <c r="F37" s="30"/>
+      <c r="G37" s="30"/>
+      <c r="I37" s="33"/>
+      <c r="J37" s="33"/>
       <c r="K37" s="60"/>
       <c r="L37" s="60"/>
       <c r="M37" s="60"/>
       <c r="N37" s="60"/>
       <c r="O37" s="60"/>
-      <c r="P37" s="55"/>
-      <c r="U37" s="46">
+      <c r="P37" s="54"/>
+      <c r="U37" s="45">
         <v>35</v>
       </c>
-      <c r="V37" s="48" t="s">
-[...2 lines deleted...]
-      <c r="W37" s="49"/>
+      <c r="V37" s="47" t="s">
+        <v>65</v>
+      </c>
+      <c r="W37" s="48"/>
     </row>
     <row r="38" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D38" s="23"/>
-      <c r="J38" s="31"/>
+      <c r="D38" s="22"/>
+      <c r="J38" s="30"/>
       <c r="K38" s="60"/>
       <c r="L38" s="60"/>
       <c r="M38" s="60"/>
       <c r="N38" s="60"/>
       <c r="O38" s="60"/>
-      <c r="P38" s="55"/>
-      <c r="U38" s="46">
+      <c r="P38" s="54"/>
+      <c r="U38" s="45">
         <v>36</v>
       </c>
-      <c r="V38" s="51">
-[...2 lines deleted...]
-      <c r="W38" s="49">
+      <c r="V38" s="50">
+        <v>2025</v>
+      </c>
+      <c r="W38" s="48">
         <f>VLOOKUP(U38,Data!$A$5:$AH$89,Front!$I$4+2)</f>
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D39" s="23"/>
-      <c r="J39" s="31"/>
+      <c r="D39" s="22"/>
+      <c r="J39" s="30"/>
       <c r="K39" s="60"/>
       <c r="L39" s="60"/>
       <c r="M39" s="60"/>
       <c r="N39" s="60"/>
       <c r="O39" s="60"/>
-      <c r="P39" s="55"/>
-      <c r="U39" s="46">
+      <c r="P39" s="54"/>
+      <c r="U39" s="45">
         <v>37</v>
       </c>
-      <c r="V39" s="51" t="s">
-[...2 lines deleted...]
-      <c r="W39" s="49">
+      <c r="V39" s="50" t="s">
+        <v>119</v>
+      </c>
+      <c r="W39" s="48">
         <f>VLOOKUP(U39,Data!$A$5:$AH$89,Front!$I$4+2)</f>
-        <v>82.305162447677887</v>
+        <v>-1.6715830875122877</v>
+      </c>
+      <c r="Z39" s="41" t="str">
+        <f>IF(W39&gt;0,"rise","decline")</f>
+        <v>decline</v>
       </c>
     </row>
     <row r="40" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D40" s="23"/>
-      <c r="J40" s="31"/>
+      <c r="D40" s="22"/>
+      <c r="J40" s="30"/>
       <c r="K40" s="60"/>
       <c r="L40" s="60"/>
       <c r="M40" s="60"/>
       <c r="N40" s="60"/>
       <c r="O40" s="60"/>
-      <c r="P40" s="55"/>
-      <c r="U40" s="46">
+      <c r="P40" s="54"/>
+      <c r="U40" s="45">
         <v>38</v>
       </c>
-      <c r="V40" s="46" t="s">
+      <c r="V40" s="45" t="s">
         <v>59</v>
       </c>
-      <c r="W40" s="49">
+      <c r="W40" s="48">
         <f>VLOOKUP(U40,Data!$A$5:$AH$89,Front!$I$4+2)</f>
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="X40" s="42" t="str" cm="1">
+        <v>26</v>
+      </c>
+      <c r="X40" s="41" t="str" cm="1">
         <f t="array" ref="X40">INDEX(AO4:AO34,W40)</f>
         <v>th</v>
       </c>
     </row>
     <row r="41" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D41" s="23"/>
-[...2 lines deleted...]
-      <c r="U41" s="46">
+      <c r="D41" s="22"/>
+      <c r="J41" s="30"/>
+      <c r="P41" s="54"/>
+      <c r="U41" s="45">
         <v>39</v>
       </c>
-      <c r="W41" s="49"/>
+      <c r="W41" s="48"/>
     </row>
     <row r="42" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D42" s="23"/>
+      <c r="D42" s="22"/>
       <c r="K42" s="60" t="str" cm="1">
-        <f t="array" ref="K42">CONCATENATE("The proportion of two-bedroom rental units that were affordable to a family on Centrelink payments in ",INDEX(Z3:Z34,I4)," declined from its 20-year peak of ",ROUND(Z43,1),"% in ",Z44,", to ",ROUND(W67,1),"% by 2024 (diagram, left).")</f>
-        <v>The proportion of two-bedroom rental units that were affordable to a family on Centrelink payments in Greater Dandenong declined from its 20-year peak of 82.9% in 2003, to 4.2% by 2024 (diagram, left).</v>
+        <f t="array" ref="K42">CONCATENATE("The proportion of dwellings for rent that were affordable to a family on Centrelink payments in ",INDEX(Z3:Z34,I4)," declined from its 20-year peak of ",ROUND(Z43,1),"% in ",Z44,", to ",ROUND(W68,1),"% by 2025 (diagram, left).")</f>
+        <v>The proportion of dwellings for rent that were affordable to a family on Centrelink payments in Greater Dandenong declined from its 20-year peak of 81.8% in 2002, to 2.6% by 2025 (diagram, left).</v>
       </c>
       <c r="L42" s="60"/>
       <c r="M42" s="60"/>
       <c r="N42" s="60"/>
       <c r="O42" s="60"/>
-      <c r="P42" s="55"/>
-      <c r="U42" s="46">
+      <c r="P42" s="54"/>
+      <c r="U42" s="45">
         <v>40</v>
       </c>
-      <c r="V42" s="48" t="s">
-[...2 lines deleted...]
-      <c r="W42" s="49"/>
+      <c r="V42" s="47" t="s">
+        <v>120</v>
+      </c>
+      <c r="W42" s="48"/>
     </row>
     <row r="43" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D43" s="23"/>
+      <c r="D43" s="22"/>
       <c r="K43" s="60"/>
       <c r="L43" s="60"/>
       <c r="M43" s="60"/>
       <c r="N43" s="60"/>
       <c r="O43" s="60"/>
-      <c r="P43" s="55"/>
-      <c r="U43" s="46">
+      <c r="P43" s="54"/>
+      <c r="U43" s="45">
         <v>41</v>
       </c>
-      <c r="V43" s="52">
+      <c r="V43" s="51">
         <v>2000</v>
       </c>
-      <c r="W43" s="49">
-[...9 lines deleted...]
-        <v>4</v>
+      <c r="W43" s="48">
+        <f>VLOOKUP(U43,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>54.400000000000006</v>
+      </c>
+      <c r="Z43" s="52">
+        <f>MAX(W43:W68)</f>
+        <v>81.8</v>
+      </c>
+      <c r="AA43" s="41">
+        <f>MATCH(Z43,W43:W68,0)</f>
+        <v>3</v>
       </c>
     </row>
     <row r="44" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D44" s="23"/>
+      <c r="D44" s="22"/>
       <c r="K44" s="60"/>
       <c r="L44" s="60"/>
       <c r="M44" s="60"/>
       <c r="N44" s="60"/>
       <c r="O44" s="60"/>
-      <c r="P44" s="55"/>
-      <c r="U44" s="46">
+      <c r="P44" s="54"/>
+      <c r="U44" s="45">
         <v>42</v>
       </c>
-      <c r="V44" s="52">
+      <c r="V44" s="51">
         <v>2001</v>
       </c>
-      <c r="W44" s="49">
-[...5 lines deleted...]
-        <v>2003</v>
+      <c r="W44" s="48">
+        <f>VLOOKUP(U44,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>71.5</v>
+      </c>
+      <c r="Z44" s="41" cm="1">
+        <f t="array" ref="Z44">INDEX(V43:V68,AA43)</f>
+        <v>2002</v>
       </c>
     </row>
     <row r="45" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D45" s="23"/>
+      <c r="D45" s="22"/>
       <c r="K45" s="60"/>
       <c r="L45" s="60"/>
       <c r="M45" s="60"/>
       <c r="N45" s="60"/>
       <c r="O45" s="60"/>
-      <c r="P45" s="55"/>
-      <c r="U45" s="46">
+      <c r="P45" s="54"/>
+      <c r="U45" s="45">
         <v>43</v>
       </c>
-      <c r="V45" s="52">
+      <c r="V45" s="51">
         <v>2002</v>
       </c>
-      <c r="W45" s="49">
-[...1 lines deleted...]
-        <v>80.300000000000011</v>
+      <c r="W45" s="48">
+        <f>VLOOKUP(U45,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>81.8</v>
       </c>
     </row>
     <row r="46" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D46" s="23"/>
+      <c r="D46" s="22"/>
       <c r="K46" s="60"/>
       <c r="L46" s="60"/>
       <c r="M46" s="60"/>
       <c r="N46" s="60"/>
       <c r="O46" s="60"/>
-      <c r="P46" s="55"/>
-      <c r="U46" s="46">
+      <c r="P46" s="54"/>
+      <c r="U46" s="45">
         <v>44</v>
       </c>
-      <c r="V46" s="52">
+      <c r="V46" s="51">
         <v>2003</v>
       </c>
-      <c r="W46" s="49">
-[...1 lines deleted...]
-        <v>82.899999999999991</v>
+      <c r="W46" s="48">
+        <f>VLOOKUP(U46,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>81.699999999999989</v>
       </c>
     </row>
     <row r="47" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D47" s="23"/>
+      <c r="D47" s="22"/>
       <c r="K47" s="60"/>
       <c r="L47" s="60"/>
       <c r="M47" s="60"/>
       <c r="N47" s="60"/>
       <c r="O47" s="60"/>
-      <c r="P47" s="55"/>
-      <c r="U47" s="46">
+      <c r="P47" s="54"/>
+      <c r="U47" s="45">
         <v>45</v>
       </c>
-      <c r="V47" s="52">
+      <c r="V47" s="51">
         <v>2004</v>
       </c>
-      <c r="W47" s="49">
-[...1 lines deleted...]
-        <v>80.7</v>
+      <c r="W47" s="48">
+        <f>VLOOKUP(U47,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>81.599999999999994</v>
       </c>
     </row>
     <row r="48" spans="4:41" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D48" s="23"/>
-[...1 lines deleted...]
-      <c r="U48" s="46">
+      <c r="D48" s="22"/>
+      <c r="P48" s="54"/>
+      <c r="U48" s="45">
         <v>46</v>
       </c>
-      <c r="V48" s="52">
+      <c r="V48" s="51">
         <v>2005</v>
       </c>
-      <c r="W48" s="49">
-[...1 lines deleted...]
-        <v>80</v>
+      <c r="W48" s="48">
+        <f>VLOOKUP(U48,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>77.2</v>
       </c>
     </row>
     <row r="49" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D49" s="23"/>
-[...1 lines deleted...]
-      <c r="U49" s="46">
+      <c r="D49" s="22"/>
+      <c r="P49" s="54"/>
+      <c r="U49" s="45">
         <v>47</v>
       </c>
-      <c r="V49" s="52">
+      <c r="V49" s="51">
         <v>2006</v>
       </c>
-      <c r="W49" s="49">
-[...1 lines deleted...]
-        <v>78.7</v>
+      <c r="W49" s="48">
+        <f>VLOOKUP(U49,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>74.8</v>
       </c>
     </row>
     <row r="50" spans="4:23" ht="23.5" x14ac:dyDescent="0.55000000000000004">
-      <c r="D50" s="23"/>
-[...14 lines deleted...]
-      <c r="U50" s="46">
+      <c r="D50" s="22"/>
+      <c r="E50" s="34" t="s">
+        <v>89</v>
+      </c>
+      <c r="F50" s="35"/>
+      <c r="G50" s="35"/>
+      <c r="H50" s="35"/>
+      <c r="I50" s="35"/>
+      <c r="J50" s="35"/>
+      <c r="K50" s="35"/>
+      <c r="L50" s="35"/>
+      <c r="M50" s="35"/>
+      <c r="N50" s="35"/>
+      <c r="O50" s="35"/>
+      <c r="P50" s="54"/>
+      <c r="U50" s="45">
         <v>48</v>
       </c>
-      <c r="V50" s="52">
+      <c r="V50" s="51">
         <v>2007</v>
       </c>
-      <c r="W50" s="49">
-[...1 lines deleted...]
-        <v>64.099999999999994</v>
+      <c r="W50" s="48">
+        <f>VLOOKUP(U50,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>61.8</v>
       </c>
     </row>
     <row r="51" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D51" s="23"/>
+      <c r="D51" s="22"/>
       <c r="E51" s="60" t="str" cm="1">
         <f t="array" ref="E51">CONCATENATE("In 2021, ",ROUND(W76,0)," residents of ",INDEX(Z3:Z34,I4)," were homeless, representing a ",Z74," of ",ABS(ROUND(W78,0))," in the previous decade, and a rate of ",ROUND(W77,1)," homeless persons per 1,000 residents.")</f>
         <v>In 2021, 2366 residents of Greater Dandenong were homeless, representing a rise of 851 in the previous decade, and a rate of 15 homeless persons per 1,000 residents.</v>
       </c>
       <c r="F51" s="60"/>
       <c r="G51" s="60"/>
       <c r="H51" s="60"/>
       <c r="I51" s="60"/>
-      <c r="J51" s="29"/>
-[...3 lines deleted...]
-      <c r="U51" s="46">
+      <c r="J51" s="28"/>
+      <c r="K51" s="28"/>
+      <c r="M51" s="31"/>
+      <c r="P51" s="54"/>
+      <c r="U51" s="45">
         <v>49</v>
       </c>
-      <c r="V51" s="52">
+      <c r="V51" s="51">
         <v>2008</v>
       </c>
-      <c r="W51" s="49">
-[...1 lines deleted...]
-        <v>33.300000000000004</v>
+      <c r="W51" s="48">
+        <f>VLOOKUP(U51,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>32.9</v>
       </c>
     </row>
     <row r="52" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D52" s="23"/>
+      <c r="D52" s="22"/>
       <c r="E52" s="60"/>
       <c r="F52" s="60"/>
       <c r="G52" s="60"/>
       <c r="H52" s="60"/>
       <c r="I52" s="60"/>
-      <c r="J52" s="29"/>
-[...4 lines deleted...]
-      <c r="U52" s="46">
+      <c r="J52" s="28"/>
+      <c r="K52" s="28"/>
+      <c r="M52" s="31"/>
+      <c r="N52" s="36"/>
+      <c r="P52" s="54"/>
+      <c r="U52" s="45">
         <v>50</v>
       </c>
-      <c r="V52" s="52">
+      <c r="V52" s="51">
         <v>2009</v>
       </c>
-      <c r="W52" s="49">
-[...1 lines deleted...]
-        <v>22.6</v>
+      <c r="W52" s="48">
+        <f>VLOOKUP(U52,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>20.3</v>
       </c>
     </row>
     <row r="53" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D53" s="23"/>
+      <c r="D53" s="22"/>
       <c r="E53" s="60"/>
       <c r="F53" s="60"/>
       <c r="G53" s="60"/>
       <c r="H53" s="60"/>
       <c r="I53" s="60"/>
-      <c r="J53" s="29"/>
-[...3 lines deleted...]
-      <c r="U53" s="46">
+      <c r="J53" s="28"/>
+      <c r="K53" s="28"/>
+      <c r="M53" s="25"/>
+      <c r="P53" s="54"/>
+      <c r="U53" s="45">
         <v>51</v>
       </c>
-      <c r="V53" s="52">
+      <c r="V53" s="51">
         <v>2010</v>
       </c>
-      <c r="W53" s="49">
-[...1 lines deleted...]
-        <v>9</v>
+      <c r="W53" s="48">
+        <f>VLOOKUP(U53,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>12.1</v>
       </c>
     </row>
     <row r="54" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D54" s="23"/>
+      <c r="D54" s="22"/>
       <c r="E54" s="60"/>
       <c r="F54" s="60"/>
       <c r="G54" s="60"/>
       <c r="H54" s="60"/>
       <c r="I54" s="60"/>
-      <c r="J54" s="29"/>
-[...1 lines deleted...]
-      <c r="U54" s="46">
+      <c r="J54" s="28"/>
+      <c r="P54" s="54"/>
+      <c r="U54" s="45">
         <v>52</v>
       </c>
-      <c r="V54" s="52">
+      <c r="V54" s="51">
         <v>2011</v>
       </c>
-      <c r="W54" s="49">
-[...1 lines deleted...]
-        <v>4.8</v>
+      <c r="W54" s="48">
+        <f>VLOOKUP(U54,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>11.4</v>
       </c>
     </row>
     <row r="55" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D55" s="23"/>
+      <c r="D55" s="22"/>
       <c r="E55" s="60"/>
       <c r="F55" s="60"/>
       <c r="G55" s="60"/>
       <c r="H55" s="60"/>
       <c r="I55" s="60"/>
-      <c r="P55" s="55"/>
-      <c r="U55" s="46">
+      <c r="P55" s="54"/>
+      <c r="U55" s="45">
         <v>53</v>
       </c>
-      <c r="V55" s="52">
+      <c r="V55" s="51">
         <v>2012</v>
       </c>
-      <c r="W55" s="49">
-[...1 lines deleted...]
-        <v>4.8</v>
+      <c r="W55" s="48">
+        <f>VLOOKUP(U55,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>9.6</v>
       </c>
     </row>
     <row r="56" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D56" s="23"/>
-[...1 lines deleted...]
-      <c r="U56" s="46">
+      <c r="D56" s="22"/>
+      <c r="P56" s="54"/>
+      <c r="U56" s="45">
         <v>54</v>
       </c>
-      <c r="V56" s="52">
+      <c r="V56" s="51">
         <v>2013</v>
       </c>
-      <c r="W56" s="49">
-[...1 lines deleted...]
-        <v>10.9</v>
+      <c r="W56" s="48">
+        <f>VLOOKUP(U56,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>14.399999999999999</v>
       </c>
     </row>
     <row r="57" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D57" s="23"/>
-[...1 lines deleted...]
-      <c r="U57" s="46">
+      <c r="D57" s="22"/>
+      <c r="P57" s="54"/>
+      <c r="U57" s="45">
         <v>55</v>
       </c>
-      <c r="V57" s="52">
+      <c r="V57" s="51">
         <v>2014</v>
       </c>
-      <c r="W57" s="49">
-[...1 lines deleted...]
-        <v>7.8</v>
+      <c r="W57" s="48">
+        <f>VLOOKUP(U57,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>13.100000000000001</v>
       </c>
     </row>
     <row r="58" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D58" s="23"/>
+      <c r="D58" s="22"/>
       <c r="E58" s="59" t="str">
         <f>CONCATENATE("Such housing circumstances include boading houses, supported accommodation and severely crowded dwellings, which together account for about ",ROUND(X81,0),"% of local homelessness")</f>
         <v>Such housing circumstances include boading houses, supported accommodation and severely crowded dwellings, which together account for about 94% of local homelessness</v>
       </c>
       <c r="F58" s="59"/>
       <c r="G58" s="59"/>
       <c r="H58" s="59"/>
       <c r="I58" s="59"/>
-      <c r="P58" s="55"/>
-      <c r="U58" s="46">
+      <c r="P58" s="54"/>
+      <c r="U58" s="45">
         <v>56</v>
       </c>
-      <c r="V58" s="52">
+      <c r="V58" s="51">
         <v>2015</v>
       </c>
-      <c r="W58" s="49">
-[...1 lines deleted...]
-        <v>10.7</v>
+      <c r="W58" s="48">
+        <f>VLOOKUP(U58,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>13.600000000000001</v>
       </c>
     </row>
     <row r="59" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D59" s="23"/>
+      <c r="D59" s="22"/>
       <c r="E59" s="59"/>
       <c r="F59" s="59"/>
       <c r="G59" s="59"/>
       <c r="H59" s="59"/>
       <c r="I59" s="59"/>
-      <c r="P59" s="55"/>
-      <c r="U59" s="46">
+      <c r="P59" s="54"/>
+      <c r="U59" s="45">
         <v>57</v>
       </c>
-      <c r="V59" s="52">
+      <c r="V59" s="51">
         <v>2016</v>
       </c>
-      <c r="W59" s="49">
-[...1 lines deleted...]
-        <v>9</v>
+      <c r="W59" s="48">
+        <f>VLOOKUP(U59,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>10.100000000000001</v>
       </c>
     </row>
     <row r="60" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D60" s="23"/>
+      <c r="D60" s="22"/>
       <c r="E60" s="59"/>
       <c r="F60" s="59"/>
       <c r="G60" s="59"/>
       <c r="H60" s="59"/>
       <c r="I60" s="59"/>
-      <c r="P60" s="55"/>
-      <c r="U60" s="46">
+      <c r="P60" s="54"/>
+      <c r="U60" s="45">
         <v>58</v>
       </c>
-      <c r="V60" s="52">
+      <c r="V60" s="51">
         <v>2017</v>
       </c>
-      <c r="W60" s="49">
-[...1 lines deleted...]
-        <v>12.5</v>
+      <c r="W60" s="48">
+        <f>VLOOKUP(U60,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>10.6</v>
       </c>
     </row>
     <row r="61" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D61" s="23"/>
+      <c r="D61" s="22"/>
       <c r="E61" s="59"/>
       <c r="F61" s="59"/>
       <c r="G61" s="59"/>
       <c r="H61" s="59"/>
       <c r="I61" s="59"/>
-      <c r="P61" s="55"/>
-      <c r="U61" s="46">
+      <c r="P61" s="54"/>
+      <c r="U61" s="45">
         <v>59</v>
       </c>
-      <c r="V61" s="52">
+      <c r="V61" s="51">
         <v>2018</v>
       </c>
-      <c r="W61" s="49">
-[...1 lines deleted...]
-        <v>8.6999999999999993</v>
+      <c r="W61" s="48">
+        <f>VLOOKUP(U61,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>8.3000000000000007</v>
       </c>
     </row>
     <row r="62" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D62" s="23"/>
+      <c r="D62" s="22"/>
       <c r="E62" s="59"/>
       <c r="F62" s="59"/>
       <c r="G62" s="59"/>
       <c r="H62" s="59"/>
       <c r="I62" s="59"/>
-      <c r="P62" s="55"/>
-      <c r="U62" s="46">
+      <c r="P62" s="54"/>
+      <c r="U62" s="45">
         <v>60</v>
       </c>
-      <c r="V62" s="52">
+      <c r="V62" s="51">
         <v>2019</v>
       </c>
-      <c r="W62" s="49">
-[...1 lines deleted...]
-        <v>4.1000000000000005</v>
+      <c r="W62" s="48">
+        <f>VLOOKUP(U62,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>4.7</v>
       </c>
     </row>
     <row r="63" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D63" s="23"/>
+      <c r="D63" s="22"/>
       <c r="E63" s="59"/>
       <c r="F63" s="59"/>
       <c r="G63" s="59"/>
       <c r="H63" s="59"/>
       <c r="I63" s="59"/>
-      <c r="P63" s="55"/>
-      <c r="U63" s="46">
+      <c r="P63" s="54"/>
+      <c r="U63" s="45">
         <v>61</v>
       </c>
-      <c r="V63" s="52">
+      <c r="V63" s="51">
         <v>2020</v>
       </c>
-      <c r="W63" s="49">
-        <f>VLOOKUP(U63,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+      <c r="W63" s="48">
+        <f>VLOOKUP(U63,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>8.4</v>
       </c>
     </row>
     <row r="64" spans="4:23" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="D64" s="28"/>
-[...12 lines deleted...]
-      <c r="U64" s="46">
+      <c r="D64" s="27"/>
+      <c r="E64" s="37"/>
+      <c r="F64" s="37"/>
+      <c r="G64" s="37"/>
+      <c r="H64" s="37"/>
+      <c r="I64" s="37"/>
+      <c r="J64" s="37"/>
+      <c r="K64" s="37"/>
+      <c r="L64" s="37"/>
+      <c r="M64" s="37"/>
+      <c r="N64" s="37"/>
+      <c r="O64" s="37"/>
+      <c r="P64" s="55"/>
+      <c r="U64" s="45">
         <v>62</v>
       </c>
-      <c r="V64" s="52">
+      <c r="V64" s="51">
         <v>2021</v>
       </c>
-      <c r="W64" s="49">
-[...1 lines deleted...]
-        <v>8.3000000000000007</v>
+      <c r="W64" s="48">
+        <f>VLOOKUP(U64,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>11.200000000000001</v>
       </c>
     </row>
     <row r="65" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U65" s="46">
+      <c r="U65" s="45">
         <v>63</v>
       </c>
-      <c r="V65" s="52">
+      <c r="V65" s="51">
         <v>2022</v>
       </c>
-      <c r="W65" s="49">
-[...1 lines deleted...]
-        <v>9.4</v>
+      <c r="W65" s="48">
+        <f>VLOOKUP(U65,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>8.7999999999999989</v>
       </c>
     </row>
     <row r="66" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U66" s="46">
+      <c r="U66" s="45">
         <v>64</v>
       </c>
-      <c r="V66" s="52">
+      <c r="V66" s="51">
         <v>2023</v>
       </c>
-      <c r="W66" s="49">
-[...1 lines deleted...]
-        <v>6.2</v>
+      <c r="W66" s="48">
+        <f>VLOOKUP(U66,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>7.1</v>
       </c>
     </row>
     <row r="67" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U67" s="46">
+      <c r="U67" s="45">
         <v>65</v>
       </c>
-      <c r="V67" s="52">
+      <c r="V67" s="51">
         <v>2024</v>
       </c>
-      <c r="W67" s="49">
-[...1 lines deleted...]
-        <v>4.2</v>
+      <c r="W67" s="48">
+        <f>VLOOKUP(U67,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>4.3999999999999995</v>
       </c>
     </row>
     <row r="68" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U68" s="46">
+      <c r="U68" s="45">
         <v>66</v>
       </c>
-      <c r="V68" s="52">
+      <c r="V68" s="51">
         <v>2025</v>
       </c>
-      <c r="W68" s="49">
-        <f>VLOOKUP(U68,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+      <c r="W68" s="48">
+        <f>VLOOKUP(U68,Data!$A$5:$AH$89,Front!$I$4+2)</f>
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="69" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U69" s="45">
+        <v>67</v>
+      </c>
+      <c r="V69" s="51">
+        <v>2026</v>
+      </c>
+      <c r="W69" s="48">
+        <f>VLOOKUP(U69,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="21:26" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-        <f>VLOOKUP(U69,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+    <row r="70" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U70" s="45">
+        <v>68</v>
+      </c>
+      <c r="V70" s="51">
+        <v>2027</v>
+      </c>
+      <c r="W70" s="48">
+        <f>VLOOKUP(U70,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="21:26" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-        <f>VLOOKUP(U70,Data!$A$5:$AH$89,Front!$I$4+2)*100</f>
+    <row r="71" spans="21:26" x14ac:dyDescent="0.35">
+      <c r="U71" s="45">
+        <v>69</v>
+      </c>
+      <c r="V71" s="51">
+        <v>2028</v>
+      </c>
+      <c r="W71" s="48">
+        <f>VLOOKUP(U71,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="21:26" x14ac:dyDescent="0.35">
-[...10 lines deleted...]
-    </row>
     <row r="72" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U72" s="46">
+      <c r="U72" s="45">
         <v>70</v>
       </c>
-      <c r="W72" s="49"/>
+      <c r="W72" s="48"/>
     </row>
     <row r="73" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U73" s="46">
+      <c r="U73" s="45">
         <v>71</v>
       </c>
-      <c r="V73" s="48" t="s">
-[...2 lines deleted...]
-      <c r="W73" s="49"/>
+      <c r="V73" s="47" t="s">
+        <v>89</v>
+      </c>
+      <c r="W73" s="48"/>
     </row>
     <row r="74" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U74" s="46">
+      <c r="U74" s="45">
         <v>72</v>
       </c>
-      <c r="V74" s="52">
+      <c r="V74" s="51">
         <v>2011</v>
       </c>
-      <c r="W74" s="49">
+      <c r="W74" s="48">
         <f>VLOOKUP(U74,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1515</v>
       </c>
-      <c r="Z74" s="42" t="str">
+      <c r="Z74" s="41" t="str">
         <f>IF(W76&gt;W74,"rise","decline")</f>
         <v>rise</v>
       </c>
     </row>
     <row r="75" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U75" s="46">
+      <c r="U75" s="45">
         <v>73</v>
       </c>
-      <c r="V75" s="52">
+      <c r="V75" s="51">
         <v>2016</v>
       </c>
-      <c r="W75" s="49">
+      <c r="W75" s="48">
         <f>VLOOKUP(U75,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1942</v>
       </c>
     </row>
     <row r="76" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U76" s="46">
+      <c r="U76" s="45">
         <v>74</v>
       </c>
-      <c r="V76" s="52">
+      <c r="V76" s="51">
         <v>2021</v>
       </c>
-      <c r="W76" s="49">
+      <c r="W76" s="48">
         <f>VLOOKUP(U76,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>2366</v>
       </c>
     </row>
     <row r="77" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U77" s="46">
+      <c r="U77" s="45">
         <v>75</v>
       </c>
-      <c r="V77" s="54" t="s">
-[...2 lines deleted...]
-      <c r="W77" s="49">
+      <c r="V77" s="53" t="s">
+        <v>87</v>
+      </c>
+      <c r="W77" s="48">
         <f>VLOOKUP(U77,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>14.955090482722003</v>
       </c>
     </row>
     <row r="78" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U78" s="46">
+      <c r="U78" s="45">
         <v>76</v>
       </c>
-      <c r="V78" s="52" t="s">
-[...2 lines deleted...]
-      <c r="W78" s="49">
+      <c r="V78" s="51" t="s">
+        <v>88</v>
+      </c>
+      <c r="W78" s="48">
         <f>VLOOKUP(U78,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>851</v>
       </c>
     </row>
     <row r="79" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U79" s="46">
+      <c r="U79" s="45">
         <v>77</v>
       </c>
-      <c r="W79" s="49"/>
+      <c r="W79" s="48"/>
     </row>
     <row r="80" spans="21:26" x14ac:dyDescent="0.35">
-      <c r="U80" s="46">
+      <c r="U80" s="45">
         <v>78</v>
       </c>
-      <c r="V80" s="48" t="s">
-[...2 lines deleted...]
-      <c r="W80" s="49"/>
+      <c r="V80" s="47" t="s">
+        <v>97</v>
+      </c>
+      <c r="W80" s="48"/>
     </row>
     <row r="81" spans="21:24" x14ac:dyDescent="0.35">
-      <c r="U81" s="46">
+      <c r="U81" s="45">
         <v>79</v>
       </c>
-      <c r="V81" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W81" s="49">
+      <c r="V81" s="45" t="s">
+        <v>100</v>
+      </c>
+      <c r="W81" s="48">
         <f>VLOOKUP(U81,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>0.92983939137785288</v>
       </c>
-      <c r="X81" s="45">
+      <c r="X81" s="44">
         <f>SUM(W82,W84,W86)</f>
         <v>93.702451394759095</v>
       </c>
     </row>
     <row r="82" spans="21:24" x14ac:dyDescent="0.35">
-      <c r="U82" s="46">
+      <c r="U82" s="45">
         <v>80</v>
       </c>
-      <c r="V82" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W82" s="49">
+      <c r="V82" s="45" t="s">
+        <v>116</v>
+      </c>
+      <c r="W82" s="48">
         <f>VLOOKUP(U82,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>16.145393068469989</v>
       </c>
     </row>
     <row r="83" spans="21:24" x14ac:dyDescent="0.35">
-      <c r="U83" s="46">
+      <c r="U83" s="45">
         <v>81</v>
       </c>
-      <c r="V83" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W83" s="49">
+      <c r="V83" s="45" t="s">
+        <v>92</v>
+      </c>
+      <c r="W83" s="48">
         <f>VLOOKUP(U83,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>1.9019442096365173</v>
       </c>
     </row>
     <row r="84" spans="21:24" x14ac:dyDescent="0.35">
-      <c r="U84" s="46">
+      <c r="U84" s="45">
         <v>82</v>
       </c>
-      <c r="V84" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W84" s="49">
+      <c r="V84" s="45" t="s">
+        <v>93</v>
+      </c>
+      <c r="W84" s="48">
         <f>VLOOKUP(U84,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>30.600169061707522</v>
       </c>
     </row>
     <row r="85" spans="21:24" x14ac:dyDescent="0.35">
-      <c r="U85" s="46">
+      <c r="U85" s="45">
         <v>83</v>
       </c>
-      <c r="V85" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W85" s="49">
+      <c r="V85" s="45" t="s">
+        <v>117</v>
+      </c>
+      <c r="W85" s="48">
         <f>VLOOKUP(U85,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>3.6770921386305999</v>
       </c>
     </row>
     <row r="86" spans="21:24" x14ac:dyDescent="0.35">
-      <c r="U86" s="46">
+      <c r="U86" s="45">
         <v>84</v>
       </c>
-      <c r="V86" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W86" s="49">
+      <c r="V86" s="45" t="s">
+        <v>95</v>
+      </c>
+      <c r="W86" s="48">
         <f>VLOOKUP(U86,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>46.956889264581577</v>
       </c>
     </row>
     <row r="87" spans="21:24" x14ac:dyDescent="0.35">
-      <c r="U87" s="46">
+      <c r="U87" s="45">
         <v>85</v>
       </c>
-      <c r="V87" s="46" t="s">
-[...2 lines deleted...]
-      <c r="W87" s="49">
+      <c r="V87" s="45" t="s">
+        <v>96</v>
+      </c>
+      <c r="W87" s="48">
         <f>VLOOKUP(U87,Data!$A$5:$AH$89,Front!$I$4+2)</f>
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="12">
     <mergeCell ref="E58:I63"/>
     <mergeCell ref="E51:I55"/>
     <mergeCell ref="D3:P3"/>
     <mergeCell ref="K4:O4"/>
     <mergeCell ref="K14:O19"/>
     <mergeCell ref="K42:O47"/>
     <mergeCell ref="K35:O40"/>
     <mergeCell ref="K11:O13"/>
     <mergeCell ref="K7:M10"/>
     <mergeCell ref="E21:I25"/>
     <mergeCell ref="E6:J6"/>
     <mergeCell ref="E27:I31"/>
   </mergeCells>
   <pageMargins left="0.78740157480314965" right="0.39370078740157483" top="1.1811023622047245" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
@@ -17394,75 +17471,75 @@
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10890131</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024 Infographic Housing</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-04-30T05:38:21Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-10-20T08:45:30Z</value>
+      <value order="0">2025-12-08T00:21:43Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-10-20T08:45:30Z</value>
+      <value order="0">2025-12-08T00:21:43Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA15764146</value>
+      <value order="0">vA16200742</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">2.0</value>
+      <value order="0">3.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">2</value>
+      <value order="0">3</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0">Updated information</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -17537,75 +17614,75 @@
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10890131</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024 Infographic Housing</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-04-30T05:38:21Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-10-20T08:45:30Z</vt:filetime>
+    <vt:filetime>2025-12-08T00:21:43Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-10-20T08:45:30Z</vt:filetime>
+    <vt:filetime>2025-12-08T00:21:43Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA15764146</vt:lpwstr>
+    <vt:lpwstr>vA16200742</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>2.0</vt:lpwstr>
+    <vt:lpwstr>3.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>2</vt:r8>
+    <vt:r8>3</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr>Updated information</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>