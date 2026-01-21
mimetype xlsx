--- v3 (2025-12-15)
+++ v4 (2026-01-21)
@@ -16,51 +16,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc2dfcb9d24df4d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb27214573cc9467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{A73902E8-A0B5-440A-84FC-914013076ED0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="2" activeTab="2" xr2:uid="{76C9F7DE-96FA-43D9-A847-8215FD81F682}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Assemble" sheetId="2" state="hidden" r:id="rId2"/>
     <sheet name="Front" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Front!$D$3:$P$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -1416,51 +1416,51 @@
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF990000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf8271e020e8a444f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R165e793ca6f44ed7" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">