--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R8807fe1150884689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R85f6755e05e1435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ ~ OBJECTIVE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{8FF3CB73-F567-4B8E-943F-B77DF3464A5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Frontpage" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Frontpage!$A$1:$R$51</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -2024,51 +2024,51 @@
     <cellStyle name="cells" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="column field" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma" xfId="3" builtinId="3"/>
     <cellStyle name="field" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="field names" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="footer" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="heading" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Hyperlink" xfId="10" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Test" xfId="9" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rb3f4c174099c4289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re14617dd47b74ee3" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.17211206636748694"/>
           <c:y val="9.2592592592592692E-3"/>