--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,108 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4685f7470ee74d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R7c3fa44b9b8c40bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ ~ OBJECTIVE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8F63E398-1D35-401B-B5E6-5FE7557C929D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B5185CDC-2AF7-4304-89FD-08B212E1DEBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Infographic" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Infographic!$C$1:$O$42</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C4" i="5" l="1" a="1"/>
+  <c r="T13" i="5" l="1"/>
+  <c r="M9" i="5" s="1"/>
+  <c r="C4" i="5" a="1"/>
   <c r="C4" i="5" s="1"/>
   <c r="C1" i="5" a="1"/>
   <c r="C1" i="5" s="1"/>
   <c r="C5" i="5" a="1"/>
   <c r="C5" i="5" s="1"/>
   <c r="AJ5" i="5"/>
   <c r="AJ6" i="5"/>
   <c r="AJ7" i="5"/>
   <c r="AJ8" i="5"/>
   <c r="AJ9" i="5"/>
   <c r="AJ10" i="5"/>
   <c r="AJ11" i="5"/>
   <c r="AJ12" i="5"/>
   <c r="AJ13" i="5"/>
   <c r="AJ14" i="5"/>
   <c r="AJ15" i="5"/>
   <c r="AJ16" i="5"/>
   <c r="AJ17" i="5"/>
   <c r="AJ18" i="5"/>
   <c r="AJ19" i="5"/>
   <c r="AJ20" i="5"/>
   <c r="AJ21" i="5"/>
   <c r="AJ22" i="5"/>
   <c r="AJ23" i="5"/>
   <c r="AJ24" i="5"/>
@@ -308,52 +311,50 @@
   <c r="U46" i="5" s="1"/>
   <c r="T47" i="5"/>
   <c r="U47" i="5" s="1"/>
   <c r="T48" i="5"/>
   <c r="U48" i="5" s="1"/>
   <c r="T30" i="5"/>
   <c r="U30" i="5" s="1"/>
   <c r="T21" i="5"/>
   <c r="U21" i="5" s="1"/>
   <c r="T22" i="5"/>
   <c r="U22" i="5" s="1"/>
   <c r="T23" i="5"/>
   <c r="U23" i="5" s="1"/>
   <c r="T24" i="5"/>
   <c r="U24" i="5" s="1"/>
   <c r="T25" i="5"/>
   <c r="U25" i="5" s="1"/>
   <c r="T26" i="5"/>
   <c r="U26" i="5" s="1"/>
   <c r="T27" i="5"/>
   <c r="U27" i="5" s="1"/>
   <c r="T16" i="5"/>
   <c r="M5" i="5" s="1"/>
   <c r="T17" i="5"/>
   <c r="M6" i="5" s="1"/>
-  <c r="T13" i="5"/>
-  <c r="M9" i="5" s="1"/>
   <c r="T5" i="5"/>
   <c r="F5" i="5" s="1"/>
   <c r="T6" i="5"/>
   <c r="T7" i="5"/>
   <c r="T8" i="5"/>
   <c r="T9" i="5"/>
   <c r="T10" i="5"/>
   <c r="U9" i="5" l="1"/>
   <c r="J6" i="5" s="1"/>
   <c r="AL11" i="5"/>
   <c r="V32" i="5"/>
   <c r="AL31" i="5"/>
   <c r="V23" i="5"/>
   <c r="AL71" i="5"/>
   <c r="AL51" i="5"/>
   <c r="V31" i="5"/>
   <c r="V39" i="5"/>
   <c r="V22" i="5"/>
   <c r="V43" i="5"/>
   <c r="V36" i="5"/>
   <c r="V38" i="5"/>
   <c r="V30" i="5"/>
   <c r="V44" i="5"/>
   <c r="V46" i="5"/>
   <c r="V42" i="5"/>
@@ -1385,53 +1386,50 @@
   <si>
     <t>Worked at home</t>
   </si>
   <si>
     <t>15-24</t>
   </si>
   <si>
     <t>25-54</t>
   </si>
   <si>
     <t>55+</t>
   </si>
   <si>
     <t>% Employed, worked full-time</t>
   </si>
   <si>
     <t>% Employed, worked part-time</t>
   </si>
   <si>
     <t>Males</t>
   </si>
   <si>
     <t>Females</t>
   </si>
   <si>
-    <t>UE Rate June 2023</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Alpine </t>
   </si>
   <si>
     <t xml:space="preserve">Ararat </t>
   </si>
   <si>
     <t xml:space="preserve">Ballarat </t>
   </si>
   <si>
     <t xml:space="preserve">Banyule </t>
   </si>
   <si>
     <t xml:space="preserve">Bass Coast </t>
   </si>
   <si>
     <t xml:space="preserve">Baw Baw </t>
   </si>
   <si>
     <t xml:space="preserve">Bayside </t>
   </si>
   <si>
     <t xml:space="preserve">Benalla </t>
   </si>
   <si>
     <t xml:space="preserve">Boroondara </t>
@@ -1742,73 +1740,76 @@
   <si>
     <t>Mornington Pen.</t>
   </si>
   <si>
     <t>Industries of Employment</t>
   </si>
   <si>
     <t xml:space="preserve">G. Bendigo </t>
   </si>
   <si>
     <t xml:space="preserve">G. Dandenong </t>
   </si>
   <si>
     <t xml:space="preserve">G. Geelong </t>
   </si>
   <si>
     <t xml:space="preserve">G. Shepparton </t>
   </si>
   <si>
     <t>Unless otherwise indicated, from the findings of the 2021 Census</t>
   </si>
   <si>
     <t>Main Places of Residence</t>
   </si>
   <si>
+    <t>UE Rate June 2025</t>
+  </si>
+  <si>
     <r>
       <t>Unemployment rate</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(2023)</t>
+      <t>(2025)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0.0;[Red]#,##0.0"/>
     <numFmt numFmtId="168" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2930,51 +2931,51 @@
     <cellStyle name="Normal_Local Government Statistics" xfId="12" xr:uid="{A8829775-EB3D-4BB8-9EE4-1D5FE8AE8F7B}"/>
     <cellStyle name="Normal_T100" xfId="13" xr:uid="{7D32BAB3-6680-4179-B715-A81CFC02997E}"/>
     <cellStyle name="rowfield" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Test" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rb73efc5a5fba4e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2afa4e7d9715480b" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
@@ -3308,58 +3309,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="502310463"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -3770,58 +3771,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="502310463"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -4201,58 +4202,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="502310463"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -4612,58 +4613,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="442316335"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -7443,75 +7444,75 @@
               </a14:imgProps>
             </a:ext>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect l="16118" t="20029" r="15296" b="30695"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5926667" y="9134830"/>
           <a:ext cx="1095205" cy="848782"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>15</xdr:col>
-      <xdr:colOff>282223</xdr:colOff>
+      <xdr:colOff>28223</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>176391</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>41</xdr:col>
-      <xdr:colOff>451557</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>35280</xdr:rowOff>
+      <xdr:colOff>197557</xdr:colOff>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>43616</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="20" name="TextBox 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000014000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="7408334" y="176391"/>
-          <a:ext cx="16340667" cy="17603611"/>
+          <a:off x="7117132" y="0"/>
+          <a:ext cx="16217516" cy="17696616"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -7804,54 +7805,54 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:EO98"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="2" ySplit="4" topLeftCell="C63" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="N2" sqref="N2"/>
+      <selection pane="bottomRight" activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="10.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="4" style="3" customWidth="1"/>
     <col min="2" max="2" width="20" style="3" customWidth="1"/>
     <col min="3" max="143" width="10.54296875" style="3"/>
     <col min="146" max="16384" width="10.54296875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:145" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A1" s="2"/>
       <c r="B1" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:145" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:145" x14ac:dyDescent="0.25">
       <c r="A3" s="7">
         <v>1</v>
       </c>
       <c r="B3" s="7">
         <v>2</v>
@@ -8279,51 +8280,51 @@
       <c r="EM3" s="7">
         <v>143</v>
       </c>
     </row>
     <row r="4" spans="1:145" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.25">
       <c r="A4" s="8"/>
       <c r="C4" s="10" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>133</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>134</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>135</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>138</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>139</v>
       </c>
       <c r="I4" s="24" t="s">
-        <v>140</v>
+        <v>258</v>
       </c>
       <c r="J4" s="12" t="s">
         <v>5</v>
       </c>
       <c r="K4" s="12" t="s">
         <v>6</v>
       </c>
       <c r="L4" s="12" t="s">
         <v>136</v>
       </c>
       <c r="M4" s="12" t="s">
         <v>137</v>
       </c>
       <c r="N4" s="11" t="s">
         <v>7</v>
       </c>
       <c r="O4" s="11" t="s">
         <v>8</v>
       </c>
       <c r="P4" s="11" t="s">
         <v>9</v>
       </c>
       <c r="Q4" s="11" t="s">
         <v>10</v>
       </c>
@@ -8445,316 +8446,316 @@
         <v>128</v>
       </c>
       <c r="BE4" s="14" t="s">
         <v>129</v>
       </c>
       <c r="BF4" s="14" t="s">
         <v>130</v>
       </c>
       <c r="BG4" s="14" t="s">
         <v>131</v>
       </c>
       <c r="BH4" s="14" t="s">
         <v>132</v>
       </c>
       <c r="BI4" s="14" t="s">
         <v>119</v>
       </c>
       <c r="BJ4" s="14" t="s">
         <v>4</v>
       </c>
       <c r="BK4" s="14" t="s">
         <v>0</v>
       </c>
       <c r="BL4" s="31"/>
       <c r="BM4" s="25" t="s">
+        <v>140</v>
+      </c>
+      <c r="BN4" s="25" t="s">
         <v>141</v>
       </c>
-      <c r="BN4" s="25" t="s">
+      <c r="BO4" s="25" t="s">
         <v>142</v>
       </c>
-      <c r="BO4" s="25" t="s">
+      <c r="BP4" s="25" t="s">
         <v>143</v>
       </c>
-      <c r="BP4" s="25" t="s">
+      <c r="BQ4" s="25" t="s">
         <v>144</v>
       </c>
-      <c r="BQ4" s="25" t="s">
+      <c r="BR4" s="25" t="s">
         <v>145</v>
       </c>
-      <c r="BR4" s="25" t="s">
+      <c r="BS4" s="25" t="s">
         <v>146</v>
       </c>
-      <c r="BS4" s="25" t="s">
+      <c r="BT4" s="25" t="s">
         <v>147</v>
       </c>
-      <c r="BT4" s="25" t="s">
+      <c r="BU4" s="25" t="s">
         <v>148</v>
       </c>
-      <c r="BU4" s="25" t="s">
+      <c r="BV4" s="25" t="s">
         <v>149</v>
       </c>
-      <c r="BV4" s="25" t="s">
+      <c r="BW4" s="25" t="s">
         <v>150</v>
       </c>
-      <c r="BW4" s="25" t="s">
+      <c r="BX4" s="25" t="s">
         <v>151</v>
       </c>
-      <c r="BX4" s="25" t="s">
+      <c r="BY4" s="25" t="s">
         <v>152</v>
       </c>
-      <c r="BY4" s="25" t="s">
+      <c r="BZ4" s="25" t="s">
         <v>153</v>
       </c>
-      <c r="BZ4" s="25" t="s">
+      <c r="CA4" s="25" t="s">
         <v>154</v>
       </c>
-      <c r="CA4" s="25" t="s">
+      <c r="CB4" s="25" t="s">
         <v>155</v>
       </c>
-      <c r="CB4" s="25" t="s">
+      <c r="CC4" s="25" t="s">
         <v>156</v>
       </c>
-      <c r="CC4" s="25" t="s">
+      <c r="CD4" s="25" t="s">
         <v>157</v>
       </c>
-      <c r="CD4" s="25" t="s">
+      <c r="CE4" s="25" t="s">
         <v>158</v>
       </c>
-      <c r="CE4" s="25" t="s">
+      <c r="CF4" s="25" t="s">
         <v>159</v>
       </c>
-      <c r="CF4" s="25" t="s">
+      <c r="CG4" s="25" t="s">
         <v>160</v>
       </c>
-      <c r="CG4" s="25" t="s">
+      <c r="CH4" s="25" t="s">
         <v>161</v>
       </c>
-      <c r="CH4" s="25" t="s">
+      <c r="CI4" s="25" t="s">
         <v>162</v>
       </c>
-      <c r="CI4" s="25" t="s">
+      <c r="CJ4" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="CJ4" s="25" t="s">
+      <c r="CK4" s="25" t="s">
         <v>164</v>
       </c>
-      <c r="CK4" s="25" t="s">
+      <c r="CL4" s="25" t="s">
         <v>165</v>
       </c>
-      <c r="CL4" s="25" t="s">
+      <c r="CM4" s="25" t="s">
         <v>166</v>
       </c>
-      <c r="CM4" s="25" t="s">
+      <c r="CN4" s="25" t="s">
         <v>167</v>
       </c>
-      <c r="CN4" s="25" t="s">
+      <c r="CO4" s="25" t="s">
         <v>168</v>
       </c>
-      <c r="CO4" s="25" t="s">
+      <c r="CP4" s="25" t="s">
         <v>169</v>
       </c>
-      <c r="CP4" s="25" t="s">
+      <c r="CQ4" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="CQ4" s="25" t="s">
+      <c r="CR4" s="25" t="s">
         <v>171</v>
       </c>
-      <c r="CR4" s="25" t="s">
+      <c r="CS4" s="25" t="s">
         <v>172</v>
       </c>
-      <c r="CS4" s="25" t="s">
+      <c r="CT4" s="25" t="s">
         <v>173</v>
       </c>
-      <c r="CT4" s="25" t="s">
+      <c r="CU4" s="25" t="s">
         <v>174</v>
       </c>
-      <c r="CU4" s="25" t="s">
+      <c r="CV4" s="25" t="s">
         <v>175</v>
       </c>
-      <c r="CV4" s="25" t="s">
+      <c r="CW4" s="25" t="s">
         <v>176</v>
       </c>
-      <c r="CW4" s="25" t="s">
+      <c r="CX4" s="25" t="s">
         <v>177</v>
       </c>
-      <c r="CX4" s="25" t="s">
+      <c r="CY4" s="25" t="s">
         <v>178</v>
       </c>
-      <c r="CY4" s="25" t="s">
+      <c r="CZ4" s="25" t="s">
         <v>179</v>
       </c>
-      <c r="CZ4" s="25" t="s">
+      <c r="DA4" s="25" t="s">
         <v>180</v>
       </c>
-      <c r="DA4" s="25" t="s">
+      <c r="DB4" s="25" t="s">
         <v>181</v>
       </c>
-      <c r="DB4" s="25" t="s">
+      <c r="DC4" s="25" t="s">
         <v>182</v>
       </c>
-      <c r="DC4" s="25" t="s">
+      <c r="DD4" s="25" t="s">
         <v>183</v>
       </c>
-      <c r="DD4" s="25" t="s">
+      <c r="DE4" s="25" t="s">
         <v>184</v>
       </c>
-      <c r="DE4" s="25" t="s">
+      <c r="DF4" s="25" t="s">
         <v>185</v>
       </c>
-      <c r="DF4" s="25" t="s">
+      <c r="DG4" s="25" t="s">
         <v>186</v>
       </c>
-      <c r="DG4" s="25" t="s">
+      <c r="DH4" s="25" t="s">
         <v>187</v>
       </c>
-      <c r="DH4" s="25" t="s">
+      <c r="DI4" s="25" t="s">
         <v>188</v>
       </c>
-      <c r="DI4" s="25" t="s">
+      <c r="DJ4" s="25" t="s">
         <v>189</v>
       </c>
-      <c r="DJ4" s="25" t="s">
+      <c r="DK4" s="25" t="s">
         <v>190</v>
       </c>
-      <c r="DK4" s="25" t="s">
+      <c r="DL4" s="25" t="s">
         <v>191</v>
       </c>
-      <c r="DL4" s="25" t="s">
+      <c r="DM4" s="25" t="s">
         <v>192</v>
       </c>
-      <c r="DM4" s="25" t="s">
+      <c r="DN4" s="25" t="s">
         <v>193</v>
       </c>
-      <c r="DN4" s="25" t="s">
+      <c r="DO4" s="25" t="s">
         <v>194</v>
       </c>
-      <c r="DO4" s="25" t="s">
+      <c r="DP4" s="25" t="s">
         <v>195</v>
       </c>
-      <c r="DP4" s="25" t="s">
+      <c r="DQ4" s="25" t="s">
         <v>196</v>
       </c>
-      <c r="DQ4" s="25" t="s">
+      <c r="DR4" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="DR4" s="25" t="s">
+      <c r="DS4" s="25" t="s">
         <v>198</v>
       </c>
-      <c r="DS4" s="25" t="s">
+      <c r="DT4" s="25" t="s">
         <v>199</v>
       </c>
-      <c r="DT4" s="25" t="s">
+      <c r="DU4" s="25" t="s">
         <v>200</v>
       </c>
-      <c r="DU4" s="25" t="s">
+      <c r="DV4" s="25" t="s">
         <v>201</v>
       </c>
-      <c r="DV4" s="25" t="s">
+      <c r="DW4" s="25" t="s">
         <v>202</v>
       </c>
-      <c r="DW4" s="25" t="s">
+      <c r="DX4" s="25" t="s">
         <v>203</v>
       </c>
-      <c r="DX4" s="25" t="s">
+      <c r="DY4" s="25" t="s">
         <v>204</v>
       </c>
-      <c r="DY4" s="25" t="s">
+      <c r="DZ4" s="25" t="s">
         <v>205</v>
       </c>
-      <c r="DZ4" s="25" t="s">
+      <c r="EA4" s="25" t="s">
         <v>206</v>
       </c>
-      <c r="EA4" s="25" t="s">
+      <c r="EB4" s="25" t="s">
         <v>207</v>
       </c>
-      <c r="EB4" s="25" t="s">
+      <c r="EC4" s="25" t="s">
         <v>208</v>
       </c>
-      <c r="EC4" s="25" t="s">
+      <c r="ED4" s="25" t="s">
         <v>209</v>
       </c>
-      <c r="ED4" s="25" t="s">
+      <c r="EE4" s="25" t="s">
         <v>210</v>
       </c>
-      <c r="EE4" s="25" t="s">
+      <c r="EF4" s="25" t="s">
         <v>211</v>
       </c>
-      <c r="EF4" s="25" t="s">
+      <c r="EG4" s="25" t="s">
         <v>212</v>
       </c>
-      <c r="EG4" s="25" t="s">
+      <c r="EH4" s="25" t="s">
         <v>213</v>
       </c>
-      <c r="EH4" s="25" t="s">
+      <c r="EI4" s="25" t="s">
         <v>214</v>
       </c>
-      <c r="EI4" s="25" t="s">
+      <c r="EJ4" s="25" t="s">
         <v>215</v>
       </c>
-      <c r="EJ4" s="25" t="s">
+      <c r="EK4" s="25" t="s">
         <v>216</v>
       </c>
-      <c r="EK4" s="25" t="s">
+      <c r="EL4" s="25" t="s">
         <v>217</v>
       </c>
-      <c r="EL4" s="25" t="s">
+      <c r="EM4" s="25" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="EN4"/>
       <c r="EO4"/>
     </row>
     <row r="5" spans="1:145" s="15" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="15">
         <v>1</v>
       </c>
       <c r="B5" s="16" t="s">
         <v>75</v>
       </c>
       <c r="C5" s="17">
         <v>5264</v>
       </c>
       <c r="D5" s="17">
         <v>687</v>
       </c>
       <c r="E5" s="17">
         <v>2852</v>
       </c>
       <c r="F5" s="17">
         <v>1724</v>
       </c>
       <c r="G5" s="17">
         <v>2607</v>
       </c>
       <c r="H5" s="17">
         <v>2656</v>
       </c>
       <c r="I5" s="17">
-        <v>1.9</v>
+        <v>2.6</v>
       </c>
       <c r="J5" s="17">
         <v>2540</v>
       </c>
       <c r="K5" s="17">
         <v>2227</v>
       </c>
       <c r="L5" s="18">
         <f>J5/SUM(J5:K5)*100</f>
         <v>53.282987203692045</v>
       </c>
       <c r="M5" s="18">
         <f>K5/SUM(J5:K5)*100</f>
         <v>46.717012796307948</v>
       </c>
       <c r="N5" s="17">
         <v>1026</v>
       </c>
       <c r="O5" s="17">
         <v>830</v>
       </c>
       <c r="P5" s="17">
         <v>736</v>
       </c>
       <c r="Q5" s="17">
@@ -8877,51 +8878,51 @@
       <c r="BD5" s="19">
         <v>25</v>
       </c>
       <c r="BE5" s="19">
         <v>85</v>
       </c>
       <c r="BF5" s="19">
         <v>46</v>
       </c>
       <c r="BG5" s="19">
         <v>443</v>
       </c>
       <c r="BH5" s="19">
         <v>835</v>
       </c>
       <c r="BI5" s="19">
         <v>640</v>
       </c>
       <c r="BJ5" s="19">
         <v>46</v>
       </c>
       <c r="BK5" s="19">
         <v>5264</v>
       </c>
       <c r="BL5" s="26" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="BM5" s="27">
         <v>88.194174757281559</v>
       </c>
       <c r="BN5" s="27">
         <v>0</v>
       </c>
       <c r="BO5" s="27">
         <v>0</v>
       </c>
       <c r="BP5" s="27">
         <v>1.704593880507969E-2</v>
       </c>
       <c r="BQ5" s="27">
         <v>0</v>
       </c>
       <c r="BR5" s="27">
         <v>0</v>
       </c>
       <c r="BS5" s="27">
         <v>0</v>
       </c>
       <c r="BT5" s="27">
         <v>0.18574805808848363</v>
       </c>
@@ -9145,51 +9146,51 @@
       <c r="A6" s="15">
         <v>2</v>
       </c>
       <c r="B6" s="20" t="s">
         <v>68</v>
       </c>
       <c r="C6" s="21">
         <v>5211</v>
       </c>
       <c r="D6" s="21">
         <v>669</v>
       </c>
       <c r="E6" s="21">
         <v>3046</v>
       </c>
       <c r="F6" s="21">
         <v>1486</v>
       </c>
       <c r="G6" s="21">
         <v>2693</v>
       </c>
       <c r="H6" s="21">
         <v>2519</v>
       </c>
       <c r="I6" s="21">
-        <v>4.3</v>
+        <v>3.3</v>
       </c>
       <c r="J6" s="21">
         <v>3080</v>
       </c>
       <c r="K6" s="21">
         <v>1719</v>
       </c>
       <c r="L6" s="22">
         <f t="shared" ref="L6:L69" si="0">J6/SUM(J6:K6)*100</f>
         <v>64.18003750781412</v>
       </c>
       <c r="M6" s="22">
         <f t="shared" ref="M6:M69" si="1">K6/SUM(J6:K6)*100</f>
         <v>35.819962492185873</v>
       </c>
       <c r="N6" s="21">
         <v>970</v>
       </c>
       <c r="O6" s="21">
         <v>755</v>
       </c>
       <c r="P6" s="21">
         <v>483</v>
       </c>
       <c r="Q6" s="21">
@@ -9312,51 +9313,51 @@
       <c r="BD6" s="23">
         <v>17</v>
       </c>
       <c r="BE6" s="23">
         <v>19</v>
       </c>
       <c r="BF6" s="23">
         <v>20</v>
       </c>
       <c r="BG6" s="23">
         <v>309</v>
       </c>
       <c r="BH6" s="23">
         <v>578</v>
       </c>
       <c r="BI6" s="23">
         <v>581</v>
       </c>
       <c r="BJ6" s="19">
         <v>53</v>
       </c>
       <c r="BK6" s="19">
         <v>5211</v>
       </c>
       <c r="BL6" s="28" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="BM6" s="29">
         <v>0</v>
       </c>
       <c r="BN6" s="30">
         <v>76.184971098265891</v>
       </c>
       <c r="BO6" s="30">
         <v>0.13951411882882547</v>
       </c>
       <c r="BP6" s="30">
         <v>0</v>
       </c>
       <c r="BQ6" s="30">
         <v>0</v>
       </c>
       <c r="BR6" s="30">
         <v>0</v>
       </c>
       <c r="BS6" s="30">
         <v>0</v>
       </c>
       <c r="BT6" s="30">
         <v>0</v>
       </c>
@@ -9580,51 +9581,51 @@
       <c r="A7" s="15">
         <v>3</v>
       </c>
       <c r="B7" s="20" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="21">
         <v>53983</v>
       </c>
       <c r="D7" s="21">
         <v>9044</v>
       </c>
       <c r="E7" s="21">
         <v>33654</v>
       </c>
       <c r="F7" s="21">
         <v>11295</v>
       </c>
       <c r="G7" s="21">
         <v>25746</v>
       </c>
       <c r="H7" s="21">
         <v>28236</v>
       </c>
       <c r="I7" s="21">
-        <v>2.6</v>
+        <v>4.2</v>
       </c>
       <c r="J7" s="21">
         <v>29523</v>
       </c>
       <c r="K7" s="21">
         <v>20634</v>
       </c>
       <c r="L7" s="22">
         <f t="shared" si="0"/>
         <v>58.861175907649979</v>
       </c>
       <c r="M7" s="22">
         <f t="shared" si="1"/>
         <v>41.138824092350021</v>
       </c>
       <c r="N7" s="21">
         <v>5705</v>
       </c>
       <c r="O7" s="21">
         <v>12064</v>
       </c>
       <c r="P7" s="21">
         <v>7201</v>
       </c>
       <c r="Q7" s="21">
@@ -9747,51 +9748,51 @@
       <c r="BD7" s="23">
         <v>87</v>
       </c>
       <c r="BE7" s="23">
         <v>298</v>
       </c>
       <c r="BF7" s="23">
         <v>123</v>
       </c>
       <c r="BG7" s="23">
         <v>1237</v>
       </c>
       <c r="BH7" s="23">
         <v>7139</v>
       </c>
       <c r="BI7" s="23">
         <v>6494</v>
       </c>
       <c r="BJ7" s="19">
         <v>295</v>
       </c>
       <c r="BK7" s="19">
         <v>53983</v>
       </c>
       <c r="BL7" s="28" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="BM7" s="29">
         <v>0</v>
       </c>
       <c r="BN7" s="30">
         <v>6.2427745664739884</v>
       </c>
       <c r="BO7" s="30">
         <v>80.306186986122995</v>
       </c>
       <c r="BP7" s="30">
         <v>8.0968209324128529E-2</v>
       </c>
       <c r="BQ7" s="30">
         <v>2.3851168707266657E-2</v>
       </c>
       <c r="BR7" s="30">
         <v>0</v>
       </c>
       <c r="BS7" s="30">
         <v>5.5160578573179707E-2</v>
       </c>
       <c r="BT7" s="30">
         <v>0</v>
       </c>
@@ -10015,51 +10016,51 @@
       <c r="A8" s="15">
         <v>4</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="21">
         <v>47174</v>
       </c>
       <c r="D8" s="21">
         <v>6903</v>
       </c>
       <c r="E8" s="21">
         <v>30090</v>
       </c>
       <c r="F8" s="21">
         <v>10186</v>
       </c>
       <c r="G8" s="21">
         <v>20089</v>
       </c>
       <c r="H8" s="21">
         <v>27085</v>
       </c>
       <c r="I8" s="21">
-        <v>2.4</v>
+        <v>2.6</v>
       </c>
       <c r="J8" s="21">
         <v>24054</v>
       </c>
       <c r="K8" s="21">
         <v>19954</v>
       </c>
       <c r="L8" s="22">
         <f t="shared" si="0"/>
         <v>54.658243955644423</v>
       </c>
       <c r="M8" s="22">
         <f t="shared" si="1"/>
         <v>45.34175604435557</v>
       </c>
       <c r="N8" s="21">
         <v>4736</v>
       </c>
       <c r="O8" s="21">
         <v>15878</v>
       </c>
       <c r="P8" s="21">
         <v>5776</v>
       </c>
       <c r="Q8" s="21">
@@ -10182,51 +10183,51 @@
       <c r="BD8" s="23">
         <v>90</v>
       </c>
       <c r="BE8" s="23">
         <v>283</v>
       </c>
       <c r="BF8" s="23">
         <v>160</v>
       </c>
       <c r="BG8" s="23">
         <v>1344</v>
       </c>
       <c r="BH8" s="23">
         <v>8992</v>
       </c>
       <c r="BI8" s="23">
         <v>6637</v>
       </c>
       <c r="BJ8" s="19">
         <v>168</v>
       </c>
       <c r="BK8" s="19">
         <v>47174</v>
       </c>
       <c r="BL8" s="28" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="BM8" s="29">
         <v>0</v>
       </c>
       <c r="BN8" s="30">
         <v>0</v>
       </c>
       <c r="BO8" s="30">
         <v>5.2085271029428178E-2</v>
       </c>
       <c r="BP8" s="30">
         <v>35.163641012528764</v>
       </c>
       <c r="BQ8" s="30">
         <v>0.11130545396724439</v>
       </c>
       <c r="BR8" s="30">
         <v>4.6156213139135344E-2</v>
       </c>
       <c r="BS8" s="30">
         <v>0.34322137778867373</v>
       </c>
       <c r="BT8" s="30">
         <v>0</v>
       </c>
@@ -10450,51 +10451,51 @@
       <c r="A9" s="15">
         <v>5</v>
       </c>
       <c r="B9" s="20" t="s">
         <v>76</v>
       </c>
       <c r="C9" s="21">
         <v>12622</v>
       </c>
       <c r="D9" s="21">
         <v>1787</v>
       </c>
       <c r="E9" s="21">
         <v>7288</v>
       </c>
       <c r="F9" s="21">
         <v>3550</v>
       </c>
       <c r="G9" s="21">
         <v>5896</v>
       </c>
       <c r="H9" s="21">
         <v>6729</v>
       </c>
       <c r="I9" s="21">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="J9" s="21">
         <v>5728</v>
       </c>
       <c r="K9" s="21">
         <v>5650</v>
       </c>
       <c r="L9" s="22">
         <f t="shared" si="0"/>
         <v>50.34276674283705</v>
       </c>
       <c r="M9" s="22">
         <f t="shared" si="1"/>
         <v>49.65723325716295</v>
       </c>
       <c r="N9" s="21">
         <v>1837</v>
       </c>
       <c r="O9" s="21">
         <v>2227</v>
       </c>
       <c r="P9" s="21">
         <v>1857</v>
       </c>
       <c r="Q9" s="21">
@@ -10617,51 +10618,51 @@
       <c r="BD9" s="23">
         <v>30</v>
       </c>
       <c r="BE9" s="23">
         <v>111</v>
       </c>
       <c r="BF9" s="23">
         <v>56</v>
       </c>
       <c r="BG9" s="23">
         <v>489</v>
       </c>
       <c r="BH9" s="23">
         <v>1949</v>
       </c>
       <c r="BI9" s="23">
         <v>1747</v>
       </c>
       <c r="BJ9" s="19">
         <v>126</v>
       </c>
       <c r="BK9" s="19">
         <v>12622</v>
       </c>
       <c r="BL9" s="28" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="BM9" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN9" s="30">
         <v>0</v>
       </c>
       <c r="BO9" s="30">
         <v>0</v>
       </c>
       <c r="BP9" s="30">
         <v>4.9007074064604104E-2</v>
       </c>
       <c r="BQ9" s="30">
         <v>84.735252027349333</v>
       </c>
       <c r="BR9" s="30">
         <v>0.54361762141648295</v>
       </c>
       <c r="BS9" s="30">
         <v>8.8869821034567295E-2</v>
       </c>
       <c r="BT9" s="30">
         <v>0</v>
       </c>
@@ -10885,51 +10886,51 @@
       <c r="A10" s="15">
         <v>6</v>
       </c>
       <c r="B10" s="20" t="s">
         <v>77</v>
       </c>
       <c r="C10" s="21">
         <v>19545</v>
       </c>
       <c r="D10" s="21">
         <v>3197</v>
       </c>
       <c r="E10" s="21">
         <v>11475</v>
       </c>
       <c r="F10" s="21">
         <v>4871</v>
       </c>
       <c r="G10" s="21">
         <v>9059</v>
       </c>
       <c r="H10" s="21">
         <v>10486</v>
       </c>
       <c r="I10" s="21">
-        <v>2.4</v>
+        <v>3</v>
       </c>
       <c r="J10" s="21">
         <v>10108</v>
       </c>
       <c r="K10" s="21">
         <v>7997</v>
       </c>
       <c r="L10" s="22">
         <f t="shared" si="0"/>
         <v>55.829881248273963</v>
       </c>
       <c r="M10" s="22">
         <f t="shared" si="1"/>
         <v>44.170118751726044</v>
       </c>
       <c r="N10" s="21">
         <v>2945</v>
       </c>
       <c r="O10" s="21">
         <v>3580</v>
       </c>
       <c r="P10" s="21">
         <v>2646</v>
       </c>
       <c r="Q10" s="21">
@@ -11052,51 +11053,51 @@
       <c r="BD10" s="23">
         <v>45</v>
       </c>
       <c r="BE10" s="23">
         <v>45</v>
       </c>
       <c r="BF10" s="23">
         <v>68</v>
       </c>
       <c r="BG10" s="23">
         <v>558</v>
       </c>
       <c r="BH10" s="23">
         <v>2783</v>
       </c>
       <c r="BI10" s="23">
         <v>2223</v>
       </c>
       <c r="BJ10" s="19">
         <v>130</v>
       </c>
       <c r="BK10" s="19">
         <v>19545</v>
       </c>
       <c r="BL10" s="28" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="BM10" s="29">
         <v>0</v>
       </c>
       <c r="BN10" s="30">
         <v>0</v>
       </c>
       <c r="BO10" s="30">
         <v>5.5805647531530188E-3</v>
       </c>
       <c r="BP10" s="30">
         <v>1.4915196454444727E-2</v>
       </c>
       <c r="BQ10" s="30">
         <v>0.57242804897439969</v>
       </c>
       <c r="BR10" s="30">
         <v>77.116775219242015</v>
       </c>
       <c r="BS10" s="30">
         <v>8.8869821034567295E-2</v>
       </c>
       <c r="BT10" s="30">
         <v>0</v>
       </c>
@@ -11320,51 +11321,51 @@
       <c r="A11" s="15">
         <v>7</v>
       </c>
       <c r="B11" s="20" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="21">
         <v>32884</v>
       </c>
       <c r="D11" s="21">
         <v>5237</v>
       </c>
       <c r="E11" s="21">
         <v>19505</v>
       </c>
       <c r="F11" s="21">
         <v>8158</v>
       </c>
       <c r="G11" s="21">
         <v>15013</v>
       </c>
       <c r="H11" s="21">
         <v>17871</v>
       </c>
       <c r="I11" s="21">
-        <v>2.2000000000000002</v>
+        <v>3.6</v>
       </c>
       <c r="J11" s="21">
         <v>16472</v>
       </c>
       <c r="K11" s="21">
         <v>14290</v>
       </c>
       <c r="L11" s="22">
         <f t="shared" si="0"/>
         <v>53.546583447110073</v>
       </c>
       <c r="M11" s="22">
         <f t="shared" si="1"/>
         <v>46.453416552889934</v>
       </c>
       <c r="N11" s="21">
         <v>4799</v>
       </c>
       <c r="O11" s="21">
         <v>9264</v>
       </c>
       <c r="P11" s="21">
         <v>3794</v>
       </c>
       <c r="Q11" s="21">
@@ -11487,51 +11488,51 @@
       <c r="BD11" s="23">
         <v>64</v>
       </c>
       <c r="BE11" s="23">
         <v>252</v>
       </c>
       <c r="BF11" s="23">
         <v>121</v>
       </c>
       <c r="BG11" s="23">
         <v>921</v>
       </c>
       <c r="BH11" s="23">
         <v>9829</v>
       </c>
       <c r="BI11" s="23">
         <v>4214</v>
       </c>
       <c r="BJ11" s="19">
         <v>140</v>
       </c>
       <c r="BK11" s="19">
         <v>32884</v>
       </c>
       <c r="BL11" s="28" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="BM11" s="29">
         <v>7.7669902912621366E-2</v>
       </c>
       <c r="BN11" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO11" s="30">
         <v>3.9063953272071135E-2</v>
       </c>
       <c r="BP11" s="30">
         <v>0.18324384215460668</v>
       </c>
       <c r="BQ11" s="30">
         <v>0.11130545396724439</v>
       </c>
       <c r="BR11" s="30">
         <v>4.6156213139135344E-2</v>
       </c>
       <c r="BS11" s="30">
         <v>42.663643049767096</v>
       </c>
       <c r="BT11" s="30">
         <v>6.7544748395812232E-2</v>
       </c>
@@ -11755,51 +11756,51 @@
       <c r="A12" s="15">
         <v>8</v>
       </c>
       <c r="B12" s="20" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="21">
         <v>6003</v>
       </c>
       <c r="D12" s="21">
         <v>734</v>
       </c>
       <c r="E12" s="21">
         <v>3239</v>
       </c>
       <c r="F12" s="21">
         <v>2017</v>
       </c>
       <c r="G12" s="21">
         <v>3176</v>
       </c>
       <c r="H12" s="21">
         <v>2822</v>
       </c>
       <c r="I12" s="21">
-        <v>3.7</v>
+        <v>5.6</v>
       </c>
       <c r="J12" s="21">
         <v>3507</v>
       </c>
       <c r="K12" s="21">
         <v>2020</v>
       </c>
       <c r="L12" s="22">
         <f t="shared" si="0"/>
         <v>63.452144020264157</v>
       </c>
       <c r="M12" s="22">
         <f t="shared" si="1"/>
         <v>36.547855979735843</v>
       </c>
       <c r="N12" s="21">
         <v>986</v>
       </c>
       <c r="O12" s="21">
         <v>909</v>
       </c>
       <c r="P12" s="21">
         <v>844</v>
       </c>
       <c r="Q12" s="21">
@@ -11922,51 +11923,51 @@
       <c r="BD12" s="23">
         <v>18</v>
       </c>
       <c r="BE12" s="23">
         <v>47</v>
       </c>
       <c r="BF12" s="23">
         <v>17</v>
       </c>
       <c r="BG12" s="23">
         <v>204</v>
       </c>
       <c r="BH12" s="23">
         <v>835</v>
       </c>
       <c r="BI12" s="23">
         <v>582</v>
       </c>
       <c r="BJ12" s="19">
         <v>62</v>
       </c>
       <c r="BK12" s="19">
         <v>6003</v>
       </c>
       <c r="BL12" s="28" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="BM12" s="29">
         <v>0.13592233009708737</v>
       </c>
       <c r="BN12" s="30">
         <v>0</v>
       </c>
       <c r="BO12" s="30">
         <v>0</v>
       </c>
       <c r="BP12" s="30">
         <v>0</v>
       </c>
       <c r="BQ12" s="30">
         <v>0</v>
       </c>
       <c r="BR12" s="30">
         <v>0</v>
       </c>
       <c r="BS12" s="30">
         <v>0</v>
       </c>
       <c r="BT12" s="30">
         <v>76.376224248564668</v>
       </c>
@@ -12190,51 +12191,51 @@
       <c r="A13" s="15">
         <v>9</v>
       </c>
       <c r="B13" s="20" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="21">
         <v>78222</v>
       </c>
       <c r="D13" s="21">
         <v>10781</v>
       </c>
       <c r="E13" s="21">
         <v>51228</v>
       </c>
       <c r="F13" s="21">
         <v>16205</v>
       </c>
       <c r="G13" s="21">
         <v>35899</v>
       </c>
       <c r="H13" s="21">
         <v>42318</v>
       </c>
       <c r="I13" s="21">
-        <v>2.5</v>
+        <v>2.9</v>
       </c>
       <c r="J13" s="21">
         <v>44212</v>
       </c>
       <c r="K13" s="21">
         <v>29637</v>
       </c>
       <c r="L13" s="22">
         <f t="shared" si="0"/>
         <v>59.868109249955992</v>
       </c>
       <c r="M13" s="22">
         <f t="shared" si="1"/>
         <v>40.131890750044008</v>
       </c>
       <c r="N13" s="21">
         <v>12592</v>
       </c>
       <c r="O13" s="21">
         <v>27479</v>
       </c>
       <c r="P13" s="21">
         <v>6054</v>
       </c>
       <c r="Q13" s="21">
@@ -12357,51 +12358,51 @@
       <c r="BD13" s="23">
         <v>131</v>
       </c>
       <c r="BE13" s="23">
         <v>469</v>
       </c>
       <c r="BF13" s="23">
         <v>264</v>
       </c>
       <c r="BG13" s="23">
         <v>2015</v>
       </c>
       <c r="BH13" s="23">
         <v>31068</v>
       </c>
       <c r="BI13" s="23">
         <v>9011</v>
       </c>
       <c r="BJ13" s="19">
         <v>279</v>
       </c>
       <c r="BK13" s="19">
         <v>78222</v>
       </c>
       <c r="BL13" s="28" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="BM13" s="29">
         <v>0.13592233009708737</v>
       </c>
       <c r="BN13" s="30">
         <v>0</v>
       </c>
       <c r="BO13" s="30">
         <v>0.10231035380780534</v>
       </c>
       <c r="BP13" s="30">
         <v>3.0086081990965652</v>
       </c>
       <c r="BQ13" s="30">
         <v>0.17490857051995548</v>
       </c>
       <c r="BR13" s="30">
         <v>0.22565259756910611</v>
       </c>
       <c r="BS13" s="30">
         <v>1.2257906349595489</v>
       </c>
       <c r="BT13" s="30">
         <v>6.7544748395812232E-2</v>
       </c>
@@ -12625,51 +12626,51 @@
       <c r="A14" s="15">
         <v>10</v>
       </c>
       <c r="B14" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="21">
         <v>78096</v>
       </c>
       <c r="D14" s="21">
         <v>10324</v>
       </c>
       <c r="E14" s="21">
         <v>53149</v>
       </c>
       <c r="F14" s="21">
         <v>14609</v>
       </c>
       <c r="G14" s="21">
         <v>44975</v>
       </c>
       <c r="H14" s="21">
         <v>33123</v>
       </c>
       <c r="I14" s="21">
-        <v>6.3</v>
+        <v>6.6</v>
       </c>
       <c r="J14" s="21">
         <v>47967</v>
       </c>
       <c r="K14" s="21">
         <v>25099</v>
       </c>
       <c r="L14" s="22">
         <f t="shared" si="0"/>
         <v>65.648865409355921</v>
       </c>
       <c r="M14" s="22">
         <f t="shared" si="1"/>
         <v>34.351134590644079</v>
       </c>
       <c r="N14" s="21">
         <v>8983</v>
       </c>
       <c r="O14" s="21">
         <v>13885</v>
       </c>
       <c r="P14" s="21">
         <v>10826</v>
       </c>
       <c r="Q14" s="21">
@@ -12792,51 +12793,51 @@
       <c r="BD14" s="23">
         <v>177</v>
       </c>
       <c r="BE14" s="23">
         <v>215</v>
       </c>
       <c r="BF14" s="23">
         <v>364</v>
       </c>
       <c r="BG14" s="23">
         <v>610</v>
       </c>
       <c r="BH14" s="23">
         <v>10567</v>
       </c>
       <c r="BI14" s="23">
         <v>7434</v>
       </c>
       <c r="BJ14" s="19">
         <v>365</v>
       </c>
       <c r="BK14" s="19">
         <v>78096</v>
       </c>
       <c r="BL14" s="28" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="BM14" s="29">
         <v>0</v>
       </c>
       <c r="BN14" s="30">
         <v>7.7071290944123322E-2</v>
       </c>
       <c r="BO14" s="30">
         <v>0.21020127236876371</v>
       </c>
       <c r="BP14" s="30">
         <v>1.0078411318503366</v>
       </c>
       <c r="BQ14" s="30">
         <v>2.3851168707266657E-2</v>
       </c>
       <c r="BR14" s="30">
         <v>5.6413149392276526E-2</v>
       </c>
       <c r="BS14" s="30">
         <v>0.39838195636185342</v>
       </c>
       <c r="BT14" s="30">
         <v>0.10131712259371835</v>
       </c>
@@ -13060,51 +13061,51 @@
       <c r="A15" s="15">
         <v>11</v>
       </c>
       <c r="B15" s="20" t="s">
         <v>78</v>
       </c>
       <c r="C15" s="21">
         <v>2590</v>
       </c>
       <c r="D15" s="21">
         <v>315</v>
       </c>
       <c r="E15" s="21">
         <v>1312</v>
       </c>
       <c r="F15" s="21">
         <v>963</v>
       </c>
       <c r="G15" s="21">
         <v>1432</v>
       </c>
       <c r="H15" s="21">
         <v>1153</v>
       </c>
       <c r="I15" s="21">
-        <v>3.7</v>
+        <v>2.4</v>
       </c>
       <c r="J15" s="21">
         <v>1548</v>
       </c>
       <c r="K15" s="21">
         <v>883</v>
       </c>
       <c r="L15" s="22">
         <f t="shared" si="0"/>
         <v>63.677498971616622</v>
       </c>
       <c r="M15" s="22">
         <f t="shared" si="1"/>
         <v>36.322501028383378</v>
       </c>
       <c r="N15" s="21">
         <v>785</v>
       </c>
       <c r="O15" s="21">
         <v>367</v>
       </c>
       <c r="P15" s="21">
         <v>249</v>
       </c>
       <c r="Q15" s="21">
@@ -13227,51 +13228,51 @@
       <c r="BD15" s="23">
         <v>6</v>
       </c>
       <c r="BE15" s="23">
         <v>12</v>
       </c>
       <c r="BF15" s="23">
         <v>31</v>
       </c>
       <c r="BG15" s="23">
         <v>281</v>
       </c>
       <c r="BH15" s="23">
         <v>394</v>
       </c>
       <c r="BI15" s="23">
         <v>186</v>
       </c>
       <c r="BJ15" s="19">
         <v>36</v>
       </c>
       <c r="BK15" s="19">
         <v>2590</v>
       </c>
       <c r="BL15" s="28" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="BM15" s="29">
         <v>0</v>
       </c>
       <c r="BN15" s="30">
         <v>7.7071290944123322E-2</v>
       </c>
       <c r="BO15" s="30">
         <v>1.3021317757357044E-2</v>
       </c>
       <c r="BP15" s="30">
         <v>0</v>
       </c>
       <c r="BQ15" s="30">
         <v>0</v>
       </c>
       <c r="BR15" s="30">
         <v>0</v>
       </c>
       <c r="BS15" s="30">
         <v>0</v>
       </c>
       <c r="BT15" s="30">
         <v>0</v>
       </c>
@@ -13495,51 +13496,51 @@
       <c r="A16" s="15">
         <v>12</v>
       </c>
       <c r="B16" s="20" t="s">
         <v>79</v>
       </c>
       <c r="C16" s="21">
         <v>16371</v>
       </c>
       <c r="D16" s="21">
         <v>2423</v>
       </c>
       <c r="E16" s="21">
         <v>9271</v>
       </c>
       <c r="F16" s="21">
         <v>4685</v>
       </c>
       <c r="G16" s="21">
         <v>8098</v>
       </c>
       <c r="H16" s="21">
         <v>8268</v>
       </c>
       <c r="I16" s="21">
-        <v>1.7</v>
+        <v>2</v>
       </c>
       <c r="J16" s="21">
         <v>9220</v>
       </c>
       <c r="K16" s="21">
         <v>5814</v>
       </c>
       <c r="L16" s="22">
         <f t="shared" si="0"/>
         <v>61.327657310097116</v>
       </c>
       <c r="M16" s="22">
         <f t="shared" si="1"/>
         <v>38.672342689902891</v>
       </c>
       <c r="N16" s="21">
         <v>2813</v>
       </c>
       <c r="O16" s="21">
         <v>2566</v>
       </c>
       <c r="P16" s="21">
         <v>2182</v>
       </c>
       <c r="Q16" s="21">
@@ -13662,51 +13663,51 @@
       <c r="BD16" s="23">
         <v>100</v>
       </c>
       <c r="BE16" s="23">
         <v>146</v>
       </c>
       <c r="BF16" s="23">
         <v>66</v>
       </c>
       <c r="BG16" s="23">
         <v>754</v>
       </c>
       <c r="BH16" s="23">
         <v>1716</v>
       </c>
       <c r="BI16" s="23">
         <v>1686</v>
       </c>
       <c r="BJ16" s="19">
         <v>156</v>
       </c>
       <c r="BK16" s="19">
         <v>16371</v>
       </c>
       <c r="BL16" s="28" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="BM16" s="29">
         <v>7.7669902912621366E-2</v>
       </c>
       <c r="BN16" s="30">
         <v>0</v>
       </c>
       <c r="BO16" s="30">
         <v>1.3021317757357044E-2</v>
       </c>
       <c r="BP16" s="30">
         <v>1.2784454103809769E-2</v>
       </c>
       <c r="BQ16" s="30">
         <v>0</v>
       </c>
       <c r="BR16" s="30">
         <v>0</v>
       </c>
       <c r="BS16" s="30">
         <v>9.1934297621966161E-3</v>
       </c>
       <c r="BT16" s="30">
         <v>0.1519756838905775</v>
       </c>
@@ -13930,51 +13931,51 @@
       <c r="A17" s="15">
         <v>13</v>
       </c>
       <c r="B17" s="20" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="21">
         <v>31486</v>
       </c>
       <c r="D17" s="21">
         <v>5834</v>
       </c>
       <c r="E17" s="21">
         <v>19865</v>
       </c>
       <c r="F17" s="21">
         <v>5797</v>
       </c>
       <c r="G17" s="21">
         <v>15729</v>
       </c>
       <c r="H17" s="21">
         <v>15752</v>
       </c>
       <c r="I17" s="21">
-        <v>3.8</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="J17" s="21">
         <v>17075</v>
       </c>
       <c r="K17" s="21">
         <v>12223</v>
       </c>
       <c r="L17" s="22">
         <f t="shared" si="0"/>
         <v>58.280428698204659</v>
       </c>
       <c r="M17" s="22">
         <f t="shared" si="1"/>
         <v>41.719571301795341</v>
       </c>
       <c r="N17" s="21">
         <v>3837</v>
       </c>
       <c r="O17" s="21">
         <v>4889</v>
       </c>
       <c r="P17" s="21">
         <v>5279</v>
       </c>
       <c r="Q17" s="21">
@@ -14097,51 +14098,51 @@
       <c r="BD17" s="23">
         <v>44</v>
       </c>
       <c r="BE17" s="23">
         <v>66</v>
       </c>
       <c r="BF17" s="23">
         <v>133</v>
       </c>
       <c r="BG17" s="23">
         <v>589</v>
       </c>
       <c r="BH17" s="23">
         <v>5352</v>
       </c>
       <c r="BI17" s="23">
         <v>3650</v>
       </c>
       <c r="BJ17" s="19">
         <v>172</v>
       </c>
       <c r="BK17" s="19">
         <v>31486</v>
       </c>
       <c r="BL17" s="28" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="BM17" s="29">
         <v>0</v>
       </c>
       <c r="BN17" s="30">
         <v>0</v>
       </c>
       <c r="BO17" s="30">
         <v>2.4182447263663084E-2</v>
       </c>
       <c r="BP17" s="30">
         <v>0.22798943151794085</v>
       </c>
       <c r="BQ17" s="30">
         <v>1.5741771346795992</v>
       </c>
       <c r="BR17" s="30">
         <v>6.7439355864403305</v>
       </c>
       <c r="BS17" s="30">
         <v>0.6098308408923756</v>
       </c>
       <c r="BT17" s="30">
         <v>0</v>
       </c>
@@ -14365,51 +14366,51 @@
       <c r="A18" s="15">
         <v>14</v>
       </c>
       <c r="B18" s="20" t="s">
         <v>41</v>
       </c>
       <c r="C18" s="21">
         <v>82257</v>
       </c>
       <c r="D18" s="21">
         <v>15216</v>
       </c>
       <c r="E18" s="21">
         <v>53393</v>
       </c>
       <c r="F18" s="21">
         <v>13648</v>
       </c>
       <c r="G18" s="21">
         <v>38718</v>
       </c>
       <c r="H18" s="21">
         <v>43535</v>
       </c>
       <c r="I18" s="21">
-        <v>4.5</v>
+        <v>5.6</v>
       </c>
       <c r="J18" s="21">
         <v>42830</v>
       </c>
       <c r="K18" s="21">
         <v>33909</v>
       </c>
       <c r="L18" s="22">
         <f t="shared" si="0"/>
         <v>55.812559454775283</v>
       </c>
       <c r="M18" s="22">
         <f t="shared" si="1"/>
         <v>44.187440545224717</v>
       </c>
       <c r="N18" s="21">
         <v>8669</v>
       </c>
       <c r="O18" s="21">
         <v>16200</v>
       </c>
       <c r="P18" s="21">
         <v>11128</v>
       </c>
       <c r="Q18" s="21">
@@ -14532,51 +14533,51 @@
       <c r="BD18" s="23">
         <v>119</v>
       </c>
       <c r="BE18" s="23">
         <v>134</v>
       </c>
       <c r="BF18" s="23">
         <v>450</v>
       </c>
       <c r="BG18" s="23">
         <v>876</v>
       </c>
       <c r="BH18" s="23">
         <v>13811</v>
       </c>
       <c r="BI18" s="23">
         <v>9931</v>
       </c>
       <c r="BJ18" s="19">
         <v>350</v>
       </c>
       <c r="BK18" s="19">
         <v>82257</v>
       </c>
       <c r="BL18" s="28" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="BM18" s="29">
         <v>0.13592233009708737</v>
       </c>
       <c r="BN18" s="30">
         <v>0</v>
       </c>
       <c r="BO18" s="30">
         <v>9.3009412552550325E-2</v>
       </c>
       <c r="BP18" s="30">
         <v>0.71379868746271202</v>
       </c>
       <c r="BQ18" s="30">
         <v>1.6059786929559547</v>
       </c>
       <c r="BR18" s="30">
         <v>2.3488384019693318</v>
       </c>
       <c r="BS18" s="30">
         <v>4.3423633243442019</v>
       </c>
       <c r="BT18" s="30">
         <v>5.0658561296859174E-2</v>
       </c>
@@ -14800,51 +14801,51 @@
       <c r="A19" s="15">
         <v>15</v>
       </c>
       <c r="B19" s="20" t="s">
         <v>81</v>
       </c>
       <c r="C19" s="21">
         <v>4438</v>
       </c>
       <c r="D19" s="21">
         <v>659</v>
       </c>
       <c r="E19" s="21">
         <v>2440</v>
       </c>
       <c r="F19" s="21">
         <v>1343</v>
       </c>
       <c r="G19" s="21">
         <v>2058</v>
       </c>
       <c r="H19" s="21">
         <v>2378</v>
       </c>
       <c r="I19" s="21">
-        <v>5.6</v>
+        <v>7.9</v>
       </c>
       <c r="J19" s="21">
         <v>2232</v>
       </c>
       <c r="K19" s="21">
         <v>1825</v>
       </c>
       <c r="L19" s="22">
         <f t="shared" si="0"/>
         <v>55.016021690904601</v>
       </c>
       <c r="M19" s="22">
         <f t="shared" si="1"/>
         <v>44.983978309095392</v>
       </c>
       <c r="N19" s="21">
         <v>560</v>
       </c>
       <c r="O19" s="21">
         <v>672</v>
       </c>
       <c r="P19" s="21">
         <v>601</v>
       </c>
       <c r="Q19" s="21">
@@ -14967,51 +14968,51 @@
       <c r="BD19" s="23">
         <v>10</v>
       </c>
       <c r="BE19" s="23">
         <v>27</v>
       </c>
       <c r="BF19" s="23">
         <v>13</v>
       </c>
       <c r="BG19" s="23">
         <v>217</v>
       </c>
       <c r="BH19" s="23">
         <v>341</v>
       </c>
       <c r="BI19" s="23">
         <v>508</v>
       </c>
       <c r="BJ19" s="19">
         <v>46</v>
       </c>
       <c r="BK19" s="19">
         <v>4438</v>
       </c>
       <c r="BL19" s="28" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="BM19" s="29">
         <v>0</v>
       </c>
       <c r="BN19" s="30">
         <v>0.4238921001926782</v>
       </c>
       <c r="BO19" s="30">
         <v>0.4501655567543435</v>
       </c>
       <c r="BP19" s="30">
         <v>0</v>
       </c>
       <c r="BQ19" s="30">
         <v>0</v>
       </c>
       <c r="BR19" s="30">
         <v>0</v>
       </c>
       <c r="BS19" s="30">
         <v>0</v>
       </c>
       <c r="BT19" s="30">
         <v>0</v>
       </c>
@@ -15235,51 +15236,51 @@
       <c r="A20" s="15">
         <v>16</v>
       </c>
       <c r="B20" s="20" t="s">
         <v>82</v>
       </c>
       <c r="C20" s="21">
         <v>10496</v>
       </c>
       <c r="D20" s="21">
         <v>1568</v>
       </c>
       <c r="E20" s="21">
         <v>6142</v>
       </c>
       <c r="F20" s="21">
         <v>2803</v>
       </c>
       <c r="G20" s="21">
         <v>5480</v>
       </c>
       <c r="H20" s="21">
         <v>5022</v>
       </c>
       <c r="I20" s="21">
-        <v>1.9</v>
+        <v>1.5</v>
       </c>
       <c r="J20" s="21">
         <v>5829</v>
       </c>
       <c r="K20" s="21">
         <v>3842</v>
       </c>
       <c r="L20" s="22">
         <f t="shared" si="0"/>
         <v>60.272981077448037</v>
       </c>
       <c r="M20" s="22">
         <f t="shared" si="1"/>
         <v>39.727018922551963</v>
       </c>
       <c r="N20" s="21">
         <v>1751</v>
       </c>
       <c r="O20" s="21">
         <v>1367</v>
       </c>
       <c r="P20" s="21">
         <v>1361</v>
       </c>
       <c r="Q20" s="21">
@@ -15402,51 +15403,51 @@
       <c r="BD20" s="23">
         <v>31</v>
       </c>
       <c r="BE20" s="23">
         <v>67</v>
       </c>
       <c r="BF20" s="23">
         <v>62</v>
       </c>
       <c r="BG20" s="23">
         <v>587</v>
       </c>
       <c r="BH20" s="23">
         <v>1167</v>
       </c>
       <c r="BI20" s="23">
         <v>1131</v>
       </c>
       <c r="BJ20" s="19">
         <v>80</v>
       </c>
       <c r="BK20" s="19">
         <v>10496</v>
       </c>
       <c r="BL20" s="28" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="BM20" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN20" s="30">
         <v>0</v>
       </c>
       <c r="BO20" s="30">
         <v>4.6504706276275162E-2</v>
       </c>
       <c r="BP20" s="30">
         <v>1.0653711753174805E-2</v>
       </c>
       <c r="BQ20" s="30">
         <v>0</v>
       </c>
       <c r="BR20" s="30">
         <v>0</v>
       </c>
       <c r="BS20" s="30">
         <v>9.1934297621966161E-3</v>
       </c>
       <c r="BT20" s="30">
         <v>0</v>
       </c>
@@ -15670,51 +15671,51 @@
       <c r="A21" s="15">
         <v>17</v>
       </c>
       <c r="B21" s="20" t="s">
         <v>83</v>
       </c>
       <c r="C21" s="21">
         <v>7344</v>
       </c>
       <c r="D21" s="21">
         <v>960</v>
       </c>
       <c r="E21" s="21">
         <v>4000</v>
       </c>
       <c r="F21" s="21">
         <v>2383</v>
       </c>
       <c r="G21" s="21">
         <v>4010</v>
       </c>
       <c r="H21" s="21">
         <v>3340</v>
       </c>
       <c r="I21" s="21">
-        <v>1.8</v>
+        <v>1.3</v>
       </c>
       <c r="J21" s="21">
         <v>4332</v>
       </c>
       <c r="K21" s="21">
         <v>2422</v>
       </c>
       <c r="L21" s="22">
         <f t="shared" si="0"/>
         <v>64.139769025762519</v>
       </c>
       <c r="M21" s="22">
         <f t="shared" si="1"/>
         <v>35.860230974237489</v>
       </c>
       <c r="N21" s="21">
         <v>2049</v>
       </c>
       <c r="O21" s="21">
         <v>917</v>
       </c>
       <c r="P21" s="21">
         <v>873</v>
       </c>
       <c r="Q21" s="21">
@@ -15837,51 +15838,51 @@
       <c r="BD21" s="23">
         <v>88</v>
       </c>
       <c r="BE21" s="23">
         <v>38</v>
       </c>
       <c r="BF21" s="23">
         <v>67</v>
       </c>
       <c r="BG21" s="23">
         <v>538</v>
       </c>
       <c r="BH21" s="23">
         <v>1181</v>
       </c>
       <c r="BI21" s="23">
         <v>663</v>
       </c>
       <c r="BJ21" s="19">
         <v>94</v>
       </c>
       <c r="BK21" s="19">
         <v>7344</v>
       </c>
       <c r="BL21" s="28" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="BM21" s="29">
         <v>0</v>
       </c>
       <c r="BN21" s="30">
         <v>0.32755298651252407</v>
       </c>
       <c r="BO21" s="30">
         <v>0.16369656609248856</v>
       </c>
       <c r="BP21" s="30">
         <v>6.3922270519048844E-3</v>
       </c>
       <c r="BQ21" s="30">
         <v>0</v>
       </c>
       <c r="BR21" s="30">
         <v>0</v>
       </c>
       <c r="BS21" s="30">
         <v>0</v>
       </c>
       <c r="BT21" s="30">
         <v>0</v>
       </c>
@@ -16105,51 +16106,51 @@
       <c r="A22" s="15">
         <v>18</v>
       </c>
       <c r="B22" s="20" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="21">
         <v>53965</v>
       </c>
       <c r="D22" s="21">
         <v>7512</v>
       </c>
       <c r="E22" s="21">
         <v>36060</v>
       </c>
       <c r="F22" s="21">
         <v>10381</v>
       </c>
       <c r="G22" s="21">
         <v>26082</v>
       </c>
       <c r="H22" s="21">
         <v>27883</v>
       </c>
       <c r="I22" s="21">
-        <v>4</v>
+        <v>4.7</v>
       </c>
       <c r="J22" s="21">
         <v>29442</v>
       </c>
       <c r="K22" s="21">
         <v>20884</v>
       </c>
       <c r="L22" s="22">
         <f t="shared" si="0"/>
         <v>58.502563287366371</v>
       </c>
       <c r="M22" s="22">
         <f t="shared" si="1"/>
         <v>41.497436712633629</v>
       </c>
       <c r="N22" s="21">
         <v>6817</v>
       </c>
       <c r="O22" s="21">
         <v>13583</v>
       </c>
       <c r="P22" s="21">
         <v>6504</v>
       </c>
       <c r="Q22" s="21">
@@ -16272,51 +16273,51 @@
       <c r="BD22" s="23">
         <v>150</v>
       </c>
       <c r="BE22" s="23">
         <v>780</v>
       </c>
       <c r="BF22" s="23">
         <v>224</v>
       </c>
       <c r="BG22" s="23">
         <v>1228</v>
       </c>
       <c r="BH22" s="23">
         <v>13272</v>
       </c>
       <c r="BI22" s="23">
         <v>6359</v>
       </c>
       <c r="BJ22" s="19">
         <v>249</v>
       </c>
       <c r="BK22" s="19">
         <v>53965</v>
       </c>
       <c r="BL22" s="28" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="BM22" s="29">
         <v>0</v>
       </c>
       <c r="BN22" s="30">
         <v>0</v>
       </c>
       <c r="BO22" s="30">
         <v>5.394545928047919E-2</v>
       </c>
       <c r="BP22" s="30">
         <v>8.1287820676723772</v>
       </c>
       <c r="BQ22" s="30">
         <v>6.3603116552711086E-2</v>
       </c>
       <c r="BR22" s="30">
         <v>6.1541617518847118E-2</v>
       </c>
       <c r="BS22" s="30">
         <v>0.43209119882324104</v>
       </c>
       <c r="BT22" s="30">
         <v>0</v>
       </c>
@@ -16540,51 +16541,51 @@
       <c r="A23" s="15">
         <v>19</v>
       </c>
       <c r="B23" s="20" t="s">
         <v>84</v>
       </c>
       <c r="C23" s="21">
         <v>17762</v>
       </c>
       <c r="D23" s="21">
         <v>2322</v>
       </c>
       <c r="E23" s="21">
         <v>9794</v>
       </c>
       <c r="F23" s="21">
         <v>5651</v>
       </c>
       <c r="G23" s="21">
         <v>8572</v>
       </c>
       <c r="H23" s="21">
         <v>9185</v>
       </c>
       <c r="I23" s="21">
-        <v>4.5999999999999996</v>
+        <v>5.5</v>
       </c>
       <c r="J23" s="21">
         <v>9091</v>
       </c>
       <c r="K23" s="21">
         <v>7193</v>
       </c>
       <c r="L23" s="22">
         <f t="shared" si="0"/>
         <v>55.827806435765169</v>
       </c>
       <c r="M23" s="22">
         <f t="shared" si="1"/>
         <v>44.172193564234831</v>
       </c>
       <c r="N23" s="21">
         <v>2700</v>
       </c>
       <c r="O23" s="21">
         <v>2874</v>
       </c>
       <c r="P23" s="21">
         <v>2241</v>
       </c>
       <c r="Q23" s="21">
@@ -16707,51 +16708,51 @@
       <c r="BD23" s="23">
         <v>49</v>
       </c>
       <c r="BE23" s="23">
         <v>95</v>
       </c>
       <c r="BF23" s="23">
         <v>120</v>
       </c>
       <c r="BG23" s="23">
         <v>668</v>
       </c>
       <c r="BH23" s="23">
         <v>2177</v>
       </c>
       <c r="BI23" s="23">
         <v>1934</v>
       </c>
       <c r="BJ23" s="19">
         <v>190</v>
       </c>
       <c r="BK23" s="19">
         <v>17762</v>
       </c>
       <c r="BL23" s="28" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="BM23" s="29">
         <v>0.25242718446601942</v>
       </c>
       <c r="BN23" s="30">
         <v>0</v>
       </c>
       <c r="BO23" s="30">
         <v>0</v>
       </c>
       <c r="BP23" s="30">
         <v>1.704593880507969E-2</v>
       </c>
       <c r="BQ23" s="30">
         <v>4.7702337414533315E-2</v>
       </c>
       <c r="BR23" s="30">
         <v>9.7440894404841272E-2</v>
       </c>
       <c r="BS23" s="30">
         <v>1.5322382936994361E-2</v>
       </c>
       <c r="BT23" s="30">
         <v>0</v>
       </c>
@@ -16975,51 +16976,51 @@
       <c r="A24" s="15">
         <v>20</v>
       </c>
       <c r="B24" s="20" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="21">
         <v>52045</v>
       </c>
       <c r="D24" s="21">
         <v>8330</v>
       </c>
       <c r="E24" s="21">
         <v>33213</v>
       </c>
       <c r="F24" s="21">
         <v>10501</v>
       </c>
       <c r="G24" s="21">
         <v>23800</v>
       </c>
       <c r="H24" s="21">
         <v>28247</v>
       </c>
       <c r="I24" s="21">
-        <v>3.5</v>
+        <v>5.2</v>
       </c>
       <c r="J24" s="21">
         <v>27675</v>
       </c>
       <c r="K24" s="21">
         <v>20635</v>
       </c>
       <c r="L24" s="22">
         <f t="shared" si="0"/>
         <v>57.286276133305734</v>
       </c>
       <c r="M24" s="22">
         <f t="shared" si="1"/>
         <v>42.713723866694266</v>
       </c>
       <c r="N24" s="21">
         <v>5763</v>
       </c>
       <c r="O24" s="21">
         <v>11598</v>
       </c>
       <c r="P24" s="21">
         <v>7220</v>
       </c>
       <c r="Q24" s="21">
@@ -17142,51 +17143,51 @@
       <c r="BD24" s="23">
         <v>101</v>
       </c>
       <c r="BE24" s="23">
         <v>189</v>
       </c>
       <c r="BF24" s="23">
         <v>160</v>
       </c>
       <c r="BG24" s="23">
         <v>699</v>
       </c>
       <c r="BH24" s="23">
         <v>8234</v>
       </c>
       <c r="BI24" s="23">
         <v>6730</v>
       </c>
       <c r="BJ24" s="19">
         <v>222</v>
       </c>
       <c r="BK24" s="19">
         <v>52045</v>
       </c>
       <c r="BL24" s="28" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="BM24" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN24" s="30">
         <v>0</v>
       </c>
       <c r="BO24" s="30">
         <v>2.9763012016816102E-2</v>
       </c>
       <c r="BP24" s="30">
         <v>0.22372794681667094</v>
       </c>
       <c r="BQ24" s="30">
         <v>0.4293210367307998</v>
       </c>
       <c r="BR24" s="30">
         <v>0.25642340632852967</v>
       </c>
       <c r="BS24" s="30">
         <v>3.3862466290757536</v>
       </c>
       <c r="BT24" s="30">
         <v>0</v>
       </c>
@@ -17410,51 +17411,51 @@
       <c r="A25" s="15">
         <v>21</v>
       </c>
       <c r="B25" s="20" t="s">
         <v>85</v>
       </c>
       <c r="C25" s="21">
         <v>3880</v>
       </c>
       <c r="D25" s="21">
         <v>452</v>
       </c>
       <c r="E25" s="21">
         <v>2072</v>
       </c>
       <c r="F25" s="21">
         <v>1345</v>
       </c>
       <c r="G25" s="21">
         <v>2049</v>
       </c>
       <c r="H25" s="21">
         <v>1835</v>
       </c>
       <c r="I25" s="21">
-        <v>3.5</v>
+        <v>2.7</v>
       </c>
       <c r="J25" s="21">
         <v>2307</v>
       </c>
       <c r="K25" s="21">
         <v>1318</v>
       </c>
       <c r="L25" s="22">
         <f t="shared" si="0"/>
         <v>63.641379310344824</v>
       </c>
       <c r="M25" s="22">
         <f t="shared" si="1"/>
         <v>36.358620689655176</v>
       </c>
       <c r="N25" s="21">
         <v>965</v>
       </c>
       <c r="O25" s="21">
         <v>518</v>
       </c>
       <c r="P25" s="21">
         <v>489</v>
       </c>
       <c r="Q25" s="21">
@@ -17577,51 +17578,51 @@
       <c r="BD25" s="23">
         <v>35</v>
       </c>
       <c r="BE25" s="23">
         <v>31</v>
       </c>
       <c r="BF25" s="23">
         <v>29</v>
       </c>
       <c r="BG25" s="23">
         <v>271</v>
       </c>
       <c r="BH25" s="23">
         <v>500</v>
       </c>
       <c r="BI25" s="23">
         <v>298</v>
       </c>
       <c r="BJ25" s="19">
         <v>48</v>
       </c>
       <c r="BK25" s="19">
         <v>3880</v>
       </c>
       <c r="BL25" s="28" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="BM25" s="29">
         <v>0</v>
       </c>
       <c r="BN25" s="30">
         <v>0</v>
       </c>
       <c r="BO25" s="30">
         <v>0</v>
       </c>
       <c r="BP25" s="30">
         <v>0</v>
       </c>
       <c r="BQ25" s="30">
         <v>0</v>
       </c>
       <c r="BR25" s="30">
         <v>0</v>
       </c>
       <c r="BS25" s="30">
         <v>0</v>
       </c>
       <c r="BT25" s="30">
         <v>0</v>
       </c>
@@ -17845,51 +17846,51 @@
       <c r="A26" s="15">
         <v>22</v>
       </c>
       <c r="B26" s="20" t="s">
         <v>44</v>
       </c>
       <c r="C26" s="21">
         <v>41076</v>
       </c>
       <c r="D26" s="21">
         <v>6083</v>
       </c>
       <c r="E26" s="21">
         <v>25993</v>
       </c>
       <c r="F26" s="21">
         <v>8997</v>
       </c>
       <c r="G26" s="21">
         <v>18173</v>
       </c>
       <c r="H26" s="21">
         <v>22909</v>
       </c>
       <c r="I26" s="21">
-        <v>3.4</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="J26" s="21">
         <v>20780</v>
       </c>
       <c r="K26" s="21">
         <v>17828</v>
       </c>
       <c r="L26" s="22">
         <f t="shared" si="0"/>
         <v>53.823041856610033</v>
       </c>
       <c r="M26" s="22">
         <f t="shared" si="1"/>
         <v>46.176958143389975</v>
       </c>
       <c r="N26" s="21">
         <v>5161</v>
       </c>
       <c r="O26" s="21">
         <v>12721</v>
       </c>
       <c r="P26" s="21">
         <v>4519</v>
       </c>
       <c r="Q26" s="21">
@@ -18012,51 +18013,51 @@
       <c r="BD26" s="23">
         <v>98</v>
       </c>
       <c r="BE26" s="23">
         <v>282</v>
       </c>
       <c r="BF26" s="23">
         <v>196</v>
       </c>
       <c r="BG26" s="23">
         <v>1322</v>
       </c>
       <c r="BH26" s="23">
         <v>12267</v>
       </c>
       <c r="BI26" s="23">
         <v>4913</v>
       </c>
       <c r="BJ26" s="19">
         <v>162</v>
       </c>
       <c r="BK26" s="19">
         <v>41076</v>
       </c>
       <c r="BL26" s="28" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="BM26" s="29">
         <v>9.7087378640776698E-2</v>
       </c>
       <c r="BN26" s="30">
         <v>0</v>
       </c>
       <c r="BO26" s="30">
         <v>4.8364894527326167E-2</v>
       </c>
       <c r="BP26" s="30">
         <v>0.50072445239921592</v>
       </c>
       <c r="BQ26" s="30">
         <v>0.19080934965813326</v>
       </c>
       <c r="BR26" s="30">
         <v>0.12821170316426483</v>
       </c>
       <c r="BS26" s="30">
         <v>9.1137533709242469</v>
       </c>
       <c r="BT26" s="30">
         <v>0</v>
       </c>
@@ -18280,51 +18281,51 @@
       <c r="A27" s="15">
         <v>23</v>
       </c>
       <c r="B27" s="20" t="s">
         <v>86</v>
       </c>
       <c r="C27" s="21">
         <v>8193</v>
       </c>
       <c r="D27" s="21">
         <v>1074</v>
       </c>
       <c r="E27" s="21">
         <v>4539</v>
       </c>
       <c r="F27" s="21">
         <v>2575</v>
       </c>
       <c r="G27" s="21">
         <v>4304</v>
       </c>
       <c r="H27" s="21">
         <v>3887</v>
       </c>
       <c r="I27" s="21">
-        <v>3.1</v>
+        <v>2.5</v>
       </c>
       <c r="J27" s="21">
         <v>4590</v>
       </c>
       <c r="K27" s="21">
         <v>2968</v>
       </c>
       <c r="L27" s="22">
         <f t="shared" si="0"/>
         <v>60.730351944958983</v>
       </c>
       <c r="M27" s="22">
         <f t="shared" si="1"/>
         <v>39.269648055041017</v>
       </c>
       <c r="N27" s="21">
         <v>1422</v>
       </c>
       <c r="O27" s="21">
         <v>1151</v>
       </c>
       <c r="P27" s="21">
         <v>1107</v>
       </c>
       <c r="Q27" s="21">
@@ -18447,51 +18448,51 @@
       <c r="BD27" s="23">
         <v>32</v>
       </c>
       <c r="BE27" s="23">
         <v>36</v>
       </c>
       <c r="BF27" s="23">
         <v>28</v>
       </c>
       <c r="BG27" s="23">
         <v>335</v>
       </c>
       <c r="BH27" s="23">
         <v>912</v>
       </c>
       <c r="BI27" s="23">
         <v>896</v>
       </c>
       <c r="BJ27" s="19">
         <v>82</v>
       </c>
       <c r="BK27" s="19">
         <v>8193</v>
       </c>
       <c r="BL27" s="28" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="BM27" s="29">
         <v>0</v>
       </c>
       <c r="BN27" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO27" s="30">
         <v>1.3021317757357044E-2</v>
       </c>
       <c r="BP27" s="30">
         <v>0</v>
       </c>
       <c r="BQ27" s="30">
         <v>0</v>
       </c>
       <c r="BR27" s="30">
         <v>0</v>
       </c>
       <c r="BS27" s="30">
         <v>0</v>
       </c>
       <c r="BT27" s="30">
         <v>0</v>
       </c>
@@ -18715,51 +18716,51 @@
       <c r="A28" s="15">
         <v>24</v>
       </c>
       <c r="B28" s="20" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="21">
         <v>4492</v>
       </c>
       <c r="D28" s="21">
         <v>672</v>
       </c>
       <c r="E28" s="21">
         <v>2795</v>
       </c>
       <c r="F28" s="21">
         <v>1021</v>
       </c>
       <c r="G28" s="21">
         <v>2336</v>
       </c>
       <c r="H28" s="21">
         <v>2155</v>
       </c>
       <c r="I28" s="21">
-        <v>1.8</v>
+        <v>2.9</v>
       </c>
       <c r="J28" s="21">
         <v>2488</v>
       </c>
       <c r="K28" s="21">
         <v>1732</v>
       </c>
       <c r="L28" s="22">
         <f t="shared" si="0"/>
         <v>58.957345971563981</v>
       </c>
       <c r="M28" s="22">
         <f t="shared" si="1"/>
         <v>41.042654028436019</v>
       </c>
       <c r="N28" s="21">
         <v>886</v>
       </c>
       <c r="O28" s="21">
         <v>696</v>
       </c>
       <c r="P28" s="21">
         <v>721</v>
       </c>
       <c r="Q28" s="21">
@@ -18882,51 +18883,51 @@
       <c r="BD28" s="23">
         <v>9</v>
       </c>
       <c r="BE28" s="23">
         <v>8</v>
       </c>
       <c r="BF28" s="23">
         <v>15</v>
       </c>
       <c r="BG28" s="23">
         <v>174</v>
       </c>
       <c r="BH28" s="23">
         <v>998</v>
       </c>
       <c r="BI28" s="23">
         <v>384</v>
       </c>
       <c r="BJ28" s="19">
         <v>25</v>
       </c>
       <c r="BK28" s="19">
         <v>4492</v>
       </c>
       <c r="BL28" s="28" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="BM28" s="29">
         <v>0</v>
       </c>
       <c r="BN28" s="30">
         <v>0.65510597302504814</v>
       </c>
       <c r="BO28" s="30">
         <v>5.9656237211205774</v>
       </c>
       <c r="BP28" s="30">
         <v>2.3438165856984574E-2</v>
       </c>
       <c r="BQ28" s="30">
         <v>0</v>
       </c>
       <c r="BR28" s="30">
         <v>0</v>
       </c>
       <c r="BS28" s="30">
         <v>0</v>
       </c>
       <c r="BT28" s="30">
         <v>0</v>
       </c>
@@ -19150,51 +19151,51 @@
       <c r="A29" s="15">
         <v>25</v>
       </c>
       <c r="B29" s="20" t="s">
         <v>45</v>
       </c>
       <c r="C29" s="21">
         <v>52077</v>
       </c>
       <c r="D29" s="21">
         <v>8482</v>
       </c>
       <c r="E29" s="21">
         <v>32356</v>
       </c>
       <c r="F29" s="21">
         <v>11239</v>
       </c>
       <c r="G29" s="21">
         <v>24989</v>
       </c>
       <c r="H29" s="21">
         <v>27091</v>
       </c>
       <c r="I29" s="21">
-        <v>3.3</v>
+        <v>4.0999999999999996</v>
       </c>
       <c r="J29" s="21">
         <v>28693</v>
       </c>
       <c r="K29" s="21">
         <v>19709</v>
       </c>
       <c r="L29" s="22">
         <f t="shared" si="0"/>
         <v>59.280608239328956</v>
       </c>
       <c r="M29" s="22">
         <f t="shared" si="1"/>
         <v>40.719391760671044</v>
       </c>
       <c r="N29" s="21">
         <v>5736</v>
       </c>
       <c r="O29" s="21">
         <v>11685</v>
       </c>
       <c r="P29" s="21">
         <v>6773</v>
       </c>
       <c r="Q29" s="21">
@@ -19317,51 +19318,51 @@
       <c r="BD29" s="23">
         <v>143</v>
       </c>
       <c r="BE29" s="23">
         <v>324</v>
       </c>
       <c r="BF29" s="23">
         <v>135</v>
       </c>
       <c r="BG29" s="23">
         <v>1246</v>
       </c>
       <c r="BH29" s="23">
         <v>7103</v>
       </c>
       <c r="BI29" s="23">
         <v>6161</v>
       </c>
       <c r="BJ29" s="19">
         <v>286</v>
       </c>
       <c r="BK29" s="19">
         <v>52077</v>
       </c>
       <c r="BL29" s="28" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="BM29" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN29" s="30">
         <v>0.28901734104046239</v>
       </c>
       <c r="BO29" s="30">
         <v>0.18229844860299863</v>
       </c>
       <c r="BP29" s="30">
         <v>6.6053012869683805E-2</v>
       </c>
       <c r="BQ29" s="30">
         <v>0</v>
       </c>
       <c r="BR29" s="30">
         <v>2.0513872506282376E-2</v>
       </c>
       <c r="BS29" s="30">
         <v>4.5967148810983086E-2</v>
       </c>
       <c r="BT29" s="30">
         <v>8.4430935494765283E-2</v>
       </c>
@@ -19585,51 +19586,51 @@
       <c r="A30" s="15">
         <v>26</v>
       </c>
       <c r="B30" s="20" t="s">
         <v>46</v>
       </c>
       <c r="C30" s="21">
         <v>113178</v>
       </c>
       <c r="D30" s="21">
         <v>12615</v>
       </c>
       <c r="E30" s="21">
         <v>76473</v>
       </c>
       <c r="F30" s="21">
         <v>24089</v>
       </c>
       <c r="G30" s="21">
         <v>69890</v>
       </c>
       <c r="H30" s="21">
         <v>43283</v>
       </c>
       <c r="I30" s="21">
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="J30" s="21">
         <v>77058</v>
       </c>
       <c r="K30" s="21">
         <v>30212</v>
       </c>
       <c r="L30" s="22">
         <f t="shared" si="0"/>
         <v>71.835555141232405</v>
       </c>
       <c r="M30" s="22">
         <f t="shared" si="1"/>
         <v>28.164444858767595</v>
       </c>
       <c r="N30" s="21">
         <v>14947</v>
       </c>
       <c r="O30" s="21">
         <v>17209</v>
       </c>
       <c r="P30" s="21">
         <v>16049</v>
       </c>
       <c r="Q30" s="21">
@@ -19752,51 +19753,51 @@
       <c r="BD30" s="23">
         <v>331</v>
       </c>
       <c r="BE30" s="23">
         <v>239</v>
       </c>
       <c r="BF30" s="23">
         <v>516</v>
       </c>
       <c r="BG30" s="23">
         <v>686</v>
       </c>
       <c r="BH30" s="23">
         <v>14647</v>
       </c>
       <c r="BI30" s="23">
         <v>8087</v>
       </c>
       <c r="BJ30" s="19">
         <v>501</v>
       </c>
       <c r="BK30" s="19">
         <v>113178</v>
       </c>
       <c r="BL30" s="28" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="BM30" s="29">
         <v>0</v>
       </c>
       <c r="BN30" s="30">
         <v>0</v>
       </c>
       <c r="BO30" s="30">
         <v>2.4182447263663084E-2</v>
       </c>
       <c r="BP30" s="30">
         <v>0.34944174550413365</v>
       </c>
       <c r="BQ30" s="30">
         <v>0.15105740181268881</v>
       </c>
       <c r="BR30" s="30">
         <v>0.26155187445510025</v>
       </c>
       <c r="BS30" s="30">
         <v>3.4168913949497428</v>
       </c>
       <c r="BT30" s="30">
         <v>6.7544748395812232E-2</v>
       </c>
@@ -20020,51 +20021,51 @@
       <c r="A31" s="15">
         <v>27</v>
       </c>
       <c r="B31" s="20" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="21">
         <v>117909</v>
       </c>
       <c r="D31" s="21">
         <v>18939</v>
       </c>
       <c r="E31" s="21">
         <v>75359</v>
       </c>
       <c r="F31" s="21">
         <v>23609</v>
       </c>
       <c r="G31" s="21">
         <v>56197</v>
       </c>
       <c r="H31" s="21">
         <v>61711</v>
       </c>
       <c r="I31" s="21">
-        <v>3.2</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="J31" s="21">
         <v>63704</v>
       </c>
       <c r="K31" s="21">
         <v>45977</v>
       </c>
       <c r="L31" s="22">
         <f t="shared" si="0"/>
         <v>58.081162644396024</v>
       </c>
       <c r="M31" s="22">
         <f t="shared" si="1"/>
         <v>41.918837355603976</v>
       </c>
       <c r="N31" s="21">
         <v>13065</v>
       </c>
       <c r="O31" s="21">
         <v>27340</v>
       </c>
       <c r="P31" s="21">
         <v>16052</v>
       </c>
       <c r="Q31" s="21">
@@ -20187,51 +20188,51 @@
       <c r="BD31" s="23">
         <v>272</v>
       </c>
       <c r="BE31" s="23">
         <v>783</v>
       </c>
       <c r="BF31" s="23">
         <v>338</v>
       </c>
       <c r="BG31" s="23">
         <v>2377</v>
       </c>
       <c r="BH31" s="23">
         <v>19964</v>
       </c>
       <c r="BI31" s="23">
         <v>14076</v>
       </c>
       <c r="BJ31" s="19">
         <v>550</v>
       </c>
       <c r="BK31" s="19">
         <v>117909</v>
       </c>
       <c r="BL31" s="28" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="BM31" s="29">
         <v>0.17475728155339806</v>
       </c>
       <c r="BN31" s="30">
         <v>0.57803468208092479</v>
       </c>
       <c r="BO31" s="30">
         <v>0.92823393727445214</v>
       </c>
       <c r="BP31" s="30">
         <v>0.20242052331032132</v>
       </c>
       <c r="BQ31" s="30">
         <v>5.5652726983622197E-2</v>
       </c>
       <c r="BR31" s="30">
         <v>6.1541617518847118E-2</v>
       </c>
       <c r="BS31" s="30">
         <v>0.17467516548173573</v>
       </c>
       <c r="BT31" s="30">
         <v>0.10131712259371835</v>
       </c>
@@ -20455,51 +20456,51 @@
       <c r="A32" s="15">
         <v>28</v>
       </c>
       <c r="B32" s="20" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="21">
         <v>31250</v>
       </c>
       <c r="D32" s="21">
         <v>4597</v>
       </c>
       <c r="E32" s="21">
         <v>19110</v>
       </c>
       <c r="F32" s="21">
         <v>7540</v>
       </c>
       <c r="G32" s="21">
         <v>15675</v>
       </c>
       <c r="H32" s="21">
         <v>15571</v>
       </c>
       <c r="I32" s="21">
-        <v>2.4</v>
+        <v>2.8</v>
       </c>
       <c r="J32" s="21">
         <v>18545</v>
       </c>
       <c r="K32" s="21">
         <v>10509</v>
       </c>
       <c r="L32" s="22">
         <f t="shared" si="0"/>
         <v>63.829421077992698</v>
       </c>
       <c r="M32" s="22">
         <f t="shared" si="1"/>
         <v>36.170578922007294</v>
       </c>
       <c r="N32" s="21">
         <v>4268</v>
       </c>
       <c r="O32" s="21">
         <v>5919</v>
       </c>
       <c r="P32" s="21">
         <v>4081</v>
       </c>
       <c r="Q32" s="21">
@@ -20622,51 +20623,51 @@
       <c r="BD32" s="23">
         <v>89</v>
       </c>
       <c r="BE32" s="23">
         <v>198</v>
       </c>
       <c r="BF32" s="23">
         <v>112</v>
       </c>
       <c r="BG32" s="23">
         <v>915</v>
       </c>
       <c r="BH32" s="23">
         <v>3099</v>
       </c>
       <c r="BI32" s="23">
         <v>3000</v>
       </c>
       <c r="BJ32" s="19">
         <v>246</v>
       </c>
       <c r="BK32" s="19">
         <v>31250</v>
       </c>
       <c r="BL32" s="28" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="BM32" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN32" s="30">
         <v>7.7071290944123322E-2</v>
       </c>
       <c r="BO32" s="30">
         <v>5.5805647531530188E-3</v>
       </c>
       <c r="BP32" s="30">
         <v>2.5568908207619537E-2</v>
       </c>
       <c r="BQ32" s="30">
         <v>0</v>
       </c>
       <c r="BR32" s="30">
         <v>0</v>
       </c>
       <c r="BS32" s="30">
         <v>0</v>
       </c>
       <c r="BT32" s="30">
         <v>2.3640661938534278</v>
       </c>
@@ -20890,51 +20891,51 @@
       <c r="A33" s="15">
         <v>29</v>
       </c>
       <c r="B33" s="20" t="s">
         <v>88</v>
       </c>
       <c r="C33" s="21">
         <v>5311</v>
       </c>
       <c r="D33" s="21">
         <v>593</v>
       </c>
       <c r="E33" s="21">
         <v>3042</v>
       </c>
       <c r="F33" s="21">
         <v>1695</v>
       </c>
       <c r="G33" s="21">
         <v>2474</v>
       </c>
       <c r="H33" s="21">
         <v>2843</v>
       </c>
       <c r="I33" s="21">
-        <v>1.8</v>
+        <v>2.7</v>
       </c>
       <c r="J33" s="21">
         <v>2387</v>
       </c>
       <c r="K33" s="21">
         <v>2471</v>
       </c>
       <c r="L33" s="22">
         <f t="shared" si="0"/>
         <v>49.135446685878961</v>
       </c>
       <c r="M33" s="22">
         <f t="shared" si="1"/>
         <v>50.864553314121039</v>
       </c>
       <c r="N33" s="21">
         <v>1048</v>
       </c>
       <c r="O33" s="21">
         <v>971</v>
       </c>
       <c r="P33" s="21">
         <v>754</v>
       </c>
       <c r="Q33" s="21">
@@ -21057,51 +21058,51 @@
       <c r="BD33" s="23">
         <v>3</v>
       </c>
       <c r="BE33" s="23">
         <v>19</v>
       </c>
       <c r="BF33" s="23">
         <v>33</v>
       </c>
       <c r="BG33" s="23">
         <v>267</v>
       </c>
       <c r="BH33" s="23">
         <v>1124</v>
       </c>
       <c r="BI33" s="23">
         <v>742</v>
       </c>
       <c r="BJ33" s="19">
         <v>46</v>
       </c>
       <c r="BK33" s="19">
         <v>5311</v>
       </c>
       <c r="BL33" s="28" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="BM33" s="29">
         <v>0</v>
       </c>
       <c r="BN33" s="30">
         <v>0.23121387283236997</v>
       </c>
       <c r="BO33" s="30">
         <v>2.8051638825849179</v>
       </c>
       <c r="BP33" s="30">
         <v>1.4915196454444727E-2</v>
       </c>
       <c r="BQ33" s="30">
         <v>0</v>
       </c>
       <c r="BR33" s="30">
         <v>0</v>
       </c>
       <c r="BS33" s="30">
         <v>9.1934297621966161E-3</v>
       </c>
       <c r="BT33" s="30">
         <v>0</v>
       </c>
@@ -21325,51 +21326,51 @@
       <c r="A34" s="15">
         <v>30</v>
       </c>
       <c r="B34" s="20" t="s">
         <v>89</v>
       </c>
       <c r="C34" s="21">
         <v>2233</v>
       </c>
       <c r="D34" s="21">
         <v>229</v>
       </c>
       <c r="E34" s="21">
         <v>1235</v>
       </c>
       <c r="F34" s="21">
         <v>778</v>
       </c>
       <c r="G34" s="21">
         <v>1189</v>
       </c>
       <c r="H34" s="21">
         <v>1036</v>
       </c>
       <c r="I34" s="21">
-        <v>3.9</v>
+        <v>2.8</v>
       </c>
       <c r="J34" s="21">
         <v>1361</v>
       </c>
       <c r="K34" s="21">
         <v>728</v>
       </c>
       <c r="L34" s="22">
         <f t="shared" si="0"/>
         <v>65.150789851603648</v>
       </c>
       <c r="M34" s="22">
         <f t="shared" si="1"/>
         <v>34.849210148396367</v>
       </c>
       <c r="N34" s="21">
         <v>576</v>
       </c>
       <c r="O34" s="21">
         <v>331</v>
       </c>
       <c r="P34" s="21">
         <v>203</v>
       </c>
       <c r="Q34" s="21">
@@ -21492,51 +21493,51 @@
       <c r="BD34" s="23">
         <v>6</v>
       </c>
       <c r="BE34" s="23">
         <v>12</v>
       </c>
       <c r="BF34" s="23">
         <v>18</v>
       </c>
       <c r="BG34" s="23">
         <v>223</v>
       </c>
       <c r="BH34" s="23">
         <v>310</v>
       </c>
       <c r="BI34" s="23">
         <v>194</v>
       </c>
       <c r="BJ34" s="19">
         <v>24</v>
       </c>
       <c r="BK34" s="19">
         <v>2233</v>
       </c>
       <c r="BL34" s="28" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="BM34" s="29">
         <v>0</v>
       </c>
       <c r="BN34" s="30">
         <v>0</v>
       </c>
       <c r="BO34" s="30">
         <v>7.4407530042040256E-3</v>
       </c>
       <c r="BP34" s="30">
         <v>0</v>
       </c>
       <c r="BQ34" s="30">
         <v>0</v>
       </c>
       <c r="BR34" s="30">
         <v>0</v>
       </c>
       <c r="BS34" s="30">
         <v>0</v>
       </c>
       <c r="BT34" s="30">
         <v>0</v>
       </c>
@@ -21927,51 +21928,51 @@
       <c r="BD35" s="23">
         <v>90</v>
       </c>
       <c r="BE35" s="23">
         <v>247</v>
       </c>
       <c r="BF35" s="23">
         <v>130</v>
       </c>
       <c r="BG35" s="23">
         <v>531</v>
       </c>
       <c r="BH35" s="23">
         <v>6433</v>
       </c>
       <c r="BI35" s="23">
         <v>3741</v>
       </c>
       <c r="BJ35" s="19">
         <v>139</v>
       </c>
       <c r="BK35" s="19">
         <v>36710</v>
       </c>
       <c r="BL35" s="28" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="BM35" s="29">
         <v>0</v>
       </c>
       <c r="BN35" s="30">
         <v>0</v>
       </c>
       <c r="BO35" s="30">
         <v>7.4407530042040246E-2</v>
       </c>
       <c r="BP35" s="30">
         <v>0.24929685502429044</v>
       </c>
       <c r="BQ35" s="30">
         <v>7.1553506121799962E-2</v>
       </c>
       <c r="BR35" s="30">
         <v>2.0513872506282376E-2</v>
       </c>
       <c r="BS35" s="30">
         <v>0.38612405001225791</v>
       </c>
       <c r="BT35" s="30">
         <v>0</v>
       </c>
@@ -22195,51 +22196,51 @@
       <c r="A36" s="15">
         <v>32</v>
       </c>
       <c r="B36" s="20" t="s">
         <v>70</v>
       </c>
       <c r="C36" s="21">
         <v>9749</v>
       </c>
       <c r="D36" s="21">
         <v>1451</v>
       </c>
       <c r="E36" s="21">
         <v>5714</v>
       </c>
       <c r="F36" s="21">
         <v>2584</v>
       </c>
       <c r="G36" s="21">
         <v>4815</v>
       </c>
       <c r="H36" s="21">
         <v>4934</v>
       </c>
       <c r="I36" s="21">
-        <v>3</v>
+        <v>2.2999999999999998</v>
       </c>
       <c r="J36" s="21">
         <v>5626</v>
       </c>
       <c r="K36" s="21">
         <v>3471</v>
       </c>
       <c r="L36" s="22">
         <f t="shared" si="0"/>
         <v>61.844564142024836</v>
       </c>
       <c r="M36" s="22">
         <f t="shared" si="1"/>
         <v>38.155435857975156</v>
       </c>
       <c r="N36" s="21">
         <v>1519</v>
       </c>
       <c r="O36" s="21">
         <v>1841</v>
       </c>
       <c r="P36" s="21">
         <v>1328</v>
       </c>
       <c r="Q36" s="21">
@@ -22362,51 +22363,51 @@
       <c r="BD36" s="23">
         <v>24</v>
       </c>
       <c r="BE36" s="23">
         <v>100</v>
       </c>
       <c r="BF36" s="23">
         <v>49</v>
       </c>
       <c r="BG36" s="23">
         <v>371</v>
       </c>
       <c r="BH36" s="23">
         <v>1079</v>
       </c>
       <c r="BI36" s="23">
         <v>996</v>
       </c>
       <c r="BJ36" s="19">
         <v>60</v>
       </c>
       <c r="BK36" s="19">
         <v>9749</v>
       </c>
       <c r="BL36" s="28" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="BM36" s="29">
         <v>0</v>
       </c>
       <c r="BN36" s="30">
         <v>0.32755298651252407</v>
       </c>
       <c r="BO36" s="30">
         <v>3.5343576769969125E-2</v>
       </c>
       <c r="BP36" s="30">
         <v>0</v>
       </c>
       <c r="BQ36" s="30">
         <v>0</v>
       </c>
       <c r="BR36" s="30">
         <v>0</v>
       </c>
       <c r="BS36" s="30">
         <v>0</v>
       </c>
       <c r="BT36" s="30">
         <v>0</v>
       </c>
@@ -22630,51 +22631,51 @@
       <c r="A37" s="15">
         <v>33</v>
       </c>
       <c r="B37" s="20" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="21">
         <v>105989</v>
       </c>
       <c r="D37" s="21">
         <v>14088</v>
       </c>
       <c r="E37" s="21">
         <v>72641</v>
       </c>
       <c r="F37" s="21">
         <v>19261</v>
       </c>
       <c r="G37" s="21">
         <v>64496</v>
       </c>
       <c r="H37" s="21">
         <v>41493</v>
       </c>
       <c r="I37" s="21">
-        <v>6.1</v>
+        <v>7.9</v>
       </c>
       <c r="J37" s="21">
         <v>66189</v>
       </c>
       <c r="K37" s="21">
         <v>32505</v>
       </c>
       <c r="L37" s="22">
         <f t="shared" si="0"/>
         <v>67.064867165177205</v>
       </c>
       <c r="M37" s="22">
         <f t="shared" si="1"/>
         <v>32.935132834822781</v>
       </c>
       <c r="N37" s="21">
         <v>12355</v>
       </c>
       <c r="O37" s="21">
         <v>15700</v>
       </c>
       <c r="P37" s="21">
         <v>15782</v>
       </c>
       <c r="Q37" s="21">
@@ -22797,51 +22798,51 @@
       <c r="BD37" s="23">
         <v>226</v>
       </c>
       <c r="BE37" s="23">
         <v>213</v>
       </c>
       <c r="BF37" s="23">
         <v>517</v>
       </c>
       <c r="BG37" s="23">
         <v>670</v>
       </c>
       <c r="BH37" s="23">
         <v>14750</v>
       </c>
       <c r="BI37" s="23">
         <v>10537</v>
       </c>
       <c r="BJ37" s="19">
         <v>534</v>
       </c>
       <c r="BK37" s="19">
         <v>105989</v>
       </c>
       <c r="BL37" s="28" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="BM37" s="29">
         <v>9.7087378640776698E-2</v>
       </c>
       <c r="BN37" s="30">
         <v>0.11560693641618498</v>
       </c>
       <c r="BO37" s="30">
         <v>0.12649280107146843</v>
       </c>
       <c r="BP37" s="30">
         <v>3.2983891587829195</v>
       </c>
       <c r="BQ37" s="30">
         <v>2.3851168707266657E-2</v>
       </c>
       <c r="BR37" s="30">
         <v>4.6156213139135344E-2</v>
       </c>
       <c r="BS37" s="30">
         <v>0.37080166707526352</v>
       </c>
       <c r="BT37" s="30">
         <v>5.0658561296859174E-2</v>
       </c>
@@ -23065,51 +23066,51 @@
       <c r="A38" s="15">
         <v>34</v>
       </c>
       <c r="B38" s="20" t="s">
         <v>90</v>
       </c>
       <c r="C38" s="21">
         <v>5420</v>
       </c>
       <c r="D38" s="21">
         <v>670</v>
       </c>
       <c r="E38" s="21">
         <v>2929</v>
       </c>
       <c r="F38" s="21">
         <v>1814</v>
       </c>
       <c r="G38" s="21">
         <v>2741</v>
       </c>
       <c r="H38" s="21">
         <v>2681</v>
       </c>
       <c r="I38" s="21">
-        <v>1.8</v>
+        <v>3</v>
       </c>
       <c r="J38" s="21">
         <v>2852</v>
       </c>
       <c r="K38" s="21">
         <v>2043</v>
       </c>
       <c r="L38" s="22">
         <f t="shared" si="0"/>
         <v>58.263534218590394</v>
       </c>
       <c r="M38" s="22">
         <f t="shared" si="1"/>
         <v>41.736465781409606</v>
       </c>
       <c r="N38" s="21">
         <v>1101</v>
       </c>
       <c r="O38" s="21">
         <v>836</v>
       </c>
       <c r="P38" s="21">
         <v>669</v>
       </c>
       <c r="Q38" s="21">
@@ -23232,51 +23233,51 @@
       <c r="BD38" s="23">
         <v>13</v>
       </c>
       <c r="BE38" s="23">
         <v>32</v>
       </c>
       <c r="BF38" s="23">
         <v>29</v>
       </c>
       <c r="BG38" s="23">
         <v>332</v>
       </c>
       <c r="BH38" s="23">
         <v>920</v>
       </c>
       <c r="BI38" s="23">
         <v>718</v>
       </c>
       <c r="BJ38" s="19">
         <v>50</v>
       </c>
       <c r="BK38" s="19">
         <v>5420</v>
       </c>
       <c r="BL38" s="28" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="BM38" s="29">
         <v>3.1844660194174756</v>
       </c>
       <c r="BN38" s="30">
         <v>0</v>
       </c>
       <c r="BO38" s="30">
         <v>0</v>
       </c>
       <c r="BP38" s="30">
         <v>0</v>
       </c>
       <c r="BQ38" s="30">
         <v>0</v>
       </c>
       <c r="BR38" s="30">
         <v>0</v>
       </c>
       <c r="BS38" s="30">
         <v>0</v>
       </c>
       <c r="BT38" s="30">
         <v>0.50658561296859173</v>
       </c>
@@ -23500,51 +23501,51 @@
       <c r="A39" s="15">
         <v>35</v>
       </c>
       <c r="B39" s="20" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="21">
         <v>83752</v>
       </c>
       <c r="D39" s="21">
         <v>12302</v>
       </c>
       <c r="E39" s="21">
         <v>53570</v>
       </c>
       <c r="F39" s="21">
         <v>17876</v>
       </c>
       <c r="G39" s="21">
         <v>47015</v>
       </c>
       <c r="H39" s="21">
         <v>36736</v>
       </c>
       <c r="I39" s="21">
-        <v>3.7</v>
+        <v>5.0999999999999996</v>
       </c>
       <c r="J39" s="21">
         <v>50390</v>
       </c>
       <c r="K39" s="21">
         <v>28394</v>
       </c>
       <c r="L39" s="22">
         <f t="shared" si="0"/>
         <v>63.95968724614135</v>
       </c>
       <c r="M39" s="22">
         <f t="shared" si="1"/>
         <v>36.04031275385865</v>
       </c>
       <c r="N39" s="21">
         <v>12646</v>
       </c>
       <c r="O39" s="21">
         <v>14126</v>
       </c>
       <c r="P39" s="21">
         <v>12478</v>
       </c>
       <c r="Q39" s="21">
@@ -23667,51 +23668,51 @@
       <c r="BD39" s="23">
         <v>226</v>
       </c>
       <c r="BE39" s="23">
         <v>415</v>
       </c>
       <c r="BF39" s="23">
         <v>295</v>
       </c>
       <c r="BG39" s="23">
         <v>1175</v>
       </c>
       <c r="BH39" s="23">
         <v>14392</v>
       </c>
       <c r="BI39" s="23">
         <v>9013</v>
       </c>
       <c r="BJ39" s="19">
         <v>370</v>
       </c>
       <c r="BK39" s="19">
         <v>83752</v>
       </c>
       <c r="BL39" s="28" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="BM39" s="29">
         <v>7.7669902912621366E-2</v>
       </c>
       <c r="BN39" s="30">
         <v>7.7071290944123322E-2</v>
       </c>
       <c r="BO39" s="30">
         <v>2.4182447263663084E-2</v>
       </c>
       <c r="BP39" s="30">
         <v>0.34304951845222875</v>
       </c>
       <c r="BQ39" s="30">
         <v>0.26236285577993324</v>
       </c>
       <c r="BR39" s="30">
         <v>0.18975332068311196</v>
       </c>
       <c r="BS39" s="30">
         <v>13.278377053199314</v>
       </c>
       <c r="BT39" s="30">
         <v>0.1519756838905775</v>
       </c>
@@ -23935,51 +23936,51 @@
       <c r="A40" s="15">
         <v>36</v>
       </c>
       <c r="B40" s="20" t="s">
         <v>52</v>
       </c>
       <c r="C40" s="21">
         <v>72079</v>
       </c>
       <c r="D40" s="21">
         <v>10496</v>
       </c>
       <c r="E40" s="21">
         <v>45779</v>
       </c>
       <c r="F40" s="21">
         <v>15818</v>
       </c>
       <c r="G40" s="21">
         <v>38930</v>
       </c>
       <c r="H40" s="21">
         <v>33148</v>
       </c>
       <c r="I40" s="21">
-        <v>3.1</v>
+        <v>3.7</v>
       </c>
       <c r="J40" s="21">
         <v>43834</v>
       </c>
       <c r="K40" s="21">
         <v>24202</v>
       </c>
       <c r="L40" s="22">
         <f t="shared" si="0"/>
         <v>64.427655946851672</v>
       </c>
       <c r="M40" s="22">
         <f t="shared" si="1"/>
         <v>35.572344053148335</v>
       </c>
       <c r="N40" s="21">
         <v>10423</v>
       </c>
       <c r="O40" s="21">
         <v>13478</v>
       </c>
       <c r="P40" s="21">
         <v>10734</v>
       </c>
       <c r="Q40" s="21">
@@ -24102,51 +24103,51 @@
       <c r="BD40" s="23">
         <v>123</v>
       </c>
       <c r="BE40" s="23">
         <v>237</v>
       </c>
       <c r="BF40" s="23">
         <v>271</v>
       </c>
       <c r="BG40" s="23">
         <v>592</v>
       </c>
       <c r="BH40" s="23">
         <v>14267</v>
       </c>
       <c r="BI40" s="23">
         <v>7606</v>
       </c>
       <c r="BJ40" s="19">
         <v>227</v>
       </c>
       <c r="BK40" s="19">
         <v>72079</v>
       </c>
       <c r="BL40" s="28" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="BM40" s="29">
         <v>0</v>
       </c>
       <c r="BN40" s="30">
         <v>0</v>
       </c>
       <c r="BO40" s="30">
         <v>3.5343576769969125E-2</v>
       </c>
       <c r="BP40" s="30">
         <v>0.93539589192874806</v>
       </c>
       <c r="BQ40" s="30">
         <v>9.540467482906663E-2</v>
       </c>
       <c r="BR40" s="30">
         <v>0.25129493820195908</v>
       </c>
       <c r="BS40" s="30">
         <v>1.0940181417013974</v>
       </c>
       <c r="BT40" s="30">
         <v>8.4430935494765283E-2</v>
       </c>
@@ -24370,51 +24371,51 @@
       <c r="A41" s="15">
         <v>37</v>
       </c>
       <c r="B41" s="20" t="s">
         <v>53</v>
       </c>
       <c r="C41" s="21">
         <v>33579</v>
       </c>
       <c r="D41" s="21">
         <v>4991</v>
       </c>
       <c r="E41" s="21">
         <v>20916</v>
       </c>
       <c r="F41" s="21">
         <v>7667</v>
       </c>
       <c r="G41" s="21">
         <v>16574</v>
       </c>
       <c r="H41" s="21">
         <v>17003</v>
       </c>
       <c r="I41" s="21">
-        <v>5.5</v>
+        <v>6.8</v>
       </c>
       <c r="J41" s="21">
         <v>19124</v>
       </c>
       <c r="K41" s="21">
         <v>11873</v>
       </c>
       <c r="L41" s="22">
         <f t="shared" si="0"/>
         <v>61.696293189663521</v>
       </c>
       <c r="M41" s="22">
         <f t="shared" si="1"/>
         <v>38.303706810336486</v>
       </c>
       <c r="N41" s="21">
         <v>3299</v>
       </c>
       <c r="O41" s="21">
         <v>6223</v>
       </c>
       <c r="P41" s="21">
         <v>5310</v>
       </c>
       <c r="Q41" s="21">
@@ -24537,51 +24538,51 @@
       <c r="BD41" s="23">
         <v>68</v>
       </c>
       <c r="BE41" s="23">
         <v>74</v>
       </c>
       <c r="BF41" s="23">
         <v>74</v>
       </c>
       <c r="BG41" s="23">
         <v>510</v>
       </c>
       <c r="BH41" s="23">
         <v>3899</v>
       </c>
       <c r="BI41" s="23">
         <v>3941</v>
       </c>
       <c r="BJ41" s="19">
         <v>232</v>
       </c>
       <c r="BK41" s="19">
         <v>33579</v>
       </c>
       <c r="BL41" s="28" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="BM41" s="29">
         <v>0</v>
       </c>
       <c r="BN41" s="30">
         <v>0</v>
       </c>
       <c r="BO41" s="30">
         <v>1.674169425945906E-2</v>
       </c>
       <c r="BP41" s="30">
         <v>1.0653711753174805E-2</v>
       </c>
       <c r="BQ41" s="30">
         <v>0.31006519319446652</v>
       </c>
       <c r="BR41" s="30">
         <v>7.6311605723370421</v>
       </c>
       <c r="BS41" s="30">
         <v>3.3709242461387595E-2</v>
       </c>
       <c r="BT41" s="30">
         <v>0</v>
       </c>
@@ -24972,51 +24973,51 @@
       <c r="BD42" s="23">
         <v>9</v>
       </c>
       <c r="BE42" s="23">
         <v>9</v>
       </c>
       <c r="BF42" s="23">
         <v>34</v>
       </c>
       <c r="BG42" s="23">
         <v>246</v>
       </c>
       <c r="BH42" s="23">
         <v>557</v>
       </c>
       <c r="BI42" s="23">
         <v>197</v>
       </c>
       <c r="BJ42" s="19">
         <v>35</v>
       </c>
       <c r="BK42" s="19">
         <v>2701</v>
       </c>
       <c r="BL42" s="28" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="BM42" s="29">
         <v>0</v>
       </c>
       <c r="BN42" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO42" s="30">
         <v>1.3021317757357044E-2</v>
       </c>
       <c r="BP42" s="30">
         <v>6.3922270519048844E-3</v>
       </c>
       <c r="BQ42" s="30">
         <v>0</v>
       </c>
       <c r="BR42" s="30">
         <v>0</v>
       </c>
       <c r="BS42" s="30">
         <v>0</v>
       </c>
       <c r="BT42" s="30">
         <v>0</v>
       </c>
@@ -25240,51 +25241,51 @@
       <c r="A43" s="15">
         <v>39</v>
       </c>
       <c r="B43" s="20" t="s">
         <v>92</v>
       </c>
       <c r="C43" s="21">
         <v>15711</v>
       </c>
       <c r="D43" s="21">
         <v>2729</v>
       </c>
       <c r="E43" s="21">
         <v>9081</v>
       </c>
       <c r="F43" s="21">
         <v>3895</v>
       </c>
       <c r="G43" s="21">
         <v>7242</v>
       </c>
       <c r="H43" s="21">
         <v>8474</v>
       </c>
       <c r="I43" s="21">
-        <v>1.5</v>
+        <v>1.9</v>
       </c>
       <c r="J43" s="21">
         <v>7694</v>
       </c>
       <c r="K43" s="21">
         <v>6852</v>
       </c>
       <c r="L43" s="22">
         <f t="shared" si="0"/>
         <v>52.894266465007568</v>
       </c>
       <c r="M43" s="22">
         <f t="shared" si="1"/>
         <v>47.105733534992439</v>
       </c>
       <c r="N43" s="21">
         <v>2094</v>
       </c>
       <c r="O43" s="21">
         <v>3060</v>
       </c>
       <c r="P43" s="21">
         <v>2373</v>
       </c>
       <c r="Q43" s="21">
@@ -25407,51 +25408,51 @@
       <c r="BD43" s="23">
         <v>10</v>
       </c>
       <c r="BE43" s="23">
         <v>41</v>
       </c>
       <c r="BF43" s="23">
         <v>48</v>
       </c>
       <c r="BG43" s="23">
         <v>490</v>
       </c>
       <c r="BH43" s="23">
         <v>3122</v>
       </c>
       <c r="BI43" s="23">
         <v>1929</v>
       </c>
       <c r="BJ43" s="19">
         <v>80</v>
       </c>
       <c r="BK43" s="19">
         <v>15711</v>
       </c>
       <c r="BL43" s="28" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="BM43" s="29">
         <v>0</v>
       </c>
       <c r="BN43" s="30">
         <v>0</v>
       </c>
       <c r="BO43" s="30">
         <v>0.16555675434353956</v>
       </c>
       <c r="BP43" s="30">
         <v>0.1917668115571465</v>
       </c>
       <c r="BQ43" s="30">
         <v>0</v>
       </c>
       <c r="BR43" s="30">
         <v>0</v>
       </c>
       <c r="BS43" s="30">
         <v>3.3709242461387595E-2</v>
       </c>
       <c r="BT43" s="30">
         <v>0</v>
       </c>
@@ -25675,51 +25676,51 @@
       <c r="A44" s="15">
         <v>40</v>
       </c>
       <c r="B44" s="20" t="s">
         <v>54</v>
       </c>
       <c r="C44" s="21">
         <v>31820</v>
       </c>
       <c r="D44" s="21">
         <v>5893</v>
       </c>
       <c r="E44" s="21">
         <v>18692</v>
       </c>
       <c r="F44" s="21">
         <v>7245</v>
       </c>
       <c r="G44" s="21">
         <v>14163</v>
       </c>
       <c r="H44" s="21">
         <v>17656</v>
       </c>
       <c r="I44" s="21">
-        <v>3.6</v>
+        <v>3.9</v>
       </c>
       <c r="J44" s="21">
         <v>14316</v>
       </c>
       <c r="K44" s="21">
         <v>15024</v>
       </c>
       <c r="L44" s="22">
         <f t="shared" si="0"/>
         <v>48.793456032719831</v>
       </c>
       <c r="M44" s="22">
         <f t="shared" si="1"/>
         <v>51.206543967280162</v>
       </c>
       <c r="N44" s="21">
         <v>4081</v>
       </c>
       <c r="O44" s="21">
         <v>7289</v>
       </c>
       <c r="P44" s="21">
         <v>3376</v>
       </c>
       <c r="Q44" s="21">
@@ -25842,51 +25843,51 @@
       <c r="BD44" s="23">
         <v>53</v>
       </c>
       <c r="BE44" s="23">
         <v>50</v>
       </c>
       <c r="BF44" s="23">
         <v>115</v>
       </c>
       <c r="BG44" s="23">
         <v>552</v>
       </c>
       <c r="BH44" s="23">
         <v>8180</v>
       </c>
       <c r="BI44" s="23">
         <v>4960</v>
       </c>
       <c r="BJ44" s="19">
         <v>115</v>
       </c>
       <c r="BK44" s="19">
         <v>31820</v>
       </c>
       <c r="BL44" s="28" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="BM44" s="29">
         <v>7.7669902912621366E-2</v>
       </c>
       <c r="BN44" s="30">
         <v>0</v>
       </c>
       <c r="BO44" s="30">
         <v>5.394545928047919E-2</v>
       </c>
       <c r="BP44" s="30">
         <v>4.0910253132191254</v>
       </c>
       <c r="BQ44" s="30">
         <v>4.7702337414533315E-2</v>
       </c>
       <c r="BR44" s="30">
         <v>5.6413149392276526E-2</v>
       </c>
       <c r="BS44" s="30">
         <v>0.40757538612405003</v>
       </c>
       <c r="BT44" s="30">
         <v>0</v>
       </c>
@@ -26110,51 +26111,51 @@
       <c r="A45" s="15">
         <v>41</v>
       </c>
       <c r="B45" s="20" t="s">
         <v>93</v>
       </c>
       <c r="C45" s="21">
         <v>3929</v>
       </c>
       <c r="D45" s="21">
         <v>487</v>
       </c>
       <c r="E45" s="21">
         <v>2173</v>
       </c>
       <c r="F45" s="21">
         <v>1259</v>
       </c>
       <c r="G45" s="21">
         <v>1889</v>
       </c>
       <c r="H45" s="21">
         <v>2040</v>
       </c>
       <c r="I45" s="21">
-        <v>1.6</v>
+        <v>2.6</v>
       </c>
       <c r="J45" s="21">
         <v>1953</v>
       </c>
       <c r="K45" s="21">
         <v>1632</v>
       </c>
       <c r="L45" s="22">
         <f t="shared" si="0"/>
         <v>54.476987447698747</v>
       </c>
       <c r="M45" s="22">
         <f t="shared" si="1"/>
         <v>45.523012552301253</v>
       </c>
       <c r="N45" s="21">
         <v>699</v>
       </c>
       <c r="O45" s="21">
         <v>626</v>
       </c>
       <c r="P45" s="21">
         <v>560</v>
       </c>
       <c r="Q45" s="21">
@@ -26277,51 +26278,51 @@
       <c r="BD45" s="23">
         <v>5</v>
       </c>
       <c r="BE45" s="23">
         <v>28</v>
       </c>
       <c r="BF45" s="23">
         <v>29</v>
       </c>
       <c r="BG45" s="23">
         <v>317</v>
       </c>
       <c r="BH45" s="23">
         <v>535</v>
       </c>
       <c r="BI45" s="23">
         <v>485</v>
       </c>
       <c r="BJ45" s="19">
         <v>29</v>
       </c>
       <c r="BK45" s="19">
         <v>3929</v>
       </c>
       <c r="BL45" s="28" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="BM45" s="29">
         <v>0</v>
       </c>
       <c r="BN45" s="30">
         <v>0</v>
       </c>
       <c r="BO45" s="30">
         <v>0</v>
       </c>
       <c r="BP45" s="30">
         <v>1.917668115571465E-2</v>
       </c>
       <c r="BQ45" s="30">
         <v>0</v>
       </c>
       <c r="BR45" s="30">
         <v>0</v>
       </c>
       <c r="BS45" s="30">
         <v>0</v>
       </c>
       <c r="BT45" s="30">
         <v>1.3002364066193852</v>
       </c>
@@ -26545,51 +26546,51 @@
       <c r="A46" s="15">
         <v>42</v>
       </c>
       <c r="B46" s="20" t="s">
         <v>55</v>
       </c>
       <c r="C46" s="21">
         <v>42663</v>
       </c>
       <c r="D46" s="21">
         <v>6654</v>
       </c>
       <c r="E46" s="21">
         <v>28616</v>
       </c>
       <c r="F46" s="21">
         <v>7398</v>
       </c>
       <c r="G46" s="21">
         <v>20783</v>
       </c>
       <c r="H46" s="21">
         <v>21881</v>
       </c>
       <c r="I46" s="21">
-        <v>4.8</v>
+        <v>4.2</v>
       </c>
       <c r="J46" s="21">
         <v>23222</v>
       </c>
       <c r="K46" s="21">
         <v>16314</v>
       </c>
       <c r="L46" s="22">
         <f t="shared" si="0"/>
         <v>58.7363415621206</v>
       </c>
       <c r="M46" s="22">
         <f t="shared" si="1"/>
         <v>41.2636584378794</v>
       </c>
       <c r="N46" s="21">
         <v>5395</v>
       </c>
       <c r="O46" s="21">
         <v>10251</v>
       </c>
       <c r="P46" s="21">
         <v>4323</v>
       </c>
       <c r="Q46" s="21">
@@ -26712,51 +26713,51 @@
       <c r="BD46" s="23">
         <v>117</v>
       </c>
       <c r="BE46" s="23">
         <v>339</v>
       </c>
       <c r="BF46" s="23">
         <v>184</v>
       </c>
       <c r="BG46" s="23">
         <v>935</v>
       </c>
       <c r="BH46" s="23">
         <v>8765</v>
       </c>
       <c r="BI46" s="23">
         <v>5456</v>
       </c>
       <c r="BJ46" s="19">
         <v>194</v>
       </c>
       <c r="BK46" s="19">
         <v>42663</v>
       </c>
       <c r="BL46" s="28" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="BM46" s="29">
         <v>0</v>
       </c>
       <c r="BN46" s="30">
         <v>7.7071290944123322E-2</v>
       </c>
       <c r="BO46" s="30">
         <v>7.4407530042040246E-2</v>
       </c>
       <c r="BP46" s="30">
         <v>0.41123327367254758</v>
       </c>
       <c r="BQ46" s="30">
         <v>0</v>
       </c>
       <c r="BR46" s="30">
         <v>4.1027745012564752E-2</v>
       </c>
       <c r="BS46" s="30">
         <v>0.39531747977445453</v>
       </c>
       <c r="BT46" s="30">
         <v>0</v>
       </c>
@@ -26980,51 +26981,51 @@
       <c r="A47" s="15">
         <v>43</v>
       </c>
       <c r="B47" s="20" t="s">
         <v>56</v>
       </c>
       <c r="C47" s="21">
         <v>46629</v>
       </c>
       <c r="D47" s="21">
         <v>8309</v>
       </c>
       <c r="E47" s="21">
         <v>28297</v>
       </c>
       <c r="F47" s="21">
         <v>10023</v>
       </c>
       <c r="G47" s="21">
         <v>23142</v>
       </c>
       <c r="H47" s="21">
         <v>23485</v>
       </c>
       <c r="I47" s="21">
-        <v>3.2</v>
+        <v>3.7</v>
       </c>
       <c r="J47" s="21">
         <v>25467</v>
       </c>
       <c r="K47" s="21">
         <v>18146</v>
       </c>
       <c r="L47" s="22">
         <f t="shared" si="0"/>
         <v>58.393139660193057</v>
       </c>
       <c r="M47" s="22">
         <f t="shared" si="1"/>
         <v>41.606860339806943</v>
       </c>
       <c r="N47" s="21">
         <v>5617</v>
       </c>
       <c r="O47" s="21">
         <v>9612</v>
       </c>
       <c r="P47" s="21">
         <v>6730</v>
       </c>
       <c r="Q47" s="21">
@@ -27147,51 +27148,51 @@
       <c r="BD47" s="23">
         <v>120</v>
       </c>
       <c r="BE47" s="23">
         <v>146</v>
       </c>
       <c r="BF47" s="23">
         <v>122</v>
       </c>
       <c r="BG47" s="23">
         <v>603</v>
       </c>
       <c r="BH47" s="23">
         <v>8114</v>
       </c>
       <c r="BI47" s="23">
         <v>6272</v>
       </c>
       <c r="BJ47" s="19">
         <v>165</v>
       </c>
       <c r="BK47" s="19">
         <v>46629</v>
       </c>
       <c r="BL47" s="28" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="BM47" s="29">
         <v>0</v>
       </c>
       <c r="BN47" s="30">
         <v>0</v>
       </c>
       <c r="BO47" s="30">
         <v>1.8601882510510061E-2</v>
       </c>
       <c r="BP47" s="30">
         <v>1.2805761527316117</v>
       </c>
       <c r="BQ47" s="30">
         <v>0.12720623310542217</v>
       </c>
       <c r="BR47" s="30">
         <v>9.7440894404841272E-2</v>
       </c>
       <c r="BS47" s="30">
         <v>0.35547928413826918</v>
       </c>
       <c r="BT47" s="30">
         <v>0</v>
       </c>
@@ -27415,51 +27416,51 @@
       <c r="A48" s="15">
         <v>44</v>
       </c>
       <c r="B48" s="20" t="s">
         <v>57</v>
       </c>
       <c r="C48" s="21">
         <v>503044</v>
       </c>
       <c r="D48" s="21">
         <v>42943</v>
       </c>
       <c r="E48" s="21">
         <v>394233</v>
       </c>
       <c r="F48" s="21">
         <v>65873</v>
       </c>
       <c r="G48" s="21">
         <v>261805</v>
       </c>
       <c r="H48" s="21">
         <v>241241</v>
       </c>
       <c r="I48" s="21">
-        <v>3.8</v>
+        <v>4.5</v>
       </c>
       <c r="J48" s="21">
         <v>367244</v>
       </c>
       <c r="K48" s="21">
         <v>103564</v>
       </c>
       <c r="L48" s="22">
         <f t="shared" si="0"/>
         <v>78.002922635129394</v>
       </c>
       <c r="M48" s="22">
         <f t="shared" si="1"/>
         <v>21.997077364870606</v>
       </c>
       <c r="N48" s="21">
         <v>90322</v>
       </c>
       <c r="O48" s="21">
         <v>212602</v>
       </c>
       <c r="P48" s="21">
         <v>28648</v>
       </c>
       <c r="Q48" s="21">
@@ -27582,51 +27583,51 @@
       <c r="BD48" s="23">
         <v>1417</v>
       </c>
       <c r="BE48" s="23">
         <v>6531</v>
       </c>
       <c r="BF48" s="23">
         <v>1633</v>
       </c>
       <c r="BG48" s="23">
         <v>12347</v>
       </c>
       <c r="BH48" s="23">
         <v>284846</v>
       </c>
       <c r="BI48" s="23">
         <v>48865</v>
       </c>
       <c r="BJ48" s="19">
         <v>1911</v>
       </c>
       <c r="BK48" s="19">
         <v>503044</v>
       </c>
       <c r="BL48" s="28" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="BM48" s="29">
         <v>0.13592233009708737</v>
       </c>
       <c r="BN48" s="30">
         <v>0</v>
       </c>
       <c r="BO48" s="30">
         <v>0.15067524833513152</v>
       </c>
       <c r="BP48" s="30">
         <v>1.3764595585101851</v>
       </c>
       <c r="BQ48" s="30">
         <v>0.14310701224359992</v>
       </c>
       <c r="BR48" s="30">
         <v>0.10769783065798245</v>
       </c>
       <c r="BS48" s="30">
         <v>1.4188526599656779</v>
       </c>
       <c r="BT48" s="30">
         <v>8.4430935494765283E-2</v>
       </c>
@@ -28017,51 +28018,51 @@
       <c r="BD49" s="23">
         <v>54</v>
       </c>
       <c r="BE49" s="23">
         <v>63</v>
       </c>
       <c r="BF49" s="23">
         <v>214</v>
       </c>
       <c r="BG49" s="23">
         <v>365</v>
       </c>
       <c r="BH49" s="23">
         <v>6225</v>
       </c>
       <c r="BI49" s="23">
         <v>4432</v>
       </c>
       <c r="BJ49" s="19">
         <v>174</v>
       </c>
       <c r="BK49" s="19">
         <v>37682</v>
       </c>
       <c r="BL49" s="28" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="BM49" s="29">
         <v>0</v>
       </c>
       <c r="BN49" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO49" s="30">
         <v>0.66780758212731128</v>
       </c>
       <c r="BP49" s="30">
         <v>0.77345947328049092</v>
       </c>
       <c r="BQ49" s="30">
         <v>9.540467482906663E-2</v>
       </c>
       <c r="BR49" s="30">
         <v>0</v>
       </c>
       <c r="BS49" s="30">
         <v>0.32789899485167934</v>
       </c>
       <c r="BT49" s="30">
         <v>0</v>
       </c>
@@ -28285,51 +28286,51 @@
       <c r="A50" s="15">
         <v>46</v>
       </c>
       <c r="B50" s="20" t="s">
         <v>71</v>
       </c>
       <c r="C50" s="21">
         <v>23895</v>
       </c>
       <c r="D50" s="21">
         <v>3593</v>
       </c>
       <c r="E50" s="21">
         <v>14703</v>
       </c>
       <c r="F50" s="21">
         <v>5600</v>
       </c>
       <c r="G50" s="21">
         <v>11777</v>
       </c>
       <c r="H50" s="21">
         <v>12125</v>
       </c>
       <c r="I50" s="21">
-        <v>4.5999999999999996</v>
+        <v>3.2</v>
       </c>
       <c r="J50" s="21">
         <v>14148</v>
       </c>
       <c r="K50" s="21">
         <v>7967</v>
       </c>
       <c r="L50" s="22">
         <f t="shared" si="0"/>
         <v>63.974677820483841</v>
       </c>
       <c r="M50" s="22">
         <f t="shared" si="1"/>
         <v>36.025322179516166</v>
       </c>
       <c r="N50" s="21">
         <v>3449</v>
       </c>
       <c r="O50" s="21">
         <v>4113</v>
       </c>
       <c r="P50" s="21">
         <v>2985</v>
       </c>
       <c r="Q50" s="21">
@@ -28452,51 +28453,51 @@
       <c r="BD50" s="23">
         <v>82</v>
       </c>
       <c r="BE50" s="23">
         <v>108</v>
       </c>
       <c r="BF50" s="23">
         <v>92</v>
       </c>
       <c r="BG50" s="23">
         <v>776</v>
       </c>
       <c r="BH50" s="23">
         <v>2246</v>
       </c>
       <c r="BI50" s="23">
         <v>1972</v>
       </c>
       <c r="BJ50" s="19">
         <v>240</v>
       </c>
       <c r="BK50" s="19">
         <v>23895</v>
       </c>
       <c r="BL50" s="28" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="BM50" s="29">
         <v>0</v>
       </c>
       <c r="BN50" s="30">
         <v>0</v>
       </c>
       <c r="BO50" s="30">
         <v>2.4182447263663084E-2</v>
       </c>
       <c r="BP50" s="30">
         <v>8.5229694025398452E-3</v>
       </c>
       <c r="BQ50" s="30">
         <v>2.3851168707266657E-2</v>
       </c>
       <c r="BR50" s="30">
         <v>0</v>
       </c>
       <c r="BS50" s="30">
         <v>0</v>
       </c>
       <c r="BT50" s="30">
         <v>0</v>
       </c>
@@ -28720,51 +28721,51 @@
       <c r="A51" s="15">
         <v>47</v>
       </c>
       <c r="B51" s="20" t="s">
         <v>95</v>
       </c>
       <c r="C51" s="21">
         <v>13705</v>
       </c>
       <c r="D51" s="21">
         <v>2535</v>
       </c>
       <c r="E51" s="21">
         <v>8164</v>
       </c>
       <c r="F51" s="21">
         <v>3008</v>
       </c>
       <c r="G51" s="21">
         <v>6619</v>
       </c>
       <c r="H51" s="21">
         <v>7088</v>
       </c>
       <c r="I51" s="21">
-        <v>3.5</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="J51" s="21">
         <v>7369</v>
       </c>
       <c r="K51" s="21">
         <v>5298</v>
       </c>
       <c r="L51" s="22">
         <f t="shared" si="0"/>
         <v>58.174784874082263</v>
       </c>
       <c r="M51" s="22">
         <f t="shared" si="1"/>
         <v>41.825215125917737</v>
       </c>
       <c r="N51" s="21">
         <v>1696</v>
       </c>
       <c r="O51" s="21">
         <v>2299</v>
       </c>
       <c r="P51" s="21">
         <v>1894</v>
       </c>
       <c r="Q51" s="21">
@@ -28887,51 +28888,51 @@
       <c r="BD51" s="23">
         <v>29</v>
       </c>
       <c r="BE51" s="23">
         <v>44</v>
       </c>
       <c r="BF51" s="23">
         <v>63</v>
       </c>
       <c r="BG51" s="23">
         <v>600</v>
       </c>
       <c r="BH51" s="23">
         <v>1928</v>
       </c>
       <c r="BI51" s="23">
         <v>1503</v>
       </c>
       <c r="BJ51" s="19">
         <v>90</v>
       </c>
       <c r="BK51" s="19">
         <v>13705</v>
       </c>
       <c r="BL51" s="28" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="BM51" s="29">
         <v>0</v>
       </c>
       <c r="BN51" s="30">
         <v>0</v>
       </c>
       <c r="BO51" s="30">
         <v>2.2322259012612075E-2</v>
       </c>
       <c r="BP51" s="30">
         <v>0.88425807551350888</v>
       </c>
       <c r="BQ51" s="30">
         <v>7.1553506121799962E-2</v>
       </c>
       <c r="BR51" s="30">
         <v>0</v>
       </c>
       <c r="BS51" s="30">
         <v>3.3709242461387595E-2</v>
       </c>
       <c r="BT51" s="30">
         <v>0.2026342451874367</v>
       </c>
@@ -29155,51 +29156,51 @@
       <c r="A52" s="15">
         <v>48</v>
       </c>
       <c r="B52" s="20" t="s">
         <v>96</v>
       </c>
       <c r="C52" s="21">
         <v>11409</v>
       </c>
       <c r="D52" s="21">
         <v>1639</v>
       </c>
       <c r="E52" s="21">
         <v>6572</v>
       </c>
       <c r="F52" s="21">
         <v>3208</v>
       </c>
       <c r="G52" s="21">
         <v>5890</v>
       </c>
       <c r="H52" s="21">
         <v>5522</v>
       </c>
       <c r="I52" s="21">
-        <v>1.5</v>
+        <v>2.1</v>
       </c>
       <c r="J52" s="21">
         <v>6600</v>
       </c>
       <c r="K52" s="21">
         <v>3955</v>
       </c>
       <c r="L52" s="22">
         <f t="shared" si="0"/>
         <v>62.529606821411654</v>
       </c>
       <c r="M52" s="22">
         <f t="shared" si="1"/>
         <v>37.470393178588346</v>
       </c>
       <c r="N52" s="21">
         <v>2164</v>
       </c>
       <c r="O52" s="21">
         <v>1514</v>
       </c>
       <c r="P52" s="21">
         <v>1500</v>
       </c>
       <c r="Q52" s="21">
@@ -29322,51 +29323,51 @@
       <c r="BD52" s="23">
         <v>43</v>
       </c>
       <c r="BE52" s="23">
         <v>87</v>
       </c>
       <c r="BF52" s="23">
         <v>48</v>
       </c>
       <c r="BG52" s="23">
         <v>564</v>
       </c>
       <c r="BH52" s="23">
         <v>1218</v>
       </c>
       <c r="BI52" s="23">
         <v>1037</v>
       </c>
       <c r="BJ52" s="19">
         <v>112</v>
       </c>
       <c r="BK52" s="19">
         <v>11409</v>
       </c>
       <c r="BL52" s="28" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="BM52" s="29">
         <v>0</v>
       </c>
       <c r="BN52" s="30">
         <v>0</v>
       </c>
       <c r="BO52" s="30">
         <v>5.5805647531530188E-3</v>
       </c>
       <c r="BP52" s="30">
         <v>0</v>
       </c>
       <c r="BQ52" s="30">
         <v>0</v>
       </c>
       <c r="BR52" s="30">
         <v>0</v>
       </c>
       <c r="BS52" s="30">
         <v>0</v>
       </c>
       <c r="BT52" s="30">
         <v>1.6548463356973995</v>
       </c>
@@ -29590,51 +29591,51 @@
       <c r="A53" s="15">
         <v>49</v>
       </c>
       <c r="B53" s="20" t="s">
         <v>58</v>
       </c>
       <c r="C53" s="21">
         <v>116697</v>
       </c>
       <c r="D53" s="21">
         <v>14196</v>
       </c>
       <c r="E53" s="21">
         <v>79839</v>
       </c>
       <c r="F53" s="21">
         <v>22659</v>
       </c>
       <c r="G53" s="21">
         <v>59933</v>
       </c>
       <c r="H53" s="21">
         <v>56765</v>
       </c>
       <c r="I53" s="21">
-        <v>2.2999999999999998</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="J53" s="21">
         <v>72198</v>
       </c>
       <c r="K53" s="21">
         <v>37798</v>
       </c>
       <c r="L53" s="22">
         <f t="shared" si="0"/>
         <v>65.636932252081891</v>
       </c>
       <c r="M53" s="22">
         <f t="shared" si="1"/>
         <v>34.363067747918109</v>
       </c>
       <c r="N53" s="21">
         <v>16636</v>
       </c>
       <c r="O53" s="21">
         <v>35611</v>
       </c>
       <c r="P53" s="21">
         <v>13396</v>
       </c>
       <c r="Q53" s="21">
@@ -29757,51 +29758,51 @@
       <c r="BD53" s="23">
         <v>227</v>
       </c>
       <c r="BE53" s="23">
         <v>432</v>
       </c>
       <c r="BF53" s="23">
         <v>477</v>
       </c>
       <c r="BG53" s="23">
         <v>1611</v>
       </c>
       <c r="BH53" s="23">
         <v>32779</v>
       </c>
       <c r="BI53" s="23">
         <v>11610</v>
       </c>
       <c r="BJ53" s="19">
         <v>455</v>
       </c>
       <c r="BK53" s="19">
         <v>116697</v>
       </c>
       <c r="BL53" s="28" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="BM53" s="29">
         <v>0</v>
       </c>
       <c r="BN53" s="30">
         <v>0.15414258188824664</v>
       </c>
       <c r="BO53" s="30">
         <v>8.184828304624428E-2</v>
       </c>
       <c r="BP53" s="30">
         <v>0.82033580499446013</v>
       </c>
       <c r="BQ53" s="30">
         <v>0.27031324534902212</v>
       </c>
       <c r="BR53" s="30">
         <v>0.30257961946766498</v>
       </c>
       <c r="BS53" s="30">
         <v>3.0522186810492768</v>
       </c>
       <c r="BT53" s="30">
         <v>5.0658561296859174E-2</v>
       </c>
@@ -30025,51 +30026,51 @@
       <c r="A54" s="15">
         <v>50</v>
       </c>
       <c r="B54" s="20" t="s">
         <v>59</v>
       </c>
       <c r="C54" s="21">
         <v>40540</v>
       </c>
       <c r="D54" s="21">
         <v>7103</v>
       </c>
       <c r="E54" s="21">
         <v>25733</v>
       </c>
       <c r="F54" s="21">
         <v>7695</v>
       </c>
       <c r="G54" s="21">
         <v>19015</v>
       </c>
       <c r="H54" s="21">
         <v>21530</v>
       </c>
       <c r="I54" s="21">
-        <v>2.9</v>
+        <v>4.7</v>
       </c>
       <c r="J54" s="21">
         <v>21249</v>
       </c>
       <c r="K54" s="21">
         <v>16279</v>
       </c>
       <c r="L54" s="22">
         <f t="shared" si="0"/>
         <v>56.621722447239399</v>
       </c>
       <c r="M54" s="22">
         <f t="shared" si="1"/>
         <v>43.378277552760608</v>
       </c>
       <c r="N54" s="21">
         <v>4888</v>
       </c>
       <c r="O54" s="21">
         <v>9537</v>
       </c>
       <c r="P54" s="21">
         <v>4790</v>
       </c>
       <c r="Q54" s="21">
@@ -30192,51 +30193,51 @@
       <c r="BD54" s="23">
         <v>92</v>
       </c>
       <c r="BE54" s="23">
         <v>232</v>
       </c>
       <c r="BF54" s="23">
         <v>146</v>
       </c>
       <c r="BG54" s="23">
         <v>973</v>
       </c>
       <c r="BH54" s="23">
         <v>9837</v>
       </c>
       <c r="BI54" s="23">
         <v>5716</v>
       </c>
       <c r="BJ54" s="19">
         <v>179</v>
       </c>
       <c r="BK54" s="19">
         <v>40540</v>
       </c>
       <c r="BL54" s="28" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="BM54" s="29">
         <v>0</v>
       </c>
       <c r="BN54" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO54" s="30">
         <v>0.12091223631831541</v>
       </c>
       <c r="BP54" s="30">
         <v>1.1655160657973238</v>
       </c>
       <c r="BQ54" s="30">
         <v>9.540467482906663E-2</v>
       </c>
       <c r="BR54" s="30">
         <v>4.1027745012564752E-2</v>
       </c>
       <c r="BS54" s="30">
         <v>0.39838195636185342</v>
       </c>
       <c r="BT54" s="30">
         <v>5.0658561296859174E-2</v>
       </c>
@@ -30460,51 +30461,51 @@
       <c r="A55" s="15">
         <v>51</v>
       </c>
       <c r="B55" s="20" t="s">
         <v>97</v>
       </c>
       <c r="C55" s="21">
         <v>9746</v>
       </c>
       <c r="D55" s="21">
         <v>1674</v>
       </c>
       <c r="E55" s="21">
         <v>5885</v>
       </c>
       <c r="F55" s="21">
         <v>2203</v>
       </c>
       <c r="G55" s="21">
         <v>4733</v>
       </c>
       <c r="H55" s="21">
         <v>5010</v>
       </c>
       <c r="I55" s="21">
-        <v>3.5</v>
+        <v>3.6</v>
       </c>
       <c r="J55" s="21">
         <v>5058</v>
       </c>
       <c r="K55" s="21">
         <v>3940</v>
       </c>
       <c r="L55" s="22">
         <f t="shared" si="0"/>
         <v>56.212491664814401</v>
       </c>
       <c r="M55" s="22">
         <f t="shared" si="1"/>
         <v>43.787508335185599</v>
       </c>
       <c r="N55" s="21">
         <v>1261</v>
       </c>
       <c r="O55" s="21">
         <v>1662</v>
       </c>
       <c r="P55" s="21">
         <v>1469</v>
       </c>
       <c r="Q55" s="21">
@@ -30627,51 +30628,51 @@
       <c r="BD55" s="23">
         <v>14</v>
       </c>
       <c r="BE55" s="23">
         <v>19</v>
       </c>
       <c r="BF55" s="23">
         <v>34</v>
       </c>
       <c r="BG55" s="23">
         <v>293</v>
       </c>
       <c r="BH55" s="23">
         <v>1530</v>
       </c>
       <c r="BI55" s="23">
         <v>1085</v>
       </c>
       <c r="BJ55" s="19">
         <v>67</v>
       </c>
       <c r="BK55" s="19">
         <v>9746</v>
       </c>
       <c r="BL55" s="28" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="BM55" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN55" s="30">
         <v>0.2119460500963391</v>
       </c>
       <c r="BO55" s="30">
         <v>3.6552699133152275</v>
       </c>
       <c r="BP55" s="30">
         <v>7.2445239921588675E-2</v>
       </c>
       <c r="BQ55" s="30">
         <v>2.3851168707266657E-2</v>
       </c>
       <c r="BR55" s="30">
         <v>2.0513872506282376E-2</v>
       </c>
       <c r="BS55" s="30">
         <v>5.5160578573179707E-2</v>
       </c>
       <c r="BT55" s="30">
         <v>0</v>
       </c>
@@ -30895,51 +30896,51 @@
       <c r="A56" s="15">
         <v>52</v>
       </c>
       <c r="B56" s="20" t="s">
         <v>60</v>
       </c>
       <c r="C56" s="21">
         <v>44261</v>
       </c>
       <c r="D56" s="21">
         <v>6250</v>
       </c>
       <c r="E56" s="21">
         <v>29913</v>
       </c>
       <c r="F56" s="21">
         <v>8121</v>
       </c>
       <c r="G56" s="21">
         <v>21660</v>
       </c>
       <c r="H56" s="21">
         <v>22605</v>
       </c>
       <c r="I56" s="21">
-        <v>3.7</v>
+        <v>5.4</v>
       </c>
       <c r="J56" s="21">
         <v>22594</v>
       </c>
       <c r="K56" s="21">
         <v>18758</v>
       </c>
       <c r="L56" s="22">
         <f t="shared" si="0"/>
         <v>54.638227897078743</v>
       </c>
       <c r="M56" s="22">
         <f t="shared" si="1"/>
         <v>45.361772102921257</v>
       </c>
       <c r="N56" s="21">
         <v>5268</v>
       </c>
       <c r="O56" s="21">
         <v>10998</v>
       </c>
       <c r="P56" s="21">
         <v>5877</v>
       </c>
       <c r="Q56" s="21">
@@ -31062,51 +31063,51 @@
       <c r="BD56" s="23">
         <v>143</v>
       </c>
       <c r="BE56" s="23">
         <v>907</v>
       </c>
       <c r="BF56" s="23">
         <v>234</v>
       </c>
       <c r="BG56" s="23">
         <v>1540</v>
       </c>
       <c r="BH56" s="23">
         <v>9898</v>
       </c>
       <c r="BI56" s="23">
         <v>5329</v>
       </c>
       <c r="BJ56" s="19">
         <v>173</v>
       </c>
       <c r="BK56" s="19">
         <v>44261</v>
       </c>
       <c r="BL56" s="28" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="BM56" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN56" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO56" s="30">
         <v>9.8589977305703347E-2</v>
       </c>
       <c r="BP56" s="30">
         <v>3.3750958834057787</v>
       </c>
       <c r="BQ56" s="30">
         <v>0.19080934965813326</v>
       </c>
       <c r="BR56" s="30">
         <v>4.1027745012564752E-2</v>
       </c>
       <c r="BS56" s="30">
         <v>0.65273351311595984</v>
       </c>
       <c r="BT56" s="30">
         <v>5.0658561296859174E-2</v>
       </c>
@@ -31330,51 +31331,51 @@
       <c r="A57" s="15">
         <v>53</v>
       </c>
       <c r="B57" s="20" t="s">
         <v>98</v>
       </c>
       <c r="C57" s="21">
         <v>58473</v>
       </c>
       <c r="D57" s="21">
         <v>10908</v>
       </c>
       <c r="E57" s="21">
         <v>33725</v>
       </c>
       <c r="F57" s="21">
         <v>13849</v>
       </c>
       <c r="G57" s="21">
         <v>27516</v>
       </c>
       <c r="H57" s="21">
         <v>30957</v>
       </c>
       <c r="I57" s="21">
-        <v>2.2999999999999998</v>
+        <v>3.5</v>
       </c>
       <c r="J57" s="21">
         <v>28564</v>
       </c>
       <c r="K57" s="21">
         <v>25026</v>
       </c>
       <c r="L57" s="22">
         <f t="shared" si="0"/>
         <v>53.300988990483297</v>
       </c>
       <c r="M57" s="22">
         <f t="shared" si="1"/>
         <v>46.699011009516703</v>
       </c>
       <c r="N57" s="21">
         <v>7399</v>
       </c>
       <c r="O57" s="21">
         <v>10328</v>
       </c>
       <c r="P57" s="21">
         <v>9800</v>
       </c>
       <c r="Q57" s="21">
@@ -31497,51 +31498,51 @@
       <c r="BD57" s="23">
         <v>93</v>
       </c>
       <c r="BE57" s="23">
         <v>217</v>
       </c>
       <c r="BF57" s="23">
         <v>279</v>
       </c>
       <c r="BG57" s="23">
         <v>1752</v>
       </c>
       <c r="BH57" s="23">
         <v>10391</v>
       </c>
       <c r="BI57" s="23">
         <v>8667</v>
       </c>
       <c r="BJ57" s="19">
         <v>351</v>
       </c>
       <c r="BK57" s="19">
         <v>58473</v>
       </c>
       <c r="BL57" s="28" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="BM57" s="29">
         <v>0.23300970873786409</v>
       </c>
       <c r="BN57" s="30">
         <v>9.6339113680154145E-2</v>
       </c>
       <c r="BO57" s="30">
         <v>2.2322259012612075E-2</v>
       </c>
       <c r="BP57" s="30">
         <v>0.25568908207619534</v>
       </c>
       <c r="BQ57" s="30">
         <v>0.50882493242168869</v>
       </c>
       <c r="BR57" s="30">
         <v>0.24103800194881791</v>
       </c>
       <c r="BS57" s="30">
         <v>1.6670752635449866</v>
       </c>
       <c r="BT57" s="30">
         <v>0.10131712259371835</v>
       </c>
@@ -31765,51 +31766,51 @@
       <c r="A58" s="15">
         <v>54</v>
       </c>
       <c r="B58" s="20" t="s">
         <v>99</v>
       </c>
       <c r="C58" s="21">
         <v>7670</v>
       </c>
       <c r="D58" s="21">
         <v>898</v>
       </c>
       <c r="E58" s="21">
         <v>4365</v>
       </c>
       <c r="F58" s="21">
         <v>2405</v>
       </c>
       <c r="G58" s="21">
         <v>3940</v>
       </c>
       <c r="H58" s="21">
         <v>3734</v>
       </c>
       <c r="I58" s="21">
-        <v>2.6</v>
+        <v>3.2</v>
       </c>
       <c r="J58" s="21">
         <v>3874</v>
       </c>
       <c r="K58" s="21">
         <v>3237</v>
       </c>
       <c r="L58" s="22">
         <f t="shared" si="0"/>
         <v>54.478976234003653</v>
       </c>
       <c r="M58" s="22">
         <f t="shared" si="1"/>
         <v>45.521023765996347</v>
       </c>
       <c r="N58" s="21">
         <v>1021</v>
       </c>
       <c r="O58" s="21">
         <v>1544</v>
       </c>
       <c r="P58" s="21">
         <v>1004</v>
       </c>
       <c r="Q58" s="21">
@@ -31932,51 +31933,51 @@
       <c r="BD58" s="23">
         <v>15</v>
       </c>
       <c r="BE58" s="23">
         <v>99</v>
       </c>
       <c r="BF58" s="23">
         <v>17</v>
       </c>
       <c r="BG58" s="23">
         <v>310</v>
       </c>
       <c r="BH58" s="23">
         <v>1294</v>
       </c>
       <c r="BI58" s="23">
         <v>942</v>
       </c>
       <c r="BJ58" s="19">
         <v>55</v>
       </c>
       <c r="BK58" s="19">
         <v>7670</v>
       </c>
       <c r="BL58" s="28" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="BM58" s="29">
         <v>0</v>
       </c>
       <c r="BN58" s="30">
         <v>7.7071290944123322E-2</v>
       </c>
       <c r="BO58" s="30">
         <v>0.1153316715651624</v>
       </c>
       <c r="BP58" s="30">
         <v>3.1961135259524417E-2</v>
       </c>
       <c r="BQ58" s="30">
         <v>0</v>
       </c>
       <c r="BR58" s="30">
         <v>2.5642340632852968E-2</v>
       </c>
       <c r="BS58" s="30">
         <v>9.1934297621966161E-3</v>
       </c>
       <c r="BT58" s="30">
         <v>0</v>
       </c>
@@ -32200,51 +32201,51 @@
       <c r="A59" s="15">
         <v>55</v>
       </c>
       <c r="B59" s="20" t="s">
         <v>100</v>
       </c>
       <c r="C59" s="21">
         <v>6639</v>
       </c>
       <c r="D59" s="21">
         <v>750</v>
       </c>
       <c r="E59" s="21">
         <v>3675</v>
       </c>
       <c r="F59" s="21">
         <v>2198</v>
       </c>
       <c r="G59" s="21">
         <v>3978</v>
       </c>
       <c r="H59" s="21">
         <v>2658</v>
       </c>
       <c r="I59" s="21">
-        <v>1.4</v>
+        <v>1.2</v>
       </c>
       <c r="J59" s="21">
         <v>4089</v>
       </c>
       <c r="K59" s="21">
         <v>2048</v>
       </c>
       <c r="L59" s="22">
         <f t="shared" si="0"/>
         <v>66.628645918201073</v>
       </c>
       <c r="M59" s="22">
         <f t="shared" si="1"/>
         <v>33.371354081798927</v>
       </c>
       <c r="N59" s="21">
         <v>2095</v>
       </c>
       <c r="O59" s="21">
         <v>668</v>
       </c>
       <c r="P59" s="21">
         <v>803</v>
       </c>
       <c r="Q59" s="21">
@@ -32367,51 +32368,51 @@
       <c r="BD59" s="23">
         <v>57</v>
       </c>
       <c r="BE59" s="23">
         <v>24</v>
       </c>
       <c r="BF59" s="23">
         <v>62</v>
       </c>
       <c r="BG59" s="23">
         <v>401</v>
       </c>
       <c r="BH59" s="23">
         <v>1416</v>
       </c>
       <c r="BI59" s="23">
         <v>548</v>
       </c>
       <c r="BJ59" s="19">
         <v>61</v>
       </c>
       <c r="BK59" s="19">
         <v>6639</v>
       </c>
       <c r="BL59" s="28" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="BM59" s="29">
         <v>0</v>
       </c>
       <c r="BN59" s="30">
         <v>0.69364161849710981</v>
       </c>
       <c r="BO59" s="30">
         <v>1.8601882510510061E-2</v>
       </c>
       <c r="BP59" s="30">
         <v>0</v>
       </c>
       <c r="BQ59" s="30">
         <v>0</v>
       </c>
       <c r="BR59" s="30">
         <v>0</v>
       </c>
       <c r="BS59" s="30">
         <v>9.1934297621966161E-3</v>
       </c>
       <c r="BT59" s="30">
         <v>0</v>
       </c>
@@ -32635,51 +32636,51 @@
       <c r="A60" s="15">
         <v>56</v>
       </c>
       <c r="B60" s="20" t="s">
         <v>101</v>
       </c>
       <c r="C60" s="21">
         <v>4757</v>
       </c>
       <c r="D60" s="21">
         <v>578</v>
       </c>
       <c r="E60" s="21">
         <v>2535</v>
       </c>
       <c r="F60" s="21">
         <v>1639</v>
       </c>
       <c r="G60" s="21">
         <v>2411</v>
       </c>
       <c r="H60" s="21">
         <v>2339</v>
       </c>
       <c r="I60" s="21">
-        <v>2.8</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="J60" s="21">
         <v>2438</v>
       </c>
       <c r="K60" s="21">
         <v>1867</v>
       </c>
       <c r="L60" s="22">
         <f t="shared" si="0"/>
         <v>56.631823461091756</v>
       </c>
       <c r="M60" s="22">
         <f t="shared" si="1"/>
         <v>43.368176538908251</v>
       </c>
       <c r="N60" s="21">
         <v>1030</v>
       </c>
       <c r="O60" s="21">
         <v>697</v>
       </c>
       <c r="P60" s="21">
         <v>717</v>
       </c>
       <c r="Q60" s="21">
@@ -32802,51 +32803,51 @@
       <c r="BD60" s="23">
         <v>8</v>
       </c>
       <c r="BE60" s="23">
         <v>16</v>
       </c>
       <c r="BF60" s="23">
         <v>28</v>
       </c>
       <c r="BG60" s="23">
         <v>296</v>
       </c>
       <c r="BH60" s="23">
         <v>927</v>
       </c>
       <c r="BI60" s="23">
         <v>552</v>
       </c>
       <c r="BJ60" s="19">
         <v>45</v>
       </c>
       <c r="BK60" s="19">
         <v>4757</v>
       </c>
       <c r="BL60" s="28" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="BM60" s="29">
         <v>0</v>
       </c>
       <c r="BN60" s="30">
         <v>0</v>
       </c>
       <c r="BO60" s="30">
         <v>0</v>
       </c>
       <c r="BP60" s="30">
         <v>0.19602829625841642</v>
       </c>
       <c r="BQ60" s="30">
         <v>0</v>
       </c>
       <c r="BR60" s="30">
         <v>2.0513872506282376E-2</v>
       </c>
       <c r="BS60" s="30">
         <v>1.5322382936994361E-2</v>
       </c>
       <c r="BT60" s="30">
         <v>0.10131712259371835</v>
       </c>
@@ -33070,51 +33071,51 @@
       <c r="A61" s="15">
         <v>57</v>
       </c>
       <c r="B61" s="20" t="s">
         <v>102</v>
       </c>
       <c r="C61" s="21">
         <v>15013</v>
       </c>
       <c r="D61" s="21">
         <v>2856</v>
       </c>
       <c r="E61" s="21">
         <v>8441</v>
       </c>
       <c r="F61" s="21">
         <v>3714</v>
       </c>
       <c r="G61" s="21">
         <v>6869</v>
       </c>
       <c r="H61" s="21">
         <v>8143</v>
       </c>
       <c r="I61" s="21">
-        <v>1.2</v>
+        <v>1.5</v>
       </c>
       <c r="J61" s="21">
         <v>6941</v>
       </c>
       <c r="K61" s="21">
         <v>6980</v>
       </c>
       <c r="L61" s="22">
         <f t="shared" si="0"/>
         <v>49.859923856044823</v>
       </c>
       <c r="M61" s="22">
         <f t="shared" si="1"/>
         <v>50.14007614395517</v>
       </c>
       <c r="N61" s="21">
         <v>1856</v>
       </c>
       <c r="O61" s="21">
         <v>3554</v>
       </c>
       <c r="P61" s="21">
         <v>2276</v>
       </c>
       <c r="Q61" s="21">
@@ -33237,51 +33238,51 @@
       <c r="BD61" s="23">
         <v>24</v>
       </c>
       <c r="BE61" s="23">
         <v>26</v>
       </c>
       <c r="BF61" s="23">
         <v>47</v>
       </c>
       <c r="BG61" s="23">
         <v>284</v>
       </c>
       <c r="BH61" s="23">
         <v>4147</v>
       </c>
       <c r="BI61" s="23">
         <v>2218</v>
       </c>
       <c r="BJ61" s="19">
         <v>46</v>
       </c>
       <c r="BK61" s="19">
         <v>15013</v>
       </c>
       <c r="BL61" s="28" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="BM61" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN61" s="30">
         <v>0</v>
       </c>
       <c r="BO61" s="30">
         <v>1.8601882510510061E-2</v>
       </c>
       <c r="BP61" s="30">
         <v>8.2843262592687292</v>
       </c>
       <c r="BQ61" s="30">
         <v>2.3851168707266657E-2</v>
       </c>
       <c r="BR61" s="30">
         <v>0</v>
       </c>
       <c r="BS61" s="30">
         <v>0.10725668055896052</v>
       </c>
       <c r="BT61" s="30">
         <v>5.0658561296859174E-2</v>
       </c>
@@ -33505,51 +33506,51 @@
       <c r="A62" s="15">
         <v>58</v>
       </c>
       <c r="B62" s="20" t="s">
         <v>103</v>
       </c>
       <c r="C62" s="21">
         <v>5082</v>
       </c>
       <c r="D62" s="21">
         <v>728</v>
       </c>
       <c r="E62" s="21">
         <v>2862</v>
       </c>
       <c r="F62" s="21">
         <v>1491</v>
       </c>
       <c r="G62" s="21">
         <v>2660</v>
       </c>
       <c r="H62" s="21">
         <v>2422</v>
       </c>
       <c r="I62" s="21">
-        <v>3.9</v>
+        <v>3.2</v>
       </c>
       <c r="J62" s="21">
         <v>2891</v>
       </c>
       <c r="K62" s="21">
         <v>1759</v>
       </c>
       <c r="L62" s="22">
         <f t="shared" si="0"/>
         <v>62.172043010752688</v>
       </c>
       <c r="M62" s="22">
         <f t="shared" si="1"/>
         <v>37.827956989247312</v>
       </c>
       <c r="N62" s="21">
         <v>953</v>
       </c>
       <c r="O62" s="21">
         <v>635</v>
       </c>
       <c r="P62" s="21">
         <v>593</v>
       </c>
       <c r="Q62" s="21">
@@ -33672,51 +33673,51 @@
       <c r="BD62" s="23">
         <v>3</v>
       </c>
       <c r="BE62" s="23">
         <v>47</v>
       </c>
       <c r="BF62" s="23">
         <v>36</v>
       </c>
       <c r="BG62" s="23">
         <v>319</v>
       </c>
       <c r="BH62" s="23">
         <v>543</v>
       </c>
       <c r="BI62" s="23">
         <v>556</v>
       </c>
       <c r="BJ62" s="19">
         <v>40</v>
       </c>
       <c r="BK62" s="19">
         <v>5082</v>
       </c>
       <c r="BL62" s="28" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="BM62" s="29">
         <v>0</v>
       </c>
       <c r="BN62" s="30">
         <v>7.8227360308285157</v>
       </c>
       <c r="BO62" s="30">
         <v>7.6267718293091258E-2</v>
       </c>
       <c r="BP62" s="30">
         <v>0</v>
       </c>
       <c r="BQ62" s="30">
         <v>0</v>
       </c>
       <c r="BR62" s="30">
         <v>0</v>
       </c>
       <c r="BS62" s="30">
         <v>0</v>
       </c>
       <c r="BT62" s="30">
         <v>0</v>
       </c>
@@ -33940,51 +33941,51 @@
       <c r="A63" s="15">
         <v>59</v>
       </c>
       <c r="B63" s="20" t="s">
         <v>61</v>
       </c>
       <c r="C63" s="21">
         <v>78518</v>
       </c>
       <c r="D63" s="21">
         <v>8623</v>
       </c>
       <c r="E63" s="21">
         <v>58109</v>
       </c>
       <c r="F63" s="21">
         <v>11779</v>
       </c>
       <c r="G63" s="21">
         <v>42961</v>
       </c>
       <c r="H63" s="21">
         <v>35560</v>
       </c>
       <c r="I63" s="21">
-        <v>3.1</v>
+        <v>5</v>
       </c>
       <c r="J63" s="21">
         <v>52175</v>
       </c>
       <c r="K63" s="21">
         <v>21921</v>
       </c>
       <c r="L63" s="22">
         <f t="shared" si="0"/>
         <v>70.415407039516296</v>
       </c>
       <c r="M63" s="22">
         <f t="shared" si="1"/>
         <v>29.584592960483697</v>
       </c>
       <c r="N63" s="21">
         <v>15366</v>
       </c>
       <c r="O63" s="21">
         <v>25230</v>
       </c>
       <c r="P63" s="21">
         <v>7552</v>
       </c>
       <c r="Q63" s="21">
@@ -34107,51 +34108,51 @@
       <c r="BD63" s="23">
         <v>326</v>
       </c>
       <c r="BE63" s="23">
         <v>1167</v>
       </c>
       <c r="BF63" s="23">
         <v>392</v>
       </c>
       <c r="BG63" s="23">
         <v>2580</v>
       </c>
       <c r="BH63" s="23">
         <v>33055</v>
       </c>
       <c r="BI63" s="23">
         <v>7361</v>
       </c>
       <c r="BJ63" s="19">
         <v>295</v>
       </c>
       <c r="BK63" s="19">
         <v>78518</v>
       </c>
       <c r="BL63" s="28" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="BM63" s="29">
         <v>0.13592233009708737</v>
       </c>
       <c r="BN63" s="30">
         <v>0</v>
       </c>
       <c r="BO63" s="30">
         <v>6.3246400535734215E-2</v>
       </c>
       <c r="BP63" s="30">
         <v>0.4922014829966761</v>
       </c>
       <c r="BQ63" s="30">
         <v>6.3603116552711086E-2</v>
       </c>
       <c r="BR63" s="30">
         <v>9.2312426278270687E-2</v>
       </c>
       <c r="BS63" s="30">
         <v>3.8734984064721747</v>
       </c>
       <c r="BT63" s="30">
         <v>6.7544748395812232E-2</v>
       </c>
@@ -34375,51 +34376,51 @@
       <c r="A64" s="15">
         <v>60</v>
       </c>
       <c r="B64" s="20" t="s">
         <v>104</v>
       </c>
       <c r="C64" s="21">
         <v>2158</v>
       </c>
       <c r="D64" s="21">
         <v>227</v>
       </c>
       <c r="E64" s="21">
         <v>1169</v>
       </c>
       <c r="F64" s="21">
         <v>754</v>
       </c>
       <c r="G64" s="21">
         <v>1215</v>
       </c>
       <c r="H64" s="21">
         <v>943</v>
       </c>
       <c r="I64" s="21">
-        <v>3.3</v>
+        <v>4.7</v>
       </c>
       <c r="J64" s="21">
         <v>1280</v>
       </c>
       <c r="K64" s="21">
         <v>719</v>
       </c>
       <c r="L64" s="22">
         <f t="shared" si="0"/>
         <v>64.032016008004007</v>
       </c>
       <c r="M64" s="22">
         <f t="shared" si="1"/>
         <v>35.967983991996</v>
       </c>
       <c r="N64" s="21">
         <v>627</v>
       </c>
       <c r="O64" s="21">
         <v>260</v>
       </c>
       <c r="P64" s="21">
         <v>216</v>
       </c>
       <c r="Q64" s="21">
@@ -34542,51 +34543,51 @@
       <c r="BD64" s="23">
         <v>0</v>
       </c>
       <c r="BE64" s="23">
         <v>5</v>
       </c>
       <c r="BF64" s="23">
         <v>18</v>
       </c>
       <c r="BG64" s="23">
         <v>122</v>
       </c>
       <c r="BH64" s="23">
         <v>419</v>
       </c>
       <c r="BI64" s="23">
         <v>213</v>
       </c>
       <c r="BJ64" s="19">
         <v>30</v>
       </c>
       <c r="BK64" s="19">
         <v>2158</v>
       </c>
       <c r="BL64" s="28" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="BM64" s="29">
         <v>0</v>
       </c>
       <c r="BN64" s="30">
         <v>3.2177263969171483</v>
       </c>
       <c r="BO64" s="30">
         <v>1.5272145541128763</v>
       </c>
       <c r="BP64" s="30">
         <v>0</v>
       </c>
       <c r="BQ64" s="30">
         <v>0</v>
       </c>
       <c r="BR64" s="30">
         <v>0</v>
       </c>
       <c r="BS64" s="30">
         <v>0</v>
       </c>
       <c r="BT64" s="30">
         <v>0</v>
       </c>
@@ -34810,51 +34811,51 @@
       <c r="A65" s="15">
         <v>61</v>
       </c>
       <c r="B65" s="20" t="s">
         <v>114</v>
       </c>
       <c r="C65" s="21">
         <v>1590</v>
       </c>
       <c r="D65" s="21">
         <v>228</v>
       </c>
       <c r="E65" s="21">
         <v>827</v>
       </c>
       <c r="F65" s="21">
         <v>548</v>
       </c>
       <c r="G65" s="21">
         <v>727</v>
       </c>
       <c r="H65" s="21">
         <v>867</v>
       </c>
       <c r="I65" s="21">
-        <v>1.3</v>
+        <v>2</v>
       </c>
       <c r="J65" s="21">
         <v>641</v>
       </c>
       <c r="K65" s="21">
         <v>759</v>
       </c>
       <c r="L65" s="22">
         <f t="shared" si="0"/>
         <v>45.785714285714285</v>
       </c>
       <c r="M65" s="22">
         <f t="shared" si="1"/>
         <v>54.214285714285715</v>
       </c>
       <c r="N65" s="21">
         <v>232</v>
       </c>
       <c r="O65" s="21">
         <v>363</v>
       </c>
       <c r="P65" s="21">
         <v>225</v>
       </c>
       <c r="Q65" s="21">
@@ -34977,51 +34978,51 @@
       <c r="BD65" s="23">
         <v>0</v>
       </c>
       <c r="BE65" s="23">
         <v>25</v>
       </c>
       <c r="BF65" s="23">
         <v>5</v>
       </c>
       <c r="BG65" s="23">
         <v>42</v>
       </c>
       <c r="BH65" s="23">
         <v>328</v>
       </c>
       <c r="BI65" s="23">
         <v>282</v>
       </c>
       <c r="BJ65" s="19">
         <v>7</v>
       </c>
       <c r="BK65" s="19">
         <v>1590</v>
       </c>
       <c r="BL65" s="28" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="BM65" s="29">
         <v>0</v>
       </c>
       <c r="BN65" s="30">
         <v>0</v>
       </c>
       <c r="BO65" s="30">
         <v>1.674169425945906E-2</v>
       </c>
       <c r="BP65" s="30">
         <v>1.0653711753174805E-2</v>
       </c>
       <c r="BQ65" s="30">
         <v>0</v>
       </c>
       <c r="BR65" s="30">
         <v>0</v>
       </c>
       <c r="BS65" s="30">
         <v>9.1934297621966161E-3</v>
       </c>
       <c r="BT65" s="30">
         <v>0</v>
       </c>
@@ -35245,51 +35246,51 @@
       <c r="A66" s="15">
         <v>62</v>
       </c>
       <c r="B66" s="20" t="s">
         <v>105</v>
       </c>
       <c r="C66" s="21">
         <v>11645</v>
       </c>
       <c r="D66" s="21">
         <v>1532</v>
       </c>
       <c r="E66" s="21">
         <v>6377</v>
       </c>
       <c r="F66" s="21">
         <v>3748</v>
       </c>
       <c r="G66" s="21">
         <v>5954</v>
       </c>
       <c r="H66" s="21">
         <v>5689</v>
       </c>
       <c r="I66" s="21">
-        <v>2.5</v>
+        <v>2.8</v>
       </c>
       <c r="J66" s="21">
         <v>6137</v>
       </c>
       <c r="K66" s="21">
         <v>4570</v>
       </c>
       <c r="L66" s="22">
         <f t="shared" si="0"/>
         <v>57.317642663677972</v>
       </c>
       <c r="M66" s="22">
         <f t="shared" si="1"/>
         <v>42.682357336322028</v>
       </c>
       <c r="N66" s="21">
         <v>2459</v>
       </c>
       <c r="O66" s="21">
         <v>1838</v>
       </c>
       <c r="P66" s="21">
         <v>1509</v>
       </c>
       <c r="Q66" s="21">
@@ -35412,51 +35413,51 @@
       <c r="BD66" s="23">
         <v>54</v>
       </c>
       <c r="BE66" s="23">
         <v>44</v>
       </c>
       <c r="BF66" s="23">
         <v>72</v>
       </c>
       <c r="BG66" s="23">
         <v>609</v>
       </c>
       <c r="BH66" s="23">
         <v>2035</v>
       </c>
       <c r="BI66" s="23">
         <v>1265</v>
       </c>
       <c r="BJ66" s="19">
         <v>121</v>
       </c>
       <c r="BK66" s="19">
         <v>11645</v>
       </c>
       <c r="BL66" s="28" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="BM66" s="29">
         <v>0</v>
       </c>
       <c r="BN66" s="30">
         <v>0</v>
       </c>
       <c r="BO66" s="30">
         <v>1.1161129506306038E-2</v>
       </c>
       <c r="BP66" s="30">
         <v>2.9830392908889454E-2</v>
       </c>
       <c r="BQ66" s="30">
         <v>6.5829225632055968</v>
       </c>
       <c r="BR66" s="30">
         <v>1.7590645674137133</v>
       </c>
       <c r="BS66" s="30">
         <v>4.2902672223584216E-2</v>
       </c>
       <c r="BT66" s="30">
         <v>0</v>
       </c>
@@ -35680,51 +35681,51 @@
       <c r="A67" s="15">
         <v>63</v>
       </c>
       <c r="B67" s="20" t="s">
         <v>106</v>
       </c>
       <c r="C67" s="21">
         <v>7685</v>
       </c>
       <c r="D67" s="21">
         <v>1031</v>
       </c>
       <c r="E67" s="21">
         <v>4230</v>
       </c>
       <c r="F67" s="21">
         <v>2434</v>
       </c>
       <c r="G67" s="21">
         <v>3819</v>
       </c>
       <c r="H67" s="21">
         <v>3864</v>
       </c>
       <c r="I67" s="21">
-        <v>2.4</v>
+        <v>2.1</v>
       </c>
       <c r="J67" s="21">
         <v>4386</v>
       </c>
       <c r="K67" s="21">
         <v>2743</v>
       </c>
       <c r="L67" s="22">
         <f t="shared" si="0"/>
         <v>61.523355309300044</v>
       </c>
       <c r="M67" s="22">
         <f t="shared" si="1"/>
         <v>38.476644690699956</v>
       </c>
       <c r="N67" s="21">
         <v>1613</v>
       </c>
       <c r="O67" s="21">
         <v>1344</v>
       </c>
       <c r="P67" s="21">
         <v>932</v>
       </c>
       <c r="Q67" s="21">
@@ -35847,51 +35848,51 @@
       <c r="BD67" s="23">
         <v>17</v>
       </c>
       <c r="BE67" s="23">
         <v>40</v>
       </c>
       <c r="BF67" s="23">
         <v>44</v>
       </c>
       <c r="BG67" s="23">
         <v>465</v>
       </c>
       <c r="BH67" s="23">
         <v>1138</v>
       </c>
       <c r="BI67" s="23">
         <v>686</v>
       </c>
       <c r="BJ67" s="19">
         <v>70</v>
       </c>
       <c r="BK67" s="19">
         <v>7685</v>
       </c>
       <c r="BL67" s="28" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="BM67" s="29">
         <v>0</v>
       </c>
       <c r="BN67" s="30">
         <v>0.88631984585741819</v>
       </c>
       <c r="BO67" s="30">
         <v>2.4182447263663084E-2</v>
       </c>
       <c r="BP67" s="30">
         <v>0</v>
       </c>
       <c r="BQ67" s="30">
         <v>0</v>
       </c>
       <c r="BR67" s="30">
         <v>0</v>
       </c>
       <c r="BS67" s="30">
         <v>0</v>
       </c>
       <c r="BT67" s="30">
         <v>0</v>
       </c>
@@ -36115,51 +36116,51 @@
       <c r="A68" s="15">
         <v>64</v>
       </c>
       <c r="B68" s="20" t="s">
         <v>62</v>
       </c>
       <c r="C68" s="21">
         <v>60787</v>
       </c>
       <c r="D68" s="21">
         <v>10888</v>
       </c>
       <c r="E68" s="21">
         <v>39392</v>
       </c>
       <c r="F68" s="21">
         <v>10512</v>
       </c>
       <c r="G68" s="21">
         <v>26375</v>
       </c>
       <c r="H68" s="21">
         <v>34409</v>
       </c>
       <c r="I68" s="21">
-        <v>2.1</v>
+        <v>3.4</v>
       </c>
       <c r="J68" s="21">
         <v>31335</v>
       </c>
       <c r="K68" s="21">
         <v>24801</v>
       </c>
       <c r="L68" s="22">
         <f t="shared" si="0"/>
         <v>55.81979478409577</v>
       </c>
       <c r="M68" s="22">
         <f t="shared" si="1"/>
         <v>44.18020521590423</v>
       </c>
       <c r="N68" s="21">
         <v>9362</v>
       </c>
       <c r="O68" s="21">
         <v>17464</v>
       </c>
       <c r="P68" s="21">
         <v>5707</v>
       </c>
       <c r="Q68" s="21">
@@ -36282,51 +36283,51 @@
       <c r="BD68" s="23">
         <v>166</v>
       </c>
       <c r="BE68" s="23">
         <v>564</v>
       </c>
       <c r="BF68" s="23">
         <v>243</v>
       </c>
       <c r="BG68" s="23">
         <v>2392</v>
       </c>
       <c r="BH68" s="23">
         <v>17155</v>
       </c>
       <c r="BI68" s="23">
         <v>9295</v>
       </c>
       <c r="BJ68" s="19">
         <v>223</v>
       </c>
       <c r="BK68" s="19">
         <v>60787</v>
       </c>
       <c r="BL68" s="28" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="BM68" s="29">
         <v>0</v>
       </c>
       <c r="BN68" s="30">
         <v>0</v>
       </c>
       <c r="BO68" s="30">
         <v>5.2085271029428178E-2</v>
       </c>
       <c r="BP68" s="30">
         <v>0.66479161339810788</v>
       </c>
       <c r="BQ68" s="30">
         <v>0.19875973922722215</v>
       </c>
       <c r="BR68" s="30">
         <v>0.1487255756705472</v>
       </c>
       <c r="BS68" s="30">
         <v>2.2340034322137781</v>
       </c>
       <c r="BT68" s="30">
         <v>0.1519756838905775</v>
       </c>
@@ -36550,51 +36551,51 @@
       <c r="A69" s="15">
         <v>65</v>
       </c>
       <c r="B69" s="20" t="s">
         <v>107</v>
       </c>
       <c r="C69" s="21">
         <v>4045</v>
       </c>
       <c r="D69" s="21">
         <v>519</v>
       </c>
       <c r="E69" s="21">
         <v>2058</v>
       </c>
       <c r="F69" s="21">
         <v>1482</v>
       </c>
       <c r="G69" s="21">
         <v>2074</v>
       </c>
       <c r="H69" s="21">
         <v>1973</v>
       </c>
       <c r="I69" s="21">
-        <v>2.8</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="J69" s="21">
         <v>2271</v>
       </c>
       <c r="K69" s="21">
         <v>1474</v>
       </c>
       <c r="L69" s="22">
         <f t="shared" si="0"/>
         <v>60.640854472630181</v>
       </c>
       <c r="M69" s="22">
         <f t="shared" si="1"/>
         <v>39.359145527369826</v>
       </c>
       <c r="N69" s="21">
         <v>979</v>
       </c>
       <c r="O69" s="21">
         <v>475</v>
       </c>
       <c r="P69" s="21">
         <v>546</v>
       </c>
       <c r="Q69" s="21">
@@ -36717,51 +36718,51 @@
       <c r="BD69" s="23">
         <v>13</v>
       </c>
       <c r="BE69" s="23">
         <v>26</v>
       </c>
       <c r="BF69" s="23">
         <v>36</v>
       </c>
       <c r="BG69" s="23">
         <v>262</v>
       </c>
       <c r="BH69" s="23">
         <v>737</v>
       </c>
       <c r="BI69" s="23">
         <v>388</v>
       </c>
       <c r="BJ69" s="19">
         <v>37</v>
       </c>
       <c r="BK69" s="19">
         <v>4045</v>
       </c>
       <c r="BL69" s="28" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="BM69" s="29">
         <v>0</v>
       </c>
       <c r="BN69" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO69" s="30">
         <v>0</v>
       </c>
       <c r="BP69" s="30">
         <v>1.2784454103809769E-2</v>
       </c>
       <c r="BQ69" s="30">
         <v>0</v>
       </c>
       <c r="BR69" s="30">
         <v>0</v>
       </c>
       <c r="BS69" s="30">
         <v>9.1934297621966161E-3</v>
       </c>
       <c r="BT69" s="30">
         <v>2.7693346842283013</v>
       </c>
@@ -36985,51 +36986,51 @@
       <c r="A70" s="15">
         <v>66</v>
       </c>
       <c r="B70" s="20" t="s">
         <v>108</v>
       </c>
       <c r="C70" s="21">
         <v>11779</v>
       </c>
       <c r="D70" s="21">
         <v>2172</v>
       </c>
       <c r="E70" s="21">
         <v>6955</v>
       </c>
       <c r="F70" s="21">
         <v>2663</v>
       </c>
       <c r="G70" s="21">
         <v>5611</v>
       </c>
       <c r="H70" s="21">
         <v>6167</v>
       </c>
       <c r="I70" s="21">
-        <v>1.2</v>
+        <v>1.6</v>
       </c>
       <c r="J70" s="21">
         <v>5425</v>
       </c>
       <c r="K70" s="21">
         <v>5364</v>
       </c>
       <c r="L70" s="22">
         <f t="shared" ref="L70:L85" si="2">J70/SUM(J70:K70)*100</f>
         <v>50.282695337844096</v>
       </c>
       <c r="M70" s="22">
         <f t="shared" ref="M70:M85" si="3">K70/SUM(J70:K70)*100</f>
         <v>49.717304662155897</v>
       </c>
       <c r="N70" s="21">
         <v>1973</v>
       </c>
       <c r="O70" s="21">
         <v>2273</v>
       </c>
       <c r="P70" s="21">
         <v>1716</v>
       </c>
       <c r="Q70" s="21">
@@ -37152,51 +37153,51 @@
       <c r="BD70" s="23">
         <v>21</v>
       </c>
       <c r="BE70" s="23">
         <v>85</v>
       </c>
       <c r="BF70" s="23">
         <v>54</v>
       </c>
       <c r="BG70" s="23">
         <v>416</v>
       </c>
       <c r="BH70" s="23">
         <v>2676</v>
       </c>
       <c r="BI70" s="23">
         <v>1498</v>
       </c>
       <c r="BJ70" s="19">
         <v>65</v>
       </c>
       <c r="BK70" s="19">
         <v>11779</v>
       </c>
       <c r="BL70" s="28" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="BM70" s="29">
         <v>0</v>
       </c>
       <c r="BN70" s="30">
         <v>0.17341040462427745</v>
       </c>
       <c r="BO70" s="30">
         <v>0.18601882510510065</v>
       </c>
       <c r="BP70" s="30">
         <v>5.7530043467143951E-2</v>
       </c>
       <c r="BQ70" s="30">
         <v>6.3603116552711086E-2</v>
       </c>
       <c r="BR70" s="30">
         <v>0</v>
       </c>
       <c r="BS70" s="30">
         <v>9.1934297621966171E-2</v>
       </c>
       <c r="BT70" s="30">
         <v>0</v>
       </c>
@@ -37420,51 +37421,51 @@
       <c r="A71" s="15">
         <v>67</v>
       </c>
       <c r="B71" s="20" t="s">
         <v>72</v>
       </c>
       <c r="C71" s="21">
         <v>10132</v>
       </c>
       <c r="D71" s="21">
         <v>1429</v>
       </c>
       <c r="E71" s="21">
         <v>6115</v>
       </c>
       <c r="F71" s="21">
         <v>2594</v>
       </c>
       <c r="G71" s="21">
         <v>5336</v>
       </c>
       <c r="H71" s="21">
         <v>4792</v>
       </c>
       <c r="I71" s="21">
-        <v>3.2</v>
+        <v>2.2000000000000002</v>
       </c>
       <c r="J71" s="21">
         <v>6089</v>
       </c>
       <c r="K71" s="21">
         <v>3295</v>
       </c>
       <c r="L71" s="22">
         <f t="shared" si="2"/>
         <v>64.887041773231033</v>
       </c>
       <c r="M71" s="22">
         <f t="shared" si="3"/>
         <v>35.112958226768967</v>
       </c>
       <c r="N71" s="21">
         <v>1787</v>
       </c>
       <c r="O71" s="21">
         <v>1529</v>
       </c>
       <c r="P71" s="21">
         <v>1230</v>
       </c>
       <c r="Q71" s="21">
@@ -37587,51 +37588,51 @@
       <c r="BD71" s="23">
         <v>22</v>
       </c>
       <c r="BE71" s="23">
         <v>67</v>
       </c>
       <c r="BF71" s="23">
         <v>48</v>
       </c>
       <c r="BG71" s="23">
         <v>508</v>
       </c>
       <c r="BH71" s="23">
         <v>859</v>
       </c>
       <c r="BI71" s="23">
         <v>739</v>
       </c>
       <c r="BJ71" s="19">
         <v>108</v>
       </c>
       <c r="BK71" s="19">
         <v>10132</v>
       </c>
       <c r="BL71" s="28" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="BM71" s="29">
         <v>0</v>
       </c>
       <c r="BN71" s="30">
         <v>0</v>
       </c>
       <c r="BO71" s="30">
         <v>0</v>
       </c>
       <c r="BP71" s="30">
         <v>2.130742350634961E-2</v>
       </c>
       <c r="BQ71" s="30">
         <v>0</v>
       </c>
       <c r="BR71" s="30">
         <v>0</v>
       </c>
       <c r="BS71" s="30">
         <v>0</v>
       </c>
       <c r="BT71" s="30">
         <v>0</v>
       </c>
@@ -37855,51 +37856,51 @@
       <c r="A72" s="15">
         <v>68</v>
       </c>
       <c r="B72" s="20" t="s">
         <v>109</v>
       </c>
       <c r="C72" s="21">
         <v>2256</v>
       </c>
       <c r="D72" s="21">
         <v>223</v>
       </c>
       <c r="E72" s="21">
         <v>1115</v>
       </c>
       <c r="F72" s="21">
         <v>923</v>
       </c>
       <c r="G72" s="21">
         <v>1141</v>
       </c>
       <c r="H72" s="21">
         <v>1120</v>
       </c>
       <c r="I72" s="21">
-        <v>2.8</v>
+        <v>3.5</v>
       </c>
       <c r="J72" s="21">
         <v>1254</v>
       </c>
       <c r="K72" s="21">
         <v>826</v>
       </c>
       <c r="L72" s="22">
         <f t="shared" si="2"/>
         <v>60.288461538461533</v>
       </c>
       <c r="M72" s="22">
         <f t="shared" si="3"/>
         <v>39.71153846153846</v>
       </c>
       <c r="N72" s="21">
         <v>687</v>
       </c>
       <c r="O72" s="21">
         <v>339</v>
       </c>
       <c r="P72" s="21">
         <v>211</v>
       </c>
       <c r="Q72" s="21">
@@ -38022,51 +38023,51 @@
       <c r="BD72" s="23">
         <v>32</v>
       </c>
       <c r="BE72" s="23">
         <v>13</v>
       </c>
       <c r="BF72" s="23">
         <v>22</v>
       </c>
       <c r="BG72" s="23">
         <v>196</v>
       </c>
       <c r="BH72" s="23">
         <v>446</v>
       </c>
       <c r="BI72" s="23">
         <v>239</v>
       </c>
       <c r="BJ72" s="19">
         <v>20</v>
       </c>
       <c r="BK72" s="19">
         <v>2256</v>
       </c>
       <c r="BL72" s="28" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="BM72" s="29">
         <v>0.13592233009708737</v>
       </c>
       <c r="BN72" s="30">
         <v>0</v>
       </c>
       <c r="BO72" s="30">
         <v>0</v>
       </c>
       <c r="BP72" s="30">
         <v>0</v>
       </c>
       <c r="BQ72" s="30">
         <v>0</v>
       </c>
       <c r="BR72" s="30">
         <v>0</v>
       </c>
       <c r="BS72" s="30">
         <v>0</v>
       </c>
       <c r="BT72" s="30">
         <v>0</v>
       </c>
@@ -38290,51 +38291,51 @@
       <c r="A73" s="15">
         <v>69</v>
       </c>
       <c r="B73" s="20" t="s">
         <v>73</v>
       </c>
       <c r="C73" s="21">
         <v>13560</v>
       </c>
       <c r="D73" s="21">
         <v>1989</v>
       </c>
       <c r="E73" s="21">
         <v>7826</v>
       </c>
       <c r="F73" s="21">
         <v>3739</v>
       </c>
       <c r="G73" s="21">
         <v>6298</v>
       </c>
       <c r="H73" s="21">
         <v>7258</v>
       </c>
       <c r="I73" s="21">
-        <v>2.9</v>
+        <v>4.9000000000000004</v>
       </c>
       <c r="J73" s="21">
         <v>7411</v>
       </c>
       <c r="K73" s="21">
         <v>5128</v>
       </c>
       <c r="L73" s="22">
         <f t="shared" si="2"/>
         <v>59.103596778052477</v>
       </c>
       <c r="M73" s="22">
         <f t="shared" si="3"/>
         <v>40.896403221947523</v>
       </c>
       <c r="N73" s="21">
         <v>1949</v>
       </c>
       <c r="O73" s="21">
         <v>2815</v>
       </c>
       <c r="P73" s="21">
         <v>1758</v>
       </c>
       <c r="Q73" s="21">
@@ -38457,51 +38458,51 @@
       <c r="BD73" s="23">
         <v>34</v>
       </c>
       <c r="BE73" s="23">
         <v>166</v>
       </c>
       <c r="BF73" s="23">
         <v>63</v>
       </c>
       <c r="BG73" s="23">
         <v>538</v>
       </c>
       <c r="BH73" s="23">
         <v>1591</v>
       </c>
       <c r="BI73" s="23">
         <v>1541</v>
       </c>
       <c r="BJ73" s="19">
         <v>104</v>
       </c>
       <c r="BK73" s="19">
         <v>13560</v>
       </c>
       <c r="BL73" s="28" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="BM73" s="29">
         <v>4.4466019417475726</v>
       </c>
       <c r="BN73" s="30">
         <v>0</v>
       </c>
       <c r="BO73" s="30">
         <v>7.4407530042040256E-3</v>
       </c>
       <c r="BP73" s="30">
         <v>1.917668115571465E-2</v>
       </c>
       <c r="BQ73" s="30">
         <v>0</v>
       </c>
       <c r="BR73" s="30">
         <v>0</v>
       </c>
       <c r="BS73" s="30">
         <v>0</v>
       </c>
       <c r="BT73" s="30">
         <v>11.685241472475514</v>
       </c>
@@ -38725,51 +38726,51 @@
       <c r="A74" s="15">
         <v>70</v>
       </c>
       <c r="B74" s="20" t="s">
         <v>63</v>
       </c>
       <c r="C74" s="21">
         <v>17487</v>
       </c>
       <c r="D74" s="21">
         <v>2931</v>
       </c>
       <c r="E74" s="21">
         <v>10639</v>
       </c>
       <c r="F74" s="21">
         <v>3911</v>
       </c>
       <c r="G74" s="21">
         <v>7891</v>
       </c>
       <c r="H74" s="21">
         <v>9607</v>
       </c>
       <c r="I74" s="21">
-        <v>2</v>
+        <v>1.6</v>
       </c>
       <c r="J74" s="21">
         <v>9263</v>
       </c>
       <c r="K74" s="21">
         <v>6925</v>
       </c>
       <c r="L74" s="22">
         <f t="shared" si="2"/>
         <v>57.221398566839632</v>
       </c>
       <c r="M74" s="22">
         <f t="shared" si="3"/>
         <v>42.778601433160368</v>
       </c>
       <c r="N74" s="21">
         <v>1723</v>
       </c>
       <c r="O74" s="21">
         <v>3742</v>
       </c>
       <c r="P74" s="21">
         <v>2239</v>
       </c>
       <c r="Q74" s="21">
@@ -38892,51 +38893,51 @@
       <c r="BD74" s="23">
         <v>25</v>
       </c>
       <c r="BE74" s="23">
         <v>147</v>
       </c>
       <c r="BF74" s="23">
         <v>56</v>
       </c>
       <c r="BG74" s="23">
         <v>625</v>
       </c>
       <c r="BH74" s="23">
         <v>1519</v>
       </c>
       <c r="BI74" s="23">
         <v>2021</v>
       </c>
       <c r="BJ74" s="19">
         <v>100</v>
       </c>
       <c r="BK74" s="19">
         <v>17487</v>
       </c>
       <c r="BL74" s="28" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="BM74" s="29">
         <v>0</v>
       </c>
       <c r="BN74" s="30">
         <v>0.17341040462427745</v>
       </c>
       <c r="BO74" s="30">
         <v>4.464451802522415E-2</v>
       </c>
       <c r="BP74" s="30">
         <v>6.3922270519048844E-3</v>
       </c>
       <c r="BQ74" s="30">
         <v>0</v>
       </c>
       <c r="BR74" s="30">
         <v>0</v>
       </c>
       <c r="BS74" s="30">
         <v>0</v>
       </c>
       <c r="BT74" s="30">
         <v>0</v>
       </c>
@@ -39160,51 +39161,51 @@
       <c r="A75" s="15">
         <v>71</v>
       </c>
       <c r="B75" s="20" t="s">
         <v>110</v>
       </c>
       <c r="C75" s="21">
         <v>17756</v>
       </c>
       <c r="D75" s="21">
         <v>2579</v>
       </c>
       <c r="E75" s="21">
         <v>10454</v>
       </c>
       <c r="F75" s="21">
         <v>4724</v>
       </c>
       <c r="G75" s="21">
         <v>9052</v>
       </c>
       <c r="H75" s="21">
         <v>8701</v>
       </c>
       <c r="I75" s="21">
-        <v>3.6</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="J75" s="21">
         <v>10250</v>
       </c>
       <c r="K75" s="21">
         <v>6113</v>
       </c>
       <c r="L75" s="22">
         <f t="shared" si="2"/>
         <v>62.641324940414343</v>
       </c>
       <c r="M75" s="22">
         <f t="shared" si="3"/>
         <v>37.35867505958565</v>
       </c>
       <c r="N75" s="21">
         <v>3017</v>
       </c>
       <c r="O75" s="21">
         <v>3052</v>
       </c>
       <c r="P75" s="21">
         <v>2583</v>
       </c>
       <c r="Q75" s="21">
@@ -39327,51 +39328,51 @@
       <c r="BD75" s="23">
         <v>78</v>
       </c>
       <c r="BE75" s="23">
         <v>159</v>
       </c>
       <c r="BF75" s="23">
         <v>142</v>
       </c>
       <c r="BG75" s="23">
         <v>919</v>
       </c>
       <c r="BH75" s="23">
         <v>2063</v>
       </c>
       <c r="BI75" s="23">
         <v>1963</v>
       </c>
       <c r="BJ75" s="19">
         <v>151</v>
       </c>
       <c r="BK75" s="19">
         <v>17756</v>
       </c>
       <c r="BL75" s="28" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="BM75" s="29">
         <v>0</v>
       </c>
       <c r="BN75" s="30">
         <v>0</v>
       </c>
       <c r="BO75" s="30">
         <v>2.046207076156107E-2</v>
       </c>
       <c r="BP75" s="30">
         <v>1.917668115571465E-2</v>
       </c>
       <c r="BQ75" s="30">
         <v>0.11925584353633328</v>
       </c>
       <c r="BR75" s="30">
         <v>0.22052412944253552</v>
       </c>
       <c r="BS75" s="30">
         <v>3.0644765873988723E-2</v>
       </c>
       <c r="BT75" s="30">
         <v>0</v>
       </c>
@@ -39595,51 +39596,51 @@
       <c r="A76" s="15">
         <v>72</v>
       </c>
       <c r="B76" s="20" t="s">
         <v>111</v>
       </c>
       <c r="C76" s="21">
         <v>1754</v>
       </c>
       <c r="D76" s="21">
         <v>166</v>
       </c>
       <c r="E76" s="21">
         <v>887</v>
       </c>
       <c r="F76" s="21">
         <v>701</v>
       </c>
       <c r="G76" s="21">
         <v>1018</v>
       </c>
       <c r="H76" s="21">
         <v>733</v>
       </c>
       <c r="I76" s="21">
-        <v>2.7</v>
+        <v>2.5</v>
       </c>
       <c r="J76" s="21">
         <v>1115</v>
       </c>
       <c r="K76" s="21">
         <v>526</v>
       </c>
       <c r="L76" s="22">
         <f t="shared" si="2"/>
         <v>67.946374162096276</v>
       </c>
       <c r="M76" s="22">
         <f t="shared" si="3"/>
         <v>32.053625837903716</v>
       </c>
       <c r="N76" s="21">
         <v>767</v>
       </c>
       <c r="O76" s="21">
         <v>194</v>
       </c>
       <c r="P76" s="21">
         <v>137</v>
       </c>
       <c r="Q76" s="21">
@@ -39762,51 +39763,51 @@
       <c r="BD76" s="23">
         <v>8</v>
       </c>
       <c r="BE76" s="23">
         <v>13</v>
       </c>
       <c r="BF76" s="23">
         <v>39</v>
       </c>
       <c r="BG76" s="23">
         <v>173</v>
       </c>
       <c r="BH76" s="23">
         <v>388</v>
       </c>
       <c r="BI76" s="23">
         <v>124</v>
       </c>
       <c r="BJ76" s="19">
         <v>19</v>
       </c>
       <c r="BK76" s="19">
         <v>1754</v>
       </c>
       <c r="BL76" s="28" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="BM76" s="29">
         <v>0</v>
       </c>
       <c r="BN76" s="30">
         <v>0</v>
       </c>
       <c r="BO76" s="30">
         <v>0</v>
       </c>
       <c r="BP76" s="30">
         <v>0</v>
       </c>
       <c r="BQ76" s="30">
         <v>0</v>
       </c>
       <c r="BR76" s="30">
         <v>0</v>
       </c>
       <c r="BS76" s="30">
         <v>0</v>
       </c>
       <c r="BT76" s="30">
         <v>0</v>
       </c>
@@ -40197,51 +40198,51 @@
       <c r="BD77" s="23">
         <v>140</v>
       </c>
       <c r="BE77" s="23">
         <v>275</v>
       </c>
       <c r="BF77" s="23">
         <v>267</v>
       </c>
       <c r="BG77" s="23">
         <v>1589</v>
       </c>
       <c r="BH77" s="23">
         <v>21684</v>
       </c>
       <c r="BI77" s="23">
         <v>9080</v>
       </c>
       <c r="BJ77" s="19">
         <v>273</v>
       </c>
       <c r="BK77" s="19">
         <v>74657</v>
       </c>
       <c r="BL77" s="28" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="BM77" s="29">
         <v>7.7669902912621366E-2</v>
       </c>
       <c r="BN77" s="30">
         <v>0</v>
       </c>
       <c r="BO77" s="30">
         <v>6.1386212284683203E-2</v>
       </c>
       <c r="BP77" s="30">
         <v>2.2990709963351232</v>
       </c>
       <c r="BQ77" s="30">
         <v>0.18285896008904434</v>
       </c>
       <c r="BR77" s="30">
         <v>0.17436791630340018</v>
       </c>
       <c r="BS77" s="30">
         <v>0.98369698455503807</v>
       </c>
       <c r="BT77" s="30">
         <v>0</v>
       </c>
@@ -40632,51 +40633,51 @@
       <c r="BD78" s="23">
         <v>112</v>
       </c>
       <c r="BE78" s="23">
         <v>200</v>
       </c>
       <c r="BF78" s="23">
         <v>302</v>
       </c>
       <c r="BG78" s="23">
         <v>656</v>
       </c>
       <c r="BH78" s="23">
         <v>9771</v>
       </c>
       <c r="BI78" s="23">
         <v>7651</v>
       </c>
       <c r="BJ78" s="19">
         <v>306</v>
       </c>
       <c r="BK78" s="19">
         <v>69926</v>
       </c>
       <c r="BL78" s="28" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="BM78" s="29">
         <v>5.8252427184466021E-2</v>
       </c>
       <c r="BN78" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO78" s="30">
         <v>3.9063953272071135E-2</v>
       </c>
       <c r="BP78" s="30">
         <v>14.491178726668371</v>
       </c>
       <c r="BQ78" s="30">
         <v>2.3851168707266657E-2</v>
       </c>
       <c r="BR78" s="30">
         <v>6.1541617518847118E-2</v>
       </c>
       <c r="BS78" s="30">
         <v>0.44434910517283643</v>
       </c>
       <c r="BT78" s="30">
         <v>0.1182033096926714</v>
       </c>
@@ -40900,51 +40901,51 @@
       <c r="A79" s="15">
         <v>75</v>
       </c>
       <c r="B79" s="20" t="s">
         <v>74</v>
       </c>
       <c r="C79" s="21">
         <v>21166</v>
       </c>
       <c r="D79" s="21">
         <v>3541</v>
       </c>
       <c r="E79" s="21">
         <v>13250</v>
       </c>
       <c r="F79" s="21">
         <v>4355</v>
       </c>
       <c r="G79" s="21">
         <v>11367</v>
       </c>
       <c r="H79" s="21">
         <v>9800</v>
       </c>
       <c r="I79" s="21">
-        <v>3.4</v>
+        <v>5.5</v>
       </c>
       <c r="J79" s="21">
         <v>13257</v>
       </c>
       <c r="K79" s="21">
         <v>6554</v>
       </c>
       <c r="L79" s="22">
         <f t="shared" si="2"/>
         <v>66.917369138357472</v>
       </c>
       <c r="M79" s="22">
         <f t="shared" si="3"/>
         <v>33.082630861642521</v>
       </c>
       <c r="N79" s="21">
         <v>2381</v>
       </c>
       <c r="O79" s="21">
         <v>3849</v>
       </c>
       <c r="P79" s="21">
         <v>3418</v>
       </c>
       <c r="Q79" s="21">
@@ -41067,51 +41068,51 @@
       <c r="BD79" s="23">
         <v>69</v>
       </c>
       <c r="BE79" s="23">
         <v>132</v>
       </c>
       <c r="BF79" s="23">
         <v>86</v>
       </c>
       <c r="BG79" s="23">
         <v>678</v>
       </c>
       <c r="BH79" s="23">
         <v>1891</v>
       </c>
       <c r="BI79" s="23">
         <v>1982</v>
       </c>
       <c r="BJ79" s="19">
         <v>107</v>
       </c>
       <c r="BK79" s="19">
         <v>21166</v>
       </c>
       <c r="BL79" s="28" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="BM79" s="29">
         <v>1.145631067961165</v>
       </c>
       <c r="BN79" s="30">
         <v>0</v>
       </c>
       <c r="BO79" s="30">
         <v>7.4407530042040256E-3</v>
       </c>
       <c r="BP79" s="30">
         <v>3.6222619960794337E-2</v>
       </c>
       <c r="BQ79" s="30">
         <v>0</v>
       </c>
       <c r="BR79" s="30">
         <v>0</v>
       </c>
       <c r="BS79" s="30">
         <v>0</v>
       </c>
       <c r="BT79" s="30">
         <v>0.50658561296859173</v>
       </c>
@@ -41335,51 +41336,51 @@
       <c r="A80" s="15">
         <v>76</v>
       </c>
       <c r="B80" s="20" t="s">
         <v>66</v>
       </c>
       <c r="C80" s="21">
         <v>87535</v>
       </c>
       <c r="D80" s="21">
         <v>13122</v>
       </c>
       <c r="E80" s="21">
         <v>61404</v>
       </c>
       <c r="F80" s="21">
         <v>13022</v>
       </c>
       <c r="G80" s="21">
         <v>48312</v>
       </c>
       <c r="H80" s="21">
         <v>39223</v>
       </c>
       <c r="I80" s="21">
-        <v>4.7</v>
+        <v>5</v>
       </c>
       <c r="J80" s="21">
         <v>51842</v>
       </c>
       <c r="K80" s="21">
         <v>29958</v>
       </c>
       <c r="L80" s="22">
         <f t="shared" si="2"/>
         <v>63.376528117359413</v>
       </c>
       <c r="M80" s="22">
         <f t="shared" si="3"/>
         <v>36.623471882640587</v>
       </c>
       <c r="N80" s="21">
         <v>9228</v>
       </c>
       <c r="O80" s="21">
         <v>15155</v>
       </c>
       <c r="P80" s="21">
         <v>9945</v>
       </c>
       <c r="Q80" s="21">
@@ -41502,51 +41503,51 @@
       <c r="BD80" s="23">
         <v>207</v>
       </c>
       <c r="BE80" s="23">
         <v>277</v>
       </c>
       <c r="BF80" s="23">
         <v>440</v>
       </c>
       <c r="BG80" s="23">
         <v>902</v>
       </c>
       <c r="BH80" s="23">
         <v>14211</v>
       </c>
       <c r="BI80" s="23">
         <v>9078</v>
       </c>
       <c r="BJ80" s="19">
         <v>393</v>
       </c>
       <c r="BK80" s="19">
         <v>87535</v>
       </c>
       <c r="BL80" s="28" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="BM80" s="29">
         <v>0</v>
       </c>
       <c r="BN80" s="30">
         <v>9.6339113680154145E-2</v>
       </c>
       <c r="BO80" s="30">
         <v>0.42784329774173152</v>
       </c>
       <c r="BP80" s="30">
         <v>0.73723685331969657</v>
       </c>
       <c r="BQ80" s="30">
         <v>0.11925584353633328</v>
       </c>
       <c r="BR80" s="30">
         <v>3.0770808759423559E-2</v>
       </c>
       <c r="BS80" s="30">
         <v>0.65273351311595984</v>
       </c>
       <c r="BT80" s="30">
         <v>5.0658561296859174E-2</v>
       </c>
@@ -41770,51 +41771,51 @@
       <c r="A81" s="15">
         <v>77</v>
       </c>
       <c r="B81" s="20" t="s">
         <v>67</v>
       </c>
       <c r="C81" s="21">
         <v>94588</v>
       </c>
       <c r="D81" s="21">
         <v>11053</v>
       </c>
       <c r="E81" s="21">
         <v>70695</v>
       </c>
       <c r="F81" s="21">
         <v>12842</v>
       </c>
       <c r="G81" s="21">
         <v>46031</v>
       </c>
       <c r="H81" s="21">
         <v>48562</v>
       </c>
       <c r="I81" s="21">
-        <v>3.4</v>
+        <v>5.8</v>
       </c>
       <c r="J81" s="21">
         <v>60094</v>
       </c>
       <c r="K81" s="21">
         <v>28655</v>
       </c>
       <c r="L81" s="22">
         <f t="shared" si="2"/>
         <v>67.712312251405649</v>
       </c>
       <c r="M81" s="22">
         <f t="shared" si="3"/>
         <v>32.287687748594351</v>
       </c>
       <c r="N81" s="21">
         <v>16838</v>
       </c>
       <c r="O81" s="21">
         <v>35248</v>
       </c>
       <c r="P81" s="21">
         <v>8659</v>
       </c>
       <c r="Q81" s="21">
@@ -41937,51 +41938,51 @@
       <c r="BD81" s="23">
         <v>297</v>
       </c>
       <c r="BE81" s="23">
         <v>2330</v>
       </c>
       <c r="BF81" s="23">
         <v>371</v>
       </c>
       <c r="BG81" s="23">
         <v>3633</v>
       </c>
       <c r="BH81" s="23">
         <v>36907</v>
       </c>
       <c r="BI81" s="23">
         <v>11137</v>
       </c>
       <c r="BJ81" s="19">
         <v>352</v>
       </c>
       <c r="BK81" s="19">
         <v>94588</v>
       </c>
       <c r="BL81" s="28" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="BM81" s="29">
         <v>0.11650485436893204</v>
       </c>
       <c r="BN81" s="30">
         <v>0</v>
       </c>
       <c r="BO81" s="30">
         <v>4.092414152312214E-2</v>
       </c>
       <c r="BP81" s="30">
         <v>1.8899684650132105</v>
       </c>
       <c r="BQ81" s="30">
         <v>8.745428525997774E-2</v>
       </c>
       <c r="BR81" s="30">
         <v>4.6156213139135344E-2</v>
       </c>
       <c r="BS81" s="30">
         <v>0.7385388575631282</v>
       </c>
       <c r="BT81" s="30">
         <v>8.4430935494765283E-2</v>
       </c>
@@ -42205,51 +42206,51 @@
       <c r="A82" s="15">
         <v>78</v>
       </c>
       <c r="B82" s="20" t="s">
         <v>112</v>
       </c>
       <c r="C82" s="21">
         <v>45331</v>
       </c>
       <c r="D82" s="21">
         <v>8204</v>
       </c>
       <c r="E82" s="21">
         <v>26580</v>
       </c>
       <c r="F82" s="21">
         <v>10547</v>
       </c>
       <c r="G82" s="21">
         <v>21847</v>
       </c>
       <c r="H82" s="21">
         <v>23483</v>
       </c>
       <c r="I82" s="21">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="J82" s="21">
         <v>22452</v>
       </c>
       <c r="K82" s="21">
         <v>19335</v>
       </c>
       <c r="L82" s="22">
         <f t="shared" si="2"/>
         <v>53.729628831933375</v>
       </c>
       <c r="M82" s="22">
         <f t="shared" si="3"/>
         <v>46.270371168066625</v>
       </c>
       <c r="N82" s="21">
         <v>5950</v>
       </c>
       <c r="O82" s="21">
         <v>7820</v>
       </c>
       <c r="P82" s="21">
         <v>7456</v>
       </c>
       <c r="Q82" s="21">
@@ -42372,51 +42373,51 @@
       <c r="BD82" s="23">
         <v>73</v>
       </c>
       <c r="BE82" s="23">
         <v>84</v>
       </c>
       <c r="BF82" s="23">
         <v>134</v>
       </c>
       <c r="BG82" s="23">
         <v>977</v>
       </c>
       <c r="BH82" s="23">
         <v>8639</v>
       </c>
       <c r="BI82" s="23">
         <v>6579</v>
       </c>
       <c r="BJ82" s="19">
         <v>194</v>
       </c>
       <c r="BK82" s="19">
         <v>45331</v>
       </c>
       <c r="BL82" s="28" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="BM82" s="29">
         <v>0.13592233009708737</v>
       </c>
       <c r="BN82" s="30">
         <v>5.7803468208092491E-2</v>
       </c>
       <c r="BO82" s="30">
         <v>2.9763012016816102E-2</v>
       </c>
       <c r="BP82" s="30">
         <v>1.1079860223301798</v>
       </c>
       <c r="BQ82" s="30">
         <v>0.31006519319446652</v>
       </c>
       <c r="BR82" s="30">
         <v>0.2974511513410944</v>
       </c>
       <c r="BS82" s="30">
         <v>0.39225300318705564</v>
       </c>
       <c r="BT82" s="30">
         <v>0.10131712259371835</v>
       </c>
@@ -42640,51 +42641,51 @@
       <c r="A83" s="15">
         <v>79</v>
       </c>
       <c r="B83" s="20" t="s">
         <v>113</v>
       </c>
       <c r="C83" s="21">
         <v>2576</v>
       </c>
       <c r="D83" s="21">
         <v>297</v>
       </c>
       <c r="E83" s="21">
         <v>1310</v>
       </c>
       <c r="F83" s="21">
         <v>950</v>
       </c>
       <c r="G83" s="21">
         <v>1403</v>
       </c>
       <c r="H83" s="21">
         <v>1169</v>
       </c>
       <c r="I83" s="21">
-        <v>4.5</v>
+        <v>3</v>
       </c>
       <c r="J83" s="21">
         <v>1467</v>
       </c>
       <c r="K83" s="21">
         <v>913</v>
       </c>
       <c r="L83" s="22">
         <f t="shared" si="2"/>
         <v>61.638655462184879</v>
       </c>
       <c r="M83" s="22">
         <f t="shared" si="3"/>
         <v>38.361344537815128</v>
       </c>
       <c r="N83" s="21">
         <v>716</v>
       </c>
       <c r="O83" s="21">
         <v>331</v>
       </c>
       <c r="P83" s="21">
         <v>264</v>
       </c>
       <c r="Q83" s="21">
@@ -42807,51 +42808,51 @@
       <c r="BD83" s="23">
         <v>8</v>
       </c>
       <c r="BE83" s="23">
         <v>15</v>
       </c>
       <c r="BF83" s="23">
         <v>29</v>
       </c>
       <c r="BG83" s="23">
         <v>217</v>
       </c>
       <c r="BH83" s="23">
         <v>346</v>
       </c>
       <c r="BI83" s="23">
         <v>225</v>
       </c>
       <c r="BJ83" s="19">
         <v>27</v>
       </c>
       <c r="BK83" s="19">
         <v>2576</v>
       </c>
       <c r="BL83" s="28" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="BM83" s="29">
         <v>0</v>
       </c>
       <c r="BN83" s="30">
         <v>0.15414258188824664</v>
       </c>
       <c r="BO83" s="30">
         <v>5.5805647531530188E-3</v>
       </c>
       <c r="BP83" s="30">
         <v>0</v>
       </c>
       <c r="BQ83" s="30">
         <v>0</v>
       </c>
       <c r="BR83" s="30">
         <v>0</v>
       </c>
       <c r="BS83" s="30">
         <v>0</v>
       </c>
       <c r="BT83" s="30">
         <v>0</v>
       </c>
@@ -43075,51 +43076,51 @@
       <c r="A84" s="15">
         <v>80</v>
       </c>
       <c r="B84" s="20" t="s">
         <v>1</v>
       </c>
       <c r="C84" s="21">
         <v>3023646</v>
       </c>
       <c r="D84" s="21">
         <v>416577</v>
       </c>
       <c r="E84" s="21">
         <v>2020263</v>
       </c>
       <c r="F84" s="21">
         <v>586796</v>
       </c>
       <c r="G84" s="21">
         <v>1538659</v>
       </c>
       <c r="H84" s="21">
         <v>1484985</v>
       </c>
       <c r="I84" s="21">
-        <v>3.7</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="J84" s="21">
         <v>1798336</v>
       </c>
       <c r="K84" s="21">
         <v>1023528</v>
       </c>
       <c r="L84" s="22">
         <f t="shared" si="2"/>
         <v>63.728655952235826</v>
       </c>
       <c r="M84" s="22">
         <f t="shared" si="3"/>
         <v>36.271344047764167</v>
       </c>
       <c r="N84" s="21">
         <v>431561</v>
       </c>
       <c r="O84" s="21">
         <v>772822</v>
       </c>
       <c r="P84" s="21">
         <v>352224</v>
       </c>
       <c r="Q84" s="21">
@@ -43352,51 +43353,51 @@
       </c>
       <c r="B85" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C85" s="21">
         <v>2357118</v>
       </c>
       <c r="D85" s="21">
         <v>315394</v>
       </c>
       <c r="E85" s="21">
         <v>1621078</v>
       </c>
       <c r="F85" s="21">
         <v>420646</v>
       </c>
       <c r="G85" s="15">
         <f t="shared" ref="G85:N85" si="4">SUM(G8,G11,G13:G14,G17:G18,G22,G24,G26,G30,G35,G37,G39:G40,G44,G46:G49,G53:G54,G56:G57,G61,G63,G68,G77:G78,G80:G82)</f>
         <v>1210835</v>
       </c>
       <c r="H85" s="15">
         <f t="shared" si="4"/>
         <v>1146248</v>
       </c>
       <c r="I85" s="15">
-        <v>3.9</v>
+        <v>4.5</v>
       </c>
       <c r="J85" s="15">
         <f t="shared" si="4"/>
         <v>1431940</v>
       </c>
       <c r="K85" s="15">
         <f t="shared" si="4"/>
         <v>773145</v>
       </c>
       <c r="L85" s="22">
         <f t="shared" si="2"/>
         <v>64.938086286923181</v>
       </c>
       <c r="M85" s="22">
         <f t="shared" si="3"/>
         <v>35.061913713076819</v>
       </c>
       <c r="N85" s="15">
         <f t="shared" si="4"/>
         <v>335156</v>
       </c>
       <c r="O85" s="15">
         <f t="shared" ref="O85:Y85" si="5">SUM(O8,O11,O13:O14,O17:O18,O22,O24,O26,O30,O35,O37,O39:O40,O44,O46:O49,O53:O54,O56:O57,O61,O63,O68,O77:O78,O80:O82)</f>
         <v>646674</v>
       </c>
@@ -43904,91 +43905,91 @@
     <col min="44" max="58" width="9.453125" style="32" customWidth="1"/>
     <col min="59" max="16384" width="9.08984375" style="32"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82" ht="32" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C1" s="110" t="str" cm="1">
         <f t="array" ref="C1">CONCATENATE("Employment within ",INDEX(Data!B5:B85,Infographic!G3))</f>
         <v>Employment within Greater Dandenong</v>
       </c>
       <c r="D1" s="111"/>
       <c r="E1" s="111"/>
       <c r="F1" s="111"/>
       <c r="G1" s="111"/>
       <c r="H1" s="111"/>
       <c r="I1" s="111"/>
       <c r="J1" s="111"/>
       <c r="K1" s="111"/>
       <c r="L1" s="111"/>
       <c r="M1" s="111"/>
       <c r="N1" s="111"/>
       <c r="O1" s="112"/>
     </row>
     <row r="2" spans="1:82" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="C2" s="80"/>
       <c r="D2" s="109" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="E2" s="109"/>
       <c r="F2" s="109"/>
       <c r="G2" s="109"/>
       <c r="H2" s="109"/>
       <c r="I2" s="109"/>
       <c r="J2" s="109"/>
       <c r="K2" s="109"/>
       <c r="L2" s="109"/>
       <c r="M2" s="109"/>
       <c r="N2" s="109"/>
       <c r="O2" s="81"/>
     </row>
     <row r="3" spans="1:82" ht="15" thickTop="1" x14ac:dyDescent="0.35">
       <c r="C3" s="80"/>
       <c r="G3" s="107">
         <v>26</v>
       </c>
       <c r="O3" s="81"/>
       <c r="R3" s="46"/>
       <c r="S3" s="47" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="T3" s="48"/>
       <c r="U3" s="48"/>
       <c r="X3" s="46"/>
       <c r="Y3" s="47" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="Z3" s="48"/>
       <c r="AA3" s="48"/>
       <c r="AD3" s="36" t="s">
         <v>117</v>
       </c>
       <c r="AE3" s="36" t="s">
         <v>118</v>
       </c>
       <c r="AH3" s="46"/>
       <c r="AI3" s="47" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="AJ3" s="53"/>
       <c r="AK3" s="48"/>
       <c r="AN3" s="36" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="4" spans="1:82" s="33" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="32"/>
       <c r="B4" s="32"/>
       <c r="C4" s="125" t="str" cm="1">
         <f t="array" ref="C4">CONCATENATE("Persons Employed within ",INDEX(Data!B5:B85,Infographic!G3))</f>
         <v>Persons Employed within Greater Dandenong</v>
       </c>
       <c r="D4" s="126"/>
       <c r="E4" s="126"/>
       <c r="F4" s="126"/>
       <c r="G4" s="126"/>
       <c r="H4" s="126"/>
       <c r="I4" s="126"/>
       <c r="J4" s="126"/>
       <c r="K4" s="126"/>
       <c r="L4" s="126"/>
       <c r="M4" s="126"/>
       <c r="N4" s="32"/>
@@ -44023,51 +44024,51 @@
       </c>
       <c r="AB4" s="42">
         <f>RANK(AA4,AA$4:AA$17)</f>
         <v>5</v>
       </c>
       <c r="AC4" s="42" t="str">
         <f>VLOOKUP(MATCH(W4,AB$4:AB$17,0),$W$4:$Z$17,3)</f>
         <v>Car, as driver</v>
       </c>
       <c r="AD4" s="42">
         <f>VLOOKUP(MATCH(W4,AB$4:AB$17,0),$W$4:$Z$17,4)</f>
         <v>79117</v>
       </c>
       <c r="AE4" s="51">
         <f>AD4/SUM(AD$4:AD$17)*100</f>
         <v>70.218242169818851</v>
       </c>
       <c r="AF4" s="35"/>
       <c r="AG4" s="49">
         <v>1</v>
       </c>
       <c r="AH4" s="36">
         <v>65</v>
       </c>
       <c r="AI4" s="39" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AJ4" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH4)</f>
         <v>0</v>
       </c>
       <c r="AK4" s="51">
         <f>AJ4+0.00001*AH4</f>
         <v>6.5000000000000008E-4</v>
       </c>
       <c r="AL4" s="42">
         <f>RANK(AK4,AK$4:AK$82)</f>
         <v>79</v>
       </c>
       <c r="AM4" s="42" t="str">
         <f>VLOOKUP(MATCH(AG4,AL$4:AL$82,0),$AG$4:$AJ$82,3)</f>
         <v xml:space="preserve">G. Dandenong </v>
       </c>
       <c r="AN4" s="51">
         <f>VLOOKUP(MATCH(AG4,AL$4:AL$82,0),$AG$4:$AJ$82,4)</f>
         <v>20.101495726495727</v>
       </c>
       <c r="AO4" s="35"/>
       <c r="AP4" s="35"/>
       <c r="AQ4" s="35"/>
       <c r="AR4" s="32"/>
@@ -44108,51 +44109,51 @@
       <c r="CA4" s="32"/>
       <c r="CB4" s="32"/>
       <c r="CC4" s="32"/>
       <c r="CD4" s="32"/>
     </row>
     <row r="5" spans="1:82" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C5" s="120" t="str" cm="1">
         <f t="array" ref="C5">CONCATENATE("Number of people employed within ",INDEX(Data!B5:B85,Infographic!G3))</f>
         <v>Number of people employed within Greater Dandenong</v>
       </c>
       <c r="D5" s="121"/>
       <c r="E5" s="121"/>
       <c r="F5" s="122">
         <f>T5</f>
         <v>113178</v>
       </c>
       <c r="G5" s="123"/>
       <c r="I5" s="108" t="s">
         <v>139</v>
       </c>
       <c r="J5" s="106" t="str">
         <f>CONCATENATE(ROUNDUP(U10,1),"%")</f>
         <v>38.3%</v>
       </c>
       <c r="L5" s="108" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="M5" s="106" t="str">
         <f>CONCATENATE(ROUNDUP(T16,1),"%")</f>
         <v>71.9%</v>
       </c>
       <c r="N5" s="34"/>
       <c r="O5" s="81"/>
       <c r="R5" s="36">
         <v>3</v>
       </c>
       <c r="S5" s="39" t="s">
         <v>0</v>
       </c>
       <c r="T5" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R5)</f>
         <v>113178</v>
       </c>
       <c r="U5" s="38"/>
       <c r="V5" s="38"/>
       <c r="W5" s="49">
         <v>2</v>
       </c>
       <c r="X5" s="36">
         <v>49</v>
       </c>
@@ -44168,88 +44169,88 @@
         <v>1132.0000199999999</v>
       </c>
       <c r="AB5" s="42">
         <f t="shared" ref="AB5:AB17" si="1">RANK(AA5,AA$4:AA$17)</f>
         <v>6</v>
       </c>
       <c r="AC5" s="42" t="str">
         <f t="shared" ref="AC5:AC17" si="2">VLOOKUP(MATCH(W5,AB$4:AB$17,0),$W$4:$Z$17,3)</f>
         <v>Worked at home</v>
       </c>
       <c r="AD5" s="42">
         <f t="shared" ref="AD5:AD17" si="3">VLOOKUP(MATCH(W5,AB$4:AB$17,0),$W$4:$Z$17,4)</f>
         <v>14647</v>
       </c>
       <c r="AE5" s="51">
         <f t="shared" ref="AE5:AE17" si="4">AD5/SUM(AD$4:AD$17)*100</f>
         <v>12.999565113203696</v>
       </c>
       <c r="AG5" s="49">
         <v>2</v>
       </c>
       <c r="AH5" s="36">
         <v>66</v>
       </c>
       <c r="AI5" s="39" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AJ5" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH5)</f>
         <v>0</v>
       </c>
       <c r="AK5" s="51">
         <f t="shared" ref="AK5:AK68" si="5">AJ5+0.00001*AH5</f>
         <v>6.600000000000001E-4</v>
       </c>
       <c r="AL5" s="42">
         <f t="shared" ref="AL5:AL68" si="6">RANK(AK5,AK$4:AK$82)</f>
         <v>78</v>
       </c>
       <c r="AM5" s="42" t="str">
         <f t="shared" ref="AM5:AM68" si="7">VLOOKUP(MATCH(AG5,AL$4:AL$82,0),$AG$4:$AJ$82,3)</f>
         <v xml:space="preserve">Kingston </v>
       </c>
       <c r="AN5" s="51">
         <f t="shared" ref="AN5:AN68" si="8">VLOOKUP(MATCH(AG5,AL$4:AL$82,0),$AG$4:$AJ$82,4)</f>
         <v>9.1786625583746577</v>
       </c>
     </row>
     <row r="6" spans="1:82" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C6" s="120"/>
       <c r="D6" s="121"/>
       <c r="E6" s="121"/>
       <c r="F6" s="123"/>
       <c r="G6" s="123"/>
       <c r="I6" s="108" t="s">
         <v>138</v>
       </c>
       <c r="J6" s="106" t="str">
         <f>CONCATENATE(ROUNDUP(U9,1),"%")</f>
         <v>61.8%</v>
       </c>
       <c r="L6" s="108" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="M6" s="106" t="str">
         <f>CONCATENATE(ROUNDUP(T17,1),"%")</f>
         <v>28.2%</v>
       </c>
       <c r="N6" s="55"/>
       <c r="O6" s="82"/>
       <c r="R6" s="36">
         <v>4</v>
       </c>
       <c r="S6" s="39" t="s">
         <v>133</v>
       </c>
       <c r="T6" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R6)</f>
         <v>12615</v>
       </c>
       <c r="U6" s="38"/>
       <c r="V6" s="38"/>
       <c r="W6" s="49">
         <v>3</v>
       </c>
       <c r="X6" s="36">
         <v>50</v>
       </c>
@@ -44265,51 +44266,51 @@
         <v>36.000030000000002</v>
       </c>
       <c r="AB6" s="42">
         <f t="shared" si="1"/>
         <v>13</v>
       </c>
       <c r="AC6" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Did not go to work</v>
       </c>
       <c r="AD6" s="42">
         <f t="shared" si="3"/>
         <v>8087</v>
       </c>
       <c r="AE6" s="51">
         <f t="shared" si="4"/>
         <v>7.1774071871699512</v>
       </c>
       <c r="AG6" s="49">
         <v>3</v>
       </c>
       <c r="AH6" s="36">
         <v>67</v>
       </c>
       <c r="AI6" s="39" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AJ6" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH6)</f>
         <v>2.4182447263663084E-2</v>
       </c>
       <c r="AK6" s="51">
         <f t="shared" si="5"/>
         <v>2.4852447263663084E-2</v>
       </c>
       <c r="AL6" s="42">
         <f t="shared" si="6"/>
         <v>59</v>
       </c>
       <c r="AM6" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Monash </v>
       </c>
       <c r="AN6" s="51">
         <f t="shared" si="8"/>
         <v>6.4011614765357399</v>
       </c>
     </row>
     <row r="7" spans="1:82" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C7" s="80"/>
       <c r="N7" s="55"/>
@@ -44344,172 +44345,172 @@
         <v>31.000039999999998</v>
       </c>
       <c r="AB7" s="42">
         <f t="shared" si="1"/>
         <v>14</v>
       </c>
       <c r="AC7" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Car, as passenger</v>
       </c>
       <c r="AD7" s="42">
         <f t="shared" si="3"/>
         <v>4885</v>
       </c>
       <c r="AE7" s="51">
         <f t="shared" si="4"/>
         <v>4.3355551019321394</v>
       </c>
       <c r="AG7" s="49">
         <v>4</v>
       </c>
       <c r="AH7" s="36">
         <v>68</v>
       </c>
       <c r="AI7" s="39" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AJ7" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH7)</f>
         <v>0.34944174550413365</v>
       </c>
       <c r="AK7" s="51">
         <f t="shared" si="5"/>
         <v>0.35012174550413366</v>
       </c>
       <c r="AL7" s="42">
         <f t="shared" si="6"/>
         <v>22</v>
       </c>
       <c r="AM7" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Casey </v>
       </c>
       <c r="AN7" s="51">
         <f t="shared" si="8"/>
         <v>4.3627803729768626</v>
       </c>
     </row>
     <row r="8" spans="1:82" ht="20" customHeight="1" x14ac:dyDescent="0.45">
       <c r="C8" s="113" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D8" s="114"/>
       <c r="E8" s="114"/>
       <c r="F8" s="114"/>
       <c r="G8" s="114"/>
       <c r="H8" s="114"/>
       <c r="L8" s="105" t="s">
         <v>259</v>
       </c>
       <c r="M8" s="56"/>
       <c r="N8" s="56"/>
       <c r="O8" s="83"/>
       <c r="R8" s="36">
         <v>6</v>
       </c>
       <c r="S8" s="39" t="s">
         <v>135</v>
       </c>
       <c r="T8" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R8)</f>
         <v>24089</v>
       </c>
       <c r="U8" s="38"/>
       <c r="V8" s="38"/>
       <c r="W8" s="49">
         <v>5</v>
       </c>
       <c r="X8" s="36">
         <v>52</v>
       </c>
       <c r="Y8" s="39" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Z8" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,X8)</f>
         <v>384</v>
       </c>
       <c r="AA8" s="50">
         <f t="shared" si="0"/>
         <v>384.00004999999999</v>
       </c>
       <c r="AB8" s="42">
         <f t="shared" si="1"/>
         <v>10</v>
       </c>
       <c r="AC8" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Train</v>
       </c>
       <c r="AD8" s="42">
         <f t="shared" si="3"/>
         <v>1819</v>
       </c>
       <c r="AE8" s="51">
         <f t="shared" si="4"/>
         <v>1.6144062907706374</v>
       </c>
       <c r="AG8" s="49">
         <v>5</v>
       </c>
       <c r="AH8" s="36">
         <v>69</v>
       </c>
       <c r="AI8" s="39" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AJ8" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH8)</f>
         <v>0.15105740181268881</v>
       </c>
       <c r="AK8" s="51">
         <f t="shared" si="5"/>
         <v>0.15174740181268881</v>
       </c>
       <c r="AL8" s="42">
         <f t="shared" si="6"/>
         <v>34</v>
       </c>
       <c r="AM8" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Knox </v>
       </c>
       <c r="AN8" s="51">
         <f t="shared" si="8"/>
         <v>3.8364497771298813</v>
       </c>
     </row>
     <row r="9" spans="1:82" ht="21" x14ac:dyDescent="0.35">
       <c r="C9" s="80"/>
       <c r="E9" s="57"/>
       <c r="F9" s="57"/>
       <c r="J9" s="58"/>
       <c r="L9" s="59"/>
       <c r="M9" s="124" t="str">
         <f>CONCATENATE(ROUNDUP(T13,1),"%")</f>
-        <v>6.5%</v>
+        <v>7.6%</v>
       </c>
       <c r="N9" s="124"/>
       <c r="O9" s="84"/>
       <c r="R9" s="36">
         <v>7</v>
       </c>
       <c r="S9" s="39" t="s">
         <v>138</v>
       </c>
       <c r="T9" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R9)</f>
         <v>69890</v>
       </c>
       <c r="U9" s="38">
         <f>T9/SUM(T9:T10)*100</f>
         <v>61.755012237901262</v>
       </c>
       <c r="V9" s="38"/>
       <c r="W9" s="49">
         <v>6</v>
       </c>
       <c r="X9" s="36">
         <v>53</v>
       </c>
       <c r="Y9" s="39" t="s">
@@ -44524,51 +44525,51 @@
         <v>79117.000060000006</v>
       </c>
       <c r="AB9" s="42">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="AC9" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Bus</v>
       </c>
       <c r="AD9" s="42">
         <f t="shared" si="3"/>
         <v>1132</v>
       </c>
       <c r="AE9" s="51">
         <f t="shared" si="4"/>
         <v>1.004677251870457</v>
       </c>
       <c r="AG9" s="49">
         <v>6</v>
       </c>
       <c r="AH9" s="36">
         <v>70</v>
       </c>
       <c r="AI9" s="39" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AJ9" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH9)</f>
         <v>0.26155187445510025</v>
       </c>
       <c r="AK9" s="51">
         <f t="shared" si="5"/>
         <v>0.26225187445510023</v>
       </c>
       <c r="AL9" s="42">
         <f t="shared" si="6"/>
         <v>27</v>
       </c>
       <c r="AM9" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Glen Eira </v>
       </c>
       <c r="AN9" s="51">
         <f t="shared" si="8"/>
         <v>3.6257625125554278</v>
       </c>
     </row>
     <row r="10" spans="1:82" ht="21" x14ac:dyDescent="0.35">
       <c r="C10" s="85"/>
       <c r="J10" s="60"/>
@@ -44609,51 +44610,51 @@
         <v>4885.0000700000001</v>
       </c>
       <c r="AB10" s="42">
         <f t="shared" si="1"/>
         <v>4</v>
       </c>
       <c r="AC10" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Truck</v>
       </c>
       <c r="AD10" s="42">
         <f t="shared" si="3"/>
         <v>763</v>
       </c>
       <c r="AE10" s="51">
         <f t="shared" si="4"/>
         <v>0.67718086853105897</v>
       </c>
       <c r="AG10" s="49">
         <v>7</v>
       </c>
       <c r="AH10" s="36">
         <v>71</v>
       </c>
       <c r="AI10" s="39" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AJ10" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH10)</f>
         <v>3.4168913949497428</v>
       </c>
       <c r="AK10" s="51">
         <f t="shared" si="5"/>
         <v>3.417601394949743</v>
       </c>
       <c r="AL10" s="42">
         <f t="shared" si="6"/>
         <v>7</v>
       </c>
       <c r="AM10" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Bayside </v>
       </c>
       <c r="AN10" s="51">
         <f t="shared" si="8"/>
         <v>3.4168913949497428</v>
       </c>
     </row>
     <row r="11" spans="1:82" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="C11" s="80"/>
       <c r="G11" s="61"/>
@@ -44686,227 +44687,227 @@
         <v>763.00008000000003</v>
       </c>
       <c r="AB11" s="42">
         <f t="shared" si="1"/>
         <v>7</v>
       </c>
       <c r="AC11" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Walked only</v>
       </c>
       <c r="AD11" s="42">
         <f t="shared" si="3"/>
         <v>686</v>
       </c>
       <c r="AE11" s="51">
         <f t="shared" si="4"/>
         <v>0.60884151482608961</v>
       </c>
       <c r="AG11" s="49">
         <v>8</v>
       </c>
       <c r="AH11" s="36">
         <v>72</v>
       </c>
       <c r="AI11" s="39" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AJ11" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH11)</f>
         <v>6.7544748395812232E-2</v>
       </c>
       <c r="AK11" s="51">
         <f t="shared" si="5"/>
         <v>6.826474839581223E-2</v>
       </c>
       <c r="AL11" s="42">
         <f t="shared" si="6"/>
         <v>42</v>
       </c>
       <c r="AM11" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Frankston </v>
       </c>
       <c r="AN11" s="51">
         <f t="shared" si="8"/>
         <v>3.20376732157332</v>
       </c>
     </row>
     <row r="12" spans="1:82" ht="32.65" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
       <c r="C12" s="80"/>
       <c r="G12" s="61"/>
       <c r="H12" s="61"/>
       <c r="I12" s="61"/>
       <c r="J12" s="62"/>
       <c r="K12" s="63"/>
       <c r="L12" s="63"/>
       <c r="M12" s="63"/>
       <c r="N12" s="63"/>
       <c r="O12" s="86"/>
       <c r="R12" s="46"/>
       <c r="S12" s="47" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="T12" s="48"/>
       <c r="U12" s="48"/>
       <c r="W12" s="49">
         <v>9</v>
       </c>
       <c r="X12" s="36">
         <v>56</v>
       </c>
       <c r="Y12" s="39" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="Z12" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,X12)</f>
         <v>331</v>
       </c>
       <c r="AA12" s="50">
         <f t="shared" si="0"/>
         <v>331.00009</v>
       </c>
       <c r="AB12" s="42">
         <f t="shared" si="1"/>
         <v>11</v>
       </c>
       <c r="AC12" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Other Mode</v>
       </c>
       <c r="AD12" s="42">
         <f t="shared" si="3"/>
         <v>516</v>
       </c>
       <c r="AE12" s="51">
         <f t="shared" si="4"/>
         <v>0.45796242223070305</v>
       </c>
       <c r="AG12" s="49">
         <v>9</v>
       </c>
       <c r="AH12" s="36">
         <v>73</v>
       </c>
       <c r="AI12" s="39" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AJ12" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH12)</f>
         <v>1.2637903351116175</v>
       </c>
       <c r="AK12" s="51">
         <f t="shared" si="5"/>
         <v>1.2645203351116174</v>
       </c>
       <c r="AL12" s="42">
         <f t="shared" si="6"/>
         <v>15</v>
       </c>
       <c r="AM12" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Stonnington </v>
       </c>
       <c r="AN12" s="51">
         <f t="shared" si="8"/>
         <v>2.7050000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:82" s="33" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A13" s="32"/>
       <c r="B13" s="32"/>
       <c r="C13" s="87"/>
       <c r="D13" s="32"/>
       <c r="E13" s="32"/>
       <c r="F13" s="32"/>
       <c r="G13" s="32"/>
       <c r="H13" s="32"/>
       <c r="I13" s="32"/>
       <c r="J13" s="115" t="s">
         <v>115</v>
       </c>
       <c r="K13" s="115"/>
       <c r="L13" s="115"/>
       <c r="M13" s="115"/>
       <c r="N13" s="115"/>
       <c r="O13" s="81"/>
       <c r="P13" s="35"/>
       <c r="Q13" s="35"/>
       <c r="R13" s="36">
         <v>9</v>
       </c>
       <c r="S13" s="39" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="T13" s="38">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R13)</f>
-        <v>6.5</v>
+        <v>7.6</v>
       </c>
       <c r="U13" s="35"/>
       <c r="V13" s="35"/>
       <c r="W13" s="49">
         <v>10</v>
       </c>
       <c r="X13" s="36">
         <v>57</v>
       </c>
       <c r="Y13" s="39" t="s">
         <v>129</v>
       </c>
       <c r="Z13" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,X13)</f>
         <v>239</v>
       </c>
       <c r="AA13" s="50">
         <f t="shared" si="0"/>
         <v>239.0001</v>
       </c>
       <c r="AB13" s="42">
         <f t="shared" si="1"/>
         <v>12</v>
       </c>
       <c r="AC13" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Taxi/ride-share</v>
       </c>
       <c r="AD13" s="42">
         <f t="shared" si="3"/>
         <v>384</v>
       </c>
       <c r="AE13" s="51">
         <f t="shared" si="4"/>
         <v>0.34080924445075572</v>
       </c>
       <c r="AF13" s="35"/>
       <c r="AG13" s="49">
         <v>10</v>
       </c>
       <c r="AH13" s="36">
         <v>74</v>
       </c>
       <c r="AI13" s="39" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AJ13" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH13)</f>
         <v>0.22920422353850117</v>
       </c>
       <c r="AK13" s="51">
         <f t="shared" si="5"/>
         <v>0.22994422353850116</v>
       </c>
       <c r="AL13" s="42">
         <f t="shared" si="6"/>
         <v>29</v>
       </c>
       <c r="AM13" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Cardinia </v>
       </c>
       <c r="AN13" s="51">
         <f t="shared" si="8"/>
         <v>1.9400465101462201</v>
       </c>
       <c r="AO13" s="35"/>
       <c r="AP13" s="35"/>
       <c r="AQ13" s="35"/>
       <c r="AR13" s="32"/>
@@ -44979,372 +44980,372 @@
         <v>516.00010999999995</v>
       </c>
       <c r="AB14" s="42">
         <f t="shared" si="1"/>
         <v>9</v>
       </c>
       <c r="AC14" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Motorbike</v>
       </c>
       <c r="AD14" s="42">
         <f t="shared" si="3"/>
         <v>331</v>
       </c>
       <c r="AE14" s="51">
         <f t="shared" si="4"/>
         <v>0.29377046852395872</v>
       </c>
       <c r="AG14" s="49">
         <v>11</v>
       </c>
       <c r="AH14" s="36">
         <v>75</v>
       </c>
       <c r="AI14" s="39" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AJ14" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH14)</f>
         <v>0</v>
       </c>
       <c r="AK14" s="51">
         <f t="shared" si="5"/>
         <v>7.5000000000000002E-4</v>
       </c>
       <c r="AL14" s="42">
         <f t="shared" si="6"/>
         <v>77</v>
       </c>
       <c r="AM14" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Whitehorse </v>
       </c>
       <c r="AN14" s="51">
         <f t="shared" si="8"/>
         <v>1.9319624956091761</v>
       </c>
     </row>
     <row r="15" spans="1:82" ht="24" thickTop="1" x14ac:dyDescent="0.35">
       <c r="C15" s="88"/>
       <c r="D15" s="66"/>
       <c r="E15" s="66"/>
       <c r="F15" s="66"/>
       <c r="L15" s="65"/>
       <c r="M15" s="66"/>
       <c r="N15" s="66"/>
       <c r="O15" s="89"/>
       <c r="R15" s="46"/>
       <c r="S15" s="47" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="T15" s="48"/>
       <c r="U15" s="48"/>
       <c r="W15" s="49">
         <v>12</v>
       </c>
       <c r="X15" s="36">
         <v>59</v>
       </c>
       <c r="Y15" s="39" t="s">
         <v>131</v>
       </c>
       <c r="Z15" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,X15)</f>
         <v>686</v>
       </c>
       <c r="AA15" s="50">
         <f t="shared" si="0"/>
         <v>686.00012000000004</v>
       </c>
       <c r="AB15" s="42">
         <f t="shared" si="1"/>
         <v>8</v>
       </c>
       <c r="AC15" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Bicycle</v>
       </c>
       <c r="AD15" s="42">
         <f t="shared" si="3"/>
         <v>239</v>
       </c>
       <c r="AE15" s="51">
         <f t="shared" si="4"/>
         <v>0.21211825370763179</v>
       </c>
       <c r="AG15" s="49">
         <v>12</v>
       </c>
       <c r="AH15" s="36">
         <v>76</v>
       </c>
       <c r="AI15" s="39" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AJ15" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH15)</f>
         <v>5.491865174709961E-2</v>
       </c>
       <c r="AK15" s="51">
         <f t="shared" si="5"/>
         <v>5.5678651747099607E-2</v>
       </c>
       <c r="AL15" s="42">
         <f t="shared" si="6"/>
         <v>45</v>
       </c>
       <c r="AM15" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Maroondah </v>
       </c>
       <c r="AN15" s="51">
         <f t="shared" si="8"/>
         <v>1.5574442383191682</v>
       </c>
     </row>
     <row r="16" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C16" s="80"/>
       <c r="D16" s="66"/>
       <c r="E16" s="66"/>
       <c r="F16" s="66"/>
       <c r="M16" s="66"/>
       <c r="N16" s="66"/>
       <c r="O16" s="89"/>
       <c r="R16" s="36">
         <v>12</v>
       </c>
       <c r="S16" s="39" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="T16" s="38">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R16)</f>
         <v>71.835555141232405</v>
       </c>
       <c r="U16" s="38"/>
       <c r="V16" s="38"/>
       <c r="W16" s="49">
         <v>13</v>
       </c>
       <c r="X16" s="36">
         <v>60</v>
       </c>
       <c r="Y16" s="39" t="s">
         <v>132</v>
       </c>
       <c r="Z16" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,X16)</f>
         <v>14647</v>
       </c>
       <c r="AA16" s="50">
         <f t="shared" si="0"/>
         <v>14647.00013</v>
       </c>
       <c r="AB16" s="42">
         <f t="shared" si="1"/>
         <v>2</v>
       </c>
       <c r="AC16" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Ferry</v>
       </c>
       <c r="AD16" s="42">
         <f t="shared" si="3"/>
         <v>36</v>
       </c>
       <c r="AE16" s="51">
         <f t="shared" si="4"/>
         <v>3.1950866667258347E-2</v>
       </c>
       <c r="AG16" s="49">
         <v>13</v>
       </c>
       <c r="AH16" s="36">
         <v>77</v>
       </c>
       <c r="AI16" s="39" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AJ16" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH16)</f>
         <v>1.9400465101462201</v>
       </c>
       <c r="AK16" s="51">
         <f t="shared" si="5"/>
         <v>1.94081651014622</v>
       </c>
       <c r="AL16" s="42">
         <f t="shared" si="6"/>
         <v>10</v>
       </c>
       <c r="AM16" s="42" t="str">
         <f t="shared" si="7"/>
         <v>Mornington Pen.</v>
       </c>
       <c r="AN16" s="51">
         <f t="shared" si="8"/>
         <v>1.451749168089105</v>
       </c>
     </row>
     <row r="17" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C17" s="80"/>
       <c r="O17" s="81"/>
       <c r="R17" s="36">
         <v>13</v>
       </c>
       <c r="S17" s="39" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="T17" s="38">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R17)</f>
         <v>28.164444858767595</v>
       </c>
       <c r="U17" s="38"/>
       <c r="V17" s="38"/>
       <c r="W17" s="49">
         <v>14</v>
       </c>
       <c r="X17" s="36">
         <v>61</v>
       </c>
       <c r="Y17" s="39" t="s">
         <v>119</v>
       </c>
       <c r="Z17" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,X17)</f>
         <v>8087</v>
       </c>
       <c r="AA17" s="50">
         <f t="shared" si="0"/>
         <v>8087.0001400000001</v>
       </c>
       <c r="AB17" s="42">
         <f t="shared" si="1"/>
         <v>3</v>
       </c>
       <c r="AC17" s="42" t="str">
         <f t="shared" si="2"/>
         <v>Tram/light rail</v>
       </c>
       <c r="AD17" s="42">
         <f t="shared" si="3"/>
         <v>31</v>
       </c>
       <c r="AE17" s="51">
         <f t="shared" si="4"/>
         <v>2.7513246296805804E-2</v>
       </c>
       <c r="AG17" s="49">
         <v>14</v>
       </c>
       <c r="AH17" s="36">
         <v>78</v>
       </c>
       <c r="AI17" s="39" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AJ17" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH17)</f>
         <v>4.3627803729768626</v>
       </c>
       <c r="AK17" s="51">
         <f t="shared" si="5"/>
         <v>4.3635603729768624</v>
       </c>
       <c r="AL17" s="42">
         <f t="shared" si="6"/>
         <v>4</v>
       </c>
       <c r="AM17" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Port Phillip </v>
       </c>
       <c r="AN17" s="51">
         <f t="shared" si="8"/>
         <v>1.4191626156499921</v>
       </c>
     </row>
     <row r="18" spans="1:82" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="C18" s="80"/>
       <c r="O18" s="81"/>
       <c r="S18" s="39"/>
       <c r="T18" s="41"/>
       <c r="U18" s="38"/>
       <c r="V18" s="38"/>
       <c r="AG18" s="49">
         <v>15</v>
       </c>
       <c r="AH18" s="36">
         <v>79</v>
       </c>
       <c r="AI18" s="39" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AJ18" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH18)</f>
         <v>6.7765981477298398E-2</v>
       </c>
       <c r="AK18" s="51">
         <f t="shared" si="5"/>
         <v>6.8555981477298397E-2</v>
       </c>
       <c r="AL18" s="42">
         <f t="shared" si="6"/>
         <v>41</v>
       </c>
       <c r="AM18" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Boroondara </v>
       </c>
       <c r="AN18" s="51">
         <f t="shared" si="8"/>
         <v>1.2637903351116175</v>
       </c>
     </row>
     <row r="19" spans="1:82" ht="15" thickTop="1" x14ac:dyDescent="0.35">
       <c r="C19" s="80"/>
       <c r="O19" s="81"/>
       <c r="R19" s="46"/>
       <c r="S19" s="47" t="s">
         <v>115</v>
       </c>
       <c r="T19" s="48"/>
       <c r="U19" s="48"/>
       <c r="X19" s="36" t="s">
         <v>117</v>
       </c>
       <c r="Y19" s="36" t="s">
         <v>118</v>
       </c>
       <c r="AG19" s="49">
         <v>16</v>
       </c>
       <c r="AH19" s="36">
         <v>80</v>
       </c>
       <c r="AI19" s="39" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="AJ19" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH19)</f>
         <v>2.8664246130326771E-2</v>
       </c>
       <c r="AK19" s="51">
         <f t="shared" si="5"/>
         <v>2.946424613032677E-2</v>
       </c>
       <c r="AL19" s="42">
         <f t="shared" si="6"/>
         <v>58</v>
       </c>
       <c r="AM19" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Melbourne </v>
       </c>
       <c r="AN19" s="51">
         <f t="shared" si="8"/>
         <v>1.1810672748558859</v>
       </c>
     </row>
     <row r="20" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C20" s="80"/>
       <c r="O20" s="81"/>
@@ -45366,51 +45367,51 @@
         <v>14947.000099999999</v>
       </c>
       <c r="V20" s="50">
         <f>RANK(U20,U$20:U$27)</f>
         <v>5</v>
       </c>
       <c r="W20" s="39" t="str">
         <f>VLOOKUP(MATCH(Q20,V$20:V$27,0),$Q$20:$T$27,3)</f>
         <v>Machinery Operators</v>
       </c>
       <c r="X20" s="45">
         <f>VLOOKUP(MATCH(Q20,V$20:V$27,0),$Q$20:$T$27,4)</f>
         <v>17525</v>
       </c>
       <c r="Y20" s="51">
         <f>X20/SUM(X$20:X$27)*100</f>
         <v>15.851981836930367</v>
       </c>
       <c r="AG20" s="49">
         <v>17</v>
       </c>
       <c r="AH20" s="36">
         <v>81</v>
       </c>
       <c r="AI20" s="39" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="AJ20" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH20)</f>
         <v>4.100601421541826E-2</v>
       </c>
       <c r="AK20" s="51">
         <f t="shared" si="5"/>
         <v>4.1816014215418258E-2</v>
       </c>
       <c r="AL20" s="42">
         <f t="shared" si="6"/>
         <v>52</v>
       </c>
       <c r="AM20" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Yarra Ranges </v>
       </c>
       <c r="AN20" s="51">
         <f t="shared" si="8"/>
         <v>1.0980982532267707</v>
       </c>
     </row>
     <row r="21" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C21" s="80"/>
       <c r="G21" s="61"/>
@@ -45436,208 +45437,208 @@
         <v>17209.000199999999</v>
       </c>
       <c r="V21" s="50">
         <f t="shared" ref="V21:V27" si="10">RANK(U21,U$20:U$27)</f>
         <v>2</v>
       </c>
       <c r="W21" s="39" t="str">
         <f t="shared" ref="W21:W27" si="11">VLOOKUP(MATCH(Q21,V$20:V$27,0),$Q$20:$T$27,3)</f>
         <v>Professionals</v>
       </c>
       <c r="X21" s="45">
         <f t="shared" ref="X21:X27" si="12">VLOOKUP(MATCH(Q21,V$20:V$27,0),$Q$20:$T$27,4)</f>
         <v>17209</v>
       </c>
       <c r="Y21" s="51">
         <f t="shared" ref="Y21:Y27" si="13">X21/SUM(X$20:X$27)*100</f>
         <v>15.566148669428514</v>
       </c>
       <c r="AG21" s="49">
         <v>18</v>
       </c>
       <c r="AH21" s="36">
         <v>82</v>
       </c>
       <c r="AI21" s="39" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="AJ21" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH21)</f>
         <v>0.33754172649795799</v>
       </c>
       <c r="AK21" s="51">
         <f t="shared" si="5"/>
         <v>0.33836172649795798</v>
       </c>
       <c r="AL21" s="42">
         <f t="shared" si="6"/>
         <v>24</v>
       </c>
       <c r="AM21" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Yarra </v>
       </c>
       <c r="AN21" s="51">
         <f t="shared" si="8"/>
         <v>0.92527612528476266</v>
       </c>
     </row>
     <row r="22" spans="1:82" ht="33.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C22" s="80"/>
       <c r="G22" s="61"/>
       <c r="H22" s="61"/>
       <c r="I22" s="61"/>
       <c r="J22" s="61"/>
       <c r="O22" s="81"/>
       <c r="Q22" s="49">
         <v>3</v>
       </c>
       <c r="R22" s="36">
         <v>16</v>
       </c>
       <c r="S22" s="39" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="T22" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R22)</f>
         <v>16049</v>
       </c>
       <c r="U22" s="38">
         <f t="shared" si="9"/>
         <v>16049.0003</v>
       </c>
       <c r="V22" s="50">
         <f t="shared" si="10"/>
         <v>3</v>
       </c>
       <c r="W22" s="39" t="str">
         <f t="shared" si="11"/>
         <v>Technicians &amp; Trades</v>
       </c>
       <c r="X22" s="45">
         <f t="shared" si="12"/>
         <v>16049</v>
       </c>
       <c r="Y22" s="51">
         <f t="shared" si="13"/>
         <v>14.516887674801454</v>
       </c>
       <c r="AG22" s="49">
         <v>19</v>
       </c>
       <c r="AH22" s="36">
         <v>83</v>
       </c>
       <c r="AI22" s="39" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="AJ22" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH22)</f>
         <v>2.2678308198208413E-2</v>
       </c>
       <c r="AK22" s="51">
         <f t="shared" si="5"/>
         <v>2.3508308198208414E-2</v>
       </c>
       <c r="AL22" s="42">
         <f t="shared" si="6"/>
         <v>60</v>
       </c>
       <c r="AM22" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Manningham </v>
       </c>
       <c r="AN22" s="51">
         <f t="shared" si="8"/>
         <v>0.80487342970772047</v>
       </c>
     </row>
     <row r="23" spans="1:82" s="33" customFormat="1" ht="20.5" x14ac:dyDescent="0.45">
       <c r="A23" s="32"/>
       <c r="B23" s="32"/>
       <c r="C23" s="87"/>
       <c r="D23" s="32"/>
       <c r="E23" s="32"/>
       <c r="F23" s="32"/>
       <c r="G23" s="32"/>
       <c r="H23" s="32"/>
       <c r="I23" s="32"/>
       <c r="J23" s="32"/>
       <c r="K23" s="32"/>
       <c r="L23" s="64"/>
       <c r="M23" s="67"/>
       <c r="N23" s="32"/>
       <c r="O23" s="81"/>
       <c r="P23" s="35"/>
       <c r="Q23" s="49">
         <v>4</v>
       </c>
       <c r="R23" s="36">
         <v>17</v>
       </c>
       <c r="S23" s="39" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="T23" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R23)</f>
         <v>7597</v>
       </c>
       <c r="U23" s="38">
         <f t="shared" si="9"/>
         <v>7597.0003999999999</v>
       </c>
       <c r="V23" s="50">
         <f t="shared" si="10"/>
         <v>8</v>
       </c>
       <c r="W23" s="39" t="str">
         <f t="shared" si="11"/>
         <v>Clerical and Admin</v>
       </c>
       <c r="X23" s="45">
         <f t="shared" si="12"/>
         <v>15855</v>
       </c>
       <c r="Y23" s="51">
         <f t="shared" si="13"/>
         <v>14.34140781880348</v>
       </c>
       <c r="Z23" s="35"/>
       <c r="AA23" s="35"/>
       <c r="AB23" s="35"/>
       <c r="AC23" s="35"/>
       <c r="AD23" s="35"/>
       <c r="AE23" s="35"/>
       <c r="AF23" s="35"/>
       <c r="AG23" s="49">
         <v>20</v>
       </c>
       <c r="AH23" s="36">
         <v>84</v>
       </c>
       <c r="AI23" s="39" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="AJ23" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH23)</f>
         <v>3.20376732157332</v>
       </c>
       <c r="AK23" s="51">
         <f t="shared" si="5"/>
         <v>3.2046073215733202</v>
       </c>
       <c r="AL23" s="42">
         <f t="shared" si="6"/>
         <v>8</v>
       </c>
       <c r="AM23" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Maribyrnong </v>
       </c>
       <c r="AN23" s="51">
         <f t="shared" si="8"/>
         <v>0.4124343051071151</v>
       </c>
       <c r="AO23" s="35"/>
       <c r="AP23" s="35"/>
       <c r="AQ23" s="35"/>
       <c r="AR23" s="32"/>
@@ -45674,227 +45675,227 @@
       <c r="BW23" s="32"/>
       <c r="BX23" s="32"/>
       <c r="BY23" s="32"/>
       <c r="BZ23" s="32"/>
       <c r="CA23" s="32"/>
       <c r="CB23" s="32"/>
       <c r="CC23" s="32"/>
       <c r="CD23" s="32"/>
     </row>
     <row r="24" spans="1:82" ht="23.5" x14ac:dyDescent="0.35">
       <c r="C24" s="88"/>
       <c r="D24" s="66"/>
       <c r="E24" s="66"/>
       <c r="F24" s="66"/>
       <c r="L24" s="65"/>
       <c r="M24" s="68"/>
       <c r="N24" s="68"/>
       <c r="O24" s="90"/>
       <c r="Q24" s="49">
         <v>5</v>
       </c>
       <c r="R24" s="36">
         <v>18</v>
       </c>
       <c r="S24" s="39" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="T24" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R24)</f>
         <v>15855</v>
       </c>
       <c r="U24" s="38">
         <f t="shared" si="9"/>
         <v>15855.0005</v>
       </c>
       <c r="V24" s="50">
         <f t="shared" si="10"/>
         <v>4</v>
       </c>
       <c r="W24" s="39" t="str">
         <f t="shared" si="11"/>
         <v>Managers</v>
       </c>
       <c r="X24" s="45">
         <f t="shared" si="12"/>
         <v>14947</v>
       </c>
       <c r="Y24" s="51">
         <f t="shared" si="13"/>
         <v>13.520089729905749</v>
       </c>
       <c r="AG24" s="49">
         <v>21</v>
       </c>
       <c r="AH24" s="36">
         <v>85</v>
       </c>
       <c r="AI24" s="39" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="AJ24" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH24)</f>
         <v>8.0666845926324282E-2</v>
       </c>
       <c r="AK24" s="51">
         <f t="shared" si="5"/>
         <v>8.1516845926324286E-2</v>
       </c>
       <c r="AL24" s="42">
         <f t="shared" si="6"/>
         <v>39</v>
       </c>
       <c r="AM24" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Murrindindi </v>
       </c>
       <c r="AN24" s="51">
         <f t="shared" si="8"/>
         <v>0.35918022395943378</v>
       </c>
     </row>
     <row r="25" spans="1:82" ht="23.5" x14ac:dyDescent="0.35">
       <c r="C25" s="88"/>
       <c r="D25" s="66"/>
       <c r="E25" s="66"/>
       <c r="F25" s="66"/>
       <c r="L25" s="65"/>
       <c r="M25" s="68"/>
       <c r="N25" s="68"/>
       <c r="O25" s="90"/>
       <c r="Q25" s="49">
         <v>6</v>
       </c>
       <c r="R25" s="36">
         <v>19</v>
       </c>
       <c r="S25" s="39" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="T25" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R25)</f>
         <v>8420</v>
       </c>
       <c r="U25" s="38">
         <f t="shared" si="9"/>
         <v>8420.0005999999994</v>
       </c>
       <c r="V25" s="50">
         <f t="shared" si="10"/>
         <v>7</v>
       </c>
       <c r="W25" s="39" t="str">
         <f t="shared" si="11"/>
         <v>Labourers</v>
       </c>
       <c r="X25" s="45">
         <f t="shared" si="12"/>
         <v>12952</v>
       </c>
       <c r="Y25" s="51">
         <f t="shared" si="13"/>
         <v>11.715541726215244</v>
       </c>
       <c r="AG25" s="49">
         <v>22</v>
       </c>
       <c r="AH25" s="36">
         <v>86</v>
       </c>
       <c r="AI25" s="39" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="AJ25" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH25)</f>
         <v>3.6257625125554278</v>
       </c>
       <c r="AK25" s="51">
         <f t="shared" si="5"/>
         <v>3.6266225125554277</v>
       </c>
       <c r="AL25" s="42">
         <f t="shared" si="6"/>
         <v>6</v>
       </c>
       <c r="AM25" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Banyule </v>
       </c>
       <c r="AN25" s="51">
         <f t="shared" si="8"/>
         <v>0.34944174550413365</v>
       </c>
     </row>
     <row r="26" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C26" s="80"/>
       <c r="D26" s="66"/>
       <c r="E26" s="66"/>
       <c r="F26" s="66"/>
       <c r="M26" s="68"/>
       <c r="N26" s="68"/>
       <c r="O26" s="90"/>
       <c r="Q26" s="49">
         <v>7</v>
       </c>
       <c r="R26" s="36">
         <v>20</v>
       </c>
       <c r="S26" s="39" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="T26" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R26)</f>
         <v>17525</v>
       </c>
       <c r="U26" s="38">
         <f t="shared" si="9"/>
         <v>17525.000700000001</v>
       </c>
       <c r="V26" s="50">
         <f t="shared" si="10"/>
         <v>1</v>
       </c>
       <c r="W26" s="39" t="str">
         <f t="shared" si="11"/>
         <v>Sales</v>
       </c>
       <c r="X26" s="45">
         <f t="shared" si="12"/>
         <v>8420</v>
       </c>
       <c r="Y26" s="51">
         <f t="shared" si="13"/>
         <v>7.6161875644481434</v>
       </c>
       <c r="AG26" s="49">
         <v>23</v>
       </c>
       <c r="AH26" s="36">
         <v>87</v>
       </c>
       <c r="AI26" s="39" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="AJ26" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH26)</f>
         <v>3.7355248412401947E-2</v>
       </c>
       <c r="AK26" s="51">
         <f t="shared" si="5"/>
         <v>3.8225248412401949E-2</v>
       </c>
       <c r="AL26" s="42">
         <f t="shared" si="6"/>
         <v>54</v>
       </c>
       <c r="AM26" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Hobsons Bay </v>
       </c>
       <c r="AN26" s="51">
         <f t="shared" si="8"/>
         <v>0.34571695110574552</v>
       </c>
     </row>
     <row r="27" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C27" s="80"/>
       <c r="D27" s="66"/>
@@ -45919,220 +45920,220 @@
         <v>12952.0008</v>
       </c>
       <c r="V27" s="50">
         <f t="shared" si="10"/>
         <v>6</v>
       </c>
       <c r="W27" s="39" t="str">
         <f t="shared" si="11"/>
         <v>Comm. &amp; Personal Service</v>
       </c>
       <c r="X27" s="45">
         <f t="shared" si="12"/>
         <v>7597</v>
       </c>
       <c r="Y27" s="51">
         <f t="shared" si="13"/>
         <v>6.8717549794670472</v>
       </c>
       <c r="AG27" s="49">
         <v>24</v>
       </c>
       <c r="AH27" s="36">
         <v>88</v>
       </c>
       <c r="AI27" s="39" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="AJ27" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH27)</f>
         <v>0</v>
       </c>
       <c r="AK27" s="51">
         <f t="shared" si="5"/>
         <v>8.8000000000000003E-4</v>
       </c>
       <c r="AL27" s="42">
         <f t="shared" si="6"/>
         <v>76</v>
       </c>
       <c r="AM27" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Darebin </v>
       </c>
       <c r="AN27" s="51">
         <f t="shared" si="8"/>
         <v>0.33754172649795799</v>
       </c>
     </row>
     <row r="28" spans="1:82" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="C28" s="116" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D28" s="117"/>
       <c r="E28" s="117"/>
       <c r="F28" s="117"/>
       <c r="G28" s="117"/>
       <c r="H28" s="117"/>
       <c r="I28" s="118" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J28" s="118"/>
       <c r="K28" s="118"/>
       <c r="L28" s="118"/>
       <c r="M28" s="118"/>
       <c r="N28" s="118"/>
       <c r="O28" s="119"/>
       <c r="Q28" s="78"/>
       <c r="S28" s="79"/>
       <c r="T28" s="40"/>
       <c r="U28" s="38"/>
       <c r="V28" s="38"/>
       <c r="AG28" s="49">
         <v>25</v>
       </c>
       <c r="AH28" s="36">
         <v>89</v>
       </c>
       <c r="AI28" s="39" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="AJ28" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH28)</f>
         <v>3.0901154930665531E-2</v>
       </c>
       <c r="AK28" s="51">
         <f t="shared" si="5"/>
         <v>3.1791154930665533E-2</v>
       </c>
       <c r="AL28" s="42">
         <f t="shared" si="6"/>
         <v>56</v>
       </c>
       <c r="AM28" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Moreland </v>
       </c>
       <c r="AN28" s="51">
         <f t="shared" si="8"/>
         <v>0.28386510730101056</v>
       </c>
     </row>
     <row r="29" spans="1:82" ht="15" thickTop="1" x14ac:dyDescent="0.35">
       <c r="C29" s="80"/>
       <c r="O29" s="81"/>
       <c r="R29" s="46"/>
       <c r="S29" s="47" t="s">
         <v>116</v>
       </c>
       <c r="T29" s="48"/>
       <c r="U29" s="48"/>
       <c r="X29" s="36" t="s">
         <v>117</v>
       </c>
       <c r="Y29" s="36" t="s">
         <v>118</v>
       </c>
       <c r="AG29" s="49">
         <v>26</v>
       </c>
       <c r="AH29" s="36">
         <v>90</v>
       </c>
       <c r="AI29" s="39" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="AJ29" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH29)</f>
         <v>20.101495726495727</v>
       </c>
       <c r="AK29" s="51">
         <f t="shared" si="5"/>
         <v>20.102395726495729</v>
       </c>
       <c r="AL29" s="42">
         <f t="shared" si="6"/>
         <v>1</v>
       </c>
       <c r="AM29" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Wyndham </v>
       </c>
       <c r="AN29" s="51">
         <f t="shared" si="8"/>
         <v>0.26182820395039047</v>
       </c>
     </row>
     <row r="30" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C30" s="91"/>
       <c r="D30" s="69"/>
       <c r="E30" s="69"/>
       <c r="F30" s="69"/>
       <c r="G30" s="69"/>
       <c r="H30" s="69"/>
       <c r="O30" s="81"/>
       <c r="Q30" s="49">
         <v>1</v>
       </c>
       <c r="R30" s="36">
         <v>26</v>
       </c>
       <c r="S30" s="39" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="T30" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R30)</f>
         <v>535</v>
       </c>
       <c r="U30" s="50">
         <f t="shared" ref="U30:U48" si="14">T30+0.00001*Q30</f>
         <v>535.00000999999997</v>
       </c>
       <c r="V30" s="50">
         <f>RANK(U30,U$30:U$48)</f>
         <v>18</v>
       </c>
       <c r="W30" s="39" t="str">
         <f>VLOOKUP(MATCH(Q30,V$30:V$48,0),$Q$30:$T$48,3)</f>
         <v>Manufacturing</v>
       </c>
       <c r="X30" s="45">
         <f>VLOOKUP(MATCH(Q30,V$30:V$48,0),$Q$30:$T$48,4)</f>
         <v>23486</v>
       </c>
       <c r="Y30" s="51">
         <f>X30/SUM(X$30:X$48)*100</f>
         <v>22.553416238536514</v>
       </c>
       <c r="AG30" s="49">
         <v>27</v>
       </c>
       <c r="AH30" s="36">
         <v>91</v>
       </c>
       <c r="AI30" s="39" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="AJ30" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH30)</f>
         <v>4.7766490101247901E-2</v>
       </c>
       <c r="AK30" s="51">
         <f t="shared" si="5"/>
         <v>4.8676490101247902E-2</v>
       </c>
       <c r="AL30" s="42">
         <f t="shared" si="6"/>
         <v>49</v>
       </c>
       <c r="AM30" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Baw Baw </v>
       </c>
       <c r="AN30" s="51">
         <f t="shared" si="8"/>
         <v>0.26155187445510025</v>
       </c>
     </row>
     <row r="31" spans="1:82" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C31" s="91"/>
       <c r="D31" s="69"/>
@@ -46161,51 +46162,51 @@
         <v>92.000020000000006</v>
       </c>
       <c r="V31" s="50">
         <f t="shared" ref="V31:V48" si="15">RANK(U31,U$30:U$48)</f>
         <v>19</v>
       </c>
       <c r="W31" s="39" t="str">
         <f t="shared" ref="W31:W48" si="16">VLOOKUP(MATCH(Q31,V$30:V$48,0),$Q$30:$T$48,3)</f>
         <v>Health Care &amp; Social Assist</v>
       </c>
       <c r="X31" s="45">
         <f t="shared" ref="X31:X48" si="17">VLOOKUP(MATCH(Q31,V$30:V$48,0),$Q$30:$T$48,4)</f>
         <v>10979</v>
       </c>
       <c r="Y31" s="51">
         <f t="shared" ref="Y31:Y48" si="18">X31/SUM(X$30:X$48)*100</f>
         <v>10.543045085706055</v>
       </c>
       <c r="AG31" s="49">
         <v>28</v>
       </c>
       <c r="AH31" s="36">
         <v>92</v>
       </c>
       <c r="AI31" s="39" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="AJ31" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH31)</f>
         <v>4.5207956600361664E-2</v>
       </c>
       <c r="AK31" s="51">
         <f t="shared" si="5"/>
         <v>4.6127956600361661E-2</v>
       </c>
       <c r="AL31" s="42">
         <f t="shared" si="6"/>
         <v>50</v>
       </c>
       <c r="AM31" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Moonee Valley </v>
       </c>
       <c r="AN31" s="51">
         <f t="shared" si="8"/>
         <v>0.24579174735587664</v>
       </c>
     </row>
     <row r="32" spans="1:82" ht="20" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C32" s="92"/>
       <c r="D32" s="70"/>
@@ -46234,138 +46235,138 @@
         <v>23486.000029999999</v>
       </c>
       <c r="V32" s="50">
         <f t="shared" si="15"/>
         <v>1</v>
       </c>
       <c r="W32" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Construction</v>
       </c>
       <c r="X32" s="45">
         <f t="shared" si="17"/>
         <v>10468</v>
       </c>
       <c r="Y32" s="51">
         <f t="shared" si="18"/>
         <v>10.052335910116675</v>
       </c>
       <c r="AG32" s="49">
         <v>29</v>
       </c>
       <c r="AH32" s="36">
         <v>93</v>
       </c>
       <c r="AI32" s="39" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="AJ32" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH32)</f>
         <v>7.5628663263376819E-2</v>
       </c>
       <c r="AK32" s="51">
         <f t="shared" si="5"/>
         <v>7.6558663263376819E-2</v>
       </c>
       <c r="AL32" s="42">
         <f t="shared" si="6"/>
         <v>40</v>
       </c>
       <c r="AM32" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Brimbank </v>
       </c>
       <c r="AN32" s="51">
         <f t="shared" si="8"/>
         <v>0.22920422353850117</v>
       </c>
     </row>
     <row r="33" spans="1:82" s="33" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A33" s="32"/>
       <c r="B33" s="32"/>
       <c r="C33" s="93"/>
       <c r="D33" s="32"/>
       <c r="E33" s="32"/>
       <c r="F33" s="32"/>
       <c r="G33" s="32"/>
       <c r="H33" s="32"/>
       <c r="I33" s="32"/>
       <c r="J33" s="71"/>
       <c r="K33" s="71"/>
       <c r="L33" s="71"/>
       <c r="M33" s="71"/>
       <c r="N33" s="71"/>
       <c r="O33" s="81"/>
       <c r="P33" s="35"/>
       <c r="Q33" s="49">
         <v>4</v>
       </c>
       <c r="R33" s="36">
         <v>29</v>
       </c>
       <c r="S33" s="39" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="T33" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R33)</f>
         <v>2046</v>
       </c>
       <c r="U33" s="50">
         <f t="shared" si="14"/>
         <v>2046.0000399999999</v>
       </c>
       <c r="V33" s="50">
         <f t="shared" si="15"/>
         <v>13</v>
       </c>
       <c r="W33" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Retail Trade</v>
       </c>
       <c r="X33" s="45">
         <f t="shared" si="17"/>
         <v>10033</v>
       </c>
       <c r="Y33" s="51">
         <f t="shared" si="18"/>
         <v>9.6346089211120187</v>
       </c>
       <c r="Z33" s="35"/>
       <c r="AA33" s="35"/>
       <c r="AB33" s="35"/>
       <c r="AC33" s="35"/>
       <c r="AD33" s="35"/>
       <c r="AE33" s="35"/>
       <c r="AF33" s="35"/>
       <c r="AG33" s="49">
         <v>30</v>
       </c>
       <c r="AH33" s="36">
         <v>94</v>
       </c>
       <c r="AI33" s="39" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="AJ33" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH33)</f>
         <v>0</v>
       </c>
       <c r="AK33" s="51">
         <f t="shared" si="5"/>
         <v>9.4000000000000008E-4</v>
       </c>
       <c r="AL33" s="42">
         <f t="shared" si="6"/>
         <v>75</v>
       </c>
       <c r="AM33" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Hume </v>
       </c>
       <c r="AN33" s="51">
         <f t="shared" si="8"/>
         <v>0.21068815306209604</v>
       </c>
       <c r="AO33" s="35"/>
       <c r="AP33" s="35"/>
       <c r="AQ33" s="35"/>
       <c r="AR33" s="32"/>
@@ -46439,51 +46440,51 @@
         <v>10468.000050000001</v>
       </c>
       <c r="V34" s="50">
         <f t="shared" si="15"/>
         <v>3</v>
       </c>
       <c r="W34" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Transport, Post, Warehouse</v>
       </c>
       <c r="X34" s="45">
         <f t="shared" si="17"/>
         <v>8997</v>
       </c>
       <c r="Y34" s="51">
         <f t="shared" si="18"/>
         <v>8.6397464829308124</v>
       </c>
       <c r="AG34" s="49">
         <v>31</v>
       </c>
       <c r="AH34" s="36">
         <v>95</v>
       </c>
       <c r="AI34" s="39" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="AJ34" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH34)</f>
         <v>0.34571695110574552</v>
       </c>
       <c r="AK34" s="51">
         <f t="shared" si="5"/>
         <v>0.34666695110574552</v>
       </c>
       <c r="AL34" s="42">
         <f t="shared" si="6"/>
         <v>23</v>
       </c>
       <c r="AM34" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Whittlesea </v>
       </c>
       <c r="AN34" s="51">
         <f t="shared" si="8"/>
         <v>0.20967973574608645</v>
       </c>
     </row>
     <row r="35" spans="1:82" ht="23.5" x14ac:dyDescent="0.35">
       <c r="C35" s="96"/>
       <c r="D35" s="69"/>
@@ -46515,51 +46516,51 @@
         <v>8530.0000600000003</v>
       </c>
       <c r="V35" s="50">
         <f t="shared" si="15"/>
         <v>6</v>
       </c>
       <c r="W35" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Wholesale Trade</v>
       </c>
       <c r="X35" s="45">
         <f t="shared" si="17"/>
         <v>8530</v>
       </c>
       <c r="Y35" s="51">
         <f t="shared" si="18"/>
         <v>8.1912901522062711</v>
       </c>
       <c r="AG35" s="49">
         <v>32</v>
       </c>
       <c r="AH35" s="36">
         <v>96</v>
       </c>
       <c r="AI35" s="39" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="AJ35" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH35)</f>
         <v>5.1525144270403951E-2</v>
       </c>
       <c r="AK35" s="51">
         <f t="shared" si="5"/>
         <v>5.2485144270403954E-2</v>
       </c>
       <c r="AL35" s="42">
         <f t="shared" si="6"/>
         <v>48</v>
       </c>
       <c r="AM35" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Latrobe </v>
       </c>
       <c r="AN35" s="51">
         <f t="shared" si="8"/>
         <v>0.16434099261959542</v>
       </c>
     </row>
     <row r="36" spans="1:82" ht="27.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C36" s="80"/>
       <c r="D36" s="69"/>
@@ -46584,797 +46585,797 @@
         <v>10033.00007</v>
       </c>
       <c r="V36" s="50">
         <f t="shared" si="15"/>
         <v>4</v>
       </c>
       <c r="W36" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Education &amp; Training</v>
       </c>
       <c r="X36" s="45">
         <f t="shared" si="17"/>
         <v>5910</v>
       </c>
       <c r="Y36" s="51">
         <f t="shared" si="18"/>
         <v>5.6753252988908622</v>
       </c>
       <c r="AG36" s="49">
         <v>33</v>
       </c>
       <c r="AH36" s="36">
         <v>97</v>
       </c>
       <c r="AI36" s="39" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="AJ36" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH36)</f>
         <v>0.21068815306209604</v>
       </c>
       <c r="AK36" s="51">
         <f t="shared" si="5"/>
         <v>0.21165815306209604</v>
       </c>
       <c r="AL36" s="42">
         <f t="shared" si="6"/>
         <v>30</v>
       </c>
       <c r="AM36" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Melton </v>
       </c>
       <c r="AN36" s="51">
         <f t="shared" si="8"/>
         <v>0.15699004842743866</v>
       </c>
     </row>
     <row r="37" spans="1:82" ht="27.4" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C37" s="80"/>
       <c r="O37" s="81"/>
       <c r="Q37" s="49">
         <v>8</v>
       </c>
       <c r="R37" s="36">
         <v>33</v>
       </c>
       <c r="S37" s="39" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="T37" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R37)</f>
         <v>3502</v>
       </c>
       <c r="U37" s="50">
         <f t="shared" si="14"/>
         <v>3502.0000799999998</v>
       </c>
       <c r="V37" s="50">
         <f t="shared" si="15"/>
         <v>11</v>
       </c>
       <c r="W37" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Public Admin &amp; Safety</v>
       </c>
       <c r="X37" s="45">
         <f t="shared" si="17"/>
         <v>4643</v>
       </c>
       <c r="Y37" s="51">
         <f t="shared" si="18"/>
         <v>4.4586354251692519</v>
       </c>
       <c r="AG37" s="49">
         <v>34</v>
       </c>
       <c r="AH37" s="36">
         <v>98</v>
       </c>
       <c r="AI37" s="39" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="AJ37" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH37)</f>
         <v>0</v>
       </c>
       <c r="AK37" s="51">
         <f t="shared" si="5"/>
         <v>9.8000000000000019E-4</v>
       </c>
       <c r="AL37" s="42">
         <f t="shared" si="6"/>
         <v>74</v>
       </c>
       <c r="AM37" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Bass Coast </v>
       </c>
       <c r="AN37" s="51">
         <f t="shared" si="8"/>
         <v>0.15105740181268881</v>
       </c>
     </row>
     <row r="38" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C38" s="80"/>
       <c r="L38" s="66"/>
       <c r="M38" s="66"/>
       <c r="N38" s="66"/>
       <c r="O38" s="89"/>
       <c r="Q38" s="49">
         <v>9</v>
       </c>
       <c r="R38" s="36">
         <v>34</v>
       </c>
       <c r="S38" s="39" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="T38" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R38)</f>
         <v>8997</v>
       </c>
       <c r="U38" s="50">
         <f t="shared" si="14"/>
         <v>8997.0000899999995</v>
       </c>
       <c r="V38" s="50">
         <f t="shared" si="15"/>
         <v>5</v>
       </c>
       <c r="W38" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Other Services</v>
       </c>
       <c r="X38" s="45">
         <f t="shared" si="17"/>
         <v>4399</v>
       </c>
       <c r="Y38" s="51">
         <f t="shared" si="18"/>
         <v>4.2243241945551446</v>
       </c>
       <c r="AG38" s="49">
         <v>35</v>
       </c>
       <c r="AH38" s="36">
         <v>99</v>
       </c>
       <c r="AI38" s="39" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="AJ38" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH38)</f>
         <v>9.1786625583746577</v>
       </c>
       <c r="AK38" s="51">
         <f t="shared" si="5"/>
         <v>9.1796525583746575</v>
       </c>
       <c r="AL38" s="42">
         <f t="shared" si="6"/>
         <v>2</v>
       </c>
       <c r="AM38" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">South Gippsland </v>
       </c>
       <c r="AN38" s="51">
         <f t="shared" si="8"/>
         <v>0.12053379250968575</v>
       </c>
     </row>
     <row r="39" spans="1:82" x14ac:dyDescent="0.35">
       <c r="C39" s="80"/>
       <c r="L39" s="66"/>
       <c r="M39" s="66"/>
       <c r="N39" s="66"/>
       <c r="O39" s="89"/>
       <c r="Q39" s="49">
         <v>10</v>
       </c>
       <c r="R39" s="36">
         <v>35</v>
       </c>
       <c r="S39" s="39" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="T39" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R39)</f>
         <v>673</v>
       </c>
       <c r="U39" s="50">
         <f t="shared" si="14"/>
         <v>673.00009999999997</v>
       </c>
       <c r="V39" s="50">
         <f t="shared" si="15"/>
         <v>16</v>
       </c>
       <c r="W39" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Professional &amp; Tech</v>
       </c>
       <c r="X39" s="45">
         <f t="shared" si="17"/>
         <v>3840</v>
       </c>
       <c r="Y39" s="51">
         <f t="shared" si="18"/>
         <v>3.6875210063859418</v>
       </c>
       <c r="AG39" s="49">
         <v>36</v>
       </c>
       <c r="AH39" s="36">
         <v>100</v>
       </c>
       <c r="AI39" s="39" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="AJ39" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH39)</f>
         <v>3.8364497771298813</v>
       </c>
       <c r="AK39" s="51">
         <f t="shared" si="5"/>
         <v>3.8374497771298812</v>
       </c>
       <c r="AL39" s="42">
         <f t="shared" si="6"/>
         <v>5</v>
       </c>
       <c r="AM39" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Moorabool </v>
       </c>
       <c r="AN39" s="51">
         <f t="shared" si="8"/>
         <v>0.10298661174047373</v>
       </c>
     </row>
     <row r="40" spans="1:82" ht="18.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C40" s="80"/>
       <c r="L40" s="74"/>
       <c r="M40" s="75"/>
       <c r="N40" s="76"/>
       <c r="O40" s="81"/>
       <c r="Q40" s="49">
         <v>11</v>
       </c>
       <c r="R40" s="36">
         <v>36</v>
       </c>
       <c r="S40" s="39" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="T40" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R40)</f>
         <v>1324</v>
       </c>
       <c r="U40" s="50">
         <f t="shared" si="14"/>
         <v>1324.0001099999999</v>
       </c>
       <c r="V40" s="50">
         <f t="shared" si="15"/>
         <v>15</v>
       </c>
       <c r="W40" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Accommodation &amp; Food</v>
       </c>
       <c r="X40" s="45">
         <f t="shared" si="17"/>
         <v>3502</v>
       </c>
       <c r="Y40" s="51">
         <f t="shared" si="18"/>
         <v>3.3629423344696789</v>
       </c>
       <c r="AG40" s="49">
         <v>37</v>
       </c>
       <c r="AH40" s="36">
         <v>101</v>
       </c>
       <c r="AI40" s="39" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="AJ40" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH40)</f>
         <v>0.16434099261959542</v>
       </c>
       <c r="AK40" s="51">
         <f t="shared" si="5"/>
         <v>0.16535099261959543</v>
       </c>
       <c r="AL40" s="42">
         <f t="shared" si="6"/>
         <v>32</v>
       </c>
       <c r="AM40" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Nillumbik </v>
       </c>
       <c r="AN40" s="51">
         <f t="shared" si="8"/>
         <v>0.1004016064257028</v>
       </c>
     </row>
     <row r="41" spans="1:82" ht="17.649999999999999" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="34"/>
       <c r="C41" s="97"/>
       <c r="D41" s="66"/>
       <c r="E41" s="66"/>
       <c r="F41" s="66"/>
       <c r="G41" s="66"/>
       <c r="H41" s="34"/>
       <c r="L41" s="77"/>
       <c r="M41" s="77"/>
       <c r="N41" s="77"/>
       <c r="O41" s="98"/>
       <c r="Q41" s="49">
         <v>12</v>
       </c>
       <c r="R41" s="36">
         <v>37</v>
       </c>
       <c r="S41" s="39" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="T41" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R41)</f>
         <v>1417</v>
       </c>
       <c r="U41" s="50">
         <f t="shared" si="14"/>
         <v>1417.0001199999999</v>
       </c>
       <c r="V41" s="50">
         <f t="shared" si="15"/>
         <v>14</v>
       </c>
       <c r="W41" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Admin &amp; Support</v>
       </c>
       <c r="X41" s="45">
         <f t="shared" si="17"/>
         <v>2626</v>
       </c>
       <c r="Y41" s="51">
         <f t="shared" si="18"/>
         <v>2.5217266048878857</v>
       </c>
       <c r="AG41" s="49">
         <v>38</v>
       </c>
       <c r="AH41" s="36">
         <v>102</v>
       </c>
       <c r="AI41" s="39" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="AJ41" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH41)</f>
         <v>0</v>
       </c>
       <c r="AK41" s="51">
         <f t="shared" si="5"/>
         <v>1.0200000000000001E-3</v>
       </c>
       <c r="AL41" s="42">
         <f t="shared" si="6"/>
         <v>73</v>
       </c>
       <c r="AM41" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Mitchell </v>
       </c>
       <c r="AN41" s="51">
         <f t="shared" si="8"/>
         <v>8.1061164333087687E-2</v>
       </c>
     </row>
     <row r="42" spans="1:82" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="34"/>
       <c r="C42" s="99"/>
       <c r="D42" s="100"/>
       <c r="E42" s="100"/>
       <c r="F42" s="100"/>
       <c r="G42" s="100"/>
       <c r="H42" s="101"/>
       <c r="I42" s="102"/>
       <c r="J42" s="102"/>
       <c r="K42" s="102"/>
       <c r="L42" s="103"/>
       <c r="M42" s="103"/>
       <c r="N42" s="103"/>
       <c r="O42" s="104"/>
       <c r="Q42" s="49">
         <v>13</v>
       </c>
       <c r="R42" s="36">
         <v>38</v>
       </c>
       <c r="S42" s="39" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="T42" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R42)</f>
         <v>3840</v>
       </c>
       <c r="U42" s="50">
         <f t="shared" si="14"/>
         <v>3840.0001299999999</v>
       </c>
       <c r="V42" s="50">
         <f t="shared" si="15"/>
         <v>10</v>
       </c>
       <c r="W42" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Electricity, Gas, Water, Waste</v>
       </c>
       <c r="X42" s="45">
         <f t="shared" si="17"/>
         <v>2046</v>
       </c>
       <c r="Y42" s="51">
         <f t="shared" si="18"/>
         <v>1.9647572862150093</v>
       </c>
       <c r="AG42" s="49">
         <v>39</v>
       </c>
       <c r="AH42" s="36">
         <v>103</v>
       </c>
       <c r="AI42" s="39" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="AJ42" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH42)</f>
         <v>5.7530043467143951E-2</v>
       </c>
       <c r="AK42" s="51">
         <f t="shared" si="5"/>
         <v>5.8560043467143955E-2</v>
       </c>
       <c r="AL42" s="42">
         <f t="shared" si="6"/>
         <v>44</v>
       </c>
       <c r="AM42" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Gannawarra </v>
       </c>
       <c r="AN42" s="51">
         <f t="shared" si="8"/>
         <v>8.0666845926324282E-2</v>
       </c>
     </row>
     <row r="43" spans="1:82" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="Q43" s="49">
         <v>14</v>
       </c>
       <c r="R43" s="36">
         <v>39</v>
       </c>
       <c r="S43" s="39" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="T43" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R43)</f>
         <v>2626</v>
       </c>
       <c r="U43" s="50">
         <f t="shared" si="14"/>
         <v>2626.0001400000001</v>
       </c>
       <c r="V43" s="50">
         <f t="shared" si="15"/>
         <v>12</v>
       </c>
       <c r="W43" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Rental, Hiring &amp; Real Estate</v>
       </c>
       <c r="X43" s="45">
         <f t="shared" si="17"/>
         <v>1417</v>
       </c>
       <c r="Y43" s="51">
         <f t="shared" si="18"/>
         <v>1.3607336630335622</v>
       </c>
       <c r="AG43" s="49">
         <v>40</v>
       </c>
       <c r="AH43" s="36">
         <v>104</v>
       </c>
       <c r="AI43" s="39" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="AJ43" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH43)</f>
         <v>0.80487342970772047</v>
       </c>
       <c r="AK43" s="51">
         <f t="shared" si="5"/>
         <v>0.80591342970772051</v>
       </c>
       <c r="AL43" s="42">
         <f t="shared" si="6"/>
         <v>19</v>
       </c>
       <c r="AM43" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Hepburn </v>
       </c>
       <c r="AN43" s="51">
         <f t="shared" si="8"/>
         <v>7.5628663263376819E-2</v>
       </c>
     </row>
     <row r="44" spans="1:82" x14ac:dyDescent="0.35">
       <c r="Q44" s="49">
         <v>15</v>
       </c>
       <c r="R44" s="36">
         <v>40</v>
       </c>
       <c r="S44" s="39" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="T44" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R44)</f>
         <v>4643</v>
       </c>
       <c r="U44" s="50">
         <f t="shared" si="14"/>
         <v>4643.0001499999998</v>
       </c>
       <c r="V44" s="50">
         <f t="shared" si="15"/>
         <v>8</v>
       </c>
       <c r="W44" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Financial &amp; Insurance</v>
       </c>
       <c r="X44" s="45">
         <f t="shared" si="17"/>
         <v>1324</v>
       </c>
       <c r="Y44" s="51">
         <f t="shared" si="18"/>
         <v>1.2714265136601528</v>
       </c>
       <c r="AG44" s="49">
         <v>41</v>
       </c>
       <c r="AH44" s="36">
         <v>105</v>
       </c>
       <c r="AI44" s="39" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="AJ44" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH44)</f>
         <v>0</v>
       </c>
       <c r="AK44" s="51">
         <f t="shared" si="5"/>
         <v>1.0500000000000002E-3</v>
       </c>
       <c r="AL44" s="42">
         <f t="shared" si="6"/>
         <v>72</v>
       </c>
       <c r="AM44" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Central Goldfields </v>
       </c>
       <c r="AN44" s="51">
         <f t="shared" si="8"/>
         <v>6.7765981477298398E-2</v>
       </c>
     </row>
     <row r="45" spans="1:82" x14ac:dyDescent="0.35">
       <c r="Q45" s="49">
         <v>16</v>
       </c>
       <c r="R45" s="36">
         <v>41</v>
       </c>
       <c r="S45" s="39" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="T45" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R45)</f>
         <v>5910</v>
       </c>
       <c r="U45" s="50">
         <f t="shared" si="14"/>
         <v>5910.0001599999996</v>
       </c>
       <c r="V45" s="50">
         <f t="shared" si="15"/>
         <v>7</v>
       </c>
       <c r="W45" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Info. Media &amp; Telecom.</v>
       </c>
       <c r="X45" s="45">
         <f t="shared" si="17"/>
         <v>673</v>
       </c>
       <c r="Y45" s="51">
         <f t="shared" si="18"/>
         <v>0.64627646804628602</v>
       </c>
       <c r="AG45" s="49">
         <v>42</v>
       </c>
       <c r="AH45" s="36">
         <v>106</v>
       </c>
       <c r="AI45" s="39" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="AJ45" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH45)</f>
         <v>0.4124343051071151</v>
       </c>
       <c r="AK45" s="51">
         <f t="shared" si="5"/>
         <v>0.4134943051071151</v>
       </c>
       <c r="AL45" s="42">
         <f t="shared" si="6"/>
         <v>20</v>
       </c>
       <c r="AM45" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Benalla </v>
       </c>
       <c r="AN45" s="51">
         <f t="shared" si="8"/>
         <v>6.7544748395812232E-2</v>
       </c>
     </row>
     <row r="46" spans="1:82" x14ac:dyDescent="0.35">
       <c r="Q46" s="49">
         <v>17</v>
       </c>
       <c r="R46" s="36">
         <v>42</v>
       </c>
       <c r="S46" s="39" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="T46" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R46)</f>
         <v>10979</v>
       </c>
       <c r="U46" s="50">
         <f t="shared" si="14"/>
         <v>10979.000169999999</v>
       </c>
       <c r="V46" s="50">
         <f t="shared" si="15"/>
         <v>2</v>
       </c>
       <c r="W46" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Arts &amp; Recreation</v>
       </c>
       <c r="X46" s="45">
         <f t="shared" si="17"/>
         <v>635</v>
       </c>
       <c r="Y46" s="51">
         <f t="shared" si="18"/>
         <v>0.60978537475392525</v>
       </c>
       <c r="AG46" s="49">
         <v>43</v>
       </c>
       <c r="AH46" s="36">
         <v>107</v>
       </c>
       <c r="AI46" s="39" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="AJ46" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH46)</f>
         <v>1.5574442383191682</v>
       </c>
       <c r="AK46" s="51">
         <f t="shared" si="5"/>
         <v>1.5585142383191681</v>
       </c>
       <c r="AL46" s="42">
         <f t="shared" si="6"/>
         <v>12</v>
       </c>
       <c r="AM46" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Moira </v>
       </c>
       <c r="AN46" s="51">
         <f t="shared" si="8"/>
         <v>5.9922101268351138E-2</v>
       </c>
     </row>
     <row r="47" spans="1:82" x14ac:dyDescent="0.35">
       <c r="Q47" s="49">
         <v>18</v>
       </c>
       <c r="R47" s="36">
         <v>43</v>
       </c>
       <c r="S47" s="39" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="T47" s="45">
         <f>VLOOKUP($G$3,Data!$A$5:$EN$87,R47)</f>
         <v>635</v>
       </c>
       <c r="U47" s="50">
         <f t="shared" si="14"/>
         <v>635.00018</v>
       </c>
       <c r="V47" s="50">
         <f t="shared" si="15"/>
         <v>17</v>
       </c>
       <c r="W47" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Agriculture</v>
       </c>
       <c r="X47" s="45">
         <f t="shared" si="17"/>
         <v>535</v>
       </c>
       <c r="Y47" s="51">
         <f t="shared" si="18"/>
         <v>0.51375618187929128</v>
       </c>
       <c r="AG47" s="49">
         <v>44</v>
       </c>
       <c r="AH47" s="36">
         <v>108</v>
       </c>
       <c r="AI47" s="39" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="AJ47" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH47)</f>
         <v>1.1810672748558859</v>
       </c>
       <c r="AK47" s="51">
         <f t="shared" si="5"/>
         <v>1.1821472748558859</v>
       </c>
       <c r="AL47" s="42">
         <f t="shared" si="6"/>
         <v>16</v>
       </c>
       <c r="AM47" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Macedon Ranges </v>
       </c>
       <c r="AN47" s="51">
         <f t="shared" si="8"/>
         <v>5.7530043467143951E-2</v>
       </c>
     </row>
     <row r="48" spans="1:82" x14ac:dyDescent="0.35">
       <c r="Q48" s="49">
         <v>19</v>
@@ -47394,1205 +47395,1205 @@
         <v>4399.0001899999997</v>
       </c>
       <c r="V48" s="50">
         <f t="shared" si="15"/>
         <v>9</v>
       </c>
       <c r="W48" s="39" t="str">
         <f t="shared" si="16"/>
         <v>Mining</v>
       </c>
       <c r="X48" s="45">
         <f t="shared" si="17"/>
         <v>92</v>
       </c>
       <c r="Y48" s="51">
         <f t="shared" si="18"/>
         <v>8.8346857444663168E-2</v>
       </c>
       <c r="AG48" s="49">
         <v>45</v>
       </c>
       <c r="AH48" s="36">
         <v>109</v>
       </c>
       <c r="AI48" s="39" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="AJ48" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH48)</f>
         <v>0.15699004842743866</v>
       </c>
       <c r="AK48" s="51">
         <f t="shared" si="5"/>
         <v>0.15808004842743867</v>
       </c>
       <c r="AL48" s="42">
         <f t="shared" si="6"/>
         <v>33</v>
       </c>
       <c r="AM48" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Campaspe </v>
       </c>
       <c r="AN48" s="51">
         <f t="shared" si="8"/>
         <v>5.491865174709961E-2</v>
       </c>
     </row>
     <row r="49" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S49" s="43"/>
       <c r="T49" s="44"/>
       <c r="U49" s="44"/>
       <c r="V49" s="44"/>
       <c r="AG49" s="49">
         <v>46</v>
       </c>
       <c r="AH49" s="36">
         <v>110</v>
       </c>
       <c r="AI49" s="39" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="AJ49" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH49)</f>
         <v>0</v>
       </c>
       <c r="AK49" s="51">
         <f t="shared" si="5"/>
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="AL49" s="42">
         <f t="shared" si="6"/>
         <v>71</v>
       </c>
       <c r="AM49" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Swan Hill </v>
       </c>
       <c r="AN49" s="51">
         <f t="shared" si="8"/>
         <v>5.2798310454065467E-2</v>
       </c>
     </row>
     <row r="50" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S50" s="43"/>
       <c r="T50" s="44"/>
       <c r="U50" s="44"/>
       <c r="V50" s="44"/>
       <c r="AG50" s="49">
         <v>47</v>
       </c>
       <c r="AH50" s="36">
         <v>111</v>
       </c>
       <c r="AI50" s="39" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="AJ50" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH50)</f>
         <v>8.1061164333087687E-2</v>
       </c>
       <c r="AK50" s="51">
         <f t="shared" si="5"/>
         <v>8.2171164333087687E-2</v>
       </c>
       <c r="AL50" s="42">
         <f t="shared" si="6"/>
         <v>38</v>
       </c>
       <c r="AM50" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Mount Alexander </v>
       </c>
       <c r="AN50" s="51">
         <f t="shared" si="8"/>
         <v>5.2356020942408384E-2</v>
       </c>
     </row>
     <row r="51" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S51" s="43"/>
       <c r="T51" s="44"/>
       <c r="U51" s="44"/>
       <c r="V51" s="44"/>
       <c r="AG51" s="49">
         <v>48</v>
       </c>
       <c r="AH51" s="36">
         <v>112</v>
       </c>
       <c r="AI51" s="39" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="AJ51" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH51)</f>
         <v>5.9922101268351138E-2</v>
       </c>
       <c r="AK51" s="51">
         <f t="shared" si="5"/>
         <v>6.1042101268351141E-2</v>
       </c>
       <c r="AL51" s="42">
         <f t="shared" si="6"/>
         <v>43</v>
       </c>
       <c r="AM51" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Horsham </v>
       </c>
       <c r="AN51" s="51">
         <f t="shared" si="8"/>
         <v>5.1525144270403951E-2</v>
       </c>
     </row>
     <row r="52" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S52" s="43"/>
       <c r="T52" s="44"/>
       <c r="U52" s="44"/>
       <c r="V52" s="44"/>
       <c r="AG52" s="49">
         <v>49</v>
       </c>
       <c r="AH52" s="36">
         <v>113</v>
       </c>
       <c r="AI52" s="39" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="AJ52" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH52)</f>
         <v>6.4011614765357399</v>
       </c>
       <c r="AK52" s="51">
         <f t="shared" si="5"/>
         <v>6.4022914765357397</v>
       </c>
       <c r="AL52" s="42">
         <f t="shared" si="6"/>
         <v>3</v>
       </c>
       <c r="AM52" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">G. Geelong </v>
       </c>
       <c r="AN52" s="51">
         <f t="shared" si="8"/>
         <v>4.7766490101247901E-2</v>
       </c>
     </row>
     <row r="53" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S53" s="43"/>
       <c r="T53" s="44"/>
       <c r="U53" s="44"/>
       <c r="V53" s="44"/>
       <c r="AG53" s="49">
         <v>50</v>
       </c>
       <c r="AH53" s="36">
         <v>114</v>
       </c>
       <c r="AI53" s="39" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="AJ53" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH53)</f>
         <v>0.24579174735587664</v>
       </c>
       <c r="AK53" s="51">
         <f t="shared" si="5"/>
         <v>0.24693174735587664</v>
       </c>
       <c r="AL53" s="42">
         <f t="shared" si="6"/>
         <v>28</v>
       </c>
       <c r="AM53" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">G. Shepparton </v>
       </c>
       <c r="AN53" s="51">
         <f t="shared" si="8"/>
         <v>4.5207956600361664E-2</v>
       </c>
     </row>
     <row r="54" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S54" s="43"/>
       <c r="T54" s="44"/>
       <c r="U54" s="44"/>
       <c r="V54" s="44"/>
       <c r="AG54" s="49">
         <v>51</v>
       </c>
       <c r="AH54" s="36">
         <v>115</v>
       </c>
       <c r="AI54" s="39" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="AJ54" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH54)</f>
         <v>0.10298661174047373</v>
       </c>
       <c r="AK54" s="51">
         <f t="shared" si="5"/>
         <v>0.10413661174047373</v>
       </c>
       <c r="AL54" s="42">
         <f t="shared" si="6"/>
         <v>36</v>
       </c>
       <c r="AM54" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Surf Coast </v>
       </c>
       <c r="AN54" s="51">
         <f t="shared" si="8"/>
         <v>4.2665756463862108E-2</v>
       </c>
     </row>
     <row r="55" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S55" s="43"/>
       <c r="T55" s="44"/>
       <c r="U55" s="44"/>
       <c r="V55" s="44"/>
       <c r="AG55" s="49">
         <v>52</v>
       </c>
       <c r="AH55" s="36">
         <v>116</v>
       </c>
       <c r="AI55" s="39" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="AJ55" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH55)</f>
         <v>0.28386510730101056</v>
       </c>
       <c r="AK55" s="51">
         <f t="shared" si="5"/>
         <v>0.28502510730101055</v>
       </c>
       <c r="AL55" s="42">
         <f t="shared" si="6"/>
         <v>25</v>
       </c>
       <c r="AM55" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Corangamite </v>
       </c>
       <c r="AN55" s="51">
         <f t="shared" si="8"/>
         <v>4.100601421541826E-2</v>
       </c>
     </row>
     <row r="56" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S56" s="43"/>
       <c r="T56" s="44"/>
       <c r="U56" s="44"/>
       <c r="V56" s="44"/>
       <c r="AG56" s="49">
         <v>53</v>
       </c>
       <c r="AH56" s="36">
         <v>117</v>
       </c>
       <c r="AI56" s="39" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="AJ56" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH56)</f>
         <v>1.451749168089105</v>
       </c>
       <c r="AK56" s="51">
         <f t="shared" si="5"/>
         <v>1.4529191680891049</v>
       </c>
       <c r="AL56" s="42">
         <f t="shared" si="6"/>
         <v>13</v>
       </c>
       <c r="AM56" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Wangaratta </v>
       </c>
       <c r="AN56" s="51">
         <f t="shared" si="8"/>
         <v>3.7735849056603772E-2</v>
       </c>
     </row>
     <row r="57" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S57" s="43"/>
       <c r="T57" s="44"/>
       <c r="U57" s="44"/>
       <c r="V57" s="44"/>
       <c r="AG57" s="49">
         <v>54</v>
       </c>
       <c r="AH57" s="36">
         <v>118</v>
       </c>
       <c r="AI57" s="39" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="AJ57" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH57)</f>
         <v>5.2356020942408384E-2</v>
       </c>
       <c r="AK57" s="51">
         <f t="shared" si="5"/>
         <v>5.3536020942408384E-2</v>
       </c>
       <c r="AL57" s="42">
         <f t="shared" si="6"/>
         <v>47</v>
       </c>
       <c r="AM57" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Glenelg </v>
       </c>
       <c r="AN57" s="51">
         <f t="shared" si="8"/>
         <v>3.7355248412401947E-2</v>
       </c>
     </row>
     <row r="58" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S58" s="43"/>
       <c r="T58" s="44"/>
       <c r="U58" s="44"/>
       <c r="V58" s="44"/>
       <c r="AG58" s="49">
         <v>55</v>
       </c>
       <c r="AH58" s="36">
         <v>119</v>
       </c>
       <c r="AI58" s="39" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="AJ58" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH58)</f>
         <v>0</v>
       </c>
       <c r="AK58" s="51">
         <f t="shared" si="5"/>
         <v>1.1900000000000001E-3</v>
       </c>
       <c r="AL58" s="42">
         <f t="shared" si="6"/>
         <v>70</v>
       </c>
       <c r="AM58" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Wodonga </v>
       </c>
       <c r="AN58" s="51">
         <f t="shared" si="8"/>
         <v>3.3156498673740049E-2</v>
       </c>
     </row>
     <row r="59" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S59" s="43"/>
       <c r="T59" s="44"/>
       <c r="U59" s="44"/>
       <c r="V59" s="44"/>
       <c r="AG59" s="49">
         <v>56</v>
       </c>
       <c r="AH59" s="36">
         <v>120</v>
       </c>
       <c r="AI59" s="39" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="AJ59" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH59)</f>
         <v>0.35918022395943378</v>
       </c>
       <c r="AK59" s="51">
         <f t="shared" si="5"/>
         <v>0.36038022395943375</v>
       </c>
       <c r="AL59" s="42">
         <f t="shared" si="6"/>
         <v>21</v>
       </c>
       <c r="AM59" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">G. Bendigo </v>
       </c>
       <c r="AN59" s="51">
         <f t="shared" si="8"/>
         <v>3.0901154930665531E-2</v>
       </c>
     </row>
     <row r="60" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S60" s="43"/>
       <c r="T60" s="44"/>
       <c r="U60" s="44"/>
       <c r="V60" s="44"/>
       <c r="AG60" s="49">
         <v>57</v>
       </c>
       <c r="AH60" s="36">
         <v>121</v>
       </c>
       <c r="AI60" s="39" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="AJ60" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH60)</f>
         <v>0.1004016064257028</v>
       </c>
       <c r="AK60" s="51">
         <f t="shared" si="5"/>
         <v>0.1016116064257028</v>
       </c>
       <c r="AL60" s="42">
         <f t="shared" si="6"/>
         <v>37</v>
       </c>
       <c r="AM60" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Warrnambool </v>
       </c>
       <c r="AN60" s="51">
         <f t="shared" si="8"/>
         <v>2.8682882055988988E-2</v>
       </c>
     </row>
     <row r="61" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S61" s="43"/>
       <c r="T61" s="44"/>
       <c r="U61" s="44"/>
       <c r="V61" s="44"/>
       <c r="AG61" s="49">
         <v>58</v>
       </c>
       <c r="AH61" s="36">
         <v>122</v>
       </c>
       <c r="AI61" s="39" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="AJ61" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH61)</f>
         <v>0</v>
       </c>
       <c r="AK61" s="51">
         <f t="shared" si="5"/>
         <v>1.2200000000000002E-3</v>
       </c>
       <c r="AL61" s="42">
         <f t="shared" si="6"/>
         <v>69</v>
       </c>
       <c r="AM61" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Colac-Otway </v>
       </c>
       <c r="AN61" s="51">
         <f t="shared" si="8"/>
         <v>2.8664246130326771E-2</v>
       </c>
     </row>
     <row r="62" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S62" s="43"/>
       <c r="T62" s="44"/>
       <c r="U62" s="44"/>
       <c r="V62" s="44"/>
       <c r="AG62" s="49">
         <v>59</v>
       </c>
       <c r="AH62" s="36">
         <v>123</v>
       </c>
       <c r="AI62" s="39" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="AJ62" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH62)</f>
         <v>1.4191626156499921</v>
       </c>
       <c r="AK62" s="51">
         <f t="shared" si="5"/>
         <v>1.4203926156499922</v>
       </c>
       <c r="AL62" s="42">
         <f t="shared" si="6"/>
         <v>14</v>
       </c>
       <c r="AM62" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Ballarat </v>
       </c>
       <c r="AN62" s="51">
         <f t="shared" si="8"/>
         <v>2.4182447263663084E-2</v>
       </c>
     </row>
     <row r="63" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S63" s="43"/>
       <c r="T63" s="44"/>
       <c r="U63" s="44"/>
       <c r="V63" s="44"/>
       <c r="AG63" s="49">
         <v>60</v>
       </c>
       <c r="AH63" s="36">
         <v>124</v>
       </c>
       <c r="AI63" s="39" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="AJ63" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH63)</f>
         <v>0</v>
       </c>
       <c r="AK63" s="51">
         <f t="shared" si="5"/>
         <v>1.24E-3</v>
       </c>
       <c r="AL63" s="42">
         <f t="shared" si="6"/>
         <v>68</v>
       </c>
       <c r="AM63" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">East Gippsland </v>
       </c>
       <c r="AN63" s="51">
         <f t="shared" si="8"/>
         <v>2.2678308198208413E-2</v>
       </c>
     </row>
     <row r="64" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S64" s="43"/>
       <c r="T64" s="44"/>
       <c r="U64" s="44"/>
       <c r="V64" s="44"/>
       <c r="AG64" s="49">
         <v>61</v>
       </c>
       <c r="AH64" s="36">
         <v>125</v>
       </c>
       <c r="AI64" s="39" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="AJ64" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH64)</f>
         <v>0</v>
       </c>
       <c r="AK64" s="51">
         <f t="shared" si="5"/>
         <v>1.25E-3</v>
       </c>
       <c r="AL64" s="42">
         <f t="shared" si="6"/>
         <v>67</v>
       </c>
       <c r="AM64" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Yarriambiack </v>
       </c>
       <c r="AN64" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S65" s="43"/>
       <c r="T65" s="44"/>
       <c r="U65" s="44"/>
       <c r="V65" s="44"/>
       <c r="AG65" s="49">
         <v>62</v>
       </c>
       <c r="AH65" s="36">
         <v>126</v>
       </c>
       <c r="AI65" s="39" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="AJ65" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH65)</f>
         <v>0.12053379250968575</v>
       </c>
       <c r="AK65" s="51">
         <f t="shared" si="5"/>
         <v>0.12179379250968575</v>
       </c>
       <c r="AL65" s="42">
         <f t="shared" si="6"/>
         <v>35</v>
       </c>
       <c r="AM65" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">West Wimmera </v>
       </c>
       <c r="AN65" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S66" s="43"/>
       <c r="T66" s="44"/>
       <c r="U66" s="44"/>
       <c r="V66" s="44"/>
       <c r="AG66" s="49">
         <v>63</v>
       </c>
       <c r="AH66" s="36">
         <v>127</v>
       </c>
       <c r="AI66" s="39" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="AJ66" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH66)</f>
         <v>0</v>
       </c>
       <c r="AK66" s="51">
         <f t="shared" si="5"/>
         <v>1.2700000000000001E-3</v>
       </c>
       <c r="AL66" s="42">
         <f t="shared" si="6"/>
         <v>66</v>
       </c>
       <c r="AM66" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Wellington </v>
       </c>
       <c r="AN66" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S67" s="43"/>
       <c r="T67" s="44"/>
       <c r="U67" s="44"/>
       <c r="V67" s="44"/>
       <c r="AG67" s="49">
         <v>64</v>
       </c>
       <c r="AH67" s="36">
         <v>128</v>
       </c>
       <c r="AI67" s="39" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="AJ67" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH67)</f>
         <v>2.7050000000000001</v>
       </c>
       <c r="AK67" s="51">
         <f t="shared" si="5"/>
         <v>2.70628</v>
       </c>
       <c r="AL67" s="42">
         <f t="shared" si="6"/>
         <v>9</v>
       </c>
       <c r="AM67" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Towong </v>
       </c>
       <c r="AN67" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S68" s="43"/>
       <c r="T68" s="44"/>
       <c r="U68" s="44"/>
       <c r="V68" s="44"/>
       <c r="AG68" s="49">
         <v>65</v>
       </c>
       <c r="AH68" s="36">
         <v>129</v>
       </c>
       <c r="AI68" s="39" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="AJ68" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH68)</f>
         <v>0</v>
       </c>
       <c r="AK68" s="51">
         <f t="shared" si="5"/>
         <v>1.2900000000000001E-3</v>
       </c>
       <c r="AL68" s="42">
         <f t="shared" si="6"/>
         <v>65</v>
       </c>
       <c r="AM68" s="42" t="str">
         <f t="shared" si="7"/>
         <v xml:space="preserve">Strathbogie </v>
       </c>
       <c r="AN68" s="51">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S69" s="43"/>
       <c r="T69" s="44"/>
       <c r="U69" s="44"/>
       <c r="V69" s="44"/>
       <c r="AG69" s="49">
         <v>66</v>
       </c>
       <c r="AH69" s="36">
         <v>130</v>
       </c>
       <c r="AI69" s="39" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="AJ69" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH69)</f>
         <v>4.2665756463862108E-2</v>
       </c>
       <c r="AK69" s="51">
         <f t="shared" ref="AK69:AK82" si="19">AJ69+0.00001*AH69</f>
         <v>4.396575646386211E-2</v>
       </c>
       <c r="AL69" s="42">
         <f t="shared" ref="AL69:AL82" si="20">RANK(AK69,AK$4:AK$82)</f>
         <v>51</v>
       </c>
       <c r="AM69" s="42" t="str">
         <f t="shared" ref="AM69:AM82" si="21">VLOOKUP(MATCH(AG69,AL$4:AL$82,0),$AG$4:$AJ$82,3)</f>
         <v xml:space="preserve">Southern Grampians </v>
       </c>
       <c r="AN69" s="51">
         <f t="shared" ref="AN69:AN82" si="22">VLOOKUP(MATCH(AG69,AL$4:AL$82,0),$AG$4:$AJ$82,4)</f>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S70" s="43"/>
       <c r="T70" s="44"/>
       <c r="U70" s="44"/>
       <c r="V70" s="44"/>
       <c r="AG70" s="49">
         <v>67</v>
       </c>
       <c r="AH70" s="36">
         <v>131</v>
       </c>
       <c r="AI70" s="39" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="AJ70" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH70)</f>
         <v>5.2798310454065467E-2</v>
       </c>
       <c r="AK70" s="51">
         <f t="shared" si="19"/>
         <v>5.4108310454065466E-2</v>
       </c>
       <c r="AL70" s="42">
         <f t="shared" si="20"/>
         <v>46</v>
       </c>
       <c r="AM70" s="42" t="str">
         <f t="shared" si="21"/>
         <v>Queenscliffe (B)</v>
       </c>
       <c r="AN70" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S71" s="43"/>
       <c r="T71" s="44"/>
       <c r="U71" s="44"/>
       <c r="V71" s="44"/>
       <c r="AG71" s="49">
         <v>68</v>
       </c>
       <c r="AH71" s="36">
         <v>132</v>
       </c>
       <c r="AI71" s="39" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="AJ71" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH71)</f>
         <v>0</v>
       </c>
       <c r="AK71" s="51">
         <f t="shared" si="19"/>
         <v>1.3200000000000002E-3</v>
       </c>
       <c r="AL71" s="42">
         <f t="shared" si="20"/>
         <v>64</v>
       </c>
       <c r="AM71" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Pyrenees </v>
       </c>
       <c r="AN71" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S72" s="43"/>
       <c r="T72" s="44"/>
       <c r="U72" s="44"/>
       <c r="V72" s="44"/>
       <c r="AG72" s="49">
         <v>69</v>
       </c>
       <c r="AH72" s="36">
         <v>133</v>
       </c>
       <c r="AI72" s="39" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="AJ72" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH72)</f>
         <v>3.7735849056603772E-2</v>
       </c>
       <c r="AK72" s="51">
         <f t="shared" si="19"/>
         <v>3.906584905660377E-2</v>
       </c>
       <c r="AL72" s="42">
         <f t="shared" si="20"/>
         <v>53</v>
       </c>
       <c r="AM72" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Northern Grampians </v>
       </c>
       <c r="AN72" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="19:40" x14ac:dyDescent="0.35">
       <c r="S73" s="43"/>
       <c r="T73" s="44"/>
       <c r="U73" s="44"/>
       <c r="V73" s="44"/>
       <c r="AG73" s="49">
         <v>70</v>
       </c>
       <c r="AH73" s="36">
         <v>134</v>
       </c>
       <c r="AI73" s="39" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="AJ73" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH73)</f>
         <v>2.8682882055988988E-2</v>
       </c>
       <c r="AK73" s="51">
         <f t="shared" si="19"/>
         <v>3.0022882055988988E-2</v>
       </c>
       <c r="AL73" s="42">
         <f t="shared" si="20"/>
         <v>57</v>
       </c>
       <c r="AM73" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Moyne </v>
       </c>
       <c r="AN73" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="19:40" x14ac:dyDescent="0.35">
       <c r="AG74" s="49">
         <v>71</v>
       </c>
       <c r="AH74" s="36">
         <v>135</v>
       </c>
       <c r="AI74" s="39" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="AJ74" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH74)</f>
         <v>0</v>
       </c>
       <c r="AK74" s="51">
         <f t="shared" si="19"/>
         <v>1.3500000000000001E-3</v>
       </c>
       <c r="AL74" s="42">
         <f t="shared" si="20"/>
         <v>63</v>
       </c>
       <c r="AM74" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Mildura </v>
       </c>
       <c r="AN74" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="19:40" x14ac:dyDescent="0.35">
       <c r="AG75" s="49">
         <v>72</v>
       </c>
       <c r="AH75" s="36">
         <v>136</v>
       </c>
       <c r="AI75" s="39" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="AJ75" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH75)</f>
         <v>0</v>
       </c>
       <c r="AK75" s="51">
         <f t="shared" si="19"/>
         <v>1.3600000000000001E-3</v>
       </c>
       <c r="AL75" s="42">
         <f t="shared" si="20"/>
         <v>62</v>
       </c>
       <c r="AM75" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Mansfield </v>
       </c>
       <c r="AN75" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="19:40" x14ac:dyDescent="0.35">
       <c r="AG76" s="49">
         <v>73</v>
       </c>
       <c r="AH76" s="36">
         <v>137</v>
       </c>
       <c r="AI76" s="39" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="AJ76" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH76)</f>
         <v>1.9319624956091761</v>
       </c>
       <c r="AK76" s="51">
         <f t="shared" si="19"/>
         <v>1.9333324956091762</v>
       </c>
       <c r="AL76" s="42">
         <f t="shared" si="20"/>
         <v>11</v>
       </c>
       <c r="AM76" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Loddon </v>
       </c>
       <c r="AN76" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="19:40" x14ac:dyDescent="0.35">
       <c r="AG77" s="49">
         <v>74</v>
       </c>
       <c r="AH77" s="36">
         <v>138</v>
       </c>
       <c r="AI77" s="39" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="AJ77" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH77)</f>
         <v>0.20967973574608645</v>
       </c>
       <c r="AK77" s="51">
         <f t="shared" si="19"/>
         <v>0.21105973574608644</v>
       </c>
       <c r="AL77" s="42">
         <f t="shared" si="20"/>
         <v>31</v>
       </c>
       <c r="AM77" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Indigo </v>
       </c>
       <c r="AN77" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="19:40" x14ac:dyDescent="0.35">
       <c r="AG78" s="49">
         <v>75</v>
       </c>
       <c r="AH78" s="36">
         <v>139</v>
       </c>
       <c r="AI78" s="39" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="AJ78" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH78)</f>
         <v>3.3156498673740049E-2</v>
       </c>
       <c r="AK78" s="51">
         <f t="shared" si="19"/>
         <v>3.4546498673740052E-2</v>
       </c>
       <c r="AL78" s="42">
         <f t="shared" si="20"/>
         <v>55</v>
       </c>
       <c r="AM78" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Hindmarsh </v>
       </c>
       <c r="AN78" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="19:40" x14ac:dyDescent="0.35">
       <c r="AG79" s="49">
         <v>76</v>
       </c>
       <c r="AH79" s="36">
         <v>140</v>
       </c>
       <c r="AI79" s="39" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="AJ79" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH79)</f>
         <v>0.26182820395039047</v>
       </c>
       <c r="AK79" s="51">
         <f t="shared" si="19"/>
         <v>0.26322820395039048</v>
       </c>
       <c r="AL79" s="42">
         <f t="shared" si="20"/>
         <v>26</v>
       </c>
       <c r="AM79" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Golden Plains </v>
       </c>
       <c r="AN79" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="19:40" x14ac:dyDescent="0.35">
       <c r="AG80" s="49">
         <v>77</v>
       </c>
       <c r="AH80" s="36">
         <v>141</v>
       </c>
       <c r="AI80" s="39" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="AJ80" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH80)</f>
         <v>0.92527612528476266</v>
       </c>
       <c r="AK80" s="51">
         <f t="shared" si="19"/>
         <v>0.92668612528476269</v>
       </c>
       <c r="AL80" s="42">
         <f t="shared" si="20"/>
         <v>18</v>
       </c>
       <c r="AM80" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Buloke </v>
       </c>
       <c r="AN80" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="33:40" x14ac:dyDescent="0.35">
       <c r="AG81" s="49">
         <v>78</v>
       </c>
       <c r="AH81" s="36">
         <v>142</v>
       </c>
       <c r="AI81" s="39" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="AJ81" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH81)</f>
         <v>1.0980982532267707</v>
       </c>
       <c r="AK81" s="51">
         <f t="shared" si="19"/>
         <v>1.0995182532267707</v>
       </c>
       <c r="AL81" s="42">
         <f t="shared" si="20"/>
         <v>17</v>
       </c>
       <c r="AM81" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Ararat </v>
       </c>
       <c r="AN81" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="33:40" x14ac:dyDescent="0.35">
       <c r="AG82" s="49">
         <v>79</v>
       </c>
       <c r="AH82" s="36">
         <v>143</v>
       </c>
       <c r="AI82" s="39" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="AJ82" s="54">
         <f>VLOOKUP($G$3,Data!$A$5:$EM$87,AH82)</f>
         <v>0</v>
       </c>
       <c r="AK82" s="51">
         <f t="shared" si="19"/>
         <v>1.4300000000000001E-3</v>
       </c>
       <c r="AL82" s="42">
         <f t="shared" si="20"/>
         <v>61</v>
       </c>
       <c r="AM82" s="42" t="str">
         <f t="shared" si="21"/>
         <v xml:space="preserve">Alpine </v>
       </c>
       <c r="AN82" s="51">
         <f t="shared" si="22"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="33:40" x14ac:dyDescent="0.35">
       <c r="AJ83" s="54"/>
       <c r="AK83" s="42"/>
@@ -48689,78 +48690,78 @@
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A10970329</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024 Employment - Infographic</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-05-22T00:57:32Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2024-05-22T00:58:50Z</value>
+      <value order="0">2025-10-21T02:14:20Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-05-22T22:54:45Z</value>
+      <value order="0">2025-10-21T02:14:21Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA13885357</value>
+      <value order="0">vA15769584</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">2.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">1</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">First version</value>
+      <value order="0">Updated data</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
@@ -48830,78 +48831,78 @@
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A10970329</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024 Employment - Infographic</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-05-22T00:57:32Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2024-05-22T00:58:50Z</vt:filetime>
+    <vt:filetime>2025-10-21T02:14:20Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2024-05-22T22:54:45Z</vt:filetime>
+    <vt:filetime>2025-10-21T02:14:21Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA13885357</vt:lpwstr>
+    <vt:lpwstr>vA15769584</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>1</vt:r8>
+    <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>First version</vt:lpwstr>
+    <vt:lpwstr>Updated data</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>