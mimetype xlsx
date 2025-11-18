--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -17,51 +17,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R7c3fa44b9b8c40bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R80a03986e99c40dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B5185CDC-2AF7-4304-89FD-08B212E1DEBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Infographic" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Infographic!$C$1:$O$42</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -2931,51 +2931,51 @@
     <cellStyle name="Normal_Local Government Statistics" xfId="12" xr:uid="{A8829775-EB3D-4BB8-9EE4-1D5FE8AE8F7B}"/>
     <cellStyle name="Normal_T100" xfId="13" xr:uid="{7D32BAB3-6680-4179-B715-A81CFC02997E}"/>
     <cellStyle name="rowfield" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Test" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2afa4e7d9715480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2a9fae98546e4514" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">