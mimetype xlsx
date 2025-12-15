--- v2 (2025-11-18)
+++ v3 (2025-12-15)
@@ -17,51 +17,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R80a03986e99c40dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rce74044f2cb24057" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B5185CDC-2AF7-4304-89FD-08B212E1DEBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Infographic" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Infographic!$C$1:$O$42</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -2931,51 +2931,51 @@
     <cellStyle name="Normal_Local Government Statistics" xfId="12" xr:uid="{A8829775-EB3D-4BB8-9EE4-1D5FE8AE8F7B}"/>
     <cellStyle name="Normal_T100" xfId="13" xr:uid="{7D32BAB3-6680-4179-B715-A81CFC02997E}"/>
     <cellStyle name="rowfield" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Test" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2a9fae98546e4514" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rbfa7d0af309749b2" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">