--- v3 (2025-12-15)
+++ v4 (2026-01-21)
@@ -17,51 +17,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rce74044f2cb24057" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R7598b4f3f5684142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B5185CDC-2AF7-4304-89FD-08B212E1DEBA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Infographic" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Infographic!$C$1:$O$42</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -2931,51 +2931,51 @@
     <cellStyle name="Normal_Local Government Statistics" xfId="12" xr:uid="{A8829775-EB3D-4BB8-9EE4-1D5FE8AE8F7B}"/>
     <cellStyle name="Normal_T100" xfId="13" xr:uid="{7D32BAB3-6680-4179-B715-A81CFC02997E}"/>
     <cellStyle name="rowfield" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Test" xfId="10" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rbfa7d0af309749b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rdf14b20b21914a69" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">