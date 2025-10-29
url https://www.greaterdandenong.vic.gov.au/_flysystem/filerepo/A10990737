--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc1f2801142074d9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R33ebe47763de4ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ ~ OBJECTIVE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D983A6D-CB73-477C-A0E7-6960C1AC9CA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Front" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Front!$B$1:$K$30</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -995,51 +995,51 @@
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R52b6e8ba35c247e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R9aa08d1e73354413" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>