--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R33ebe47763de4ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb22b587c2b6c412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ ~ OBJECTIVE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D983A6D-CB73-477C-A0E7-6960C1AC9CA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Front" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Front!$B$1:$K$30</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -995,51 +995,51 @@
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R9aa08d1e73354413" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R77984c34532e4b39" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>