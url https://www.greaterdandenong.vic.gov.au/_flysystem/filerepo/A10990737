--- v2 (2025-11-18)
+++ v3 (2026-03-12)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb22b587c2b6c412e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd28471d8cef34f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ ~ OBJECTIVE\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D983A6D-CB73-477C-A0E7-6960C1AC9CA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Front" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Front!$B$1:$K$30</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -995,51 +995,51 @@
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R77984c34532e4b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2800ce6be4cb499d" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="bar"/>