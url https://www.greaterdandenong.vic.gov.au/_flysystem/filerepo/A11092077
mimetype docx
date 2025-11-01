--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -11583,51 +11583,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R817342a080ba4fed" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R321ea95c4d9d45d4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>