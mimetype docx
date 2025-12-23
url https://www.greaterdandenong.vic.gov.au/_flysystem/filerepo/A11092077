--- v1 (2025-11-01)
+++ v2 (2025-12-23)
@@ -11583,51 +11583,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R321ea95c4d9d45d4" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R647c52979f304aac" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>