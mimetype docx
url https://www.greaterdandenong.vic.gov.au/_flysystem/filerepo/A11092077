--- v2 (2025-12-23)
+++ v3 (2026-01-16)
@@ -11583,51 +11583,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R647c52979f304aac" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R9c6f5ed4568c4295" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>