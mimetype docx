--- v3 (2026-01-16)
+++ v4 (2026-02-07)
@@ -11583,51 +11583,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R9c6f5ed4568c4295" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra1ab445fbae849f0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>