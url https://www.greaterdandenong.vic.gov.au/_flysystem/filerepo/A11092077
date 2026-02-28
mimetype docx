--- v4 (2026-02-07)
+++ v5 (2026-02-28)
@@ -11583,51 +11583,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra1ab445fbae849f0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R47e7c9bd9895496c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>