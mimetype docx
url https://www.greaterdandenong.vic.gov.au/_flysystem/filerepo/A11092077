--- v5 (2026-02-28)
+++ v6 (2026-03-20)
@@ -11583,51 +11583,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135634369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R47e7c9bd9895496c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R2f14b1a0d0bd44f4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>