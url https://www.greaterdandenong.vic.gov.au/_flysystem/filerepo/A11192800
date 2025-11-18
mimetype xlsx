--- v0 (2025-10-07)
+++ v1 (2025-11-18)
@@ -1,94 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Reaf93ed18cfa4f39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rce5689678aa84806" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ Work - Dump\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99E2760C-F19F-4A28-846E-2EFE5B0A9793}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7B3AB31D-FBB7-424E-9642-0A380CBFCAA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$E$4:$M$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D30" i="1" l="1"/>
+  <c r="F25" i="1"/>
+  <c r="F12" i="1"/>
   <c r="D7" i="1" l="1"/>
   <c r="K8" i="1"/>
   <c r="O6" i="1"/>
   <c r="O7" i="1" s="1"/>
   <c r="O8" i="1" s="1"/>
-  <c r="D30" i="1" l="1"/>
-  <c r="D15" i="1"/>
+  <c r="D15" i="1" l="1"/>
   <c r="K7" i="1"/>
   <c r="D8" i="1"/>
   <c r="D9" i="1"/>
   <c r="D10" i="1"/>
   <c r="D11" i="1"/>
   <c r="D12" i="1"/>
   <c r="D13" i="1"/>
   <c r="D14" i="1"/>
   <c r="D16" i="1"/>
   <c r="D17" i="1"/>
   <c r="D18" i="1"/>
   <c r="D19" i="1"/>
   <c r="D20" i="1"/>
   <c r="D21" i="1"/>
   <c r="D22" i="1"/>
   <c r="D23" i="1"/>
   <c r="D24" i="1"/>
   <c r="D25" i="1"/>
   <c r="D26" i="1"/>
   <c r="D27" i="1"/>
   <c r="D28" i="1"/>
   <c r="D29" i="1"/>
   <c r="D31" i="1"/>
   <c r="D32" i="1"/>
   <c r="D33" i="1"/>
@@ -116,52 +119,50 @@
   <c r="D55" i="1"/>
   <c r="D56" i="1"/>
   <c r="D57" i="1"/>
   <c r="D58" i="1"/>
   <c r="D59" i="1"/>
   <c r="D60" i="1"/>
   <c r="D61" i="1"/>
   <c r="D62" i="1"/>
   <c r="D63" i="1"/>
   <c r="D64" i="1"/>
   <c r="D65" i="1"/>
   <c r="D66" i="1"/>
   <c r="D67" i="1"/>
   <c r="D68" i="1"/>
   <c r="D69" i="1"/>
   <c r="D70" i="1"/>
   <c r="D71" i="1"/>
   <c r="D72" i="1"/>
   <c r="D73" i="1"/>
   <c r="D74" i="1"/>
   <c r="D75" i="1"/>
   <c r="D76" i="1"/>
   <c r="D77" i="1"/>
   <c r="F11" i="1" l="1"/>
   <c r="K6" i="1"/>
-  <c r="F12" i="1" s="1"/>
-  <c r="F25" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="82">
   <si>
     <t xml:space="preserve">Alpine </t>
   </si>
   <si>
     <t xml:space="preserve">Ararat </t>
   </si>
   <si>
     <t xml:space="preserve">Ballarat </t>
   </si>
   <si>
     <t xml:space="preserve">Banyule </t>
   </si>
   <si>
     <t xml:space="preserve">Bass Coast </t>
   </si>
   <si>
     <t xml:space="preserve">Baw Baw </t>
   </si>
   <si>
     <t xml:space="preserve">Bayside </t>
@@ -350,212 +351,205 @@
     <t xml:space="preserve">Yarra </t>
   </si>
   <si>
     <t xml:space="preserve">Yarra Ranges </t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
     <t>Melbourne metro.</t>
   </si>
   <si>
     <t>Children Fed</t>
   </si>
   <si>
     <t>Children</t>
   </si>
   <si>
     <t>LGA</t>
   </si>
   <si>
     <t>EGM Losses</t>
   </si>
   <si>
     <t>Basis of this Estimate</t>
-  </si>
-[...1 lines deleted...]
-    <t>Estimated annual cost of feeding one child</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Illustrating the Human Impact of EGM Gambling Losses:
 </t>
     </r>
     <r>
       <rPr>
         <sz val="15"/>
         <color theme="1"/>
         <rFont val="Garamond"/>
         <family val="1"/>
       </rPr>
       <t>Annual Municipal EGM Losses, expressed as the Number of Children who could be Fed for a Year</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Select locality below: </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
-        <color theme="3" tint="-0.499984740745262"/>
+        <color theme="1"/>
         <rFont val="Wingdings"/>
         <charset val="2"/>
       </rPr>
       <t>H</t>
     </r>
   </si>
   <si>
-    <t>Losses 2023/24</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Based on the findings of the 2014 Healthy Food Access Basket Survey, conducted by Queensland Health, which concluded that in 2014 the minimum cost of providing an adequate diet to an adult was $126 per fortnight. The fortnightly cost of feeding a child is estimated at $88 per fortnight - based on the proposition that the cost of living for a child is 70% that of an adult – in accord with the OECD equivalence scales used to estimate the prevalence of poverty. This figure is then adjusted by CPI to $115 per fortnight in 2024 - equal to $57.5 per week or $2,990 in a year. </t>
+    <t>Estimated annual cost of feeding one child 2025</t>
+  </si>
+  <si>
+    <t>Based on losses for 2024/25</t>
+  </si>
+  <si>
+    <t>Losses 2024/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Based on the findings of the 2014 Healthy Food Access Basket Survey, conducted by Queensland Health, which concluded that in 2014 the minimum cost of providing an adequate diet to an adult was $126 per fortnight. The fortnightly cost of feeding a child is estimated at $88 per fortnight - based on the proposition that the cost of living for a child is 70% that of an adult – in accord with the OECD equivalence scales used to estimate the prevalence of poverty. This figure is then adjusted by CPI to $3,042 in a year. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="4" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
-[...12 lines deleted...]
-    <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF008000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="17"/>
       <color theme="1"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="15"/>
       <color theme="1"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="9"/>
-[...5 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Wingdings"/>
+      <charset val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
@@ -646,223 +640,220 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF008000"/>
       </right>
       <top/>
       <bottom style="thick">
         <color rgb="FF008000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF008000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="15" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="12" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="15" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="2" fontId="15" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="2" fontId="12" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0de546227c904ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R399a1bf60e294395" /></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$F$6" fmlaRange="$B$7:$B$77" sel="65" val="23"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$F$6" fmlaRange="$B$7:$B$77" sel="24" val="0"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>234950</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>165100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>317500</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>6350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Drop Down 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
@@ -1180,1386 +1171,1379 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A1:P77"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="13" ySplit="1" topLeftCell="N2" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="N1" sqref="N1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight" activeCell="P6" sqref="P6"/>
+      <selection pane="bottomRight" activeCell="N7" sqref="N7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3.6328125" style="1" customWidth="1"/>
     <col min="2" max="2" width="17.26953125" style="4" customWidth="1"/>
     <col min="3" max="4" width="14.08984375" style="3" customWidth="1"/>
     <col min="5" max="5" width="3.26953125" style="3" customWidth="1"/>
     <col min="6" max="11" width="9.08984375" style="3"/>
     <col min="12" max="12" width="10.36328125" style="3" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="9.08984375" style="15"/>
+    <col min="13" max="13" width="9.08984375" style="12"/>
     <col min="14" max="14" width="11.26953125" style="3" customWidth="1"/>
     <col min="15" max="15" width="11.08984375" style="3" customWidth="1"/>
     <col min="16" max="16384" width="9.08984375" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="23" t="s">
-[...12 lines deleted...]
-      <c r="M1" s="23"/>
+      <c r="B1" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
+      <c r="I1" s="22"/>
+      <c r="J1" s="22"/>
+      <c r="K1" s="22"/>
+      <c r="L1" s="22"/>
+      <c r="M1" s="22"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="B2" s="39" t="s">
-[...12 lines deleted...]
-      <c r="M2" s="39"/>
+      <c r="B2" s="38" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="38"/>
+      <c r="L2" s="38"/>
+      <c r="M2" s="38"/>
     </row>
     <row r="3" spans="1:16" x14ac:dyDescent="0.35">
       <c r="M3" s="3"/>
     </row>
     <row r="4" spans="1:16" ht="17.5" x14ac:dyDescent="0.35">
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="I4" s="29" t="s">
         <v>78</v>
       </c>
-      <c r="I4" s="30" t="s">
-[...6 lines deleted...]
-        <v>2990</v>
+      <c r="J4" s="29"/>
+      <c r="K4" s="29"/>
+      <c r="L4" s="29"/>
+      <c r="M4" s="14">
+        <v>3042</v>
       </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="I5" s="1"/>
-[...3 lines deleted...]
-      <c r="M5" s="1"/>
+      <c r="M5" s="3"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
     </row>
     <row r="6" spans="1:16" x14ac:dyDescent="0.35">
-      <c r="C6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="6" t="s">
+      <c r="C6" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D6" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="F6" s="7">
-[...3 lines deleted...]
-      <c r="J6" s="13" t="s">
+      <c r="F6" s="15">
+        <v>24</v>
+      </c>
+      <c r="J6" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="K6" s="35">
+      <c r="K6" s="34">
         <f>VLOOKUP($F$6,$A$7:$D$77,4)</f>
-        <v>46497.26816722408</v>
-[...2 lines deleted...]
-      <c r="M6" s="1"/>
+        <v>46408.731610782379</v>
+      </c>
+      <c r="L6" s="34"/>
+      <c r="M6" s="3"/>
       <c r="N6" s="1"/>
-      <c r="O6" s="8">
+      <c r="O6" s="6">
         <f>137/2</f>
         <v>68.5</v>
       </c>
       <c r="P6" s="1"/>
     </row>
     <row r="7" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A7" s="9">
+      <c r="A7" s="7">
         <v>1</v>
       </c>
-      <c r="B7" s="10" t="s">
+      <c r="B7" s="8" t="s">
         <v>0</v>
       </c>
-      <c r="C7" s="11">
-[...2 lines deleted...]
-      <c r="D7" s="14">
+      <c r="C7" s="9">
+        <v>3055780.87</v>
+      </c>
+      <c r="D7" s="11">
         <f>C7/$M$4</f>
-        <v>962.26736120401347</v>
-[...2 lines deleted...]
-      <c r="J7" s="13" t="s">
+        <v>1004.5302005259698</v>
+      </c>
+      <c r="J7" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="K7" s="36" t="str">
+      <c r="K7" s="35" t="str">
         <f>VLOOKUP($F$6,$A$7:$D$77,2)</f>
-        <v xml:space="preserve">Whittlesea </v>
-[...2 lines deleted...]
-      <c r="M7" s="1"/>
+        <v xml:space="preserve">Greater Dandenong </v>
+      </c>
+      <c r="L7" s="35"/>
+      <c r="M7" s="3"/>
       <c r="N7" s="1"/>
-      <c r="O7" s="8">
+      <c r="O7" s="6">
         <f>O6*0.7</f>
         <v>47.949999999999996</v>
       </c>
       <c r="P7" s="1"/>
     </row>
     <row r="8" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A8" s="9">
+      <c r="A8" s="7">
         <v>2</v>
       </c>
-      <c r="B8" s="10" t="s">
+      <c r="B8" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="C8" s="11">
-[...2 lines deleted...]
-      <c r="D8" s="14">
+      <c r="C8" s="9">
+        <v>6723081.2000000011</v>
+      </c>
+      <c r="D8" s="11">
         <f t="shared" ref="D8:D38" si="0">C8/$M$4</f>
-        <v>2092.4979933110367</v>
-[...2 lines deleted...]
-      <c r="J8" s="13" t="s">
+        <v>2210.0858645627882</v>
+      </c>
+      <c r="J8" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="K8" s="37">
+      <c r="K8" s="36">
         <f>VLOOKUP($F$6,$A$7:$D$77,3)</f>
-        <v>139026831.81999999</v>
-[...2 lines deleted...]
-      <c r="M8" s="1"/>
+        <v>141175361.56</v>
+      </c>
+      <c r="L8" s="36"/>
+      <c r="M8" s="3"/>
       <c r="N8" s="1"/>
-      <c r="O8" s="8">
+      <c r="O8" s="6">
         <f>O7*52</f>
         <v>2493.3999999999996</v>
       </c>
       <c r="P8" s="1"/>
     </row>
     <row r="9" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A9" s="9">
+      <c r="A9" s="7">
         <v>3</v>
       </c>
-      <c r="B9" s="10" t="s">
+      <c r="B9" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C9" s="11">
-[...2 lines deleted...]
-      <c r="D9" s="14">
+      <c r="C9" s="9">
+        <v>66376141.089999989</v>
+      </c>
+      <c r="D9" s="11">
         <f t="shared" si="0"/>
-        <v>21254.275046822742</v>
+        <v>21819.901738987504</v>
       </c>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A10" s="9">
+      <c r="A10" s="7">
         <v>4</v>
       </c>
-      <c r="B10" s="10" t="s">
+      <c r="B10" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C10" s="11">
-[...2 lines deleted...]
-      <c r="D10" s="14">
+      <c r="C10" s="9">
+        <v>59053993.599999994</v>
+      </c>
+      <c r="D10" s="11">
         <f t="shared" si="0"/>
-        <v>19608.811066889633</v>
+        <v>19412.884155161075</v>
       </c>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A11" s="9">
+      <c r="A11" s="7">
         <v>5</v>
       </c>
-      <c r="B11" s="10" t="s">
+      <c r="B11" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="C11" s="11">
-[...2 lines deleted...]
-      <c r="D11" s="14">
+      <c r="C11" s="9">
+        <v>20750307.700000003</v>
+      </c>
+      <c r="D11" s="11">
         <f t="shared" si="0"/>
-        <v>6896.9353210702338</v>
-[...1 lines deleted...]
-      <c r="F11" s="38" t="str">
+        <v>6821.2714332675878</v>
+      </c>
+      <c r="F11" s="37" t="str">
         <f>CONCATENATE("The human magnitude of EGM Losses in ",K7)</f>
-        <v xml:space="preserve">The human magnitude of EGM Losses in Whittlesea </v>
-[...6 lines deleted...]
-      <c r="L11" s="38"/>
+        <v xml:space="preserve">The human magnitude of EGM Losses in Greater Dandenong </v>
+      </c>
+      <c r="G11" s="37"/>
+      <c r="H11" s="37"/>
+      <c r="I11" s="37"/>
+      <c r="J11" s="37"/>
+      <c r="K11" s="37"/>
+      <c r="L11" s="37"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A12" s="9">
+      <c r="A12" s="7">
         <v>6</v>
       </c>
-      <c r="B12" s="10" t="s">
+      <c r="B12" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="C12" s="11">
-[...2 lines deleted...]
-      <c r="D12" s="14">
+      <c r="C12" s="9">
+        <v>21741975.990000002</v>
+      </c>
+      <c r="D12" s="11">
         <f t="shared" si="0"/>
-        <v>6833.0418595317724</v>
-[...10 lines deleted...]
-      <c r="L12" s="31"/>
+        <v>7147.2636390532552</v>
+      </c>
+      <c r="F12" s="30" t="str">
+        <f>CONCATENATE("EGM gambling losses in ",K7," in 2024/25, of $",ROUNDUP(K8/1000000,1)," million, are equivalent to the cost of feeding ",ROUNDUP(K6,-2)," children for one year.")</f>
+        <v>EGM gambling losses in Greater Dandenong  in 2024/25, of $141.2 million, are equivalent to the cost of feeding 46500 children for one year.</v>
+      </c>
+      <c r="G12" s="30"/>
+      <c r="H12" s="30"/>
+      <c r="I12" s="30"/>
+      <c r="J12" s="30"/>
+      <c r="K12" s="30"/>
+      <c r="L12" s="30"/>
     </row>
     <row r="13" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A13" s="9">
+      <c r="A13" s="7">
         <v>7</v>
       </c>
-      <c r="B13" s="10" t="s">
+      <c r="B13" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="C13" s="11">
-[...2 lines deleted...]
-      <c r="D13" s="14">
+      <c r="C13" s="9">
+        <v>12464512.800000001</v>
+      </c>
+      <c r="D13" s="11">
         <f t="shared" si="0"/>
-        <v>4140.622150501672</v>
-[...7 lines deleted...]
-      <c r="L13" s="31"/>
+        <v>4097.4729783037474</v>
+      </c>
+      <c r="F13" s="30"/>
+      <c r="G13" s="30"/>
+      <c r="H13" s="30"/>
+      <c r="I13" s="30"/>
+      <c r="J13" s="30"/>
+      <c r="K13" s="30"/>
+      <c r="L13" s="30"/>
     </row>
     <row r="14" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="9">
+      <c r="A14" s="7">
         <v>8</v>
       </c>
-      <c r="B14" s="10" t="s">
+      <c r="B14" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C14" s="11">
-[...2 lines deleted...]
-      <c r="D14" s="14">
+      <c r="C14" s="9">
+        <v>6553202.1699999999</v>
+      </c>
+      <c r="D14" s="11">
         <f t="shared" si="0"/>
-        <v>2109.4334448160535</v>
-[...7 lines deleted...]
-      <c r="L14" s="31"/>
+        <v>2154.2413445101906</v>
+      </c>
+      <c r="F14" s="30"/>
+      <c r="G14" s="30"/>
+      <c r="H14" s="30"/>
+      <c r="I14" s="30"/>
+      <c r="J14" s="30"/>
+      <c r="K14" s="30"/>
+      <c r="L14" s="30"/>
     </row>
     <row r="15" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A15" s="9">
+      <c r="A15" s="7">
         <v>9</v>
       </c>
-      <c r="B15" s="10" t="s">
+      <c r="B15" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="11">
-[...2 lines deleted...]
-      <c r="D15" s="14">
+      <c r="C15" s="9">
+        <v>19263611.550000001</v>
+      </c>
+      <c r="D15" s="11">
         <f>C15/$M$4</f>
-        <v>6289.4190434782613</v>
-[...7 lines deleted...]
-      <c r="L15" s="31"/>
+        <v>6332.5481755424062</v>
+      </c>
+      <c r="F15" s="30"/>
+      <c r="G15" s="30"/>
+      <c r="H15" s="30"/>
+      <c r="I15" s="30"/>
+      <c r="J15" s="30"/>
+      <c r="K15" s="30"/>
+      <c r="L15" s="30"/>
     </row>
     <row r="16" spans="1:16" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="9">
+      <c r="A16" s="7">
         <v>10</v>
       </c>
-      <c r="B16" s="10" t="s">
+      <c r="B16" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="C16" s="11">
-[...2 lines deleted...]
-      <c r="D16" s="14">
+      <c r="C16" s="9">
+        <v>175897780.03000003</v>
+      </c>
+      <c r="D16" s="11">
         <f t="shared" si="0"/>
-        <v>57413.974076923078</v>
+        <v>57823.070358316909</v>
       </c>
     </row>
     <row r="17" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="9">
+      <c r="A17" s="7">
         <v>11</v>
       </c>
-      <c r="B17" s="10" t="s">
+      <c r="B17" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="C17" s="11">
-[...2 lines deleted...]
-      <c r="D17" s="14">
+      <c r="C17" s="9">
+        <v>12007856.77</v>
+      </c>
+      <c r="D17" s="11">
         <f t="shared" si="0"/>
-        <v>3710.4896321070232</v>
-[...1 lines deleted...]
-      <c r="F17" s="24" t="s">
+        <v>3947.3559401709399</v>
+      </c>
+      <c r="F17" s="23" t="s">
         <v>75</v>
       </c>
-      <c r="G17" s="25"/>
-[...4 lines deleted...]
-      <c r="L17" s="26"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="L17" s="25"/>
     </row>
     <row r="18" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A18" s="9">
+      <c r="A18" s="7">
         <v>12</v>
       </c>
-      <c r="B18" s="10" t="s">
+      <c r="B18" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="C18" s="11">
-[...2 lines deleted...]
-      <c r="D18" s="14">
+      <c r="C18" s="9">
+        <v>39473887.759999998</v>
+      </c>
+      <c r="D18" s="11">
         <f t="shared" si="0"/>
-        <v>12318.219147157191</v>
-[...8 lines deleted...]
-      <c r="N18" s="12"/>
+        <v>12976.29446416831</v>
+      </c>
+      <c r="F18" s="26"/>
+      <c r="G18" s="27"/>
+      <c r="H18" s="27"/>
+      <c r="I18" s="27"/>
+      <c r="J18" s="27"/>
+      <c r="K18" s="27"/>
+      <c r="L18" s="28"/>
+      <c r="N18" s="10"/>
     </row>
     <row r="19" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="9">
+      <c r="A19" s="7">
         <v>13</v>
       </c>
-      <c r="B19" s="10" t="s">
+      <c r="B19" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="C19" s="11">
-[...2 lines deleted...]
-      <c r="D19" s="14">
+      <c r="C19" s="9">
+        <v>166564427.54999998</v>
+      </c>
+      <c r="D19" s="11">
         <f t="shared" si="0"/>
-        <v>52988.391013377928</v>
-[...1 lines deleted...]
-      <c r="F19" s="32" t="s">
+        <v>54754.907149901373</v>
+      </c>
+      <c r="F19" s="31" t="s">
         <v>81</v>
       </c>
-      <c r="G19" s="33"/>
-[...4 lines deleted...]
-      <c r="L19" s="34"/>
+      <c r="G19" s="32"/>
+      <c r="H19" s="32"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="32"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="33"/>
     </row>
     <row r="20" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A20" s="9">
+      <c r="A20" s="7">
         <v>14</v>
       </c>
-      <c r="B20" s="10" t="s">
+      <c r="B20" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="C20" s="11">
-[...2 lines deleted...]
-      <c r="D20" s="14">
+      <c r="C20" s="9">
+        <v>9007386.6199999992</v>
+      </c>
+      <c r="D20" s="11">
         <f t="shared" si="0"/>
-        <v>2768.6819397993313</v>
-[...7 lines deleted...]
-      <c r="L20" s="34"/>
+        <v>2961.0080933596314</v>
+      </c>
+      <c r="F20" s="31"/>
+      <c r="G20" s="32"/>
+      <c r="H20" s="32"/>
+      <c r="I20" s="32"/>
+      <c r="J20" s="32"/>
+      <c r="K20" s="32"/>
+      <c r="L20" s="33"/>
     </row>
     <row r="21" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A21" s="9">
+      <c r="A21" s="7">
         <v>15</v>
       </c>
-      <c r="B21" s="10" t="s">
+      <c r="B21" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C21" s="11">
-[...2 lines deleted...]
-      <c r="D21" s="14">
+      <c r="C21" s="9">
+        <v>7975644.4499999993</v>
+      </c>
+      <c r="D21" s="11">
         <f t="shared" si="0"/>
-        <v>2583.0657892976587</v>
-[...7 lines deleted...]
-      <c r="L21" s="34"/>
+        <v>2621.8423570019722</v>
+      </c>
+      <c r="F21" s="31"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="32"/>
+      <c r="I21" s="32"/>
+      <c r="J21" s="32"/>
+      <c r="K21" s="32"/>
+      <c r="L21" s="33"/>
     </row>
     <row r="22" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A22" s="9">
+      <c r="A22" s="7">
         <v>16</v>
       </c>
-      <c r="B22" s="10" t="s">
+      <c r="B22" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="C22" s="11">
-[...2 lines deleted...]
-      <c r="D22" s="14">
+      <c r="C22" s="9">
+        <v>4152075.41</v>
+      </c>
+      <c r="D22" s="11">
         <f t="shared" si="0"/>
-        <v>1266.0290969899665</v>
-[...7 lines deleted...]
-      <c r="L22" s="34"/>
+        <v>1364.9163083497699</v>
+      </c>
+      <c r="F22" s="31"/>
+      <c r="G22" s="32"/>
+      <c r="H22" s="32"/>
+      <c r="I22" s="32"/>
+      <c r="J22" s="32"/>
+      <c r="K22" s="32"/>
+      <c r="L22" s="33"/>
     </row>
     <row r="23" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A23" s="9">
+      <c r="A23" s="7">
         <v>17</v>
       </c>
-      <c r="B23" s="10" t="s">
+      <c r="B23" s="8" t="s">
         <v>16</v>
       </c>
-      <c r="C23" s="11">
-[...2 lines deleted...]
-      <c r="D23" s="14">
+      <c r="C23" s="9">
+        <v>83375783.5</v>
+      </c>
+      <c r="D23" s="11">
         <f t="shared" si="0"/>
-        <v>28278.339558528427</v>
-[...7 lines deleted...]
-      <c r="L23" s="34"/>
+        <v>27408.212853385929</v>
+      </c>
+      <c r="F23" s="31"/>
+      <c r="G23" s="32"/>
+      <c r="H23" s="32"/>
+      <c r="I23" s="32"/>
+      <c r="J23" s="32"/>
+      <c r="K23" s="32"/>
+      <c r="L23" s="33"/>
     </row>
     <row r="24" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A24" s="9">
+      <c r="A24" s="7">
         <v>18</v>
       </c>
-      <c r="B24" s="10" t="s">
+      <c r="B24" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="C24" s="11">
-[...2 lines deleted...]
-      <c r="D24" s="14">
+      <c r="C24" s="9">
+        <v>31670818.32</v>
+      </c>
+      <c r="D24" s="11">
         <f t="shared" si="0"/>
-        <v>10159.649605351171</v>
-[...7 lines deleted...]
-      <c r="L24" s="34"/>
+        <v>10411.182879684418</v>
+      </c>
+      <c r="F24" s="31"/>
+      <c r="G24" s="32"/>
+      <c r="H24" s="32"/>
+      <c r="I24" s="32"/>
+      <c r="J24" s="32"/>
+      <c r="K24" s="32"/>
+      <c r="L24" s="33"/>
     </row>
     <row r="25" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A25" s="9">
+      <c r="A25" s="7">
         <v>19</v>
       </c>
-      <c r="B25" s="10" t="s">
+      <c r="B25" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="C25" s="11">
-[...2 lines deleted...]
-      <c r="D25" s="14">
+      <c r="C25" s="9">
+        <v>68240983.010000005</v>
+      </c>
+      <c r="D25" s="11">
         <f t="shared" si="0"/>
-        <v>22005.09443143813</v>
-[...10 lines deleted...]
-      <c r="L25" s="19"/>
+        <v>22432.933270874426</v>
+      </c>
+      <c r="F25" s="16" t="str">
+        <f>CONCATENATE("Finally, 2024/25 EGM gambling losses of $",ROUNDUP(K8/1000000,1)," million in ",K7," are divided by $3,042 to give ",ROUNDUP(K6,0)," – the number of children whom these gambling losses could feed for a year")</f>
+        <v>Finally, 2024/25 EGM gambling losses of $141.2 million in Greater Dandenong  are divided by $3,042 to give 46409 – the number of children whom these gambling losses could feed for a year</v>
+      </c>
+      <c r="G25" s="17"/>
+      <c r="H25" s="17"/>
+      <c r="I25" s="17"/>
+      <c r="J25" s="17"/>
+      <c r="K25" s="17"/>
+      <c r="L25" s="18"/>
     </row>
     <row r="26" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A26" s="9">
+      <c r="A26" s="7">
         <v>20</v>
       </c>
-      <c r="B26" s="10" t="s">
+      <c r="B26" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="C26" s="11">
-[...2 lines deleted...]
-      <c r="D26" s="14">
+      <c r="C26" s="9">
+        <v>2372650.42</v>
+      </c>
+      <c r="D26" s="11">
         <f t="shared" si="0"/>
-        <v>772.48528428093641</v>
-[...7 lines deleted...]
-      <c r="L26" s="19"/>
+        <v>779.96397764628534</v>
+      </c>
+      <c r="F26" s="16"/>
+      <c r="G26" s="17"/>
+      <c r="H26" s="17"/>
+      <c r="I26" s="17"/>
+      <c r="J26" s="17"/>
+      <c r="K26" s="17"/>
+      <c r="L26" s="18"/>
     </row>
     <row r="27" spans="1:14" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A27" s="9">
+      <c r="A27" s="7">
         <v>21</v>
       </c>
-      <c r="B27" s="10" t="s">
+      <c r="B27" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="C27" s="11">
-[...2 lines deleted...]
-      <c r="D27" s="14">
+      <c r="C27" s="9">
+        <v>74734879.170000002</v>
+      </c>
+      <c r="D27" s="11">
         <f t="shared" si="0"/>
-        <v>23998.392337792644</v>
-[...7 lines deleted...]
-      <c r="L27" s="22"/>
+        <v>24567.678885601577</v>
+      </c>
+      <c r="F27" s="19"/>
+      <c r="G27" s="20"/>
+      <c r="H27" s="20"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="20"/>
+      <c r="K27" s="20"/>
+      <c r="L27" s="21"/>
     </row>
     <row r="28" spans="1:14" ht="12.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.35">
-      <c r="A28" s="9">
+      <c r="A28" s="7">
         <v>22</v>
       </c>
-      <c r="B28" s="10" t="s">
+      <c r="B28" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="C28" s="11">
-[...2 lines deleted...]
-      <c r="D28" s="14">
+      <c r="C28" s="9">
+        <v>9280988.1099999994</v>
+      </c>
+      <c r="D28" s="11">
         <f t="shared" si="0"/>
-        <v>2782.7183946488294</v>
+        <v>3050.9494115713346</v>
       </c>
     </row>
     <row r="29" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A29" s="9">
+      <c r="A29" s="7">
         <v>23</v>
       </c>
-      <c r="B29" s="10" t="s">
+      <c r="B29" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="C29" s="11">
-[...2 lines deleted...]
-      <c r="D29" s="14">
+      <c r="C29" s="9">
+        <v>61223381.230000004</v>
+      </c>
+      <c r="D29" s="11">
         <f t="shared" si="0"/>
-        <v>19621.672996655518</v>
+        <v>20126.029332675873</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A30" s="9">
+      <c r="A30" s="7">
         <v>24</v>
       </c>
-      <c r="B30" s="10" t="s">
+      <c r="B30" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="C30" s="11">
-[...2 lines deleted...]
-      <c r="D30" s="14">
+      <c r="C30" s="9">
+        <v>141175361.56</v>
+      </c>
+      <c r="D30" s="11">
         <f>C30/$M$4</f>
-        <v>46128.150678929764</v>
+        <v>46408.731610782379</v>
       </c>
     </row>
     <row r="31" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A31" s="9">
+      <c r="A31" s="7">
         <v>25</v>
       </c>
-      <c r="B31" s="10" t="s">
+      <c r="B31" s="8" t="s">
         <v>24</v>
       </c>
-      <c r="C31" s="11">
-[...2 lines deleted...]
-      <c r="D31" s="14">
+      <c r="C31" s="9">
+        <v>140528216.70000002</v>
+      </c>
+      <c r="D31" s="11">
         <f t="shared" si="0"/>
-        <v>45087.305351170566</v>
+        <v>46195.994970414205</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A32" s="9">
+      <c r="A32" s="7">
         <v>26</v>
       </c>
-      <c r="B32" s="10" t="s">
+      <c r="B32" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="C32" s="11">
-[...2 lines deleted...]
-      <c r="D32" s="14">
+      <c r="C32" s="9">
+        <v>44342323.540000007</v>
+      </c>
+      <c r="D32" s="11">
         <f t="shared" si="0"/>
-        <v>14423.438160535117</v>
+        <v>14576.700703484552</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A33" s="9">
+      <c r="A33" s="7">
         <v>27</v>
       </c>
-      <c r="B33" s="10" t="s">
+      <c r="B33" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="C33" s="11">
-[...2 lines deleted...]
-      <c r="D33" s="14">
+      <c r="C33" s="9">
+        <v>3418695.53</v>
+      </c>
+      <c r="D33" s="11">
         <f t="shared" si="0"/>
-        <v>1167.7742474916388</v>
+        <v>1123.8315351742274</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A34" s="9">
+      <c r="A34" s="7">
         <v>28</v>
       </c>
-      <c r="B34" s="10" t="s">
+      <c r="B34" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="C34" s="11">
-[...2 lines deleted...]
-      <c r="D34" s="14">
+      <c r="C34" s="9">
+        <v>50208970.970000006</v>
+      </c>
+      <c r="D34" s="11">
         <f t="shared" si="0"/>
-        <v>15697.672404682275</v>
+        <v>16505.250154503618</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A35" s="9">
+      <c r="A35" s="7">
         <v>29</v>
       </c>
-      <c r="B35" s="10" t="s">
+      <c r="B35" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="C35" s="11">
-[...2 lines deleted...]
-      <c r="D35" s="14">
+      <c r="C35" s="9">
+        <v>13207171.890000001</v>
+      </c>
+      <c r="D35" s="11">
         <f t="shared" si="0"/>
-        <v>3893.3119030100333</v>
+        <v>4341.6081163708086</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="9">
+      <c r="A36" s="7">
         <v>30</v>
       </c>
-      <c r="B36" s="10" t="s">
+      <c r="B36" s="8" t="s">
         <v>29</v>
       </c>
-      <c r="C36" s="11">
-[...2 lines deleted...]
-      <c r="D36" s="14">
+      <c r="C36" s="9">
+        <v>147909963.55000001</v>
+      </c>
+      <c r="D36" s="11">
         <f t="shared" si="0"/>
-        <v>46159.295919732445</v>
+        <v>48622.604717291259</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A37" s="9">
+      <c r="A37" s="7">
         <v>31</v>
       </c>
-      <c r="B37" s="10" t="s">
+      <c r="B37" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="C37" s="11">
-[...2 lines deleted...]
-      <c r="D37" s="14">
+      <c r="C37" s="9">
+        <v>89378925.429999992</v>
+      </c>
+      <c r="D37" s="11">
         <f t="shared" si="0"/>
-        <v>28862.817822742476</v>
+        <v>29381.632291255752</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A38" s="9">
+      <c r="A38" s="7">
         <v>32</v>
       </c>
-      <c r="B38" s="10" t="s">
+      <c r="B38" s="8" t="s">
         <v>31</v>
       </c>
-      <c r="C38" s="11">
-[...2 lines deleted...]
-      <c r="D38" s="14">
+      <c r="C38" s="9">
+        <v>79237592.810000002</v>
+      </c>
+      <c r="D38" s="11">
         <f t="shared" si="0"/>
-        <v>25626.511090301003</v>
+        <v>26047.860884286656</v>
       </c>
     </row>
     <row r="39" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A39" s="9">
+      <c r="A39" s="7">
         <v>33</v>
       </c>
-      <c r="B39" s="10" t="s">
+      <c r="B39" s="8" t="s">
         <v>32</v>
       </c>
-      <c r="C39" s="11">
-[...2 lines deleted...]
-      <c r="D39" s="14">
+      <c r="C39" s="9">
+        <v>50142644.170000002</v>
+      </c>
+      <c r="D39" s="11">
         <f t="shared" ref="D39:D70" si="1">C39/$M$4</f>
-        <v>16583.323625418059</v>
+        <v>16483.446472715321</v>
       </c>
     </row>
     <row r="40" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A40" s="9">
+      <c r="A40" s="7">
         <v>34</v>
       </c>
-      <c r="B40" s="10" t="s">
+      <c r="B40" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="C40" s="11">
-[...4 lines deleted...]
-        <v>3242.7703277591972</v>
+      <c r="C40" s="9">
+        <v>9744962.120000001</v>
+      </c>
+      <c r="D40" s="11">
+        <f t="shared" si="1"/>
+        <v>3203.4720973044055</v>
       </c>
     </row>
     <row r="41" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A41" s="9">
+      <c r="A41" s="7">
         <v>35</v>
       </c>
-      <c r="B41" s="10" t="s">
+      <c r="B41" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="C41" s="11">
-[...4 lines deleted...]
-        <v>19413.719331103679</v>
+      <c r="C41" s="9">
+        <v>59126804.770000011</v>
+      </c>
+      <c r="D41" s="11">
+        <f t="shared" si="1"/>
+        <v>19436.81945101907</v>
       </c>
     </row>
     <row r="42" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A42" s="9">
+      <c r="A42" s="7">
         <v>36</v>
       </c>
-      <c r="B42" s="10" t="s">
+      <c r="B42" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="C42" s="11">
-[...4 lines deleted...]
-        <v>552.785618729097</v>
+      <c r="C42" s="9">
+        <v>1912151.0499999998</v>
+      </c>
+      <c r="D42" s="11">
+        <f t="shared" si="1"/>
+        <v>628.5835141354371</v>
       </c>
     </row>
     <row r="43" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A43" s="9">
+      <c r="A43" s="7">
         <v>37</v>
       </c>
-      <c r="B43" s="10" t="s">
+      <c r="B43" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="C43" s="11">
-[...4 lines deleted...]
-        <v>22158.25901337793</v>
+      <c r="C43" s="9">
+        <v>68432993.539999977</v>
+      </c>
+      <c r="D43" s="11">
+        <f t="shared" si="1"/>
+        <v>22496.053103221559</v>
       </c>
     </row>
     <row r="44" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A44" s="9">
+      <c r="A44" s="7">
         <v>38</v>
       </c>
-      <c r="B44" s="10" t="s">
+      <c r="B44" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="C44" s="11">
-[...4 lines deleted...]
-        <v>21394.194782608694</v>
+      <c r="C44" s="9">
+        <v>64200755.529999994</v>
+      </c>
+      <c r="D44" s="11">
+        <f t="shared" si="1"/>
+        <v>21104.784855358314</v>
       </c>
     </row>
     <row r="45" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A45" s="9">
+      <c r="A45" s="7">
         <v>39</v>
       </c>
-      <c r="B45" s="10" t="s">
+      <c r="B45" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="C45" s="11">
-[...4 lines deleted...]
-        <v>31818.637775919735</v>
+      <c r="C45" s="9">
+        <v>98810093.689999983</v>
+      </c>
+      <c r="D45" s="11">
+        <f t="shared" si="1"/>
+        <v>32481.950588428659</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A46" s="9">
+      <c r="A46" s="7">
         <v>40</v>
       </c>
-      <c r="B46" s="10" t="s">
+      <c r="B46" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="C46" s="11">
-[...4 lines deleted...]
-        <v>30191.221655518395</v>
+      <c r="C46" s="9">
+        <v>95699646.060000002</v>
+      </c>
+      <c r="D46" s="11">
+        <f t="shared" si="1"/>
+        <v>31459.449723865877</v>
       </c>
     </row>
     <row r="47" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="9">
+      <c r="A47" s="7">
         <v>41</v>
       </c>
-      <c r="B47" s="10" t="s">
+      <c r="B47" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="C47" s="11">
-[...4 lines deleted...]
-        <v>12360.962073578596</v>
+      <c r="C47" s="9">
+        <v>40727200.949999996</v>
+      </c>
+      <c r="D47" s="11">
+        <f t="shared" si="1"/>
+        <v>13388.297485207098</v>
       </c>
     </row>
     <row r="48" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A48" s="9">
+      <c r="A48" s="7">
         <v>42</v>
       </c>
-      <c r="B48" s="10" t="s">
+      <c r="B48" s="8" t="s">
         <v>41</v>
       </c>
-      <c r="C48" s="11">
-[...4 lines deleted...]
-        <v>7432.3294314381274</v>
+      <c r="C48" s="9">
+        <v>23906924.550000001</v>
+      </c>
+      <c r="D48" s="11">
+        <f t="shared" si="1"/>
+        <v>7858.9495562130178</v>
       </c>
     </row>
     <row r="49" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A49" s="9">
+      <c r="A49" s="7">
         <v>43</v>
       </c>
-      <c r="B49" s="10" t="s">
+      <c r="B49" s="8" t="s">
         <v>42</v>
       </c>
-      <c r="C49" s="11">
-[...4 lines deleted...]
-        <v>2052.7844983277591</v>
+      <c r="C49" s="9">
+        <v>6354572.1400000006</v>
+      </c>
+      <c r="D49" s="11">
+        <f t="shared" si="1"/>
+        <v>2088.945476660092</v>
       </c>
     </row>
     <row r="50" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A50" s="9">
+      <c r="A50" s="7">
         <v>44</v>
       </c>
-      <c r="B50" s="10" t="s">
+      <c r="B50" s="8" t="s">
         <v>43</v>
       </c>
-      <c r="C50" s="11">
-[...4 lines deleted...]
-        <v>40607.922414715715</v>
+      <c r="C50" s="9">
+        <v>126045998.69</v>
+      </c>
+      <c r="D50" s="11">
+        <f t="shared" si="1"/>
+        <v>41435.23954306377</v>
       </c>
     </row>
     <row r="51" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A51" s="9">
+      <c r="A51" s="7">
         <v>45</v>
       </c>
-      <c r="B51" s="10" t="s">
+      <c r="B51" s="8" t="s">
         <v>44</v>
       </c>
-      <c r="C51" s="11">
-[...4 lines deleted...]
-        <v>28573.333461538459</v>
+      <c r="C51" s="9">
+        <v>86596862.290000007</v>
+      </c>
+      <c r="D51" s="11">
+        <f t="shared" si="1"/>
+        <v>28467.081620644316</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="9">
+      <c r="A52" s="7">
         <v>46</v>
       </c>
-      <c r="B52" s="10" t="s">
+      <c r="B52" s="8" t="s">
         <v>45</v>
       </c>
-      <c r="C52" s="11">
-[...4 lines deleted...]
-        <v>3475.5528428093644</v>
+      <c r="C52" s="9">
+        <v>11278099.960000001</v>
+      </c>
+      <c r="D52" s="11">
+        <f t="shared" si="1"/>
+        <v>3707.4621827744909</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A53" s="9">
+      <c r="A53" s="7">
         <v>47</v>
       </c>
-      <c r="B53" s="10" t="s">
+      <c r="B53" s="8" t="s">
         <v>46</v>
       </c>
-      <c r="C53" s="11">
-[...4 lines deleted...]
-        <v>20548.053836120402</v>
+      <c r="C53" s="9">
+        <v>64641115.050000012</v>
+      </c>
+      <c r="D53" s="11">
+        <f t="shared" si="1"/>
+        <v>21249.544723865882</v>
       </c>
     </row>
     <row r="54" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A54" s="9">
+      <c r="A54" s="7">
         <v>48</v>
       </c>
-      <c r="B54" s="10" t="s">
+      <c r="B54" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="C54" s="11">
-[...4 lines deleted...]
-        <v>29370.648468227424</v>
+      <c r="C54" s="9">
+        <v>88228556.770000011</v>
+      </c>
+      <c r="D54" s="11">
+        <f t="shared" si="1"/>
+        <v>29003.470338593033</v>
       </c>
     </row>
     <row r="55" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A55" s="9">
+      <c r="A55" s="7">
         <v>49</v>
       </c>
-      <c r="B55" s="10" t="s">
+      <c r="B55" s="8" t="s">
         <v>48</v>
       </c>
-      <c r="C55" s="11">
-[...4 lines deleted...]
-        <v>1060.7906354515051</v>
+      <c r="C55" s="9">
+        <v>3133383.6500000004</v>
+      </c>
+      <c r="D55" s="11">
+        <f t="shared" si="1"/>
+        <v>1030.0406476002631</v>
       </c>
     </row>
     <row r="56" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A56" s="9">
+      <c r="A56" s="7">
         <v>50</v>
       </c>
-      <c r="B56" s="10" t="s">
+      <c r="B56" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="C56" s="11">
-[...4 lines deleted...]
-        <v>539.36856187290971</v>
+      <c r="C56" s="9">
+        <v>1727611.8599999999</v>
+      </c>
+      <c r="D56" s="11">
+        <f t="shared" si="1"/>
+        <v>567.91974358974358</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A57" s="9">
+      <c r="A57" s="7">
         <v>51</v>
       </c>
-      <c r="B57" s="10" t="s">
+      <c r="B57" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C57" s="11">
-[...4 lines deleted...]
-        <v>3133.4013377926422</v>
+      <c r="C57" s="9">
+        <v>10015312.43</v>
+      </c>
+      <c r="D57" s="11">
+        <f t="shared" si="1"/>
+        <v>3292.344651545036</v>
       </c>
     </row>
     <row r="58" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A58" s="9">
+      <c r="A58" s="7">
         <v>52</v>
       </c>
-      <c r="B58" s="10" t="s">
+      <c r="B58" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="C58" s="11">
-[...4 lines deleted...]
-        <v>1535.4147157190635</v>
+      <c r="C58" s="9">
+        <v>4180497.7399999998</v>
+      </c>
+      <c r="D58" s="11">
+        <f t="shared" si="1"/>
+        <v>1374.2596120973044</v>
       </c>
     </row>
     <row r="59" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A59" s="9">
+      <c r="A59" s="7">
         <v>53</v>
       </c>
-      <c r="B59" s="10" t="s">
+      <c r="B59" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="C59" s="11">
-[...4 lines deleted...]
-        <v>9847.0846923076933</v>
+      <c r="C59" s="9">
+        <v>30478856.880000003</v>
+      </c>
+      <c r="D59" s="11">
+        <f t="shared" si="1"/>
+        <v>10019.34808678501</v>
       </c>
     </row>
     <row r="60" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A60" s="9">
+      <c r="A60" s="7">
         <v>54</v>
       </c>
-      <c r="B60" s="10" t="s">
+      <c r="B60" s="8" t="s">
         <v>53</v>
       </c>
-      <c r="C60" s="11">
-[...4 lines deleted...]
-        <v>2393.7908160535117</v>
+      <c r="C60" s="9">
+        <v>7541231.7400000002</v>
+      </c>
+      <c r="D60" s="11">
+        <f t="shared" si="1"/>
+        <v>2479.0373898750822</v>
       </c>
     </row>
     <row r="61" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A61" s="9">
+      <c r="A61" s="7">
         <v>55</v>
       </c>
-      <c r="B61" s="10" t="s">
+      <c r="B61" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="C61" s="11">
-[...4 lines deleted...]
-        <v>2299.2431438127091</v>
+      <c r="C61" s="9">
+        <v>7107887.25</v>
+      </c>
+      <c r="D61" s="11">
+        <f t="shared" si="1"/>
+        <v>2336.583579881657</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A62" s="9">
+      <c r="A62" s="7">
         <v>56</v>
       </c>
-      <c r="B62" s="10" t="s">
+      <c r="B62" s="8" t="s">
         <v>55</v>
       </c>
-      <c r="C62" s="11">
-[...4 lines deleted...]
-        <v>6625.3769866220737</v>
+      <c r="C62" s="9">
+        <v>19336495.280000001</v>
+      </c>
+      <c r="D62" s="11">
+        <f t="shared" si="1"/>
+        <v>6356.5073241288628</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="9">
+      <c r="A63" s="7">
         <v>57</v>
       </c>
-      <c r="B63" s="10" t="s">
+      <c r="B63" s="8" t="s">
         <v>56</v>
       </c>
-      <c r="C63" s="11">
-[...4 lines deleted...]
-        <v>780.18060200668901</v>
+      <c r="C63" s="9">
+        <v>2666719.25</v>
+      </c>
+      <c r="D63" s="11">
+        <f t="shared" si="1"/>
+        <v>876.633547008547</v>
       </c>
     </row>
     <row r="64" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A64" s="9">
+      <c r="A64" s="7">
         <v>58</v>
       </c>
-      <c r="B64" s="10" t="s">
+      <c r="B64" s="8" t="s">
         <v>57</v>
       </c>
-      <c r="C64" s="11">
-[...4 lines deleted...]
-        <v>1488.0457424749163</v>
+      <c r="C64" s="9">
+        <v>5160648.5</v>
+      </c>
+      <c r="D64" s="11">
+        <f t="shared" si="1"/>
+        <v>1696.4656476002631</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A65" s="9">
+      <c r="A65" s="7">
         <v>59</v>
       </c>
-      <c r="B65" s="10" t="s">
+      <c r="B65" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="C65" s="11">
-[...4 lines deleted...]
-        <v>3230.9295886287628</v>
+      <c r="C65" s="9">
+        <v>9997051.25</v>
+      </c>
+      <c r="D65" s="11">
+        <f t="shared" si="1"/>
+        <v>3286.3416337935569</v>
       </c>
     </row>
     <row r="66" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A66" s="9">
+      <c r="A66" s="7">
         <v>60</v>
       </c>
-      <c r="B66" s="10" t="s">
+      <c r="B66" s="8" t="s">
         <v>59</v>
       </c>
-      <c r="C66" s="11">
-[...4 lines deleted...]
-        <v>145.83143812709031</v>
+      <c r="C66" s="9">
+        <v>451486.77</v>
+      </c>
+      <c r="D66" s="11">
+        <f t="shared" si="1"/>
+        <v>148.417741617357</v>
       </c>
     </row>
     <row r="67" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A67" s="9">
+      <c r="A67" s="7">
         <v>61</v>
       </c>
-      <c r="B67" s="10" t="s">
+      <c r="B67" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="C67" s="11">
-[...4 lines deleted...]
-        <v>3531.476906354515</v>
+      <c r="C67" s="9">
+        <v>10872617.67</v>
+      </c>
+      <c r="D67" s="11">
+        <f t="shared" si="1"/>
+        <v>3574.167544378698</v>
       </c>
     </row>
     <row r="68" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A68" s="9">
+      <c r="A68" s="7">
         <v>62</v>
       </c>
-      <c r="B68" s="10" t="s">
+      <c r="B68" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="C68" s="11">
-[...4 lines deleted...]
-        <v>7763.0761705685618</v>
+      <c r="C68" s="9">
+        <v>24225843.960000001</v>
+      </c>
+      <c r="D68" s="11">
+        <f t="shared" si="1"/>
+        <v>7963.7882840236689</v>
       </c>
     </row>
     <row r="69" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A69" s="9">
+      <c r="A69" s="7">
         <v>63</v>
       </c>
-      <c r="B69" s="10" t="s">
+      <c r="B69" s="8" t="s">
         <v>62</v>
       </c>
-      <c r="C69" s="11">
-[...4 lines deleted...]
-        <v>8793.2646354515055</v>
+      <c r="C69" s="9">
+        <v>27335170.690000001</v>
+      </c>
+      <c r="D69" s="11">
+        <f t="shared" si="1"/>
+        <v>8985.9206738987505</v>
       </c>
     </row>
     <row r="70" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A70" s="9">
+      <c r="A70" s="7">
         <v>64</v>
       </c>
-      <c r="B70" s="10" t="s">
+      <c r="B70" s="8" t="s">
         <v>63</v>
       </c>
-      <c r="C70" s="11">
-[...4 lines deleted...]
-        <v>19953.956979933111</v>
+      <c r="C70" s="9">
+        <v>62945798.120000005</v>
+      </c>
+      <c r="D70" s="11">
+        <f t="shared" si="1"/>
+        <v>20692.241328073636</v>
       </c>
     </row>
     <row r="71" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A71" s="9">
+      <c r="A71" s="7">
         <v>65</v>
       </c>
-      <c r="B71" s="10" t="s">
+      <c r="B71" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="C71" s="11">
-[...2 lines deleted...]
-      <c r="D71" s="14">
+      <c r="C71" s="9">
+        <v>144263921.53</v>
+      </c>
+      <c r="D71" s="11">
         <f t="shared" ref="D71:D77" si="2">C71/$M$4</f>
-        <v>46497.26816722408</v>
+        <v>47424.037320841555</v>
       </c>
     </row>
     <row r="72" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A72" s="9">
+      <c r="A72" s="7">
         <v>66</v>
       </c>
-      <c r="B72" s="10" t="s">
+      <c r="B72" s="8" t="s">
         <v>65</v>
       </c>
-      <c r="C72" s="11">
-[...2 lines deleted...]
-      <c r="D72" s="14">
+      <c r="C72" s="9">
+        <v>11118614.460000001</v>
+      </c>
+      <c r="D72" s="11">
         <f t="shared" si="2"/>
-        <v>3606.2765250836123</v>
+        <v>3655.0343392504933</v>
       </c>
     </row>
     <row r="73" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A73" s="9">
+      <c r="A73" s="7">
         <v>67</v>
       </c>
-      <c r="B73" s="10" t="s">
+      <c r="B73" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="C73" s="11">
-[...2 lines deleted...]
-      <c r="D73" s="14">
+      <c r="C73" s="9">
+        <v>132357385.44</v>
+      </c>
+      <c r="D73" s="11">
         <f t="shared" si="2"/>
-        <v>41877.277896321066</v>
+        <v>43509.988639053256</v>
       </c>
     </row>
     <row r="74" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A74" s="9">
+      <c r="A74" s="7">
         <v>68</v>
       </c>
-      <c r="B74" s="10" t="s">
+      <c r="B74" s="8" t="s">
         <v>67</v>
       </c>
-      <c r="C74" s="11">
-[...2 lines deleted...]
-      <c r="D74" s="14">
+      <c r="C74" s="9">
+        <v>31632584.680000003</v>
+      </c>
+      <c r="D74" s="11">
         <f t="shared" si="2"/>
-        <v>9980.715451505017</v>
+        <v>10398.61429322814</v>
       </c>
     </row>
     <row r="75" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A75" s="9">
+      <c r="A75" s="7">
         <v>69</v>
       </c>
-      <c r="B75" s="10" t="s">
+      <c r="B75" s="8" t="s">
         <v>68</v>
       </c>
-      <c r="C75" s="11">
-[...2 lines deleted...]
-      <c r="D75" s="14">
+      <c r="C75" s="9">
+        <v>30194837.510000002</v>
+      </c>
+      <c r="D75" s="11">
         <f t="shared" si="2"/>
-        <v>10233.049595317725</v>
+        <v>9925.9820874424731</v>
       </c>
     </row>
     <row r="76" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A76" s="9">
+      <c r="A76" s="7">
         <v>70</v>
       </c>
-      <c r="B76" s="10" t="s">
+      <c r="B76" s="8" t="s">
         <v>69</v>
       </c>
-      <c r="C76" s="11">
-[...2 lines deleted...]
-      <c r="D76" s="14">
+      <c r="C76" s="9">
+        <v>3145078316.7700005</v>
+      </c>
+      <c r="D76" s="11">
         <f t="shared" si="2"/>
-        <v>1013386.6970367894</v>
+        <v>1033885.0482478634</v>
       </c>
     </row>
     <row r="77" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A77" s="9">
+      <c r="A77" s="7">
         <v>71</v>
       </c>
-      <c r="B77" s="10" t="s">
+      <c r="B77" s="8" t="s">
         <v>70</v>
       </c>
-      <c r="C77" s="11">
-[...2 lines deleted...]
-      <c r="D77" s="14">
+      <c r="C77" s="9">
+        <v>2419988691.5500002</v>
+      </c>
+      <c r="D77" s="11">
         <f t="shared" si="2"/>
-        <v>781739.83258862863</v>
+        <v>795525.53962853388</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="11">
     <mergeCell ref="F25:L27"/>
     <mergeCell ref="B1:M1"/>
     <mergeCell ref="F17:L18"/>
     <mergeCell ref="I4:L4"/>
     <mergeCell ref="F12:L15"/>
     <mergeCell ref="F19:L24"/>
     <mergeCell ref="K6:L6"/>
     <mergeCell ref="K7:L7"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="F11:L11"/>
     <mergeCell ref="B2:M2"/>
   </mergeCells>
   <pageMargins left="2.3622047244094491" right="0.70866141732283472" top="1.5748031496062993" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="110" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
@@ -2593,78 +2577,78 @@
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A11192800</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024 Gambling - a measure of human cost 2023_24</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-07-29T22:48:46Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2024-07-29T22:49:27Z</value>
+      <value order="0">2025-10-20T06:54:04Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-10-02T05:50:54Z</value>
+      <value order="0">2025-10-20T06:54:04Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA14154466</value>
+      <value order="0">vA15764057</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">2.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">1</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">First version</value>
+      <value order="0">Update of gambling data</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
@@ -2734,78 +2718,78 @@
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A11192800</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024 Gambling - a measure of human cost 2023_24</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-07-29T22:48:46Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2024-07-29T22:49:27Z</vt:filetime>
+    <vt:filetime>2025-10-20T06:54:04Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2024-10-02T05:50:54Z</vt:filetime>
+    <vt:filetime>2025-10-20T06:54:04Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA14154466</vt:lpwstr>
+    <vt:lpwstr>vA15764057</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>1</vt:r8>
+    <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>First version</vt:lpwstr>
+    <vt:lpwstr>Update of gambling data</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>