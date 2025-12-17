--- v1 (2025-11-18)
+++ v2 (2025-12-17)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rce5689678aa84806" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R542756a043dc47f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{7B3AB31D-FBB7-424E-9642-0A380CBFCAA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$E$4:$M$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -805,51 +805,51 @@
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R399a1bf60e294395" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7963eb443b7e4750" /></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$F$6" fmlaRange="$B$7:$B$77" sel="24" val="0"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>234950</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>165100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>317500</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>6350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>