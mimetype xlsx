--- v2 (2025-12-17)
+++ v3 (2026-01-26)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R542756a043dc47f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R669b4d729b7f4e69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{7B3AB31D-FBB7-424E-9642-0A380CBFCAA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$E$4:$M$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -805,51 +805,51 @@
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7963eb443b7e4750" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rc88e3ef039634da1" /></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$F$6" fmlaRange="$B$7:$B$77" sel="24" val="0"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>234950</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>165100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>317500</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>6350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>