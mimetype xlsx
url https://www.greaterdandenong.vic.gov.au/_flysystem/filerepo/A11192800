--- v3 (2026-01-26)
+++ v4 (2026-02-15)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R669b4d729b7f4e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R589713b5b95f40a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{7B3AB31D-FBB7-424E-9642-0A380CBFCAA2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$E$4:$M$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -805,51 +805,51 @@
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF008000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rc88e3ef039634da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R62634b65781649d0" /></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$F$6" fmlaRange="$B$7:$B$77" sel="24" val="0"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
           <xdr:colOff>234950</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>165100</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>7</xdr:col>
           <xdr:colOff>317500</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>6350</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>