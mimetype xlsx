--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,1323 +1,1357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R790e573047e24145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rdb477bf1addd4733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ Work - Dump\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{762196F4-24F9-471C-93F8-57CC6CA51738}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B6C1A00C-1E02-4066-850D-6DCE405AA4D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" firstSheet="6" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="6" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2018" sheetId="5" state="hidden" r:id="rId1"/>
     <sheet name="2011-2017" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="2003-2010" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="2001-2003" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="1993-2000" sheetId="4" state="hidden" r:id="rId5"/>
     <sheet name="Data" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Front" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'2001-2003'!$A$9:$D$66</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'2003-2010'!$A$9:$I$9</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2018'!$B$4:$BE$37</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="6">Front!$A$1:$AI$46</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="6">Front!$B$1:$AI$51</definedName>
     <definedName name="_xlnm.Print_Titles">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AA59" i="6" l="1"/>
-  <c r="AH42" i="6"/>
+  <c r="C11" i="7" l="1"/>
+  <c r="C50" i="7"/>
+  <c r="D12" i="7"/>
+  <c r="D13" i="7"/>
+  <c r="D14" i="7"/>
+  <c r="D15" i="7"/>
+  <c r="D16" i="7"/>
+  <c r="D17" i="7"/>
+  <c r="D18" i="7"/>
+  <c r="D19" i="7"/>
+  <c r="D20" i="7"/>
+  <c r="D21" i="7"/>
+  <c r="D22" i="7"/>
+  <c r="D23" i="7"/>
+  <c r="D24" i="7"/>
+  <c r="D25" i="7"/>
+  <c r="D26" i="7"/>
+  <c r="D27" i="7"/>
+  <c r="D28" i="7"/>
+  <c r="D29" i="7"/>
+  <c r="D30" i="7"/>
+  <c r="D31" i="7"/>
+  <c r="D32" i="7"/>
+  <c r="D33" i="7"/>
+  <c r="D34" i="7"/>
+  <c r="D35" i="7"/>
+  <c r="D36" i="7"/>
+  <c r="D37" i="7"/>
+  <c r="D38" i="7"/>
+  <c r="D39" i="7"/>
+  <c r="D40" i="7"/>
+  <c r="D41" i="7"/>
+  <c r="D42" i="7"/>
+  <c r="D43" i="7"/>
+  <c r="C12" i="7"/>
+  <c r="C13" i="7"/>
+  <c r="C14" i="7"/>
+  <c r="C15" i="7"/>
+  <c r="C16" i="7"/>
+  <c r="C17" i="7"/>
+  <c r="C18" i="7"/>
+  <c r="C19" i="7"/>
+  <c r="C20" i="7"/>
+  <c r="C21" i="7"/>
+  <c r="C22" i="7"/>
+  <c r="C23" i="7"/>
+  <c r="C24" i="7"/>
+  <c r="C25" i="7"/>
+  <c r="C26" i="7"/>
+  <c r="C27" i="7"/>
+  <c r="C28" i="7"/>
+  <c r="C29" i="7"/>
+  <c r="C30" i="7"/>
+  <c r="C31" i="7"/>
+  <c r="C32" i="7"/>
+  <c r="C33" i="7"/>
+  <c r="C34" i="7"/>
+  <c r="C35" i="7"/>
+  <c r="C36" i="7"/>
+  <c r="C37" i="7"/>
+  <c r="C38" i="7"/>
+  <c r="C39" i="7"/>
+  <c r="C40" i="7"/>
+  <c r="C41" i="7"/>
+  <c r="C42" i="7"/>
+  <c r="C43" i="7"/>
+  <c r="AJ43" i="6"/>
+  <c r="AJ44" i="6"/>
+  <c r="AJ45" i="6"/>
+  <c r="AJ46" i="6"/>
+  <c r="AJ47" i="6"/>
+  <c r="AJ48" i="6"/>
+  <c r="AJ49" i="6"/>
+  <c r="AJ50" i="6"/>
+  <c r="AJ51" i="6"/>
+  <c r="AJ52" i="6"/>
+  <c r="AJ53" i="6"/>
+  <c r="AJ54" i="6"/>
+  <c r="AJ55" i="6"/>
+  <c r="AJ56" i="6"/>
+  <c r="AJ57" i="6"/>
+  <c r="AJ58" i="6"/>
+  <c r="AJ59" i="6"/>
+  <c r="AJ60" i="6"/>
+  <c r="AJ61" i="6"/>
+  <c r="AJ62" i="6"/>
+  <c r="AJ63" i="6"/>
+  <c r="AJ64" i="6"/>
+  <c r="AJ65" i="6"/>
+  <c r="AJ66" i="6"/>
+  <c r="AJ67" i="6"/>
+  <c r="AJ68" i="6"/>
+  <c r="AJ69" i="6"/>
+  <c r="AJ70" i="6"/>
+  <c r="AJ71" i="6"/>
+  <c r="AJ72" i="6"/>
+  <c r="AJ73" i="6"/>
+  <c r="AJ42" i="6"/>
   <c r="D42" i="6"/>
   <c r="E42" i="6"/>
   <c r="F42" i="6"/>
   <c r="G42" i="6"/>
   <c r="H42" i="6"/>
   <c r="I42" i="6"/>
   <c r="J42" i="6"/>
   <c r="K42" i="6"/>
   <c r="L42" i="6"/>
   <c r="M42" i="6"/>
   <c r="N42" i="6"/>
   <c r="O42" i="6"/>
   <c r="P42" i="6"/>
   <c r="Q42" i="6"/>
   <c r="R42" i="6"/>
   <c r="S42" i="6"/>
   <c r="T42" i="6"/>
   <c r="U42" i="6"/>
   <c r="V42" i="6"/>
   <c r="W42" i="6"/>
   <c r="X42" i="6"/>
   <c r="Y42" i="6"/>
   <c r="Z42" i="6"/>
   <c r="AA42" i="6"/>
   <c r="AB42" i="6"/>
   <c r="AC42" i="6"/>
   <c r="AD42" i="6"/>
   <c r="AE42" i="6"/>
   <c r="AF42" i="6"/>
   <c r="AG42" i="6"/>
+  <c r="AH42" i="6"/>
+  <c r="AI42" i="6"/>
   <c r="D43" i="6"/>
   <c r="E43" i="6"/>
   <c r="F43" i="6"/>
   <c r="G43" i="6"/>
   <c r="H43" i="6"/>
   <c r="I43" i="6"/>
   <c r="J43" i="6"/>
   <c r="K43" i="6"/>
   <c r="L43" i="6"/>
   <c r="M43" i="6"/>
   <c r="N43" i="6"/>
   <c r="O43" i="6"/>
   <c r="P43" i="6"/>
   <c r="Q43" i="6"/>
   <c r="R43" i="6"/>
   <c r="S43" i="6"/>
   <c r="T43" i="6"/>
   <c r="U43" i="6"/>
   <c r="V43" i="6"/>
   <c r="W43" i="6"/>
   <c r="X43" i="6"/>
   <c r="Y43" i="6"/>
   <c r="Z43" i="6"/>
   <c r="AA43" i="6"/>
   <c r="AB43" i="6"/>
   <c r="AC43" i="6"/>
   <c r="AD43" i="6"/>
   <c r="AE43" i="6"/>
   <c r="AF43" i="6"/>
   <c r="AG43" i="6"/>
   <c r="AH43" i="6"/>
+  <c r="AI43" i="6"/>
   <c r="D44" i="6"/>
   <c r="E44" i="6"/>
   <c r="F44" i="6"/>
   <c r="G44" i="6"/>
   <c r="H44" i="6"/>
   <c r="I44" i="6"/>
   <c r="J44" i="6"/>
   <c r="K44" i="6"/>
   <c r="L44" i="6"/>
   <c r="M44" i="6"/>
   <c r="N44" i="6"/>
   <c r="O44" i="6"/>
   <c r="P44" i="6"/>
   <c r="Q44" i="6"/>
   <c r="R44" i="6"/>
   <c r="S44" i="6"/>
   <c r="T44" i="6"/>
   <c r="U44" i="6"/>
   <c r="V44" i="6"/>
   <c r="W44" i="6"/>
   <c r="X44" i="6"/>
   <c r="Y44" i="6"/>
   <c r="Z44" i="6"/>
   <c r="AA44" i="6"/>
   <c r="AB44" i="6"/>
   <c r="AC44" i="6"/>
   <c r="AD44" i="6"/>
   <c r="AE44" i="6"/>
   <c r="AF44" i="6"/>
   <c r="AG44" i="6"/>
   <c r="AH44" i="6"/>
+  <c r="AI44" i="6"/>
   <c r="D45" i="6"/>
   <c r="E45" i="6"/>
   <c r="F45" i="6"/>
   <c r="G45" i="6"/>
   <c r="H45" i="6"/>
   <c r="I45" i="6"/>
   <c r="J45" i="6"/>
   <c r="K45" i="6"/>
   <c r="L45" i="6"/>
   <c r="M45" i="6"/>
   <c r="N45" i="6"/>
   <c r="O45" i="6"/>
   <c r="P45" i="6"/>
   <c r="Q45" i="6"/>
   <c r="R45" i="6"/>
   <c r="S45" i="6"/>
   <c r="T45" i="6"/>
   <c r="U45" i="6"/>
   <c r="V45" i="6"/>
   <c r="W45" i="6"/>
   <c r="X45" i="6"/>
   <c r="Y45" i="6"/>
   <c r="Z45" i="6"/>
   <c r="AA45" i="6"/>
   <c r="AB45" i="6"/>
   <c r="AC45" i="6"/>
   <c r="AD45" i="6"/>
   <c r="AE45" i="6"/>
   <c r="AF45" i="6"/>
   <c r="AG45" i="6"/>
   <c r="AH45" i="6"/>
+  <c r="AI45" i="6"/>
   <c r="D46" i="6"/>
   <c r="E46" i="6"/>
   <c r="F46" i="6"/>
   <c r="G46" i="6"/>
   <c r="H46" i="6"/>
   <c r="I46" i="6"/>
   <c r="J46" i="6"/>
   <c r="K46" i="6"/>
   <c r="L46" i="6"/>
   <c r="M46" i="6"/>
   <c r="N46" i="6"/>
   <c r="O46" i="6"/>
   <c r="P46" i="6"/>
   <c r="Q46" i="6"/>
   <c r="R46" i="6"/>
   <c r="S46" i="6"/>
   <c r="T46" i="6"/>
   <c r="U46" i="6"/>
   <c r="V46" i="6"/>
   <c r="W46" i="6"/>
   <c r="X46" i="6"/>
   <c r="Y46" i="6"/>
   <c r="Z46" i="6"/>
   <c r="AA46" i="6"/>
   <c r="AB46" i="6"/>
   <c r="AC46" i="6"/>
   <c r="AD46" i="6"/>
   <c r="AE46" i="6"/>
   <c r="AF46" i="6"/>
   <c r="AG46" i="6"/>
   <c r="AH46" i="6"/>
+  <c r="AI46" i="6"/>
   <c r="D47" i="6"/>
   <c r="E47" i="6"/>
   <c r="F47" i="6"/>
   <c r="G47" i="6"/>
   <c r="H47" i="6"/>
   <c r="I47" i="6"/>
   <c r="J47" i="6"/>
   <c r="K47" i="6"/>
   <c r="L47" i="6"/>
   <c r="M47" i="6"/>
   <c r="N47" i="6"/>
   <c r="O47" i="6"/>
   <c r="P47" i="6"/>
   <c r="Q47" i="6"/>
   <c r="R47" i="6"/>
   <c r="S47" i="6"/>
   <c r="T47" i="6"/>
   <c r="U47" i="6"/>
   <c r="V47" i="6"/>
   <c r="W47" i="6"/>
   <c r="X47" i="6"/>
   <c r="Y47" i="6"/>
   <c r="Z47" i="6"/>
   <c r="AA47" i="6"/>
   <c r="AB47" i="6"/>
   <c r="AC47" i="6"/>
   <c r="AD47" i="6"/>
   <c r="AE47" i="6"/>
   <c r="AF47" i="6"/>
   <c r="AG47" i="6"/>
   <c r="AH47" i="6"/>
+  <c r="AI47" i="6"/>
   <c r="D48" i="6"/>
   <c r="E48" i="6"/>
   <c r="F48" i="6"/>
   <c r="G48" i="6"/>
   <c r="H48" i="6"/>
   <c r="I48" i="6"/>
   <c r="J48" i="6"/>
   <c r="K48" i="6"/>
   <c r="L48" i="6"/>
   <c r="M48" i="6"/>
   <c r="N48" i="6"/>
   <c r="O48" i="6"/>
   <c r="P48" i="6"/>
   <c r="Q48" i="6"/>
   <c r="R48" i="6"/>
   <c r="S48" i="6"/>
   <c r="T48" i="6"/>
   <c r="U48" i="6"/>
   <c r="V48" i="6"/>
   <c r="W48" i="6"/>
   <c r="X48" i="6"/>
   <c r="Y48" i="6"/>
   <c r="Z48" i="6"/>
   <c r="AA48" i="6"/>
   <c r="AB48" i="6"/>
   <c r="AC48" i="6"/>
   <c r="AD48" i="6"/>
   <c r="AE48" i="6"/>
   <c r="AF48" i="6"/>
   <c r="AG48" i="6"/>
   <c r="AH48" i="6"/>
+  <c r="AI48" i="6"/>
   <c r="D49" i="6"/>
   <c r="E49" i="6"/>
   <c r="F49" i="6"/>
   <c r="G49" i="6"/>
   <c r="H49" i="6"/>
   <c r="I49" i="6"/>
   <c r="J49" i="6"/>
   <c r="K49" i="6"/>
   <c r="L49" i="6"/>
   <c r="M49" i="6"/>
   <c r="N49" i="6"/>
   <c r="O49" i="6"/>
   <c r="P49" i="6"/>
   <c r="Q49" i="6"/>
   <c r="R49" i="6"/>
   <c r="S49" i="6"/>
   <c r="T49" i="6"/>
   <c r="U49" i="6"/>
   <c r="V49" i="6"/>
   <c r="W49" i="6"/>
   <c r="X49" i="6"/>
   <c r="Y49" i="6"/>
   <c r="Z49" i="6"/>
   <c r="AA49" i="6"/>
   <c r="AB49" i="6"/>
   <c r="AC49" i="6"/>
   <c r="AD49" i="6"/>
   <c r="AE49" i="6"/>
   <c r="AF49" i="6"/>
   <c r="AG49" i="6"/>
   <c r="AH49" i="6"/>
+  <c r="AI49" i="6"/>
   <c r="D50" i="6"/>
   <c r="E50" i="6"/>
   <c r="F50" i="6"/>
   <c r="G50" i="6"/>
   <c r="H50" i="6"/>
   <c r="I50" i="6"/>
   <c r="J50" i="6"/>
   <c r="K50" i="6"/>
   <c r="L50" i="6"/>
   <c r="M50" i="6"/>
   <c r="N50" i="6"/>
   <c r="O50" i="6"/>
   <c r="P50" i="6"/>
   <c r="Q50" i="6"/>
   <c r="R50" i="6"/>
   <c r="S50" i="6"/>
   <c r="T50" i="6"/>
   <c r="U50" i="6"/>
   <c r="V50" i="6"/>
   <c r="W50" i="6"/>
   <c r="X50" i="6"/>
   <c r="Y50" i="6"/>
   <c r="Z50" i="6"/>
   <c r="AA50" i="6"/>
   <c r="AB50" i="6"/>
   <c r="AC50" i="6"/>
   <c r="AD50" i="6"/>
   <c r="AE50" i="6"/>
   <c r="AF50" i="6"/>
   <c r="AG50" i="6"/>
   <c r="AH50" i="6"/>
+  <c r="AI50" i="6"/>
   <c r="D51" i="6"/>
   <c r="E51" i="6"/>
   <c r="F51" i="6"/>
   <c r="G51" i="6"/>
   <c r="H51" i="6"/>
   <c r="I51" i="6"/>
   <c r="J51" i="6"/>
   <c r="K51" i="6"/>
   <c r="L51" i="6"/>
   <c r="M51" i="6"/>
   <c r="N51" i="6"/>
   <c r="O51" i="6"/>
   <c r="P51" i="6"/>
   <c r="Q51" i="6"/>
   <c r="R51" i="6"/>
   <c r="S51" i="6"/>
   <c r="T51" i="6"/>
   <c r="U51" i="6"/>
   <c r="V51" i="6"/>
   <c r="W51" i="6"/>
   <c r="X51" i="6"/>
   <c r="Y51" i="6"/>
   <c r="Z51" i="6"/>
   <c r="AA51" i="6"/>
   <c r="AB51" i="6"/>
   <c r="AC51" i="6"/>
   <c r="AD51" i="6"/>
   <c r="AE51" i="6"/>
   <c r="AF51" i="6"/>
   <c r="AG51" i="6"/>
   <c r="AH51" i="6"/>
+  <c r="AI51" i="6"/>
   <c r="D52" i="6"/>
   <c r="E52" i="6"/>
   <c r="F52" i="6"/>
   <c r="G52" i="6"/>
   <c r="H52" i="6"/>
   <c r="I52" i="6"/>
   <c r="J52" i="6"/>
   <c r="K52" i="6"/>
   <c r="L52" i="6"/>
   <c r="M52" i="6"/>
   <c r="N52" i="6"/>
   <c r="O52" i="6"/>
   <c r="P52" i="6"/>
   <c r="Q52" i="6"/>
   <c r="R52" i="6"/>
   <c r="S52" i="6"/>
   <c r="T52" i="6"/>
   <c r="U52" i="6"/>
   <c r="V52" i="6"/>
   <c r="W52" i="6"/>
   <c r="X52" i="6"/>
   <c r="Y52" i="6"/>
   <c r="Z52" i="6"/>
   <c r="AA52" i="6"/>
   <c r="AB52" i="6"/>
   <c r="AC52" i="6"/>
   <c r="AD52" i="6"/>
   <c r="AE52" i="6"/>
   <c r="AF52" i="6"/>
   <c r="AG52" i="6"/>
   <c r="AH52" i="6"/>
+  <c r="AI52" i="6"/>
   <c r="D53" i="6"/>
   <c r="E53" i="6"/>
   <c r="F53" i="6"/>
   <c r="G53" i="6"/>
   <c r="H53" i="6"/>
   <c r="I53" i="6"/>
   <c r="J53" i="6"/>
   <c r="K53" i="6"/>
   <c r="L53" i="6"/>
   <c r="M53" i="6"/>
   <c r="N53" i="6"/>
   <c r="O53" i="6"/>
   <c r="P53" i="6"/>
   <c r="Q53" i="6"/>
   <c r="R53" i="6"/>
   <c r="S53" i="6"/>
   <c r="T53" i="6"/>
   <c r="U53" i="6"/>
   <c r="V53" i="6"/>
   <c r="W53" i="6"/>
   <c r="X53" i="6"/>
   <c r="Y53" i="6"/>
   <c r="Z53" i="6"/>
   <c r="AA53" i="6"/>
   <c r="AB53" i="6"/>
   <c r="AC53" i="6"/>
   <c r="AD53" i="6"/>
   <c r="AE53" i="6"/>
   <c r="AF53" i="6"/>
   <c r="AG53" i="6"/>
   <c r="AH53" i="6"/>
+  <c r="AI53" i="6"/>
   <c r="D54" i="6"/>
   <c r="E54" i="6"/>
   <c r="F54" i="6"/>
   <c r="G54" i="6"/>
   <c r="H54" i="6"/>
   <c r="I54" i="6"/>
   <c r="J54" i="6"/>
   <c r="K54" i="6"/>
   <c r="L54" i="6"/>
   <c r="M54" i="6"/>
   <c r="N54" i="6"/>
   <c r="O54" i="6"/>
   <c r="P54" i="6"/>
   <c r="Q54" i="6"/>
   <c r="R54" i="6"/>
   <c r="S54" i="6"/>
   <c r="T54" i="6"/>
   <c r="U54" i="6"/>
   <c r="V54" i="6"/>
   <c r="W54" i="6"/>
   <c r="X54" i="6"/>
   <c r="Y54" i="6"/>
   <c r="Z54" i="6"/>
   <c r="AA54" i="6"/>
   <c r="AB54" i="6"/>
   <c r="AC54" i="6"/>
   <c r="AD54" i="6"/>
   <c r="AE54" i="6"/>
   <c r="AF54" i="6"/>
   <c r="AG54" i="6"/>
   <c r="AH54" i="6"/>
+  <c r="AI54" i="6"/>
   <c r="D55" i="6"/>
   <c r="E55" i="6"/>
   <c r="F55" i="6"/>
   <c r="G55" i="6"/>
   <c r="H55" i="6"/>
   <c r="I55" i="6"/>
   <c r="J55" i="6"/>
   <c r="K55" i="6"/>
   <c r="L55" i="6"/>
   <c r="M55" i="6"/>
   <c r="N55" i="6"/>
   <c r="O55" i="6"/>
   <c r="P55" i="6"/>
   <c r="Q55" i="6"/>
   <c r="R55" i="6"/>
   <c r="S55" i="6"/>
   <c r="T55" i="6"/>
   <c r="U55" i="6"/>
   <c r="V55" i="6"/>
   <c r="W55" i="6"/>
   <c r="X55" i="6"/>
   <c r="Y55" i="6"/>
   <c r="Z55" i="6"/>
   <c r="AA55" i="6"/>
   <c r="AB55" i="6"/>
   <c r="AC55" i="6"/>
   <c r="AD55" i="6"/>
   <c r="AE55" i="6"/>
   <c r="AF55" i="6"/>
   <c r="AG55" i="6"/>
   <c r="AH55" i="6"/>
+  <c r="AI55" i="6"/>
   <c r="D56" i="6"/>
   <c r="E56" i="6"/>
   <c r="F56" i="6"/>
   <c r="G56" i="6"/>
   <c r="H56" i="6"/>
   <c r="I56" i="6"/>
   <c r="J56" i="6"/>
   <c r="K56" i="6"/>
   <c r="L56" i="6"/>
   <c r="M56" i="6"/>
   <c r="N56" i="6"/>
   <c r="O56" i="6"/>
   <c r="P56" i="6"/>
   <c r="Q56" i="6"/>
   <c r="R56" i="6"/>
   <c r="S56" i="6"/>
   <c r="T56" i="6"/>
   <c r="U56" i="6"/>
   <c r="V56" i="6"/>
   <c r="W56" i="6"/>
   <c r="X56" i="6"/>
   <c r="Y56" i="6"/>
   <c r="Z56" i="6"/>
   <c r="AA56" i="6"/>
   <c r="AB56" i="6"/>
   <c r="AC56" i="6"/>
   <c r="AD56" i="6"/>
   <c r="AE56" i="6"/>
   <c r="AF56" i="6"/>
   <c r="AG56" i="6"/>
   <c r="AH56" i="6"/>
+  <c r="AI56" i="6"/>
   <c r="D57" i="6"/>
   <c r="E57" i="6"/>
   <c r="F57" i="6"/>
   <c r="G57" i="6"/>
   <c r="H57" i="6"/>
   <c r="I57" i="6"/>
   <c r="J57" i="6"/>
   <c r="K57" i="6"/>
   <c r="L57" i="6"/>
   <c r="M57" i="6"/>
   <c r="N57" i="6"/>
   <c r="O57" i="6"/>
   <c r="P57" i="6"/>
   <c r="Q57" i="6"/>
   <c r="R57" i="6"/>
   <c r="S57" i="6"/>
   <c r="T57" i="6"/>
   <c r="U57" i="6"/>
   <c r="V57" i="6"/>
   <c r="W57" i="6"/>
   <c r="X57" i="6"/>
   <c r="Y57" i="6"/>
   <c r="Z57" i="6"/>
   <c r="AA57" i="6"/>
   <c r="AB57" i="6"/>
   <c r="AC57" i="6"/>
   <c r="AD57" i="6"/>
   <c r="AE57" i="6"/>
   <c r="AF57" i="6"/>
   <c r="AG57" i="6"/>
   <c r="AH57" i="6"/>
+  <c r="AI57" i="6"/>
   <c r="D58" i="6"/>
   <c r="E58" i="6"/>
   <c r="F58" i="6"/>
   <c r="G58" i="6"/>
   <c r="H58" i="6"/>
   <c r="I58" i="6"/>
   <c r="J58" i="6"/>
   <c r="K58" i="6"/>
   <c r="L58" i="6"/>
   <c r="M58" i="6"/>
   <c r="N58" i="6"/>
   <c r="O58" i="6"/>
   <c r="P58" i="6"/>
   <c r="Q58" i="6"/>
   <c r="R58" i="6"/>
   <c r="S58" i="6"/>
   <c r="T58" i="6"/>
   <c r="U58" i="6"/>
   <c r="V58" i="6"/>
   <c r="W58" i="6"/>
   <c r="X58" i="6"/>
   <c r="Y58" i="6"/>
   <c r="Z58" i="6"/>
   <c r="AA58" i="6"/>
   <c r="AB58" i="6"/>
   <c r="AC58" i="6"/>
   <c r="AD58" i="6"/>
   <c r="AE58" i="6"/>
   <c r="AF58" i="6"/>
   <c r="AG58" i="6"/>
   <c r="AH58" i="6"/>
+  <c r="AI58" i="6"/>
   <c r="D59" i="6"/>
   <c r="E59" i="6"/>
   <c r="F59" i="6"/>
   <c r="G59" i="6"/>
   <c r="H59" i="6"/>
   <c r="I59" i="6"/>
   <c r="J59" i="6"/>
   <c r="K59" i="6"/>
   <c r="L59" i="6"/>
   <c r="M59" i="6"/>
   <c r="N59" i="6"/>
   <c r="O59" i="6"/>
   <c r="P59" i="6"/>
   <c r="Q59" i="6"/>
   <c r="R59" i="6"/>
   <c r="S59" i="6"/>
   <c r="T59" i="6"/>
   <c r="U59" i="6"/>
   <c r="V59" i="6"/>
   <c r="W59" i="6"/>
   <c r="X59" i="6"/>
   <c r="Y59" i="6"/>
   <c r="Z59" i="6"/>
+  <c r="AA59" i="6"/>
   <c r="AB59" i="6"/>
   <c r="AC59" i="6"/>
   <c r="AD59" i="6"/>
   <c r="AE59" i="6"/>
   <c r="AF59" i="6"/>
   <c r="AG59" i="6"/>
   <c r="AH59" i="6"/>
+  <c r="AI59" i="6"/>
   <c r="D60" i="6"/>
   <c r="E60" i="6"/>
   <c r="F60" i="6"/>
   <c r="G60" i="6"/>
   <c r="H60" i="6"/>
   <c r="I60" i="6"/>
   <c r="J60" i="6"/>
   <c r="K60" i="6"/>
   <c r="L60" i="6"/>
   <c r="M60" i="6"/>
   <c r="N60" i="6"/>
   <c r="O60" i="6"/>
   <c r="P60" i="6"/>
   <c r="Q60" i="6"/>
   <c r="R60" i="6"/>
   <c r="S60" i="6"/>
   <c r="T60" i="6"/>
   <c r="U60" i="6"/>
   <c r="V60" i="6"/>
   <c r="W60" i="6"/>
   <c r="X60" i="6"/>
   <c r="Y60" i="6"/>
   <c r="Z60" i="6"/>
   <c r="AA60" i="6"/>
   <c r="AB60" i="6"/>
   <c r="AC60" i="6"/>
   <c r="AD60" i="6"/>
   <c r="AE60" i="6"/>
   <c r="AF60" i="6"/>
   <c r="AG60" i="6"/>
   <c r="AH60" i="6"/>
+  <c r="AI60" i="6"/>
   <c r="D61" i="6"/>
   <c r="E61" i="6"/>
   <c r="F61" i="6"/>
   <c r="G61" i="6"/>
   <c r="H61" i="6"/>
   <c r="I61" i="6"/>
   <c r="J61" i="6"/>
   <c r="K61" i="6"/>
   <c r="L61" i="6"/>
   <c r="M61" i="6"/>
   <c r="N61" i="6"/>
   <c r="O61" i="6"/>
   <c r="P61" i="6"/>
   <c r="Q61" i="6"/>
   <c r="R61" i="6"/>
   <c r="S61" i="6"/>
   <c r="T61" i="6"/>
   <c r="U61" i="6"/>
   <c r="V61" i="6"/>
   <c r="W61" i="6"/>
   <c r="X61" i="6"/>
   <c r="Y61" i="6"/>
   <c r="Z61" i="6"/>
   <c r="AA61" i="6"/>
   <c r="AB61" i="6"/>
   <c r="AC61" i="6"/>
   <c r="AD61" i="6"/>
   <c r="AE61" i="6"/>
   <c r="AF61" i="6"/>
   <c r="AG61" i="6"/>
   <c r="AH61" i="6"/>
+  <c r="AI61" i="6"/>
   <c r="D62" i="6"/>
   <c r="E62" i="6"/>
   <c r="F62" i="6"/>
   <c r="G62" i="6"/>
   <c r="H62" i="6"/>
   <c r="I62" i="6"/>
   <c r="J62" i="6"/>
   <c r="K62" i="6"/>
   <c r="L62" i="6"/>
   <c r="M62" i="6"/>
   <c r="N62" i="6"/>
   <c r="O62" i="6"/>
   <c r="P62" i="6"/>
   <c r="Q62" i="6"/>
   <c r="R62" i="6"/>
   <c r="S62" i="6"/>
   <c r="T62" i="6"/>
   <c r="U62" i="6"/>
   <c r="V62" i="6"/>
   <c r="W62" i="6"/>
   <c r="X62" i="6"/>
   <c r="Y62" i="6"/>
   <c r="Z62" i="6"/>
   <c r="AA62" i="6"/>
   <c r="AB62" i="6"/>
   <c r="AC62" i="6"/>
   <c r="AD62" i="6"/>
   <c r="AE62" i="6"/>
   <c r="AF62" i="6"/>
   <c r="AG62" i="6"/>
   <c r="AH62" i="6"/>
+  <c r="AI62" i="6"/>
   <c r="D63" i="6"/>
   <c r="E63" i="6"/>
   <c r="F63" i="6"/>
   <c r="G63" i="6"/>
   <c r="H63" i="6"/>
   <c r="I63" i="6"/>
   <c r="J63" i="6"/>
   <c r="K63" i="6"/>
   <c r="L63" i="6"/>
   <c r="M63" i="6"/>
   <c r="N63" i="6"/>
   <c r="O63" i="6"/>
   <c r="P63" i="6"/>
   <c r="Q63" i="6"/>
   <c r="R63" i="6"/>
   <c r="S63" i="6"/>
   <c r="T63" i="6"/>
   <c r="U63" i="6"/>
   <c r="V63" i="6"/>
   <c r="W63" i="6"/>
   <c r="X63" i="6"/>
   <c r="Y63" i="6"/>
   <c r="Z63" i="6"/>
   <c r="AA63" i="6"/>
   <c r="AB63" i="6"/>
   <c r="AC63" i="6"/>
   <c r="AD63" i="6"/>
   <c r="AE63" i="6"/>
   <c r="AF63" i="6"/>
   <c r="AG63" i="6"/>
   <c r="AH63" i="6"/>
+  <c r="AI63" i="6"/>
   <c r="D64" i="6"/>
   <c r="E64" i="6"/>
   <c r="F64" i="6"/>
   <c r="G64" i="6"/>
   <c r="H64" i="6"/>
   <c r="I64" i="6"/>
   <c r="J64" i="6"/>
   <c r="K64" i="6"/>
   <c r="L64" i="6"/>
   <c r="M64" i="6"/>
   <c r="N64" i="6"/>
   <c r="O64" i="6"/>
   <c r="P64" i="6"/>
   <c r="Q64" i="6"/>
   <c r="R64" i="6"/>
   <c r="S64" i="6"/>
   <c r="T64" i="6"/>
   <c r="U64" i="6"/>
   <c r="V64" i="6"/>
   <c r="W64" i="6"/>
   <c r="X64" i="6"/>
   <c r="Y64" i="6"/>
   <c r="Z64" i="6"/>
   <c r="AA64" i="6"/>
   <c r="AB64" i="6"/>
   <c r="AC64" i="6"/>
   <c r="AD64" i="6"/>
   <c r="AE64" i="6"/>
   <c r="AF64" i="6"/>
   <c r="AG64" i="6"/>
   <c r="AH64" i="6"/>
+  <c r="AI64" i="6"/>
   <c r="D65" i="6"/>
   <c r="E65" i="6"/>
   <c r="F65" i="6"/>
   <c r="G65" i="6"/>
   <c r="H65" i="6"/>
   <c r="I65" i="6"/>
   <c r="J65" i="6"/>
   <c r="K65" i="6"/>
   <c r="L65" i="6"/>
   <c r="M65" i="6"/>
   <c r="N65" i="6"/>
   <c r="O65" i="6"/>
   <c r="P65" i="6"/>
   <c r="Q65" i="6"/>
   <c r="R65" i="6"/>
   <c r="S65" i="6"/>
   <c r="T65" i="6"/>
   <c r="U65" i="6"/>
   <c r="V65" i="6"/>
   <c r="W65" i="6"/>
   <c r="X65" i="6"/>
   <c r="Y65" i="6"/>
   <c r="Z65" i="6"/>
   <c r="AA65" i="6"/>
   <c r="AB65" i="6"/>
   <c r="AC65" i="6"/>
   <c r="AD65" i="6"/>
   <c r="AE65" i="6"/>
   <c r="AF65" i="6"/>
   <c r="AG65" i="6"/>
   <c r="AH65" i="6"/>
+  <c r="AI65" i="6"/>
   <c r="D66" i="6"/>
   <c r="E66" i="6"/>
   <c r="F66" i="6"/>
   <c r="G66" i="6"/>
   <c r="H66" i="6"/>
   <c r="I66" i="6"/>
   <c r="J66" i="6"/>
   <c r="K66" i="6"/>
   <c r="L66" i="6"/>
   <c r="M66" i="6"/>
   <c r="N66" i="6"/>
   <c r="O66" i="6"/>
   <c r="P66" i="6"/>
   <c r="Q66" i="6"/>
   <c r="R66" i="6"/>
   <c r="S66" i="6"/>
   <c r="T66" i="6"/>
   <c r="U66" i="6"/>
   <c r="V66" i="6"/>
   <c r="W66" i="6"/>
   <c r="X66" i="6"/>
   <c r="Y66" i="6"/>
   <c r="Z66" i="6"/>
   <c r="AA66" i="6"/>
   <c r="AB66" i="6"/>
   <c r="AC66" i="6"/>
   <c r="AD66" i="6"/>
   <c r="AE66" i="6"/>
   <c r="AF66" i="6"/>
   <c r="AG66" i="6"/>
   <c r="AH66" i="6"/>
+  <c r="AI66" i="6"/>
   <c r="D67" i="6"/>
   <c r="E67" i="6"/>
   <c r="F67" i="6"/>
   <c r="G67" i="6"/>
   <c r="H67" i="6"/>
   <c r="I67" i="6"/>
   <c r="J67" i="6"/>
   <c r="K67" i="6"/>
   <c r="L67" i="6"/>
   <c r="M67" i="6"/>
   <c r="N67" i="6"/>
   <c r="O67" i="6"/>
   <c r="P67" i="6"/>
   <c r="Q67" i="6"/>
   <c r="R67" i="6"/>
   <c r="S67" i="6"/>
   <c r="T67" i="6"/>
   <c r="U67" i="6"/>
   <c r="V67" i="6"/>
   <c r="W67" i="6"/>
   <c r="X67" i="6"/>
   <c r="Y67" i="6"/>
   <c r="Z67" i="6"/>
   <c r="AA67" i="6"/>
   <c r="AB67" i="6"/>
   <c r="AC67" i="6"/>
   <c r="AD67" i="6"/>
   <c r="AE67" i="6"/>
   <c r="AF67" i="6"/>
   <c r="AG67" i="6"/>
   <c r="AH67" i="6"/>
+  <c r="AI67" i="6"/>
   <c r="D68" i="6"/>
   <c r="E68" i="6"/>
   <c r="F68" i="6"/>
   <c r="G68" i="6"/>
   <c r="H68" i="6"/>
   <c r="I68" i="6"/>
   <c r="J68" i="6"/>
   <c r="K68" i="6"/>
   <c r="L68" i="6"/>
   <c r="M68" i="6"/>
   <c r="N68" i="6"/>
   <c r="O68" i="6"/>
   <c r="P68" i="6"/>
   <c r="Q68" i="6"/>
   <c r="R68" i="6"/>
   <c r="S68" i="6"/>
   <c r="T68" i="6"/>
   <c r="U68" i="6"/>
   <c r="V68" i="6"/>
   <c r="W68" i="6"/>
   <c r="X68" i="6"/>
   <c r="Y68" i="6"/>
   <c r="Z68" i="6"/>
   <c r="AA68" i="6"/>
   <c r="AB68" i="6"/>
   <c r="AC68" i="6"/>
   <c r="AD68" i="6"/>
   <c r="AE68" i="6"/>
   <c r="AF68" i="6"/>
   <c r="AG68" i="6"/>
   <c r="AH68" i="6"/>
+  <c r="AI68" i="6"/>
   <c r="D69" i="6"/>
   <c r="E69" i="6"/>
   <c r="F69" i="6"/>
   <c r="G69" i="6"/>
   <c r="H69" i="6"/>
   <c r="I69" i="6"/>
   <c r="J69" i="6"/>
   <c r="K69" i="6"/>
   <c r="L69" i="6"/>
   <c r="M69" i="6"/>
   <c r="N69" i="6"/>
   <c r="O69" i="6"/>
   <c r="P69" i="6"/>
   <c r="Q69" i="6"/>
   <c r="R69" i="6"/>
   <c r="S69" i="6"/>
   <c r="T69" i="6"/>
   <c r="U69" i="6"/>
   <c r="V69" i="6"/>
   <c r="W69" i="6"/>
   <c r="X69" i="6"/>
   <c r="Y69" i="6"/>
   <c r="Z69" i="6"/>
   <c r="AA69" i="6"/>
   <c r="AB69" i="6"/>
   <c r="AC69" i="6"/>
   <c r="AD69" i="6"/>
   <c r="AE69" i="6"/>
   <c r="AF69" i="6"/>
   <c r="AG69" i="6"/>
   <c r="AH69" i="6"/>
+  <c r="AI69" i="6"/>
   <c r="D70" i="6"/>
   <c r="E70" i="6"/>
   <c r="F70" i="6"/>
   <c r="G70" i="6"/>
   <c r="H70" i="6"/>
   <c r="I70" i="6"/>
   <c r="J70" i="6"/>
   <c r="K70" i="6"/>
   <c r="L70" i="6"/>
   <c r="M70" i="6"/>
   <c r="N70" i="6"/>
   <c r="O70" i="6"/>
   <c r="P70" i="6"/>
   <c r="Q70" i="6"/>
   <c r="R70" i="6"/>
   <c r="S70" i="6"/>
   <c r="T70" i="6"/>
   <c r="U70" i="6"/>
   <c r="V70" i="6"/>
   <c r="W70" i="6"/>
   <c r="X70" i="6"/>
   <c r="Y70" i="6"/>
   <c r="Z70" i="6"/>
   <c r="AA70" i="6"/>
   <c r="AB70" i="6"/>
   <c r="AC70" i="6"/>
   <c r="AD70" i="6"/>
   <c r="AE70" i="6"/>
   <c r="AF70" i="6"/>
   <c r="AG70" i="6"/>
   <c r="AH70" i="6"/>
+  <c r="AI70" i="6"/>
   <c r="D71" i="6"/>
   <c r="E71" i="6"/>
   <c r="F71" i="6"/>
   <c r="G71" i="6"/>
   <c r="H71" i="6"/>
   <c r="I71" i="6"/>
   <c r="J71" i="6"/>
   <c r="K71" i="6"/>
   <c r="L71" i="6"/>
   <c r="M71" i="6"/>
   <c r="N71" i="6"/>
   <c r="O71" i="6"/>
   <c r="P71" i="6"/>
   <c r="Q71" i="6"/>
   <c r="R71" i="6"/>
   <c r="S71" i="6"/>
   <c r="T71" i="6"/>
   <c r="U71" i="6"/>
   <c r="V71" i="6"/>
   <c r="W71" i="6"/>
   <c r="X71" i="6"/>
   <c r="Y71" i="6"/>
   <c r="Z71" i="6"/>
   <c r="AA71" i="6"/>
   <c r="AB71" i="6"/>
   <c r="AC71" i="6"/>
   <c r="AD71" i="6"/>
   <c r="AE71" i="6"/>
   <c r="AF71" i="6"/>
   <c r="AG71" i="6"/>
   <c r="AH71" i="6"/>
+  <c r="AI71" i="6"/>
   <c r="D72" i="6"/>
   <c r="E72" i="6"/>
   <c r="F72" i="6"/>
   <c r="G72" i="6"/>
   <c r="H72" i="6"/>
   <c r="I72" i="6"/>
   <c r="J72" i="6"/>
   <c r="K72" i="6"/>
   <c r="L72" i="6"/>
   <c r="M72" i="6"/>
   <c r="N72" i="6"/>
   <c r="O72" i="6"/>
   <c r="P72" i="6"/>
   <c r="Q72" i="6"/>
   <c r="R72" i="6"/>
   <c r="S72" i="6"/>
   <c r="T72" i="6"/>
   <c r="U72" i="6"/>
   <c r="V72" i="6"/>
   <c r="W72" i="6"/>
   <c r="X72" i="6"/>
   <c r="Y72" i="6"/>
   <c r="Z72" i="6"/>
   <c r="AA72" i="6"/>
   <c r="AB72" i="6"/>
   <c r="AC72" i="6"/>
   <c r="AD72" i="6"/>
   <c r="AE72" i="6"/>
   <c r="AF72" i="6"/>
   <c r="AG72" i="6"/>
   <c r="AH72" i="6"/>
+  <c r="AI72" i="6"/>
   <c r="D73" i="6"/>
   <c r="E73" i="6"/>
   <c r="F73" i="6"/>
   <c r="G73" i="6"/>
   <c r="H73" i="6"/>
   <c r="I73" i="6"/>
   <c r="J73" i="6"/>
   <c r="K73" i="6"/>
   <c r="L73" i="6"/>
   <c r="M73" i="6"/>
   <c r="N73" i="6"/>
   <c r="O73" i="6"/>
   <c r="P73" i="6"/>
   <c r="Q73" i="6"/>
   <c r="R73" i="6"/>
   <c r="S73" i="6"/>
   <c r="T73" i="6"/>
   <c r="U73" i="6"/>
   <c r="V73" i="6"/>
   <c r="W73" i="6"/>
   <c r="X73" i="6"/>
   <c r="Y73" i="6"/>
   <c r="Z73" i="6"/>
   <c r="AA73" i="6"/>
   <c r="AB73" i="6"/>
   <c r="AC73" i="6"/>
   <c r="AD73" i="6"/>
   <c r="AE73" i="6"/>
   <c r="AF73" i="6"/>
   <c r="AG73" i="6"/>
   <c r="AH73" i="6"/>
+  <c r="AI73" i="6"/>
+  <c r="C70" i="6"/>
+  <c r="C71" i="6"/>
+  <c r="C72" i="6"/>
+  <c r="C73" i="6"/>
   <c r="C43" i="6"/>
   <c r="C44" i="6"/>
   <c r="C45" i="6"/>
   <c r="C46" i="6"/>
   <c r="C47" i="6"/>
   <c r="C48" i="6"/>
   <c r="C49" i="6"/>
   <c r="C50" i="6"/>
   <c r="C51" i="6"/>
   <c r="C52" i="6"/>
   <c r="C53" i="6"/>
   <c r="C54" i="6"/>
   <c r="C55" i="6"/>
   <c r="C56" i="6"/>
   <c r="C57" i="6"/>
   <c r="C58" i="6"/>
   <c r="C59" i="6"/>
   <c r="C60" i="6"/>
   <c r="C61" i="6"/>
   <c r="C62" i="6"/>
   <c r="C63" i="6"/>
   <c r="C64" i="6"/>
   <c r="C65" i="6"/>
   <c r="C66" i="6"/>
   <c r="C67" i="6"/>
   <c r="C68" i="6"/>
   <c r="C69" i="6"/>
-  <c r="C70" i="6"/>
-[...2 lines deleted...]
-  <c r="C73" i="6"/>
   <c r="C42" i="6"/>
-  <c r="AH36" i="6"/>
-[...35 lines deleted...]
-  <c r="AG36" i="6"/>
+  <c r="AI36" i="6"/>
+  <c r="AH36" i="6" l="1"/>
+  <c r="AG36" i="6" l="1"/>
   <c r="AF36" i="6" l="1"/>
-  <c r="D40" i="7" l="1"/>
-[...1 lines deleted...]
-  <c r="AA7" i="7" a="1"/>
+  <c r="AA7" i="7" l="1" a="1"/>
   <c r="AA7" i="7" s="1"/>
   <c r="AB7" i="7" a="1"/>
   <c r="AB7" i="7" s="1"/>
   <c r="AB25" i="7"/>
   <c r="AB9" i="7"/>
   <c r="AB15" i="7"/>
   <c r="AB17" i="7"/>
   <c r="AB23" i="7"/>
   <c r="AB26" i="7"/>
   <c r="AB34" i="7"/>
   <c r="AB8" i="7"/>
   <c r="AA14" i="7"/>
   <c r="AA26" i="7"/>
   <c r="AA28" i="7"/>
   <c r="AA34" i="7"/>
   <c r="AA36" i="7"/>
   <c r="T6" i="7" a="1"/>
   <c r="T6" i="7" s="1"/>
   <c r="T4" i="7" a="1"/>
   <c r="T4" i="7" s="1"/>
-  <c r="C11" i="7"/>
-[...18 lines deleted...]
-  <c r="D43" i="7"/>
   <c r="D11" i="7"/>
-  <c r="C12" i="7"/>
-[...21 lines deleted...]
-  <c r="C37" i="7"/>
   <c r="AA8" i="7"/>
   <c r="AA9" i="7"/>
-  <c r="D12" i="7"/>
-[...14 lines deleted...]
-  <c r="D36" i="7"/>
   <c r="AA10" i="7"/>
   <c r="AB10" i="7"/>
   <c r="AA11" i="7"/>
   <c r="AB11" i="7"/>
   <c r="AA12" i="7"/>
   <c r="AB12" i="7"/>
   <c r="AA13" i="7"/>
   <c r="AB13" i="7"/>
   <c r="AB14" i="7"/>
   <c r="AA15" i="7"/>
   <c r="AA16" i="7"/>
   <c r="AB16" i="7"/>
   <c r="AA17" i="7"/>
   <c r="AA18" i="7"/>
   <c r="AB18" i="7"/>
   <c r="AA19" i="7"/>
   <c r="AB19" i="7"/>
   <c r="AA20" i="7"/>
   <c r="AB20" i="7"/>
   <c r="AA21" i="7"/>
   <c r="AB21" i="7"/>
   <c r="AA22" i="7"/>
   <c r="AB22" i="7"/>
   <c r="AA23" i="7"/>
   <c r="AA24" i="7"/>
   <c r="AB24" i="7"/>
   <c r="AA25" i="7"/>
   <c r="AA27" i="7"/>
   <c r="AB27" i="7"/>
   <c r="AB28" i="7"/>
   <c r="AA29" i="7"/>
   <c r="AB29" i="7"/>
   <c r="AA30" i="7"/>
   <c r="AB30" i="7"/>
   <c r="AA31" i="7"/>
   <c r="AB31" i="7"/>
   <c r="AA32" i="7"/>
   <c r="AB32" i="7"/>
   <c r="AA33" i="7"/>
   <c r="AB33" i="7"/>
   <c r="AA35" i="7"/>
   <c r="AB35" i="7"/>
   <c r="AB36" i="7"/>
   <c r="AA37" i="7"/>
   <c r="AB37" i="7"/>
   <c r="AA38" i="7"/>
   <c r="AB38" i="7"/>
   <c r="AC13" i="7" l="1"/>
   <c r="AD13" i="7" s="1"/>
   <c r="U6" i="7"/>
-  <c r="D45" i="7"/>
-[...1 lines deleted...]
-  <c r="U4" i="7" s="1"/>
+  <c r="D50" i="7"/>
+  <c r="U4" i="7"/>
   <c r="AC8" i="7"/>
   <c r="AD8" i="7" s="1"/>
   <c r="AE8" i="7" s="1"/>
-  <c r="D39" i="7"/>
   <c r="AD36" i="6"/>
   <c r="L4" i="7" l="1"/>
   <c r="AC36" i="6"/>
   <c r="D10" i="7" l="1"/>
   <c r="C10" i="7"/>
   <c r="AC10" i="7"/>
   <c r="AD10" i="7" s="1"/>
   <c r="AE10" i="7" s="1"/>
   <c r="AF10" i="7" s="1"/>
   <c r="AC28" i="7" l="1"/>
   <c r="AD28" i="7" s="1"/>
   <c r="AE28" i="7" s="1"/>
   <c r="AF28" i="7" s="1"/>
   <c r="AC26" i="7"/>
   <c r="AD26" i="7" s="1"/>
   <c r="AE26" i="7" s="1"/>
   <c r="AF26" i="7" s="1"/>
   <c r="AC24" i="7"/>
   <c r="AD24" i="7" s="1"/>
   <c r="AE24" i="7" s="1"/>
   <c r="AF24" i="7" s="1"/>
   <c r="AC22" i="7"/>
   <c r="AC20" i="7"/>
   <c r="AD20" i="7" s="1"/>
   <c r="AE20" i="7" s="1"/>
@@ -2399,53 +2433,50 @@
   <si>
     <t>1992/3</t>
   </si>
   <si>
     <t>1993/4</t>
   </si>
   <si>
     <t>1994/5</t>
   </si>
   <si>
     <t>1995/6</t>
   </si>
   <si>
     <t>1996/7</t>
   </si>
   <si>
     <t>1997/8</t>
   </si>
   <si>
     <t>1998/9</t>
   </si>
   <si>
     <t>1999/00</t>
   </si>
   <si>
-    <t>EGM Gambling Losses by Metropolitan LGA: 1992 to 2018</t>
-[...1 lines deleted...]
-  <si>
     <t>CPI</t>
   </si>
   <si>
     <t>Metro. Melbourne</t>
   </si>
   <si>
     <t>Adjust for inflation</t>
   </si>
   <si>
     <t>No adjustment for inflation</t>
   </si>
   <si>
     <t xml:space="preserve">BANYULE </t>
   </si>
   <si>
     <t xml:space="preserve">BAYSIDE </t>
   </si>
   <si>
     <t xml:space="preserve">BOROONDARA </t>
   </si>
   <si>
     <t xml:space="preserve">BRIMBANK </t>
   </si>
   <si>
     <t xml:space="preserve">CASEY </t>
@@ -2594,58 +2625,61 @@
       <t>F</t>
     </r>
   </si>
   <si>
     <t>2022/23</t>
   </si>
   <si>
     <t>2023/24</t>
   </si>
   <si>
     <t>2024/25</t>
   </si>
   <si>
     <t>numeric ch</t>
   </si>
   <si>
     <t>per cent ch</t>
   </si>
   <si>
     <t>choice</t>
   </si>
   <si>
     <t>Adj choice</t>
   </si>
   <si>
-    <t>(2024 dollars)</t>
+    <t>EGM Gambling Losses by Metropolitan LGA: 1992 to 2025</t>
+  </si>
+  <si>
+    <t>(2025 dollars)</t>
   </si>
   <si>
     <t>EGM GAMBLING EXPENDITURE by MUNICIPALITY AND YEAR: 
-metropolitan municipalities, 1992 to 2024</t>
+metropolitan municipalities, 1992/93 to 2024/25</t>
   </si>
   <si>
-    <t>Cumulative Losses: 1992 to 2023/24</t>
+    <t>Cumulative Losses: 1992 to 2024/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="50" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3218,51 +3252,51 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="125">
+  <cellXfs count="123">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -3573,56 +3607,50 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="15" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="39" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="19" fillId="13" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="27" fillId="13" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
@@ -3648,704 +3676,895 @@
     <cellStyle name="Normal 6 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 6 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal_test" xfId="4" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="rowfield" xfId="14" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0db736d0c0484c6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rdd212a4ef64942d7" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="8.9001654359737087E-2"/>
           <c:y val="1.3777838806282449E-2"/>
           <c:w val="0.85885322985649803"/>
           <c:h val="0.89317225422686009"/>
         </c:manualLayout>
       </c:layout>
       <c:lineChart>
         <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Front!$C$10</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Hume</c:v>
+                  <c:v>Melton</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="25400">
               <a:solidFill>
                 <a:schemeClr val="tx2">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:prstDash val="dash"/>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000002-CD5C-434A-B1B7-FC8F16D9618F}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
-              <c:idx val="25"/>
-[...5 lines deleted...]
-              </c:layout>
+              <c:idx val="32"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000000-378A-456E-88DF-8C103D16EE0F}"/>
-[...14 lines deleted...]
-                  <c16:uniqueId val="{00000000-0453-4FFF-ACCA-E5909A391B4E}"/>
+                  <c16:uniqueId val="{00000000-2C87-4FF7-95A5-8BEF726C1A6C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="700" b="1"/>
+                  <a:defRPr sz="800" b="1"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
-            <c:strRef>
-[...100 lines deleted...]
-            </c:strRef>
+            <c:multiLvlStrRef>
+              <c:f>Front!$A$11:$B$43</c:f>
+              <c:multiLvlStrCache>
+                <c:ptCount val="33"/>
+                <c:lvl>
+                  <c:pt idx="0">
+                    <c:v>1992/3</c:v>
+                  </c:pt>
+                  <c:pt idx="1">
+                    <c:v>1993/4</c:v>
+                  </c:pt>
+                  <c:pt idx="2">
+                    <c:v>1994/5</c:v>
+                  </c:pt>
+                  <c:pt idx="3">
+                    <c:v>1995/6</c:v>
+                  </c:pt>
+                  <c:pt idx="4">
+                    <c:v>1996/7</c:v>
+                  </c:pt>
+                  <c:pt idx="5">
+                    <c:v>1997/8</c:v>
+                  </c:pt>
+                  <c:pt idx="6">
+                    <c:v>1998/9</c:v>
+                  </c:pt>
+                  <c:pt idx="7">
+                    <c:v>1999/00</c:v>
+                  </c:pt>
+                  <c:pt idx="8">
+                    <c:v>2000/01</c:v>
+                  </c:pt>
+                  <c:pt idx="9">
+                    <c:v>2001/02</c:v>
+                  </c:pt>
+                  <c:pt idx="10">
+                    <c:v>2002/03</c:v>
+                  </c:pt>
+                  <c:pt idx="11">
+                    <c:v>2003/04</c:v>
+                  </c:pt>
+                  <c:pt idx="12">
+                    <c:v>2004/05</c:v>
+                  </c:pt>
+                  <c:pt idx="13">
+                    <c:v>2005/06</c:v>
+                  </c:pt>
+                  <c:pt idx="14">
+                    <c:v>2006/07</c:v>
+                  </c:pt>
+                  <c:pt idx="15">
+                    <c:v>2007/08</c:v>
+                  </c:pt>
+                  <c:pt idx="16">
+                    <c:v>2008/09</c:v>
+                  </c:pt>
+                  <c:pt idx="17">
+                    <c:v>2009/10</c:v>
+                  </c:pt>
+                  <c:pt idx="18">
+                    <c:v>2010/11</c:v>
+                  </c:pt>
+                  <c:pt idx="19">
+                    <c:v>2011/12</c:v>
+                  </c:pt>
+                  <c:pt idx="20">
+                    <c:v>2012/13</c:v>
+                  </c:pt>
+                  <c:pt idx="21">
+                    <c:v>2013/14</c:v>
+                  </c:pt>
+                  <c:pt idx="22">
+                    <c:v>2014/15</c:v>
+                  </c:pt>
+                  <c:pt idx="23">
+                    <c:v>2015/16</c:v>
+                  </c:pt>
+                  <c:pt idx="24">
+                    <c:v>2016/17</c:v>
+                  </c:pt>
+                  <c:pt idx="25">
+                    <c:v>2017/18</c:v>
+                  </c:pt>
+                  <c:pt idx="26">
+                    <c:v>2018/19</c:v>
+                  </c:pt>
+                  <c:pt idx="27">
+                    <c:v>2019/20</c:v>
+                  </c:pt>
+                  <c:pt idx="28">
+                    <c:v>2020/21</c:v>
+                  </c:pt>
+                  <c:pt idx="29">
+                    <c:v>2021/22</c:v>
+                  </c:pt>
+                  <c:pt idx="30">
+                    <c:v>2022/23</c:v>
+                  </c:pt>
+                  <c:pt idx="31">
+                    <c:v>2023/24</c:v>
+                  </c:pt>
+                  <c:pt idx="32">
+                    <c:v>2024/25</c:v>
+                  </c:pt>
+                </c:lvl>
+                <c:lvl>
+                  <c:pt idx="0">
+                    <c:v>1</c:v>
+                  </c:pt>
+                  <c:pt idx="1">
+                    <c:v>2</c:v>
+                  </c:pt>
+                  <c:pt idx="2">
+                    <c:v>3</c:v>
+                  </c:pt>
+                  <c:pt idx="3">
+                    <c:v>4</c:v>
+                  </c:pt>
+                  <c:pt idx="4">
+                    <c:v>5</c:v>
+                  </c:pt>
+                  <c:pt idx="5">
+                    <c:v>6</c:v>
+                  </c:pt>
+                  <c:pt idx="6">
+                    <c:v>7</c:v>
+                  </c:pt>
+                  <c:pt idx="7">
+                    <c:v>8</c:v>
+                  </c:pt>
+                  <c:pt idx="8">
+                    <c:v>9</c:v>
+                  </c:pt>
+                  <c:pt idx="9">
+                    <c:v>10</c:v>
+                  </c:pt>
+                  <c:pt idx="10">
+                    <c:v>11</c:v>
+                  </c:pt>
+                  <c:pt idx="11">
+                    <c:v>12</c:v>
+                  </c:pt>
+                  <c:pt idx="12">
+                    <c:v>13</c:v>
+                  </c:pt>
+                  <c:pt idx="13">
+                    <c:v>14</c:v>
+                  </c:pt>
+                  <c:pt idx="14">
+                    <c:v>15</c:v>
+                  </c:pt>
+                  <c:pt idx="15">
+                    <c:v>16</c:v>
+                  </c:pt>
+                  <c:pt idx="16">
+                    <c:v>17</c:v>
+                  </c:pt>
+                  <c:pt idx="17">
+                    <c:v>18</c:v>
+                  </c:pt>
+                  <c:pt idx="18">
+                    <c:v>19</c:v>
+                  </c:pt>
+                  <c:pt idx="19">
+                    <c:v>20</c:v>
+                  </c:pt>
+                  <c:pt idx="20">
+                    <c:v>21</c:v>
+                  </c:pt>
+                  <c:pt idx="21">
+                    <c:v>22</c:v>
+                  </c:pt>
+                  <c:pt idx="22">
+                    <c:v>23</c:v>
+                  </c:pt>
+                  <c:pt idx="23">
+                    <c:v>24</c:v>
+                  </c:pt>
+                  <c:pt idx="24">
+                    <c:v>25</c:v>
+                  </c:pt>
+                  <c:pt idx="25">
+                    <c:v>26</c:v>
+                  </c:pt>
+                  <c:pt idx="26">
+                    <c:v>27</c:v>
+                  </c:pt>
+                  <c:pt idx="27">
+                    <c:v>28</c:v>
+                  </c:pt>
+                  <c:pt idx="28">
+                    <c:v>29</c:v>
+                  </c:pt>
+                  <c:pt idx="29">
+                    <c:v>30</c:v>
+                  </c:pt>
+                  <c:pt idx="30">
+                    <c:v>31</c:v>
+                  </c:pt>
+                  <c:pt idx="31">
+                    <c:v>32</c:v>
+                  </c:pt>
+                  <c:pt idx="32">
+                    <c:v>33</c:v>
+                  </c:pt>
+                </c:lvl>
+              </c:multiLvlStrCache>
+            </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Front!$C$11:$C$42</c:f>
+              <c:f>Front!$C$11:$C$43</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.0</c:formatCode>
-                <c:ptCount val="32"/>
+                <c:ptCount val="33"/>
                 <c:pt idx="0">
-                  <c:v>4.7478906857556264</c:v>
+                  <c:v>0.79019106752411572</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>20.891522247804104</c:v>
+                  <c:v>7.2195247709320691</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>44.84923617176829</c:v>
+                  <c:v>14.671267615853658</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>64.173982926240711</c:v>
+                  <c:v>22.642479524517086</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>79.304480393930561</c:v>
+                  <c:v>28.415315755391426</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>97.277095324292063</c:v>
+                  <c:v>32.54276164411764</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>117.1750727419825</c:v>
+                  <c:v>40.105328279883388</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>130.40295125488123</c:v>
+                  <c:v>43.892396081918186</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>140.65279449179761</c:v>
+                  <c:v>44.861691728362182</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>153.72084556025769</c:v>
+                  <c:v>48.976887475187574</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>135.11185305413693</c:v>
+                  <c:v>43.188995080452266</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>132.02675222608534</c:v>
+                  <c:v>43.386843549667887</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>145.5324352354701</c:v>
+                  <c:v>47.734536854216863</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>152.47294192616332</c:v>
+                  <c:v>51.911549972807414</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>155.03804755380932</c:v>
+                  <c:v>57.928245413515349</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>153.75668139232093</c:v>
+                  <c:v>59.122262325969494</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>156.60687046112895</c:v>
+                  <c:v>64.716816246458549</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>146.85302513309247</c:v>
+                  <c:v>65.822325921711879</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>143.84159112825319</c:v>
+                  <c:v>70.239674680645152</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>143.88603428096627</c:v>
+                  <c:v>79.491465624621512</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>133.71497729999939</c:v>
+                  <c:v>73.718312421949321</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>133.56506026099638</c:v>
+                  <c:v>72.28140150666664</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>136.11754308364425</c:v>
+                  <c:v>75.608953902222211</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>135.64421902612725</c:v>
+                  <c:v>78.056605589429097</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>132.36427945051332</c:v>
+                  <c:v>77.796508178414413</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>133.81617940087679</c:v>
+                  <c:v>81.956770308646739</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>134.57175568281974</c:v>
+                  <c:v>83.007689545394598</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>100.82424430924057</c:v>
+                  <c:v>61.527404834020267</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>84.211078999024195</c:v>
+                  <c:v>49.907548827942911</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>114.90127210884492</c:v>
+                  <c:v>68.279529924050635</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>144.6691516729164</c:v>
+                  <c:v>91.745834803775267</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>138.01629480000003</c:v>
+                  <c:v>92.098059886560677</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>95.699646060000006</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-378A-456E-88DF-8C103D16EE0F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Front!$D$10</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Nillumbik</c:v>
+                  <c:v>Boroondara</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln>
               <a:solidFill>
                 <a:schemeClr val="accent3">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:ln>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
-              <c:idx val="25"/>
-[...5 lines deleted...]
-              </c:layout>
+              <c:idx val="0"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000002-378A-456E-88DF-8C103D16EE0F}"/>
+                  <c16:uniqueId val="{00000001-727B-49DB-A52C-BB64F8DB21A1}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
-              <c:idx val="29"/>
+              <c:idx val="32"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-CD5C-434A-B1B7-FC8F16D9618F}"/>
+                  <c16:uniqueId val="{00000001-2C87-4FF7-95A5-8BEF726C1A6C}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="600" b="1"/>
+                  <a:defRPr sz="800" b="1"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
-            <c:strRef>
-[...100 lines deleted...]
-            </c:strRef>
+            <c:multiLvlStrRef>
+              <c:f>Front!$A$11:$B$43</c:f>
+              <c:multiLvlStrCache>
+                <c:ptCount val="33"/>
+                <c:lvl>
+                  <c:pt idx="0">
+                    <c:v>1992/3</c:v>
+                  </c:pt>
+                  <c:pt idx="1">
+                    <c:v>1993/4</c:v>
+                  </c:pt>
+                  <c:pt idx="2">
+                    <c:v>1994/5</c:v>
+                  </c:pt>
+                  <c:pt idx="3">
+                    <c:v>1995/6</c:v>
+                  </c:pt>
+                  <c:pt idx="4">
+                    <c:v>1996/7</c:v>
+                  </c:pt>
+                  <c:pt idx="5">
+                    <c:v>1997/8</c:v>
+                  </c:pt>
+                  <c:pt idx="6">
+                    <c:v>1998/9</c:v>
+                  </c:pt>
+                  <c:pt idx="7">
+                    <c:v>1999/00</c:v>
+                  </c:pt>
+                  <c:pt idx="8">
+                    <c:v>2000/01</c:v>
+                  </c:pt>
+                  <c:pt idx="9">
+                    <c:v>2001/02</c:v>
+                  </c:pt>
+                  <c:pt idx="10">
+                    <c:v>2002/03</c:v>
+                  </c:pt>
+                  <c:pt idx="11">
+                    <c:v>2003/04</c:v>
+                  </c:pt>
+                  <c:pt idx="12">
+                    <c:v>2004/05</c:v>
+                  </c:pt>
+                  <c:pt idx="13">
+                    <c:v>2005/06</c:v>
+                  </c:pt>
+                  <c:pt idx="14">
+                    <c:v>2006/07</c:v>
+                  </c:pt>
+                  <c:pt idx="15">
+                    <c:v>2007/08</c:v>
+                  </c:pt>
+                  <c:pt idx="16">
+                    <c:v>2008/09</c:v>
+                  </c:pt>
+                  <c:pt idx="17">
+                    <c:v>2009/10</c:v>
+                  </c:pt>
+                  <c:pt idx="18">
+                    <c:v>2010/11</c:v>
+                  </c:pt>
+                  <c:pt idx="19">
+                    <c:v>2011/12</c:v>
+                  </c:pt>
+                  <c:pt idx="20">
+                    <c:v>2012/13</c:v>
+                  </c:pt>
+                  <c:pt idx="21">
+                    <c:v>2013/14</c:v>
+                  </c:pt>
+                  <c:pt idx="22">
+                    <c:v>2014/15</c:v>
+                  </c:pt>
+                  <c:pt idx="23">
+                    <c:v>2015/16</c:v>
+                  </c:pt>
+                  <c:pt idx="24">
+                    <c:v>2016/17</c:v>
+                  </c:pt>
+                  <c:pt idx="25">
+                    <c:v>2017/18</c:v>
+                  </c:pt>
+                  <c:pt idx="26">
+                    <c:v>2018/19</c:v>
+                  </c:pt>
+                  <c:pt idx="27">
+                    <c:v>2019/20</c:v>
+                  </c:pt>
+                  <c:pt idx="28">
+                    <c:v>2020/21</c:v>
+                  </c:pt>
+                  <c:pt idx="29">
+                    <c:v>2021/22</c:v>
+                  </c:pt>
+                  <c:pt idx="30">
+                    <c:v>2022/23</c:v>
+                  </c:pt>
+                  <c:pt idx="31">
+                    <c:v>2023/24</c:v>
+                  </c:pt>
+                  <c:pt idx="32">
+                    <c:v>2024/25</c:v>
+                  </c:pt>
+                </c:lvl>
+                <c:lvl>
+                  <c:pt idx="0">
+                    <c:v>1</c:v>
+                  </c:pt>
+                  <c:pt idx="1">
+                    <c:v>2</c:v>
+                  </c:pt>
+                  <c:pt idx="2">
+                    <c:v>3</c:v>
+                  </c:pt>
+                  <c:pt idx="3">
+                    <c:v>4</c:v>
+                  </c:pt>
+                  <c:pt idx="4">
+                    <c:v>5</c:v>
+                  </c:pt>
+                  <c:pt idx="5">
+                    <c:v>6</c:v>
+                  </c:pt>
+                  <c:pt idx="6">
+                    <c:v>7</c:v>
+                  </c:pt>
+                  <c:pt idx="7">
+                    <c:v>8</c:v>
+                  </c:pt>
+                  <c:pt idx="8">
+                    <c:v>9</c:v>
+                  </c:pt>
+                  <c:pt idx="9">
+                    <c:v>10</c:v>
+                  </c:pt>
+                  <c:pt idx="10">
+                    <c:v>11</c:v>
+                  </c:pt>
+                  <c:pt idx="11">
+                    <c:v>12</c:v>
+                  </c:pt>
+                  <c:pt idx="12">
+                    <c:v>13</c:v>
+                  </c:pt>
+                  <c:pt idx="13">
+                    <c:v>14</c:v>
+                  </c:pt>
+                  <c:pt idx="14">
+                    <c:v>15</c:v>
+                  </c:pt>
+                  <c:pt idx="15">
+                    <c:v>16</c:v>
+                  </c:pt>
+                  <c:pt idx="16">
+                    <c:v>17</c:v>
+                  </c:pt>
+                  <c:pt idx="17">
+                    <c:v>18</c:v>
+                  </c:pt>
+                  <c:pt idx="18">
+                    <c:v>19</c:v>
+                  </c:pt>
+                  <c:pt idx="19">
+                    <c:v>20</c:v>
+                  </c:pt>
+                  <c:pt idx="20">
+                    <c:v>21</c:v>
+                  </c:pt>
+                  <c:pt idx="21">
+                    <c:v>22</c:v>
+                  </c:pt>
+                  <c:pt idx="22">
+                    <c:v>23</c:v>
+                  </c:pt>
+                  <c:pt idx="23">
+                    <c:v>24</c:v>
+                  </c:pt>
+                  <c:pt idx="24">
+                    <c:v>25</c:v>
+                  </c:pt>
+                  <c:pt idx="25">
+                    <c:v>26</c:v>
+                  </c:pt>
+                  <c:pt idx="26">
+                    <c:v>27</c:v>
+                  </c:pt>
+                  <c:pt idx="27">
+                    <c:v>28</c:v>
+                  </c:pt>
+                  <c:pt idx="28">
+                    <c:v>29</c:v>
+                  </c:pt>
+                  <c:pt idx="29">
+                    <c:v>30</c:v>
+                  </c:pt>
+                  <c:pt idx="30">
+                    <c:v>31</c:v>
+                  </c:pt>
+                  <c:pt idx="31">
+                    <c:v>32</c:v>
+                  </c:pt>
+                  <c:pt idx="32">
+                    <c:v>33</c:v>
+                  </c:pt>
+                </c:lvl>
+              </c:multiLvlStrCache>
+            </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Front!$D$11:$D$42</c:f>
+              <c:f>Front!$D$11:$D$43</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.0</c:formatCode>
-                <c:ptCount val="32"/>
+                <c:ptCount val="33"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>3.5781691768488741</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1.1088541219589256</c:v>
+                  <c:v>8.5637153112164288</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>4.2025444896036586</c:v>
+                  <c:v>20.514429262195122</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>5.1363461820505192</c:v>
+                  <c:v>28.318117378900446</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>6.749383780456129</c:v>
+                  <c:v>29.874104325494827</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>15.189518848638233</c:v>
+                  <c:v>30.073920052235295</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>18.87010610979592</c:v>
+                  <c:v>33.664058034985423</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>22.050561283305495</c:v>
+                  <c:v>36.860465367334278</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>21.349975667217041</c:v>
+                  <c:v>38.632233512649798</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>21.231403489344373</c:v>
+                  <c:v>40.966659406468303</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>18.100286020966582</c:v>
+                  <c:v>33.703686744120603</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>16.449387103213287</c:v>
+                  <c:v>30.286271615744159</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>16.959868902452524</c:v>
+                  <c:v>31.324058451373492</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>16.618773465975867</c:v>
+                  <c:v>30.797353628306261</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>17.043243246013422</c:v>
+                  <c:v>30.696589648464162</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>16.147345988183876</c:v>
+                  <c:v>29.141506581307183</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>16.275205525420237</c:v>
+                  <c:v>29.731167860968775</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>14.432568154325466</c:v>
+                  <c:v>28.073875134279749</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>13.65293968146633</c:v>
+                  <c:v>28.855442376370963</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>12.871975612379879</c:v>
+                  <c:v>28.38399076737052</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>10.508151628603313</c:v>
+                  <c:v>26.330020216374265</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>9.5515252474936716</c:v>
+                  <c:v>25.886558053333328</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>9.746479191093929</c:v>
+                  <c:v>27.629634008515406</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>10.55595550396556</c:v>
+                  <c:v>26.00012254390424</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>10.385414142752614</c:v>
+                  <c:v>24.590139645045049</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>10.98367901928594</c:v>
+                  <c:v>25.219656672653777</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>11.867434140348829</c:v>
+                  <c:v>25.044905140398956</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>8.607522796735978</c:v>
+                  <c:v>16.50472446256757</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>5.6990084923585211</c:v>
+                  <c:v>11.080047321041141</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>7.8913240849050617</c:v>
+                  <c:v>14.666742262658225</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>9.9901978384241179</c:v>
+                  <c:v>19.881181541213483</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>9.3688699999999994</c:v>
+                  <c:v>19.185818259595372</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>19.26361155</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-378A-456E-88DF-8C103D16EE0F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="106230912"/>
         <c:axId val="106232832"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="106230912"/>
@@ -4477,311 +4696,332 @@
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.14790765218607138"/>
+          <c:x val="5.0598933750867235E-2"/>
           <c:y val="3.6692285902316331E-2"/>
-          <c:w val="0.80372079058607337"/>
+          <c:w val="0.90470619570437183"/>
           <c:h val="0.95223109396617289"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="bg2">
                 <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
+            <c:dLbl>
+              <c:idx val="11"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="1.937664027180454E-3"/>
+                  <c:y val="4.3400544206808151E-3"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-42C7-44E6-B2DE-96DE20A46CB1}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
                 <a:spAutoFit/>
               </a:bodyPr>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="700"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Front!$AH$8:$AH$38</c:f>
               <c:strCache>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
                   <c:v>Melton</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Casey</c:v>
+                  <c:v>Wyndham</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Cardinia</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>Wyndham</c:v>
+                  <c:v>Hume</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>Hume</c:v>
+                  <c:v>Whittlesea</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>Whittlesea</c:v>
+                  <c:v>Nillumbik</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>Nillumbik</c:v>
+                  <c:v>Casey</c:v>
                 </c:pt>
                 <c:pt idx="7">
+                  <c:v>Boroondara</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>Bayside</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>Brimbank</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>Stonnington</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>Yarra Ranges</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>Port Phillip</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>Yarra</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>Hobsons Bay</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>Whitehorse</c:v>
+                </c:pt>
+                <c:pt idx="16">
                   <c:v>Melbourne</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="17">
                   <c:v>Maribyrnong</c:v>
                 </c:pt>
-                <c:pt idx="9">
-[...25 lines deleted...]
-                </c:pt>
                 <c:pt idx="18">
-                  <c:v>Brimbank</c:v>
+                  <c:v>Frankston</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>Frankston</c:v>
+                  <c:v>Mornington Peninsula</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>Banyule</c:v>
+                  <c:v>Maroondah</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>Hobsons Bay</c:v>
+                  <c:v>Greater Dandenong</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>Manningham</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>Mornington Peninsula</c:v>
+                  <c:v>Banyule</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>Maroondah</c:v>
+                  <c:v>Moonee Valley</c:v>
                 </c:pt>
                 <c:pt idx="25">
+                  <c:v>Moreland</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>Glen Eira</c:v>
+                </c:pt>
+                <c:pt idx="27">
                   <c:v>Kingston</c:v>
                 </c:pt>
-                <c:pt idx="26">
+                <c:pt idx="28">
+                  <c:v>Darebin</c:v>
+                </c:pt>
+                <c:pt idx="29">
                   <c:v>Knox</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="30">
                   <c:v>Monash</c:v>
-                </c:pt>
-[...7 lines deleted...]
-                  <c:v>Darebin</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Front!$AI$8:$AI$38</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="31"/>
                 <c:pt idx="0">
-                  <c:v>19160572.800493907</c:v>
+                  <c:v>46722758.585002422</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>9888858.4406983629</c:v>
+                  <c:v>21374289.047844984</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>8999008.4448243231</c:v>
+                  <c:v>15085806.09635013</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>6706504.3419946665</c:v>
+                  <c:v>-8340546.7879912397</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>4451234.5391236404</c:v>
+                  <c:v>-9972320.9951016232</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3260279.225174434</c:v>
+                  <c:v>-11565479.805930765</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>-182655.24725367126</c:v>
+                  <c:v>-11898622.510845594</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>-235500.59885246164</c:v>
+                  <c:v>-21703047.856438302</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>-3145912.5303776576</c:v>
+                  <c:v>-25119747.460005872</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>-4341729.0960329659</c:v>
+                  <c:v>-27175107.865483876</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>-4864628.6504655788</c:v>
+                  <c:v>-28914815.664319556</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>-6545608.9177331794</c:v>
+                  <c:v>-32574894.55163049</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>-6662096.8717316575</c:v>
+                  <c:v>-35089401.258637443</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>-8329992.2434691349</c:v>
+                  <c:v>-37139949.079027288</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>-8475383.9285681415</c:v>
+                  <c:v>-38804025.314081453</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>-8492042.1190654002</c:v>
+                  <c:v>-42958042.209199578</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>-9174033.6010753531</c:v>
+                  <c:v>-46947863.462420247</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>-9612007.0255738441</c:v>
+                  <c:v>-47550137.623203538</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>-10065133.919490302</c:v>
+                  <c:v>-55398962.924305491</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>-13236644.839277495</c:v>
+                  <c:v>-58810749.976885095</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>-13541187.039275525</c:v>
+                  <c:v>-59576793.311382368</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>-14973890.690321147</c:v>
+                  <c:v>-60628934.224841759</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>-14987742.168463031</c:v>
+                  <c:v>-61869193.595490344</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>-15871209.771567702</c:v>
+                  <c:v>-62292413.206768796</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>-17746458.588716306</c:v>
+                  <c:v>-64890345.488884419</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>-18410877.704699617</c:v>
+                  <c:v>-68286929.49265191</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>-20708660.942641865</c:v>
+                  <c:v>-74884036.077982441</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>-21828391.085882325</c:v>
+                  <c:v>-80728027.618718639</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>-22044552.316252127</c:v>
+                  <c:v>-90993787.922491431</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>-22768158.974231604</c:v>
+                  <c:v>-94529090.250351593</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>-23482988.992216118</c:v>
+                  <c:v>-120944295.88760073</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-ECEC-490C-8024-691FADD75A8F}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="83"/>
         <c:axId val="106855808"/>
         <c:axId val="106956288"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="106855808"/>
         <c:scaling>
@@ -4842,75 +5082,75 @@
   </c:chart>
   <c:spPr>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$E$4" fmlaRange="Data!$B$5:$B$36" sel="12" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$E$4" fmlaRange="Data!$B$5:$B$36" sel="19" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$E$6" fmlaRange="Data!$B$5:$B$36" sel="24" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$E$6" fmlaRange="Data!$B$5:$B$36" sel="3" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="82" dropStyle="combo" dx="16" fmlaLink="$E$8" fmlaRange="$R$4:$R$5" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$J$4" fmlaRange="$B$11:$B$43" sel="12" val="4"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$J$4" fmlaRange="$B$11:$B$43" sel="9" val="4"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp5.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$J$6" fmlaRange="$B$11:$B$43" sel="32" val="4"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$J$6" fmlaRange="$B$11:$B$43" sel="33" val="4"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp6.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$Y$3" fmlaRange="$B$11:$B$43" sel="22" val="4"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$Y$3" fmlaRange="$B$11:$B$43" sel="10" val="4"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp7.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$AA$3" fmlaRange="$B$11:$B$43" sel="32" val="4"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="29" dropStyle="combo" dx="16" fmlaLink="$AA$3" fmlaRange="$B$11:$B$43" sel="33" val="4"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp8.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="82" dropStyle="combo" dx="16" fmlaLink="$AC$5" fmlaRange="$R$4:$R$5" sel="2" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp9.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="2" dropStyle="combo" dx="16" fmlaLink="$AC$3" fmlaRange="$X$9:$X$10" sel="1" val="0"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
@@ -25753,57 +25993,57 @@
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:extLst>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:noFill/>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
-      <xdr:colOff>48684</xdr:colOff>
+      <xdr:colOff>73107</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>72932</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>35</xdr:col>
-      <xdr:colOff>42333</xdr:colOff>
+      <xdr:colOff>66756</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>31752</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
@@ -30013,544 +30253,544 @@
       </c>
       <c r="C9" s="4" t="s">
         <v>210</v>
       </c>
       <c r="D9" s="4" t="s">
         <v>211</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>212</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>213</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>214</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>215</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B10" s="14">
         <v>13131557</v>
       </c>
       <c r="C10" s="14">
         <v>30647297</v>
       </c>
       <c r="D10" s="14">
         <v>34431165</v>
       </c>
       <c r="E10" s="14">
         <v>39953629</v>
       </c>
       <c r="F10" s="14">
         <v>39447301.700000003</v>
       </c>
       <c r="G10" s="14">
         <v>41970614.399999999</v>
       </c>
       <c r="H10" s="14">
         <v>49385940</v>
       </c>
       <c r="I10" s="14">
         <v>55937541.259999998</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B11" s="14">
         <v>2312924</v>
       </c>
       <c r="C11" s="14">
         <v>14709957</v>
       </c>
       <c r="D11" s="14">
         <v>16660063</v>
       </c>
       <c r="E11" s="14">
         <v>17731396</v>
       </c>
       <c r="F11" s="14">
         <v>17297113.280000001</v>
       </c>
       <c r="G11" s="14">
         <v>15515215.220000001</v>
       </c>
       <c r="H11" s="14">
         <v>16652723</v>
       </c>
       <c r="I11" s="14">
         <v>17893870.829999998</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B12" s="14">
         <v>1576219</v>
       </c>
       <c r="C12" s="14">
         <v>3839116</v>
       </c>
       <c r="D12" s="14">
         <v>9530783</v>
       </c>
       <c r="E12" s="14">
         <v>13497233</v>
       </c>
       <c r="F12" s="14">
         <v>14323490.529999999</v>
       </c>
       <c r="G12" s="14">
         <v>14483190.960000001</v>
       </c>
       <c r="H12" s="14">
         <v>16355201</v>
       </c>
       <c r="I12" s="14">
         <v>18508548.120000001</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B13" s="14">
         <v>8181417</v>
       </c>
       <c r="C13" s="14">
         <v>24558897</v>
       </c>
       <c r="D13" s="14">
         <v>34128302</v>
       </c>
       <c r="E13" s="14">
         <v>43236718</v>
       </c>
       <c r="F13" s="14">
         <v>51286585.850000001</v>
       </c>
       <c r="G13" s="14">
         <v>61133973.5</v>
       </c>
       <c r="H13" s="14">
         <v>75601792</v>
       </c>
       <c r="I13" s="14">
         <v>86486583.519999996</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="B14" s="14">
         <v>0</v>
       </c>
       <c r="C14" s="14">
         <v>720005</v>
       </c>
       <c r="D14" s="14">
         <v>2285843</v>
       </c>
       <c r="E14" s="14">
         <v>4217888</v>
       </c>
       <c r="F14" s="14">
         <v>6232580.4699999997</v>
       </c>
       <c r="G14" s="14">
         <v>7455894.8200000003</v>
       </c>
       <c r="H14" s="14">
         <v>8721775</v>
       </c>
       <c r="I14" s="14">
         <v>10389987.6</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B15" s="14">
         <v>4999231</v>
       </c>
       <c r="C15" s="14">
         <v>20642943</v>
       </c>
       <c r="D15" s="14">
         <v>30169844</v>
       </c>
       <c r="E15" s="14">
         <v>39754518</v>
       </c>
       <c r="F15" s="14">
         <v>48826574.700000003</v>
       </c>
       <c r="G15" s="14">
         <v>60284262.200000003</v>
       </c>
       <c r="H15" s="14">
         <v>71245313</v>
       </c>
       <c r="I15" s="14">
         <v>79227439.569999993</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="B16" s="14">
         <v>10542293</v>
       </c>
       <c r="C16" s="14">
         <v>27757232</v>
       </c>
       <c r="D16" s="14">
         <v>33838336</v>
       </c>
       <c r="E16" s="14">
         <v>45516617</v>
       </c>
       <c r="F16" s="14">
         <v>58351106.649999999</v>
       </c>
       <c r="G16" s="14">
         <v>68229914.760000005</v>
       </c>
       <c r="H16" s="14">
         <v>78625940</v>
       </c>
       <c r="I16" s="14">
         <v>84505743.349999994</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="B17" s="14">
         <v>11643733</v>
       </c>
       <c r="C17" s="14">
         <v>23270203</v>
       </c>
       <c r="D17" s="14">
         <v>30331089</v>
       </c>
       <c r="E17" s="14">
         <v>34407771</v>
       </c>
       <c r="F17" s="14">
         <v>37406702.200000003</v>
       </c>
       <c r="G17" s="14">
         <v>41417535.700000003</v>
       </c>
       <c r="H17" s="14">
         <v>48376545</v>
       </c>
       <c r="I17" s="14">
         <v>55324841.18</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B18" s="14">
         <v>9170862</v>
       </c>
       <c r="C18" s="14">
         <v>22490657</v>
       </c>
       <c r="D18" s="14">
         <v>32528528</v>
       </c>
       <c r="E18" s="14">
         <v>38846260</v>
       </c>
       <c r="F18" s="14">
         <v>49239241.450000003</v>
       </c>
       <c r="G18" s="14">
         <v>60588279.759999998</v>
       </c>
       <c r="H18" s="14">
         <v>70462734</v>
       </c>
       <c r="I18" s="14">
         <v>78409748.540000007</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B19" s="14">
         <v>13631707</v>
       </c>
       <c r="C19" s="14">
         <v>35900348</v>
       </c>
       <c r="D19" s="14">
         <v>48128036</v>
       </c>
       <c r="E19" s="14">
         <v>61128571</v>
       </c>
       <c r="F19" s="14">
         <v>65662018.5</v>
       </c>
       <c r="G19" s="14">
         <v>76404074</v>
       </c>
       <c r="H19" s="14">
         <v>85590514</v>
       </c>
       <c r="I19" s="14">
         <v>93127587.409999996</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="B20" s="14">
         <v>5319708</v>
       </c>
       <c r="C20" s="14">
         <v>12778842</v>
       </c>
       <c r="D20" s="14">
         <v>14035451</v>
       </c>
       <c r="E20" s="14">
         <v>19162839</v>
       </c>
       <c r="F20" s="14">
         <v>23942501.800000001</v>
       </c>
       <c r="G20" s="14">
         <v>28469244.600000001</v>
       </c>
       <c r="H20" s="14">
         <v>34983140</v>
       </c>
       <c r="I20" s="14">
         <v>40913559.799999997</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B21" s="14">
         <v>2125911</v>
       </c>
       <c r="C21" s="14">
         <v>9519799</v>
       </c>
       <c r="D21" s="14">
         <v>21179362</v>
       </c>
       <c r="E21" s="14">
         <v>31090524</v>
       </c>
       <c r="F21" s="14">
         <v>38649188.149999999</v>
       </c>
       <c r="G21" s="14">
         <v>47618256.490000002</v>
       </c>
       <c r="H21" s="14">
         <v>57864650</v>
       </c>
       <c r="I21" s="14">
         <v>66556065.219999999</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B22" s="14">
         <v>12074062</v>
       </c>
       <c r="C22" s="14">
         <v>21593348</v>
       </c>
       <c r="D22" s="14">
         <v>28488967</v>
       </c>
       <c r="E22" s="14">
         <v>38851152</v>
       </c>
       <c r="F22" s="14">
         <v>48405453.799999997</v>
       </c>
       <c r="G22" s="14">
         <v>59011018</v>
       </c>
       <c r="H22" s="14">
         <v>70086213</v>
       </c>
       <c r="I22" s="14">
         <v>79675449.129999995</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B23" s="14">
         <v>12369647</v>
       </c>
       <c r="C23" s="14">
         <v>36962407</v>
       </c>
       <c r="D23" s="14">
         <v>43738445</v>
       </c>
       <c r="E23" s="14">
         <v>51433420</v>
       </c>
       <c r="F23" s="14">
         <v>57027589</v>
       </c>
       <c r="G23" s="14">
         <v>65911416.380000003</v>
       </c>
       <c r="H23" s="14">
         <v>77477121</v>
       </c>
       <c r="I23" s="14">
         <v>85393825</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B24" s="14">
         <v>5185290</v>
       </c>
       <c r="C24" s="14">
         <v>16012026</v>
       </c>
       <c r="D24" s="14">
         <v>23977577</v>
       </c>
       <c r="E24" s="14">
         <v>28707774</v>
       </c>
       <c r="F24" s="14">
         <v>34156839.700000003</v>
       </c>
       <c r="G24" s="14">
         <v>36954309</v>
       </c>
       <c r="H24" s="14">
         <v>44528983</v>
       </c>
       <c r="I24" s="14">
         <v>51962965.25</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B25" s="14">
         <v>12892936</v>
       </c>
       <c r="C25" s="14">
         <v>24903196</v>
       </c>
       <c r="D25" s="14">
         <v>33133783</v>
       </c>
       <c r="E25" s="14">
         <v>38663951</v>
       </c>
       <c r="F25" s="14">
         <v>43945745.079999998</v>
       </c>
       <c r="G25" s="14">
         <v>48435952.710000001</v>
       </c>
       <c r="H25" s="14">
         <v>53254055</v>
       </c>
       <c r="I25" s="14">
         <v>56229765.969999999</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B26" s="14">
         <v>8882281</v>
       </c>
       <c r="C26" s="14">
         <v>18219107</v>
       </c>
       <c r="D26" s="14">
         <v>23369404</v>
       </c>
       <c r="E26" s="14">
         <v>27387967</v>
       </c>
       <c r="F26" s="14">
         <v>29972491.5</v>
       </c>
       <c r="G26" s="14">
         <v>36273354.799999997</v>
       </c>
       <c r="H26" s="14">
         <v>45184406</v>
       </c>
       <c r="I26" s="14">
         <v>52775351.340000004</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B27" s="14">
         <v>17521098</v>
       </c>
       <c r="C27" s="14">
         <v>44459769</v>
       </c>
       <c r="D27" s="14">
         <v>51379851</v>
       </c>
       <c r="E27" s="14">
         <v>60873049</v>
       </c>
       <c r="F27" s="14">
         <v>62011793.859999999</v>
       </c>
       <c r="G27" s="14">
         <v>61136690.539999999</v>
       </c>
       <c r="H27" s="14">
         <v>66366249</v>
       </c>
       <c r="I27" s="14">
         <v>71529017.140000001</v>
       </c>
@@ -30564,51 +30804,51 @@
       </c>
       <c r="C28" s="14">
         <v>3236515</v>
       </c>
       <c r="D28" s="14">
         <v>6816113</v>
       </c>
       <c r="E28" s="14">
         <v>10792060</v>
       </c>
       <c r="F28" s="14">
         <v>13624057.199999999</v>
       </c>
       <c r="G28" s="14">
         <v>15672151.5</v>
       </c>
       <c r="H28" s="14">
         <v>19484600</v>
       </c>
       <c r="I28" s="14">
         <v>22039453.84</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B29" s="14">
         <v>15882691</v>
       </c>
       <c r="C29" s="14">
         <v>32206956</v>
       </c>
       <c r="D29" s="14">
         <v>40134041</v>
       </c>
       <c r="E29" s="14">
         <v>54078444</v>
       </c>
       <c r="F29" s="14">
         <v>63817631.560000002</v>
       </c>
       <c r="G29" s="14">
         <v>73234749.120000005</v>
       </c>
       <c r="H29" s="14">
         <v>97362804</v>
       </c>
       <c r="I29" s="14">
         <v>114825910.23</v>
       </c>
@@ -30738,80 +30978,80 @@
       </c>
       <c r="C34" s="14">
         <v>6259110</v>
       </c>
       <c r="D34" s="14">
         <v>10041080</v>
       </c>
       <c r="E34" s="14">
         <v>14469874</v>
       </c>
       <c r="F34" s="14">
         <v>17784621.899999999</v>
       </c>
       <c r="G34" s="14">
         <v>22189541.300000001</v>
       </c>
       <c r="H34" s="14">
         <v>27461682</v>
       </c>
       <c r="I34" s="14">
         <v>30369624.93</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B35" s="14">
         <v>1030845</v>
       </c>
       <c r="C35" s="14">
         <v>4233094</v>
       </c>
       <c r="D35" s="14">
         <v>8132171</v>
       </c>
       <c r="E35" s="14">
         <v>14884536</v>
       </c>
       <c r="F35" s="14">
         <v>16614107.75</v>
       </c>
       <c r="G35" s="14">
         <v>18918503.800000001</v>
       </c>
       <c r="H35" s="14">
         <v>20677806</v>
       </c>
       <c r="I35" s="14">
         <v>22588810.34</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B36" s="14">
         <v>8888790</v>
       </c>
       <c r="C36" s="14">
         <v>22152420</v>
       </c>
       <c r="D36" s="14">
         <v>24974921</v>
       </c>
       <c r="E36" s="14">
         <v>34408350</v>
       </c>
       <c r="F36" s="14">
         <v>42147801.899999999</v>
       </c>
       <c r="G36" s="14">
         <v>47314721.100000001</v>
       </c>
       <c r="H36" s="14">
         <v>52623629</v>
       </c>
       <c r="I36" s="14">
         <v>54151442.460000001</v>
       </c>
@@ -30825,51 +31065,51 @@
       </c>
       <c r="C37" s="14">
         <v>12857992</v>
       </c>
       <c r="D37" s="14">
         <v>23299598</v>
       </c>
       <c r="E37" s="14">
         <v>32321486</v>
       </c>
       <c r="F37" s="14">
         <v>45336643.869999997</v>
       </c>
       <c r="G37" s="14">
         <v>53923990.5</v>
       </c>
       <c r="H37" s="14">
         <v>64888765</v>
       </c>
       <c r="I37" s="14">
         <v>71557259.5</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B38" s="14">
         <v>1141992</v>
       </c>
       <c r="C38" s="14">
         <v>11029434</v>
       </c>
       <c r="D38" s="14">
         <v>18666187</v>
       </c>
       <c r="E38" s="14">
         <v>26975073</v>
       </c>
       <c r="F38" s="14">
         <v>32745484.600000001</v>
       </c>
       <c r="G38" s="14">
         <v>38055507.799999997</v>
       </c>
       <c r="H38" s="14">
         <v>44297089</v>
       </c>
       <c r="I38" s="14">
         <v>49192195.210000001</v>
       </c>
@@ -32517,56 +32757,56 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:AK73"/>
   <sheetViews>
     <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="bottomRight" activeCell="A51" sqref="A51:XFD51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="13" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.7265625" style="35" customWidth="1"/>
     <col min="2" max="2" width="14" style="45" customWidth="1"/>
     <col min="3" max="10" width="10" style="37" customWidth="1"/>
     <col min="11" max="17" width="10.36328125" style="37" customWidth="1"/>
     <col min="18" max="20" width="10.36328125" style="38" customWidth="1"/>
     <col min="21" max="31" width="10.36328125" style="37" customWidth="1"/>
     <col min="32" max="32" width="10.453125" style="37" customWidth="1"/>
     <col min="33" max="36" width="10.453125" style="39" customWidth="1"/>
     <col min="37" max="16384" width="9.08984375" style="39"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" ht="18.5" x14ac:dyDescent="0.25">
       <c r="B1" s="36" t="s">
-        <v>217</v>
+        <v>271</v>
       </c>
     </row>
     <row r="3" spans="1:37" ht="15.5" x14ac:dyDescent="0.25">
       <c r="C3" s="85" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D3" s="85"/>
       <c r="E3" s="85"/>
       <c r="J3"/>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
       <c r="Q3"/>
       <c r="R3"/>
       <c r="S3"/>
       <c r="T3"/>
       <c r="U3"/>
     </row>
     <row r="4" spans="1:37" x14ac:dyDescent="0.25">
       <c r="B4" s="40" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="41" t="s">
         <v>209</v>
       </c>
       <c r="D4" s="41" t="s">
         <v>210</v>
@@ -32622,69 +32862,69 @@
       <c r="U4" s="41" t="s">
         <v>160</v>
       </c>
       <c r="V4" s="41" t="s">
         <v>161</v>
       </c>
       <c r="W4" s="41" t="s">
         <v>162</v>
       </c>
       <c r="X4" s="41" t="s">
         <v>163</v>
       </c>
       <c r="Y4" s="41" t="s">
         <v>164</v>
       </c>
       <c r="Z4" s="41" t="s">
         <v>165</v>
       </c>
       <c r="AA4" s="41" t="s">
         <v>166</v>
       </c>
       <c r="AB4" s="41" t="s">
         <v>159</v>
       </c>
       <c r="AC4" s="99" t="s">
+        <v>257</v>
+      </c>
+      <c r="AD4" s="113" t="s">
+        <v>256</v>
+      </c>
+      <c r="AE4" s="104" t="s">
         <v>258</v>
       </c>
-      <c r="AD4" s="113" t="s">
-[...2 lines deleted...]
-      <c r="AE4" s="104" t="s">
+      <c r="AF4" s="104" t="s">
         <v>259</v>
       </c>
-      <c r="AF4" s="104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG4" s="41" t="s">
+        <v>264</v>
+      </c>
+      <c r="AH4" s="99" t="s">
         <v>265</v>
       </c>
-      <c r="AH4" s="99" t="s">
+      <c r="AI4" s="104" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="AJ4" s="104"/>
       <c r="AK4" s="104"/>
     </row>
     <row r="5" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A5" s="42">
         <v>1</v>
       </c>
       <c r="B5" s="38" t="s">
         <v>174</v>
       </c>
       <c r="C5" s="43">
         <v>13131557</v>
       </c>
       <c r="D5" s="43">
         <v>30647297</v>
       </c>
       <c r="E5" s="43">
         <v>34431165</v>
       </c>
       <c r="F5" s="43">
         <v>39953629</v>
       </c>
       <c r="G5" s="43">
         <v>39447301.700000003</v>
@@ -32745,52 +32985,55 @@
       </c>
       <c r="Z5" s="43">
         <v>55979946.780000009</v>
       </c>
       <c r="AA5" s="43">
         <v>55820854.07</v>
       </c>
       <c r="AB5" s="43">
         <v>58536906.890000001</v>
       </c>
       <c r="AC5" s="43">
         <v>57758108.75</v>
       </c>
       <c r="AD5" s="86">
         <v>42485587.540000007</v>
       </c>
       <c r="AE5" s="43">
         <v>30820598.419999994</v>
       </c>
       <c r="AF5" s="43">
         <v>39933307</v>
       </c>
       <c r="AG5" s="43">
         <v>57169938.57</v>
       </c>
-      <c r="AH5" s="39">
+      <c r="AH5" s="43">
         <v>58630345.090000004</v>
+      </c>
+      <c r="AI5" s="39">
+        <v>59053993.599999994</v>
       </c>
     </row>
     <row r="6" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A6" s="42">
         <v>2</v>
       </c>
       <c r="B6" s="38" t="s">
         <v>191</v>
       </c>
       <c r="C6" s="43">
         <v>2312924</v>
       </c>
       <c r="D6" s="43">
         <v>14709957</v>
       </c>
       <c r="E6" s="43">
         <v>16660063</v>
       </c>
       <c r="F6" s="43">
         <v>17731396</v>
       </c>
       <c r="G6" s="43">
         <v>17297113.280000001</v>
       </c>
       <c r="H6" s="43">
@@ -32849,52 +33092,55 @@
       </c>
       <c r="Z6" s="43">
         <v>13615020.660000004</v>
       </c>
       <c r="AA6" s="43">
         <v>14710079.109999999</v>
       </c>
       <c r="AB6" s="43">
         <v>15378669.220000001</v>
       </c>
       <c r="AC6" s="43">
         <v>13807869.640000001</v>
       </c>
       <c r="AD6" s="86">
         <v>10227125.75</v>
       </c>
       <c r="AE6" s="43">
         <v>7420858.2000000002</v>
       </c>
       <c r="AF6" s="43">
         <v>10161035</v>
       </c>
       <c r="AG6" s="43">
         <v>13886353.15</v>
       </c>
-      <c r="AH6" s="39">
+      <c r="AH6" s="43">
         <v>12380460.23</v>
+      </c>
+      <c r="AI6" s="39">
+        <v>12464512.800000001</v>
       </c>
     </row>
     <row r="7" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A7" s="42">
         <v>3</v>
       </c>
       <c r="B7" s="38" t="s">
         <v>171</v>
       </c>
       <c r="C7" s="43">
         <v>1576219</v>
       </c>
       <c r="D7" s="43">
         <v>3839116</v>
       </c>
       <c r="E7" s="43">
         <v>9530783</v>
       </c>
       <c r="F7" s="43">
         <v>13497233</v>
       </c>
       <c r="G7" s="43">
         <v>14323490.529999999</v>
       </c>
       <c r="H7" s="43">
@@ -32953,52 +33199,55 @@
       </c>
       <c r="Z7" s="43">
         <v>19997261.390000004</v>
       </c>
       <c r="AA7" s="43">
         <v>19330775.500000004</v>
       </c>
       <c r="AB7" s="43">
         <v>20325757.289999999</v>
       </c>
       <c r="AC7" s="43">
         <v>20450974.239999998</v>
       </c>
       <c r="AD7" s="86">
         <v>13839655.640000001</v>
       </c>
       <c r="AE7" s="43">
         <v>9345847.2799999993</v>
       </c>
       <c r="AF7" s="43">
         <v>13129435</v>
       </c>
       <c r="AG7" s="43">
         <v>18797009.460000001</v>
       </c>
-      <c r="AH7" s="39">
+      <c r="AH7" s="43">
         <v>18805362.940000001</v>
+      </c>
+      <c r="AI7" s="39">
+        <v>19263611.550000001</v>
       </c>
     </row>
     <row r="8" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A8" s="42">
         <v>4</v>
       </c>
       <c r="B8" s="38" t="s">
         <v>184</v>
       </c>
       <c r="C8" s="43">
         <v>8181417</v>
       </c>
       <c r="D8" s="43">
         <v>24558897</v>
       </c>
       <c r="E8" s="43">
         <v>34128302</v>
       </c>
       <c r="F8" s="43">
         <v>43236718</v>
       </c>
       <c r="G8" s="43">
         <v>51286585.850000001</v>
       </c>
       <c r="H8" s="43">
@@ -33057,52 +33306,55 @@
       </c>
       <c r="Z8" s="43">
         <v>143045743.47999999</v>
       </c>
       <c r="AA8" s="43">
         <v>134141671.84999999</v>
       </c>
       <c r="AB8" s="43">
         <v>139507225.15000001</v>
       </c>
       <c r="AC8" s="43">
         <v>142904247.84</v>
       </c>
       <c r="AD8" s="86">
         <v>101974223.75999999</v>
       </c>
       <c r="AE8" s="43">
         <v>92071306.400000021</v>
       </c>
       <c r="AF8" s="43">
         <v>128396440.00000001</v>
       </c>
       <c r="AG8" s="43">
         <v>172895893.56999999</v>
       </c>
-      <c r="AH8" s="39">
+      <c r="AH8" s="43">
         <v>171667782.49000001</v>
+      </c>
+      <c r="AI8" s="39">
+        <v>175897780.03000003</v>
       </c>
     </row>
     <row r="9" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A9" s="42">
         <v>5</v>
       </c>
       <c r="B9" s="38" t="s">
         <v>193</v>
       </c>
       <c r="C9" s="43">
         <v>0</v>
       </c>
       <c r="D9" s="43">
         <v>720005</v>
       </c>
       <c r="E9" s="43">
         <v>2285843</v>
       </c>
       <c r="F9" s="43">
         <v>4217888</v>
       </c>
       <c r="G9" s="43">
         <v>6232580.4699999997</v>
       </c>
       <c r="H9" s="43">
@@ -33161,52 +33413,55 @@
       </c>
       <c r="Z9" s="43">
         <v>25041008.449999996</v>
       </c>
       <c r="AA9" s="43">
         <v>27045323.57</v>
       </c>
       <c r="AB9" s="43">
         <v>29046899.530000001</v>
       </c>
       <c r="AC9" s="43">
         <v>28545146.739999995</v>
       </c>
       <c r="AD9" s="86">
         <v>21286227.939999998</v>
       </c>
       <c r="AE9" s="43">
         <v>16533978.519999998</v>
       </c>
       <c r="AF9" s="43">
         <v>24313334</v>
       </c>
       <c r="AG9" s="43">
         <v>35041656.68</v>
       </c>
-      <c r="AH9" s="39">
+      <c r="AH9" s="43">
         <v>36831475.25</v>
+      </c>
+      <c r="AI9" s="39">
+        <v>39473887.759999998</v>
       </c>
     </row>
     <row r="10" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A10" s="42">
         <v>6</v>
       </c>
       <c r="B10" s="38" t="s">
         <v>182</v>
       </c>
       <c r="C10" s="43">
         <v>4999231</v>
       </c>
       <c r="D10" s="43">
         <v>20642943</v>
       </c>
       <c r="E10" s="43">
         <v>30169844</v>
       </c>
       <c r="F10" s="43">
         <v>39754518</v>
       </c>
       <c r="G10" s="43">
         <v>48826574.700000003</v>
       </c>
       <c r="H10" s="43">
@@ -33265,52 +33520,55 @@
       </c>
       <c r="Z10" s="43">
         <v>124817967.32999998</v>
       </c>
       <c r="AA10" s="43">
         <v>127093891.89</v>
       </c>
       <c r="AB10" s="43">
         <v>131514174.63999999</v>
       </c>
       <c r="AC10" s="43">
         <v>132360621.96000001</v>
       </c>
       <c r="AD10" s="86">
         <v>98000778.709999993</v>
       </c>
       <c r="AE10" s="43">
         <v>80234395.170000002</v>
       </c>
       <c r="AF10" s="43">
         <v>114664060</v>
       </c>
       <c r="AG10" s="43">
         <v>159240363.25</v>
       </c>
-      <c r="AH10" s="39">
+      <c r="AH10" s="43">
         <v>158435289.13</v>
+      </c>
+      <c r="AI10" s="39">
+        <v>166564427.54999998</v>
       </c>
     </row>
     <row r="11" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A11" s="42">
         <v>7</v>
       </c>
       <c r="B11" s="38" t="s">
         <v>170</v>
       </c>
       <c r="C11" s="43">
         <v>10542293</v>
       </c>
       <c r="D11" s="43">
         <v>27757232</v>
       </c>
       <c r="E11" s="43">
         <v>33838336</v>
       </c>
       <c r="F11" s="43">
         <v>45516617</v>
       </c>
       <c r="G11" s="43">
         <v>58351106.649999999</v>
       </c>
       <c r="H11" s="43">
@@ -33369,52 +33627,55 @@
       </c>
       <c r="Z11" s="43">
         <v>84324281.520000011</v>
       </c>
       <c r="AA11" s="43">
         <v>81112259.789999992</v>
       </c>
       <c r="AB11" s="43">
         <v>82129607.700000003</v>
       </c>
       <c r="AC11" s="43">
         <v>81576110.090000004</v>
       </c>
       <c r="AD11" s="86">
         <v>56942296.109999999</v>
       </c>
       <c r="AE11" s="43">
         <v>46800933.560000002</v>
       </c>
       <c r="AF11" s="43">
         <v>63516201</v>
       </c>
       <c r="AG11" s="43">
         <v>85837107.129999995</v>
       </c>
-      <c r="AH11" s="39">
+      <c r="AH11" s="43">
         <v>84552235.280000001</v>
+      </c>
+      <c r="AI11" s="39">
+        <v>83375783.5</v>
       </c>
     </row>
     <row r="12" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A12" s="42">
         <v>8</v>
       </c>
       <c r="B12" s="38" t="s">
         <v>181</v>
       </c>
       <c r="C12" s="43">
         <v>11643733</v>
       </c>
       <c r="D12" s="43">
         <v>23270203</v>
       </c>
       <c r="E12" s="43">
         <v>30331089</v>
       </c>
       <c r="F12" s="43">
         <v>34407771</v>
       </c>
       <c r="G12" s="43">
         <v>37406702.200000003</v>
       </c>
       <c r="H12" s="43">
@@ -33473,52 +33734,55 @@
       </c>
       <c r="Z12" s="43">
         <v>62900685.339999996</v>
       </c>
       <c r="AA12" s="43">
         <v>62408098.640000008</v>
       </c>
       <c r="AB12" s="43">
         <v>64622291.400000006</v>
       </c>
       <c r="AC12" s="43">
         <v>62253454.899999991</v>
       </c>
       <c r="AD12" s="86">
         <v>46303077.789999999</v>
       </c>
       <c r="AE12" s="43">
         <v>35642677.390000001</v>
       </c>
       <c r="AF12" s="43">
         <v>49706087</v>
       </c>
       <c r="AG12" s="43">
         <v>67668174.450000003</v>
       </c>
-      <c r="AH12" s="39">
+      <c r="AH12" s="43">
         <v>65795232.350000009</v>
+      </c>
+      <c r="AI12" s="39">
+        <v>68240983.010000005</v>
       </c>
     </row>
     <row r="13" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A13" s="42">
         <v>9</v>
       </c>
       <c r="B13" s="38" t="s">
         <v>190</v>
       </c>
       <c r="C13" s="43">
         <v>9170862</v>
       </c>
       <c r="D13" s="43">
         <v>22490657</v>
       </c>
       <c r="E13" s="43">
         <v>32528528</v>
       </c>
       <c r="F13" s="43">
         <v>38846260</v>
       </c>
       <c r="G13" s="43">
         <v>49239241.450000003</v>
       </c>
       <c r="H13" s="43">
@@ -33577,52 +33841,55 @@
       </c>
       <c r="Z13" s="43">
         <v>76214352.310000002</v>
       </c>
       <c r="AA13" s="43">
         <v>76259820.189999998</v>
       </c>
       <c r="AB13" s="43">
         <v>77171466.400000006</v>
       </c>
       <c r="AC13" s="43">
         <v>74244676.719999999</v>
       </c>
       <c r="AD13" s="86">
         <v>54025303.760000005</v>
       </c>
       <c r="AE13" s="43">
         <v>39194938.600000001</v>
       </c>
       <c r="AF13" s="43">
         <v>51391553</v>
       </c>
       <c r="AG13" s="43">
         <v>70499276.129999995</v>
       </c>
-      <c r="AH13" s="39">
+      <c r="AH13" s="43">
         <v>71755193.090000004</v>
+      </c>
+      <c r="AI13" s="39">
+        <v>74734879.170000002</v>
       </c>
     </row>
     <row r="14" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A14" s="42">
         <v>10</v>
       </c>
       <c r="B14" s="38" t="s">
         <v>180</v>
       </c>
       <c r="C14" s="43">
         <v>13631707</v>
       </c>
       <c r="D14" s="43">
         <v>35900348</v>
       </c>
       <c r="E14" s="43">
         <v>48128036</v>
       </c>
       <c r="F14" s="43">
         <v>61128571</v>
       </c>
       <c r="G14" s="43">
         <v>65662018.5</v>
       </c>
       <c r="H14" s="43">
@@ -33681,52 +33948,55 @@
       </c>
       <c r="Z14" s="43">
         <v>118836649.17999999</v>
       </c>
       <c r="AA14" s="43">
         <v>118190093.03</v>
       </c>
       <c r="AB14" s="43">
         <v>121420072.78</v>
       </c>
       <c r="AC14" s="43">
         <v>119311877.92999999</v>
       </c>
       <c r="AD14" s="86">
         <v>87430092.379999995</v>
       </c>
       <c r="AE14" s="43">
         <v>72841673.060000017</v>
       </c>
       <c r="AF14" s="43">
         <v>102478692</v>
       </c>
       <c r="AG14" s="43">
         <v>137397858.69</v>
       </c>
-      <c r="AH14" s="39">
+      <c r="AH14" s="43">
         <v>137923170.53</v>
+      </c>
+      <c r="AI14" s="39">
+        <v>141175361.56</v>
       </c>
     </row>
     <row r="15" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A15" s="42">
         <v>11</v>
       </c>
       <c r="B15" s="38" t="s">
         <v>185</v>
       </c>
       <c r="C15" s="43">
         <v>5319708</v>
       </c>
       <c r="D15" s="43">
         <v>12778842</v>
       </c>
       <c r="E15" s="43">
         <v>14035451</v>
       </c>
       <c r="F15" s="43">
         <v>19162839</v>
       </c>
       <c r="G15" s="43">
         <v>23942501.800000001</v>
       </c>
       <c r="H15" s="43">
@@ -33785,52 +34055,55 @@
       </c>
       <c r="Z15" s="43">
         <v>46829609.25</v>
       </c>
       <c r="AA15" s="43">
         <v>46908518.850000001</v>
       </c>
       <c r="AB15" s="43">
         <v>47437370.429999992</v>
       </c>
       <c r="AC15" s="43">
         <v>47042973.650000006</v>
       </c>
       <c r="AD15" s="86">
         <v>34611658.770000003</v>
       </c>
       <c r="AE15" s="43">
         <v>25889811.18</v>
       </c>
       <c r="AF15" s="43">
         <v>34829850</v>
       </c>
       <c r="AG15" s="43">
         <v>47950388.969999999</v>
       </c>
-      <c r="AH15" s="39">
+      <c r="AH15" s="43">
         <v>46936040.490000002</v>
+      </c>
+      <c r="AI15" s="39">
+        <v>50208970.970000006</v>
       </c>
     </row>
     <row r="16" spans="1:37" x14ac:dyDescent="0.25">
       <c r="A16" s="42">
         <v>12</v>
       </c>
       <c r="B16" s="38" t="s">
         <v>183</v>
       </c>
       <c r="C16" s="43">
         <v>2125911</v>
       </c>
       <c r="D16" s="43">
         <v>9519799</v>
       </c>
       <c r="E16" s="43">
         <v>21179362</v>
       </c>
       <c r="F16" s="43">
         <v>31090524</v>
       </c>
       <c r="G16" s="43">
         <v>38649188.149999999</v>
       </c>
       <c r="H16" s="43">
@@ -33889,55 +34162,58 @@
       </c>
       <c r="Z16" s="43">
         <v>106043755.03</v>
       </c>
       <c r="AA16" s="43">
         <v>105766409.57000001</v>
       </c>
       <c r="AB16" s="43">
         <v>109623804.77000001</v>
       </c>
       <c r="AC16" s="43">
         <v>111695894.07999998</v>
       </c>
       <c r="AD16" s="86">
         <v>85935114.720000029</v>
       </c>
       <c r="AE16" s="43">
         <v>72199630.770000011</v>
       </c>
       <c r="AF16" s="43">
         <v>104550447</v>
       </c>
       <c r="AG16" s="43">
         <v>139030851.81</v>
       </c>
-      <c r="AH16" s="39">
+      <c r="AH16" s="43">
         <v>138016294.80000001</v>
       </c>
-    </row>
-    <row r="17" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI16" s="39">
+        <v>147909963.55000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A17" s="42">
         <v>13</v>
       </c>
       <c r="B17" s="38" t="s">
         <v>179</v>
       </c>
       <c r="C17" s="43">
         <v>12074062</v>
       </c>
       <c r="D17" s="43">
         <v>21593348</v>
       </c>
       <c r="E17" s="43">
         <v>28488967</v>
       </c>
       <c r="F17" s="43">
         <v>38851152</v>
       </c>
       <c r="G17" s="43">
         <v>48405453.799999997</v>
       </c>
       <c r="H17" s="43">
         <v>59011018</v>
       </c>
       <c r="I17" s="43">
@@ -33993,55 +34269,58 @@
       </c>
       <c r="Z17" s="43">
         <v>83473105.910000011</v>
       </c>
       <c r="AA17" s="43">
         <v>83016928.479999989</v>
       </c>
       <c r="AB17" s="43">
         <v>86280868.829999998</v>
       </c>
       <c r="AC17" s="43">
         <v>85701350.430000007</v>
       </c>
       <c r="AD17" s="86">
         <v>62080320.770000003</v>
       </c>
       <c r="AE17" s="43">
         <v>44194025.609999999</v>
       </c>
       <c r="AF17" s="43">
         <v>62540619</v>
       </c>
       <c r="AG17" s="43">
         <v>86005189.189999998</v>
       </c>
-      <c r="AH17" s="39">
+      <c r="AH17" s="43">
         <v>86299825.290000007</v>
       </c>
-    </row>
-    <row r="18" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI17" s="39">
+        <v>89378925.429999992</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A18" s="42">
         <v>14</v>
       </c>
       <c r="B18" s="38" t="s">
         <v>176</v>
       </c>
       <c r="C18" s="43">
         <v>12369647</v>
       </c>
       <c r="D18" s="43">
         <v>36962407</v>
       </c>
       <c r="E18" s="43">
         <v>43738445</v>
       </c>
       <c r="F18" s="43">
         <v>51433420</v>
       </c>
       <c r="G18" s="43">
         <v>57027589</v>
       </c>
       <c r="H18" s="43">
         <v>65911416.380000003</v>
       </c>
       <c r="I18" s="43">
@@ -34097,55 +34376,58 @@
       </c>
       <c r="Z18" s="43">
         <v>73822339.930000007</v>
       </c>
       <c r="AA18" s="43">
         <v>75061924.489999995</v>
       </c>
       <c r="AB18" s="43">
         <v>75860234.519999996</v>
       </c>
       <c r="AC18" s="43">
         <v>73890071.239999995</v>
       </c>
       <c r="AD18" s="86">
         <v>53495581.379999995</v>
       </c>
       <c r="AE18" s="43">
         <v>40314103.480000004</v>
       </c>
       <c r="AF18" s="43">
         <v>56216978</v>
       </c>
       <c r="AG18" s="43">
         <v>78302496.930000007</v>
       </c>
-      <c r="AH18" s="39">
+      <c r="AH18" s="43">
         <v>76623268.159999996</v>
       </c>
-    </row>
-    <row r="19" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI18" s="39">
+        <v>79237592.810000002</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A19" s="42">
         <v>15</v>
       </c>
       <c r="B19" s="38" t="s">
         <v>173</v>
       </c>
       <c r="C19" s="43">
         <v>5185290</v>
       </c>
       <c r="D19" s="43">
         <v>16012026</v>
       </c>
       <c r="E19" s="43">
         <v>23977577</v>
       </c>
       <c r="F19" s="43">
         <v>28707774</v>
       </c>
       <c r="G19" s="43">
         <v>34156839.700000003</v>
       </c>
       <c r="H19" s="43">
         <v>36954309</v>
       </c>
       <c r="I19" s="43">
@@ -34201,55 +34483,58 @@
       </c>
       <c r="Z19" s="43">
         <v>56271032.239999995</v>
       </c>
       <c r="AA19" s="43">
         <v>54170062.460000001</v>
       </c>
       <c r="AB19" s="43">
         <v>58387460.550000004</v>
       </c>
       <c r="AC19" s="43">
         <v>56358630.18999999</v>
       </c>
       <c r="AD19" s="86">
         <v>40882396.549999997</v>
       </c>
       <c r="AE19" s="43">
         <v>30479034.110000003</v>
       </c>
       <c r="AF19" s="43">
         <v>44169837</v>
       </c>
       <c r="AG19" s="43">
         <v>60358350.799999997</v>
       </c>
-      <c r="AH19" s="39">
+      <c r="AH19" s="43">
         <v>58047020.799999997</v>
       </c>
-    </row>
-    <row r="20" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI19" s="39">
+        <v>59126804.770000011</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A20" s="42">
         <v>16</v>
       </c>
       <c r="B20" s="38" t="s">
         <v>188</v>
       </c>
       <c r="C20" s="43">
         <v>12892936</v>
       </c>
       <c r="D20" s="43">
         <v>24903196</v>
       </c>
       <c r="E20" s="43">
         <v>33133783</v>
       </c>
       <c r="F20" s="43">
         <v>38663951</v>
       </c>
       <c r="G20" s="43">
         <v>43945745.079999998</v>
       </c>
       <c r="H20" s="43">
         <v>48435952.710000001</v>
       </c>
       <c r="I20" s="43">
@@ -34305,55 +34590,58 @@
       </c>
       <c r="Z20" s="43">
         <v>53735025.139999993</v>
       </c>
       <c r="AA20" s="43">
         <v>54068510.530000009</v>
       </c>
       <c r="AB20" s="43">
         <v>54924962.829999998</v>
       </c>
       <c r="AC20" s="43">
         <v>57257924.75</v>
       </c>
       <c r="AD20" s="86">
         <v>42243207.829999991</v>
       </c>
       <c r="AE20" s="43">
         <v>35704081.490000002</v>
       </c>
       <c r="AF20" s="43">
         <v>50134080</v>
       </c>
       <c r="AG20" s="43">
         <v>66119496.539999999</v>
       </c>
-      <c r="AH20" s="39">
+      <c r="AH20" s="43">
         <v>66253194.45000001</v>
       </c>
-    </row>
-    <row r="21" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI20" s="39">
+        <v>68432993.539999977</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A21" s="42">
         <v>17</v>
       </c>
       <c r="B21" s="38" t="s">
         <v>175</v>
       </c>
       <c r="C21" s="43">
         <v>8882281</v>
       </c>
       <c r="D21" s="43">
         <v>18219107</v>
       </c>
       <c r="E21" s="43">
         <v>23369404</v>
       </c>
       <c r="F21" s="43">
         <v>27387967</v>
       </c>
       <c r="G21" s="43">
         <v>29972491.5</v>
       </c>
       <c r="H21" s="43">
         <v>36273354.799999997</v>
       </c>
       <c r="I21" s="43">
@@ -34409,55 +34697,58 @@
       </c>
       <c r="Z21" s="43">
         <v>65184083.079999998</v>
       </c>
       <c r="AA21" s="43">
         <v>65114897.859999992</v>
       </c>
       <c r="AB21" s="43">
         <v>65326363.450000003</v>
       </c>
       <c r="AC21" s="43">
         <v>62861488.650000006</v>
       </c>
       <c r="AD21" s="86">
         <v>45231944.010000005</v>
       </c>
       <c r="AE21" s="43">
         <v>33757179.789999999</v>
       </c>
       <c r="AF21" s="43">
         <v>45922627</v>
       </c>
       <c r="AG21" s="43">
         <v>62283768.149999999</v>
       </c>
-      <c r="AH21" s="39">
+      <c r="AH21" s="43">
         <v>63968642.399999999</v>
       </c>
-    </row>
-    <row r="22" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI21" s="39">
+        <v>64200755.529999994</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A22" s="42">
         <v>18</v>
       </c>
       <c r="B22" s="44" t="s">
         <v>168</v>
       </c>
       <c r="C22" s="43">
         <v>17521098</v>
       </c>
       <c r="D22" s="43">
         <v>44459769</v>
       </c>
       <c r="E22" s="43">
         <v>51379851</v>
       </c>
       <c r="F22" s="43">
         <v>60873049</v>
       </c>
       <c r="G22" s="43">
         <v>62011793.859999999</v>
       </c>
       <c r="H22" s="43">
         <v>61136690.539999999</v>
       </c>
       <c r="I22" s="43">
@@ -34513,55 +34804,58 @@
       </c>
       <c r="Z22" s="43">
         <v>79770052.63000001</v>
       </c>
       <c r="AA22" s="43">
         <v>80349220.840000004</v>
       </c>
       <c r="AB22" s="43">
         <v>83992700.399999991</v>
       </c>
       <c r="AC22" s="43">
         <v>84505931.590000004</v>
       </c>
       <c r="AD22" s="86">
         <v>60550927.449999996</v>
       </c>
       <c r="AE22" s="43">
         <v>41502500.310000002</v>
       </c>
       <c r="AF22" s="43">
         <v>61112470</v>
       </c>
       <c r="AG22" s="43">
         <v>86325377.170000002</v>
       </c>
-      <c r="AH22" s="39">
+      <c r="AH22" s="43">
         <v>95137726.950000003</v>
       </c>
-    </row>
-    <row r="23" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI22" s="39">
+        <v>98810093.689999983</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A23" s="42">
         <v>19</v>
       </c>
       <c r="B23" s="38" t="s">
         <v>195</v>
       </c>
       <c r="C23" s="43">
         <v>348087</v>
       </c>
       <c r="D23" s="43">
         <v>3236515</v>
       </c>
       <c r="E23" s="43">
         <v>6816113</v>
       </c>
       <c r="F23" s="43">
         <v>10792060</v>
       </c>
       <c r="G23" s="43">
         <v>13624057.199999999</v>
       </c>
       <c r="H23" s="43">
         <v>15672151.5</v>
       </c>
       <c r="I23" s="43">
@@ -34617,55 +34911,58 @@
       </c>
       <c r="Z23" s="43">
         <v>60035038.009999998</v>
       </c>
       <c r="AA23" s="43">
         <v>61157311.670000009</v>
       </c>
       <c r="AB23" s="43">
         <v>66052977.769999996</v>
       </c>
       <c r="AC23" s="43">
         <v>67781774.819999993</v>
       </c>
       <c r="AD23" s="86">
         <v>51592384.789999999</v>
       </c>
       <c r="AE23" s="43">
         <v>42096239.840000004</v>
       </c>
       <c r="AF23" s="43">
         <v>61122752</v>
       </c>
       <c r="AG23" s="43">
         <v>86742697.920000002</v>
       </c>
-      <c r="AH23" s="39">
+      <c r="AH23" s="43">
         <v>90271752.75</v>
       </c>
-    </row>
-    <row r="24" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI23" s="39">
+        <v>95699646.060000002</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A24" s="42">
         <v>20</v>
       </c>
       <c r="B24" s="38" t="s">
         <v>177</v>
       </c>
       <c r="C24" s="43">
         <v>15882691</v>
       </c>
       <c r="D24" s="43">
         <v>32206956</v>
       </c>
       <c r="E24" s="43">
         <v>40134041</v>
       </c>
       <c r="F24" s="43">
         <v>54078444</v>
       </c>
       <c r="G24" s="43">
         <v>63817631.560000002</v>
       </c>
       <c r="H24" s="43">
         <v>73234749.120000005</v>
       </c>
       <c r="I24" s="43">
@@ -34721,55 +35018,58 @@
       </c>
       <c r="Z24" s="43">
         <v>111391123.95</v>
       </c>
       <c r="AA24" s="43">
         <v>109200787.09999999</v>
       </c>
       <c r="AB24" s="43">
         <v>111942285.37</v>
       </c>
       <c r="AC24" s="43">
         <v>110209894.94</v>
       </c>
       <c r="AD24" s="86">
         <v>80541622.779999986</v>
       </c>
       <c r="AE24" s="43">
         <v>62312856.440000005</v>
       </c>
       <c r="AF24" s="43">
         <v>84931442</v>
       </c>
       <c r="AG24" s="43">
         <v>122500822.52</v>
       </c>
-      <c r="AH24" s="39">
+      <c r="AH24" s="43">
         <v>121417688.02</v>
       </c>
-    </row>
-    <row r="25" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI24" s="39">
+        <v>126045998.69</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A25" s="42">
         <v>21</v>
       </c>
       <c r="B25" s="38" t="s">
         <v>192</v>
       </c>
       <c r="C25" s="43">
         <v>19791070</v>
       </c>
       <c r="D25" s="43">
         <v>34477592</v>
       </c>
       <c r="E25" s="43">
         <v>35731092</v>
       </c>
       <c r="F25" s="43">
         <v>43051155</v>
       </c>
       <c r="G25" s="43">
         <v>49772358.270000003</v>
       </c>
       <c r="H25" s="43">
         <v>57710226.829999998</v>
       </c>
       <c r="I25" s="43">
@@ -34825,55 +35125,58 @@
       </c>
       <c r="Z25" s="43">
         <v>75401077.510000005</v>
       </c>
       <c r="AA25" s="43">
         <v>75679083.210000008</v>
       </c>
       <c r="AB25" s="43">
         <v>78589175.420000002</v>
       </c>
       <c r="AC25" s="43">
         <v>77650758.560000002</v>
       </c>
       <c r="AD25" s="86">
         <v>57497773.729999997</v>
       </c>
       <c r="AE25" s="43">
         <v>43672024.93</v>
       </c>
       <c r="AF25" s="43">
         <v>62465545</v>
       </c>
       <c r="AG25" s="43">
         <v>85197625.769999996</v>
       </c>
-      <c r="AH25" s="39">
+      <c r="AH25" s="43">
         <v>85434267.049999997</v>
       </c>
-    </row>
-    <row r="26" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI25" s="39">
+        <v>86596862.290000007</v>
+      </c>
+    </row>
+    <row r="26" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A26" s="42">
         <v>22</v>
       </c>
       <c r="B26" s="38" t="s">
         <v>169</v>
       </c>
       <c r="C26" s="43">
         <v>11356</v>
       </c>
       <c r="D26" s="43">
         <v>8275762</v>
       </c>
       <c r="E26" s="43">
         <v>20914613</v>
       </c>
       <c r="F26" s="43">
         <v>33416371</v>
       </c>
       <c r="G26" s="43">
         <v>43579250.579999998</v>
       </c>
       <c r="H26" s="43">
         <v>48486200.759999998</v>
       </c>
       <c r="I26" s="43">
@@ -34929,55 +35232,58 @@
       </c>
       <c r="Z26" s="43">
         <v>63531110.680000007</v>
       </c>
       <c r="AA26" s="43">
         <v>61627685.480000004</v>
       </c>
       <c r="AB26" s="43">
         <v>64168977.159999982</v>
       </c>
       <c r="AC26" s="43">
         <v>63600000</v>
       </c>
       <c r="AD26" s="86">
         <v>45240802.689999998</v>
       </c>
       <c r="AE26" s="43">
         <v>34684437.160000004</v>
       </c>
       <c r="AF26" s="43">
         <v>46210632</v>
       </c>
       <c r="AG26" s="43">
         <v>62063452.719999999</v>
       </c>
-      <c r="AH26" s="39">
+      <c r="AH26" s="43">
         <v>61438680.969999999</v>
       </c>
-    </row>
-    <row r="27" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI26" s="39">
+        <v>64641115.050000012</v>
+      </c>
+    </row>
+    <row r="27" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A27" s="42">
         <v>23</v>
       </c>
       <c r="B27" s="38" t="s">
         <v>196</v>
       </c>
       <c r="C27" s="43">
         <v>6209944</v>
       </c>
       <c r="D27" s="43">
         <v>17803849</v>
       </c>
       <c r="E27" s="43">
         <v>27191977</v>
       </c>
       <c r="F27" s="43">
         <v>36254723</v>
       </c>
       <c r="G27" s="43">
         <v>42073080.659999996</v>
       </c>
       <c r="H27" s="43">
         <v>47766869.950000003</v>
       </c>
       <c r="I27" s="43">
@@ -35033,55 +35339,58 @@
       </c>
       <c r="Z27" s="43">
         <v>82381143.150000021</v>
       </c>
       <c r="AA27" s="43">
         <v>82563313.290000007</v>
       </c>
       <c r="AB27" s="43">
         <v>83996241.790000007</v>
       </c>
       <c r="AC27" s="43">
         <v>83357567.149999976</v>
       </c>
       <c r="AD27" s="86">
         <v>63053341.439999998</v>
       </c>
       <c r="AE27" s="43">
         <v>49342514.790000007</v>
       </c>
       <c r="AF27" s="43">
         <v>67412974</v>
       </c>
       <c r="AG27" s="43">
         <v>90344068.260000005</v>
       </c>
-      <c r="AH27" s="39">
+      <c r="AH27" s="43">
         <v>87818238.920000002</v>
       </c>
-    </row>
-    <row r="28" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI27" s="39">
+        <v>88228556.770000011</v>
+      </c>
+    </row>
+    <row r="28" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A28" s="42">
         <v>24</v>
       </c>
       <c r="B28" s="38" t="s">
         <v>205</v>
       </c>
       <c r="C28" s="43">
         <v>0</v>
       </c>
       <c r="D28" s="43">
         <v>505280</v>
       </c>
       <c r="E28" s="43">
         <v>1984587</v>
       </c>
       <c r="F28" s="43">
         <v>2488418</v>
       </c>
       <c r="G28" s="43">
         <v>3289324.92</v>
       </c>
       <c r="H28" s="43">
         <v>7435444.0999999996</v>
       </c>
       <c r="I28" s="43">
@@ -35137,55 +35446,58 @@
       </c>
       <c r="Z28" s="43">
         <v>8252420.6899999995</v>
       </c>
       <c r="AA28" s="43">
         <v>8298522.6100000013</v>
       </c>
       <c r="AB28" s="43">
         <v>8997960.4100000001</v>
       </c>
       <c r="AC28" s="43">
         <v>9850088.2300000004</v>
       </c>
       <c r="AD28" s="86">
         <v>7336414.6099999994</v>
       </c>
       <c r="AE28" s="43">
         <v>4886130.3499999996</v>
       </c>
       <c r="AF28" s="43">
         <v>7180438</v>
       </c>
       <c r="AG28" s="43">
         <v>9600842.3300000001</v>
       </c>
-      <c r="AH28" s="39">
+      <c r="AH28" s="43">
         <v>9368870</v>
       </c>
-    </row>
-    <row r="29" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI28" s="39">
+        <v>10015312.43</v>
+      </c>
+    </row>
+    <row r="29" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A29" s="42">
         <v>25</v>
       </c>
       <c r="B29" s="44" t="s">
         <v>178</v>
       </c>
       <c r="C29" s="43">
         <v>789096</v>
       </c>
       <c r="D29" s="43">
         <v>6259110</v>
       </c>
       <c r="E29" s="43">
         <v>10041080</v>
       </c>
       <c r="F29" s="43">
         <v>14469874</v>
       </c>
       <c r="G29" s="43">
         <v>17784621.899999999</v>
       </c>
       <c r="H29" s="43">
         <v>22189541.300000001</v>
       </c>
       <c r="I29" s="43">
@@ -35241,55 +35553,58 @@
       </c>
       <c r="Z29" s="43">
         <v>28095943.280000001</v>
       </c>
       <c r="AA29" s="43">
         <v>27466983.75</v>
       </c>
       <c r="AB29" s="43">
         <v>27496648.160000004</v>
       </c>
       <c r="AC29" s="43">
         <v>28426650.629999999</v>
       </c>
       <c r="AD29" s="86">
         <v>21478127.170000002</v>
       </c>
       <c r="AE29" s="43">
         <v>16253249.020000001</v>
       </c>
       <c r="AF29" s="43">
         <v>20898871</v>
       </c>
       <c r="AG29" s="43">
         <v>28494636.09</v>
       </c>
-      <c r="AH29" s="39">
+      <c r="AH29" s="43">
         <v>29442783.23</v>
       </c>
-    </row>
-    <row r="30" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI29" s="39">
+        <v>30478856.880000003</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A30" s="42">
         <v>26</v>
       </c>
       <c r="B30" s="38" t="s">
         <v>189</v>
       </c>
       <c r="C30" s="43">
         <v>1030845</v>
       </c>
       <c r="D30" s="43">
         <v>4233094</v>
       </c>
       <c r="E30" s="43">
         <v>8132171</v>
       </c>
       <c r="F30" s="43">
         <v>14884536</v>
       </c>
       <c r="G30" s="43">
         <v>16614107.75</v>
       </c>
       <c r="H30" s="43">
         <v>18918503.800000001</v>
       </c>
       <c r="I30" s="43">
@@ -35345,55 +35660,58 @@
       </c>
       <c r="Z30" s="43">
         <v>23443276.629999999</v>
       </c>
       <c r="AA30" s="43">
         <v>23032562.789999999</v>
       </c>
       <c r="AB30" s="43">
         <v>20852827.550000001</v>
       </c>
       <c r="AC30" s="43">
         <v>19862345.299999997</v>
       </c>
       <c r="AD30" s="86">
         <v>14118284.770000001</v>
       </c>
       <c r="AE30" s="43">
         <v>11185349.52</v>
       </c>
       <c r="AF30" s="43">
         <v>15247318</v>
       </c>
       <c r="AG30" s="43">
         <v>20327117.510000002</v>
       </c>
-      <c r="AH30" s="39">
+      <c r="AH30" s="43">
         <v>19809877.190000001</v>
       </c>
-    </row>
-    <row r="31" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI30" s="39">
+        <v>19336495.280000001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A31" s="42">
         <v>27</v>
       </c>
       <c r="B31" s="38" t="s">
         <v>172</v>
       </c>
       <c r="C31" s="43">
         <v>8888790</v>
       </c>
       <c r="D31" s="43">
         <v>22152420</v>
       </c>
       <c r="E31" s="43">
         <v>24974921</v>
       </c>
       <c r="F31" s="43">
         <v>34408350</v>
       </c>
       <c r="G31" s="43">
         <v>42147801.899999999</v>
       </c>
       <c r="H31" s="43">
         <v>47314721.100000001</v>
       </c>
       <c r="I31" s="43">
@@ -35449,55 +35767,58 @@
       </c>
       <c r="Z31" s="43">
         <v>53182056.729999997</v>
       </c>
       <c r="AA31" s="43">
         <v>52884289.659999996</v>
       </c>
       <c r="AB31" s="43">
         <v>53601233.780000001</v>
       </c>
       <c r="AC31" s="43">
         <v>52795623.890000001</v>
       </c>
       <c r="AD31" s="86">
         <v>37533801.119999997</v>
       </c>
       <c r="AE31" s="43">
         <v>28744018.469999999</v>
       </c>
       <c r="AF31" s="43">
         <v>39610149</v>
       </c>
       <c r="AG31" s="43">
         <v>56114551.280000001</v>
       </c>
-      <c r="AH31" s="39">
+      <c r="AH31" s="43">
         <v>59662331.369999997</v>
       </c>
-    </row>
-    <row r="32" spans="1:34" x14ac:dyDescent="0.25">
+      <c r="AI31" s="39">
+        <v>62945798.120000005</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35" x14ac:dyDescent="0.25">
       <c r="A32" s="42">
         <v>28</v>
       </c>
       <c r="B32" s="38" t="s">
         <v>206</v>
       </c>
       <c r="C32" s="43">
         <v>1703209</v>
       </c>
       <c r="D32" s="43">
         <v>12857992</v>
       </c>
       <c r="E32" s="43">
         <v>23299598</v>
       </c>
       <c r="F32" s="43">
         <v>32321486</v>
       </c>
       <c r="G32" s="43">
         <v>45336643.869999997</v>
       </c>
       <c r="H32" s="43">
         <v>53923990.5</v>
       </c>
       <c r="I32" s="43">
@@ -35553,52 +35874,55 @@
       </c>
       <c r="Z32" s="43">
         <v>111651602.38999999</v>
       </c>
       <c r="AA32" s="43">
         <v>115293165.35999998</v>
       </c>
       <c r="AB32" s="43">
         <v>109477625.86000001</v>
       </c>
       <c r="AC32" s="43">
         <v>110856167.75999999</v>
       </c>
       <c r="AD32" s="86">
         <v>83730104.340000004</v>
       </c>
       <c r="AE32" s="43">
         <v>67242759.219999999</v>
       </c>
       <c r="AF32" s="43">
         <v>97729563</v>
       </c>
       <c r="AG32" s="43">
         <v>137846028.25</v>
       </c>
-      <c r="AH32" s="39">
+      <c r="AH32" s="43">
         <v>139026831.81999999</v>
+      </c>
+      <c r="AI32" s="39">
+        <v>144263921.53</v>
       </c>
     </row>
     <row r="33" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A33" s="42">
         <v>29</v>
       </c>
       <c r="B33" s="38" t="s">
         <v>186</v>
       </c>
       <c r="C33" s="43">
         <v>1141992</v>
       </c>
       <c r="D33" s="43">
         <v>11029434</v>
       </c>
       <c r="E33" s="43">
         <v>18666187</v>
       </c>
       <c r="F33" s="43">
         <v>26975073</v>
       </c>
       <c r="G33" s="43">
         <v>32745484.600000001</v>
       </c>
       <c r="H33" s="43">
@@ -35657,52 +35981,55 @@
       </c>
       <c r="Z33" s="43">
         <v>97384531.849999994</v>
       </c>
       <c r="AA33" s="43">
         <v>97761233.600000009</v>
       </c>
       <c r="AB33" s="43">
         <v>105458372.16000001</v>
       </c>
       <c r="AC33" s="43">
         <v>106057102.17999999</v>
       </c>
       <c r="AD33" s="86">
         <v>75755561.989999995</v>
       </c>
       <c r="AE33" s="43">
         <v>61629448.790000007</v>
       </c>
       <c r="AF33" s="43">
         <v>87520356</v>
       </c>
       <c r="AG33" s="43">
         <v>124903632.06</v>
       </c>
-      <c r="AH33" s="39">
+      <c r="AH33" s="43">
         <v>125213060.91</v>
+      </c>
+      <c r="AI33" s="39">
+        <v>132357385.44</v>
       </c>
     </row>
     <row r="34" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A34" s="42">
         <v>30</v>
       </c>
       <c r="B34" s="38" t="s">
         <v>187</v>
       </c>
       <c r="C34" s="43">
         <v>1815792</v>
       </c>
       <c r="D34" s="43">
         <v>2714594</v>
       </c>
       <c r="E34" s="43">
         <v>5277503</v>
       </c>
       <c r="F34" s="43">
         <v>10623605</v>
       </c>
       <c r="G34" s="43">
         <v>16596508.26</v>
       </c>
       <c r="H34" s="43">
@@ -35761,52 +36088,55 @@
       </c>
       <c r="Z34" s="43">
         <v>32992353.389999997</v>
       </c>
       <c r="AA34" s="43">
         <v>30801195.800000008</v>
       </c>
       <c r="AB34" s="43">
         <v>31076310.57</v>
       </c>
       <c r="AC34" s="43">
         <v>30265707.479999997</v>
       </c>
       <c r="AD34" s="86">
         <v>22747249.320000004</v>
       </c>
       <c r="AE34" s="43">
         <v>17170351.84</v>
       </c>
       <c r="AF34" s="43">
         <v>23037271</v>
       </c>
       <c r="AG34" s="43">
         <v>30411152.370000001</v>
       </c>
-      <c r="AH34" s="39">
+      <c r="AH34" s="43">
         <v>29842339.199999999</v>
+      </c>
+      <c r="AI34" s="39">
+        <v>31632584.680000003</v>
       </c>
     </row>
     <row r="35" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A35" s="42">
         <v>31</v>
       </c>
       <c r="B35" s="38" t="s">
         <v>194</v>
       </c>
       <c r="C35" s="43">
         <v>2146003</v>
       </c>
       <c r="D35" s="43">
         <v>6693949</v>
       </c>
       <c r="E35" s="43">
         <v>11025613</v>
       </c>
       <c r="F35" s="43">
         <v>15607401</v>
       </c>
       <c r="G35" s="43">
         <v>17722819.309999999</v>
       </c>
       <c r="H35" s="43">
@@ -35865,60 +36195,63 @@
       </c>
       <c r="Z35" s="43">
         <v>28793677.629999999</v>
       </c>
       <c r="AA35" s="43">
         <v>28850082.090000004</v>
       </c>
       <c r="AB35" s="43">
         <v>29300516.120000001</v>
       </c>
       <c r="AC35" s="43">
         <v>29226804.269999996</v>
       </c>
       <c r="AD35" s="86">
         <v>21194989.290000003</v>
       </c>
       <c r="AE35" s="43">
         <v>15836711.73</v>
       </c>
       <c r="AF35" s="43">
         <v>21873008</v>
       </c>
       <c r="AG35" s="43">
         <v>30291015.59</v>
       </c>
-      <c r="AH35" s="39">
+      <c r="AH35" s="43">
         <v>30596818.289999999</v>
+      </c>
+      <c r="AI35" s="39">
+        <v>30194837.510000002</v>
       </c>
     </row>
     <row r="36" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A36" s="42">
         <v>32</v>
       </c>
       <c r="B36" s="44" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C36" s="49">
         <v>211319751</v>
       </c>
       <c r="D36" s="49">
         <v>551431696</v>
       </c>
       <c r="E36" s="49">
         <v>745524325</v>
       </c>
       <c r="F36" s="49">
         <v>963832773</v>
       </c>
       <c r="G36" s="49">
         <v>1131288009</v>
       </c>
       <c r="H36" s="49">
         <v>1306707971.5699997</v>
       </c>
       <c r="I36" s="49">
         <v>1542948218</v>
       </c>
       <c r="J36" s="49">
         <v>1724590985.22</v>
       </c>
@@ -35973,97 +36306,101 @@
       <c r="AA36" s="49">
         <v>2055185557.1299994</v>
       </c>
       <c r="AB36" s="49">
         <v>2112497988.9000001</v>
       </c>
       <c r="AC36" s="49">
         <f>SUM(AC5:AC35)</f>
         <v>2102467838.6000004</v>
       </c>
       <c r="AD36" s="114">
         <f>SUM(AD5:AD35)</f>
         <v>1539365978.8999999</v>
       </c>
       <c r="AE36" s="49">
         <v>1210003665.4399998</v>
       </c>
       <c r="AF36" s="49">
         <f>SUM(AF5:AF35)</f>
         <v>1692407371</v>
       </c>
       <c r="AG36" s="49">
         <f>SUM(AG5:AG35)</f>
         <v>2329647193.3099999</v>
       </c>
-      <c r="AH36" s="49">
+      <c r="AH36" s="43">
         <f>SUM(AH5:AH35)</f>
         <v>2337402099.4400001</v>
+      </c>
+      <c r="AI36" s="43">
+        <f>SUM(AI5:AI35)</f>
+        <v>2419988691.5500002</v>
       </c>
     </row>
     <row r="37" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A37" s="42">
         <v>33</v>
       </c>
       <c r="B37" s="44"/>
       <c r="C37" s="43"/>
       <c r="D37" s="43"/>
       <c r="E37" s="43"/>
       <c r="F37" s="43"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="43"/>
       <c r="K37" s="43"/>
       <c r="L37" s="43"/>
       <c r="M37" s="43"/>
       <c r="N37" s="43"/>
       <c r="O37" s="43"/>
       <c r="P37" s="43"/>
       <c r="Q37" s="43"/>
       <c r="R37" s="44"/>
       <c r="S37" s="44"/>
       <c r="T37" s="44"/>
       <c r="U37" s="43"/>
       <c r="V37" s="43"/>
       <c r="W37" s="43"/>
       <c r="X37" s="43"/>
       <c r="Y37" s="43"/>
       <c r="Z37" s="43"/>
       <c r="AA37" s="43"/>
       <c r="AB37" s="43"/>
       <c r="AC37" s="43"/>
       <c r="AD37" s="43"/>
       <c r="AE37" s="43"/>
       <c r="AF37" s="43"/>
     </row>
     <row r="38" spans="1:36" s="46" customFormat="1" ht="9.5" x14ac:dyDescent="0.25">
       <c r="A38" s="42">
         <v>34</v>
       </c>
       <c r="B38" s="46" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="C38" s="47">
         <v>62.2</v>
       </c>
       <c r="D38" s="48">
         <v>63.3</v>
       </c>
       <c r="E38" s="48">
         <v>65.599999999999994</v>
       </c>
       <c r="F38" s="48">
         <v>67.3</v>
       </c>
       <c r="G38" s="48">
         <v>67.7</v>
       </c>
       <c r="H38" s="48">
         <v>68</v>
       </c>
       <c r="I38" s="48">
         <v>68.599999999999994</v>
       </c>
       <c r="J38" s="48">
         <v>70.900000000000006</v>
       </c>
@@ -36115,93 +36452,96 @@
       <c r="Z38" s="48">
         <v>108.6</v>
       </c>
       <c r="AA38" s="48">
         <v>111</v>
       </c>
       <c r="AB38" s="48">
         <v>113.8</v>
       </c>
       <c r="AC38" s="48">
         <v>115.3</v>
       </c>
       <c r="AD38" s="48">
         <v>118.4</v>
       </c>
       <c r="AE38" s="48">
         <v>119.1</v>
       </c>
       <c r="AF38" s="48">
         <v>126.4</v>
       </c>
       <c r="AG38" s="48">
         <v>133.5</v>
       </c>
       <c r="AH38" s="48">
-        <v>138.91399999999999</v>
+        <v>138.4</v>
+      </c>
+      <c r="AI38" s="48">
+        <v>141.19999999999999</v>
       </c>
     </row>
     <row r="39" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A39" s="42">
         <v>35</v>
       </c>
       <c r="B39" s="38"/>
       <c r="C39" s="43"/>
       <c r="D39" s="43"/>
       <c r="E39" s="43"/>
       <c r="F39" s="43"/>
       <c r="G39" s="43"/>
       <c r="H39" s="43"/>
       <c r="I39" s="43"/>
       <c r="J39" s="43"/>
       <c r="K39" s="43"/>
       <c r="L39" s="43"/>
       <c r="M39" s="43"/>
       <c r="N39" s="43"/>
       <c r="O39" s="43"/>
       <c r="P39" s="43"/>
       <c r="Q39" s="43"/>
       <c r="U39" s="43"/>
       <c r="V39" s="43"/>
       <c r="W39" s="43"/>
       <c r="X39" s="43"/>
       <c r="Y39" s="43"/>
       <c r="Z39" s="43"/>
       <c r="AA39" s="43"/>
       <c r="AB39" s="43"/>
       <c r="AC39" s="43"/>
       <c r="AD39" s="43"/>
       <c r="AE39" s="43"/>
       <c r="AF39" s="43"/>
     </row>
     <row r="40" spans="1:36" ht="15.5" x14ac:dyDescent="0.25">
       <c r="A40" s="42">
         <v>36</v>
       </c>
       <c r="B40" s="38"/>
       <c r="C40" s="85" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D40" s="85"/>
       <c r="E40" s="85"/>
       <c r="F40" s="86"/>
       <c r="G40" s="86"/>
       <c r="H40" s="43"/>
       <c r="I40" s="43"/>
       <c r="J40" s="43"/>
       <c r="K40" s="43"/>
       <c r="L40" s="43"/>
       <c r="M40" s="43"/>
       <c r="N40" s="43"/>
       <c r="O40" s="43"/>
       <c r="P40" s="43"/>
       <c r="Q40" s="43"/>
       <c r="U40" s="43"/>
       <c r="V40" s="43"/>
       <c r="W40" s="43"/>
       <c r="X40" s="43"/>
       <c r="Y40" s="43"/>
       <c r="Z40" s="43"/>
       <c r="AA40" s="43"/>
       <c r="AB40" s="43"/>
       <c r="AC40" s="43"/>
       <c r="AD40" s="43"/>
@@ -36272,7237 +36612,7373 @@
       <c r="U41" s="41" t="s">
         <v>160</v>
       </c>
       <c r="V41" s="41" t="s">
         <v>161</v>
       </c>
       <c r="W41" s="41" t="s">
         <v>162</v>
       </c>
       <c r="X41" s="41" t="s">
         <v>163</v>
       </c>
       <c r="Y41" s="41" t="s">
         <v>164</v>
       </c>
       <c r="Z41" s="41" t="s">
         <v>165</v>
       </c>
       <c r="AA41" s="41" t="s">
         <v>166</v>
       </c>
       <c r="AB41" s="41" t="s">
         <v>159</v>
       </c>
       <c r="AC41" s="99" t="s">
+        <v>257</v>
+      </c>
+      <c r="AD41" s="104" t="s">
+        <v>256</v>
+      </c>
+      <c r="AE41" s="104" t="s">
         <v>258</v>
       </c>
-      <c r="AD41" s="104" t="s">
-[...2 lines deleted...]
-      <c r="AE41" s="104" t="s">
+      <c r="AF41" s="104" t="s">
         <v>259</v>
       </c>
-      <c r="AF41" s="104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG41" s="41" t="s">
+        <v>264</v>
+      </c>
+      <c r="AH41" s="99" t="s">
         <v>265</v>
       </c>
-      <c r="AH41" s="99" t="s">
+      <c r="AI41" s="104" t="s">
         <v>266</v>
       </c>
-      <c r="AI41" s="104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AJ41" s="39" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
     </row>
     <row r="42" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A42" s="42">
         <v>38</v>
       </c>
       <c r="B42" s="38" t="s">
         <v>174</v>
       </c>
       <c r="C42" s="43">
-        <f>C5*$AH$38/C$38</f>
-        <v>29327284.712186489</v>
+        <f>C5*$AI$38/C$38</f>
+        <v>29809901.099678453</v>
       </c>
       <c r="D42" s="43">
-        <f>D5*$AH$38/D$38</f>
-        <v>67256534.209447071</v>
+        <f t="shared" ref="D42:AI50" si="0">D5*$AI$38/D$38</f>
+        <v>68363322.849921003</v>
       </c>
       <c r="E42" s="43">
-        <f t="shared" ref="D42:AH50" si="0">E5*$AH$38/E$38</f>
-        <v>72911141.07942073</v>
+        <f t="shared" si="0"/>
+        <v>74110983.201219514</v>
       </c>
       <c r="F42" s="43">
         <f t="shared" si="0"/>
-        <v>82468327.175423473</v>
+        <v>83825444.499257043</v>
       </c>
       <c r="G42" s="43">
         <f t="shared" si="0"/>
-        <v>80942133.949096009</v>
+        <v>82274135.894239292</v>
       </c>
       <c r="H42" s="43">
         <f t="shared" si="0"/>
-        <v>85739793.070023522</v>
+        <v>87150746.371764705</v>
       </c>
       <c r="I42" s="43">
         <f t="shared" si="0"/>
-        <v>100005808.5883382</v>
+        <v>101651526.64723031</v>
       </c>
       <c r="J42" s="43">
         <f t="shared" si="0"/>
-        <v>109598132.67407106</v>
+        <v>111401704.17365301</v>
       </c>
       <c r="K42" s="43">
         <f t="shared" si="0"/>
-        <v>114542496.85515311</v>
+        <v>116427433.92276964</v>
       </c>
       <c r="L42" s="43">
         <f t="shared" si="0"/>
-        <v>119381832.54360387</v>
+        <v>121346406.80677879</v>
       </c>
       <c r="M42" s="43">
         <f t="shared" si="0"/>
-        <v>101423817.6576284</v>
+        <v>103092870.79241207</v>
       </c>
       <c r="N42" s="43">
         <f t="shared" si="0"/>
-        <v>94115582.60249275</v>
+        <v>95664369.778942198</v>
       </c>
       <c r="O42" s="43">
         <f t="shared" si="0"/>
-        <v>96047592.871449843</v>
+        <v>97628173.643036112</v>
       </c>
       <c r="P42" s="43">
         <f t="shared" si="0"/>
-        <v>96593763.135153592</v>
+        <v>98183331.807331786</v>
       </c>
       <c r="Q42" s="43">
         <f t="shared" si="0"/>
-        <v>95459518.412068695</v>
+        <v>97030421.698202491</v>
       </c>
       <c r="R42" s="43">
         <f t="shared" si="0"/>
-        <v>91432044.386281475</v>
+        <v>92936670.654814824</v>
       </c>
       <c r="S42" s="43">
         <f t="shared" si="0"/>
-        <v>94260062.595763385</v>
+        <v>95811227.367448851</v>
       </c>
       <c r="T42" s="43">
         <f t="shared" si="0"/>
-        <v>86486798.188529015</v>
+        <v>87910044.374363244</v>
       </c>
       <c r="U42" s="43">
         <f t="shared" si="0"/>
-        <v>81718697.108849585</v>
+        <v>83063478.351854831</v>
       </c>
       <c r="V42" s="43">
         <f t="shared" si="0"/>
-        <v>79978968.263035044</v>
+        <v>81295120.137211144</v>
       </c>
       <c r="W42" s="43">
         <f t="shared" si="0"/>
-        <v>74820547.283098236</v>
+        <v>76051811.022456139</v>
       </c>
       <c r="X42" s="43">
         <f t="shared" si="0"/>
-        <v>72171532.129285529</v>
+        <v>73359203.079999983</v>
       </c>
       <c r="Y42" s="43">
         <f t="shared" si="0"/>
-        <v>70705603.027918577</v>
+        <v>71869150.319925293</v>
       </c>
       <c r="Z42" s="43">
         <f t="shared" si="0"/>
-        <v>71605877.78081879</v>
+        <v>72784240.196464092</v>
       </c>
       <c r="AA42" s="43">
         <f t="shared" si="0"/>
-        <v>69858541.64216198</v>
+        <v>71008149.50165765</v>
       </c>
       <c r="AB42" s="43">
         <f t="shared" si="0"/>
-        <v>71455148.363070831</v>
+        <v>72631030.341546565</v>
       </c>
       <c r="AC42" s="43">
         <f t="shared" si="0"/>
-        <v>69587249.947072849</v>
+        <v>70732393.369470939</v>
       </c>
       <c r="AD42" s="43">
         <f t="shared" si="0"/>
-        <v>49846646.178476013</v>
+        <v>50666933.789256759</v>
       </c>
       <c r="AE42" s="43">
         <f t="shared" si="0"/>
-        <v>35948048.773433074</v>
+        <v>36539617.942099065</v>
       </c>
       <c r="AF42" s="43">
         <f t="shared" si="0"/>
-        <v>43886830.764224678</v>
+        <v>44609042.313291132</v>
       </c>
       <c r="AG42" s="43">
         <f t="shared" si="0"/>
-        <v>59488425.816576622</v>
+        <v>60467380.719730332</v>
       </c>
       <c r="AH42" s="43">
-        <f>AH5*$AH$38/AH$38</f>
-        <v>58630345.090000004</v>
+        <f t="shared" si="0"/>
+        <v>59816508.140953757</v>
+      </c>
+      <c r="AI42" s="43">
+        <f t="shared" si="0"/>
+        <v>59053993.599999994</v>
       </c>
       <c r="AJ42" s="43">
-        <f>SUM(C42:AH42)</f>
-        <v>2527695126.8741527</v>
+        <f>SUM(C42:AI42)</f>
+        <v>2628566768.4089804</v>
       </c>
     </row>
     <row r="43" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A43" s="42">
         <v>39</v>
       </c>
       <c r="B43" s="38" t="s">
         <v>191</v>
       </c>
       <c r="C43" s="43">
-        <f t="shared" ref="C43:R73" si="1">C6*$AH$38/C$38</f>
-        <v>5165555.0568488734</v>
+        <f t="shared" ref="C43:R73" si="1">C6*$AI$38/C$38</f>
+        <v>5250560.5916398708</v>
       </c>
       <c r="D43" s="43">
         <f t="shared" si="1"/>
-        <v>32281500.263791468</v>
+        <v>32812731.886255924</v>
       </c>
       <c r="E43" s="43">
         <f t="shared" si="1"/>
-        <v>35279207.188749999</v>
+        <v>35859769.75</v>
       </c>
       <c r="F43" s="43">
         <f t="shared" si="1"/>
-        <v>36599392.926359579</v>
+        <v>37201680.76077266</v>
       </c>
       <c r="G43" s="43">
         <f t="shared" si="1"/>
-        <v>35492041.272938251</v>
+        <v>36076106.279704578</v>
       </c>
       <c r="H43" s="43">
         <f t="shared" si="1"/>
-        <v>31695303.045162939</v>
+        <v>32216888.074470591</v>
       </c>
       <c r="I43" s="43">
         <f t="shared" si="1"/>
-        <v>33721521.323935859</v>
+        <v>34276450.256559767</v>
       </c>
       <c r="J43" s="43">
         <f t="shared" si="1"/>
-        <v>35059367.735946678</v>
+        <v>35636312.569760218</v>
       </c>
       <c r="K43" s="43">
         <f t="shared" si="1"/>
-        <v>35814065.742130488</v>
+        <v>36403430.055925436</v>
       </c>
       <c r="L43" s="43">
         <f t="shared" si="1"/>
-        <v>36975778.539385505</v>
+        <v>37584260.260025874</v>
       </c>
       <c r="M43" s="43">
         <f t="shared" si="1"/>
-        <v>30328174.361840453</v>
+        <v>30827261.614321612</v>
       </c>
       <c r="N43" s="43">
         <f t="shared" si="1"/>
-        <v>27396662.890024103</v>
+        <v>27847508.53097171</v>
       </c>
       <c r="O43" s="43">
         <f t="shared" si="1"/>
-        <v>25627100.865566026</v>
+        <v>26048826.196192771</v>
       </c>
       <c r="P43" s="43">
         <f t="shared" si="1"/>
-        <v>26278419.024475407</v>
+        <v>26710862.593085848</v>
       </c>
       <c r="Q43" s="43">
         <f t="shared" si="1"/>
-        <v>26746820.098177921</v>
+        <v>27186971.78011376</v>
       </c>
       <c r="R43" s="43">
         <f t="shared" si="1"/>
-        <v>28000108.784262523</v>
+        <v>28460884.866448801</v>
       </c>
       <c r="S43" s="43">
         <f t="shared" si="0"/>
-        <v>29052109.598596547</v>
+        <v>29530197.642583415</v>
       </c>
       <c r="T43" s="43">
         <f t="shared" si="0"/>
-        <v>25678797.869192269</v>
+        <v>26101373.937327761</v>
       </c>
       <c r="U43" s="43">
         <f t="shared" si="0"/>
-        <v>25432692.745740727</v>
+        <v>25851218.852661289</v>
       </c>
       <c r="V43" s="43">
         <f t="shared" si="0"/>
-        <v>25094746.151130073</v>
+        <v>25507710.932948202</v>
       </c>
       <c r="W43" s="43">
         <f t="shared" si="0"/>
-        <v>21423776.971992012</v>
+        <v>21776331.460077971</v>
       </c>
       <c r="X43" s="43">
         <f t="shared" si="0"/>
-        <v>20710452.473489136</v>
+        <v>21051268.333333332</v>
       </c>
       <c r="Y43" s="43">
         <f t="shared" si="0"/>
-        <v>20510556.805774231</v>
+        <v>20848083.137591034</v>
       </c>
       <c r="Z43" s="43">
         <f t="shared" si="0"/>
-        <v>17415441.80444973</v>
+        <v>17702034.228287298</v>
       </c>
       <c r="AA43" s="43">
         <f t="shared" si="0"/>
-        <v>18409332.698076937</v>
+        <v>18712280.813801799</v>
       </c>
       <c r="AB43" s="43">
         <f t="shared" si="0"/>
-        <v>18772517.188287169</v>
+        <v>19081441.949595783</v>
       </c>
       <c r="AC43" s="43">
         <f t="shared" si="0"/>
-        <v>16635788.405645793</v>
+        <v>16909550.677953165</v>
       </c>
       <c r="AD43" s="43">
         <f t="shared" si="0"/>
-        <v>11999078.939489018</v>
+        <v>12196538.478885133</v>
       </c>
       <c r="AE43" s="43">
         <f t="shared" si="0"/>
-        <v>8655424.8194357678</v>
+        <v>8797860.4352644831</v>
       </c>
       <c r="AF43" s="43">
         <f t="shared" si="0"/>
-        <v>11167009.620174048</v>
+        <v>11350776.439873418</v>
       </c>
       <c r="AG43" s="43">
         <f t="shared" si="0"/>
-        <v>14449504.580367791</v>
+        <v>14687288.874756554</v>
       </c>
       <c r="AH43" s="43">
         <f t="shared" si="0"/>
-        <v>12380460.23</v>
+        <v>12630931.968757223</v>
+      </c>
+      <c r="AI43" s="43">
+        <f t="shared" si="0"/>
+        <v>12464512.800000001</v>
       </c>
       <c r="AJ43" s="43">
-        <f t="shared" ref="AJ43:AJ73" si="2">SUM(C43:AH43)</f>
-        <v>780248710.02143741</v>
+        <f t="shared" ref="AJ43:AJ73" si="2">SUM(C43:AI43)</f>
+        <v>805599907.02994728</v>
       </c>
     </row>
     <row r="44" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A44" s="42">
         <v>40</v>
       </c>
       <c r="B44" s="38" t="s">
         <v>171</v>
       </c>
       <c r="C44" s="43">
         <f t="shared" si="1"/>
-        <v>3520239.3274276522</v>
+        <v>3578169.176848874</v>
       </c>
       <c r="D44" s="43">
         <f t="shared" si="0"/>
-        <v>8425070.458515007</v>
+        <v>8563715.3112164289</v>
       </c>
       <c r="E44" s="43">
         <f t="shared" si="0"/>
-        <v>20182304.720457319</v>
+        <v>20514429.262195121</v>
       </c>
       <c r="F44" s="43">
         <f t="shared" si="0"/>
-        <v>27859652.674026746</v>
+        <v>28318117.378900446</v>
       </c>
       <c r="G44" s="43">
         <f t="shared" si="0"/>
-        <v>29390448.500508416</v>
+        <v>29874104.325494826</v>
       </c>
       <c r="H44" s="43">
         <f t="shared" si="0"/>
-        <v>29587029.250256468</v>
+        <v>30073920.052235294</v>
       </c>
       <c r="I44" s="43">
         <f t="shared" si="0"/>
-        <v>33119043.610991254</v>
+        <v>33664058.034985423</v>
       </c>
       <c r="J44" s="43">
         <f t="shared" si="0"/>
-        <v>36263701.742477849</v>
+        <v>36860465.367334276</v>
       </c>
       <c r="K44" s="43">
         <f t="shared" si="0"/>
-        <v>38006785.312862851</v>
+        <v>38632233.512649797</v>
       </c>
       <c r="L44" s="43">
         <f t="shared" si="0"/>
-        <v>40303417.314377755</v>
+        <v>40966659.406468302</v>
       </c>
       <c r="M44" s="43">
         <f t="shared" si="0"/>
-        <v>33158030.739183918</v>
+        <v>33703686.744120605</v>
       </c>
       <c r="N44" s="43">
         <f t="shared" si="0"/>
-        <v>29795942.8840615</v>
+        <v>30286271.615744159</v>
       </c>
       <c r="O44" s="43">
         <f t="shared" si="0"/>
-        <v>30816928.156615417</v>
+        <v>31324058.451373491</v>
       </c>
       <c r="P44" s="43">
         <f t="shared" si="0"/>
-        <v>30298750.580187932</v>
+        <v>30797353.628306262</v>
       </c>
       <c r="Q44" s="43">
         <f t="shared" si="0"/>
-        <v>30199617.949197948</v>
+        <v>30696589.648464162</v>
       </c>
       <c r="R44" s="43">
         <f t="shared" si="0"/>
-        <v>28669711.368524831</v>
+        <v>29141506.581307184</v>
       </c>
       <c r="S44" s="43">
         <f t="shared" si="0"/>
-        <v>29249826.148998696</v>
+        <v>29731167.860968776</v>
       </c>
       <c r="T44" s="43">
         <f t="shared" si="0"/>
-        <v>27619364.662913147</v>
+        <v>28073875.13427975</v>
       </c>
       <c r="U44" s="43">
         <f t="shared" si="0"/>
-        <v>28388278.486339912</v>
+        <v>28855442.376370963</v>
       </c>
       <c r="V44" s="43">
         <f t="shared" si="0"/>
-        <v>27924459.585400198</v>
+        <v>28383990.767370518</v>
       </c>
       <c r="W44" s="43">
         <f t="shared" si="0"/>
-        <v>25903742.410321638</v>
+        <v>26330020.216374267</v>
       </c>
       <c r="X44" s="43">
         <f t="shared" si="0"/>
-        <v>25467459.811761659</v>
+        <v>25886558.053333327</v>
       </c>
       <c r="Y44" s="43">
         <f t="shared" si="0"/>
-        <v>27182315.712881792</v>
+        <v>27629634.008515406</v>
       </c>
       <c r="Z44" s="43">
         <f t="shared" si="0"/>
-        <v>25579185.715750095</v>
+        <v>26000122.543904241</v>
       </c>
       <c r="AA44" s="43">
         <f t="shared" si="0"/>
-        <v>24192030.160423424</v>
+        <v>24590139.645045049</v>
       </c>
       <c r="AB44" s="43">
         <f t="shared" si="0"/>
-        <v>24811355.432188574</v>
+        <v>25219656.672653776</v>
       </c>
       <c r="AC44" s="43">
         <f t="shared" si="0"/>
-        <v>24639433.09258768</v>
+        <v>25044905.140398957</v>
       </c>
       <c r="AD44" s="43">
         <f t="shared" si="0"/>
-        <v>16237516.246410135</v>
+        <v>16504724.462567568</v>
       </c>
       <c r="AE44" s="43">
         <f t="shared" si="0"/>
-        <v>10900663.552090008</v>
+        <v>11080047.321041141</v>
       </c>
       <c r="AF44" s="43">
         <f t="shared" si="0"/>
-        <v>14429290.613844935</v>
+        <v>14666742.262658225</v>
       </c>
       <c r="AG44" s="43">
         <f t="shared" si="0"/>
-        <v>19559309.154505167</v>
+        <v>19881181.541213483</v>
       </c>
       <c r="AH44" s="43">
         <f t="shared" si="0"/>
-        <v>18805362.940000001</v>
+        <v>19185818.259595372</v>
+      </c>
+      <c r="AI44" s="43">
+        <f t="shared" si="0"/>
+        <v>19263611.550000001</v>
       </c>
       <c r="AJ44" s="43">
         <f t="shared" si="2"/>
-        <v>820486268.31608999</v>
+        <v>853322976.31393528</v>
       </c>
     </row>
     <row r="45" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A45" s="42">
         <v>41</v>
       </c>
       <c r="B45" s="38" t="s">
         <v>184</v>
       </c>
       <c r="C45" s="43">
         <f t="shared" si="1"/>
-        <v>18271918.989356913</v>
+        <v>18572605.794212215</v>
       </c>
       <c r="D45" s="43">
         <f t="shared" si="0"/>
-        <v>53895333.615450233</v>
+        <v>54782247.336492889</v>
       </c>
       <c r="E45" s="43">
         <f t="shared" si="0"/>
-        <v>72269800.976036593</v>
+        <v>73459089.060975611</v>
       </c>
       <c r="F45" s="43">
         <f t="shared" si="0"/>
-        <v>89244954.595126301</v>
+        <v>90713589.622585431</v>
       </c>
       <c r="G45" s="43">
         <f t="shared" si="0"/>
-        <v>105235225.80157901</v>
+        <v>106967000.32525848</v>
       </c>
       <c r="H45" s="43">
         <f t="shared" si="0"/>
-        <v>124887717.5702794</v>
+        <v>126942897.91470587</v>
       </c>
       <c r="I45" s="43">
         <f t="shared" si="0"/>
-        <v>153092526.73306122</v>
+        <v>155611851.75510204</v>
       </c>
       <c r="J45" s="43">
         <f t="shared" si="0"/>
-        <v>169452711.75031421</v>
+        <v>172241263.65337092</v>
       </c>
       <c r="K45" s="43">
         <f t="shared" si="0"/>
-        <v>182480578.62407458</v>
+        <v>185483520.03195739</v>
       </c>
       <c r="L45" s="43">
         <f t="shared" si="0"/>
-        <v>199785178.10990658</v>
+        <v>203072887.89552391</v>
       </c>
       <c r="M45" s="43">
         <f t="shared" si="0"/>
-        <v>182664846.62448469</v>
+        <v>185670820.38798997</v>
       </c>
       <c r="N45" s="43">
         <f t="shared" si="0"/>
-        <v>178416723.28047034</v>
+        <v>181352788.97161129</v>
       </c>
       <c r="O45" s="43">
         <f t="shared" si="0"/>
-        <v>184527982.33113834</v>
+        <v>187564616.27450606</v>
       </c>
       <c r="P45" s="43">
         <f t="shared" si="0"/>
-        <v>186328375.13928306</v>
+        <v>189394636.75127611</v>
       </c>
       <c r="Q45" s="43">
         <f t="shared" si="0"/>
-        <v>190930333.48761818</v>
+        <v>194072325.96031851</v>
       </c>
       <c r="R45" s="43">
         <f t="shared" si="0"/>
-        <v>193517736.47812131</v>
+        <v>196702307.83586055</v>
       </c>
       <c r="S45" s="43">
         <f t="shared" si="0"/>
-        <v>204031106.38131106</v>
+        <v>207388688.11668462</v>
       </c>
       <c r="T45" s="43">
         <f t="shared" si="0"/>
-        <v>195700175.40121713</v>
+        <v>198920661.46430063</v>
       </c>
       <c r="U45" s="43">
         <f t="shared" si="0"/>
-        <v>195186910.76637578</v>
+        <v>198398950.43129027</v>
       </c>
       <c r="V45" s="43">
         <f t="shared" si="0"/>
-        <v>201479384.86531073</v>
+        <v>204794974.89800793</v>
       </c>
       <c r="W45" s="43">
         <f t="shared" si="0"/>
-        <v>186352507.0107682</v>
+        <v>189419165.7422612</v>
       </c>
       <c r="X45" s="43">
         <f t="shared" si="0"/>
-        <v>181732916.40953031</v>
+        <v>184723554.11999997</v>
       </c>
       <c r="Y45" s="43">
         <f t="shared" si="0"/>
-        <v>183674174.86020336</v>
+        <v>186696758.35596639</v>
       </c>
       <c r="Z45" s="43">
         <f t="shared" si="0"/>
-        <v>182974736.7383123</v>
+        <v>185985810.12316754</v>
       </c>
       <c r="AA45" s="43">
         <f t="shared" si="0"/>
-        <v>167875281.11144954</v>
+        <v>170637874.46144143</v>
       </c>
       <c r="AB45" s="43">
         <f t="shared" si="0"/>
-        <v>170294434.74944726</v>
+        <v>173096838.23532513</v>
       </c>
       <c r="AC45" s="43">
         <f t="shared" si="0"/>
-        <v>172171731.86856687</v>
+        <v>175005028.57769299</v>
       </c>
       <c r="AD45" s="43">
         <f t="shared" si="0"/>
-        <v>119642291.54895808</v>
+        <v>121611151.98405403</v>
       </c>
       <c r="AE45" s="43">
         <f t="shared" si="0"/>
-        <v>107388694.01552983</v>
+        <v>109155906.49605376</v>
       </c>
       <c r="AF45" s="43">
         <f t="shared" si="0"/>
-        <v>141108093.87784809</v>
+        <v>143430200.37974682</v>
       </c>
       <c r="AG45" s="43">
         <f t="shared" si="0"/>
-        <v>179907566.73695114</v>
+        <v>182868166.0830262</v>
       </c>
       <c r="AH45" s="43">
         <f t="shared" si="0"/>
-        <v>171667782.49000001</v>
+        <v>175140830.11263007</v>
+      </c>
+      <c r="AI45" s="43">
+        <f t="shared" si="0"/>
+        <v>175897780.03000003</v>
       </c>
       <c r="AJ45" s="43">
         <f t="shared" si="2"/>
-        <v>5046189732.9380789</v>
+        <v>5305776789.1833944</v>
       </c>
     </row>
     <row r="46" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A46" s="42">
         <v>42</v>
       </c>
       <c r="B46" s="38" t="s">
         <v>193</v>
       </c>
       <c r="C46" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D46" s="43">
         <f t="shared" si="0"/>
-        <v>1580075.4276461294</v>
+        <v>1606077.5039494468</v>
       </c>
       <c r="E46" s="43">
         <f t="shared" si="0"/>
-        <v>4840481.6235060971</v>
+        <v>4920137.6768292682</v>
       </c>
       <c r="F46" s="43">
         <f t="shared" si="0"/>
-        <v>8706147.007904904</v>
+        <v>8849417.3194650803</v>
       </c>
       <c r="G46" s="43">
         <f t="shared" si="0"/>
-        <v>12788665.929240471</v>
+        <v>12999119.089571636</v>
       </c>
       <c r="H46" s="43">
         <f t="shared" si="0"/>
-        <v>15231296.66213941</v>
+        <v>15481946.302705882</v>
       </c>
       <c r="I46" s="43">
         <f t="shared" si="0"/>
-        <v>17661467.235422742</v>
+        <v>17952108.309037901</v>
       </c>
       <c r="J46" s="43">
         <f t="shared" si="0"/>
-        <v>20357048.483306061</v>
+        <v>20692048.647672776</v>
       </c>
       <c r="K46" s="43">
         <f t="shared" si="0"/>
-        <v>23578577.963462047</v>
+        <v>23966592.340878829</v>
       </c>
       <c r="L46" s="43">
         <f t="shared" si="0"/>
-        <v>23993243.457728073</v>
+        <v>24388081.663699869</v>
       </c>
       <c r="M46" s="43">
         <f t="shared" si="0"/>
-        <v>23477632.720536429</v>
+        <v>23863985.920351759</v>
       </c>
       <c r="N46" s="43">
         <f t="shared" si="0"/>
-        <v>23720945.037334803</v>
+        <v>24111302.239311192</v>
       </c>
       <c r="O46" s="43">
         <f t="shared" si="0"/>
-        <v>25532318.537909154</v>
+        <v>25952484.109253012</v>
       </c>
       <c r="P46" s="43">
         <f t="shared" si="0"/>
-        <v>27117966.137116004</v>
+        <v>27564225.481670529</v>
       </c>
       <c r="Q46" s="43">
         <f t="shared" si="0"/>
-        <v>26800587.275496244</v>
+        <v>27241623.7621843</v>
       </c>
       <c r="R46" s="43">
         <f t="shared" si="0"/>
-        <v>26467719.653602175</v>
+        <v>26903278.395904139</v>
       </c>
       <c r="S46" s="43">
         <f t="shared" si="0"/>
-        <v>27780412.817488696</v>
+        <v>28237573.533476852</v>
       </c>
       <c r="T46" s="43">
         <f t="shared" si="0"/>
-        <v>28151308.608629435</v>
+        <v>28614572.869102295</v>
       </c>
       <c r="U46" s="43">
         <f t="shared" si="0"/>
-        <v>29083671.523783062</v>
+        <v>29562278.957903221</v>
       </c>
       <c r="V46" s="43">
         <f t="shared" si="0"/>
-        <v>30266588.075799193</v>
+        <v>30764661.850517921</v>
       </c>
       <c r="W46" s="43">
         <f t="shared" si="0"/>
-        <v>27885230.580212086</v>
+        <v>28344116.200857699</v>
       </c>
       <c r="X46" s="43">
         <f t="shared" si="0"/>
-        <v>27832466.805225678</v>
+        <v>28290484.133333325</v>
       </c>
       <c r="Y46" s="43">
         <f t="shared" si="0"/>
-        <v>30168383.870724551</v>
+        <v>30664841.574976653</v>
       </c>
       <c r="Z46" s="43">
         <f t="shared" si="0"/>
-        <v>32030816.278299253</v>
+        <v>32557922.588766105</v>
       </c>
       <c r="AA46" s="43">
         <f t="shared" si="0"/>
-        <v>33846613.318945765</v>
+        <v>34403600.793549545</v>
       </c>
       <c r="AB46" s="43">
         <f t="shared" si="0"/>
-        <v>35457126.5493007</v>
+        <v>36040616.991528995</v>
       </c>
       <c r="AC46" s="43">
         <f t="shared" si="0"/>
-        <v>34391331.433134079</v>
+        <v>34957282.911431037</v>
       </c>
       <c r="AD46" s="43">
         <f t="shared" si="0"/>
-        <v>24974282.669401683</v>
+        <v>25385265.077094588</v>
       </c>
       <c r="AE46" s="43">
         <f t="shared" si="0"/>
-        <v>19284643.930539709</v>
+        <v>19601996.364601173</v>
       </c>
       <c r="AF46" s="43">
         <f t="shared" si="0"/>
-        <v>26720431.006930374</v>
+        <v>27160148.424050629</v>
       </c>
       <c r="AG46" s="43">
         <f t="shared" si="0"/>
-        <v>36462746.786857828</v>
+        <v>37062785.941692881</v>
       </c>
       <c r="AH46" s="43">
         <f t="shared" si="0"/>
-        <v>36831475.25</v>
+        <v>37576620.703034677</v>
+      </c>
+      <c r="AI46" s="43">
+        <f t="shared" si="0"/>
+        <v>39473887.759999998</v>
       </c>
       <c r="AJ46" s="43">
         <f t="shared" si="2"/>
-        <v>763021702.65762269</v>
+        <v>815191085.43840313</v>
       </c>
     </row>
     <row r="47" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A47" s="42">
         <v>43</v>
       </c>
       <c r="B47" s="38" t="s">
         <v>182</v>
       </c>
       <c r="C47" s="43">
         <f t="shared" si="1"/>
-        <v>11165002.815659162</v>
+        <v>11348736.610932475</v>
       </c>
       <c r="D47" s="43">
         <f t="shared" si="0"/>
-        <v>45301639.556113742</v>
+        <v>46047133.516587675</v>
       </c>
       <c r="E47" s="43">
         <f t="shared" si="0"/>
-        <v>63887404.106951214</v>
+        <v>64938749.585365854</v>
       </c>
       <c r="F47" s="43">
         <f t="shared" si="0"/>
-        <v>82057341.953224361</v>
+        <v>83407696.011887074</v>
       </c>
       <c r="G47" s="43">
         <f t="shared" si="0"/>
-        <v>100187515.47822452</v>
+        <v>101836223.74652879</v>
       </c>
       <c r="H47" s="43">
         <f t="shared" si="0"/>
-        <v>123151882.34192352</v>
+        <v>125178497.3917647</v>
       </c>
       <c r="I47" s="43">
         <f t="shared" si="0"/>
-        <v>144270720.26358601</v>
+        <v>146644871.65597665</v>
       </c>
       <c r="J47" s="43">
         <f t="shared" si="0"/>
-        <v>155229908.89177683</v>
+        <v>157784407.1549224</v>
       </c>
       <c r="K47" s="43">
         <f t="shared" si="0"/>
-        <v>150536218.53821573</v>
+        <v>153013476.37816247</v>
       </c>
       <c r="L47" s="43">
         <f t="shared" si="0"/>
-        <v>175573768.66969287</v>
+        <v>178463050.06090558</v>
       </c>
       <c r="M47" s="43">
         <f t="shared" si="0"/>
-        <v>171707151.35615402</v>
+        <v>174532802.82396987</v>
       </c>
       <c r="N47" s="43">
         <f t="shared" si="0"/>
-        <v>169240947.45850304</v>
+        <v>172026014.52078718</v>
       </c>
       <c r="O47" s="43">
         <f t="shared" si="0"/>
-        <v>173848236.58804142</v>
+        <v>176709122.23556623</v>
       </c>
       <c r="P47" s="43">
         <f t="shared" si="0"/>
-        <v>172884319.82902178</v>
+        <v>175729343.04575405</v>
       </c>
       <c r="Q47" s="43">
         <f t="shared" si="0"/>
-        <v>175444301.05752078</v>
+        <v>178331451.90061432</v>
       </c>
       <c r="R47" s="43">
         <f t="shared" si="0"/>
-        <v>177472706.5373804</v>
+        <v>180393237.27686274</v>
       </c>
       <c r="S47" s="43">
         <f t="shared" si="0"/>
-        <v>184399190.97473517</v>
+        <v>187433705.4986006</v>
       </c>
       <c r="T47" s="43">
         <f t="shared" si="0"/>
-        <v>172890866.24586093</v>
+        <v>175735997.19189978</v>
       </c>
       <c r="U47" s="43">
         <f t="shared" si="0"/>
-        <v>173680477.40718868</v>
+        <v>176538602.37193546</v>
       </c>
       <c r="V47" s="43">
         <f t="shared" si="0"/>
-        <v>174106488.00733346</v>
+        <v>176971623.498247</v>
       </c>
       <c r="W47" s="43">
         <f t="shared" si="0"/>
-        <v>155006370.43499592</v>
+        <v>157557190.09906432</v>
       </c>
       <c r="X47" s="43">
         <f t="shared" si="0"/>
-        <v>148546430.68936163</v>
+        <v>150990944.1333333</v>
       </c>
       <c r="Y47" s="43">
         <f t="shared" si="0"/>
-        <v>154847576.81522015</v>
+        <v>157395783.33579832</v>
       </c>
       <c r="Z47" s="43">
         <f t="shared" si="0"/>
-        <v>159658960.53111985</v>
+        <v>162286344.26331487</v>
       </c>
       <c r="AA47" s="43">
         <f t="shared" si="0"/>
-        <v>159055143.22529241</v>
+        <v>161672590.40421623</v>
       </c>
       <c r="AB47" s="43">
         <f t="shared" si="0"/>
-        <v>160537434.58647588</v>
+        <v>163179274.68513179</v>
       </c>
       <c r="AC47" s="43">
         <f t="shared" si="0"/>
-        <v>159468720.19905844</v>
+        <v>162092973.29359931</v>
       </c>
       <c r="AD47" s="43">
         <f t="shared" si="0"/>
-        <v>114980406.87264305</v>
+        <v>116872550.28591214</v>
       </c>
       <c r="AE47" s="43">
         <f t="shared" si="0"/>
-        <v>93582542.154873058</v>
+        <v>95122557.497934505</v>
       </c>
       <c r="AF47" s="43">
         <f t="shared" si="0"/>
-        <v>126016164.80094935</v>
+        <v>128089915.12658226</v>
       </c>
       <c r="AG47" s="43">
         <f t="shared" si="0"/>
-        <v>165698245.84652057</v>
+        <v>168425013.41498125</v>
       </c>
       <c r="AH47" s="43">
         <f t="shared" si="0"/>
-        <v>158435289.13</v>
+        <v>161640627.34939304</v>
+      </c>
+      <c r="AI47" s="43">
+        <f t="shared" si="0"/>
+        <v>166564427.54999998</v>
       </c>
       <c r="AJ47" s="43">
         <f t="shared" si="2"/>
-        <v>4552869373.3636189</v>
+        <v>4794954933.9165316</v>
       </c>
     </row>
     <row r="48" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A48" s="42">
         <v>44</v>
       </c>
       <c r="B48" s="38" t="s">
         <v>170</v>
       </c>
       <c r="C48" s="43">
         <f t="shared" si="1"/>
-        <v>23544567.360160768</v>
+        <v>23932022.051446944</v>
       </c>
       <c r="D48" s="43">
         <f t="shared" si="0"/>
-        <v>60914188.405181676</v>
+        <v>61916605.977883093</v>
       </c>
       <c r="E48" s="43">
         <f t="shared" si="0"/>
-        <v>71655771.449756086</v>
+        <v>72834954.926829278</v>
       </c>
       <c r="F48" s="43">
         <f t="shared" si="0"/>
-        <v>93950896.492392272</v>
+        <v>95496973.557206541</v>
       </c>
       <c r="G48" s="43">
         <f t="shared" si="0"/>
-        <v>119730954.64074001</v>
+        <v>121701274.13559821</v>
       </c>
       <c r="H48" s="43">
         <f t="shared" si="0"/>
-        <v>139383682.04368588</v>
+        <v>141677411.23694116</v>
       </c>
       <c r="I48" s="43">
         <f t="shared" si="0"/>
-        <v>159216382.34927115</v>
+        <v>161836482.91545191</v>
       </c>
       <c r="J48" s="43">
         <f t="shared" si="0"/>
-        <v>165571661.94248092</v>
+        <v>168296346.41777149</v>
       </c>
       <c r="K48" s="43">
         <f t="shared" si="0"/>
-        <v>165862196.91917443</v>
+        <v>168591662.50332889</v>
       </c>
       <c r="L48" s="43">
         <f t="shared" si="0"/>
-        <v>171546562.63876557</v>
+        <v>174369571.42256144</v>
       </c>
       <c r="M48" s="43">
         <f t="shared" si="0"/>
-        <v>148688284.30205604</v>
+        <v>151135132.12095481</v>
       </c>
       <c r="N48" s="43">
         <f t="shared" si="0"/>
-        <v>141842428.89614731</v>
+        <v>144176619.78012297</v>
       </c>
       <c r="O48" s="43">
         <f t="shared" si="0"/>
-        <v>145761996.19376674</v>
+        <v>148160688.3579759</v>
       </c>
       <c r="P48" s="43">
         <f t="shared" si="0"/>
-        <v>144344415.58081582</v>
+        <v>146719779.71990725</v>
       </c>
       <c r="Q48" s="43">
         <f t="shared" si="0"/>
-        <v>141308326.8559868</v>
+        <v>143633728.43676907</v>
       </c>
       <c r="R48" s="43">
         <f t="shared" si="0"/>
-        <v>134557912.98243639</v>
+        <v>136772228.23559913</v>
       </c>
       <c r="S48" s="43">
         <f t="shared" si="0"/>
-        <v>139124313.25397846</v>
+        <v>141413774.21614638</v>
       </c>
       <c r="T48" s="43">
         <f t="shared" si="0"/>
-        <v>126726601.81988117</v>
+        <v>128812043.25674318</v>
       </c>
       <c r="U48" s="43">
         <f t="shared" si="0"/>
-        <v>124671088.41551916</v>
+        <v>126722703.86189516</v>
       </c>
       <c r="V48" s="43">
         <f t="shared" si="0"/>
-        <v>123508552.44680378</v>
+        <v>125541036.94003984</v>
       </c>
       <c r="W48" s="43">
         <f t="shared" si="0"/>
-        <v>111545506.49638772</v>
+        <v>113381124.41719298</v>
       </c>
       <c r="X48" s="43">
         <f t="shared" si="0"/>
-        <v>108035224.27228612</v>
+        <v>109813076.19999999</v>
       </c>
       <c r="Y48" s="43">
         <f t="shared" si="0"/>
-        <v>108767193.80562073</v>
+        <v>110557091.1884594</v>
       </c>
       <c r="Z48" s="43">
         <f t="shared" si="0"/>
-        <v>107862092.4776177</v>
+        <v>109637095.30961327</v>
       </c>
       <c r="AA48" s="43">
         <f t="shared" si="0"/>
-        <v>101510166.274487</v>
+        <v>103180640.38151349</v>
       </c>
       <c r="AB48" s="43">
         <f t="shared" si="0"/>
-        <v>100254414.0952355</v>
+        <v>101904223.26221441</v>
       </c>
       <c r="AC48" s="43">
         <f t="shared" si="0"/>
-        <v>98283293.643037811</v>
+        <v>99900665.60891588</v>
       </c>
       <c r="AD48" s="43">
         <f t="shared" si="0"/>
-        <v>66808126.028923467</v>
+        <v>67907535.56361486</v>
       </c>
       <c r="AE48" s="43">
         <f t="shared" si="0"/>
-        <v>54586942.775431067</v>
+        <v>55485237.772225022</v>
       </c>
       <c r="AF48" s="43">
         <f t="shared" si="0"/>
-        <v>69804505.89963606</v>
+        <v>70953224.534810111</v>
       </c>
       <c r="AG48" s="43">
         <f t="shared" si="0"/>
-        <v>89318171.534508005</v>
+        <v>90788011.436374515</v>
       </c>
       <c r="AH48" s="43">
         <f t="shared" si="0"/>
-        <v>84552235.280000001</v>
+        <v>86262829.635375708</v>
+      </c>
+      <c r="AI48" s="43">
+        <f t="shared" si="0"/>
+        <v>83375783.5</v>
       </c>
       <c r="AJ48" s="43">
         <f t="shared" si="2"/>
-        <v>3643238657.5721717</v>
+        <v>3786887578.8814812</v>
       </c>
     </row>
     <row r="49" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A49" s="42">
         <v>45</v>
       </c>
       <c r="B49" s="38" t="s">
         <v>181</v>
       </c>
       <c r="C49" s="43">
         <f t="shared" si="1"/>
-        <v>26004461.832186494</v>
+        <v>26432397.099678453</v>
       </c>
       <c r="D49" s="43">
         <f t="shared" si="0"/>
-        <v>51067250.861642972</v>
+        <v>51907625.01737757</v>
       </c>
       <c r="E49" s="43">
         <f t="shared" si="0"/>
-        <v>64228855.14246951</v>
+        <v>65285819.61585366</v>
       </c>
       <c r="F49" s="43">
         <f t="shared" si="0"/>
-        <v>71021115.909271911</v>
+        <v>72189855.352154538</v>
       </c>
       <c r="G49" s="43">
         <f t="shared" si="0"/>
-        <v>76755016.682581976</v>
+        <v>78018114.485081241</v>
       </c>
       <c r="H49" s="43">
         <f t="shared" si="0"/>
-        <v>84609934.621026471</v>
+        <v>86002294.718235299</v>
       </c>
       <c r="I49" s="43">
         <f t="shared" si="0"/>
-        <v>97961798.427551016</v>
+        <v>99573879.79591836</v>
       </c>
       <c r="J49" s="43">
         <f t="shared" si="0"/>
-        <v>108397672.60477459</v>
+        <v>110181489.06369533</v>
       </c>
       <c r="K49" s="43">
         <f t="shared" si="0"/>
-        <v>114389293.76527297</v>
+        <v>116271709.68841544</v>
       </c>
       <c r="L49" s="43">
         <f t="shared" si="0"/>
-        <v>121638239.72754411</v>
+        <v>123639945.93438549</v>
       </c>
       <c r="M49" s="43">
         <f t="shared" si="0"/>
-        <v>111771372.79588115</v>
+        <v>113610707.62326632</v>
       </c>
       <c r="N49" s="43">
         <f t="shared" si="0"/>
-        <v>104373037.30023198</v>
+        <v>106090623.45618695</v>
       </c>
       <c r="O49" s="43">
         <f t="shared" si="0"/>
-        <v>105112970.53453974</v>
+        <v>106842733.19807227</v>
       </c>
       <c r="P49" s="43">
         <f t="shared" si="0"/>
-        <v>103539131.25639305</v>
+        <v>105242994.46709977</v>
       </c>
       <c r="Q49" s="43">
         <f t="shared" si="0"/>
-        <v>108157249.86435014</v>
+        <v>109937109.87262794</v>
       </c>
       <c r="R49" s="43">
         <f t="shared" si="0"/>
-        <v>108097158.27704856</v>
+        <v>109876029.40466228</v>
       </c>
       <c r="S49" s="43">
         <f t="shared" si="0"/>
-        <v>110439830.39015134</v>
+        <v>112257253.05649084</v>
       </c>
       <c r="T49" s="43">
         <f t="shared" si="0"/>
-        <v>99947395.452653036</v>
+        <v>101592152.25185804</v>
       </c>
       <c r="U49" s="43">
         <f t="shared" si="0"/>
-        <v>97954793.242706016</v>
+        <v>99566759.332177401</v>
       </c>
       <c r="V49" s="43">
         <f t="shared" si="0"/>
-        <v>98631846.055975065</v>
+        <v>100254953.87868524</v>
       </c>
       <c r="W49" s="43">
         <f t="shared" si="0"/>
-        <v>84249143.816487908</v>
+        <v>85635566.659142286</v>
       </c>
       <c r="X49" s="43">
         <f t="shared" si="0"/>
-        <v>79031877.189357504</v>
+        <v>80332443.519999996</v>
       </c>
       <c r="Y49" s="43">
         <f t="shared" si="0"/>
-        <v>80502267.826359108</v>
+        <v>81827031.235742301</v>
       </c>
       <c r="Z49" s="43">
         <f t="shared" si="0"/>
-        <v>80458432.811425045</v>
+        <v>81782474.861952111</v>
       </c>
       <c r="AA49" s="43">
         <f t="shared" si="0"/>
-        <v>78102329.860152796</v>
+        <v>79387599.351063073</v>
       </c>
       <c r="AB49" s="43">
         <f t="shared" si="0"/>
-        <v>78883488.466956064</v>
+        <v>80181612.879437611</v>
       </c>
       <c r="AC49" s="43">
         <f t="shared" si="0"/>
-        <v>75003264.822017327</v>
+        <v>76237535.402254969</v>
       </c>
       <c r="AD49" s="43">
         <f t="shared" si="0"/>
-        <v>54325555.305068061</v>
+        <v>55219548.850912154</v>
       </c>
       <c r="AE49" s="43">
         <f t="shared" si="0"/>
-        <v>41572350.016410239</v>
+        <v>42256473.950193115</v>
       </c>
       <c r="AF49" s="43">
         <f t="shared" si="0"/>
-        <v>54627146.910743669</v>
+        <v>55526103.515822776</v>
       </c>
       <c r="AG49" s="43">
         <f t="shared" si="0"/>
-        <v>70412410.378631458</v>
+        <v>71571132.826516852</v>
       </c>
       <c r="AH49" s="43">
         <f t="shared" si="0"/>
-        <v>65795232.350000009</v>
+        <v>67126349.767485544</v>
+      </c>
+      <c r="AI49" s="43">
+        <f t="shared" si="0"/>
+        <v>68240983.010000005</v>
       </c>
       <c r="AJ49" s="43">
         <f t="shared" si="2"/>
-        <v>2707061924.4978609</v>
+        <v>2820099303.1424456</v>
       </c>
     </row>
     <row r="50" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A50" s="42">
         <v>46</v>
       </c>
       <c r="B50" s="38" t="s">
         <v>190</v>
       </c>
       <c r="C50" s="43">
         <f t="shared" si="1"/>
-        <v>20481690.094340831</v>
+        <v>20818741.389067519</v>
       </c>
       <c r="D50" s="43">
         <f t="shared" si="0"/>
-        <v>49356510.687172189</v>
+        <v>50168732.518167451</v>
       </c>
       <c r="E50" s="43">
         <f t="shared" si="0"/>
-        <v>68882133.210243911</v>
+        <v>70015673.073170736</v>
       </c>
       <c r="F50" s="43">
         <f t="shared" si="0"/>
-        <v>80182605.670728073</v>
+        <v>81502108.647845477</v>
       </c>
       <c r="G50" s="43">
         <f t="shared" si="0"/>
-        <v>101034268.63789217</v>
+        <v>102696911.26646972</v>
       </c>
       <c r="H50" s="43">
         <f t="shared" si="0"/>
-        <v>123772945.50853881</v>
+        <v>125809780.91341174</v>
       </c>
       <c r="I50" s="43">
         <f t="shared" si="0"/>
-        <v>142686009.19644314</v>
+        <v>145034082.22740525</v>
       </c>
       <c r="J50" s="43">
         <f t="shared" si="0"/>
-        <v>153627811.12391481</v>
+        <v>156155944.9061777</v>
       </c>
       <c r="K50" s="43">
         <f t="shared" si="0"/>
-        <v>146294646.94790944</v>
+        <v>148702104.53262317</v>
       </c>
       <c r="L50" s="43">
         <f t="shared" si="0"/>
-        <v>147196614.67967942</v>
+        <v>149618915.24807245</v>
       </c>
       <c r="M50" s="43">
         <f t="shared" si="0"/>
-        <v>126393299.3933696</v>
+        <v>128473255.93060303</v>
       </c>
       <c r="N50" s="43">
         <f t="shared" si="0"/>
-        <v>116453650.79878893</v>
+        <v>118370038.24516605</v>
       </c>
       <c r="O50" s="43">
         <f t="shared" si="0"/>
-        <v>116001303.41443133</v>
+        <v>117910246.9306024</v>
       </c>
       <c r="P50" s="43">
         <f t="shared" si="0"/>
-        <v>114450791.1795471</v>
+        <v>116334219.11795822</v>
       </c>
       <c r="Q50" s="43">
         <f t="shared" si="0"/>
-        <v>114742331.74375446</v>
+        <v>116630557.3392036</v>
       </c>
       <c r="R50" s="43">
-        <f t="shared" si="0"/>
-        <v>116489883.84677428</v>
+        <f t="shared" ref="D50:AI58" si="3">R13*$AI$38/R$38</f>
+        <v>118406867.55233115</v>
       </c>
       <c r="S50" s="43">
-        <f t="shared" si="0"/>
-        <v>116119488.24621528</v>
+        <f t="shared" si="3"/>
+        <v>118030376.63853607</v>
       </c>
       <c r="T50" s="43">
-        <f t="shared" si="0"/>
-        <v>109157523.7068979</v>
+        <f t="shared" si="3"/>
+        <v>110953844.4463048</v>
       </c>
       <c r="U50" s="43">
-        <f t="shared" si="0"/>
-        <v>106107860.82886291</v>
+        <f t="shared" si="3"/>
+        <v>107853995.63064517</v>
       </c>
       <c r="V50" s="43">
-        <f t="shared" si="0"/>
-        <v>102860596.35176213</v>
+        <f t="shared" si="3"/>
+        <v>104553293.43960157</v>
       </c>
       <c r="W50" s="43">
-        <f t="shared" si="0"/>
-        <v>96245052.605833903</v>
+        <f t="shared" si="3"/>
+        <v>97828882.819181263</v>
       </c>
       <c r="X50" s="43">
-        <f t="shared" si="0"/>
-        <v>94523352.064321607</v>
+        <f t="shared" si="3"/>
+        <v>96078849.586666644</v>
       </c>
       <c r="Y50" s="43">
-        <f t="shared" si="0"/>
-        <v>95405669.429529414</v>
+        <f t="shared" si="3"/>
+        <v>96975686.564705893</v>
       </c>
       <c r="Z50" s="43">
-        <f t="shared" ref="D50:AH58" si="3">Z13*$AH$38/Z$38</f>
-        <v>97488402.732885271</v>
+        <f t="shared" si="3"/>
+        <v>99092693.795322284</v>
       </c>
       <c r="AA50" s="43">
         <f t="shared" si="3"/>
-        <v>95437447.404267207</v>
+        <v>97007987.484936923</v>
       </c>
       <c r="AB50" s="43">
         <f t="shared" si="3"/>
-        <v>94202083.3347065</v>
+        <v>95752293.98664324</v>
       </c>
       <c r="AC50" s="43">
         <f t="shared" si="3"/>
-        <v>89450347.110859305</v>
+        <v>90922362.123712048</v>
       </c>
       <c r="AD50" s="43">
         <f t="shared" si="3"/>
-        <v>63385735.190174319</v>
+        <v>64428825.092162155</v>
       </c>
       <c r="AE50" s="43">
         <f t="shared" si="3"/>
-        <v>45715581.030062132</v>
+        <v>46467886.904450044</v>
       </c>
       <c r="AF50" s="43">
         <f t="shared" si="3"/>
-        <v>56479479.378496826</v>
+        <v>57408918.382911384</v>
       </c>
       <c r="AG50" s="43">
         <f t="shared" si="3"/>
-        <v>73358325.425639093</v>
+        <v>74565526.513528079</v>
       </c>
       <c r="AH50" s="43">
         <f t="shared" si="3"/>
-        <v>71755193.090000004</v>
+        <v>73206887.747890174</v>
+      </c>
+      <c r="AI50" s="43">
+        <f t="shared" si="3"/>
+        <v>74734879.170000002</v>
       </c>
       <c r="AJ50" s="43">
         <f t="shared" si="2"/>
-        <v>3145738634.0640426</v>
+        <v>3272511370.165473</v>
       </c>
     </row>
     <row r="51" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A51" s="42">
         <v>47</v>
       </c>
       <c r="B51" s="38" t="s">
         <v>180</v>
       </c>
       <c r="C51" s="43">
         <f t="shared" si="1"/>
-        <v>30444291.739517678</v>
+        <v>30945289.845659159</v>
       </c>
       <c r="D51" s="43">
         <f t="shared" si="3"/>
-        <v>78784533.050110579</v>
+        <v>80081029.030015796</v>
       </c>
       <c r="E51" s="43">
         <f t="shared" si="3"/>
-        <v>101915518.1845122</v>
+        <v>103592662.85365854</v>
       </c>
       <c r="F51" s="43">
         <f t="shared" si="3"/>
-        <v>126175546.98208024</v>
+        <v>128251920.13670133</v>
       </c>
       <c r="G51" s="43">
         <f t="shared" si="3"/>
-        <v>134732254.62199408</v>
+        <v>136949438.88035449</v>
       </c>
       <c r="H51" s="43">
         <f t="shared" si="3"/>
-        <v>156082287.28876472</v>
+        <v>158650812.48235294</v>
       </c>
       <c r="I51" s="43">
         <f t="shared" si="3"/>
-        <v>173319543.17486882</v>
+        <v>176171728.52478135</v>
       </c>
       <c r="J51" s="43">
         <f t="shared" si="3"/>
-        <v>182464396.01513028</v>
+        <v>185467071.11836386</v>
       </c>
       <c r="K51" s="43">
         <f t="shared" si="3"/>
-        <v>188815917.14404795</v>
+        <v>191923114.30625832</v>
       </c>
       <c r="L51" s="43">
         <f t="shared" si="3"/>
-        <v>198537124.25403261</v>
+        <v>201804295.78494176</v>
       </c>
       <c r="M51" s="43">
         <f t="shared" si="3"/>
-        <v>171361278.58449849</v>
+        <v>174181238.29226133</v>
       </c>
       <c r="N51" s="43">
         <f t="shared" si="3"/>
-        <v>164962962.52527723</v>
+        <v>167677630.10617465</v>
       </c>
       <c r="O51" s="43">
         <f t="shared" si="3"/>
-        <v>172640699.41255012</v>
+        <v>175481713.55696383</v>
       </c>
       <c r="P51" s="43">
         <f t="shared" si="3"/>
-        <v>170682932.58878976</v>
+        <v>173491729.28241298</v>
       </c>
       <c r="Q51" s="43">
         <f t="shared" si="3"/>
-        <v>173906137.83217633</v>
+        <v>176767976.31558588</v>
       </c>
       <c r="R51" s="43">
         <f t="shared" si="3"/>
-        <v>175636258.90257493</v>
+        <v>178526568.64710239</v>
       </c>
       <c r="S51" s="43">
         <f t="shared" si="3"/>
-        <v>181114025.57175261</v>
+        <v>184094478.67552203</v>
       </c>
       <c r="T51" s="43">
         <f t="shared" si="3"/>
-        <v>166616983.32169518</v>
+        <v>169358869.84050104</v>
       </c>
       <c r="U51" s="43">
         <f t="shared" si="3"/>
-        <v>164207658.17623061</v>
+        <v>166909896.29903221</v>
       </c>
       <c r="V51" s="43">
         <f t="shared" si="3"/>
-        <v>162652494.58023623</v>
+        <v>165329140.58143422</v>
       </c>
       <c r="W51" s="43">
         <f t="shared" si="3"/>
-        <v>147984046.3797341</v>
+        <v>150419305.1011306</v>
       </c>
       <c r="X51" s="43">
         <f t="shared" si="3"/>
-        <v>144468779.44783318</v>
+        <v>146846190.14666662</v>
       </c>
       <c r="Y51" s="43">
         <f t="shared" si="3"/>
-        <v>151760976.93281028</v>
+        <v>154258389.6721195</v>
       </c>
       <c r="Z51" s="43">
         <f t="shared" si="3"/>
-        <v>152008050.49899188</v>
+        <v>154509529.13642725</v>
       </c>
       <c r="AA51" s="43">
         <f t="shared" si="3"/>
-        <v>147912239.48801279</v>
+        <v>150346316.53906304</v>
       </c>
       <c r="AB51" s="43">
         <f t="shared" si="3"/>
-        <v>148215711.68858454</v>
+        <v>150654782.74636203</v>
       </c>
       <c r="AC51" s="43">
         <f t="shared" si="3"/>
-        <v>143747530.01533407</v>
+        <v>146113071.67143103</v>
       </c>
       <c r="AD51" s="43">
         <f t="shared" si="3"/>
-        <v>102578242.00063613</v>
+        <v>104266292.6018243</v>
       </c>
       <c r="AE51" s="43">
         <f t="shared" si="3"/>
-        <v>84959934.269159049</v>
+        <v>86358054.03922756</v>
       </c>
       <c r="AF51" s="43">
         <f t="shared" si="3"/>
-        <v>112624406.80765821</v>
+        <v>114477779.35443038</v>
       </c>
       <c r="AG51" s="43">
         <f t="shared" si="3"/>
-        <v>142969933.6484094</v>
+        <v>145322679.00395507</v>
       </c>
       <c r="AH51" s="43">
         <f t="shared" si="3"/>
-        <v>137923170.53</v>
+        <v>140713523.69101155</v>
+      </c>
+      <c r="AI51" s="43">
+        <f t="shared" si="3"/>
+        <v>141175361.56</v>
       </c>
       <c r="AJ51" s="43">
         <f t="shared" si="2"/>
-        <v>4692205865.6580038</v>
+        <v>4911117879.8237276</v>
       </c>
     </row>
     <row r="52" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A52" s="42">
         <v>48</v>
       </c>
       <c r="B52" s="38" t="s">
         <v>185</v>
       </c>
       <c r="C52" s="43">
         <f t="shared" si="1"/>
-        <v>11880738.217234725</v>
+        <v>12076250.315112539</v>
       </c>
       <c r="D52" s="43">
         <f t="shared" si="3"/>
-        <v>28043602.805497628</v>
+        <v>28505094.635071088</v>
       </c>
       <c r="E52" s="43">
         <f t="shared" si="3"/>
-        <v>29721351.22277439</v>
+        <v>30210452.457317073</v>
       </c>
       <c r="F52" s="43">
         <f t="shared" si="3"/>
-        <v>39554035.911530457</v>
+        <v>40204946.014858842</v>
       </c>
       <c r="G52" s="43">
         <f t="shared" si="3"/>
-        <v>49127750.296088621</v>
+        <v>49936207.594682418</v>
       </c>
       <c r="H52" s="43">
         <f t="shared" si="3"/>
-        <v>58158480.064182349</v>
+        <v>59115549.081176467</v>
       </c>
       <c r="I52" s="43">
         <f t="shared" si="3"/>
-        <v>70840348.541690961</v>
+        <v>72006113.236151606</v>
       </c>
       <c r="J52" s="43">
         <f t="shared" si="3"/>
-        <v>80161724.203909725</v>
+        <v>81480883.550916761</v>
       </c>
       <c r="K52" s="43">
         <f t="shared" si="3"/>
-        <v>84890310.25531292</v>
+        <v>86287284.276964054</v>
       </c>
       <c r="L52" s="43">
         <f t="shared" si="3"/>
-        <v>87571893.525652781</v>
+        <v>89012996.284191459</v>
       </c>
       <c r="M52" s="43">
         <f t="shared" si="3"/>
-        <v>76049583.212274626</v>
+        <v>77301072.243065327</v>
       </c>
       <c r="N52" s="43">
         <f t="shared" si="3"/>
-        <v>73567210.447640598</v>
+        <v>74777848.994391158</v>
       </c>
       <c r="O52" s="43">
         <f t="shared" si="3"/>
-        <v>75189734.852010116</v>
+        <v>76427074.024963856</v>
       </c>
       <c r="P52" s="43">
         <f t="shared" si="3"/>
-        <v>77308874.795443609</v>
+        <v>78581087.011508107</v>
       </c>
       <c r="Q52" s="43">
         <f t="shared" si="3"/>
-        <v>78132256.105692819</v>
+        <v>79418018.069624558</v>
       </c>
       <c r="R52" s="43">
         <f t="shared" si="3"/>
-        <v>77644748.187296078</v>
+        <v>78922487.611372545</v>
       </c>
       <c r="S52" s="43">
         <f t="shared" si="3"/>
-        <v>80980040.694571137</v>
+        <v>82312666.44163616</v>
       </c>
       <c r="T52" s="43">
         <f t="shared" si="3"/>
-        <v>72265472.116875768</v>
+        <v>73454688.965135694</v>
       </c>
       <c r="U52" s="43">
         <f t="shared" si="3"/>
-        <v>71928201.066665933</v>
+        <v>73111867.706733868</v>
       </c>
       <c r="V52" s="43">
         <f t="shared" si="3"/>
-        <v>72822466.129674494</v>
+        <v>74020848.996573702</v>
       </c>
       <c r="W52" s="43">
         <f t="shared" si="3"/>
-        <v>64800962.366450489</v>
+        <v>65867341.564873293</v>
       </c>
       <c r="X52" s="43">
         <f t="shared" si="3"/>
-        <v>61909931.18043115</v>
+        <v>62928734.919999987</v>
       </c>
       <c r="Y52" s="43">
         <f t="shared" si="3"/>
-        <v>60223281.307109617</v>
+        <v>61214329.157348275</v>
       </c>
       <c r="Z52" s="43">
         <f t="shared" si="3"/>
-        <v>59901365.92407459</v>
+        <v>60887116.262430936</v>
       </c>
       <c r="AA52" s="43">
         <f t="shared" si="3"/>
-        <v>58704954.842602693</v>
+        <v>59671016.771351352</v>
       </c>
       <c r="AB52" s="43">
         <f t="shared" si="3"/>
-        <v>57906106.115228631</v>
+        <v>58859022.00980667</v>
       </c>
       <c r="AC52" s="43">
         <f t="shared" si="3"/>
-        <v>56677603.136306159</v>
+        <v>57610302.509800524</v>
       </c>
       <c r="AD52" s="43">
         <f t="shared" si="3"/>
-        <v>40608479.445741385</v>
+        <v>41276741.708817571</v>
       </c>
       <c r="AE52" s="43">
         <f t="shared" si="3"/>
-        <v>30196954.074378841</v>
+        <v>30693881.936322417</v>
       </c>
       <c r="AF52" s="43">
         <f t="shared" si="3"/>
-        <v>38278115.3710443</v>
+        <v>38908028.639240503</v>
       </c>
       <c r="AG52" s="43">
         <f t="shared" si="3"/>
-        <v>49894983.770626061</v>
+        <v>50716066.835685387</v>
       </c>
       <c r="AH52" s="43">
         <f t="shared" si="3"/>
-        <v>46936040.490000002</v>
+        <v>47885613.563497104</v>
+      </c>
+      <c r="AI52" s="43">
+        <f t="shared" si="3"/>
+        <v>50208970.970000006</v>
       </c>
       <c r="AJ52" s="43">
         <f t="shared" si="2"/>
-        <v>1921877600.6760137</v>
+        <v>2003890604.3606212</v>
       </c>
     </row>
     <row r="53" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A53" s="42">
         <v>49</v>
       </c>
       <c r="B53" s="38" t="s">
         <v>183</v>
       </c>
       <c r="C53" s="43">
         <f t="shared" si="1"/>
-        <v>4747890.6857556263</v>
+        <v>4826023.0418006424</v>
       </c>
       <c r="D53" s="43">
         <f t="shared" si="3"/>
-        <v>20891522.247804105</v>
+        <v>21235317.832543444</v>
       </c>
       <c r="E53" s="43">
         <f t="shared" si="3"/>
-        <v>44849236.171768293</v>
+        <v>45587285.280487806</v>
       </c>
       <c r="F53" s="43">
         <f t="shared" si="3"/>
-        <v>64173982.926240712</v>
+        <v>65230044.410104007</v>
       </c>
       <c r="G53" s="43">
         <f t="shared" si="3"/>
-        <v>79304480.393930554</v>
+        <v>80609532.744165435</v>
       </c>
       <c r="H53" s="43">
         <f t="shared" si="3"/>
-        <v>97277095.324292064</v>
+        <v>98877909.064529404</v>
       </c>
       <c r="I53" s="43">
         <f t="shared" si="3"/>
-        <v>117175072.7419825</v>
+        <v>119103332.06997085</v>
       </c>
       <c r="J53" s="43">
         <f t="shared" si="3"/>
-        <v>130402951.25488122</v>
+        <v>132548891.52417487</v>
       </c>
       <c r="K53" s="43">
         <f t="shared" si="3"/>
-        <v>140652794.4917976</v>
+        <v>142967408.48468709</v>
       </c>
       <c r="L53" s="43">
         <f t="shared" si="3"/>
-        <v>153720845.56025767</v>
+        <v>156250510.33811125</v>
       </c>
       <c r="M53" s="43">
         <f t="shared" si="3"/>
-        <v>135111853.05413693</v>
+        <v>137335284.06959799</v>
       </c>
       <c r="N53" s="43">
         <f t="shared" si="3"/>
-        <v>132026752.22608534</v>
+        <v>134199414.12905289</v>
       </c>
       <c r="O53" s="43">
         <f t="shared" si="3"/>
-        <v>145532435.23547012</v>
+        <v>147927349.69296387</v>
       </c>
       <c r="P53" s="43">
         <f t="shared" si="3"/>
-        <v>152472941.92616332</v>
+        <v>154982070.92139208</v>
       </c>
       <c r="Q53" s="43">
         <f t="shared" si="3"/>
-        <v>155038047.55380931</v>
+        <v>157589388.50366324</v>
       </c>
       <c r="R53" s="43">
         <f t="shared" si="3"/>
-        <v>153756681.39232093</v>
+        <v>156286935.89267975</v>
       </c>
       <c r="S53" s="43">
         <f t="shared" si="3"/>
-        <v>156606870.46112895</v>
+        <v>159184028.31328309</v>
       </c>
       <c r="T53" s="43">
         <f t="shared" si="3"/>
-        <v>146853025.13309246</v>
+        <v>149269671.51469725</v>
       </c>
       <c r="U53" s="43">
         <f t="shared" si="3"/>
-        <v>143841591.12825319</v>
+        <v>146208680.67516127</v>
       </c>
       <c r="V53" s="43">
         <f t="shared" si="3"/>
-        <v>143886034.28096628</v>
+        <v>146253855.1943824</v>
       </c>
       <c r="W53" s="43">
         <f t="shared" si="3"/>
-        <v>133714977.2999994</v>
+        <v>135915421.01415205</v>
       </c>
       <c r="X53" s="43">
         <f t="shared" si="3"/>
-        <v>133565060.26099637</v>
+        <v>135763036.90666664</v>
       </c>
       <c r="Y53" s="43">
         <f t="shared" si="3"/>
-        <v>136117543.08364424</v>
+        <v>138357523.96022406</v>
       </c>
       <c r="Z53" s="43">
         <f t="shared" si="3"/>
-        <v>135644219.02612725</v>
+        <v>137876410.77565378</v>
       </c>
       <c r="AA53" s="43">
         <f t="shared" si="3"/>
-        <v>132364279.45051332</v>
+        <v>134542495.77733335</v>
       </c>
       <c r="AB53" s="43">
         <f t="shared" si="3"/>
-        <v>133816179.40087681</v>
+        <v>136018288.51954305</v>
       </c>
       <c r="AC53" s="43">
         <f t="shared" si="3"/>
-        <v>134571755.68281975</v>
+        <v>136786298.73457065</v>
       </c>
       <c r="AD53" s="43">
         <f t="shared" si="3"/>
-        <v>100824244.30924056</v>
+        <v>102483430.73027028</v>
       </c>
       <c r="AE53" s="43">
         <f t="shared" si="3"/>
-        <v>84211078.999024197</v>
+        <v>85596875.438488677</v>
       </c>
       <c r="AF53" s="43">
         <f t="shared" si="3"/>
-        <v>114901272.10884492</v>
+        <v>116792113.26265822</v>
       </c>
       <c r="AG53" s="43">
         <f t="shared" si="3"/>
-        <v>144669151.67291641</v>
+        <v>147049859.74211234</v>
       </c>
       <c r="AH53" s="43">
         <f t="shared" si="3"/>
-        <v>138016294.80000001</v>
+        <v>140808531.97803468</v>
+      </c>
+      <c r="AI53" s="43">
+        <f t="shared" si="3"/>
+        <v>147909963.55000001</v>
       </c>
       <c r="AJ53" s="43">
         <f t="shared" si="2"/>
-        <v>3840738160.285141</v>
+        <v>4052373184.0871563</v>
       </c>
     </row>
     <row r="54" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A54" s="42">
         <v>50</v>
       </c>
       <c r="B54" s="38" t="s">
         <v>179</v>
       </c>
       <c r="C54" s="43">
         <f t="shared" si="1"/>
-        <v>26965534.544501603</v>
+        <v>27409285.440514468</v>
       </c>
       <c r="D54" s="43">
         <f t="shared" si="3"/>
-        <v>47387335.609352283</v>
+        <v>48167152.252764612</v>
       </c>
       <c r="E54" s="43">
         <f t="shared" si="3"/>
-        <v>60327993.320701219</v>
+        <v>61320764.335365854</v>
       </c>
       <c r="F54" s="43">
         <f t="shared" si="3"/>
-        <v>80192703.253016338</v>
+        <v>81512372.398216933</v>
       </c>
       <c r="G54" s="43">
         <f t="shared" si="3"/>
-        <v>99323415.201967478</v>
+        <v>100957903.64194977</v>
       </c>
       <c r="H54" s="43">
         <f t="shared" si="3"/>
-        <v>120550831.68311764</v>
+        <v>122534643.25882351</v>
       </c>
       <c r="I54" s="43">
         <f t="shared" si="3"/>
-        <v>141923559.66008747</v>
+        <v>144259085.65014577</v>
       </c>
       <c r="J54" s="43">
         <f t="shared" si="3"/>
-        <v>156107691.68469417</v>
+        <v>158676634.93873057</v>
       </c>
       <c r="K54" s="43">
         <f t="shared" si="3"/>
-        <v>157699613.97861516</v>
+        <v>160294754.26364848</v>
       </c>
       <c r="L54" s="43">
         <f t="shared" si="3"/>
-        <v>167352955.21124476</v>
+        <v>170106953.04884863</v>
       </c>
       <c r="M54" s="43">
         <f t="shared" si="3"/>
-        <v>144409408.43420982</v>
+        <v>146785842.11030152</v>
       </c>
       <c r="N54" s="43">
         <f t="shared" si="3"/>
-        <v>136125748.38400957</v>
+        <v>138365864.28885606</v>
       </c>
       <c r="O54" s="43">
         <f t="shared" si="3"/>
-        <v>138851479.56180194</v>
+        <v>141136450.7114217</v>
       </c>
       <c r="P54" s="43">
         <f t="shared" si="3"/>
-        <v>137512679.8206501</v>
+        <v>139775619.38088164</v>
       </c>
       <c r="Q54" s="43">
         <f t="shared" si="3"/>
-        <v>138177493.91787323</v>
+        <v>140451373.80828211</v>
       </c>
       <c r="R54" s="43">
         <f t="shared" si="3"/>
-        <v>133790217.65410829</v>
+        <v>135991899.54043573</v>
       </c>
       <c r="S54" s="43">
         <f t="shared" si="3"/>
-        <v>134691105.67352593</v>
+        <v>136907612.77554357</v>
       </c>
       <c r="T54" s="43">
         <f t="shared" si="3"/>
-        <v>124424439.68009686</v>
+        <v>126471996.21945718</v>
       </c>
       <c r="U54" s="43">
         <f t="shared" si="3"/>
-        <v>120855245.81610884</v>
+        <v>122844066.89919353</v>
       </c>
       <c r="V54" s="43">
         <f t="shared" si="3"/>
-        <v>119687428.33484839</v>
+        <v>121657031.55103584</v>
       </c>
       <c r="W54" s="43">
         <f t="shared" si="3"/>
-        <v>106942488.72162476</v>
+        <v>108702358.34756336</v>
       </c>
       <c r="X54" s="43">
         <f t="shared" si="3"/>
-        <v>104710702.99482962</v>
+        <v>106433845.85333332</v>
       </c>
       <c r="Y54" s="43">
         <f t="shared" si="3"/>
-        <v>105722364.53289917</v>
+        <v>107462155.52100842</v>
       </c>
       <c r="Z54" s="43">
         <f t="shared" si="3"/>
-        <v>106773324.44182082</v>
+        <v>108530410.26235728</v>
       </c>
       <c r="AA54" s="43">
         <f t="shared" si="3"/>
-        <v>103893816.24207854</v>
+        <v>105603516.22861259</v>
       </c>
       <c r="AB54" s="43">
         <f t="shared" si="3"/>
-        <v>105321798.00220229</v>
+        <v>107054997.17746924</v>
       </c>
       <c r="AC54" s="43">
         <f t="shared" si="3"/>
-        <v>103253403.24052924</v>
+        <v>104952564.44679965</v>
       </c>
       <c r="AD54" s="43">
         <f t="shared" si="3"/>
-        <v>72836365.535842732</v>
+        <v>74034977.134493232</v>
       </c>
       <c r="AE54" s="43">
         <f t="shared" si="3"/>
-        <v>51546338.149349622</v>
+        <v>52394596.273148611</v>
       </c>
       <c r="AF54" s="43">
         <f t="shared" si="3"/>
-        <v>68732338.194351256</v>
+        <v>69863412.99683544</v>
       </c>
       <c r="AG54" s="43">
         <f t="shared" si="3"/>
-        <v>89493070.045989946</v>
+        <v>90965788.117063656</v>
       </c>
       <c r="AH54" s="43">
         <f t="shared" si="3"/>
-        <v>86299825.290000007</v>
+        <v>88045775.51263006</v>
+      </c>
+      <c r="AI54" s="43">
+        <f t="shared" si="3"/>
+        <v>89378925.429999992</v>
       </c>
       <c r="AJ54" s="43">
         <f t="shared" si="2"/>
-        <v>3491882716.8160496</v>
+        <v>3639050629.815732</v>
       </c>
     </row>
     <row r="55" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A55" s="42">
         <v>51</v>
       </c>
       <c r="B55" s="38" t="s">
         <v>176</v>
       </c>
       <c r="C55" s="43">
         <f t="shared" si="1"/>
-        <v>27625677.54594855</v>
+        <v>28080291.903536975</v>
       </c>
       <c r="D55" s="43">
         <f t="shared" si="3"/>
-        <v>81115257.598704576</v>
+        <v>82450108.505529225</v>
       </c>
       <c r="E55" s="43">
         <f t="shared" si="3"/>
-        <v>92620157.755030483</v>
+        <v>94144335.884146333</v>
       </c>
       <c r="F55" s="43">
         <f t="shared" si="3"/>
-        <v>106163775.71887071</v>
+        <v>107910830.66864784</v>
       </c>
       <c r="G55" s="43">
         <f t="shared" si="3"/>
-        <v>117015221.54129985</v>
+        <v>118940850.32200885</v>
       </c>
       <c r="H55" s="43">
         <f t="shared" si="3"/>
-        <v>134647330.80899</v>
+        <v>136863117.542</v>
       </c>
       <c r="I55" s="43">
         <f t="shared" si="3"/>
-        <v>156890040.62090379</v>
+        <v>159471858.38483965</v>
       </c>
       <c r="J55" s="43">
         <f t="shared" si="3"/>
-        <v>167311675.68476725</v>
+        <v>170064994.21720728</v>
       </c>
       <c r="K55" s="43">
         <f t="shared" si="3"/>
-        <v>171279844.76889482</v>
+        <v>174098464.38348868</v>
       </c>
       <c r="L55" s="43">
         <f t="shared" si="3"/>
-        <v>170953434.9197247</v>
+        <v>173766683.06049159</v>
       </c>
       <c r="M55" s="43">
         <f t="shared" si="3"/>
-        <v>147408101.25363493</v>
+        <v>149833882.09261307</v>
       </c>
       <c r="N55" s="43">
         <f t="shared" si="3"/>
-        <v>136536249.69391784</v>
+        <v>138783120.9005658</v>
       </c>
       <c r="O55" s="43">
         <f t="shared" si="3"/>
-        <v>140119566.25361732</v>
+        <v>142425405.32279515</v>
       </c>
       <c r="P55" s="43">
         <f t="shared" si="3"/>
-        <v>140493468.02135289</v>
+        <v>142805460.10204175</v>
       </c>
       <c r="Q55" s="43">
         <f t="shared" si="3"/>
-        <v>136532502.17588779</v>
+        <v>138779311.71253696</v>
       </c>
       <c r="R55" s="43">
         <f t="shared" si="3"/>
-        <v>132417444.61356688</v>
+        <v>134596535.83825707</v>
       </c>
       <c r="S55" s="43">
         <f t="shared" si="3"/>
-        <v>133372396.07338148</v>
+        <v>135567202.19388589</v>
       </c>
       <c r="T55" s="43">
         <f t="shared" si="3"/>
-        <v>120762933.70878705</v>
+        <v>122750235.68308976</v>
       </c>
       <c r="U55" s="43">
         <f t="shared" si="3"/>
-        <v>117681581.08742377</v>
+        <v>119618175.6305645</v>
       </c>
       <c r="V55" s="43">
         <f t="shared" si="3"/>
-        <v>118420400.93559738</v>
+        <v>120369153.66418324</v>
       </c>
       <c r="W55" s="43">
         <f t="shared" si="3"/>
-        <v>101403762.96399143</v>
+        <v>103072486.07423002</v>
       </c>
       <c r="X55" s="43">
         <f t="shared" si="3"/>
-        <v>97331929.102781862</v>
+        <v>98933645.200000003</v>
       </c>
       <c r="Y55" s="43">
         <f t="shared" si="3"/>
-        <v>95154782.729763582</v>
+        <v>96720671.217030823</v>
       </c>
       <c r="Z55" s="43">
         <f t="shared" si="3"/>
-        <v>94428697.320773676</v>
+        <v>95982637.183388576</v>
       </c>
       <c r="AA55" s="43">
         <f t="shared" si="3"/>
-        <v>93938307.91535008</v>
+        <v>95484177.8197117</v>
       </c>
       <c r="AB55" s="43">
         <f t="shared" si="3"/>
-        <v>92601481.705723017</v>
+        <v>94125352.497574687</v>
       </c>
       <c r="AC55" s="43">
         <f t="shared" si="3"/>
-        <v>89023116.706273705</v>
+        <v>90488101.119583696</v>
       </c>
       <c r="AD55" s="43">
         <f t="shared" si="3"/>
-        <v>62764233.039031401</v>
+        <v>63797095.36195945</v>
       </c>
       <c r="AE55" s="43">
         <f t="shared" si="3"/>
-        <v>47020935.103448533</v>
+        <v>47794722.177800171</v>
       </c>
       <c r="AF55" s="43">
         <f t="shared" si="3"/>
-        <v>61782636.723829105</v>
+        <v>62799345.677215181</v>
       </c>
       <c r="AG55" s="43">
         <f t="shared" si="3"/>
-        <v>81478000.438457072</v>
+        <v>82818820.722966298</v>
       </c>
       <c r="AH55" s="43">
         <f t="shared" si="3"/>
-        <v>76623268.159999996</v>
+        <v>78173449.885780334</v>
+      </c>
+      <c r="AI55" s="43">
+        <f t="shared" si="3"/>
+        <v>79237592.810000002</v>
       </c>
       <c r="AJ55" s="43">
         <f t="shared" si="2"/>
-        <v>3542918212.6897249</v>
+        <v>3680748115.7596707</v>
       </c>
     </row>
     <row r="56" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A56" s="42">
         <v>52</v>
       </c>
       <c r="B56" s="38" t="s">
         <v>173</v>
       </c>
       <c r="C56" s="43">
         <f t="shared" si="1"/>
-        <v>11580536.576527329</v>
+        <v>11771108.48874598</v>
       </c>
       <c r="D56" s="43">
         <f t="shared" si="3"/>
-        <v>35138934.909383886</v>
+        <v>35717189.118483409</v>
       </c>
       <c r="E56" s="43">
         <f t="shared" si="3"/>
-        <v>50774712.368567072</v>
+        <v>51610272.445121951</v>
       </c>
       <c r="F56" s="43">
         <f t="shared" si="3"/>
-        <v>59255746.172897473</v>
+        <v>60230872.047548287</v>
       </c>
       <c r="G56" s="43">
         <f t="shared" si="3"/>
-        <v>70086606.057397336</v>
+        <v>71239966.996159524</v>
       </c>
       <c r="H56" s="43">
         <f t="shared" si="3"/>
-        <v>75492218.829794109</v>
+        <v>76734535.747058809</v>
       </c>
       <c r="I56" s="43">
         <f t="shared" si="3"/>
-        <v>90170541.464460641</v>
+        <v>91654408.157434404</v>
       </c>
       <c r="J56" s="43">
         <f t="shared" si="3"/>
-        <v>101810766.63947107</v>
+        <v>103486187.49365301</v>
       </c>
       <c r="K56" s="43">
         <f t="shared" si="3"/>
-        <v>110015766.82300931</v>
+        <v>111826211.00399467</v>
       </c>
       <c r="L56" s="43">
         <f t="shared" si="3"/>
-        <v>119037097.1456414</v>
+        <v>120995998.36564036</v>
       </c>
       <c r="M56" s="43">
         <f t="shared" si="3"/>
-        <v>105991970.5520917</v>
+        <v>107736198.23743717</v>
       </c>
       <c r="N56" s="43">
         <f t="shared" si="3"/>
-        <v>103223000.07529472</v>
+        <v>104921660.96024601</v>
       </c>
       <c r="O56" s="43">
         <f t="shared" si="3"/>
-        <v>100874117.50799468</v>
+        <v>102534124.65359035</v>
       </c>
       <c r="P56" s="43">
         <f t="shared" si="3"/>
-        <v>99331417.848660782</v>
+        <v>100966037.98199536</v>
       </c>
       <c r="Q56" s="43">
         <f t="shared" si="3"/>
-        <v>101502378.44474243</v>
+        <v>103172724.39349259</v>
       </c>
       <c r="R56" s="43">
         <f t="shared" si="3"/>
-        <v>98734248.221711949</v>
+        <v>100359041.19747275</v>
       </c>
       <c r="S56" s="43">
         <f t="shared" si="3"/>
-        <v>100467499.208251</v>
+        <v>102120814.95173302</v>
       </c>
       <c r="T56" s="43">
         <f t="shared" si="3"/>
-        <v>94013788.186154693</v>
+        <v>95560900.210814193</v>
       </c>
       <c r="U56" s="43">
         <f t="shared" si="3"/>
-        <v>91391645.986689121</v>
+        <v>92895607.450080648</v>
       </c>
       <c r="V56" s="43">
         <f t="shared" si="3"/>
-        <v>90375158.062343001</v>
+        <v>91862391.972031847</v>
       </c>
       <c r="W56" s="43">
         <f t="shared" si="3"/>
-        <v>78952471.790974841</v>
+        <v>80251731.408537999</v>
       </c>
       <c r="X56" s="43">
         <f t="shared" si="3"/>
-        <v>73034762.968613029</v>
+        <v>74236639.439999998</v>
       </c>
       <c r="Y56" s="43">
         <f t="shared" si="3"/>
-        <v>73162352.294403732</v>
+        <v>74366328.404407099</v>
       </c>
       <c r="Z56" s="43">
         <f t="shared" si="3"/>
-        <v>71978215.21719484</v>
+        <v>73162704.901362792</v>
       </c>
       <c r="AA56" s="43">
         <f t="shared" si="3"/>
-        <v>67792613.122238189</v>
+        <v>68908223.597765759</v>
       </c>
       <c r="AB56" s="43">
         <f t="shared" si="3"/>
-        <v>71272721.395805806</v>
+        <v>72445601.31511423</v>
       </c>
       <c r="AC56" s="43">
         <f t="shared" si="3"/>
-        <v>67901151.380864337</v>
+        <v>69018547.986365989</v>
       </c>
       <c r="AD56" s="43">
         <f t="shared" si="3"/>
-        <v>47965686.100901172</v>
+        <v>48755020.209966205</v>
       </c>
       <c r="AE56" s="43">
         <f t="shared" si="3"/>
-        <v>35549660.322053239</v>
+        <v>36134673.520839632</v>
       </c>
       <c r="AF56" s="43">
         <f t="shared" si="3"/>
-        <v>48542790.640965186</v>
+        <v>49341621.712025315</v>
       </c>
       <c r="AG56" s="43">
         <f t="shared" si="3"/>
-        <v>62806141.895364784</v>
+        <v>63839693.879850179</v>
       </c>
       <c r="AH56" s="43">
         <f t="shared" si="3"/>
-        <v>58047020.799999997</v>
+        <v>59221382.492485538</v>
+      </c>
+      <c r="AI56" s="43">
+        <f t="shared" si="3"/>
+        <v>59126804.770000011</v>
       </c>
       <c r="AJ56" s="43">
         <f t="shared" si="2"/>
-        <v>2466273739.0104623</v>
+        <v>2566205225.5114551</v>
       </c>
     </row>
     <row r="57" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A57" s="42">
         <v>53</v>
       </c>
       <c r="B57" s="38" t="s">
         <v>188</v>
       </c>
       <c r="C57" s="43">
         <f t="shared" si="1"/>
-        <v>28794361.921286173</v>
+        <v>29268208.41157556</v>
       </c>
       <c r="D57" s="43">
         <f t="shared" si="3"/>
-        <v>54650909.465150073</v>
+        <v>55550257.112164296</v>
       </c>
       <c r="E57" s="43">
         <f t="shared" si="3"/>
-        <v>70163816.031432927</v>
+        <v>71318447.554878041</v>
       </c>
       <c r="F57" s="43">
         <f t="shared" si="3"/>
-        <v>79806301.474205047</v>
+        <v>81119611.904903412</v>
       </c>
       <c r="G57" s="43">
         <f t="shared" si="3"/>
-        <v>90172514.505806789</v>
+        <v>91656413.667592302</v>
       </c>
       <c r="H57" s="43">
         <f t="shared" si="3"/>
-        <v>98947528.45230794</v>
+        <v>100575831.21547058</v>
       </c>
       <c r="I57" s="43">
         <f t="shared" si="3"/>
-        <v>107838685.07682216</v>
+        <v>109613302.71137026</v>
       </c>
       <c r="J57" s="43">
         <f t="shared" si="3"/>
-        <v>110170687.02336501</v>
+        <v>111983680.60598023</v>
       </c>
       <c r="K57" s="43">
         <f t="shared" si="3"/>
-        <v>111804322.49227697</v>
+        <v>113644199.5472703</v>
       </c>
       <c r="L57" s="43">
         <f t="shared" si="3"/>
-        <v>114105387.26931642</v>
+        <v>115983131.16336352</v>
       </c>
       <c r="M57" s="43">
         <f t="shared" si="3"/>
-        <v>101599185.25660001</v>
+        <v>103271124.28</v>
       </c>
       <c r="N57" s="43">
         <f t="shared" si="3"/>
-        <v>96633747.436073825</v>
+        <v>98223974.098893002</v>
       </c>
       <c r="O57" s="43">
         <f t="shared" si="3"/>
-        <v>97608517.237701908</v>
+        <v>99214784.931421667</v>
       </c>
       <c r="P57" s="43">
         <f t="shared" si="3"/>
-        <v>93477952.186328068</v>
+        <v>95016246.37336427</v>
       </c>
       <c r="Q57" s="43">
         <f t="shared" si="3"/>
-        <v>93981989.425127387</v>
+        <v>95528578.162229776</v>
       </c>
       <c r="R57" s="43">
         <f t="shared" si="3"/>
-        <v>87919012.225540727</v>
+        <v>89365827.247407392</v>
       </c>
       <c r="S57" s="43">
         <f t="shared" si="3"/>
-        <v>87916181.258129373</v>
+        <v>89362949.692960158</v>
       </c>
       <c r="T57" s="43">
         <f t="shared" si="3"/>
-        <v>81462118.520913571</v>
+        <v>82802677.449018791</v>
       </c>
       <c r="U57" s="43">
         <f t="shared" si="3"/>
-        <v>79302014.311843514</v>
+        <v>80607026.079677388</v>
       </c>
       <c r="V57" s="43">
         <f t="shared" si="3"/>
-        <v>77619467.802116916</v>
+        <v>78896791.206494004</v>
       </c>
       <c r="W57" s="43">
         <f t="shared" si="3"/>
-        <v>71473007.703157902</v>
+        <v>72649183.57894738</v>
       </c>
       <c r="X57" s="43">
         <f t="shared" si="3"/>
-        <v>69399106.980537668</v>
+        <v>70541154.280000001</v>
       </c>
       <c r="Y57" s="43">
         <f t="shared" si="3"/>
-        <v>68735861.355053782</v>
+        <v>69866994.135462195</v>
       </c>
       <c r="Z57" s="43">
         <f t="shared" si="3"/>
-        <v>68734321.199797049</v>
+        <v>69865428.635064453</v>
       </c>
       <c r="AA57" s="43">
         <f t="shared" si="3"/>
-        <v>67665523.169048831</v>
+        <v>68779042.223747745</v>
       </c>
       <c r="AB57" s="43">
         <f t="shared" si="3"/>
-        <v>67046100.936437778</v>
+        <v>68149426.639683649</v>
       </c>
       <c r="AC57" s="43">
         <f t="shared" si="3"/>
-        <v>68984625.83453165</v>
+        <v>70119852.339115351</v>
       </c>
       <c r="AD57" s="43">
         <f t="shared" si="3"/>
-        <v>49562271.727167383</v>
+        <v>50377879.6080743</v>
       </c>
       <c r="AE57" s="43">
         <f t="shared" si="3"/>
-        <v>41643969.57264366</v>
+        <v>42329272.093937866</v>
       </c>
       <c r="AF57" s="43">
         <f t="shared" si="3"/>
-        <v>55097512.572151884</v>
+        <v>56004209.620253153</v>
       </c>
       <c r="AG57" s="43">
         <f t="shared" si="3"/>
-        <v>68800926.909045383</v>
+        <v>69933130.422831461</v>
       </c>
       <c r="AH57" s="43">
         <f t="shared" si="3"/>
-        <v>66253194.45000001</v>
+        <v>67593576.996676296</v>
+      </c>
+      <c r="AI57" s="43">
+        <f t="shared" si="3"/>
+        <v>68432993.539999977</v>
       </c>
       <c r="AJ57" s="43">
         <f t="shared" si="2"/>
-        <v>2527371121.7819176</v>
+        <v>2637645207.5298285</v>
       </c>
     </row>
     <row r="58" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A58" s="42">
         <v>54</v>
       </c>
       <c r="B58" s="38" t="s">
         <v>175</v>
       </c>
       <c r="C58" s="43">
         <f t="shared" si="1"/>
-        <v>19837189.434630223</v>
+        <v>20163634.681672022</v>
       </c>
       <c r="D58" s="43">
         <f t="shared" si="3"/>
-        <v>39982449.127930492</v>
+        <v>40640409.295418635</v>
       </c>
       <c r="E58" s="43">
         <f t="shared" si="3"/>
-        <v>49486850.415487804</v>
+        <v>50301217.146341465</v>
       </c>
       <c r="F58" s="43">
         <f t="shared" si="3"/>
-        <v>56531531.171441309</v>
+        <v>57461826.751857355</v>
       </c>
       <c r="G58" s="43">
         <f t="shared" si="3"/>
-        <v>61500719.117149174</v>
+        <v>62512788.77104874</v>
       </c>
       <c r="H58" s="43">
         <f t="shared" si="3"/>
-        <v>74101129.539517641</v>
+        <v>75320554.378823519</v>
       </c>
       <c r="I58" s="43">
         <f t="shared" si="3"/>
-        <v>91497763.485189512</v>
+        <v>93003471.24198252</v>
       </c>
       <c r="J58" s="43">
         <f t="shared" si="3"/>
-        <v>103402470.46607558</v>
+        <v>105104084.75610718</v>
       </c>
       <c r="K58" s="43">
         <f t="shared" si="3"/>
-        <v>113622292.41491345</v>
+        <v>115492086.39147803</v>
       </c>
       <c r="L58" s="43">
         <f t="shared" si="3"/>
-        <v>121773614.87093064</v>
+        <v>123777548.84155236</v>
       </c>
       <c r="M58" s="43">
         <f t="shared" si="3"/>
-        <v>105825008.76840125</v>
+        <v>107566488.89311558</v>
       </c>
       <c r="N58" s="43">
         <f t="shared" si="3"/>
-        <v>102118204.18417688</v>
+        <v>103798684.2996802</v>
       </c>
       <c r="O58" s="43">
         <f t="shared" si="3"/>
-        <v>103099918.78917059</v>
+        <v>104796554.22081926</v>
       </c>
       <c r="P58" s="43">
         <f t="shared" si="3"/>
-        <v>96238607.706250116</v>
+        <v>97822331.860881671</v>
       </c>
       <c r="Q58" s="43">
-        <f t="shared" si="3"/>
-        <v>99382289.080652073</v>
+        <f t="shared" ref="D58:AI66" si="4">Q21*$AI$38/Q$38</f>
+        <v>101017746.36241181</v>
       </c>
       <c r="R58" s="43">
-        <f t="shared" si="3"/>
-        <v>101668396.02472547</v>
+        <f t="shared" si="4"/>
+        <v>103341473.99607842</v>
       </c>
       <c r="S58" s="43">
-        <f t="shared" si="3"/>
-        <v>102390904.47091518</v>
+        <f t="shared" si="4"/>
+        <v>104075872.20361678</v>
       </c>
       <c r="T58" s="43">
-        <f t="shared" si="3"/>
-        <v>97574562.816426292</v>
+        <f t="shared" si="4"/>
+        <v>99180271.748559475</v>
       </c>
       <c r="U58" s="43">
-        <f t="shared" si="3"/>
-        <v>96181729.297113478</v>
+        <f t="shared" si="4"/>
+        <v>97764517.447862878</v>
       </c>
       <c r="V58" s="43">
-        <f t="shared" si="3"/>
-        <v>92401197.306456566</v>
+        <f t="shared" si="4"/>
+        <v>93921772.173227087</v>
       </c>
       <c r="W58" s="43">
-        <f t="shared" si="3"/>
-        <v>84506184.717404276</v>
+        <f t="shared" si="4"/>
+        <v>85896837.482884988</v>
       </c>
       <c r="X58" s="43">
-        <f t="shared" si="3"/>
-        <v>81715100.988886312</v>
+        <f t="shared" si="4"/>
+        <v>83059823.053333327</v>
       </c>
       <c r="Y58" s="43">
-        <f t="shared" si="3"/>
-        <v>80020646.386377215</v>
+        <f t="shared" si="4"/>
+        <v>81337484.125116706</v>
       </c>
       <c r="Z58" s="43">
-        <f t="shared" si="3"/>
-        <v>83379205.497008458</v>
+        <f t="shared" si="4"/>
+        <v>84751312.439189687</v>
       </c>
       <c r="AA58" s="43">
-        <f t="shared" si="3"/>
-        <v>81489828.120036379</v>
+        <f t="shared" si="4"/>
+        <v>82830843.043531522</v>
       </c>
       <c r="AB58" s="43">
-        <f t="shared" si="3"/>
-        <v>79742938.948095769</v>
+        <f t="shared" si="4"/>
+        <v>81055206.670826003</v>
       </c>
       <c r="AC58" s="43">
-        <f t="shared" si="3"/>
-        <v>75735826.837173462</v>
+        <f t="shared" si="4"/>
+        <v>76982152.622549877</v>
       </c>
       <c r="AD58" s="43">
-        <f t="shared" si="3"/>
-        <v>53068836.741597466</v>
+        <f t="shared" si="4"/>
+        <v>53942149.444358103</v>
       </c>
       <c r="AE58" s="43">
-        <f t="shared" si="3"/>
-        <v>39373172.740118049</v>
+        <f t="shared" si="4"/>
+        <v>40021106.518455081</v>
       </c>
       <c r="AF58" s="43">
-        <f t="shared" si="3"/>
-        <v>50469112.397768982</v>
+        <f t="shared" si="4"/>
+        <v>51299643.452531643</v>
       </c>
       <c r="AG58" s="43">
-        <f t="shared" ref="D58:AH67" si="4">AG21*$AH$38/AG$38</f>
-        <v>64809643.211903363</v>
+        <f t="shared" si="4"/>
+        <v>65876165.264269657</v>
       </c>
       <c r="AH58" s="43">
         <f t="shared" si="4"/>
-        <v>63968642.400000006</v>
+        <v>65262805.685549125</v>
+      </c>
+      <c r="AI58" s="43">
+        <f t="shared" si="4"/>
+        <v>64200755.529999994</v>
       </c>
       <c r="AJ58" s="43">
         <f t="shared" si="2"/>
-        <v>2566895967.4739242</v>
+        <v>2673579620.7951312</v>
       </c>
     </row>
     <row r="59" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A59" s="42">
         <v>55</v>
       </c>
       <c r="B59" s="44" t="s">
         <v>168</v>
       </c>
       <c r="C59" s="43">
         <f t="shared" si="1"/>
-        <v>39130639.993118964</v>
+        <v>39774582.598070733</v>
       </c>
       <c r="D59" s="43">
         <f t="shared" si="4"/>
-        <v>97568473.157440752</v>
+        <v>99174081.876777247</v>
       </c>
       <c r="E59" s="43">
         <f t="shared" si="4"/>
-        <v>108801533.86911584</v>
+        <v>110591996.3597561</v>
       </c>
       <c r="F59" s="43">
         <f t="shared" si="4"/>
-        <v>125648123.75610697</v>
+        <v>127715817.51560178</v>
       </c>
       <c r="G59" s="43">
         <f t="shared" si="4"/>
-        <v>127242338.73364903</v>
+        <v>129336267.2530576</v>
       </c>
       <c r="H59" s="43">
         <f t="shared" si="4"/>
-        <v>124893268.0834347</v>
+        <v>126948539.76835293</v>
       </c>
       <c r="I59" s="43">
         <f t="shared" si="4"/>
-        <v>134390686.78696793</v>
+        <v>136602250.12827989</v>
       </c>
       <c r="J59" s="43">
         <f t="shared" si="4"/>
-        <v>140146429.99980196</v>
+        <v>142452711.14482367</v>
       </c>
       <c r="K59" s="43">
         <f t="shared" si="4"/>
-        <v>138835076.13113183</v>
+        <v>141119777.34221038</v>
       </c>
       <c r="L59" s="43">
         <f t="shared" si="4"/>
-        <v>143398164.73014385</v>
+        <v>145757957.15260023</v>
       </c>
       <c r="M59" s="43">
         <f t="shared" si="4"/>
-        <v>121272646.62149598</v>
+        <v>123268336.54603015</v>
       </c>
       <c r="N59" s="43">
         <f t="shared" si="4"/>
-        <v>112925623.40617885</v>
+        <v>114783952.84098402</v>
       </c>
       <c r="O59" s="43">
         <f t="shared" si="4"/>
-        <v>113911953.77381732</v>
+        <v>115786514.48279513</v>
       </c>
       <c r="P59" s="43">
         <f t="shared" si="4"/>
-        <v>114088655.61221927</v>
+        <v>115966124.16635732</v>
       </c>
       <c r="Q59" s="43">
         <f t="shared" si="4"/>
-        <v>114007114.14824137</v>
+        <v>115883240.83772466</v>
       </c>
       <c r="R59" s="43">
         <f t="shared" si="4"/>
-        <v>108748921.97334529</v>
+        <v>110538518.67080608</v>
       </c>
       <c r="S59" s="43">
         <f t="shared" si="4"/>
-        <v>103500808.60967426</v>
+        <v>105204041.17429492</v>
       </c>
       <c r="T59" s="43">
         <f t="shared" si="4"/>
-        <v>95086462.866601035</v>
+        <v>96651227.066847593</v>
       </c>
       <c r="U59" s="43">
         <f t="shared" si="4"/>
-        <v>93113948.642164096</v>
+        <v>94646252.705080643</v>
       </c>
       <c r="V59" s="43">
         <f t="shared" si="4"/>
-        <v>97279318.334969118</v>
+        <v>98880168.657569721</v>
       </c>
       <c r="W59" s="43">
         <f t="shared" si="4"/>
-        <v>95777524.527493358</v>
+        <v>97353660.993723199</v>
       </c>
       <c r="X59" s="43">
         <f t="shared" si="4"/>
-        <v>95373227.549032465</v>
+        <v>96942710.813333333</v>
       </c>
       <c r="Y59" s="43">
         <f t="shared" si="4"/>
-        <v>98404647.860229135</v>
+        <v>100024016.85837536</v>
       </c>
       <c r="Z59" s="43">
         <f t="shared" si="4"/>
-        <v>102036621.46449192</v>
+        <v>103715759.03642727</v>
       </c>
       <c r="AA59" s="43">
-        <f>AA22*$AH$38/AA$38</f>
-        <v>100555240.21412396</v>
+        <f t="shared" si="4"/>
+        <v>102209999.84331532</v>
       </c>
       <c r="AB59" s="43">
         <f t="shared" si="4"/>
-        <v>102528664.17720208</v>
+        <v>104215898.91458698</v>
       </c>
       <c r="AC59" s="43">
         <f t="shared" si="4"/>
-        <v>101813156.81607337</v>
+        <v>103488617.00353859</v>
       </c>
       <c r="AD59" s="43">
         <f t="shared" si="4"/>
-        <v>71041989.322544754</v>
+        <v>72211072.263006747</v>
       </c>
       <c r="AE59" s="43">
         <f t="shared" si="4"/>
-        <v>48407038.858634263</v>
+        <v>49203635.967858948</v>
       </c>
       <c r="AF59" s="43">
         <f t="shared" si="4"/>
-        <v>67162797.923892394</v>
+        <v>68268044.018987343</v>
       </c>
       <c r="AG59" s="43">
         <f t="shared" si="4"/>
-        <v>89826243.027665749</v>
+        <v>91304443.868194759</v>
       </c>
       <c r="AH59" s="43">
         <f t="shared" si="4"/>
-        <v>95137726.950000003</v>
+        <v>97062478.651300579</v>
+      </c>
+      <c r="AI59" s="43">
+        <f t="shared" si="4"/>
+        <v>98810093.689999983</v>
       </c>
       <c r="AJ59" s="43">
         <f t="shared" si="2"/>
-        <v>3322055067.9210014</v>
+        <v>3475892790.2106695</v>
       </c>
     </row>
     <row r="60" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A60" s="42">
         <v>56</v>
       </c>
       <c r="B60" s="38" t="s">
         <v>195</v>
       </c>
       <c r="C60" s="43">
         <f t="shared" si="1"/>
-        <v>777398.0308360128</v>
+        <v>790191.06752411567</v>
       </c>
       <c r="D60" s="43">
         <f t="shared" si="4"/>
-        <v>7102642.0965244863</v>
+        <v>7219524.770932069</v>
       </c>
       <c r="E60" s="43">
         <f t="shared" si="4"/>
-        <v>14433742.702469513</v>
+        <v>14671267.615853658</v>
       </c>
       <c r="F60" s="43">
         <f t="shared" si="4"/>
-        <v>22275902.271025259</v>
+        <v>22642479.524517085</v>
       </c>
       <c r="G60" s="43">
         <f t="shared" si="4"/>
-        <v>27955277.428076804</v>
+        <v>28415315.755391426</v>
       </c>
       <c r="H60" s="43">
         <f t="shared" si="4"/>
-        <v>32015900.786338232</v>
+        <v>32542761.644117642</v>
       </c>
       <c r="I60" s="43">
         <f t="shared" si="4"/>
-        <v>39456030.967930026</v>
+        <v>40105328.279883385</v>
       </c>
       <c r="J60" s="43">
         <f t="shared" si="4"/>
-        <v>43181786.893226512</v>
+        <v>43892396.081918187</v>
       </c>
       <c r="K60" s="43">
         <f t="shared" si="4"/>
-        <v>44135389.835366175</v>
+        <v>44861691.72836218</v>
       </c>
       <c r="L60" s="43">
         <f t="shared" si="4"/>
-        <v>48183961.379094951</v>
+        <v>48976887.475187577</v>
       </c>
       <c r="M60" s="43">
         <f t="shared" si="4"/>
-        <v>42489773.8144897</v>
+        <v>43188995.080452263</v>
       </c>
       <c r="N60" s="43">
         <f t="shared" si="4"/>
-        <v>42684419.156222135</v>
+        <v>43386843.549667887</v>
       </c>
       <c r="O60" s="43">
         <f t="shared" si="4"/>
-        <v>46961724.16831927</v>
+        <v>47734536.854216866</v>
       </c>
       <c r="P60" s="43">
         <f t="shared" si="4"/>
-        <v>51071112.27282273</v>
+        <v>51911549.972807415</v>
       </c>
       <c r="Q60" s="43">
         <f t="shared" si="4"/>
-        <v>56990398.60745801</v>
+        <v>57928245.413515352</v>
       </c>
       <c r="R60" s="43">
         <f t="shared" si="4"/>
-        <v>58165084.622873411</v>
+        <v>59122262.325969495</v>
       </c>
       <c r="S60" s="43">
         <f t="shared" si="4"/>
-        <v>63669063.824791379</v>
+        <v>64716816.246458545</v>
       </c>
       <c r="T60" s="43">
         <f t="shared" si="4"/>
-        <v>64756675.517625242</v>
+        <v>65822325.921711884</v>
       </c>
       <c r="U60" s="43">
         <f t="shared" si="4"/>
-        <v>69102508.276112884</v>
+        <v>70239674.680645153</v>
       </c>
       <c r="V60" s="43">
         <f t="shared" si="4"/>
-        <v>78204514.559339032</v>
+        <v>79491465.624621511</v>
       </c>
       <c r="W60" s="43">
         <f t="shared" si="4"/>
-        <v>72524827.562200204</v>
+        <v>73718312.421949327</v>
       </c>
       <c r="X60" s="43">
         <f t="shared" si="4"/>
-        <v>71111179.949696094</v>
+        <v>72281401.506666645</v>
       </c>
       <c r="Y60" s="43">
         <f t="shared" si="4"/>
-        <v>74384859.931822225</v>
+        <v>75608953.902222216</v>
       </c>
       <c r="Z60" s="43">
         <f t="shared" si="4"/>
-        <v>76792884.623583227</v>
+        <v>78056605.589429095</v>
       </c>
       <c r="AA60" s="43">
         <f t="shared" si="4"/>
-        <v>76536998.138075501</v>
+        <v>77796508.178414419</v>
       </c>
       <c r="AB60" s="43">
         <f t="shared" si="4"/>
-        <v>80629906.449400514</v>
+        <v>81956770.308646739</v>
       </c>
       <c r="AC60" s="43">
         <f t="shared" si="4"/>
-        <v>81663811.512103021</v>
+        <v>83007689.545394599</v>
       </c>
       <c r="AD60" s="43">
         <f t="shared" si="4"/>
-        <v>60531288.350659281</v>
+        <v>61527404.834020264</v>
       </c>
       <c r="AE60" s="43">
         <f t="shared" si="4"/>
-        <v>49099555.50909958</v>
+        <v>49907548.827942908</v>
       </c>
       <c r="AF60" s="43">
         <f t="shared" si="4"/>
-        <v>67174097.874430373</v>
+        <v>68279529.924050629</v>
       </c>
       <c r="AG60" s="43">
         <f t="shared" si="4"/>
-        <v>90260487.931527182</v>
+        <v>91745834.803775266</v>
       </c>
       <c r="AH60" s="43">
         <f t="shared" si="4"/>
-        <v>90271752.75</v>
+        <v>92098059.886560678</v>
+      </c>
+      <c r="AI60" s="43">
+        <f t="shared" si="4"/>
+        <v>95699646.060000002</v>
       </c>
       <c r="AJ60" s="43">
         <f t="shared" si="2"/>
-        <v>1744594957.793539</v>
+        <v>1869344825.4028263</v>
       </c>
     </row>
     <row r="61" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A61" s="42">
         <v>57</v>
       </c>
       <c r="B61" s="38" t="s">
         <v>177</v>
       </c>
       <c r="C61" s="43">
         <f t="shared" si="1"/>
-        <v>35471513.465819933</v>
+        <v>36055240.662379414</v>
       </c>
       <c r="D61" s="43">
         <f t="shared" si="4"/>
-        <v>70679258.859146908</v>
+        <v>71842372.625592411</v>
       </c>
       <c r="E61" s="43">
         <f t="shared" si="4"/>
-        <v>84987502.613932922</v>
+        <v>86386076.054878056</v>
       </c>
       <c r="F61" s="43">
         <f t="shared" si="4"/>
-        <v>111623372.5084101</v>
+        <v>113460271.80980682</v>
       </c>
       <c r="G61" s="43">
         <f t="shared" si="4"/>
-        <v>130947746.97970219</v>
+        <v>133102652.52986704</v>
       </c>
       <c r="H61" s="43">
         <f t="shared" si="4"/>
-        <v>149607822.63611293</v>
+        <v>152069802.58447057</v>
       </c>
       <c r="I61" s="43">
         <f t="shared" si="4"/>
-        <v>197158258.81714284</v>
+        <v>200402739.42857143</v>
       </c>
       <c r="J61" s="43">
         <f t="shared" si="4"/>
-        <v>224977806.68110323</v>
+        <v>228680092.0236389</v>
       </c>
       <c r="K61" s="43">
         <f t="shared" si="4"/>
-        <v>228869025.90873501</v>
+        <v>232635346.02929428</v>
       </c>
       <c r="L61" s="43">
         <f t="shared" si="4"/>
-        <v>242991570.68683156</v>
+        <v>246990294.57780075</v>
       </c>
       <c r="M61" s="43">
         <f t="shared" si="4"/>
-        <v>211356862.43618038</v>
+        <v>214834998.45939699</v>
       </c>
       <c r="N61" s="43">
         <f t="shared" si="4"/>
-        <v>198445558.71563539</v>
+        <v>201711223.42346862</v>
       </c>
       <c r="O61" s="43">
         <f t="shared" si="4"/>
-        <v>199839339.18026456</v>
+        <v>203127940.25262651</v>
       </c>
       <c r="P61" s="43">
         <f t="shared" si="4"/>
-        <v>203323059.3328324</v>
+        <v>206668989.28686765</v>
       </c>
       <c r="Q61" s="43">
         <f t="shared" si="4"/>
-        <v>203363744.73813379</v>
+        <v>206710344.22034132</v>
       </c>
       <c r="R61" s="43">
         <f t="shared" si="4"/>
-        <v>190234542.43322769</v>
+        <v>193365084.8119826</v>
       </c>
       <c r="S61" s="43">
         <f t="shared" si="4"/>
-        <v>185328571.36121652</v>
+        <v>188378379.97756723</v>
       </c>
       <c r="T61" s="43">
         <f t="shared" si="4"/>
-        <v>175744098.52709642</v>
+        <v>178636182.90471813</v>
       </c>
       <c r="U61" s="43">
         <f t="shared" si="4"/>
-        <v>170916457.92353204</v>
+        <v>173729097.56254029</v>
       </c>
       <c r="V61" s="43">
         <f t="shared" si="4"/>
-        <v>169287499.2649512</v>
+        <v>172073332.39422309</v>
       </c>
       <c r="W61" s="43">
         <f t="shared" si="4"/>
-        <v>152539196.02836159</v>
+        <v>155049415.3159844</v>
       </c>
       <c r="X61" s="43">
         <f t="shared" si="4"/>
-        <v>143246079.10608232</v>
+        <v>145603368.77333331</v>
       </c>
       <c r="Y61" s="43">
         <f t="shared" si="4"/>
-        <v>148325766.27126777</v>
+        <v>150766648.41198879</v>
       </c>
       <c r="Z61" s="43">
         <f t="shared" si="4"/>
-        <v>142484222.76602486</v>
+        <v>144828975.15414366</v>
       </c>
       <c r="AA61" s="43">
         <f t="shared" si="4"/>
-        <v>136662325.57846305</v>
+        <v>138911271.51819819</v>
       </c>
       <c r="AB61" s="43">
         <f t="shared" si="4"/>
-        <v>136646314.8496325</v>
+        <v>138894997.31321618</v>
       </c>
       <c r="AC61" s="43">
         <f t="shared" si="4"/>
-        <v>132781416.70160589</v>
+        <v>134966497.53276667</v>
       </c>
       <c r="AD61" s="43">
         <f t="shared" si="4"/>
-        <v>94496275.226865843</v>
+        <v>96051327.166689157</v>
       </c>
       <c r="AE61" s="43">
         <f t="shared" si="4"/>
-        <v>72679497.392998829</v>
+        <v>73875527.534240127</v>
       </c>
       <c r="AF61" s="43">
         <f t="shared" si="4"/>
-        <v>93339923.528386056</v>
+        <v>94875946.284810126</v>
       </c>
       <c r="AG61" s="43">
         <f t="shared" si="4"/>
-        <v>127468758.49845152</v>
+        <v>129566413.03238949</v>
       </c>
       <c r="AH61" s="43">
         <f t="shared" si="4"/>
-        <v>121417688.02</v>
+        <v>123874115.23427744</v>
+      </c>
+      <c r="AI61" s="43">
+        <f t="shared" si="4"/>
+        <v>126045998.69000001</v>
       </c>
       <c r="AJ61" s="43">
         <f t="shared" si="2"/>
-        <v>4887241077.0381479</v>
+        <v>5094170963.5820684</v>
       </c>
     </row>
     <row r="62" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A62" s="42">
         <v>58</v>
       </c>
       <c r="B62" s="38" t="s">
         <v>192</v>
       </c>
       <c r="C62" s="43">
         <f t="shared" si="1"/>
-        <v>44200268.456270084</v>
+        <v>44927638.006430864</v>
       </c>
       <c r="D62" s="43">
         <f t="shared" si="4"/>
-        <v>75662246.683854654</v>
+        <v>76907361.617693514</v>
       </c>
       <c r="E62" s="43">
         <f t="shared" si="4"/>
-        <v>75663855.39768292</v>
+        <v>76908996.804878056</v>
       </c>
       <c r="F62" s="43">
         <f t="shared" si="4"/>
-        <v>88861933.813818708</v>
+        <v>90324265.765230298</v>
       </c>
       <c r="G62" s="43">
         <f t="shared" si="4"/>
-        <v>102128173.95448714</v>
+        <v>103808818.13477105</v>
       </c>
       <c r="H62" s="43">
         <f t="shared" si="4"/>
-        <v>117893506.61562675</v>
+        <v>119833588.65288234</v>
       </c>
       <c r="I62" s="43">
         <f t="shared" si="4"/>
-        <v>136621009.78154519</v>
+        <v>138869275.81924197</v>
       </c>
       <c r="J62" s="43">
         <f t="shared" si="4"/>
-        <v>143259413.17284089</v>
+        <v>145616922.26849079</v>
       </c>
       <c r="K62" s="43">
         <f t="shared" si="4"/>
-        <v>144946485.65304926</v>
+        <v>147331757.59254327</v>
       </c>
       <c r="L62" s="43">
         <f t="shared" si="4"/>
-        <v>149034659.92510712</v>
+        <v>151487207.77909443</v>
       </c>
       <c r="M62" s="43">
         <f t="shared" si="4"/>
-        <v>129492038.63404296</v>
+        <v>131622988.72055276</v>
       </c>
       <c r="N62" s="43">
         <f t="shared" si="4"/>
-        <v>124400642.24441181</v>
+        <v>126447807.16782288</v>
       </c>
       <c r="O62" s="43">
         <f t="shared" si="4"/>
-        <v>123157910.85017829</v>
+        <v>125184625.106506</v>
       </c>
       <c r="P62" s="43">
         <f t="shared" si="4"/>
-        <v>122076510.1797768</v>
+        <v>124085428.66366592</v>
       </c>
       <c r="Q62" s="43">
         <f t="shared" si="4"/>
-        <v>121460572.83809601</v>
+        <v>123459355.3186803</v>
       </c>
       <c r="R62" s="43">
         <f t="shared" si="4"/>
-        <v>115327840.98360284</v>
+        <v>117225701.85067539</v>
       </c>
       <c r="S62" s="43">
         <f t="shared" si="4"/>
-        <v>118328362.99007791</v>
+        <v>120275601.12155004</v>
       </c>
       <c r="T62" s="43">
         <f t="shared" si="4"/>
-        <v>109439020.64604425</v>
+        <v>111239973.76233821</v>
       </c>
       <c r="U62" s="43">
         <f t="shared" si="4"/>
-        <v>107962329.30268167</v>
+        <v>109738981.65439519</v>
       </c>
       <c r="V62" s="43">
         <f t="shared" si="4"/>
-        <v>107798004.50570515</v>
+        <v>109571952.69163343</v>
       </c>
       <c r="W62" s="43">
         <f t="shared" si="4"/>
-        <v>96805607.856197268</v>
+        <v>98398662.69270955</v>
       </c>
       <c r="X62" s="43">
         <f t="shared" si="4"/>
-        <v>94608300.65128535</v>
+        <v>96165196.106666654</v>
       </c>
       <c r="Y62" s="43">
         <f t="shared" si="4"/>
-        <v>96950619.301989391</v>
+        <v>98546060.479439795</v>
       </c>
       <c r="Z62" s="43">
         <f t="shared" si="4"/>
-        <v>96448114.928399086</v>
+        <v>98035286.780957654</v>
       </c>
       <c r="AA62" s="43">
         <f t="shared" si="4"/>
-        <v>94710668.153458908</v>
+        <v>96269248.191459462</v>
       </c>
       <c r="AB62" s="43">
         <f t="shared" si="4"/>
-        <v>95932660.055306494</v>
+        <v>97511349.466643229</v>
       </c>
       <c r="AC62" s="43">
         <f t="shared" si="4"/>
-        <v>93554011.054673374</v>
+        <v>95093556.883538589</v>
       </c>
       <c r="AD62" s="43">
         <f t="shared" si="4"/>
-        <v>67459845.776429206</v>
+        <v>68569980.157736465</v>
       </c>
       <c r="AE62" s="43">
         <f t="shared" si="4"/>
-        <v>50937495.13959714</v>
+        <v>51775734.006011754</v>
       </c>
       <c r="AF62" s="43">
         <f t="shared" si="4"/>
-        <v>68649831.630775303</v>
+        <v>69779548.686708853</v>
       </c>
       <c r="AG62" s="43">
         <f t="shared" si="4"/>
-        <v>88652756.451039538</v>
+        <v>90111646.132764041</v>
       </c>
       <c r="AH62" s="43">
         <f t="shared" si="4"/>
-        <v>85434267.049999997</v>
+        <v>87162705.978757218</v>
+      </c>
+      <c r="AI62" s="43">
+        <f t="shared" si="4"/>
+        <v>86596862.290000007</v>
       </c>
       <c r="AJ62" s="43">
         <f t="shared" si="2"/>
-        <v>3287858964.6780515</v>
+        <v>3428884086.3524699</v>
       </c>
     </row>
     <row r="63" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A63" s="42">
         <v>59</v>
       </c>
       <c r="B63" s="38" t="s">
         <v>169</v>
       </c>
       <c r="C63" s="43">
         <f t="shared" si="1"/>
-        <v>25361.855048231508</v>
+        <v>25779.215434083599</v>
       </c>
       <c r="D63" s="43">
         <f t="shared" si="4"/>
-        <v>18161440.797282781</v>
+        <v>18460309.548183251</v>
       </c>
       <c r="E63" s="43">
         <f t="shared" si="4"/>
-        <v>44288605.949420728</v>
+        <v>45017429.201219514</v>
       </c>
       <c r="F63" s="43">
         <f t="shared" si="4"/>
-        <v>68974766.138098076</v>
+        <v>70109830.389301628</v>
       </c>
       <c r="G63" s="43">
         <f t="shared" si="4"/>
-        <v>89420502.438258767</v>
+        <v>90892026.320472658</v>
       </c>
       <c r="H63" s="43">
         <f t="shared" si="4"/>
-        <v>99050177.829038814</v>
+        <v>100680169.81341176</v>
       </c>
       <c r="I63" s="43">
         <f t="shared" si="4"/>
-        <v>112270541.84822157</v>
+        <v>114118091.11370263</v>
       </c>
       <c r="J63" s="43">
         <f t="shared" si="4"/>
-        <v>123687749.49171589</v>
+        <v>125723182.89179124</v>
       </c>
       <c r="K63" s="43">
         <f t="shared" si="4"/>
-        <v>124691439.01249002</v>
+        <v>126743389.35286285</v>
       </c>
       <c r="L63" s="43">
         <f t="shared" si="4"/>
-        <v>130775965.86139171</v>
+        <v>132928044.54287192</v>
       </c>
       <c r="M63" s="43">
         <f t="shared" si="4"/>
-        <v>116897505.20150955</v>
+        <v>118821196.8156784</v>
       </c>
       <c r="N63" s="43">
         <f t="shared" si="4"/>
-        <v>112799257.38990134</v>
+        <v>114655507.31714636</v>
       </c>
       <c r="O63" s="43">
         <f t="shared" si="4"/>
-        <v>116618576.91162941</v>
+        <v>118537678.41918075</v>
       </c>
       <c r="P63" s="43">
         <f t="shared" si="4"/>
-        <v>114712539.7551246</v>
+        <v>116600275.08691415</v>
       </c>
       <c r="Q63" s="43">
         <f t="shared" si="4"/>
-        <v>113538043.19703045</v>
+        <v>115406450.74953353</v>
       </c>
       <c r="R63" s="43">
         <f t="shared" si="4"/>
-        <v>109245118.33246557</v>
+        <v>111042880.54871459</v>
       </c>
       <c r="S63" s="43">
         <f t="shared" si="4"/>
-        <v>109714915.54646501</v>
+        <v>111520408.85123789</v>
       </c>
       <c r="T63" s="43">
         <f t="shared" si="4"/>
-        <v>100592645.82050437</v>
+        <v>102248021.00475991</v>
       </c>
       <c r="U63" s="43">
         <f t="shared" si="4"/>
-        <v>97211470.996313483</v>
+        <v>98811204.807862863</v>
       </c>
       <c r="V63" s="43">
         <f t="shared" si="4"/>
-        <v>96306603.032701969</v>
+        <v>97891446.133705169</v>
       </c>
       <c r="W63" s="43">
         <f t="shared" si="4"/>
-        <v>86204977.847107396</v>
+        <v>87623586.33407408</v>
       </c>
       <c r="X63" s="43">
         <f t="shared" si="4"/>
-        <v>83483233.286472127</v>
+        <v>84857052.133333325</v>
       </c>
       <c r="Y63" s="43">
         <f t="shared" si="4"/>
-        <v>82390362.477946773</v>
+        <v>83746196.797198877</v>
       </c>
       <c r="Z63" s="43">
         <f t="shared" si="4"/>
-        <v>81264831.574599639</v>
+        <v>82602143.904383063</v>
       </c>
       <c r="AA63" s="43">
         <f t="shared" si="4"/>
-        <v>77125660.367285758</v>
+        <v>78394857.565549538</v>
       </c>
       <c r="AB63" s="43">
         <f t="shared" si="4"/>
-        <v>78330134.386680469</v>
+        <v>79619152.680070266</v>
       </c>
       <c r="AC63" s="43">
         <f t="shared" si="4"/>
-        <v>76625588.898525581</v>
+        <v>77886556.80832611</v>
       </c>
       <c r="AD63" s="43">
         <f t="shared" si="4"/>
-        <v>53079230.277691379</v>
+        <v>53952714.018817559</v>
       </c>
       <c r="AE63" s="43">
         <f t="shared" si="4"/>
-        <v>40454692.725812264</v>
+        <v>41120424.240067177</v>
       </c>
       <c r="AF63" s="43">
         <f t="shared" si="4"/>
-        <v>50785630.80417721</v>
+        <v>51621370.556962021</v>
       </c>
       <c r="AG63" s="43">
         <f t="shared" si="4"/>
-        <v>64580393.042292722</v>
+        <v>65643142.502352051</v>
       </c>
       <c r="AH63" s="43">
         <f t="shared" si="4"/>
-        <v>61438680.969999999</v>
+        <v>62681660.064768776</v>
+      </c>
+      <c r="AI63" s="43">
+        <f t="shared" si="4"/>
+        <v>64641115.050000012</v>
       </c>
       <c r="AJ63" s="43">
         <f t="shared" si="2"/>
-        <v>2734746644.0632043</v>
+        <v>2844623294.7798877</v>
       </c>
     </row>
     <row r="64" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A64" s="42">
         <v>60</v>
       </c>
       <c r="B64" s="38" t="s">
         <v>196</v>
       </c>
       <c r="C64" s="43">
         <f t="shared" si="1"/>
-        <v>13868941.492218647</v>
+        <v>14097171.909967843</v>
       </c>
       <c r="D64" s="43">
         <f t="shared" si="4"/>
-        <v>39071151.342590831</v>
+        <v>39714114.988941543</v>
       </c>
       <c r="E64" s="43">
         <f t="shared" si="4"/>
-        <v>57581498.368567072</v>
+        <v>58529072.445121951</v>
       </c>
       <c r="F64" s="43">
         <f t="shared" si="4"/>
-        <v>74833411.453521535</v>
+        <v>76064886.888558686</v>
       </c>
       <c r="G64" s="43">
         <f t="shared" si="4"/>
-        <v>86329984.14775832</v>
+        <v>87750649.766499251</v>
       </c>
       <c r="H64" s="43">
         <f t="shared" si="4"/>
-        <v>97580690.768151462</v>
+        <v>99186500.543235287</v>
       </c>
       <c r="I64" s="43">
         <f t="shared" si="4"/>
-        <v>116558428.23102041</v>
+        <v>118476539.91836736</v>
       </c>
       <c r="J64" s="43">
         <f t="shared" si="4"/>
-        <v>127805619.35773961</v>
+        <v>129908817.34967558</v>
       </c>
       <c r="K64" s="43">
         <f t="shared" si="4"/>
-        <v>134335660.91973367</v>
+        <v>136546318.7430093</v>
       </c>
       <c r="L64" s="43">
         <f t="shared" si="4"/>
-        <v>144658769.52881551</v>
+        <v>147039306.74711511</v>
       </c>
       <c r="M64" s="43">
         <f t="shared" si="4"/>
-        <v>130756335.13886482</v>
+        <v>132908090.77276379</v>
       </c>
       <c r="N64" s="43">
         <f t="shared" si="4"/>
-        <v>128741494.32302065</v>
+        <v>130860093.28369002</v>
       </c>
       <c r="O64" s="43">
         <f t="shared" si="4"/>
-        <v>130741133.6737901</v>
+        <v>132892639.14896381</v>
       </c>
       <c r="P64" s="43">
         <f t="shared" si="4"/>
-        <v>127629359.2582545</v>
+        <v>129729656.67438513</v>
       </c>
       <c r="Q64" s="43">
         <f t="shared" si="4"/>
-        <v>127758480.28647189</v>
+        <v>129860902.54725823</v>
       </c>
       <c r="R64" s="43">
         <f t="shared" si="4"/>
-        <v>128087854.85134573</v>
+        <v>130195697.37398693</v>
       </c>
       <c r="S64" s="43">
         <f t="shared" si="4"/>
-        <v>129500383.03448221</v>
+        <v>131631470.43832074</v>
       </c>
       <c r="T64" s="43">
         <f t="shared" si="4"/>
-        <v>117379829.02598497</v>
+        <v>119311457.86939459</v>
       </c>
       <c r="U64" s="43">
         <f t="shared" si="4"/>
-        <v>116537235.50626491</v>
+        <v>118454998.44137098</v>
       </c>
       <c r="V64" s="43">
         <f t="shared" si="4"/>
-        <v>115643566.99713087</v>
+        <v>117546623.52243027</v>
       </c>
       <c r="W64" s="43">
         <f t="shared" si="4"/>
-        <v>106824630.86165321</v>
+        <v>108582560.99216375</v>
       </c>
       <c r="X64" s="43">
         <f t="shared" si="4"/>
-        <v>103689448.6917977</v>
+        <v>105395785.55999997</v>
       </c>
       <c r="Y64" s="43">
         <f t="shared" si="4"/>
-        <v>102986040.95789692</v>
+        <v>104680802.39036414</v>
       </c>
       <c r="Z64" s="43">
         <f t="shared" si="4"/>
-        <v>105376557.27015749</v>
+        <v>107110657.57624312</v>
       </c>
       <c r="AA64" s="43">
         <f t="shared" si="4"/>
-        <v>103326127.04835188</v>
+        <v>105026485.01394595</v>
       </c>
       <c r="AB64" s="43">
         <f t="shared" si="4"/>
-        <v>102532987.10031687</v>
+        <v>104220292.97669595</v>
       </c>
       <c r="AC64" s="43">
         <f t="shared" si="4"/>
-        <v>100429601.76127577</v>
+        <v>102082293.85585426</v>
       </c>
       <c r="AD64" s="43">
         <f t="shared" si="4"/>
-        <v>73977971.89861621</v>
+        <v>75195370.02810809</v>
       </c>
       <c r="AE64" s="43">
         <f t="shared" si="4"/>
-        <v>57551352.640957683</v>
+        <v>58498430.632644847</v>
       </c>
       <c r="AF64" s="43">
         <f t="shared" si="4"/>
-        <v>74087071.758196205</v>
+        <v>75306265.259493664</v>
       </c>
       <c r="AG64" s="43">
         <f t="shared" si="4"/>
-        <v>94007909.350334376</v>
+        <v>95554924.631550565</v>
       </c>
       <c r="AH64" s="43">
         <f t="shared" si="4"/>
-        <v>87818238.920000002</v>
+        <v>89594908.493526012</v>
+      </c>
+      <c r="AI64" s="43">
+        <f t="shared" si="4"/>
+        <v>88228556.770000011</v>
       </c>
       <c r="AJ64" s="43">
         <f t="shared" si="2"/>
-        <v>3258007765.965282</v>
+        <v>3400182343.5536461</v>
       </c>
     </row>
     <row r="65" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A65" s="42">
         <v>61</v>
       </c>
       <c r="B65" s="38" t="s">
         <v>205</v>
       </c>
       <c r="C65" s="43">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D65" s="43">
         <f t="shared" si="4"/>
-        <v>1108854.1219589256</v>
+        <v>1127101.6745655609</v>
       </c>
       <c r="E65" s="43">
         <f t="shared" si="4"/>
-        <v>4202544.4896036582</v>
+        <v>4271702.5060975607</v>
       </c>
       <c r="F65" s="43">
         <f t="shared" si="4"/>
-        <v>5136346.1820505196</v>
+        <v>5220871.0490341755</v>
       </c>
       <c r="G65" s="43">
         <f t="shared" si="4"/>
-        <v>6749383.7804561285</v>
+        <v>6860453.1566321999</v>
       </c>
       <c r="H65" s="43">
         <f t="shared" si="4"/>
-        <v>15189518.848638233</v>
+        <v>15439480.984117644</v>
       </c>
       <c r="I65" s="43">
         <f t="shared" si="4"/>
-        <v>18870106.109795921</v>
+        <v>19180636.816326533</v>
       </c>
       <c r="J65" s="43">
         <f t="shared" si="4"/>
-        <v>22050561.283305496</v>
+        <v>22413430.274866007</v>
       </c>
       <c r="K65" s="43">
         <f t="shared" si="4"/>
-        <v>21349975.667217042</v>
+        <v>21701315.664447404</v>
       </c>
       <c r="L65" s="43">
         <f t="shared" si="4"/>
-        <v>21231403.489344373</v>
+        <v>21580792.236170765</v>
       </c>
       <c r="M65" s="43">
         <f t="shared" si="4"/>
-        <v>18100286.020966582</v>
+        <v>18398148.395125631</v>
       </c>
       <c r="N65" s="43">
         <f t="shared" si="4"/>
-        <v>16449387.103213288</v>
+        <v>16720081.913800742</v>
       </c>
       <c r="O65" s="43">
         <f t="shared" si="4"/>
-        <v>16959868.902452525</v>
+        <v>17238964.316240959</v>
       </c>
       <c r="P65" s="43">
         <f t="shared" si="4"/>
-        <v>16618773.465975868</v>
+        <v>16892255.736612525</v>
       </c>
       <c r="Q65" s="43">
         <f t="shared" si="4"/>
-        <v>17043243.246013422</v>
+        <v>17323710.686734922</v>
       </c>
       <c r="R65" s="43">
         <f t="shared" si="4"/>
-        <v>16147345.988183876</v>
+        <v>16413070.342309367</v>
       </c>
       <c r="S65" s="43">
         <f t="shared" si="4"/>
-        <v>16275205.525420235</v>
+        <v>16543033.964822385</v>
       </c>
       <c r="T65" s="43">
         <f t="shared" si="4"/>
-        <v>14432568.154325467</v>
+        <v>14670073.739081414</v>
       </c>
       <c r="U65" s="43">
         <f t="shared" si="4"/>
-        <v>13652939.68146633</v>
+        <v>13877615.524879033</v>
       </c>
       <c r="V65" s="43">
         <f t="shared" si="4"/>
-        <v>12871975.612379879</v>
+        <v>13083799.735577688</v>
       </c>
       <c r="W65" s="43">
         <f t="shared" si="4"/>
-        <v>10508151.628603313</v>
+        <v>10681076.133138401</v>
       </c>
       <c r="X65" s="43">
         <f t="shared" si="4"/>
-        <v>9551525.2474936713</v>
+        <v>9708707.2933333311</v>
       </c>
       <c r="Y65" s="43">
         <f t="shared" si="4"/>
-        <v>9746479.1910939291</v>
+        <v>9906869.4428384677</v>
       </c>
       <c r="Z65" s="43">
         <f t="shared" si="4"/>
-        <v>10555955.50396556</v>
+        <v>10729666.679815836</v>
       </c>
       <c r="AA65" s="43">
         <f t="shared" si="4"/>
-        <v>10385414.142752614</v>
+        <v>10556318.85163964</v>
       </c>
       <c r="AB65" s="43">
         <f t="shared" si="4"/>
-        <v>10983679.01928594</v>
+        <v>11164428.909420036</v>
       </c>
       <c r="AC65" s="43">
         <f t="shared" si="4"/>
-        <v>11867434.140348829</v>
+        <v>12062727.303347789</v>
       </c>
       <c r="AD65" s="43">
         <f t="shared" si="4"/>
-        <v>8607522.7967359778</v>
+        <v>8749170.126114862</v>
       </c>
       <c r="AE65" s="43">
         <f t="shared" si="4"/>
-        <v>5699008.4923585216</v>
+        <v>5792792.6567590246</v>
       </c>
       <c r="AF65" s="43">
         <f t="shared" si="4"/>
-        <v>7891324.0849050619</v>
+        <v>8021185.4873417709</v>
       </c>
       <c r="AG65" s="43">
         <f t="shared" si="4"/>
-        <v>9990197.8384241182</v>
+        <v>10154598.778996253</v>
       </c>
       <c r="AH65" s="43">
         <f t="shared" si="4"/>
-        <v>9368870</v>
+        <v>9558413.6127167623</v>
+      </c>
+      <c r="AI65" s="43">
+        <f t="shared" si="4"/>
+        <v>10015312.43</v>
       </c>
       <c r="AJ65" s="43">
         <f t="shared" si="2"/>
-        <v>389595849.75873542</v>
+        <v>406057806.42290461</v>
       </c>
     </row>
     <row r="66" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A66" s="42">
         <v>62</v>
       </c>
       <c r="B66" s="44" t="s">
         <v>178</v>
       </c>
       <c r="C66" s="43">
         <f t="shared" si="1"/>
-        <v>1762322.8576205785</v>
+        <v>1791324.0385852088</v>
       </c>
       <c r="D66" s="43">
         <f t="shared" si="4"/>
-        <v>13735829.487203792</v>
+        <v>13961869.383886255</v>
       </c>
       <c r="E66" s="43">
         <f t="shared" si="4"/>
-        <v>21262905.291463416</v>
+        <v>21612812.439024393</v>
       </c>
       <c r="F66" s="43">
         <f t="shared" si="4"/>
-        <v>29867281.973789003</v>
+        <v>30358784.677563149</v>
       </c>
       <c r="G66" s="43">
         <f t="shared" si="4"/>
-        <v>36492362.874691278</v>
+        <v>37092889.398522891</v>
       </c>
       <c r="H66" s="43">
         <f t="shared" si="4"/>
-        <v>45329969.708061762</v>
+        <v>46075929.87588235</v>
       </c>
       <c r="I66" s="43">
         <f t="shared" si="4"/>
-        <v>55609505.733935855</v>
+        <v>56524628.256559767</v>
       </c>
       <c r="J66" s="43">
         <f t="shared" si="4"/>
-        <v>59503047.637884617</v>
+        <v>60482243.161015503</v>
       </c>
       <c r="K66" s="43">
         <f t="shared" si="4"/>
-        <v>63943727.156165108</v>
+        <v>64995999.499334224</v>
       </c>
       <c r="L66" s="43">
         <f t="shared" si="4"/>
-        <v>64506721.04182303</v>
+        <v>65568258.13888745</v>
       </c>
       <c r="M66" s="43">
         <f t="shared" si="4"/>
-        <v>54353642.834979638</v>
+        <v>55248098.595527634</v>
       </c>
       <c r="N66" s="43">
         <f t="shared" si="4"/>
-        <v>50955330.779642805</v>
+        <v>51793863.153357938</v>
       </c>
       <c r="O66" s="43">
         <f t="shared" si="4"/>
-        <v>51746609.483993724</v>
+        <v>52598163.317879513</v>
       </c>
       <c r="P66" s="43">
-        <f t="shared" si="4"/>
-        <v>49950115.968723893</v>
+        <f t="shared" ref="D66:AI73" si="5">P29*$AI$38/P$38</f>
+        <v>50772106.301624127</v>
       </c>
       <c r="Q66" s="43">
-        <f t="shared" si="4"/>
-        <v>49190328.769030713</v>
+        <f t="shared" si="5"/>
+        <v>49999815.873037539</v>
       </c>
       <c r="R66" s="43">
-        <f t="shared" si="4"/>
-        <v>45417405.122883223</v>
+        <f t="shared" si="5"/>
+        <v>46164804.147538126</v>
       </c>
       <c r="S66" s="43">
-        <f t="shared" si="4"/>
-        <v>44780404.724789657</v>
+        <f t="shared" si="5"/>
+        <v>45517321.127750263</v>
       </c>
       <c r="T66" s="43">
-        <f t="shared" si="4"/>
-        <v>40885429.589018576</v>
+        <f t="shared" si="5"/>
+        <v>41558249.405887261</v>
       </c>
       <c r="U66" s="43">
-        <f t="shared" si="4"/>
-        <v>39985337.081092738</v>
+        <f t="shared" si="5"/>
+        <v>40643344.773387097</v>
       </c>
       <c r="V66" s="43">
-        <f t="shared" si="4"/>
-        <v>38164317.838221312</v>
+        <f t="shared" si="5"/>
+        <v>38792358.428645417</v>
       </c>
       <c r="W66" s="43">
-        <f t="shared" si="4"/>
-        <v>33561763.074118905</v>
+        <f t="shared" si="5"/>
+        <v>34114062.989083819</v>
       </c>
       <c r="X66" s="43">
-        <f t="shared" si="4"/>
-        <v>34307411.880715579</v>
+        <f t="shared" si="5"/>
+        <v>34871982.359999999</v>
       </c>
       <c r="Y66" s="43">
-        <f t="shared" si="4"/>
-        <v>37410189.230592526</v>
+        <f t="shared" si="5"/>
+        <v>38025819.711185805</v>
       </c>
       <c r="Z66" s="43">
-        <f t="shared" si="4"/>
-        <v>35938488.626131862</v>
+        <f t="shared" si="5"/>
+        <v>36529900.470865563</v>
       </c>
       <c r="AA66" s="43">
-        <f t="shared" si="4"/>
-        <v>34374311.537364863</v>
+        <f t="shared" si="5"/>
+        <v>34939982.932432428</v>
       </c>
       <c r="AB66" s="43">
-        <f t="shared" si="4"/>
-        <v>33564757.315450266</v>
+        <f t="shared" si="5"/>
+        <v>34117106.504323378</v>
       </c>
       <c r="AC66" s="43">
-        <f t="shared" si="4"/>
-        <v>34248566.744282909</v>
+        <f t="shared" si="5"/>
+        <v>34812168.854778834</v>
       </c>
       <c r="AD66" s="43">
-        <f t="shared" si="4"/>
-        <v>25199430.385923814</v>
+        <f t="shared" si="5"/>
+        <v>25614117.875033781</v>
       </c>
       <c r="AE66" s="43">
-        <f t="shared" si="4"/>
-        <v>18957211.035804201</v>
+        <f t="shared" si="5"/>
+        <v>19269175.160570949</v>
       </c>
       <c r="AF66" s="43">
-        <f t="shared" si="4"/>
-        <v>22967925.364667721</v>
+        <f t="shared" si="5"/>
+        <v>23345890.705696199</v>
       </c>
       <c r="AG66" s="43">
-        <f t="shared" si="4"/>
-        <v>29650216.313155502</v>
+        <f t="shared" si="5"/>
+        <v>30138146.935640447</v>
       </c>
       <c r="AH66" s="43">
-        <f t="shared" si="4"/>
-        <v>29442783.23</v>
+        <f t="shared" si="5"/>
+        <v>30038446.47453757</v>
+      </c>
+      <c r="AI66" s="43">
+        <f t="shared" si="5"/>
+        <v>30478856.880000006</v>
       </c>
       <c r="AJ66" s="43">
         <f t="shared" si="2"/>
-        <v>1227065650.6932228</v>
+        <v>1277848521.8480449</v>
       </c>
     </row>
     <row r="67" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A67" s="42">
         <v>63</v>
       </c>
       <c r="B67" s="38" t="s">
         <v>189</v>
       </c>
       <c r="C67" s="43">
         <f t="shared" si="1"/>
-        <v>2302231.5487138261</v>
+        <v>2340117.5884244372</v>
       </c>
       <c r="D67" s="43">
-        <f t="shared" si="4"/>
-        <v>9289668.5610742476</v>
+        <f t="shared" si="5"/>
+        <v>9442541.4344391786</v>
       </c>
       <c r="E67" s="43">
-        <f t="shared" si="4"/>
-        <v>17220615.888628051</v>
+        <f t="shared" si="5"/>
+        <v>17504002.213414632</v>
       </c>
       <c r="F67" s="43">
-        <f t="shared" si="4"/>
-        <v>30723186.239286773</v>
+        <f t="shared" si="5"/>
+        <v>31228773.89598811</v>
       </c>
       <c r="G67" s="43">
-        <f t="shared" si="4"/>
-        <v>34090578.493109301</v>
+        <f t="shared" si="5"/>
+        <v>34651580.713441648</v>
       </c>
       <c r="H67" s="43">
-        <f t="shared" si="4"/>
-        <v>38647721.130488232</v>
+        <f t="shared" si="5"/>
+        <v>39283716.714117646</v>
       </c>
       <c r="I67" s="43">
-        <f t="shared" ref="D67:AH73" si="5">I30*$AH$38/I$38</f>
-        <v>41872255.72425656</v>
+        <f t="shared" si="5"/>
+        <v>42561314.973760933</v>
       </c>
       <c r="J67" s="43">
         <f t="shared" si="5"/>
-        <v>44258138.216794915</v>
+        <v>44986460.084739067</v>
       </c>
       <c r="K67" s="43">
         <f t="shared" si="5"/>
-        <v>45368814.825219706</v>
+        <v>46115414.237017311</v>
       </c>
       <c r="L67" s="43">
         <f t="shared" si="5"/>
-        <v>47470131.78863544</v>
+        <v>48251310.944579557</v>
       </c>
       <c r="M67" s="43">
         <f t="shared" si="5"/>
-        <v>39317481.181452006</v>
+        <v>39964498.486984923</v>
       </c>
       <c r="N67" s="43">
         <f t="shared" si="5"/>
-        <v>36017464.808778606</v>
+        <v>36610176.303321041</v>
       </c>
       <c r="O67" s="43">
         <f t="shared" si="5"/>
-        <v>36760156.648018792</v>
+        <v>37365090.046361439</v>
       </c>
       <c r="P67" s="43">
         <f t="shared" si="5"/>
-        <v>36661293.298594661</v>
+        <v>37264599.779443152</v>
       </c>
       <c r="Q67" s="43">
         <f t="shared" si="5"/>
-        <v>36478948.534238212</v>
+        <v>37079254.308668926</v>
       </c>
       <c r="R67" s="43">
         <f t="shared" si="5"/>
-        <v>35914026.834764481</v>
+        <v>36505036.130762525</v>
       </c>
       <c r="S67" s="43">
         <f t="shared" si="5"/>
-        <v>35115630.694008388</v>
+        <v>35693501.4037029</v>
       </c>
       <c r="T67" s="43">
         <f t="shared" si="5"/>
-        <v>32396120.556114618</v>
+        <v>32929238.395866394</v>
       </c>
       <c r="U67" s="43">
         <f t="shared" si="5"/>
-        <v>31252486.555728827</v>
+        <v>31766784.497379031</v>
       </c>
       <c r="V67" s="43">
         <f t="shared" si="5"/>
-        <v>32530387.582840826</v>
+        <v>33065714.950956166</v>
       </c>
       <c r="W67" s="43">
         <f t="shared" si="5"/>
-        <v>29005471.609276801</v>
+        <v>29482792.168031186</v>
       </c>
       <c r="X67" s="43">
         <f t="shared" si="5"/>
-        <v>28301919.309325401</v>
+        <v>28767662.053333331</v>
       </c>
       <c r="Y67" s="43">
         <f t="shared" si="5"/>
-        <v>29858043.62621158</v>
+        <v>30349394.301662002</v>
       </c>
       <c r="Z67" s="43">
         <f t="shared" si="5"/>
-        <v>29987102.484160401</v>
+        <v>30480576.981178634</v>
       </c>
       <c r="AA67" s="43">
         <f t="shared" si="5"/>
-        <v>28824733.580270804</v>
+        <v>29299079.873405401</v>
       </c>
       <c r="AB67" s="43">
         <f t="shared" si="5"/>
-        <v>25454742.410199471</v>
+        <v>25873631.37135325</v>
       </c>
       <c r="AC67" s="43">
         <f t="shared" si="5"/>
-        <v>23930250.08676669</v>
+        <v>24324051.65967042</v>
       </c>
       <c r="AD67" s="43">
         <f t="shared" si="5"/>
-        <v>16564420.697126519</v>
+        <v>16837008.526385132</v>
       </c>
       <c r="AE67" s="43">
         <f t="shared" si="5"/>
-        <v>13046193.477928463</v>
+        <v>13260884.569471031</v>
       </c>
       <c r="AF67" s="43">
         <f t="shared" si="5"/>
-        <v>16756850.733006326</v>
+        <v>17032605.234177213</v>
       </c>
       <c r="AG67" s="43">
         <f t="shared" si="5"/>
-        <v>21151469.676285695</v>
+        <v>21499543.014322098</v>
       </c>
       <c r="AH67" s="43">
         <f t="shared" si="5"/>
-        <v>19809877.190000001</v>
+        <v>20210655.052225433</v>
+      </c>
+      <c r="AI67" s="43">
+        <f t="shared" si="5"/>
+        <v>19336495.280000001</v>
       </c>
       <c r="AJ67" s="43">
         <f t="shared" si="2"/>
-        <v>946378413.99130476</v>
+        <v>981363507.18858421</v>
       </c>
     </row>
     <row r="68" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A68" s="42">
         <v>64</v>
       </c>
       <c r="B68" s="38" t="s">
         <v>172</v>
       </c>
       <c r="C68" s="43">
         <f t="shared" si="1"/>
-        <v>19851726.271061093</v>
+        <v>20178410.739549838</v>
       </c>
       <c r="D68" s="43">
         <f t="shared" si="5"/>
-        <v>48614238.102369666</v>
+        <v>49414244.92890995</v>
       </c>
       <c r="E68" s="43">
         <f t="shared" si="5"/>
-        <v>52886679.509054877</v>
+        <v>53756994.591463417</v>
       </c>
       <c r="F68" s="43">
         <f t="shared" si="5"/>
-        <v>71022311.023774147</v>
+        <v>72191070.133729577</v>
       </c>
       <c r="G68" s="43">
         <f t="shared" si="5"/>
-        <v>86483305.068487436</v>
+        <v>87906493.770753309</v>
       </c>
       <c r="H68" s="43">
         <f t="shared" si="5"/>
-        <v>96657017.160079405</v>
+        <v>98247626.754705876</v>
       </c>
       <c r="I68" s="43">
         <f t="shared" si="5"/>
-        <v>106562081.61670554</v>
+        <v>108315691.17784256</v>
       </c>
       <c r="J68" s="43">
         <f t="shared" si="5"/>
-        <v>106098638.616198</v>
+        <v>107844621.65517628</v>
       </c>
       <c r="K68" s="43">
         <f t="shared" si="5"/>
-        <v>104224107.36362183</v>
+        <v>105939242.69507323</v>
       </c>
       <c r="L68" s="43">
         <f t="shared" si="5"/>
-        <v>104189278.15529701</v>
+        <v>105903840.32946959</v>
       </c>
       <c r="M68" s="43">
         <f t="shared" si="5"/>
-        <v>95590892.442990184</v>
+        <v>97163957.649698481</v>
       </c>
       <c r="N68" s="43">
         <f t="shared" si="5"/>
-        <v>92440350.415554255</v>
+        <v>93961569.594686359</v>
       </c>
       <c r="O68" s="43">
         <f t="shared" si="5"/>
-        <v>94223237.133742154</v>
+        <v>95773795.897349387</v>
       </c>
       <c r="P68" s="43">
         <f t="shared" si="5"/>
-        <v>93647625.275181666</v>
+        <v>95188711.640696034</v>
       </c>
       <c r="Q68" s="43">
         <f t="shared" si="5"/>
-        <v>92703296.153653666</v>
+        <v>94228842.426939681</v>
       </c>
       <c r="R68" s="43">
         <f t="shared" si="5"/>
-        <v>88719049.22988908</v>
+        <v>90179029.840479285</v>
       </c>
       <c r="S68" s="43">
         <f t="shared" si="5"/>
-        <v>87788288.5214338</v>
+        <v>89232952.324650154</v>
       </c>
       <c r="T68" s="43">
         <f t="shared" si="5"/>
-        <v>81357506.534632981</v>
+        <v>82696343.944384128</v>
       </c>
       <c r="U68" s="43">
         <f t="shared" si="5"/>
-        <v>78235605.128065914</v>
+        <v>79523067.826733857</v>
       </c>
       <c r="V68" s="43">
         <f t="shared" si="5"/>
-        <v>76116491.044426098</v>
+        <v>77369081.125537857</v>
       </c>
       <c r="W68" s="43">
         <f t="shared" si="5"/>
-        <v>68755200.094953805</v>
+        <v>69886651.118011698</v>
       </c>
       <c r="X68" s="43">
         <f t="shared" si="5"/>
-        <v>68137715.298838139</v>
+        <v>69259004.853333324</v>
       </c>
       <c r="Y68" s="43">
         <f t="shared" si="5"/>
-        <v>66904094.670242764</v>
+        <v>68005083.486461252</v>
       </c>
       <c r="Z68" s="43">
         <f t="shared" si="5"/>
-        <v>68027000.2632709</v>
+        <v>69146467.866261512</v>
       </c>
       <c r="AA68" s="43">
         <f t="shared" si="5"/>
-        <v>66183497.421885036</v>
+        <v>67272627.927855849</v>
       </c>
       <c r="AB68" s="43">
         <f t="shared" si="5"/>
-        <v>65430244.194331452</v>
+        <v>66506978.995922662</v>
       </c>
       <c r="AC68" s="43">
         <f t="shared" si="5"/>
-        <v>63608424.085476659</v>
+        <v>64655178.605967037</v>
       </c>
       <c r="AD68" s="43">
         <f t="shared" si="5"/>
-        <v>44036912.574186474</v>
+        <v>44761593.903243236</v>
       </c>
       <c r="AE68" s="43">
         <f t="shared" si="5"/>
-        <v>33525999.846696723</v>
+        <v>34077711.233954653</v>
       </c>
       <c r="AF68" s="43">
         <f t="shared" si="5"/>
-        <v>43531679.099572785</v>
+        <v>44248046.193037964</v>
       </c>
       <c r="AG68" s="43">
         <f t="shared" si="5"/>
-        <v>58390238.026291527</v>
+        <v>59351120.904389508</v>
       </c>
       <c r="AH68" s="43">
         <f t="shared" si="5"/>
-        <v>59662331.369999997</v>
+        <v>60869372.756098256</v>
+      </c>
+      <c r="AI68" s="43">
+        <f t="shared" si="5"/>
+        <v>62945798.120000012</v>
       </c>
       <c r="AJ68" s="43">
         <f t="shared" si="2"/>
-        <v>2383605061.7119646</v>
+        <v>2486001225.0123649</v>
       </c>
     </row>
     <row r="69" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A69" s="42">
         <v>65</v>
       </c>
       <c r="B69" s="38" t="s">
         <v>206</v>
       </c>
       <c r="C69" s="43">
         <f t="shared" si="1"/>
-        <v>3803851.6885209</v>
+        <v>3866448.7266881024</v>
       </c>
       <c r="D69" s="43">
         <f t="shared" si="5"/>
-        <v>28217300.16884676</v>
+        <v>28681650.401263822</v>
       </c>
       <c r="E69" s="43">
         <f t="shared" si="5"/>
-        <v>49339029.825792678</v>
+        <v>50150963.987804882</v>
       </c>
       <c r="F69" s="43">
         <f t="shared" si="5"/>
-        <v>66714812.870787516</v>
+        <v>67812686.823179796</v>
       </c>
       <c r="G69" s="43">
         <f t="shared" si="5"/>
-        <v>93026507.334670305</v>
+        <v>94557372.443781376</v>
       </c>
       <c r="H69" s="43">
         <f t="shared" si="5"/>
-        <v>110158782.59289706</v>
+        <v>111971580.27352941</v>
       </c>
       <c r="I69" s="43">
         <f t="shared" si="5"/>
-        <v>131398803.22463557</v>
+        <v>133561131.45772596</v>
       </c>
       <c r="J69" s="43">
         <f t="shared" si="5"/>
-        <v>140201765.10836387</v>
+        <v>142508956.8603667</v>
       </c>
       <c r="K69" s="43">
         <f t="shared" si="5"/>
-        <v>144760908.75720373</v>
+        <v>147143126.80159786</v>
       </c>
       <c r="L69" s="43">
         <f t="shared" si="5"/>
-        <v>151739188.34398627</v>
+        <v>154236242.52538162</v>
       </c>
       <c r="M69" s="43">
         <f t="shared" si="5"/>
-        <v>132883840.36018792</v>
+        <v>135070606.69809043</v>
       </c>
       <c r="N69" s="43">
         <f t="shared" si="5"/>
-        <v>128794936.77716433</v>
+        <v>130914415.19886838</v>
       </c>
       <c r="O69" s="43">
         <f t="shared" si="5"/>
-        <v>132825427.17953661</v>
+        <v>135011232.25701204</v>
       </c>
       <c r="P69" s="43">
         <f t="shared" si="5"/>
-        <v>132049228.71794984</v>
+        <v>134222260.49911827</v>
       </c>
       <c r="Q69" s="43">
         <f t="shared" si="5"/>
-        <v>132803220.17163411</v>
+        <v>134988659.80559728</v>
       </c>
       <c r="R69" s="43">
         <f t="shared" si="5"/>
-        <v>132345146.82226688</v>
+        <v>134523048.29825708</v>
       </c>
       <c r="S69" s="43">
         <f t="shared" si="5"/>
-        <v>141951242.11807081</v>
+        <v>144287223.65687835</v>
       </c>
       <c r="T69" s="43">
         <f t="shared" si="5"/>
-        <v>136959108.25829518</v>
+        <v>139212938.12050104</v>
       </c>
       <c r="U69" s="43">
         <f t="shared" si="5"/>
-        <v>153397588.05743104</v>
+        <v>155921933.2371774</v>
       </c>
       <c r="V69" s="43">
         <f t="shared" si="5"/>
-        <v>154387629.27009919</v>
+        <v>156928266.79051793</v>
       </c>
       <c r="W69" s="43">
         <f t="shared" si="5"/>
-        <v>136747839.84283644</v>
+        <v>138998193.02452242</v>
       </c>
       <c r="X69" s="43">
         <f t="shared" si="5"/>
-        <v>135766552.59510556</v>
+        <v>138000757.49333331</v>
       </c>
       <c r="Y69" s="43">
         <f t="shared" si="5"/>
-        <v>141587493.99202874</v>
+        <v>143917489.60993463</v>
       </c>
       <c r="Z69" s="43">
         <f t="shared" si="5"/>
-        <v>142817409.70906499</v>
+        <v>145167645.0963904</v>
       </c>
       <c r="AA69" s="43">
         <f t="shared" si="5"/>
-        <v>144286799.75512645</v>
+        <v>146661215.75524321</v>
       </c>
       <c r="AB69" s="43">
         <f t="shared" si="5"/>
-        <v>133637740.93775079</v>
+        <v>135836913.63297012</v>
       </c>
       <c r="AC69" s="43">
         <f t="shared" si="5"/>
-        <v>133560049.33402114</v>
+        <v>135757943.51875108</v>
       </c>
       <c r="AD69" s="43">
         <f t="shared" si="5"/>
-        <v>98237193.532827362</v>
+        <v>99853806.864932418</v>
       </c>
       <c r="AE69" s="43">
         <f t="shared" si="5"/>
-        <v>78429560.489396125</v>
+        <v>79720214.961074725</v>
       </c>
       <c r="AF69" s="43">
         <f t="shared" si="5"/>
-        <v>107405099.00776897</v>
+        <v>109172581.45253164</v>
       </c>
       <c r="AG69" s="43">
         <f t="shared" si="5"/>
-        <v>143436278.41438577</v>
+        <v>145796698.04419473</v>
       </c>
       <c r="AH69" s="43">
         <f t="shared" si="5"/>
-        <v>139026831.81999999</v>
+        <v>141839513.38861269</v>
+      </c>
+      <c r="AI69" s="43">
+        <f t="shared" si="5"/>
+        <v>144263921.53</v>
       </c>
       <c r="AJ69" s="43">
         <f t="shared" si="2"/>
-        <v>3832697167.0786533</v>
+        <v>4040557639.2358298</v>
       </c>
     </row>
     <row r="70" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A70" s="42">
         <v>66</v>
       </c>
       <c r="B70" s="38" t="s">
         <v>186</v>
       </c>
       <c r="C70" s="43">
         <f t="shared" si="1"/>
-        <v>2550461.0399999996</v>
+        <v>2592431.9999999995</v>
       </c>
       <c r="D70" s="43">
         <f t="shared" si="5"/>
-        <v>24204467.530426539</v>
+        <v>24602781.687203791</v>
       </c>
       <c r="E70" s="43">
         <f t="shared" si="5"/>
-        <v>39527358.245701216</v>
+        <v>40177829.335365854</v>
       </c>
       <c r="F70" s="43">
         <f t="shared" si="5"/>
-        <v>55679276.236582465</v>
+        <v>56595546.918276377</v>
       </c>
       <c r="G70" s="43">
         <f t="shared" si="5"/>
-        <v>67190638.814245194</v>
+        <v>68296343.065288022</v>
       </c>
       <c r="H70" s="43">
         <f t="shared" si="5"/>
-        <v>77741806.037194103</v>
+        <v>79021142.667058811</v>
       </c>
       <c r="I70" s="43">
         <f t="shared" si="5"/>
-        <v>89700959.494839653</v>
+        <v>91177098.641399413</v>
       </c>
       <c r="J70" s="43">
         <f t="shared" si="5"/>
-        <v>96382011.359688848</v>
+        <v>97968095.39706628</v>
       </c>
       <c r="K70" s="43">
         <f t="shared" si="5"/>
-        <v>102857648.63483354</v>
+        <v>104550297.21438083</v>
       </c>
       <c r="L70" s="43">
         <f t="shared" si="5"/>
-        <v>109186302.06983078</v>
+        <v>110983096.39244501</v>
       </c>
       <c r="M70" s="43">
         <f t="shared" si="5"/>
-        <v>99822086.778396741</v>
+        <v>101464781.46989951</v>
       </c>
       <c r="N70" s="43">
         <f t="shared" si="5"/>
-        <v>102481313.35121548</v>
+        <v>104167768.87276752</v>
       </c>
       <c r="O70" s="43">
         <f t="shared" si="5"/>
-        <v>105869823.48000769</v>
+        <v>107612041.08568674</v>
       </c>
       <c r="P70" s="43">
         <f t="shared" si="5"/>
-        <v>108349231.68826215</v>
+        <v>110132250.99257539</v>
       </c>
       <c r="Q70" s="43">
         <f t="shared" si="5"/>
-        <v>110998976.77147506</v>
+        <v>112825600.87631397</v>
       </c>
       <c r="R70" s="43">
         <f t="shared" si="5"/>
-        <v>113244892.89208865</v>
+        <v>115108476.29729846</v>
       </c>
       <c r="S70" s="43">
         <f t="shared" si="5"/>
-        <v>118160232.57965423</v>
+        <v>120104703.91931108</v>
       </c>
       <c r="T70" s="43">
         <f t="shared" si="5"/>
-        <v>118519180.93288831</v>
+        <v>120469559.20730691</v>
       </c>
       <c r="U70" s="43">
         <f t="shared" si="5"/>
-        <v>120413205.04208846</v>
+        <v>122394751.80286288</v>
       </c>
       <c r="V70" s="43">
         <f t="shared" si="5"/>
-        <v>122495535.93785957</v>
+        <v>124511350.00378485</v>
       </c>
       <c r="W70" s="43">
         <f t="shared" si="5"/>
-        <v>118906609.3031466</v>
+        <v>120863363.18588695</v>
       </c>
       <c r="X70" s="43">
         <f t="shared" si="5"/>
-        <v>118506556.56829534</v>
+        <v>120456727.0933333</v>
       </c>
       <c r="Y70" s="43">
         <f t="shared" si="5"/>
-        <v>120776952.16978562</v>
+        <v>122764484.83503267</v>
       </c>
       <c r="Z70" s="43">
         <f t="shared" si="5"/>
-        <v>124567908.44761416</v>
+        <v>126617825.94125229</v>
       </c>
       <c r="AA70" s="43">
         <f t="shared" si="5"/>
-        <v>122345982.02081442</v>
+        <v>124359334.99387386</v>
       </c>
       <c r="AB70" s="43">
         <f t="shared" si="5"/>
-        <v>128731496.57499333</v>
+        <v>130849931.01047452</v>
       </c>
       <c r="AC70" s="43">
         <f t="shared" si="5"/>
-        <v>127778111.81467925</v>
+        <v>129880857.13630527</v>
       </c>
       <c r="AD70" s="43">
         <f t="shared" si="5"/>
-        <v>88880980.897625491</v>
+        <v>90343626.292128369</v>
       </c>
       <c r="AE70" s="43">
         <f t="shared" si="5"/>
-        <v>71882395.039580688</v>
+        <v>73065307.885373652</v>
       </c>
       <c r="AF70" s="43">
         <f t="shared" si="5"/>
-        <v>96185148.20715189</v>
+        <v>97767992.620253146</v>
       </c>
       <c r="AG70" s="43">
         <f t="shared" si="5"/>
-        <v>129969012.31447819</v>
+        <v>132107811.58705616</v>
       </c>
       <c r="AH70" s="43">
         <f t="shared" si="5"/>
-        <v>125213060.91000001</v>
+        <v>127746273.12494217</v>
+      </c>
+      <c r="AI70" s="43">
+        <f t="shared" si="5"/>
+        <v>132357385.44</v>
       </c>
       <c r="AJ70" s="43">
         <f t="shared" si="2"/>
-        <v>3159119623.1854434</v>
+        <v>3343936868.9922042</v>
       </c>
     </row>
     <row r="71" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A71" s="42">
         <v>67</v>
       </c>
       <c r="B71" s="38" t="s">
         <v>187</v>
       </c>
       <c r="C71" s="43">
         <f t="shared" si="1"/>
-        <v>4055288.2618649513</v>
+        <v>4122022.9967845655</v>
       </c>
       <c r="D71" s="43">
         <f t="shared" si="5"/>
-        <v>5957268.7348499205</v>
+        <v>6055302.8878357029</v>
       </c>
       <c r="E71" s="43">
         <f t="shared" si="5"/>
-        <v>11175595.300945122</v>
+        <v>11359503.408536585</v>
       </c>
       <c r="F71" s="43">
         <f t="shared" si="5"/>
-        <v>21928194.130312033</v>
+        <v>22289049.4205052</v>
       </c>
       <c r="G71" s="43">
         <f t="shared" si="5"/>
-        <v>34054466.003392018</v>
+        <v>34614873.94847858</v>
       </c>
       <c r="H71" s="43">
         <f t="shared" si="5"/>
-        <v>49072898.308857635</v>
+        <v>49880452.950823523</v>
       </c>
       <c r="I71" s="43">
         <f t="shared" si="5"/>
-        <v>60198863.846530616</v>
+        <v>61189509.877551019</v>
       </c>
       <c r="J71" s="43">
         <f t="shared" si="5"/>
-        <v>64903583.802311979</v>
+        <v>65971651.762143858</v>
       </c>
       <c r="K71" s="43">
         <f t="shared" si="5"/>
-        <v>67305440.407003999</v>
+        <v>68413033.85885486</v>
       </c>
       <c r="L71" s="43">
         <f t="shared" si="5"/>
-        <v>67659120.075376704</v>
+        <v>68772533.759327292</v>
       </c>
       <c r="M71" s="43">
         <f t="shared" si="5"/>
-        <v>59446863.861378893</v>
+        <v>60425134.8116583</v>
       </c>
       <c r="N71" s="43">
         <f t="shared" si="5"/>
-        <v>54494225.604134075</v>
+        <v>55390994.826322265</v>
       </c>
       <c r="O71" s="43">
         <f t="shared" si="5"/>
-        <v>51914140.604825065</v>
+        <v>52768451.368481934</v>
       </c>
       <c r="P71" s="43">
         <f t="shared" si="5"/>
-        <v>49770515.846923657</v>
+        <v>50589550.639860779</v>
       </c>
       <c r="Q71" s="43">
         <f t="shared" si="5"/>
-        <v>50113075.428629808</v>
+        <v>50937747.459021613</v>
       </c>
       <c r="R71" s="43">
         <f t="shared" si="5"/>
-        <v>48503232.532339215</v>
+        <v>49301412.626274511</v>
       </c>
       <c r="S71" s="43">
         <f t="shared" si="5"/>
-        <v>49789637.149923578</v>
+        <v>50608986.607319705</v>
       </c>
       <c r="T71" s="43">
         <f t="shared" si="5"/>
-        <v>45773878.935910016</v>
+        <v>46527144.173736952</v>
       </c>
       <c r="U71" s="43">
         <f t="shared" si="5"/>
-        <v>44606961.204162702</v>
+        <v>45341023.381572574</v>
       </c>
       <c r="V71" s="43">
         <f t="shared" si="5"/>
-        <v>43478685.789775483</v>
+        <v>44194180.813426279</v>
       </c>
       <c r="W71" s="43">
         <f t="shared" si="5"/>
-        <v>40173161.293380313</v>
+        <v>40834259.863118909</v>
       </c>
       <c r="X71" s="43">
         <f t="shared" si="5"/>
-        <v>39454346.225873843</v>
+        <v>40103615.813333333</v>
       </c>
       <c r="Y71" s="43">
         <f t="shared" si="5"/>
-        <v>40318413.043872088</v>
+        <v>40981901.909056962</v>
       </c>
       <c r="Z71" s="43">
         <f t="shared" si="5"/>
-        <v>42201655.421901099</v>
+        <v>42896135.346850827</v>
       </c>
       <c r="AA71" s="43">
         <f t="shared" si="5"/>
-        <v>38547002.823073879</v>
+        <v>39181340.963603616</v>
       </c>
       <c r="AB71" s="43">
         <f t="shared" si="5"/>
-        <v>37934399.002820559</v>
+        <v>38558655.997223191</v>
       </c>
       <c r="AC71" s="43">
         <f t="shared" si="5"/>
-        <v>36464271.369269028</v>
+        <v>37064335.612974845</v>
       </c>
       <c r="AD71" s="43">
         <f t="shared" si="5"/>
-        <v>26688440.811135814</v>
+        <v>27127631.790405408</v>
       </c>
       <c r="AE71" s="43">
         <f t="shared" si="5"/>
-        <v>20026887.115883794</v>
+        <v>20356454.070596136</v>
       </c>
       <c r="AF71" s="43">
         <f t="shared" si="5"/>
-        <v>25318033.731756326</v>
+        <v>25734672.984177213</v>
       </c>
       <c r="AG71" s="43">
         <f t="shared" si="5"/>
-        <v>31644455.582967639</v>
+        <v>32165203.855011232</v>
       </c>
       <c r="AH71" s="43">
         <f t="shared" si="5"/>
-        <v>29842339.199999999</v>
+        <v>30446085.946820803</v>
+      </c>
+      <c r="AI71" s="43">
+        <f t="shared" si="5"/>
+        <v>31632584.680000003</v>
       </c>
       <c r="AJ71" s="43">
         <f t="shared" si="2"/>
-        <v>1292815341.4513819</v>
+        <v>1345835440.4116886</v>
       </c>
     </row>
     <row r="72" spans="1:36" x14ac:dyDescent="0.25">
       <c r="A72" s="42">
         <v>68</v>
       </c>
       <c r="B72" s="38" t="s">
         <v>194</v>
       </c>
       <c r="C72" s="43">
         <f t="shared" si="1"/>
-        <v>4792763.0344372988</v>
+        <v>4871633.8199356906</v>
       </c>
       <c r="D72" s="43">
         <f t="shared" si="5"/>
-        <v>14690098.442116903</v>
+        <v>14931842.003159558</v>
       </c>
       <c r="E72" s="43">
         <f t="shared" si="5"/>
-        <v>23347743.967713416</v>
+        <v>23731959.689024393</v>
       </c>
       <c r="F72" s="43">
         <f t="shared" si="5"/>
-        <v>32215252.637652304</v>
+        <v>32745394.074294202</v>
       </c>
       <c r="G72" s="43">
         <f t="shared" si="5"/>
-        <v>36365549.802501321</v>
+        <v>36963989.461920232</v>
       </c>
       <c r="H72" s="43">
         <f t="shared" si="5"/>
-        <v>42256656.371592052</v>
+        <v>42952041.404529408</v>
       </c>
       <c r="I72" s="43">
         <f t="shared" si="5"/>
-        <v>52389284.815335281</v>
+        <v>53251414.658892132</v>
       </c>
       <c r="J72" s="43">
         <f t="shared" si="5"/>
-        <v>57135185.818048224</v>
+        <v>58075415.274978831</v>
       </c>
       <c r="K72" s="43">
         <f t="shared" si="5"/>
-        <v>57950747.830838881</v>
+        <v>58904398.359520636</v>
       </c>
       <c r="L72" s="43">
         <f t="shared" si="5"/>
-        <v>61753502.547113329</v>
+        <v>62769732.061940491</v>
       </c>
       <c r="M72" s="43">
         <f t="shared" si="5"/>
-        <v>54704730.658084176</v>
+        <v>55604963.998743728</v>
       </c>
       <c r="N72" s="43">
         <f t="shared" si="5"/>
-        <v>50851152.114279948</v>
+        <v>51687970.100467406</v>
       </c>
       <c r="O72" s="43">
         <f t="shared" si="5"/>
-        <v>51804072.130398326</v>
+        <v>52656571.582506031</v>
       </c>
       <c r="P72" s="43">
         <f t="shared" si="5"/>
-        <v>51760342.463785611</v>
+        <v>52612122.290672854</v>
       </c>
       <c r="Q72" s="43">
         <f t="shared" si="5"/>
-        <v>52744307.358078718</v>
+        <v>53612279.532377698</v>
       </c>
       <c r="R72" s="43">
         <f t="shared" si="5"/>
-        <v>51253527.747146189</v>
+        <v>52096967.317167751</v>
       </c>
       <c r="S72" s="43">
         <f t="shared" si="5"/>
-        <v>51985689.025059193</v>
+        <v>52841177.205597408</v>
       </c>
       <c r="T72" s="43">
         <f t="shared" si="5"/>
-        <v>48386353.882587679</v>
+        <v>49182610.595198326</v>
       </c>
       <c r="U72" s="43">
         <f t="shared" si="5"/>
-        <v>43866671.904101208</v>
+        <v>44588551.714435481</v>
       </c>
       <c r="V72" s="43">
         <f t="shared" si="5"/>
-        <v>42470140.3330753</v>
+        <v>43169038.50605578</v>
       </c>
       <c r="W72" s="43">
         <f t="shared" si="5"/>
-        <v>35220704.187230989</v>
+        <v>35800304.009941518</v>
       </c>
       <c r="X72" s="43">
         <f t="shared" si="5"/>
-        <v>34938547.386342965</v>
+        <v>35513503.973333329</v>
       </c>
       <c r="Y72" s="43">
         <f t="shared" si="5"/>
-        <v>37337861.094819792</v>
+        <v>37952301.327357605</v>
       </c>
       <c r="Z72" s="43">
         <f t="shared" si="5"/>
-        <v>36830984.662005708</v>
+        <v>37437083.622062609</v>
       </c>
       <c r="AA72" s="43">
         <f t="shared" si="5"/>
-        <v>36105227.959011354</v>
+        <v>36699383.70367568</v>
       </c>
       <c r="AB72" s="43">
         <f t="shared" si="5"/>
-        <v>35766712.621209837</v>
+        <v>36355297.681405969</v>
       </c>
       <c r="AC72" s="43">
         <f t="shared" si="5"/>
-        <v>35212595.736017168</v>
+        <v>35792062.124232434</v>
       </c>
       <c r="AD72" s="43">
         <f t="shared" si="5"/>
-        <v>24867235.998573139</v>
+        <v>25276456.822195947</v>
       </c>
       <c r="AE72" s="43">
         <f t="shared" si="5"/>
-        <v>18471376.769615617</v>
+        <v>18775345.89652393</v>
       </c>
       <c r="AF72" s="43">
         <f t="shared" si="5"/>
-        <v>24038505.010379743</v>
+        <v>24434088.050632909</v>
       </c>
       <c r="AG72" s="43">
         <f t="shared" si="5"/>
-        <v>31519446.739095576</v>
+        <v>32038137.837513104</v>
       </c>
       <c r="AH72" s="43">
         <f t="shared" si="5"/>
-        <v>30596818.289999999</v>
+        <v>31215829.064653173</v>
+      </c>
+      <c r="AI72" s="43">
+        <f t="shared" si="5"/>
+        <v>30194837.510000002</v>
       </c>
       <c r="AJ72" s="43">
         <f t="shared" si="2"/>
-        <v>1263629789.3382473</v>
+        <v>1314734705.2749467</v>
       </c>
     </row>
     <row r="73" spans="1:36" s="107" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="105">
         <v>69</v>
       </c>
       <c r="B73" s="106" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="C73" s="43">
         <f t="shared" si="1"/>
-        <v>471949708.84909964</v>
+        <v>479716219.31189704</v>
       </c>
       <c r="D73" s="43">
         <f t="shared" si="5"/>
-        <v>1210135586.3845813</v>
+        <v>1230049849.5292258</v>
       </c>
       <c r="E73" s="43">
         <f t="shared" si="5"/>
-        <v>1578715946.3879573</v>
+        <v>1604695650.7621951</v>
       </c>
       <c r="F73" s="43">
         <f t="shared" si="5"/>
-        <v>1989448229.2499554</v>
+        <v>2022187036.3684993</v>
       </c>
       <c r="G73" s="43">
         <f t="shared" si="5"/>
-        <v>2321296048.4819198</v>
+        <v>2359495817.8847857</v>
       </c>
       <c r="H73" s="43">
         <f t="shared" si="5"/>
-        <v>2669412222.9805136</v>
+        <v>2713340670.3777046</v>
       </c>
       <c r="I73" s="43">
         <f t="shared" si="5"/>
-        <v>3124447649.4934692</v>
+        <v>3175864262.1224489</v>
       </c>
       <c r="J73" s="43">
         <f t="shared" si="5"/>
-        <v>3378982117.3603816</v>
+        <v>3434587406.390183</v>
       </c>
       <c r="K73" s="43">
         <f t="shared" si="5"/>
-        <v>3473860171.1397333</v>
+        <v>3531026794.7430096</v>
       </c>
       <c r="L73" s="43">
         <f t="shared" si="5"/>
-        <v>3656225728.060277</v>
+        <v>3716393400.2484345</v>
       </c>
       <c r="M73" s="43">
         <f t="shared" si="5"/>
-        <v>3223853985.0520029</v>
+        <v>3276906450.6769857</v>
       </c>
       <c r="N73" s="43">
         <f t="shared" si="5"/>
-        <v>3083030952.309885</v>
+        <v>3133766002.4630761</v>
       </c>
       <c r="O73" s="43">
         <f t="shared" si="5"/>
-        <v>3150526872.4647484</v>
+        <v>3202372650.647325</v>
       </c>
       <c r="P73" s="43">
         <f t="shared" si="5"/>
-        <v>3141063169.8920603</v>
+        <v>3192753211.2584691</v>
       </c>
       <c r="Q73" s="43">
         <f t="shared" si="5"/>
-        <v>3165635931.5283175</v>
+        <v>3217730347.7820697</v>
       </c>
       <c r="R73" s="43">
         <f t="shared" si="5"/>
-        <v>3107625979.9026995</v>
+        <v>3158765771.3568192</v>
       </c>
       <c r="S73" s="43">
         <f t="shared" si="5"/>
-        <v>3167883799.5239615</v>
+        <v>3220015207.1985788</v>
       </c>
       <c r="T73" s="43">
         <f t="shared" si="5"/>
-        <v>2958041034.6874442</v>
+        <v>3006719222.6691847</v>
       </c>
       <c r="U73" s="43">
         <f t="shared" si="5"/>
-        <v>2927868882.6969008</v>
+        <v>2976050550.965363</v>
       </c>
       <c r="V73" s="43">
         <f t="shared" si="5"/>
-        <v>2928750947.3382645</v>
+        <v>2976947131.0606771</v>
       </c>
       <c r="W73" s="43">
         <f t="shared" si="5"/>
-        <v>2656765445.2699947</v>
+        <v>2700485774.4512668</v>
       </c>
       <c r="X73" s="43">
         <f t="shared" si="5"/>
-        <v>2584663129.5158839</v>
+        <v>2627196926.7866654</v>
       </c>
       <c r="Y73" s="43">
         <f t="shared" si="5"/>
-        <v>2630043374.5960927</v>
+        <v>2673323959.3775163</v>
       </c>
       <c r="Z73" s="43">
         <f t="shared" si="5"/>
-        <v>2643251083.7418385</v>
+        <v>2686749017.5529289</v>
       </c>
       <c r="AA73" s="43">
         <f t="shared" si="5"/>
-        <v>2572018436.7851958</v>
+        <v>2614344150.1509542</v>
       </c>
       <c r="AB73" s="43">
         <f t="shared" si="5"/>
-        <v>2578695480.0532036</v>
+        <v>2621131072.3434095</v>
       </c>
       <c r="AC73" s="43">
         <f t="shared" si="5"/>
-        <v>2533063463.4109321</v>
+        <v>2574748124.9810929</v>
       </c>
       <c r="AD73" s="43">
         <f t="shared" si="5"/>
-        <v>1806076736.4266431</v>
+        <v>1835797941.05304</v>
       </c>
       <c r="AE73" s="43">
         <f t="shared" si="5"/>
-        <v>1411305198.8323438</v>
+        <v>1434529954.3251719</v>
       </c>
       <c r="AF73" s="43">
         <f t="shared" si="5"/>
-        <v>1859961056.4485281</v>
+        <v>1890568993.5537972</v>
       </c>
       <c r="AG73" s="43">
         <f t="shared" si="5"/>
-        <v>2424124421.0596652</v>
+        <v>2464016357.2687039</v>
       </c>
       <c r="AH73" s="43">
         <f t="shared" si="5"/>
-        <v>2337402099.4400001</v>
+        <v>2384690581.2205777</v>
+      </c>
+      <c r="AI73" s="43">
+        <f t="shared" si="5"/>
+        <v>2419988691.5500002</v>
       </c>
       <c r="AJ73" s="43">
         <f t="shared" si="2"/>
-        <v>82766124889.364487</v>
+        <v>86556955198.432068</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:I60">
     <sortCondition ref="B7:B61"/>
   </sortState>
   <phoneticPr fontId="14" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AK47"/>
+  <dimension ref="A1:AK51"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" topLeftCell="E1" zoomScale="68" zoomScaleNormal="68" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="65" zoomScaleNormal="65" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="Q13" sqref="Q13"/>
+      <selection pane="bottomLeft" activeCell="P47" sqref="P47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="1.6328125" style="58" customWidth="1"/>
     <col min="2" max="2" width="7.08984375" style="57" customWidth="1"/>
     <col min="3" max="4" width="13.7265625" style="57" customWidth="1"/>
     <col min="5" max="5" width="9.08984375" style="57"/>
     <col min="6" max="6" width="11" style="57" customWidth="1"/>
     <col min="7" max="10" width="9.08984375" style="57"/>
     <col min="11" max="11" width="13.7265625" style="57" customWidth="1"/>
     <col min="12" max="12" width="10.7265625" style="57" customWidth="1"/>
     <col min="13" max="13" width="4.08984375" style="57" customWidth="1"/>
     <col min="14" max="14" width="6.26953125" style="57" customWidth="1"/>
-    <col min="15" max="15" width="12.90625" style="57" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="24" max="24" width="8.6328125" style="57" customWidth="1"/>
+    <col min="15" max="15" width="11.54296875" style="57" customWidth="1"/>
+    <col min="16" max="23" width="1.54296875" style="97" customWidth="1"/>
+    <col min="24" max="24" width="11.54296875" style="57" customWidth="1"/>
     <col min="25" max="26" width="9.08984375" style="57"/>
     <col min="27" max="27" width="10" style="57" bestFit="1" customWidth="1"/>
     <col min="28" max="30" width="9.08984375" style="57"/>
     <col min="31" max="31" width="9.6328125" style="57" bestFit="1" customWidth="1"/>
     <col min="32" max="34" width="4.26953125" style="91" customWidth="1"/>
     <col min="35" max="35" width="4.26953125" style="96" customWidth="1"/>
     <col min="36" max="36" width="2.26953125" style="57" customWidth="1"/>
     <col min="37" max="16384" width="9.08984375" style="57"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:37" ht="47.25" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B1" s="120" t="s">
+      <c r="B1" s="118" t="s">
         <v>273</v>
       </c>
-      <c r="C1" s="120"/>
-[...25 lines deleted...]
-      <c r="AI1" s="119"/>
+      <c r="C1" s="118"/>
+      <c r="D1" s="118"/>
+      <c r="E1" s="118"/>
+      <c r="F1" s="118"/>
+      <c r="G1" s="118"/>
+      <c r="H1" s="118"/>
+      <c r="I1" s="118"/>
+      <c r="J1" s="118"/>
+      <c r="K1" s="118"/>
+      <c r="L1" s="118"/>
+      <c r="M1" s="118"/>
+      <c r="N1" s="118"/>
+      <c r="O1" s="118"/>
+      <c r="X1" s="117" t="s">
+        <v>255</v>
+      </c>
+      <c r="Y1" s="117"/>
+      <c r="Z1" s="117"/>
+      <c r="AA1" s="117"/>
+      <c r="AB1" s="117"/>
+      <c r="AC1" s="117"/>
+      <c r="AD1" s="117"/>
+      <c r="AE1" s="117"/>
+      <c r="AF1" s="117"/>
+      <c r="AG1" s="117"/>
+      <c r="AH1" s="117"/>
+      <c r="AI1" s="117"/>
     </row>
     <row r="2" spans="1:37" x14ac:dyDescent="0.3">
-      <c r="B2" s="123" t="s">
-[...14 lines deleted...]
-      <c r="O2" s="123"/>
+      <c r="B2" s="121" t="s">
+        <v>243</v>
+      </c>
+      <c r="C2" s="121"/>
+      <c r="D2" s="121"/>
+      <c r="E2" s="121"/>
+      <c r="F2" s="121"/>
+      <c r="G2" s="121"/>
+      <c r="H2" s="121"/>
+      <c r="I2" s="121"/>
+      <c r="J2" s="121"/>
+      <c r="K2" s="121"/>
+      <c r="L2" s="121"/>
+      <c r="M2" s="121"/>
+      <c r="N2" s="121"/>
+      <c r="O2" s="121"/>
       <c r="Q2" s="102"/>
       <c r="R2" s="68"/>
       <c r="S2" s="68"/>
       <c r="T2" s="68"/>
       <c r="U2" s="58"/>
       <c r="V2" s="58"/>
       <c r="W2" s="58"/>
       <c r="X2" s="58"/>
       <c r="Y2" s="95" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="Z2" s="95"/>
       <c r="AA2" s="95" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="AB2" s="95"/>
       <c r="AC2" s="95" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
     </row>
     <row r="3" spans="1:37" x14ac:dyDescent="0.3">
       <c r="I3" s="70"/>
       <c r="J3" s="71"/>
       <c r="K3" s="72"/>
       <c r="L3" s="73" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="M3" s="73"/>
       <c r="N3" s="73" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="O3" s="74"/>
       <c r="Q3" s="102"/>
       <c r="R3" s="68"/>
       <c r="S3" s="68"/>
       <c r="T3" s="68"/>
       <c r="U3" s="63" t="str">
         <f>C10</f>
-        <v>Hume</v>
+        <v>Melton</v>
       </c>
       <c r="V3" s="63"/>
       <c r="W3" s="63"/>
       <c r="X3" s="58"/>
       <c r="Y3" s="92">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="Z3" s="58"/>
       <c r="AA3" s="92">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="AB3" s="58"/>
       <c r="AC3" s="93">
         <v>1</v>
       </c>
       <c r="AD3" s="58"/>
       <c r="AE3" s="58"/>
       <c r="AF3" s="94"/>
       <c r="AG3" s="94"/>
       <c r="AH3" s="94"/>
       <c r="AI3" s="108"/>
       <c r="AJ3" s="58"/>
     </row>
     <row r="4" spans="1:37" x14ac:dyDescent="0.3">
       <c r="B4" s="62"/>
       <c r="C4" s="62" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="E4" s="59">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I4" s="75"/>
       <c r="J4" s="76">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="K4" s="84" t="str">
         <f>C10</f>
-        <v>Hume</v>
+        <v>Melton</v>
       </c>
       <c r="L4" s="66">
         <f>(U6-U4)/U4*100</f>
-        <v>4.5366128249963111</v>
+        <v>113.32152750605562</v>
       </c>
       <c r="M4" s="77"/>
       <c r="N4" s="67">
         <f>U6-U4</f>
-        <v>5.9895425739146901</v>
+        <v>50.837954331637825</v>
       </c>
       <c r="O4" s="78" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="Q4" s="102"/>
       <c r="R4" s="68" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="S4" s="68"/>
       <c r="T4" s="68" t="str" cm="1">
         <f t="array" ref="T4">INDEX(B11:B43,J4)</f>
-        <v>2003/04</v>
+        <v>2000/01</v>
       </c>
       <c r="U4" s="69">
         <f>VLOOKUP($J$4,$A11:D$43,3)</f>
-        <v>132.02675222608534</v>
+        <v>44.861691728362182</v>
       </c>
       <c r="V4" s="69"/>
       <c r="W4" s="63"/>
       <c r="X4" s="58"/>
       <c r="Y4" s="58"/>
       <c r="Z4" s="58"/>
       <c r="AA4" s="58"/>
       <c r="AB4" s="58"/>
       <c r="AC4" s="58"/>
       <c r="AD4" s="58"/>
       <c r="AE4" s="58"/>
       <c r="AF4" s="98"/>
       <c r="AG4" s="98"/>
       <c r="AH4" s="98"/>
       <c r="AJ4" s="58"/>
     </row>
     <row r="5" spans="1:37" x14ac:dyDescent="0.3">
       <c r="B5" s="62"/>
       <c r="C5" s="62"/>
       <c r="G5" s="60"/>
       <c r="H5" s="65"/>
       <c r="I5" s="75"/>
       <c r="J5" s="79"/>
       <c r="K5" s="80"/>
       <c r="L5" s="81"/>
       <c r="M5" s="80"/>
       <c r="N5" s="80"/>
       <c r="O5" s="82"/>
       <c r="Q5" s="102"/>
       <c r="R5" s="68" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="S5" s="68"/>
       <c r="T5" s="68"/>
       <c r="U5" s="69"/>
       <c r="V5" s="69"/>
       <c r="W5" s="63"/>
       <c r="X5" s="58"/>
       <c r="Y5" s="58"/>
       <c r="Z5" s="58"/>
       <c r="AA5" s="58"/>
       <c r="AB5" s="58"/>
       <c r="AC5" s="92">
         <v>2</v>
       </c>
       <c r="AD5" s="58"/>
       <c r="AE5" s="58"/>
       <c r="AF5" s="98"/>
       <c r="AG5" s="98"/>
       <c r="AH5" s="98"/>
       <c r="AJ5" s="58"/>
     </row>
     <row r="6" spans="1:37" x14ac:dyDescent="0.3">
       <c r="B6" s="62"/>
       <c r="C6" s="62" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="E6" s="59">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="I6" s="75"/>
       <c r="J6" s="76">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K6" s="79"/>
       <c r="L6" s="79"/>
       <c r="M6" s="79"/>
       <c r="N6" s="79"/>
       <c r="O6" s="79"/>
       <c r="Q6" s="102"/>
       <c r="R6" s="68"/>
       <c r="S6" s="68"/>
       <c r="T6" s="68" t="str" cm="1">
         <f t="array" ref="T6">INDEX(B11:B43,J6)</f>
-        <v>2023/24</v>
+        <v>2024/25</v>
       </c>
       <c r="U6" s="69">
         <f>VLOOKUP($J$6,$A$11:$D$43,3)</f>
-        <v>138.01629480000003</v>
+        <v>95.699646060000006</v>
       </c>
       <c r="V6" s="69"/>
       <c r="W6" s="63"/>
       <c r="X6" s="58"/>
       <c r="Y6" s="58"/>
       <c r="Z6" s="58"/>
       <c r="AA6" s="58"/>
       <c r="AB6" s="58"/>
       <c r="AC6" s="58"/>
       <c r="AD6" s="58"/>
       <c r="AE6" s="58"/>
       <c r="AF6" s="98"/>
       <c r="AG6" s="98"/>
       <c r="AH6" s="98"/>
       <c r="AJ6" s="58"/>
     </row>
     <row r="7" spans="1:37" x14ac:dyDescent="0.3">
       <c r="B7" s="62"/>
       <c r="C7" s="62"/>
       <c r="I7" s="75"/>
       <c r="J7" s="79"/>
       <c r="K7" s="79"/>
       <c r="L7" s="79"/>
       <c r="M7" s="79"/>
       <c r="N7" s="79"/>
       <c r="O7" s="83"/>
       <c r="Q7" s="102"/>
       <c r="R7" s="68" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="S7" s="68"/>
       <c r="T7" s="68"/>
       <c r="U7" s="63"/>
       <c r="V7" s="63"/>
       <c r="W7" s="63"/>
       <c r="X7" s="58"/>
       <c r="Y7" s="58"/>
       <c r="Z7" s="58"/>
       <c r="AA7" s="58" t="str" cm="1">
         <f t="array" ref="AA7">INDEX(B11:B43,Y3)</f>
-        <v>2013/14</v>
+        <v>2001/02</v>
       </c>
       <c r="AB7" s="58" t="str" cm="1">
         <f t="array" ref="AB7">INDEX(B11:B43,AA3)</f>
-        <v>2023/24</v>
+        <v>2024/25</v>
       </c>
       <c r="AC7" s="58" t="s">
+        <v>267</v>
+      </c>
+      <c r="AD7" s="58" t="s">
         <v>268</v>
       </c>
-      <c r="AD7" s="58" t="s">
+      <c r="AE7" s="58" t="s">
         <v>269</v>
       </c>
-      <c r="AE7" s="58" t="s">
+      <c r="AF7" s="94" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="AG7" s="94"/>
       <c r="AH7" s="94"/>
       <c r="AI7" s="108"/>
       <c r="AJ7" s="58"/>
       <c r="AK7" s="58"/>
     </row>
     <row r="8" spans="1:37" x14ac:dyDescent="0.3">
       <c r="B8" s="62" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C8" s="62"/>
       <c r="E8" s="61">
         <v>2</v>
       </c>
-      <c r="G8" s="121" t="str">
+      <c r="G8" s="119" t="str">
         <f>CONCATENATE("EGM Losses for ",C10," and ",D10,": ",INDEX(R4:R5,E8))</f>
-        <v>EGM Losses for Hume and Nillumbik: Adjust for inflation</v>
-[...8 lines deleted...]
-      <c r="O8" s="121"/>
+        <v>EGM Losses for Melton and Boroondara: Adjust for inflation</v>
+      </c>
+      <c r="H8" s="119"/>
+      <c r="I8" s="119"/>
+      <c r="J8" s="119"/>
+      <c r="K8" s="119"/>
+      <c r="L8" s="119"/>
+      <c r="M8" s="119"/>
+      <c r="N8" s="119"/>
+      <c r="O8" s="119"/>
       <c r="R8" s="68" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="S8" s="58"/>
       <c r="T8" s="58"/>
       <c r="U8" s="63"/>
       <c r="V8" s="63"/>
       <c r="W8" s="63"/>
       <c r="X8" s="58"/>
       <c r="Y8" s="94">
         <v>1</v>
       </c>
       <c r="Z8" s="111" t="s">
         <v>174</v>
       </c>
       <c r="AA8" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y8,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>72171532.129285529</v>
+        <v>121346406.80677879</v>
       </c>
       <c r="AB8" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y8,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>58630345.090000004</v>
+        <v>59053993.599999994</v>
       </c>
       <c r="AC8" s="112">
         <f>AB8-AA8</f>
-        <v>-13541187.039285526</v>
+        <v>-62292413.206778795</v>
       </c>
       <c r="AD8" s="112">
         <f>AC8/AA8*100</f>
-        <v>-18.762504605040562</v>
+        <v>-51.334369798001255</v>
       </c>
       <c r="AE8" s="112">
         <f>IF($AC$3=1,AC8,AD8)</f>
-        <v>-13541187.039285526</v>
+        <v>-62292413.206778795</v>
       </c>
       <c r="AF8" s="94">
         <f>AE8+0.00001*Y8</f>
-        <v>-13541187.039275525</v>
+        <v>-62292413.206768796</v>
       </c>
       <c r="AG8" s="94">
         <f>RANK(AF8,AF$8:AF$38)</f>
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="AH8" s="109" t="str">
         <f>VLOOKUP(MATCH(Y8,AG$8:AG$38,0),$Y$8:$AF$38,2)</f>
         <v>Melton</v>
       </c>
       <c r="AI8" s="110">
         <f>VLOOKUP(MATCH(Y8,AG$8:AG$38,0),$Y$8:$AF$38,8)</f>
-        <v>19160572.800493907</v>
+        <v>46722758.585002422</v>
       </c>
       <c r="AJ8" s="58"/>
       <c r="AK8" s="58"/>
     </row>
     <row r="9" spans="1:37" x14ac:dyDescent="0.3">
-      <c r="C9" s="124" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="124"/>
+      <c r="C9" s="122" t="s">
+        <v>250</v>
+      </c>
+      <c r="D9" s="122"/>
       <c r="E9" s="62"/>
       <c r="F9" s="62"/>
-      <c r="G9" s="122"/>
-[...7 lines deleted...]
-      <c r="O9" s="122"/>
+      <c r="G9" s="120"/>
+      <c r="H9" s="120"/>
+      <c r="I9" s="120"/>
+      <c r="J9" s="120"/>
+      <c r="K9" s="120"/>
+      <c r="L9" s="120"/>
+      <c r="M9" s="120"/>
+      <c r="N9" s="120"/>
+      <c r="O9" s="120"/>
       <c r="R9" s="58"/>
       <c r="S9" s="58"/>
       <c r="T9" s="58"/>
       <c r="U9" s="63"/>
       <c r="V9" s="63"/>
       <c r="W9" s="63"/>
       <c r="X9" s="111" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="Y9" s="94">
         <v>2</v>
       </c>
       <c r="Z9" s="111" t="s">
         <v>191</v>
       </c>
       <c r="AA9" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y9,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>20710452.473489136</v>
+        <v>37584260.260025874</v>
       </c>
       <c r="AB9" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y9,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>12380460.23</v>
+        <v>12464512.800000001</v>
       </c>
       <c r="AC9" s="112">
         <f t="shared" ref="AC9:AC38" si="0">AB9-AA9</f>
-        <v>-8329992.2434891351</v>
+        <v>-25119747.460025873</v>
       </c>
       <c r="AD9" s="112">
         <f t="shared" ref="AD9:AD38" si="1">AC9/AA9*100</f>
-        <v>-40.221198711868425</v>
+        <v>-66.835817137906815</v>
       </c>
       <c r="AE9" s="112">
         <f t="shared" ref="AE9:AE38" si="2">IF($AC$3=1,AC9,AD9)</f>
-        <v>-8329992.2434891351</v>
+        <v>-25119747.460025873</v>
       </c>
       <c r="AF9" s="94">
         <f t="shared" ref="AF9:AF38" si="3">AE9+0.00001*Y9</f>
-        <v>-8329992.2434691349</v>
+        <v>-25119747.460005872</v>
       </c>
       <c r="AG9" s="94">
         <f t="shared" ref="AG9:AG38" si="4">RANK(AF9,AF$8:AF$38)</f>
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="AH9" s="109" t="str">
         <f t="shared" ref="AH9:AH38" si="5">VLOOKUP(MATCH(Y9,AG$8:AG$38,0),$Y$8:$AF$38,2)</f>
-        <v>Casey</v>
+        <v>Wyndham</v>
       </c>
       <c r="AI9" s="110">
         <f t="shared" ref="AI9:AI38" si="6">VLOOKUP(MATCH(Y9,AG$8:AG$38,0),$Y$8:$AF$38,8)</f>
-        <v>9888858.4406983629</v>
+        <v>21374289.047844984</v>
       </c>
       <c r="AJ9" s="58"/>
       <c r="AK9" s="58"/>
     </row>
-    <row r="10" spans="1:37" ht="28" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:37" ht="14" x14ac:dyDescent="0.3">
       <c r="C10" s="100" t="str">
         <f>INDEX(Data!B5:B36,E4)</f>
-        <v>Hume</v>
+        <v>Melton</v>
       </c>
       <c r="D10" s="101" t="str">
         <f>INDEX(Data!B5:B36,E6)</f>
-        <v>Nillumbik</v>
+        <v>Boroondara</v>
       </c>
       <c r="E10" s="62"/>
       <c r="F10" s="62"/>
       <c r="R10" s="58"/>
       <c r="S10" s="58"/>
       <c r="T10" s="58"/>
       <c r="U10" s="58"/>
       <c r="V10" s="58"/>
       <c r="W10" s="58"/>
       <c r="X10" s="111" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="Y10" s="94">
         <v>3</v>
       </c>
       <c r="Z10" s="111" t="s">
         <v>171</v>
       </c>
       <c r="AA10" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y10,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>25467459.811761659</v>
+        <v>40966659.406468302</v>
       </c>
       <c r="AB10" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y10,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>18805362.940000001</v>
+        <v>19263611.550000001</v>
       </c>
       <c r="AC10" s="112">
         <f t="shared" si="0"/>
-        <v>-6662096.8717616573</v>
+        <v>-21703047.856468301</v>
       </c>
       <c r="AD10" s="112">
         <f t="shared" si="1"/>
-        <v>-26.159251535109501</v>
+        <v>-52.977343456619671</v>
       </c>
       <c r="AE10" s="112">
         <f t="shared" si="2"/>
-        <v>-6662096.8717616573</v>
+        <v>-21703047.856468301</v>
       </c>
       <c r="AF10" s="94">
         <f t="shared" si="3"/>
-        <v>-6662096.8717316575</v>
+        <v>-21703047.856438302</v>
       </c>
       <c r="AG10" s="94">
         <f t="shared" si="4"/>
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="AH10" s="109" t="str">
         <f t="shared" si="5"/>
         <v>Cardinia</v>
       </c>
       <c r="AI10" s="110">
         <f t="shared" si="6"/>
-        <v>8999008.4448243231</v>
+        <v>15085806.09635013</v>
       </c>
       <c r="AJ10" s="58"/>
       <c r="AK10" s="58"/>
     </row>
     <row r="11" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A11" s="63">
         <v>1</v>
       </c>
       <c r="B11" s="64" t="s">
         <v>209</v>
       </c>
       <c r="C11" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A11)/1000000</f>
-        <v>4.7478906857556264</v>
+        <v>0.79019106752411572</v>
       </c>
       <c r="D11" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A11)/1000000</f>
-        <v>0</v>
+        <v>3.5781691768488741</v>
       </c>
       <c r="E11" s="103"/>
       <c r="F11" s="103"/>
       <c r="G11" s="97"/>
       <c r="H11" s="97"/>
       <c r="I11" s="97"/>
       <c r="J11" s="97"/>
       <c r="K11" s="97"/>
       <c r="R11" s="58"/>
       <c r="S11" s="58"/>
       <c r="T11" s="58"/>
       <c r="U11" s="58"/>
       <c r="V11" s="58"/>
       <c r="W11" s="58"/>
       <c r="X11" s="58"/>
       <c r="Y11" s="94">
         <v>4</v>
       </c>
       <c r="Z11" s="111" t="s">
         <v>184</v>
       </c>
       <c r="AA11" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y11,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>181732916.40953031</v>
+        <v>203072887.89552391</v>
       </c>
       <c r="AB11" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y11,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>171667782.49000001</v>
+        <v>175897780.03000003</v>
       </c>
       <c r="AC11" s="112">
         <f t="shared" si="0"/>
-        <v>-10065133.919530302</v>
+        <v>-27175107.865523875</v>
       </c>
       <c r="AD11" s="112">
         <f t="shared" si="1"/>
-        <v>-5.5384209522334356</v>
+        <v>-13.381947805609979</v>
       </c>
       <c r="AE11" s="112">
         <f t="shared" si="2"/>
-        <v>-10065133.919530302</v>
+        <v>-27175107.865523875</v>
       </c>
       <c r="AF11" s="94">
         <f t="shared" si="3"/>
-        <v>-10065133.919490302</v>
+        <v>-27175107.865483876</v>
       </c>
       <c r="AG11" s="94">
         <f t="shared" si="4"/>
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="AH11" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Wyndham</v>
+        <v>Hume</v>
       </c>
       <c r="AI11" s="110">
         <f t="shared" si="6"/>
-        <v>6706504.3419946665</v>
+        <v>-8340546.7879912397</v>
       </c>
       <c r="AJ11" s="58"/>
       <c r="AK11" s="58"/>
     </row>
     <row r="12" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A12" s="63">
         <v>2</v>
       </c>
       <c r="B12" s="64" t="s">
         <v>210</v>
       </c>
       <c r="C12" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A12)/1000000</f>
-        <v>20.891522247804104</v>
+        <v>7.2195247709320691</v>
       </c>
       <c r="D12" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A12)/1000000</f>
-        <v>1.1088541219589256</v>
+        <v>8.5637153112164288</v>
       </c>
       <c r="E12" s="103"/>
       <c r="F12" s="103"/>
       <c r="G12" s="97"/>
       <c r="H12" s="97"/>
       <c r="I12" s="97"/>
       <c r="J12" s="97"/>
       <c r="K12" s="97"/>
       <c r="R12" s="58"/>
       <c r="S12" s="58"/>
       <c r="T12" s="58"/>
       <c r="U12" s="58"/>
       <c r="V12" s="58"/>
       <c r="W12" s="58"/>
       <c r="X12" s="58"/>
       <c r="Y12" s="94">
         <v>5</v>
       </c>
       <c r="Z12" s="111" t="s">
         <v>193</v>
       </c>
       <c r="AA12" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y12,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>27832466.805225678</v>
+        <v>24388081.663699869</v>
       </c>
       <c r="AB12" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y12,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>36831475.25</v>
+        <v>39473887.759999998</v>
       </c>
       <c r="AC12" s="112">
         <f t="shared" si="0"/>
-        <v>8999008.4447743222</v>
+        <v>15085806.096300129</v>
       </c>
       <c r="AD12" s="112">
         <f t="shared" si="1"/>
-        <v>32.33277347548912</v>
+        <v>61.857288754098306</v>
       </c>
       <c r="AE12" s="112">
         <f t="shared" si="2"/>
-        <v>8999008.4447743222</v>
+        <v>15085806.096300129</v>
       </c>
       <c r="AF12" s="94">
         <f t="shared" si="3"/>
-        <v>8999008.4448243231</v>
+        <v>15085806.09635013</v>
       </c>
       <c r="AG12" s="94">
         <f t="shared" si="4"/>
         <v>3</v>
       </c>
       <c r="AH12" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Hume</v>
+        <v>Whittlesea</v>
       </c>
       <c r="AI12" s="110">
         <f t="shared" si="6"/>
-        <v>4451234.5391236404</v>
+        <v>-9972320.9951016232</v>
       </c>
       <c r="AJ12" s="58"/>
       <c r="AK12" s="58"/>
     </row>
     <row r="13" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A13" s="63">
         <v>3</v>
       </c>
       <c r="B13" s="64" t="s">
         <v>211</v>
       </c>
       <c r="C13" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A13)/1000000</f>
-        <v>44.84923617176829</v>
+        <v>14.671267615853658</v>
       </c>
       <c r="D13" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A13)/1000000</f>
-        <v>4.2025444896036586</v>
+        <v>20.514429262195122</v>
       </c>
       <c r="E13" s="103"/>
       <c r="F13" s="103"/>
       <c r="G13" s="97"/>
       <c r="H13" s="97"/>
       <c r="I13" s="97"/>
       <c r="J13" s="97"/>
       <c r="K13" s="97"/>
       <c r="R13" s="58"/>
       <c r="S13" s="58"/>
       <c r="T13" s="58"/>
       <c r="U13" s="58"/>
       <c r="V13" s="58"/>
       <c r="W13" s="58"/>
       <c r="X13" s="58"/>
       <c r="Y13" s="94">
         <v>6</v>
       </c>
       <c r="Z13" s="111" t="s">
         <v>182</v>
       </c>
       <c r="AA13" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y13,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>148546430.68936163</v>
+        <v>178463050.06090558</v>
       </c>
       <c r="AB13" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y13,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>158435289.13</v>
+        <v>166564427.54999998</v>
       </c>
       <c r="AC13" s="112">
         <f>AB13-AA13</f>
-        <v>9888858.4406383634</v>
+        <v>-11898622.510905594</v>
       </c>
       <c r="AD13" s="112">
         <f>AC13/AA13*100</f>
-        <v>6.6570824992206079</v>
+        <v>-6.6672751064407176</v>
       </c>
       <c r="AE13" s="112">
         <f t="shared" si="2"/>
-        <v>9888858.4406383634</v>
+        <v>-11898622.510905594</v>
       </c>
       <c r="AF13" s="94">
         <f t="shared" si="3"/>
-        <v>9888858.4406983629</v>
+        <v>-11898622.510845594</v>
       </c>
       <c r="AG13" s="94">
         <f t="shared" si="4"/>
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="AH13" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Whittlesea</v>
+        <v>Nillumbik</v>
       </c>
       <c r="AI13" s="110">
         <f t="shared" si="6"/>
-        <v>3260279.225174434</v>
+        <v>-11565479.805930765</v>
       </c>
       <c r="AJ13" s="58"/>
       <c r="AK13" s="58"/>
     </row>
     <row r="14" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A14" s="63">
         <v>4</v>
       </c>
       <c r="B14" s="64" t="s">
         <v>212</v>
       </c>
       <c r="C14" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A14)/1000000</f>
-        <v>64.173982926240711</v>
+        <v>22.642479524517086</v>
       </c>
       <c r="D14" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A14)/1000000</f>
-        <v>5.1363461820505192</v>
+        <v>28.318117378900446</v>
       </c>
       <c r="E14" s="103"/>
       <c r="F14" s="103"/>
       <c r="G14" s="97"/>
       <c r="H14" s="97"/>
       <c r="I14" s="97"/>
       <c r="J14" s="97"/>
       <c r="K14" s="97"/>
       <c r="X14" s="97"/>
       <c r="Y14" s="94">
         <v>7</v>
       </c>
       <c r="Z14" s="111" t="s">
         <v>170</v>
       </c>
       <c r="AA14" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y14,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>108035224.27228612</v>
+        <v>174369571.42256144</v>
       </c>
       <c r="AB14" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y14,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>84552235.280000001</v>
+        <v>83375783.5</v>
       </c>
       <c r="AC14" s="112">
         <f t="shared" si="0"/>
-        <v>-23482988.992286116</v>
+        <v>-90993787.922561437</v>
       </c>
       <c r="AD14" s="112">
         <f t="shared" si="1"/>
-        <v>-21.73641897859245</v>
+        <v>-52.184442033208946</v>
       </c>
       <c r="AE14" s="112">
         <f t="shared" si="2"/>
-        <v>-23482988.992286116</v>
+        <v>-90993787.922561437</v>
       </c>
       <c r="AF14" s="94">
         <f t="shared" si="3"/>
-        <v>-23482988.992216118</v>
+        <v>-90993787.922491431</v>
       </c>
       <c r="AG14" s="94">
         <f t="shared" si="4"/>
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="AH14" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Nillumbik</v>
+        <v>Casey</v>
       </c>
       <c r="AI14" s="110">
         <f t="shared" si="6"/>
-        <v>-182655.24725367126</v>
+        <v>-11898622.510845594</v>
       </c>
       <c r="AJ14" s="58"/>
       <c r="AK14" s="58"/>
     </row>
     <row r="15" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A15" s="63">
         <v>5</v>
       </c>
       <c r="B15" s="64" t="s">
         <v>213</v>
       </c>
       <c r="C15" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A15)/1000000</f>
-        <v>79.304480393930561</v>
+        <v>28.415315755391426</v>
       </c>
       <c r="D15" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A15)/1000000</f>
-        <v>6.749383780456129</v>
+        <v>29.874104325494827</v>
       </c>
       <c r="E15" s="103"/>
       <c r="F15" s="103"/>
       <c r="G15" s="97"/>
       <c r="H15" s="97"/>
       <c r="I15" s="97"/>
       <c r="J15" s="97"/>
       <c r="K15" s="97"/>
       <c r="X15" s="97"/>
       <c r="Y15" s="94">
         <v>8</v>
       </c>
       <c r="Z15" s="111" t="s">
         <v>181</v>
       </c>
       <c r="AA15" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y15,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>79031877.189357504</v>
+        <v>123639945.93438549</v>
       </c>
       <c r="AB15" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y15,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>65795232.350000009</v>
+        <v>68240983.010000005</v>
       </c>
       <c r="AC15" s="112">
         <f t="shared" si="0"/>
-        <v>-13236644.839357495</v>
+        <v>-55398962.924385488</v>
       </c>
       <c r="AD15" s="112">
         <f t="shared" si="1"/>
-        <v>-16.748488470852053</v>
+        <v>-44.806686468291709</v>
       </c>
       <c r="AE15" s="112">
         <f t="shared" si="2"/>
-        <v>-13236644.839357495</v>
+        <v>-55398962.924385488</v>
       </c>
       <c r="AF15" s="94">
         <f t="shared" si="3"/>
-        <v>-13236644.839277495</v>
+        <v>-55398962.924305491</v>
       </c>
       <c r="AG15" s="94">
         <f t="shared" si="4"/>
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="AH15" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Melbourne</v>
+        <v>Boroondara</v>
       </c>
       <c r="AI15" s="110">
         <f t="shared" si="6"/>
-        <v>-235500.59885246164</v>
+        <v>-21703047.856438302</v>
       </c>
       <c r="AJ15" s="58"/>
       <c r="AK15" s="58"/>
     </row>
     <row r="16" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A16" s="63">
         <v>6</v>
       </c>
       <c r="B16" s="64" t="s">
         <v>214</v>
       </c>
       <c r="C16" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A16)/1000000</f>
-        <v>97.277095324292063</v>
+        <v>32.54276164411764</v>
       </c>
       <c r="D16" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A16)/1000000</f>
-        <v>15.189518848638233</v>
+        <v>30.073920052235295</v>
       </c>
       <c r="E16" s="103"/>
       <c r="F16" s="103"/>
       <c r="G16" s="97"/>
       <c r="H16" s="97"/>
       <c r="I16" s="97"/>
       <c r="J16" s="97"/>
       <c r="K16" s="97"/>
       <c r="X16" s="97"/>
       <c r="Y16" s="94">
         <v>9</v>
       </c>
       <c r="Z16" s="111" t="s">
         <v>190</v>
       </c>
       <c r="AA16" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y16,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>94523352.064321607</v>
+        <v>149618915.24807245</v>
       </c>
       <c r="AB16" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y16,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>71755193.090000004</v>
+        <v>74734879.170000002</v>
       </c>
       <c r="AC16" s="112">
         <f t="shared" si="0"/>
-        <v>-22768158.974321604</v>
+        <v>-74884036.078072444</v>
       </c>
       <c r="AD16" s="112">
         <f t="shared" si="1"/>
-        <v>-24.087337654750375</v>
+        <v>-50.049845605358499</v>
       </c>
       <c r="AE16" s="112">
         <f t="shared" si="2"/>
-        <v>-22768158.974321604</v>
+        <v>-74884036.078072444</v>
       </c>
       <c r="AF16" s="94">
         <f t="shared" si="3"/>
-        <v>-22768158.974231604</v>
+        <v>-74884036.077982441</v>
       </c>
       <c r="AG16" s="94">
         <f t="shared" si="4"/>
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="AH16" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Maribyrnong</v>
+        <v>Bayside</v>
       </c>
       <c r="AI16" s="110">
         <f t="shared" si="6"/>
-        <v>-3145912.5303776576</v>
+        <v>-25119747.460005872</v>
       </c>
       <c r="AJ16" s="58"/>
       <c r="AK16" s="58"/>
     </row>
     <row r="17" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A17" s="63">
         <v>7</v>
       </c>
       <c r="B17" s="64" t="s">
         <v>215</v>
       </c>
       <c r="C17" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A17)/1000000</f>
-        <v>117.1750727419825</v>
+        <v>40.105328279883388</v>
       </c>
       <c r="D17" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A17)/1000000</f>
-        <v>18.87010610979592</v>
+        <v>33.664058034985423</v>
       </c>
       <c r="E17" s="103"/>
       <c r="F17" s="103"/>
       <c r="G17" s="97"/>
       <c r="H17" s="97"/>
       <c r="I17" s="97"/>
       <c r="J17" s="97"/>
       <c r="K17" s="97"/>
       <c r="X17" s="97"/>
       <c r="Y17" s="94">
         <v>10</v>
       </c>
       <c r="Z17" s="111" t="s">
         <v>180</v>
       </c>
       <c r="AA17" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y17,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>144468779.44783318</v>
+        <v>201804295.78494176</v>
       </c>
       <c r="AB17" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y17,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>137923170.53</v>
+        <v>141175361.56</v>
       </c>
       <c r="AC17" s="112">
         <f t="shared" si="0"/>
-        <v>-6545608.9178331792</v>
+        <v>-60628934.22494176</v>
       </c>
       <c r="AD17" s="112">
         <f t="shared" si="1"/>
-        <v>-4.5308120846945759</v>
+        <v>-30.043430933478561</v>
       </c>
       <c r="AE17" s="112">
         <f t="shared" si="2"/>
-        <v>-6545608.9178331792</v>
+        <v>-60628934.22494176</v>
       </c>
       <c r="AF17" s="94">
         <f t="shared" si="3"/>
-        <v>-6545608.9177331794</v>
+        <v>-60628934.224841759</v>
       </c>
       <c r="AG17" s="94">
         <f t="shared" si="4"/>
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="AH17" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Yarra Ranges</v>
+        <v>Brimbank</v>
       </c>
       <c r="AI17" s="110">
         <f t="shared" si="6"/>
-        <v>-4341729.0960329659</v>
+        <v>-27175107.865483876</v>
       </c>
       <c r="AJ17" s="58"/>
       <c r="AK17" s="58"/>
     </row>
     <row r="18" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A18" s="63">
         <v>8</v>
       </c>
       <c r="B18" s="64" t="s">
         <v>216</v>
       </c>
       <c r="C18" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A18)/1000000</f>
-        <v>130.40295125488123</v>
+        <v>43.892396081918186</v>
       </c>
       <c r="D18" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A18)/1000000</f>
-        <v>22.050561283305495</v>
+        <v>36.860465367334278</v>
       </c>
       <c r="E18" s="103"/>
       <c r="F18" s="103"/>
       <c r="G18" s="97"/>
       <c r="H18" s="97"/>
       <c r="I18" s="97"/>
       <c r="J18" s="97"/>
       <c r="K18" s="97"/>
       <c r="X18" s="97"/>
       <c r="Y18" s="94">
         <v>11</v>
       </c>
       <c r="Z18" s="111" t="s">
         <v>185</v>
       </c>
       <c r="AA18" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y18,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>61909931.18043115</v>
+        <v>89012996.284191459</v>
       </c>
       <c r="AB18" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y18,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>46936040.490000002</v>
+        <v>50208970.970000006</v>
       </c>
       <c r="AC18" s="112">
         <f t="shared" si="0"/>
-        <v>-14973890.690431148</v>
+        <v>-38804025.314191453</v>
       </c>
       <c r="AD18" s="112">
         <f t="shared" si="1"/>
-        <v>-24.186572985828455</v>
+        <v>-43.593662649330426</v>
       </c>
       <c r="AE18" s="112">
         <f t="shared" si="2"/>
-        <v>-14973890.690431148</v>
+        <v>-38804025.314191453</v>
       </c>
       <c r="AF18" s="94">
         <f t="shared" si="3"/>
-        <v>-14973890.690321147</v>
+        <v>-38804025.314081453</v>
       </c>
       <c r="AG18" s="94">
         <f t="shared" si="4"/>
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="AH18" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Port Phillip</v>
+        <v>Stonnington</v>
       </c>
       <c r="AI18" s="110">
         <f t="shared" si="6"/>
-        <v>-4864628.6504655788</v>
+        <v>-28914815.664319556</v>
       </c>
       <c r="AJ18" s="58"/>
       <c r="AK18" s="58"/>
     </row>
     <row r="19" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A19" s="63">
         <v>9</v>
       </c>
       <c r="B19" s="64" t="s">
         <v>207</v>
       </c>
       <c r="C19" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A19)/1000000</f>
-        <v>140.65279449179761</v>
+        <v>44.861691728362182</v>
       </c>
       <c r="D19" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A19)/1000000</f>
-        <v>21.349975667217041</v>
+        <v>38.632233512649798</v>
       </c>
       <c r="E19" s="103"/>
       <c r="F19" s="103"/>
       <c r="G19" s="97"/>
       <c r="H19" s="97"/>
       <c r="I19" s="97"/>
       <c r="J19" s="97"/>
       <c r="K19" s="97"/>
       <c r="X19" s="97"/>
       <c r="Y19" s="94">
         <v>12</v>
       </c>
       <c r="Z19" s="111" t="s">
         <v>183</v>
       </c>
       <c r="AA19" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y19,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>133565060.26099637</v>
+        <v>156250510.33811125</v>
       </c>
       <c r="AB19" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y19,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>138016294.80000001</v>
+        <v>147909963.55000001</v>
       </c>
       <c r="AC19" s="112">
         <f t="shared" si="0"/>
-        <v>4451234.5390036404</v>
+        <v>-8340546.7881112397</v>
       </c>
       <c r="AD19" s="112">
         <f t="shared" si="1"/>
-        <v>3.3326339465617631</v>
+        <v>-5.337932509828665</v>
       </c>
       <c r="AE19" s="112">
         <f t="shared" si="2"/>
-        <v>4451234.5390036404</v>
+        <v>-8340546.7881112397</v>
       </c>
       <c r="AF19" s="94">
         <f t="shared" si="3"/>
-        <v>4451234.5391236404</v>
+        <v>-8340546.7879912397</v>
       </c>
       <c r="AG19" s="94">
         <f t="shared" si="4"/>
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AH19" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Greater Dandenong</v>
+        <v>Yarra Ranges</v>
       </c>
       <c r="AI19" s="110">
         <f t="shared" si="6"/>
-        <v>-6545608.9177331794</v>
+        <v>-32574894.55163049</v>
       </c>
       <c r="AJ19" s="58"/>
       <c r="AK19" s="58"/>
     </row>
     <row r="20" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A20" s="63">
         <v>10</v>
       </c>
       <c r="B20" s="64" t="s">
         <v>208</v>
       </c>
       <c r="C20" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A20)/1000000</f>
-        <v>153.72084556025769</v>
+        <v>48.976887475187574</v>
       </c>
       <c r="D20" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A20)/1000000</f>
-        <v>21.231403489344373</v>
+        <v>40.966659406468303</v>
       </c>
       <c r="E20" s="103"/>
       <c r="F20" s="103"/>
       <c r="G20" s="97"/>
       <c r="H20" s="97"/>
       <c r="I20" s="97"/>
       <c r="J20" s="97"/>
       <c r="K20" s="97"/>
       <c r="X20" s="97"/>
       <c r="Y20" s="94">
         <v>13</v>
       </c>
       <c r="Z20" s="111" t="s">
         <v>179</v>
       </c>
       <c r="AA20" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y20,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>104710702.99482962</v>
+        <v>170106953.04884863</v>
       </c>
       <c r="AB20" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y20,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>86299825.290000007</v>
+        <v>89378925.429999992</v>
       </c>
       <c r="AC20" s="112">
         <f t="shared" si="0"/>
-        <v>-18410877.704829618</v>
+        <v>-80728027.618848637</v>
       </c>
       <c r="AD20" s="112">
         <f t="shared" si="1"/>
-        <v>-17.582613026424536</v>
+        <v>-47.457218045441351</v>
       </c>
       <c r="AE20" s="112">
         <f t="shared" si="2"/>
-        <v>-18410877.704829618</v>
+        <v>-80728027.618848637</v>
       </c>
       <c r="AF20" s="94">
         <f t="shared" si="3"/>
-        <v>-18410877.704699617</v>
+        <v>-80728027.618718639</v>
       </c>
       <c r="AG20" s="94">
         <f t="shared" si="4"/>
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="AH20" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Boroondara</v>
+        <v>Port Phillip</v>
       </c>
       <c r="AI20" s="110">
         <f t="shared" si="6"/>
-        <v>-6662096.8717316575</v>
+        <v>-35089401.258637443</v>
       </c>
       <c r="AJ20" s="58"/>
       <c r="AK20" s="58"/>
     </row>
     <row r="21" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A21" s="63">
         <v>11</v>
       </c>
       <c r="B21" s="64" t="s">
         <v>204</v>
       </c>
       <c r="C21" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A21)/1000000</f>
-        <v>135.11185305413693</v>
+        <v>43.188995080452266</v>
       </c>
       <c r="D21" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A21)/1000000</f>
-        <v>18.100286020966582</v>
+        <v>33.703686744120603</v>
       </c>
       <c r="E21" s="103"/>
       <c r="F21" s="103"/>
       <c r="G21" s="97"/>
       <c r="H21" s="97"/>
       <c r="I21" s="97"/>
       <c r="J21" s="97"/>
       <c r="K21" s="97"/>
       <c r="X21" s="97"/>
       <c r="Y21" s="94">
         <v>14</v>
       </c>
       <c r="Z21" s="111" t="s">
         <v>176</v>
       </c>
       <c r="AA21" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y21,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>97331929.102781862</v>
+        <v>173766683.06049159</v>
       </c>
       <c r="AB21" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y21,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>76623268.159999996</v>
+        <v>79237592.810000002</v>
       </c>
       <c r="AC21" s="112">
         <f t="shared" si="0"/>
-        <v>-20708660.942781866</v>
+        <v>-94529090.250491589</v>
       </c>
       <c r="AD21" s="112">
         <f t="shared" si="1"/>
-        <v>-21.276328470705291</v>
+        <v>-54.400008439813604</v>
       </c>
       <c r="AE21" s="112">
         <f t="shared" si="2"/>
-        <v>-20708660.942781866</v>
+        <v>-94529090.250491589</v>
       </c>
       <c r="AF21" s="94">
         <f t="shared" si="3"/>
-        <v>-20708660.942641865</v>
+        <v>-94529090.250351593</v>
       </c>
       <c r="AG21" s="94">
         <f t="shared" si="4"/>
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="AH21" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Bayside</v>
+        <v>Yarra</v>
       </c>
       <c r="AI21" s="110">
         <f t="shared" si="6"/>
-        <v>-8329992.2434691349</v>
+        <v>-37139949.079027288</v>
       </c>
       <c r="AJ21" s="58"/>
       <c r="AK21" s="58"/>
     </row>
     <row r="22" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A22" s="63">
         <v>12</v>
       </c>
       <c r="B22" s="64" t="s">
         <v>203</v>
       </c>
       <c r="C22" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A22)/1000000</f>
-        <v>132.02675222608534</v>
+        <v>43.386843549667887</v>
       </c>
       <c r="D22" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A22)/1000000</f>
-        <v>16.449387103213287</v>
+        <v>30.286271615744159</v>
       </c>
       <c r="E22" s="103"/>
       <c r="F22" s="103"/>
       <c r="G22" s="97"/>
       <c r="H22" s="97"/>
       <c r="I22" s="97"/>
       <c r="J22" s="97"/>
       <c r="K22" s="97"/>
       <c r="X22" s="97"/>
       <c r="Y22" s="94">
         <v>15</v>
       </c>
       <c r="Z22" s="111" t="s">
         <v>173</v>
       </c>
       <c r="AA22" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y22,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>73034762.968613029</v>
+        <v>120995998.36564036</v>
       </c>
       <c r="AB22" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y22,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>58047020.799999997</v>
+        <v>59126804.770000011</v>
       </c>
       <c r="AC22" s="112">
         <f t="shared" si="0"/>
-        <v>-14987742.168613032</v>
+        <v>-61869193.595640346</v>
       </c>
       <c r="AD22" s="112">
         <f t="shared" si="1"/>
-        <v>-20.521381270250814</v>
+        <v>-51.133256001307196</v>
       </c>
       <c r="AE22" s="112">
         <f>IF($AC$3=1,AC22,AD22)</f>
-        <v>-14987742.168613032</v>
+        <v>-61869193.595640346</v>
       </c>
       <c r="AF22" s="94">
         <f t="shared" si="3"/>
-        <v>-14987742.168463031</v>
+        <v>-61869193.595490344</v>
       </c>
       <c r="AG22" s="94">
         <f t="shared" si="4"/>
         <v>23</v>
       </c>
       <c r="AH22" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Whitehorse</v>
+        <v>Hobsons Bay</v>
       </c>
       <c r="AI22" s="110">
         <f t="shared" si="6"/>
-        <v>-8475383.9285681415</v>
+        <v>-38804025.314081453</v>
       </c>
       <c r="AJ22" s="58"/>
       <c r="AK22" s="58"/>
     </row>
     <row r="23" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A23" s="63">
         <v>13</v>
       </c>
       <c r="B23" s="64" t="s">
         <v>202</v>
       </c>
       <c r="C23" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A23)/1000000</f>
-        <v>145.5324352354701</v>
+        <v>47.734536854216863</v>
       </c>
       <c r="D23" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A23)/1000000</f>
-        <v>16.959868902452524</v>
+        <v>31.324058451373492</v>
       </c>
       <c r="E23" s="103"/>
       <c r="F23" s="103"/>
       <c r="G23" s="97"/>
       <c r="H23" s="97"/>
       <c r="I23" s="97"/>
       <c r="J23" s="97"/>
       <c r="K23" s="97"/>
       <c r="X23" s="97"/>
       <c r="Y23" s="94">
         <v>16</v>
       </c>
       <c r="Z23" s="111" t="s">
         <v>188</v>
       </c>
       <c r="AA23" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y23,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>69399106.980537668</v>
+        <v>115983131.16336352</v>
       </c>
       <c r="AB23" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y23,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>66253194.45000001</v>
+        <v>68432993.539999977</v>
       </c>
       <c r="AC23" s="112">
         <f t="shared" si="0"/>
-        <v>-3145912.5305376574</v>
+        <v>-47550137.62336354</v>
       </c>
       <c r="AD23" s="112">
         <f t="shared" si="1"/>
-        <v>-4.5330735039860084</v>
+        <v>-40.997459843008244</v>
       </c>
       <c r="AE23" s="112">
         <f t="shared" si="2"/>
-        <v>-3145912.5305376574</v>
+        <v>-47550137.62336354</v>
       </c>
       <c r="AF23" s="94">
         <f t="shared" si="3"/>
-        <v>-3145912.5303776576</v>
+        <v>-47550137.623203538</v>
       </c>
       <c r="AG23" s="94">
         <f t="shared" si="4"/>
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="AH23" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Stonnington</v>
+        <v>Whitehorse</v>
       </c>
       <c r="AI23" s="110">
         <f t="shared" si="6"/>
-        <v>-8492042.1190654002</v>
+        <v>-42958042.209199578</v>
       </c>
       <c r="AJ23" s="58"/>
       <c r="AK23" s="58"/>
     </row>
     <row r="24" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A24" s="63">
         <v>14</v>
       </c>
       <c r="B24" s="64" t="s">
         <v>201</v>
       </c>
       <c r="C24" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A24)/1000000</f>
-        <v>152.47294192616332</v>
+        <v>51.911549972807414</v>
       </c>
       <c r="D24" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A24)/1000000</f>
-        <v>16.618773465975867</v>
+        <v>30.797353628306261</v>
       </c>
       <c r="E24" s="103"/>
       <c r="F24" s="103"/>
       <c r="G24" s="97"/>
       <c r="H24" s="97"/>
       <c r="I24" s="97"/>
       <c r="J24" s="97"/>
       <c r="K24" s="97"/>
       <c r="X24" s="97"/>
       <c r="Y24" s="94">
         <v>17</v>
       </c>
       <c r="Z24" s="111" t="s">
         <v>175</v>
       </c>
       <c r="AA24" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y24,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>81715100.988886312</v>
+        <v>123777548.84155236</v>
       </c>
       <c r="AB24" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y24,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>63968642.400000006</v>
+        <v>64200755.529999994</v>
       </c>
       <c r="AC24" s="112">
         <f t="shared" si="0"/>
-        <v>-17746458.588886306</v>
+        <v>-59576793.311552368</v>
       </c>
       <c r="AD24" s="112">
         <f t="shared" si="1"/>
-        <v>-21.717477399067178</v>
+        <v>-48.132148252359251</v>
       </c>
       <c r="AE24" s="112">
         <f t="shared" si="2"/>
-        <v>-17746458.588886306</v>
+        <v>-59576793.311552368</v>
       </c>
       <c r="AF24" s="94">
         <f t="shared" si="3"/>
-        <v>-17746458.588716306</v>
+        <v>-59576793.311382368</v>
       </c>
       <c r="AG24" s="94">
         <f t="shared" si="4"/>
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="AH24" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Moonee Valley</v>
+        <v>Melbourne</v>
       </c>
       <c r="AI24" s="110">
         <f t="shared" si="6"/>
-        <v>-9174033.6010753531</v>
+        <v>-46947863.462420247</v>
       </c>
       <c r="AJ24" s="58"/>
       <c r="AK24" s="58"/>
     </row>
     <row r="25" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A25" s="63">
         <v>15</v>
       </c>
       <c r="B25" s="64" t="s">
         <v>200</v>
       </c>
       <c r="C25" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A25)/1000000</f>
-        <v>155.03804755380932</v>
+        <v>57.928245413515349</v>
       </c>
       <c r="D25" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A25)/1000000</f>
-        <v>17.043243246013422</v>
+        <v>30.696589648464162</v>
       </c>
       <c r="E25" s="103"/>
       <c r="F25" s="103"/>
       <c r="G25" s="97"/>
       <c r="H25" s="97"/>
       <c r="I25" s="97"/>
       <c r="J25" s="97"/>
       <c r="K25" s="97"/>
       <c r="X25" s="97"/>
       <c r="Y25" s="94">
         <v>18</v>
       </c>
       <c r="Z25" s="111" t="s">
         <v>168</v>
       </c>
       <c r="AA25" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y25,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>95373227.549032465</v>
+        <v>145757957.15260023</v>
       </c>
       <c r="AB25" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y25,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>95137726.950000003</v>
+        <v>98810093.689999983</v>
       </c>
       <c r="AC25" s="112">
         <f t="shared" si="0"/>
-        <v>-235500.59903246164</v>
+        <v>-46947863.462600246</v>
       </c>
       <c r="AD25" s="112">
         <f t="shared" si="1"/>
-        <v>-0.24692526937015749</v>
+        <v>-32.209468614772454</v>
       </c>
       <c r="AE25" s="112">
         <f t="shared" si="2"/>
-        <v>-235500.59903246164</v>
+        <v>-46947863.462600246</v>
       </c>
       <c r="AF25" s="94">
         <f t="shared" si="3"/>
-        <v>-235500.59885246164</v>
+        <v>-46947863.462420247</v>
       </c>
       <c r="AG25" s="94">
         <f t="shared" si="4"/>
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="AH25" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Yarra</v>
+        <v>Maribyrnong</v>
       </c>
       <c r="AI25" s="110">
         <f t="shared" si="6"/>
-        <v>-9612007.0255738441</v>
+        <v>-47550137.623203538</v>
       </c>
       <c r="AJ25" s="58"/>
       <c r="AK25" s="58"/>
     </row>
     <row r="26" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A26" s="63">
         <v>16</v>
       </c>
       <c r="B26" s="64" t="s">
         <v>199</v>
       </c>
       <c r="C26" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A26)/1000000</f>
-        <v>153.75668139232093</v>
+        <v>59.122262325969494</v>
       </c>
       <c r="D26" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A26)/1000000</f>
-        <v>16.147345988183876</v>
+        <v>29.141506581307183</v>
       </c>
       <c r="E26" s="103"/>
       <c r="F26" s="103"/>
       <c r="G26" s="97"/>
       <c r="H26" s="97"/>
       <c r="I26" s="97"/>
       <c r="J26" s="97"/>
       <c r="K26" s="97"/>
       <c r="X26" s="97"/>
       <c r="Y26" s="94">
         <v>19</v>
       </c>
       <c r="Z26" s="111" t="s">
         <v>195</v>
       </c>
       <c r="AA26" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y26,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>71111179.949696094</v>
+        <v>48976887.475187577</v>
       </c>
       <c r="AB26" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y26,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>90271752.75</v>
+        <v>95699646.060000002</v>
       </c>
       <c r="AC26" s="112">
         <f t="shared" si="0"/>
-        <v>19160572.800303906</v>
+        <v>46722758.584812425</v>
       </c>
       <c r="AD26" s="112">
         <f t="shared" si="1"/>
-        <v>26.944529416975023</v>
+        <v>95.397566063141255</v>
       </c>
       <c r="AE26" s="112">
         <f t="shared" si="2"/>
-        <v>19160572.800303906</v>
+        <v>46722758.584812425</v>
       </c>
       <c r="AF26" s="94">
         <f t="shared" si="3"/>
-        <v>19160572.800493907</v>
+        <v>46722758.585002422</v>
       </c>
       <c r="AG26" s="94">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="AH26" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Brimbank</v>
+        <v>Frankston</v>
       </c>
       <c r="AI26" s="110">
         <f t="shared" si="6"/>
-        <v>-10065133.919490302</v>
+        <v>-55398962.924305491</v>
       </c>
       <c r="AJ26" s="58"/>
       <c r="AK26" s="58"/>
     </row>
     <row r="27" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A27" s="63">
         <v>17</v>
       </c>
       <c r="B27" s="64" t="s">
         <v>198</v>
       </c>
       <c r="C27" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A27)/1000000</f>
-        <v>156.60687046112895</v>
+        <v>64.716816246458549</v>
       </c>
       <c r="D27" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A27)/1000000</f>
-        <v>16.275205525420237</v>
+        <v>29.731167860968775</v>
       </c>
       <c r="E27" s="103"/>
       <c r="F27" s="103"/>
       <c r="G27" s="97"/>
       <c r="H27" s="97"/>
       <c r="I27" s="97"/>
       <c r="J27" s="97"/>
       <c r="K27" s="97"/>
       <c r="X27" s="97"/>
       <c r="Y27" s="94">
         <v>20</v>
       </c>
       <c r="Z27" s="111" t="s">
         <v>177</v>
       </c>
       <c r="AA27" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y27,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>143246079.10608232</v>
+        <v>246990294.57780075</v>
       </c>
       <c r="AB27" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y27,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>121417688.02</v>
+        <v>126045998.69000001</v>
       </c>
       <c r="AC27" s="112">
         <f t="shared" si="0"/>
-        <v>-21828391.086082324</v>
+        <v>-120944295.88780074</v>
       </c>
       <c r="AD27" s="112">
         <f t="shared" si="1"/>
-        <v>-15.238386434240264</v>
+        <v>-48.967226058230345</v>
       </c>
       <c r="AE27" s="112">
         <f t="shared" si="2"/>
-        <v>-21828391.086082324</v>
+        <v>-120944295.88780074</v>
       </c>
       <c r="AF27" s="94">
         <f t="shared" si="3"/>
-        <v>-21828391.085882325</v>
+        <v>-120944295.88760073</v>
       </c>
       <c r="AG27" s="94">
         <f t="shared" si="4"/>
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="AH27" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Frankston</v>
+        <v>Mornington Peninsula</v>
       </c>
       <c r="AI27" s="110">
         <f t="shared" si="6"/>
-        <v>-13236644.839277495</v>
+        <v>-58810749.976885095</v>
       </c>
       <c r="AJ27" s="58"/>
       <c r="AK27" s="58"/>
     </row>
     <row r="28" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A28" s="63">
         <v>18</v>
       </c>
       <c r="B28" s="64" t="s">
         <v>197</v>
       </c>
       <c r="C28" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A28)/1000000</f>
-        <v>146.85302513309247</v>
+        <v>65.822325921711879</v>
       </c>
       <c r="D28" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A28)/1000000</f>
-        <v>14.432568154325466</v>
+        <v>28.073875134279749</v>
       </c>
       <c r="E28" s="103"/>
       <c r="F28" s="103"/>
       <c r="G28" s="97"/>
       <c r="H28" s="97"/>
       <c r="I28" s="97"/>
       <c r="J28" s="97"/>
       <c r="K28" s="97"/>
       <c r="X28" s="97"/>
       <c r="Y28" s="94">
         <v>21</v>
       </c>
       <c r="Z28" s="111" t="s">
         <v>192</v>
       </c>
       <c r="AA28" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y28,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>94608300.65128535</v>
+        <v>151487207.77909443</v>
       </c>
       <c r="AB28" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y28,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>85434267.049999997</v>
+        <v>86596862.290000007</v>
       </c>
       <c r="AC28" s="112">
         <f t="shared" si="0"/>
-        <v>-9174033.6012853533</v>
+        <v>-64890345.489094421</v>
       </c>
       <c r="AD28" s="112">
         <f t="shared" si="1"/>
-        <v>-9.6968590896688038</v>
+        <v>-42.835528121767538</v>
       </c>
       <c r="AE28" s="112">
         <f t="shared" si="2"/>
-        <v>-9174033.6012853533</v>
+        <v>-64890345.489094421</v>
       </c>
       <c r="AF28" s="94">
         <f t="shared" si="3"/>
-        <v>-9174033.6010753531</v>
+        <v>-64890345.488884419</v>
       </c>
       <c r="AG28" s="94">
         <f t="shared" si="4"/>
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="AH28" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Banyule</v>
+        <v>Maroondah</v>
       </c>
       <c r="AI28" s="110">
         <f t="shared" si="6"/>
-        <v>-13541187.039275525</v>
+        <v>-59576793.311382368</v>
       </c>
       <c r="AJ28" s="58"/>
       <c r="AK28" s="58"/>
     </row>
     <row r="29" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A29" s="63">
         <v>19</v>
       </c>
       <c r="B29" s="64" t="s">
         <v>160</v>
       </c>
       <c r="C29" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A29)/1000000</f>
-        <v>143.84159112825319</v>
+        <v>70.239674680645152</v>
       </c>
       <c r="D29" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A29)/1000000</f>
-        <v>13.65293968146633</v>
+        <v>28.855442376370963</v>
       </c>
       <c r="E29" s="103"/>
       <c r="F29" s="103"/>
       <c r="G29" s="97"/>
       <c r="H29" s="97"/>
       <c r="I29" s="97"/>
       <c r="J29" s="97"/>
       <c r="K29" s="97"/>
       <c r="X29" s="97"/>
       <c r="Y29" s="94">
         <v>22</v>
       </c>
       <c r="Z29" s="111" t="s">
         <v>169</v>
       </c>
       <c r="AA29" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y29,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>83483233.286472127</v>
+        <v>132928044.54287192</v>
       </c>
       <c r="AB29" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y29,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>61438680.969999999</v>
+        <v>64641115.050000012</v>
       </c>
       <c r="AC29" s="112">
         <f t="shared" si="0"/>
-        <v>-22044552.316472128</v>
+        <v>-68286929.49287191</v>
       </c>
       <c r="AD29" s="112">
         <f t="shared" si="1"/>
-        <v>-26.405963747027382</v>
+        <v>-51.371348858478115</v>
       </c>
       <c r="AE29" s="112">
         <f t="shared" si="2"/>
-        <v>-22044552.316472128</v>
+        <v>-68286929.49287191</v>
       </c>
       <c r="AF29" s="94">
         <f t="shared" si="3"/>
-        <v>-22044552.316252127</v>
+        <v>-68286929.49265191</v>
       </c>
       <c r="AG29" s="94">
         <f t="shared" si="4"/>
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="AH29" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Hobsons Bay</v>
+        <v>Greater Dandenong</v>
       </c>
       <c r="AI29" s="110">
         <f t="shared" si="6"/>
-        <v>-14973890.690321147</v>
+        <v>-60628934.224841759</v>
       </c>
       <c r="AJ29" s="58"/>
       <c r="AK29" s="58"/>
     </row>
     <row r="30" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A30" s="63">
         <v>20</v>
       </c>
       <c r="B30" s="64" t="s">
         <v>161</v>
       </c>
       <c r="C30" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A30)/1000000</f>
-        <v>143.88603428096627</v>
+        <v>79.491465624621512</v>
       </c>
       <c r="D30" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A30)/1000000</f>
-        <v>12.871975612379879</v>
+        <v>28.38399076737052</v>
       </c>
       <c r="E30" s="103"/>
       <c r="F30" s="103"/>
       <c r="G30" s="97"/>
       <c r="H30" s="97"/>
       <c r="I30" s="97"/>
       <c r="J30" s="97"/>
       <c r="K30" s="97"/>
       <c r="X30" s="97"/>
       <c r="Y30" s="94">
         <v>23</v>
       </c>
       <c r="Z30" s="111" t="s">
         <v>196</v>
       </c>
       <c r="AA30" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y30,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>103689448.6917977</v>
+        <v>147039306.74711511</v>
       </c>
       <c r="AB30" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y30,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>87818238.920000002</v>
+        <v>88228556.770000011</v>
       </c>
       <c r="AC30" s="112">
         <f t="shared" si="0"/>
-        <v>-15871209.771797702</v>
+        <v>-58810749.977115095</v>
       </c>
       <c r="AD30" s="112">
         <f t="shared" si="1"/>
-        <v>-15.306484866143554</v>
+        <v>-39.996618100397129</v>
       </c>
       <c r="AE30" s="112">
         <f t="shared" si="2"/>
-        <v>-15871209.771797702</v>
+        <v>-58810749.977115095</v>
       </c>
       <c r="AF30" s="94">
         <f t="shared" si="3"/>
-        <v>-15871209.771567702</v>
+        <v>-58810749.976885095</v>
       </c>
       <c r="AG30" s="94">
         <f t="shared" si="4"/>
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="AH30" s="109" t="str">
         <f t="shared" si="5"/>
         <v>Manningham</v>
       </c>
       <c r="AI30" s="110">
         <f t="shared" si="6"/>
-        <v>-14987742.168463031</v>
+        <v>-61869193.595490344</v>
       </c>
       <c r="AJ30" s="58"/>
       <c r="AK30" s="58"/>
     </row>
     <row r="31" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A31" s="63">
         <v>21</v>
       </c>
       <c r="B31" s="64" t="s">
         <v>162</v>
       </c>
       <c r="C31" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A31)/1000000</f>
-        <v>133.71497729999939</v>
+        <v>73.718312421949321</v>
       </c>
       <c r="D31" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A31)/1000000</f>
-        <v>10.508151628603313</v>
+        <v>26.330020216374265</v>
       </c>
       <c r="E31" s="103"/>
       <c r="F31" s="103"/>
       <c r="G31" s="97"/>
       <c r="H31" s="97"/>
       <c r="I31" s="97"/>
       <c r="J31" s="97"/>
       <c r="K31" s="97"/>
       <c r="X31" s="97"/>
       <c r="Y31" s="94">
         <v>24</v>
       </c>
       <c r="Z31" s="111" t="s">
         <v>205</v>
       </c>
       <c r="AA31" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y31,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>9551525.2474936713</v>
+        <v>21580792.236170765</v>
       </c>
       <c r="AB31" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y31,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>9368870</v>
+        <v>10015312.43</v>
       </c>
       <c r="AC31" s="112">
         <f t="shared" si="0"/>
-        <v>-182655.24749367125</v>
+        <v>-11565479.806170765</v>
       </c>
       <c r="AD31" s="112">
         <f t="shared" si="1"/>
-        <v>-1.912314973376636</v>
+        <v>-53.591544182452644</v>
       </c>
       <c r="AE31" s="112">
         <f t="shared" si="2"/>
-        <v>-182655.24749367125</v>
+        <v>-11565479.806170765</v>
       </c>
       <c r="AF31" s="94">
         <f t="shared" si="3"/>
-        <v>-182655.24725367126</v>
+        <v>-11565479.805930765</v>
       </c>
       <c r="AG31" s="94">
         <f t="shared" si="4"/>
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="AH31" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Mornington Peninsula</v>
+        <v>Banyule</v>
       </c>
       <c r="AI31" s="110">
         <f t="shared" si="6"/>
-        <v>-15871209.771567702</v>
+        <v>-62292413.206768796</v>
       </c>
       <c r="AJ31" s="58"/>
       <c r="AK31" s="58"/>
     </row>
     <row r="32" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A32" s="63">
         <v>22</v>
       </c>
       <c r="B32" s="64" t="s">
         <v>163</v>
       </c>
       <c r="C32" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A32)/1000000</f>
-        <v>133.56506026099638</v>
+        <v>72.28140150666664</v>
       </c>
       <c r="D32" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A32)/1000000</f>
-        <v>9.5515252474936716</v>
+        <v>25.886558053333328</v>
       </c>
       <c r="E32" s="103"/>
       <c r="F32" s="103"/>
       <c r="G32" s="97"/>
       <c r="H32" s="97"/>
       <c r="I32" s="97"/>
       <c r="J32" s="97"/>
       <c r="K32" s="97"/>
       <c r="X32" s="97"/>
       <c r="Y32" s="94">
         <v>25</v>
       </c>
       <c r="Z32" s="111" t="s">
         <v>178</v>
       </c>
       <c r="AA32" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y32,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>34307411.880715579</v>
+        <v>65568258.13888745</v>
       </c>
       <c r="AB32" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y32,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>29442783.23</v>
+        <v>30478856.880000006</v>
       </c>
       <c r="AC32" s="112">
         <f t="shared" si="0"/>
-        <v>-4864628.6507155783</v>
+        <v>-35089401.25888744</v>
       </c>
       <c r="AD32" s="112">
         <f t="shared" si="1"/>
-        <v>-14.179526767071632</v>
+        <v>-53.515835641936164</v>
       </c>
       <c r="AE32" s="112">
         <f t="shared" si="2"/>
-        <v>-4864628.6507155783</v>
+        <v>-35089401.25888744</v>
       </c>
       <c r="AF32" s="94">
         <f t="shared" si="3"/>
-        <v>-4864628.6504655788</v>
+        <v>-35089401.258637443</v>
       </c>
       <c r="AG32" s="94">
         <f t="shared" si="4"/>
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="AH32" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Maroondah</v>
+        <v>Moonee Valley</v>
       </c>
       <c r="AI32" s="110">
         <f t="shared" si="6"/>
-        <v>-17746458.588716306</v>
+        <v>-64890345.488884419</v>
       </c>
       <c r="AJ32" s="58"/>
       <c r="AK32" s="58"/>
     </row>
     <row r="33" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A33" s="63">
         <v>23</v>
       </c>
       <c r="B33" s="64" t="s">
         <v>164</v>
       </c>
       <c r="C33" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A33)/1000000</f>
-        <v>136.11754308364425</v>
+        <v>75.608953902222211</v>
       </c>
       <c r="D33" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A33)/1000000</f>
-        <v>9.746479191093929</v>
+        <v>27.629634008515406</v>
       </c>
       <c r="E33" s="103"/>
       <c r="F33" s="103"/>
       <c r="G33" s="97"/>
       <c r="H33" s="97"/>
       <c r="I33" s="97"/>
       <c r="J33" s="97"/>
       <c r="K33" s="97"/>
       <c r="X33" s="97"/>
       <c r="Y33" s="94">
         <v>26</v>
       </c>
       <c r="Z33" s="111" t="s">
         <v>189</v>
       </c>
       <c r="AA33" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y33,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>28301919.309325401</v>
+        <v>48251310.944579557</v>
       </c>
       <c r="AB33" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y33,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>19809877.190000001</v>
+        <v>19336495.280000001</v>
       </c>
       <c r="AC33" s="112">
         <f t="shared" si="0"/>
-        <v>-8492042.1193253994</v>
+        <v>-28914815.664579555</v>
       </c>
       <c r="AD33" s="112">
         <f t="shared" si="1"/>
-        <v>-30.00518101444553</v>
+        <v>-59.925450932909371</v>
       </c>
       <c r="AE33" s="112">
         <f t="shared" si="2"/>
-        <v>-8492042.1193253994</v>
+        <v>-28914815.664579555</v>
       </c>
       <c r="AF33" s="94">
         <f t="shared" si="3"/>
-        <v>-8492042.1190654002</v>
+        <v>-28914815.664319556</v>
       </c>
       <c r="AG33" s="94">
         <f t="shared" si="4"/>
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="AH33" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Kingston</v>
+        <v>Moreland</v>
       </c>
       <c r="AI33" s="110">
         <f t="shared" si="6"/>
-        <v>-18410877.704699617</v>
+        <v>-68286929.49265191</v>
       </c>
       <c r="AJ33" s="58"/>
       <c r="AK33" s="58"/>
     </row>
     <row r="34" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A34" s="63">
         <v>24</v>
       </c>
       <c r="B34" s="64" t="s">
         <v>165</v>
       </c>
       <c r="C34" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A34)/1000000</f>
-        <v>135.64421902612725</v>
+        <v>78.056605589429097</v>
       </c>
       <c r="D34" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A34)/1000000</f>
-        <v>10.55595550396556</v>
+        <v>26.00012254390424</v>
       </c>
       <c r="E34" s="103"/>
       <c r="F34" s="103"/>
       <c r="G34" s="97"/>
       <c r="H34" s="97"/>
       <c r="I34" s="97"/>
       <c r="J34" s="97"/>
       <c r="K34" s="97"/>
       <c r="X34" s="97"/>
       <c r="Y34" s="94">
         <v>27</v>
       </c>
       <c r="Z34" s="111" t="s">
         <v>172</v>
       </c>
       <c r="AA34" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y34,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>68137715.298838139</v>
+        <v>105903840.32946959</v>
       </c>
       <c r="AB34" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y34,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>59662331.369999997</v>
+        <v>62945798.120000012</v>
       </c>
       <c r="AC34" s="112">
         <f t="shared" si="0"/>
-        <v>-8475383.9288381413</v>
+        <v>-42958042.209469579</v>
       </c>
       <c r="AD34" s="112">
         <f t="shared" si="1"/>
-        <v>-12.438608913825234</v>
+        <v>-40.56325254667442</v>
       </c>
       <c r="AE34" s="112">
         <f t="shared" si="2"/>
-        <v>-8475383.9288381413</v>
+        <v>-42958042.209469579</v>
       </c>
       <c r="AF34" s="94">
         <f t="shared" si="3"/>
-        <v>-8475383.9285681415</v>
+        <v>-42958042.209199578</v>
       </c>
       <c r="AG34" s="94">
         <f t="shared" si="4"/>
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AH34" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Knox</v>
+        <v>Glen Eira</v>
       </c>
       <c r="AI34" s="110">
         <f t="shared" si="6"/>
-        <v>-20708660.942641865</v>
+        <v>-74884036.077982441</v>
       </c>
       <c r="AJ34" s="58"/>
       <c r="AK34" s="58"/>
     </row>
     <row r="35" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A35" s="63">
         <v>25</v>
       </c>
       <c r="B35" s="64" t="s">
         <v>166</v>
       </c>
       <c r="C35" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A35)/1000000</f>
-        <v>132.36427945051332</v>
+        <v>77.796508178414413</v>
       </c>
       <c r="D35" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A35)/1000000</f>
-        <v>10.385414142752614</v>
+        <v>24.590139645045049</v>
       </c>
       <c r="E35" s="97"/>
       <c r="F35" s="97"/>
       <c r="G35" s="97"/>
       <c r="H35" s="97"/>
       <c r="I35" s="97"/>
       <c r="J35" s="97"/>
       <c r="K35" s="97"/>
       <c r="X35" s="97"/>
       <c r="Y35" s="94">
         <v>28</v>
       </c>
       <c r="Z35" s="111" t="s">
         <v>206</v>
       </c>
       <c r="AA35" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y35,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>135766552.59510556</v>
+        <v>154236242.52538162</v>
       </c>
       <c r="AB35" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y35,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>139026831.81999999</v>
+        <v>144263921.53</v>
       </c>
       <c r="AC35" s="112">
         <f t="shared" si="0"/>
-        <v>3260279.2248944342</v>
+        <v>-9972320.9953816235</v>
       </c>
       <c r="AD35" s="112">
         <f t="shared" si="1"/>
-        <v>2.4013861754430144</v>
+        <v>-6.465614587142543</v>
       </c>
       <c r="AE35" s="112">
         <f t="shared" si="2"/>
-        <v>3260279.2248944342</v>
+        <v>-9972320.9953816235</v>
       </c>
       <c r="AF35" s="94">
         <f t="shared" si="3"/>
-        <v>3260279.225174434</v>
+        <v>-9972320.9951016232</v>
       </c>
       <c r="AG35" s="94">
         <f t="shared" si="4"/>
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AH35" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Monash</v>
+        <v>Kingston</v>
       </c>
       <c r="AI35" s="110">
         <f t="shared" si="6"/>
-        <v>-21828391.085882325</v>
+        <v>-80728027.618718639</v>
       </c>
       <c r="AJ35" s="58"/>
       <c r="AK35" s="58"/>
     </row>
     <row r="36" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A36" s="63">
         <v>26</v>
       </c>
       <c r="B36" s="64" t="s">
         <v>159</v>
       </c>
       <c r="C36" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A36)/1000000</f>
-        <v>133.81617940087679</v>
+        <v>81.956770308646739</v>
       </c>
       <c r="D36" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A36)/1000000</f>
-        <v>10.98367901928594</v>
+        <v>25.219656672653777</v>
       </c>
       <c r="E36" s="97"/>
       <c r="F36" s="97"/>
       <c r="G36" s="97"/>
       <c r="H36" s="97"/>
       <c r="I36" s="97"/>
       <c r="J36" s="97"/>
       <c r="K36" s="97"/>
       <c r="X36" s="97"/>
       <c r="Y36" s="94">
         <v>29</v>
       </c>
       <c r="Z36" s="111" t="s">
         <v>186</v>
       </c>
       <c r="AA36" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y36,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>118506556.56829534</v>
+        <v>110983096.39244501</v>
       </c>
       <c r="AB36" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y36,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>125213060.91000001</v>
+        <v>132357385.44</v>
       </c>
       <c r="AC36" s="112">
         <f t="shared" si="0"/>
-        <v>6706504.3417046666</v>
+        <v>21374289.047554985</v>
       </c>
       <c r="AD36" s="112">
         <f t="shared" si="1"/>
-        <v>5.6591842138622148</v>
+        <v>19.259049118591722</v>
       </c>
       <c r="AE36" s="112">
         <f t="shared" si="2"/>
-        <v>6706504.3417046666</v>
+        <v>21374289.047554985</v>
       </c>
       <c r="AF36" s="94">
         <f t="shared" si="3"/>
-        <v>6706504.3419946665</v>
+        <v>21374289.047844984</v>
       </c>
       <c r="AG36" s="94">
         <f t="shared" si="4"/>
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AH36" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Moreland</v>
+        <v>Darebin</v>
       </c>
       <c r="AI36" s="110">
         <f t="shared" si="6"/>
-        <v>-22044552.316252127</v>
+        <v>-90993787.922491431</v>
       </c>
       <c r="AJ36" s="58"/>
       <c r="AK36" s="58"/>
     </row>
     <row r="37" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A37" s="63">
         <v>27</v>
       </c>
       <c r="B37" s="64" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C37" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A37)/1000000</f>
-        <v>134.57175568281974</v>
+        <v>83.007689545394598</v>
       </c>
       <c r="D37" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A37)/1000000</f>
-        <v>11.867434140348829</v>
+        <v>25.044905140398956</v>
       </c>
       <c r="E37" s="97"/>
       <c r="F37" s="97"/>
       <c r="G37" s="97"/>
       <c r="H37" s="97"/>
       <c r="I37" s="97"/>
       <c r="J37" s="97"/>
       <c r="K37" s="97"/>
       <c r="X37" s="97"/>
       <c r="Y37" s="94">
         <v>30</v>
       </c>
       <c r="Z37" s="111" t="s">
         <v>187</v>
       </c>
       <c r="AA37" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y37,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>39454346.225873843</v>
+        <v>68772533.759327292</v>
       </c>
       <c r="AB37" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y37,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>29842339.199999999</v>
+        <v>31632584.680000003</v>
       </c>
       <c r="AC37" s="112">
         <f t="shared" si="0"/>
-        <v>-9612007.0258738436</v>
+        <v>-37139949.079327285</v>
       </c>
       <c r="AD37" s="112">
         <f t="shared" si="1"/>
-        <v>-24.362352808599745</v>
+        <v>-54.004043546367328</v>
       </c>
       <c r="AE37" s="112">
         <f t="shared" si="2"/>
-        <v>-9612007.0258738436</v>
+        <v>-37139949.079327285</v>
       </c>
       <c r="AF37" s="94">
         <f t="shared" si="3"/>
-        <v>-9612007.0255738441</v>
+        <v>-37139949.079027288</v>
       </c>
       <c r="AG37" s="94">
         <f t="shared" si="4"/>
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="AH37" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Glen Eira</v>
+        <v>Knox</v>
       </c>
       <c r="AI37" s="110">
         <f t="shared" si="6"/>
-        <v>-22768158.974231604</v>
+        <v>-94529090.250351593</v>
       </c>
       <c r="AJ37" s="58"/>
       <c r="AK37" s="58"/>
     </row>
     <row r="38" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A38" s="63">
         <v>28</v>
       </c>
       <c r="B38" s="64" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C38" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A38)/1000000</f>
-        <v>100.82424430924057</v>
+        <v>61.527404834020267</v>
       </c>
       <c r="D38" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A38)/1000000</f>
-        <v>8.607522796735978</v>
+        <v>16.50472446256757</v>
       </c>
       <c r="E38" s="97"/>
       <c r="F38" s="97"/>
       <c r="G38" s="97"/>
       <c r="H38" s="97"/>
       <c r="I38" s="97"/>
       <c r="J38" s="97"/>
       <c r="K38" s="97"/>
       <c r="X38" s="97"/>
       <c r="Y38" s="94">
         <v>31</v>
       </c>
       <c r="Z38" s="111" t="s">
         <v>194</v>
       </c>
       <c r="AA38" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y38,Data!$A$5:$AI$73,2+$Y$3)</f>
-        <v>34938547.386342965</v>
+        <v>62769732.061940491</v>
       </c>
       <c r="AB38" s="112">
         <f>VLOOKUP($AC$5*37-37+$Y38,Data!$A$5:$AI$73,2+$AA$3)</f>
-        <v>30596818.289999999</v>
+        <v>30194837.510000002</v>
       </c>
       <c r="AC38" s="112">
         <f t="shared" si="0"/>
-        <v>-4341729.096342966</v>
+        <v>-32574894.55194049</v>
       </c>
       <c r="AD38" s="112">
         <f t="shared" si="1"/>
-        <v>-12.426759041619723</v>
+        <v>-51.895863630254048</v>
       </c>
       <c r="AE38" s="112">
         <f t="shared" si="2"/>
-        <v>-4341729.096342966</v>
+        <v>-32574894.55194049</v>
       </c>
       <c r="AF38" s="94">
         <f t="shared" si="3"/>
-        <v>-4341729.0960329659</v>
+        <v>-32574894.55163049</v>
       </c>
       <c r="AG38" s="94">
         <f t="shared" si="4"/>
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="AH38" s="109" t="str">
         <f t="shared" si="5"/>
-        <v>Darebin</v>
+        <v>Monash</v>
       </c>
       <c r="AI38" s="110">
         <f t="shared" si="6"/>
-        <v>-23482988.992216118</v>
+        <v>-120944295.88760073</v>
       </c>
       <c r="AJ38" s="58"/>
       <c r="AK38" s="58"/>
     </row>
     <row r="39" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A39" s="63">
         <v>29</v>
       </c>
       <c r="B39" s="64" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C39" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A39)/1000000</f>
-        <v>84.211078999024195</v>
+        <v>49.907548827942911</v>
       </c>
       <c r="D39" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A39)/1000000</f>
-        <v>5.6990084923585211</v>
+        <v>11.080047321041141</v>
       </c>
       <c r="E39" s="97"/>
       <c r="F39" s="97"/>
       <c r="G39" s="97"/>
       <c r="H39" s="97"/>
       <c r="I39" s="97"/>
       <c r="J39" s="97"/>
       <c r="K39" s="97"/>
       <c r="X39" s="97"/>
       <c r="Y39" s="58"/>
       <c r="Z39" s="58"/>
       <c r="AA39" s="58"/>
       <c r="AB39" s="58"/>
       <c r="AC39" s="58"/>
       <c r="AD39" s="58"/>
       <c r="AE39" s="58"/>
       <c r="AF39" s="94"/>
       <c r="AG39" s="94"/>
       <c r="AH39" s="94"/>
       <c r="AI39" s="108"/>
       <c r="AJ39" s="58"/>
       <c r="AK39" s="58"/>
     </row>
     <row r="40" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A40" s="63">
         <v>30</v>
       </c>
       <c r="B40" s="64" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C40" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A40)/1000000</f>
-        <v>114.90127210884492</v>
+        <v>68.279529924050635</v>
       </c>
       <c r="D40" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A40)/1000000</f>
-        <v>7.8913240849050617</v>
+        <v>14.666742262658225</v>
       </c>
       <c r="E40" s="97"/>
       <c r="F40" s="97"/>
       <c r="G40" s="97"/>
       <c r="H40" s="97"/>
       <c r="I40" s="97"/>
       <c r="J40" s="97"/>
       <c r="K40" s="97"/>
       <c r="X40" s="58"/>
       <c r="Y40" s="58"/>
       <c r="Z40" s="58"/>
       <c r="AA40" s="58"/>
       <c r="AB40" s="58"/>
       <c r="AC40" s="58"/>
       <c r="AD40" s="58"/>
       <c r="AE40" s="58"/>
       <c r="AF40" s="98"/>
       <c r="AG40" s="98"/>
       <c r="AH40" s="98"/>
       <c r="AJ40" s="58"/>
     </row>
     <row r="41" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A41" s="63">
         <v>31</v>
       </c>
       <c r="B41" s="64" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C41" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A41)/1000000</f>
-        <v>144.6691516729164</v>
+        <v>91.745834803775267</v>
       </c>
       <c r="D41" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A41)/1000000</f>
-        <v>9.9901978384241179</v>
+        <v>19.881181541213483</v>
       </c>
       <c r="E41" s="97"/>
       <c r="F41" s="97"/>
       <c r="G41" s="97"/>
       <c r="H41" s="97"/>
       <c r="I41" s="97"/>
       <c r="J41" s="97"/>
       <c r="K41" s="97"/>
       <c r="X41" s="97"/>
       <c r="Y41" s="97"/>
       <c r="Z41" s="97"/>
       <c r="AA41" s="97"/>
       <c r="AB41" s="97"/>
       <c r="AC41" s="97"/>
       <c r="AD41" s="97"/>
       <c r="AE41" s="97"/>
       <c r="AF41" s="98"/>
       <c r="AG41" s="98"/>
       <c r="AH41" s="98"/>
     </row>
     <row r="42" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A42" s="63">
         <v>32</v>
       </c>
       <c r="B42" s="64" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C42" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A42)/1000000</f>
-        <v>138.01629480000003</v>
+        <v>92.098059886560677</v>
       </c>
       <c r="D42" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A42)/1000000</f>
-        <v>9.3688699999999994</v>
+        <v>19.185818259595372</v>
       </c>
       <c r="E42" s="97"/>
       <c r="F42" s="97"/>
       <c r="G42" s="97"/>
       <c r="H42" s="97"/>
       <c r="I42" s="97"/>
       <c r="J42" s="97"/>
       <c r="K42" s="97"/>
       <c r="X42" s="97"/>
       <c r="Y42" s="97"/>
       <c r="Z42" s="97"/>
       <c r="AA42" s="97"/>
       <c r="AB42" s="97"/>
       <c r="AC42" s="97"/>
       <c r="AD42" s="97"/>
       <c r="AE42" s="97"/>
       <c r="AF42" s="98"/>
       <c r="AG42" s="98"/>
       <c r="AH42" s="98"/>
     </row>
     <row r="43" spans="1:37" x14ac:dyDescent="0.3">
       <c r="A43" s="63">
         <v>33</v>
       </c>
-      <c r="B43" s="115" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="116">
+      <c r="B43" s="64" t="s">
+        <v>266</v>
+      </c>
+      <c r="C43" s="87">
         <f>VLOOKUP($E$4+$E$8*37-37,Data!$A$5:$AL$73,2+$A43)/1000000</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="D43" s="116">
+        <v>95.699646060000006</v>
+      </c>
+      <c r="D43" s="88">
         <f>VLOOKUP($E$6+$E$8*37-37,Data!$A$5:$AL$73,2+$A43)/1000000</f>
-        <v>0</v>
+        <v>19.26361155</v>
       </c>
       <c r="AF43" s="98"/>
       <c r="AG43" s="98"/>
       <c r="AH43" s="98"/>
     </row>
-    <row r="44" spans="1:37" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D44" s="118"/>
+    <row r="44" spans="1:37" ht="5.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AF44" s="98"/>
       <c r="AG44" s="98"/>
       <c r="AH44" s="98"/>
     </row>
-    <row r="45" spans="1:37" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      </c>
+    <row r="45" spans="1:37" ht="5.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AF45" s="98"/>
       <c r="AG45" s="98"/>
       <c r="AH45" s="98"/>
     </row>
-    <row r="46" spans="1:37" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D46" s="117"/>
+    <row r="46" spans="1:37" ht="5.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AF46" s="98"/>
       <c r="AG46" s="98"/>
       <c r="AH46" s="98"/>
     </row>
-    <row r="47" spans="1:37" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:37" ht="5.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="AF47" s="98"/>
       <c r="AG47" s="98"/>
       <c r="AH47" s="98"/>
     </row>
+    <row r="48" spans="1:37" ht="5.5" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="49" spans="3:4" x14ac:dyDescent="0.3">
+      <c r="C49" s="116" t="s">
+        <v>274</v>
+      </c>
+      <c r="D49" s="116"/>
+    </row>
+    <row r="50" spans="3:4" x14ac:dyDescent="0.3">
+      <c r="C50" s="89">
+        <f>VLOOKUP($E$4+37,Data!$A$5:$AJ$73,36)</f>
+        <v>1869344825.4028263</v>
+      </c>
+      <c r="D50" s="90">
+        <f>VLOOKUP($E$6+37,Data!$A$5:$AJ$73,36)</f>
+        <v>853322976.31393528</v>
+      </c>
+    </row>
+    <row r="51" spans="3:4" x14ac:dyDescent="0.3">
+      <c r="C51" s="115" t="s">
+        <v>272</v>
+      </c>
+      <c r="D51" s="115"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
-    <mergeCell ref="C46:D46"/>
-    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="C51:D51"/>
+    <mergeCell ref="C49:D49"/>
     <mergeCell ref="X1:AI1"/>
     <mergeCell ref="B1:O1"/>
     <mergeCell ref="G8:O9"/>
     <mergeCell ref="B2:O2"/>
     <mergeCell ref="C9:D9"/>
   </mergeCells>
   <phoneticPr fontId="14" type="noConversion"/>
-  <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="60" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="55" orientation="landscape" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
-    <brk id="23" max="45" man="1"/>
+    <brk id="23" max="50" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="7169" r:id="rId4" name="Drop Down 1">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>3</xdr:col>
                     <xdr:colOff>1047750</xdr:colOff>
                     <xdr:row>2</xdr:row>
                     <xdr:rowOff>133350</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>717550</xdr:colOff>
                     <xdr:row>4</xdr:row>
                     <xdr:rowOff>57150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
@@ -43694,78 +44170,78 @@
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A11192802</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024 Gambling Changes in Electronic Gambling Machine expenditure by year - metro LGAs 2023_24</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-07-29T22:48:46Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2024-07-29T22:49:27Z</value>
+      <value order="0">2025-10-20T06:58:27Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-11-03T23:43:53Z</value>
+      <value order="0">2025-10-20T06:58:27Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA14154468</value>
+      <value order="0">vA15764062</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">2.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">1</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">First version</value>
+      <value order="0">Updated gambling statistics</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
@@ -43842,78 +44318,78 @@
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A11192802</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024 Gambling Changes in Electronic Gambling Machine expenditure by year - metro LGAs 2023_24</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-07-29T22:48:46Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2024-07-29T22:49:27Z</vt:filetime>
+    <vt:filetime>2025-10-20T06:58:27Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2024-11-03T23:43:53Z</vt:filetime>
+    <vt:filetime>2025-10-20T06:58:27Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA14154468</vt:lpwstr>
+    <vt:lpwstr>vA15764062</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>1</vt:r8>
+    <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>First version</vt:lpwstr>
+    <vt:lpwstr>Updated gambling statistics</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>