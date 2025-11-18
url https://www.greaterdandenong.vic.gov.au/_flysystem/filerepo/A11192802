--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -23,51 +23,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rdb477bf1addd4733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R19b7f0dc87a7444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B6C1A00C-1E02-4066-850D-6DCE405AA4D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="6" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2018" sheetId="5" state="hidden" r:id="rId1"/>
     <sheet name="2011-2017" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="2003-2010" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="2001-2003" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="1993-2000" sheetId="4" state="hidden" r:id="rId5"/>
     <sheet name="Data" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Front" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
@@ -3676,51 +3676,51 @@
     <cellStyle name="Normal 6 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 6 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal_test" xfId="4" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="rowfield" xfId="14" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rdd212a4ef64942d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1bbca673bfc2453e" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="8.9001654359737087E-2"/>
           <c:y val="1.3777838806282449E-2"/>