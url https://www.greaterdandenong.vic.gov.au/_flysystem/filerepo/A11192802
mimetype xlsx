--- v2 (2025-11-18)
+++ v3 (2025-12-17)
@@ -23,51 +23,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R19b7f0dc87a7444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R859a0cd2039d4fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B6C1A00C-1E02-4066-850D-6DCE405AA4D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="6" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2018" sheetId="5" state="hidden" r:id="rId1"/>
     <sheet name="2011-2017" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="2003-2010" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="2001-2003" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="1993-2000" sheetId="4" state="hidden" r:id="rId5"/>
     <sheet name="Data" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Front" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
@@ -3676,51 +3676,51 @@
     <cellStyle name="Normal 6 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 6 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal_test" xfId="4" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="rowfield" xfId="14" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1bbca673bfc2453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R996d6182d7cf431f" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="8.9001654359737087E-2"/>
           <c:y val="1.3777838806282449E-2"/>