--- v3 (2025-12-17)
+++ v4 (2026-01-26)
@@ -23,51 +23,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R859a0cd2039d4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd00ba07410354276" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B6C1A00C-1E02-4066-850D-6DCE405AA4D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="6" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2018" sheetId="5" state="hidden" r:id="rId1"/>
     <sheet name="2011-2017" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="2003-2010" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="2001-2003" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="1993-2000" sheetId="4" state="hidden" r:id="rId5"/>
     <sheet name="Data" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Front" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
@@ -3676,51 +3676,51 @@
     <cellStyle name="Normal 6 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 6 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal_test" xfId="4" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="rowfield" xfId="14" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R996d6182d7cf431f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf752160486a14c8f" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="8.9001654359737087E-2"/>
           <c:y val="1.3777838806282449E-2"/>