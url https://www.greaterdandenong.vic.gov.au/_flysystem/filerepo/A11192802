--- v4 (2026-01-26)
+++ v5 (2026-02-15)
@@ -23,51 +23,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd00ba07410354276" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R248d16eae4324165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B6C1A00C-1E02-4066-850D-6DCE405AA4D9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="6" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2018" sheetId="5" state="hidden" r:id="rId1"/>
     <sheet name="2011-2017" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="2003-2010" sheetId="2" state="hidden" r:id="rId3"/>
     <sheet name="2001-2003" sheetId="3" state="hidden" r:id="rId4"/>
     <sheet name="1993-2000" sheetId="4" state="hidden" r:id="rId5"/>
     <sheet name="Data" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Front" sheetId="7" r:id="rId7"/>
   </sheets>
   <definedNames>
@@ -3676,51 +3676,51 @@
     <cellStyle name="Normal 6 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Normal 6 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Normal_test" xfId="4" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Percent 2" xfId="2" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="rowfield" xfId="14" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf752160486a14c8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R716ed16825844ca9" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="8.9001654359737087E-2"/>
           <c:y val="1.3777838806282449E-2"/>