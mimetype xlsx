--- v0 (2025-10-10)
+++ v1 (2025-11-29)
@@ -1,377 +1,403 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd381a5f65d6949d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4fe9f31b3b5f4adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27628"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ ~ OBJECTIVE\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A0011835-DFEC-4D0C-9711-9C83144284A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{764489E7-AEDE-480D-A114-1F9559AA5C5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="830" xr2:uid="{4D0B917D-0000-493E-8C7C-2711B4D2EE52}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{91F0EC08-FCBA-4BA6-BFFA-38F4FE02A708}"/>
   </bookViews>
   <sheets>
-    <sheet name="Age &amp; Gender June 2024" sheetId="1" r:id="rId1"/>
-[...4 lines deleted...]
-    <sheet name="All Results June 2024" sheetId="6" r:id="rId6"/>
+    <sheet name="Age &amp; Gender June 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Citizenship June 2025" sheetId="2" r:id="rId2"/>
+    <sheet name="Suburb June 2025" sheetId="3" r:id="rId3"/>
+    <sheet name="Municipality June 2025" sheetId="4" r:id="rId4"/>
+    <sheet name="Change June 2025" sheetId="5" r:id="rId5"/>
+    <sheet name="All Results June 2025" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender June 2024'!$A$1:$L$36</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Suburb June 2024'!$B$1:$O$87</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender June 2025'!$A$1:$L$36</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="5">'All Results June 2025'!$B$1:$L$96</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Change June 2025'!$A$1:$N$41</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Citizenship June 2025'!$B$1:$L$37</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Municipality June 2025'!$B$1:$M$38</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Suburb June 2025'!$B$1:$O$87</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C47" i="6" l="1"/>
-  <c r="D46" i="6" s="1"/>
+  <c r="K72" i="6" l="1"/>
+  <c r="L72" i="6" s="1"/>
+  <c r="L70" i="6"/>
+  <c r="L69" i="6"/>
+  <c r="L68" i="6"/>
+  <c r="L67" i="6"/>
+  <c r="L66" i="6"/>
+  <c r="L65" i="6"/>
+  <c r="L64" i="6"/>
+  <c r="L63" i="6"/>
+  <c r="L62" i="6"/>
+  <c r="L61" i="6"/>
+  <c r="L60" i="6"/>
+  <c r="L59" i="6"/>
+  <c r="L58" i="6"/>
+  <c r="L57" i="6"/>
+  <c r="L56" i="6"/>
+  <c r="L55" i="6"/>
+  <c r="L54" i="6"/>
+  <c r="L53" i="6"/>
+  <c r="L52" i="6"/>
+  <c r="L51" i="6"/>
+  <c r="L50" i="6"/>
+  <c r="L49" i="6"/>
+  <c r="L48" i="6"/>
+  <c r="L47" i="6"/>
+  <c r="L46" i="6"/>
+  <c r="C46" i="6"/>
+  <c r="D39" i="6" s="1"/>
+  <c r="L45" i="6"/>
+  <c r="D45" i="6"/>
+  <c r="L44" i="6"/>
+  <c r="D44" i="6"/>
+  <c r="L43" i="6"/>
+  <c r="D43" i="6"/>
+  <c r="L42" i="6"/>
   <c r="D42" i="6"/>
+  <c r="L41" i="6"/>
   <c r="D41" i="6"/>
-  <c r="D40" i="6"/>
-  <c r="D39" i="6"/>
+  <c r="L40" i="6"/>
+  <c r="L39" i="6"/>
+  <c r="L38" i="6"/>
+  <c r="L37" i="6"/>
+  <c r="L36" i="6"/>
+  <c r="L35" i="6"/>
+  <c r="D35" i="6"/>
+  <c r="L34" i="6"/>
   <c r="D34" i="6"/>
+  <c r="L33" i="6"/>
   <c r="D33" i="6"/>
+  <c r="L32" i="6"/>
   <c r="D32" i="6"/>
+  <c r="L31" i="6"/>
   <c r="D31" i="6"/>
-  <c r="D30" i="6"/>
-  <c r="D26" i="6"/>
+  <c r="L30" i="6"/>
+  <c r="L29" i="6"/>
+  <c r="L28" i="6"/>
+  <c r="L27" i="6"/>
+  <c r="L26" i="6"/>
+  <c r="L25" i="6"/>
   <c r="D25" i="6"/>
+  <c r="L24" i="6"/>
   <c r="D24" i="6"/>
+  <c r="L23" i="6"/>
   <c r="D23" i="6"/>
-  <c r="G22" i="6"/>
-[...1 lines deleted...]
-  <c r="H20" i="6"/>
+  <c r="L22" i="6"/>
+  <c r="D22" i="6"/>
+  <c r="L21" i="6"/>
+  <c r="L20" i="6"/>
+  <c r="G20" i="6"/>
+  <c r="H13" i="6" s="1"/>
+  <c r="L19" i="6"/>
   <c r="H19" i="6"/>
   <c r="C19" i="6"/>
-  <c r="D18" i="6" s="1"/>
+  <c r="D14" i="6" s="1"/>
+  <c r="L18" i="6"/>
   <c r="H18" i="6"/>
+  <c r="D18" i="6"/>
+  <c r="L17" i="6"/>
+  <c r="H17" i="6"/>
+  <c r="D17" i="6"/>
+  <c r="L16" i="6"/>
   <c r="H16" i="6"/>
   <c r="D16" i="6"/>
+  <c r="L15" i="6"/>
   <c r="H15" i="6"/>
   <c r="D15" i="6"/>
+  <c r="L14" i="6"/>
   <c r="H14" i="6"/>
+  <c r="L13" i="6"/>
+  <c r="L12" i="6"/>
   <c r="H12" i="6"/>
   <c r="D12" i="6"/>
+  <c r="L11" i="6"/>
   <c r="H11" i="6"/>
   <c r="D11" i="6"/>
+  <c r="L10" i="6"/>
   <c r="H10" i="6"/>
+  <c r="L9" i="6"/>
   <c r="H9" i="6"/>
+  <c r="L8" i="6"/>
+  <c r="H8" i="6"/>
   <c r="C8" i="6"/>
+  <c r="L7" i="6"/>
   <c r="H7" i="6"/>
   <c r="D7" i="6"/>
+  <c r="L6" i="6"/>
   <c r="H6" i="6"/>
   <c r="D6" i="6"/>
-  <c r="C37" i="5"/>
-[...1 lines deleted...]
-  <c r="E36" i="5" s="1"/>
+  <c r="D38" i="5"/>
+  <c r="E38" i="5" s="1"/>
+  <c r="E37" i="5"/>
+  <c r="E36" i="5"/>
   <c r="E35" i="5"/>
-  <c r="D35" i="5"/>
-[...5 lines deleted...]
-  <c r="E32" i="5" s="1"/>
+  <c r="E34" i="5"/>
+  <c r="E33" i="5"/>
+  <c r="E32" i="5"/>
   <c r="E31" i="5"/>
-  <c r="D31" i="5"/>
-[...2 lines deleted...]
-  <c r="Q29" i="5"/>
+  <c r="E30" i="5"/>
   <c r="E29" i="5"/>
-  <c r="D29" i="5"/>
-[...1 lines deleted...]
-  <c r="E28" i="5" s="1"/>
+  <c r="Q28" i="5"/>
+  <c r="E28" i="5"/>
   <c r="E27" i="5"/>
-  <c r="D27" i="5"/>
   <c r="E26" i="5"/>
-  <c r="D26" i="5"/>
-[...3 lines deleted...]
-  <c r="E24" i="5" s="1"/>
+  <c r="E25" i="5"/>
+  <c r="E24" i="5"/>
   <c r="E23" i="5"/>
-  <c r="D23" i="5"/>
   <c r="E22" i="5"/>
-  <c r="D22" i="5"/>
-[...46 lines deleted...]
-  <c r="D73" i="3"/>
+  <c r="E21" i="5"/>
+  <c r="E20" i="5"/>
+  <c r="E19" i="5"/>
+  <c r="E18" i="5"/>
+  <c r="E17" i="5"/>
+  <c r="E16" i="5"/>
+  <c r="E15" i="5"/>
+  <c r="E14" i="5"/>
+  <c r="E13" i="5"/>
+  <c r="E12" i="5"/>
+  <c r="E11" i="5"/>
+  <c r="E10" i="5"/>
+  <c r="E9" i="5"/>
+  <c r="E8" i="5"/>
+  <c r="E7" i="5"/>
+  <c r="E6" i="5"/>
+  <c r="C31" i="4"/>
+  <c r="D30" i="4" s="1"/>
+  <c r="D11" i="4"/>
+  <c r="C73" i="3"/>
+  <c r="D58" i="3" s="1"/>
   <c r="D72" i="3"/>
   <c r="D71" i="3"/>
+  <c r="D70" i="3"/>
+  <c r="D69" i="3"/>
+  <c r="D68" i="3"/>
+  <c r="D67" i="3"/>
+  <c r="D66" i="3"/>
   <c r="D65" i="3"/>
   <c r="D64" i="3"/>
   <c r="D63" i="3"/>
-  <c r="D57" i="3"/>
-[...1 lines deleted...]
-  <c r="D55" i="3"/>
+  <c r="D62" i="3"/>
+  <c r="D61" i="3"/>
+  <c r="D60" i="3"/>
+  <c r="D59" i="3"/>
+  <c r="D52" i="3"/>
+  <c r="D51" i="3"/>
+  <c r="D50" i="3"/>
   <c r="D49" i="3"/>
   <c r="D48" i="3"/>
   <c r="D47" i="3"/>
+  <c r="D46" i="3"/>
+  <c r="D45" i="3"/>
+  <c r="D44" i="3"/>
+  <c r="D43" i="3"/>
+  <c r="D42" i="3"/>
   <c r="D41" i="3"/>
   <c r="D40" i="3"/>
   <c r="D39" i="3"/>
-  <c r="D33" i="3"/>
   <c r="D32" i="3"/>
   <c r="D31" i="3"/>
+  <c r="D30" i="3"/>
+  <c r="D29" i="3"/>
+  <c r="D28" i="3"/>
+  <c r="D27" i="3"/>
+  <c r="D26" i="3"/>
   <c r="D25" i="3"/>
   <c r="D24" i="3"/>
   <c r="D23" i="3"/>
-  <c r="D17" i="3"/>
-[...1 lines deleted...]
-  <c r="D15" i="3"/>
+  <c r="D22" i="3"/>
+  <c r="D21" i="3"/>
+  <c r="D20" i="3"/>
+  <c r="D19" i="3"/>
+  <c r="D13" i="3"/>
+  <c r="D12" i="3"/>
+  <c r="D11" i="3"/>
+  <c r="D10" i="3"/>
   <c r="D9" i="3"/>
   <c r="D8" i="3"/>
   <c r="D7" i="3"/>
-  <c r="C23" i="2"/>
-  <c r="D16" i="2" s="1"/>
+  <c r="C21" i="2"/>
+  <c r="D14" i="2" s="1"/>
+  <c r="D20" i="2"/>
   <c r="D19" i="2"/>
   <c r="D18" i="2"/>
   <c r="D17" i="2"/>
+  <c r="D16" i="2"/>
   <c r="D15" i="2"/>
+  <c r="C29" i="1"/>
+  <c r="D28" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="C15" i="1"/>
+  <c r="D7" i="1" s="1"/>
+  <c r="D15" i="1" s="1"/>
+  <c r="D14" i="1"/>
+  <c r="D13" i="1"/>
+  <c r="D12" i="1"/>
+  <c r="D11" i="1"/>
+  <c r="D10" i="1"/>
+  <c r="D9" i="1"/>
+  <c r="D8" i="1"/>
+  <c r="H20" i="6" l="1"/>
+  <c r="D13" i="4"/>
+  <c r="D36" i="6"/>
+  <c r="D37" i="6"/>
+  <c r="D14" i="4"/>
+  <c r="D18" i="4"/>
+  <c r="D7" i="2"/>
+  <c r="D8" i="2"/>
+  <c r="D28" i="6"/>
+  <c r="D14" i="3"/>
+  <c r="D34" i="3"/>
+  <c r="D73" i="3"/>
   <c r="D11" i="2"/>
-  <c r="D10" i="2"/>
-[...19 lines deleted...]
-  <c r="D74" i="3"/>
+  <c r="D55" i="3"/>
   <c r="D13" i="6"/>
   <c r="D19" i="6" s="1"/>
-  <c r="D17" i="6"/>
-  <c r="H21" i="6"/>
+  <c r="D29" i="6"/>
+  <c r="D12" i="2"/>
+  <c r="D16" i="3"/>
+  <c r="D36" i="3"/>
+  <c r="D56" i="3"/>
+  <c r="D8" i="4"/>
+  <c r="D28" i="4"/>
+  <c r="L71" i="6"/>
+  <c r="D15" i="4"/>
+  <c r="D17" i="4"/>
+  <c r="D20" i="4"/>
+  <c r="D22" i="4"/>
+  <c r="D23" i="4"/>
   <c r="D27" i="6"/>
-  <c r="D35" i="6"/>
-[...1 lines deleted...]
-  <c r="D10" i="1"/>
+  <c r="D9" i="2"/>
+  <c r="D33" i="3"/>
+  <c r="D53" i="3"/>
+  <c r="D10" i="2"/>
+  <c r="D54" i="3"/>
+  <c r="D26" i="4"/>
+  <c r="D35" i="3"/>
+  <c r="D7" i="4"/>
+  <c r="D27" i="4"/>
   <c r="D13" i="2"/>
-  <c r="D21" i="2"/>
-[...9 lines deleted...]
-  <c r="D75" i="3"/>
+  <c r="D17" i="3"/>
+  <c r="D37" i="3"/>
+  <c r="D57" i="3"/>
   <c r="D9" i="4"/>
-  <c r="D32" i="4" s="1"/>
-  <c r="D17" i="4"/>
+  <c r="D29" i="4"/>
+  <c r="D30" i="6"/>
+  <c r="D40" i="6"/>
+  <c r="D12" i="4"/>
+  <c r="D16" i="4"/>
+  <c r="D19" i="4"/>
+  <c r="D21" i="4"/>
+  <c r="D26" i="6"/>
+  <c r="D46" i="6" s="1"/>
+  <c r="D24" i="4"/>
   <c r="D25" i="4"/>
-  <c r="H8" i="6"/>
-[...17 lines deleted...]
-  <c r="D76" i="3"/>
+  <c r="D38" i="6"/>
+  <c r="D15" i="3"/>
+  <c r="D18" i="3"/>
+  <c r="D38" i="3"/>
   <c r="D10" i="4"/>
-  <c r="D18" i="4"/>
-[...39 lines deleted...]
-  <c r="D47" i="6" l="1"/>
+  <c r="D21" i="2" l="1"/>
+  <c r="D31" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="158">
-[...1 lines deleted...]
-    <t>Number of IMA BVE Holders: June 2024</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="353" uniqueCount="152">
+  <si>
+    <t>Number of IMA BVE Holders: June 2025</t>
   </si>
   <si>
     <t>Irregular Maritime Arrivals on Bridging E Visa, Dept. Immigration and Border Protection</t>
   </si>
   <si>
     <t>AGE</t>
   </si>
   <si>
     <t>Age</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Per cent</t>
   </si>
   <si>
     <t>0 to 4</t>
   </si>
   <si>
     <t>5 to 11</t>
   </si>
   <si>
     <t>12 to 15</t>
   </si>
@@ -381,735 +407,712 @@
   <si>
     <t>18 to 25</t>
   </si>
   <si>
     <t>26 to 35</t>
   </si>
   <si>
     <t>36 to 45</t>
   </si>
   <si>
     <t>46+</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Sex</t>
   </si>
   <si>
     <t>Female</t>
   </si>
   <si>
     <t>Male</t>
   </si>
   <si>
+    <t>Number of IMA BVE Holders: June 2025June 2025</t>
+  </si>
+  <si>
     <t>BIRTHPLACE</t>
   </si>
   <si>
     <t>Citzenship</t>
   </si>
   <si>
-    <t>Sri Lanka</t>
-[...2 lines deleted...]
-    <t>Iran</t>
+    <t xml:space="preserve">Sri Lanka </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iran </t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>Stateless</t>
-[...35 lines deleted...]
-    <t>Sudan</t>
+    <t xml:space="preserve">Stateless </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Afghanistan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iraq </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vietnam </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lebanon </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bangladesh </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Myanmar </t>
+  </si>
+  <si>
+    <t>Not Recorded/other</t>
+  </si>
+  <si>
+    <t xml:space="preserve">India </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nepal </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sudan </t>
   </si>
   <si>
     <t>GOTO T241 to convert to suburbs</t>
-  </si>
-[...355 lines deleted...]
-    <t>Includes only those persons to whom postcodes are supplied, permitting municipalities to be inferred</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">SUBURB </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
+        <scheme val="minor"/>
       </rPr>
       <t>(based upon postal districts)</t>
     </r>
   </si>
   <si>
-    <t>Less than 10 UMA BE holders</t>
+    <t>Suburb of Residence</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bangholme, Dandenong, Dandenong North, Dandenong South   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Albion, Sunshine, Sunshine North, Sunshine West   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Albanvale, Kealba, Kings Park, St Albans   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hoppers Crossing, Tarneit, Truganina </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Epping, Epping Dc    </t>
+  </si>
+  <si>
+    <t>Burnside, Cairnlea, Caroline Springs, Deer Park, Ravenhall</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Doveton, Eumemmerring    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Broadmeadows, Dallas, Jacana </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Noble Park, Noble Park North    </t>
+  </si>
+  <si>
+    <t>Craigieburn, Donnybrook, Kalkallo, Mickleham, Roxburgh Park</t>
+  </si>
+  <si>
+    <t>Lalor</t>
+  </si>
+  <si>
+    <t>Thomastown</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Glenroy, Hadfield, Oak Park </t>
+  </si>
+  <si>
+    <t>Springvale</t>
+  </si>
+  <si>
+    <t>Wollert</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chartwell, Cocoroc, Derrimut, Point Cook, Quandong, Werribee, Werribee South , </t>
+  </si>
+  <si>
+    <t>Cannons Creek, Cranbourne, Cranbourne East, Cranbourne North, Cranbourne South, Cranbourne West, Devon Meadows, Five Ways, Junction Village, Skye</t>
+  </si>
+  <si>
+    <t>Reservoir</t>
+  </si>
+  <si>
+    <t>Mill Park</t>
+  </si>
+  <si>
+    <t>Hampton Park</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Footscray, Seddon    </t>
+  </si>
+  <si>
+    <t>South Morang</t>
+  </si>
+  <si>
+    <t>eavour Hills</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Narre Warren, Narre Warren South    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coolaroo, Meadow Heights    </t>
+  </si>
+  <si>
+    <t>Fawkner</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corio, Norlane, North Shore </t>
+  </si>
+  <si>
+    <t>Braybrook</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bundoora, Kingsbury, La Trobe University </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Doreen, Mernda    </t>
+  </si>
+  <si>
+    <t>Hallam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Calder Park, Delahey, Hillside, Plumpton, Sydenham, Taylors Hill  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Glen Waverley, Wheelers Hill    </t>
+  </si>
+  <si>
+    <t>Doncaster</t>
+  </si>
+  <si>
+    <t>Doncaster East</t>
+  </si>
+  <si>
+    <t>Laverton North</t>
+  </si>
+  <si>
+    <t>Brooklyn, Kingsville, Maidstone, Tottenham, West Footscray</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belmont, Freshwater Creek, Grovedale, Highton, Marshall, Mount Duneed, Wandana Heights, Waurn Ponds </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benarch, Branditt, Caniambo, Colliver, Dunkirk, Shepparton  </t>
+  </si>
+  <si>
+    <t>Brunswick</t>
+  </si>
+  <si>
+    <t>Ardeer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ascot Vale, Highpoint City, Maribyrnong, Travancore   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plumpton, Rockbank    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cardinia, Clyde, Clyde North </t>
+  </si>
+  <si>
+    <t>Preston</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brookfield, Exford, Eynesbury, Melton South   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pascoe Vale, Pascoe Vale South    </t>
+  </si>
+  <si>
+    <t>Greenvale</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Berwick, Harkaway    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Keilor Downs, Keilor Lodge, Taylors Lakes </t>
+  </si>
+  <si>
+    <t>Campbellfield</t>
+  </si>
+  <si>
+    <t>Keysborough</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pakenham, Pakenham South, Pakenham Upper, Rythdale   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mambourin, Mount Cottrell, Wyndham Vale </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coburg, Coburg North, Moreland </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Box Hill, Box Hill Central, Box Hill South </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dingley Village, Springvale South    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kurunjang, Melton, Melton West, Toolern Vale   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aberfeldie, Esson, Esson West </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bellfield, Heidelberg Heights, Heidelberg Rgh, Heidelberg West   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Knox City Centre, Wantirna, Wantirna South </t>
+  </si>
+  <si>
+    <t>Mulgrave</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mildura, Paringi    </t>
+  </si>
+  <si>
+    <t>Avondale Heights</t>
+  </si>
+  <si>
+    <t xml:space="preserve">St Kilda, St Kilda West    </t>
+  </si>
+  <si>
+    <t>Total (excludes 426 with unknown postcodes</t>
+  </si>
+  <si>
+    <t>MUNICIPALITY</t>
+  </si>
+  <si>
+    <t>Based on  concordance between population in municipal and postal districts</t>
+  </si>
+  <si>
+    <t>Municipality</t>
+  </si>
+  <si>
+    <t>Brimbank</t>
+  </si>
+  <si>
+    <t>Greater Dandenong</t>
+  </si>
+  <si>
+    <t>Whittlesea</t>
+  </si>
+  <si>
+    <t>Casey</t>
+  </si>
+  <si>
+    <t>Hume</t>
+  </si>
+  <si>
+    <t>Wyndham</t>
+  </si>
+  <si>
+    <t>Moreland</t>
+  </si>
+  <si>
+    <t>Melton</t>
+  </si>
+  <si>
+    <t>Maribyrnong</t>
+  </si>
+  <si>
+    <t>Darebin</t>
+  </si>
+  <si>
+    <t>Greater Geelong</t>
+  </si>
+  <si>
+    <t>Manningham</t>
+  </si>
+  <si>
+    <t>Monash</t>
+  </si>
+  <si>
+    <t>Moonee Valley</t>
+  </si>
+  <si>
+    <t>Greater Shepparton</t>
+  </si>
+  <si>
+    <t>Banyule</t>
+  </si>
+  <si>
+    <t>Cardinia</t>
+  </si>
+  <si>
+    <t>Whitehorse</t>
+  </si>
+  <si>
+    <t>Knox</t>
+  </si>
+  <si>
+    <t>Mildura</t>
+  </si>
+  <si>
+    <t>Port Phillip</t>
+  </si>
+  <si>
+    <t>Frankston</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>Hobsons Bay</t>
+  </si>
+  <si>
+    <t>Includes only those persons to whom postcodes are supplied, permitting municipalities to be inferred. Postcodes with &lt;10 people, numbering 426, are omitted here</t>
+  </si>
+  <si>
+    <t>Change in Number of IMA BVE Holders: September 2014 to June 2025</t>
+  </si>
+  <si>
+    <t>Paste municipal totals here</t>
+  </si>
+  <si>
+    <t>Paste this formula in col D: IF(ISNA(VLOOKUP(MATCH(B6,$P$4:$P$28,0),$O$4:$Q$28,3)),0,VLOOKUP(MATCH(B6,$P$4:$P$28,0),$O$4:$Q$28,3))</t>
+  </si>
+  <si>
+    <t>2014 Sept</t>
+  </si>
+  <si>
+    <t>2024 Dec</t>
+  </si>
+  <si>
+    <t>Change</t>
+  </si>
+  <si>
+    <t>Swan Hill</t>
+  </si>
+  <si>
+    <t>Boroondara</t>
+  </si>
+  <si>
+    <t>Colac Otway</t>
+  </si>
+  <si>
+    <t>Stonnington</t>
+  </si>
+  <si>
+    <t>Maroondah</t>
+  </si>
+  <si>
+    <t>Yarra</t>
+  </si>
+  <si>
+    <t>Melbourne</t>
+  </si>
+  <si>
+    <t>Glen Eira</t>
+  </si>
+  <si>
+    <t>All Municipalities</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Goto File 241 to convert postcodes to suburbs for this table</t>
+  </si>
+  <si>
+    <t>Goto file 2017 to convert postcode figures to Municipalities</t>
+  </si>
+  <si>
+    <t>Vic Postcodes</t>
+  </si>
+  <si>
+    <t>Includes only those persons to whom postcodes are supplied, permitting municipalities to be inferred</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FFFFFF00"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="3" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="7"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="3" tint="-0.499984740745262"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0" tint="-0.249977111117893"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color theme="1" tint="0.499984740745262"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0" tint="-0.249977111117893"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0" tint="-0.249977111117893"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0" tint="-0.249977111117893"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color rgb="FFFFFF00"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FFFF0000"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0" tint="-0.34998626667073579"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...74 lines deleted...]
-    </font>
   </fonts>
-  <fills count="9">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="7" tint="-0.24994659260841701"/>
       </bottom>
@@ -1154,485 +1157,461 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="3" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="3" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="3" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0">
+      <protection locked="0"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="3" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="8" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="164" fontId="12" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="19" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="3" fontId="6" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="3" fontId="6" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="7" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...136 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 3" xfId="1" xr:uid="{E7FEB887-68A6-4248-A4C2-006508EA5A09}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R91db0c42bf894786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R81171492ff664147" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>
           <c:w val="0.86821673849660252"/>
           <c:h val="0.85026975794692328"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent2">
-                <a:lumMod val="50000"/>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="700"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'Age &amp; Gender June 2024'!$B$7:$B$14</c:f>
+              <c:f>'Age &amp; Gender June 2025'!$B$7:$B$14</c:f>
               <c:strCache>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
                   <c:v>0 to 4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>5 to 11</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>12 to 15</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>16 to 17</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>18 to 25</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>26 to 35</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>36 to 45</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>46+</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Age &amp; Gender June 2024'!$D$7:$D$14</c:f>
+              <c:f>'Age &amp; Gender June 2025'!$D$7:$D$14</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.0</c:formatCode>
                 <c:ptCount val="8"/>
                 <c:pt idx="0">
-                  <c:v>0.60562015503875977</c:v>
+                  <c:v>0.13612850530901169</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>5.717054263565891</c:v>
+                  <c:v>3.5121154369725023</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3.5368217054263567</c:v>
+                  <c:v>3.2670841274162807</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1.6715116279069766</c:v>
+                  <c:v>1.6063163626463384</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>5.6443798449612403</c:v>
+                  <c:v>5.554043016607678</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>29.505813953488374</c:v>
+                  <c:v>24.829839368363736</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>36.506782945736433</c:v>
+                  <c:v>40.647971685270896</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>16.812015503875969</c:v>
+                  <c:v>20.446501497413557</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-FE5D-48C5-97F5-CCB7049A5947}"/>
+              <c16:uniqueId val="{00000000-FF3D-4737-9FAB-3FB0552680D2}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="100"/>
         <c:axId val="252753792"/>
         <c:axId val="252755328"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="252753792"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
@@ -1732,126 +1711,126 @@
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>
           <c:w val="0.86821673849660252"/>
           <c:h val="0.85026975794692328"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent2">
-                <a:lumMod val="50000"/>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="700"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'Age &amp; Gender June 2024'!$B$27:$B$28</c:f>
+              <c:f>'Age &amp; Gender June 2025'!$B$27:$B$28</c:f>
               <c:strCache>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
                   <c:v>Female</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Male</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Age &amp; Gender June 2024'!$D$27:$D$28</c:f>
+              <c:f>'Age &amp; Gender June 2025'!$D$27:$D$28</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
-                  <c:v>19.186046511627907</c:v>
+                  <c:v>18.213994010345765</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>80.813953488372093</c:v>
+                  <c:v>81.786005989654228</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-3D41-4232-BCB0-FFCA3AC31209}"/>
+              <c16:uniqueId val="{00000000-0575-42DA-852C-799464DA3868}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="198"/>
         <c:axId val="252801024"/>
         <c:axId val="252802560"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="252801024"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
@@ -1936,237 +1915,225 @@
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.24071877256078439"/>
-          <c:y val="7.420634997118554E-2"/>
+          <c:x val="0.29925594483367318"/>
+          <c:y val="6.4335202544319847E-2"/>
           <c:w val="0.7904185036859388"/>
-          <c:h val="0.91305311333581562"/>
+          <c:h val="0.92858487520051414"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'Citizenship June 2024'!$B$6</c:f>
+              <c:f>'Citizenship June 2025'!$B$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Citzenship</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent2">
-                <a:lumMod val="75000"/>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
-            <c:numFmt formatCode="#,##0" sourceLinked="0"/>
+            <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="700"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'Citizenship June 2024'!$B$7:$B$22</c:f>
+              <c:f>'Citizenship June 2025'!$B$7:$B$20</c:f>
               <c:strCache>
-                <c:ptCount val="16"/>
+                <c:ptCount val="14"/>
                 <c:pt idx="0">
-                  <c:v>Sri Lanka</c:v>
+                  <c:v>Sri Lanka </c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Iran</c:v>
+                  <c:v>Iran </c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Pakistan</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>Stateless</c:v>
+                  <c:v>Stateless </c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>Afghanistan</c:v>
+                  <c:v>Afghanistan </c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>Iraq</c:v>
+                  <c:v>Iraq </c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>Vietnam</c:v>
+                  <c:v>Vietnam </c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>Lebanon</c:v>
+                  <c:v>Lebanon </c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>Bangladesh</c:v>
+                  <c:v>Bangladesh </c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>Myanmar</c:v>
+                  <c:v>Myanmar </c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>India</c:v>
+                  <c:v>Not Recorded/other</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>Not Recorded</c:v>
+                  <c:v>India </c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>Less than 10 UMA BE holders</c:v>
+                  <c:v>Nepal </c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>Somalia</c:v>
-[...5 lines deleted...]
-                  <c:v>Sudan</c:v>
+                  <c:v>Sudan </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Citizenship June 2024'!$D$7:$D$22</c:f>
+              <c:f>'Citizenship June 2025'!$D$7:$D$20</c:f>
               <c:numCache>
                 <c:formatCode>#,##0.0</c:formatCode>
-                <c:ptCount val="16"/>
+                <c:ptCount val="14"/>
                 <c:pt idx="0">
-                  <c:v>31.007751937984494</c:v>
+                  <c:v>31.118976313640079</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>28.561046511627907</c:v>
+                  <c:v>28.859243125510481</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>11.845930232558139</c:v>
+                  <c:v>12.796079499047099</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>9.7141472868217065</c:v>
+                  <c:v>9.7740266811870402</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>4.3604651162790695</c:v>
+                  <c:v>4.0294037571467465</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3.2945736434108532</c:v>
+                  <c:v>3.1581813231690714</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3.0038759689922481</c:v>
+                  <c:v>2.8586986114892459</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2.4951550387596897</c:v>
+                  <c:v>2.3686359923768037</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1.695736434108527</c:v>
+                  <c:v>1.6879934658317453</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1.2354651162790697</c:v>
+                  <c:v>1.0890280424720935</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.70251937984496127</c:v>
+                  <c:v>1.0073509392866866</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.58139534883720934</c:v>
+                  <c:v>0.65341682548325619</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>0.53294573643410847</c:v>
+                  <c:v>0.3267084127416281</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>0.43604651162790697</c:v>
-[...5 lines deleted...]
-                  <c:v>0.26647286821705424</c:v>
+                  <c:v>0.27225701061802338</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-548D-4D4F-8EB6-9699D2F6E2F8}"/>
+              <c16:uniqueId val="{00000000-8AAC-4335-B41D-233FCC708945}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="65"/>
         <c:axId val="253147392"/>
         <c:axId val="253157376"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="253147392"/>
         <c:scaling>
           <c:orientation val="maxMin"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
@@ -2314,821 +2281,791 @@
       </c:layout>
       <c:overlay val="0"/>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.36596058239731327"/>
           <c:y val="2.968352538905944E-2"/>
           <c:w val="0.60518081580205685"/>
           <c:h val="0.96357929717498081"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'Suburb June 2024'!$B$6</c:f>
+              <c:f>'Suburb June 2025'!$B$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Suburb of Residence</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent2">
-                <a:lumMod val="75000"/>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000000-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000000-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000001-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000001-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="2"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000002-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000002-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="3"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000003-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000003-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="4"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000004-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000004-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="6"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000005-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000005-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="7"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000006-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000006-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="10"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000007-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000007-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="19"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000008-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000008-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="20"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000009-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000009-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="42"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000A-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{0000000A-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="43"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000B-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{0000000B-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="44"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000C-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{0000000C-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="45"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000D-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{0000000D-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="47"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000E-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{0000000E-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="48"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000000F-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{0000000F-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="51"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000010-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000010-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="54"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000011-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000011-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="56"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000012-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000012-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="57"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000013-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000013-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="61"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000014-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000014-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="62"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000015-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000015-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="65"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000016-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000016-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="67"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000017-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000017-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="82"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000018-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000018-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="86"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{00000019-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{00000019-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dPt>
             <c:idx val="90"/>
             <c:invertIfNegative val="0"/>
             <c:bubble3D val="0"/>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                <c16:uniqueId val="{0000001A-D5D7-4DCF-8F4B-8273108E94F5}"/>
+                <c16:uniqueId val="{0000001A-AE61-4303-9E11-05D98B0FC5F6}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="700"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'Suburb June 2024'!$B$7:$B$77</c:f>
+              <c:f>'Suburb June 2025'!$B$7:$B$72</c:f>
               <c:strCache>
-                <c:ptCount val="71"/>
+                <c:ptCount val="66"/>
                 <c:pt idx="0">
-                  <c:v>Bangholme, Dandenong, Dandenong North, </c:v>
+                  <c:v>Bangholme, Dandenong, Dandenong North, Dandenong South   </c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Albion, Glengara, Sunshine, Sunshine North, Sunshine West etc.</c:v>
+                  <c:v>Albion, Sunshine, Sunshine North, Sunshine West   </c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>Albanvale, Kealba, Kings Park, St Albans</c:v>
+                  <c:v>Albanvale, Kealba, Kings Park, St Albans   </c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>Epping</c:v>
+                  <c:v>Hoppers Crossing, Tarneit, Truganina </c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>Burnside, Burnside Heights, Cairnlea, Caroline Springs, Deer Park etc.</c:v>
+                  <c:v>Epping, Epping Dc    </c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>Broadmeadows, Dallas, Jacana</c:v>
+                  <c:v>Burnside, Cairnlea, Caroline Springs, Deer Park, Ravenhall</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>Hoppers Crossing, Tarneit, Truganina</c:v>
+                  <c:v>Doveton, Eumemmerring    </c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>Doveton, Eumemmerring</c:v>
+                  <c:v>Broadmeadows, Dallas, Jacana </c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>Noble Park, Noble Park North</c:v>
+                  <c:v>Noble Park, Noble Park North    </c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>Sandown Village, Springvale</c:v>
+                  <c:v>Craigieburn, Donnybrook, Kalkallo, Mickleham, Roxburgh Park</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Lalor</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>Craigieburn, Mickleham, Roxburgh Park, Donnybrook</c:v>
+                  <c:v>Thomastown</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>Glenroy, Hadfield, Oak Park</c:v>
+                  <c:v>Glenroy, Hadfield, Oak Park </c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>Thomastown</c:v>
+                  <c:v>Springvale</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>Cocoroc, Derrimut, Point Cook, Quandong, Werribee etc.</c:v>
+                  <c:v>Wollert</c:v>
                 </c:pt>
                 <c:pt idx="15">
+                  <c:v>Chartwell, Cocoroc, Derrimut, Point Cook, Quandong, Werribee, Werribee South , </c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>Cannons Creek, Cranbourne, Cranbourne East, Cranbourne North, Cranbourne South, Cranbourne West, Devon Meadows, Five Ways, Junction Village, Skye</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>Reservoir</c:v>
+                </c:pt>
+                <c:pt idx="18">
                   <c:v>Mill Park</c:v>
-                </c:pt>
-[...7 lines deleted...]
-                  <c:v>Wollert</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>Hampton Park</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>Morang South</c:v>
+                  <c:v>Footscray, Seddon    </c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>Endeavour Hills</c:v>
+                  <c:v>South Morang</c:v>
                 </c:pt>
                 <c:pt idx="22">
+                  <c:v>eavour Hills</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>Narre Warren, Narre Warren South    </c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>Coolaroo, Meadow Heights    </c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>Fawkner</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>Corio, Norlane, North Shore </c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>Braybrook</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>Bundoora, Kingsbury, La Trobe University </c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>Doreen, Mernda    </c:v>
+                </c:pt>
+                <c:pt idx="30">
                   <c:v>Hallam</c:v>
                 </c:pt>
-                <c:pt idx="23">
-[...14 lines deleted...]
-                <c:pt idx="28">
+                <c:pt idx="31">
+                  <c:v>Calder Park, Delahey, Hillside, Plumpton, Sydenham, Taylors Hill  </c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>Glen Waverley, Wheelers Hill    </c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>Doncaster</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>Doncaster East</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>Laverton North</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>Brooklyn, Kingsville, Maidstone, Tottenham, West Footscray</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>Belmont, Freshwater Creek, Grovedale, Highton, Marshall, Mount Duneed, Wandana Heights, Waurn Ponds </c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>Benarch, Branditt, Caniambo, Colliver, Dunkirk, Shepparton  </c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>Brunswick</c:v>
+                </c:pt>
+                <c:pt idx="40">
                   <c:v>Ardeer</c:v>
                 </c:pt>
-                <c:pt idx="29">
-[...34 lines deleted...]
-                </c:pt>
                 <c:pt idx="41">
-                  <c:v>Bellfield, Heidelberg Heights, Heidelberg West</c:v>
+                  <c:v>Ascot Vale, Highpoint City, Maribyrnong, Travancore   </c:v>
                 </c:pt>
                 <c:pt idx="42">
+                  <c:v>#N/A</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>Plumpton, Rockbank    </c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>Cardinia, Clyde, Clyde North </c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>Preston</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>Brookfield, Exford, Eynesbury, Melton South   </c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>Pascoe Vale, Pascoe Vale South    </c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>Greenvale</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>Berwick, Harkaway    </c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>Keilor Downs, Keilor Lodge, Taylors Lakes </c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>Campbellfield</c:v>
+                </c:pt>
+                <c:pt idx="52">
                   <c:v>Keysborough</c:v>
                 </c:pt>
-                <c:pt idx="43">
-[...20 lines deleted...]
-                <c:pt idx="50">
+                <c:pt idx="53">
+                  <c:v>Pakenham, Pakenham South, Pakenham Upper, Rythdale   </c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>Mambourin, Mount Cottrell, Wyndham Vale </c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>Coburg, Coburg North, Moreland </c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>Box Hill, Box Hill Central, Box Hill South </c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>Dingley Village, Springvale South    </c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>Kurunjang, Melton, Melton West, Toolern Vale   </c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>Aberfeldie, Esson, Esson West </c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>Bellfield, Heidelberg Heights, Heidelberg Rgh, Heidelberg West   </c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>Knox City Centre, Wantirna, Wantirna South </c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>Mulgrave</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>Mildura, Paringi    </c:v>
+                </c:pt>
+                <c:pt idx="64">
                   <c:v>Avondale Heights</c:v>
                 </c:pt>
-                <c:pt idx="51">
-[...40 lines deleted...]
-                </c:pt>
                 <c:pt idx="65">
-                  <c:v>Mulgrave</c:v>
-[...14 lines deleted...]
-                  <c:v>Bentleigh, McKinnon, Ormond, Patterson</c:v>
+                  <c:v>St Kilda, St Kilda West    </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Suburb June 2024'!$C$7:$C$77</c:f>
+              <c:f>'Suburb June 2025'!$C$7:$C$72</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="71"/>
+                <c:ptCount val="66"/>
                 <c:pt idx="0">
-                  <c:v>480</c:v>
+                  <c:v>388</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>359</c:v>
+                  <c:v>307</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>345</c:v>
+                  <c:v>305</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>149</c:v>
+                  <c:v>134</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>132</c:v>
+                  <c:v>124</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>128</c:v>
+                  <c:v>109</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>127</c:v>
+                  <c:v>104</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>111</c:v>
+                  <c:v>99</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>97</c:v>
+                  <c:v>88</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>94</c:v>
+                  <c:v>85</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>88</c:v>
+                  <c:v>71</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>84</c:v>
+                  <c:v>70</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>82</c:v>
+                  <c:v>67</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>80</c:v>
+                  <c:v>65</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>71</c:v>
+                  <c:v>63</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>66</c:v>
+                  <c:v>62</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>58</c:v>
+                  <c:v>54</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>54</c:v>
+                  <c:v>53</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>52</c:v>
+                  <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45</c:v>
+                  <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>41</c:v>
+                  <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>40</c:v>
+                  <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>37</c:v>
+                  <c:v>32</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>34</c:v>
+                  <c:v>32</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>34</c:v>
+                  <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>33</c:v>
+                  <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>32</c:v>
+                  <c:v>30</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>30</c:v>
+                  <c:v>29</c:v>
                 </c:pt>
                 <c:pt idx="28">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="31">
                   <c:v>27</c:v>
-                </c:pt>
-[...7 lines deleted...]
-                  <c:v>26</c:v>
                 </c:pt>
                 <c:pt idx="32">
                   <c:v>25</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>25</c:v>
+                  <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="34">
                   <c:v>24</c:v>
                 </c:pt>
                 <c:pt idx="35">
                   <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="36">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>22</c:v>
+                  <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="38">
                   <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>21</c:v>
+                  <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>20</c:v>
+                  <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>20</c:v>
+                  <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>20</c:v>
+                  <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>20</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>19</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>19</c:v>
+                  <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>19</c:v>
+                  <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>18</c:v>
+                  <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>18</c:v>
+                  <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>18</c:v>
+                  <c:v>14</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>16</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>16</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>15</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>14</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>14</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>14</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>14</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>13</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>13</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>12</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>12</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>12</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>12</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>12</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="64">
-                  <c:v>11</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="65">
-                  <c:v>11</c:v>
-[...13 lines deleted...]
-                <c:pt idx="70">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000001B-D5D7-4DCF-8F4B-8273108E94F5}"/>
+              <c16:uniqueId val="{0000001B-AE61-4303-9E11-05D98B0FC5F6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="60"/>
         <c:axId val="253937920"/>
         <c:axId val="253939712"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="253937920"/>
         <c:scaling>
           <c:orientation val="maxMin"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
@@ -3225,290 +3162,284 @@
                 <a:effectLst/>
               </a:rPr>
               <a:t>People Seeking Asylum</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.420398598500548"/>
           <c:y val="0"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.18451425489956821"/>
+          <c:x val="0.21168969010661104"/>
           <c:y val="8.382866088136795E-2"/>
-          <c:w val="0.77772492353957634"/>
+          <c:w val="0.77275497566869589"/>
           <c:h val="0.90599081807400206"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'Municipality June 2024'!$B$6</c:f>
+              <c:f>'Municipality June 2025'!$B$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Municipality</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent2">
-                <a:lumMod val="75000"/>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="700"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'Municipality June 2024'!$B$7:$B$31</c:f>
+              <c:f>'Municipality June 2025'!$B$7:$B$30</c:f>
               <c:strCache>
-                <c:ptCount val="25"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
                   <c:v>Brimbank</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Greater Dandenong</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Whittlesea</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Casey</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Hume</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Wyndham</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Moreland</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Melton</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Maribyrnong</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Darebin</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>Greater Geelong</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>Manningham</c:v>
                 </c:pt>
                 <c:pt idx="12">
+                  <c:v>Monash</c:v>
+                </c:pt>
+                <c:pt idx="13">
                   <c:v>Moonee Valley</c:v>
                 </c:pt>
-                <c:pt idx="13">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="14">
+                  <c:v>Greater Shepparton</c:v>
+                </c:pt>
+                <c:pt idx="15">
                   <c:v>Banyule</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>Hobsons Bay</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>Cardinia</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>Whitehorse</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>Greater Shepparton</c:v>
+                  <c:v>Knox</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>Mildura</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>Port Phillip</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>Knox</c:v>
+                  <c:v>Frankston</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>Kingston</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>Glen Eira</c:v>
-[...2 lines deleted...]
-                  <c:v>Frankston</c:v>
+                  <c:v>Hobsons Bay</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Municipality June 2024'!$C$7:$C$31</c:f>
+              <c:f>'Municipality June 2025'!$C$7:$C$30</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="25"/>
+                <c:ptCount val="24"/>
                 <c:pt idx="0">
-                  <c:v>814.14560387325571</c:v>
+                  <c:v>707.19791436132402</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>705.37689443145405</c:v>
+                  <c:v>560.63548973759418</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>509.8336318492033</c:v>
+                  <c:v>451.33504068842041</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>329.37642387067592</c:v>
+                  <c:v>322.7953621048062</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>268.60210207964064</c:v>
+                  <c:v>243.56173652310346</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>234.94143146006053</c:v>
+                  <c:v>225.70515738319338</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>169.3444642221431</c:v>
+                  <c:v>144.38419366322535</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>133.97847506930844</c:v>
+                  <c:v>143.09943862024613</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>97.779077068475118</c:v>
+                  <c:v>91.334817975180158</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>80.526642984014217</c:v>
+                  <c:v>76.275754884547069</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>72</c:v>
+                  <c:v>51</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>57.143701399688958</c:v>
+                  <c:v>48</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45.531219230638641</c:v>
+                  <c:v>36</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>37</c:v>
+                  <c:v>32.116286965674121</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>29.493466125348895</c:v>
+                  <c:v>21</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>26.624193298261339</c:v>
+                  <c:v>20.177017254503934</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>22.495633392806837</c:v>
+                  <c:v>13.637242933608789</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>20.856298600311042</c:v>
+                  <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>20</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>14</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>13</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>12</c:v>
+                  <c:v>7.5673949615850322</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>11.623105568545943</c:v>
+                  <c:v>5.3645102624058199</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>10</c:v>
-[...2 lines deleted...]
-                  <c:v>8.127942736517257</c:v>
+                  <c:v>1.546384694382108</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1FDC-4F2F-A25E-8FB167B215E1}"/>
+              <c16:uniqueId val="{00000000-8D84-4943-9ABB-096247AFD112}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="69"/>
         <c:axId val="254084224"/>
         <c:axId val="254085760"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="254084224"/>
         <c:scaling>
           <c:orientation val="maxMin"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
@@ -3588,270 +3519,275 @@
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="3.8817634426712704E-2"/>
           <c:y val="4.9069820182097101E-2"/>
           <c:w val="0.93246574124758475"/>
           <c:h val="0.9388838240050108"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent2">
-[...1 lines deleted...]
-                <a:lumOff val="40000"/>
+              <a:schemeClr val="bg2">
+                <a:lumMod val="90000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>'Change June 2024'!$B$6:$B$36</c:f>
+              <c:f>'Change June 2025'!$B$6:$B$37</c:f>
               <c:strCache>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
                   <c:v>Greater Dandenong</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Brimbank</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Casey</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>Whittlesea</c:v>
+                </c:pt>
+                <c:pt idx="4">
                   <c:v>Hume</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="5">
                   <c:v>Maribyrnong</c:v>
                 </c:pt>
-                <c:pt idx="5">
+                <c:pt idx="6">
                   <c:v>Darebin</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>Wyndham</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>Greater Shepparton</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Moreland</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>Whittlesea</c:v>
+                  <c:v>Greater Shepparton</c:v>
                 </c:pt>
                 <c:pt idx="10">
+                  <c:v>Melton</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>Greater Geelong</c:v>
                 </c:pt>
-                <c:pt idx="11">
+                <c:pt idx="12">
+                  <c:v>Hobsons Bay</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>Mildura</c:v>
+                </c:pt>
+                <c:pt idx="14">
                   <c:v>Swan Hill</c:v>
                 </c:pt>
-                <c:pt idx="12">
-[...5 lines deleted...]
-                <c:pt idx="14">
+                <c:pt idx="15">
                   <c:v>Whitehorse</c:v>
                 </c:pt>
-                <c:pt idx="15">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="16">
-                  <c:v>Colac Otway</c:v>
+                  <c:v>Moonee Valley</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>Kingston</c:v>
                 </c:pt>
                 <c:pt idx="18">
+                  <c:v>Manningham</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>Boroondara</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>Colac Otway</c:v>
+                </c:pt>
+                <c:pt idx="21">
                   <c:v>Stonnington</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="22">
                   <c:v>Maroondah</c:v>
                 </c:pt>
-                <c:pt idx="20">
-[...2 lines deleted...]
-                <c:pt idx="21">
+                <c:pt idx="23">
                   <c:v>Yarra</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="24">
                   <c:v>Melbourne</c:v>
                 </c:pt>
-                <c:pt idx="23">
-[...2 lines deleted...]
-                <c:pt idx="24">
+                <c:pt idx="25">
                   <c:v>Monash</c:v>
-                </c:pt>
-[...1 lines deleted...]
-                  <c:v>Frankston</c:v>
                 </c:pt>
                 <c:pt idx="26">
                   <c:v>Banyule</c:v>
                 </c:pt>
                 <c:pt idx="27">
                   <c:v>Glen Eira</c:v>
                 </c:pt>
                 <c:pt idx="28">
                   <c:v>Port Phillip</c:v>
                 </c:pt>
                 <c:pt idx="29">
+                  <c:v>Knox</c:v>
+                </c:pt>
+                <c:pt idx="30">
                   <c:v>Cardinia</c:v>
                 </c:pt>
-                <c:pt idx="30">
-                  <c:v>Melton</c:v>
+                <c:pt idx="31">
+                  <c:v>Frankston</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'Change June 2024'!$E$6:$E$36</c:f>
+              <c:f>'Change June 2025'!$E$6:$E$37</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="31"/>
+                <c:ptCount val="32"/>
                 <c:pt idx="0">
-                  <c:v>-2111.6231055685457</c:v>
+                  <c:v>-2256</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>-610.85439612674429</c:v>
+                  <c:v>-718</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>-473.62357612932408</c:v>
+                  <c:v>-480</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>-262.39789792035936</c:v>
+                  <c:v>-293</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>-228.22092293152488</c:v>
+                  <c:v>-287</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>-220.47335701598578</c:v>
+                  <c:v>-235</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>-203.05856853993947</c:v>
+                  <c:v>-225</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>-185</c:v>
+                  <c:v>-212</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>-185.6555357778569</c:v>
+                  <c:v>-211</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>-234.1663681507967</c:v>
+                  <c:v>-184</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>-92</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="11">
+                  <c:v>-113</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>-84</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>-78</c:v>
+                </c:pt>
+                <c:pt idx="14">
                   <c:v>-74</c:v>
                 </c:pt>
-                <c:pt idx="12">
-[...7 lines deleted...]
-                </c:pt>
                 <c:pt idx="15">
+                  <c:v>-53</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>-40</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>-36</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>-28</c:v>
+                </c:pt>
+                <c:pt idx="19">
                   <c:v>-18</c:v>
                 </c:pt>
-                <c:pt idx="16">
+                <c:pt idx="20">
                   <c:v>-18</c:v>
                 </c:pt>
-                <c:pt idx="17">
-[...2 lines deleted...]
-                <c:pt idx="18">
+                <c:pt idx="21">
                   <c:v>-16</c:v>
                 </c:pt>
-                <c:pt idx="19">
+                <c:pt idx="22">
                   <c:v>-14</c:v>
                 </c:pt>
-                <c:pt idx="20">
-[...2 lines deleted...]
-                <c:pt idx="21">
+                <c:pt idx="23">
                   <c:v>-13</c:v>
                 </c:pt>
-                <c:pt idx="22">
+                <c:pt idx="24">
                   <c:v>-12</c:v>
                 </c:pt>
-                <c:pt idx="23">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="25">
-                  <c:v>8.127942736517257</c:v>
+                  <c:v>-9</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>5.4934661253488954</c:v>
+                  <c:v>-4</c:v>
                 </c:pt>
                 <c:pt idx="27">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="28">
                   <c:v>10</c:v>
                 </c:pt>
-                <c:pt idx="28">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="29">
-                  <c:v>22.495633392806837</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>123.97847506930844</c:v>
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-FF64-4ED0-B4B0-04FDBE5A21D7}"/>
+              <c16:uniqueId val="{00000000-3481-49EA-A632-23B9255F7C1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="76"/>
         <c:axId val="254114432"/>
         <c:axId val="254153088"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="254114432"/>
         <c:scaling>
           <c:orientation val="maxMin"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:numFmt formatCode="General" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
@@ -3959,8644 +3895,6602 @@
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>10</xdr:col>
       <xdr:colOff>752475</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A45E243-0B23-4DB9-847F-AFA2E16934E4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0CAE9D9-23F8-42F9-951A-382ADDB7F850}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>95250</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B65D09C8-0BF1-4E1B-8AAC-934FFBAFCC2B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79775BE6-0699-49C4-9E16-41AE6A42B5B7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>79663</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>13855</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
-      <xdr:colOff>468313</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:colOff>317501</xdr:colOff>
+      <xdr:row>35</xdr:row>
       <xdr:rowOff>160194</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B975BE5D-45BD-4361-8833-7668207C4801}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AB165B1-E223-417E-97EC-4036E3921C46}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>171450</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>590550</xdr:colOff>
       <xdr:row>86</xdr:row>
       <xdr:rowOff>9526</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3417C62E-9EF6-4C9A-88BB-E66F63D288D4}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C394EC90-FF8E-40F7-8C8A-D83FE933CDDC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>37041</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>104774</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>11</xdr:col>
       <xdr:colOff>561976</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>153457</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DF2A7B1-5A7B-4EB3-9177-BFA9DAC720F6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44FAAD6E-1548-4C08-B679-D5584B0F885F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>95249</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
       <xdr:colOff>561974</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48E820F0-3128-4837-B1E6-F316FA82C2DA}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68106F8B-CBCF-40AE-B0C4-1435D2A290F9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{29B49ECA-0670-4566-B3A7-F2043322FB90}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{85B1DAED-6A37-4F0E-89C6-AF0896391FD8}">
   <sheetPr>
-    <tabColor theme="4" tint="0.39997558519241921"/>
+    <tabColor theme="2" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:M39"/>
+  <dimension ref="B1:P39"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="O4" sqref="O4"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7.08984375" style="1" customWidth="1"/>
     <col min="2" max="2" width="13.36328125" style="1" customWidth="1"/>
     <col min="3" max="4" width="14.6328125" style="1" customWidth="1"/>
     <col min="5" max="10" width="9.08984375" style="1"/>
     <col min="11" max="11" width="11.6328125" style="1" customWidth="1"/>
     <col min="12" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="B1" s="72" t="s">
+    <row r="1" spans="2:16" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="B1" s="63" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="72"/>
-[...10 lines deleted...]
-      <c r="B2" s="73" t="s">
+      <c r="C1" s="63"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="63"/>
+      <c r="H1" s="63"/>
+      <c r="I1" s="63"/>
+      <c r="J1" s="63"/>
+      <c r="K1" s="63"/>
+    </row>
+    <row r="2" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B2" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="73"/>
-[...9 lines deleted...]
-    <row r="3" spans="2:11" x14ac:dyDescent="0.35">
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+    </row>
+    <row r="3" spans="2:16" x14ac:dyDescent="0.35">
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
     </row>
-    <row r="4" spans="2:11" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="B4" s="74" t="s">
+    <row r="4" spans="2:16" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="B4" s="65" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="74"/>
-      <c r="D4" s="74"/>
+      <c r="C4" s="65"/>
+      <c r="D4" s="65"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
     </row>
-    <row r="6" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B6" s="31" t="s">
+    <row r="6" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B6" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="32" t="s">
+      <c r="C6" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="32" t="s">
+      <c r="D6" s="4" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="7" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B7" s="33" t="s">
+    <row r="7" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B7" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="C7" s="34">
-[...2 lines deleted...]
-      <c r="D7" s="35">
+      <c r="C7" s="6">
+        <v>5</v>
+      </c>
+      <c r="D7" s="7">
         <f>C7/C$15*100</f>
-        <v>0.60562015503875977</v>
-[...3 lines deleted...]
-      <c r="B8" s="36" t="s">
+        <v>0.13612850530901169</v>
+      </c>
+    </row>
+    <row r="8" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B8" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="C8" s="37">
-[...2 lines deleted...]
-      <c r="D8" s="35">
+      <c r="C8" s="9">
+        <v>129</v>
+      </c>
+      <c r="D8" s="7">
         <f t="shared" ref="D8:D14" si="0">C8/C$15*100</f>
-        <v>5.717054263565891</v>
-[...3 lines deleted...]
-      <c r="B9" s="36" t="s">
+        <v>3.5121154369725023</v>
+      </c>
+    </row>
+    <row r="9" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B9" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="C9" s="37">
-[...8 lines deleted...]
-      <c r="B10" s="38" t="s">
+      <c r="C9" s="9">
+        <v>120</v>
+      </c>
+      <c r="D9" s="7">
+        <f t="shared" si="0"/>
+        <v>3.2670841274162807</v>
+      </c>
+    </row>
+    <row r="10" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B10" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="37">
-[...8 lines deleted...]
-      <c r="B11" s="38" t="s">
+      <c r="C10" s="9">
+        <v>59</v>
+      </c>
+      <c r="D10" s="7">
+        <f t="shared" si="0"/>
+        <v>1.6063163626463384</v>
+      </c>
+    </row>
+    <row r="11" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B11" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="C11" s="37">
-[...8 lines deleted...]
-      <c r="B12" s="38" t="s">
+      <c r="C11" s="9">
+        <v>204</v>
+      </c>
+      <c r="D11" s="7">
+        <f t="shared" si="0"/>
+        <v>5.554043016607678</v>
+      </c>
+    </row>
+    <row r="12" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B12" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="C12" s="37">
-[...8 lines deleted...]
-      <c r="B13" s="38" t="s">
+      <c r="C12" s="9">
+        <v>912</v>
+      </c>
+      <c r="D12" s="7">
+        <f t="shared" si="0"/>
+        <v>24.829839368363736</v>
+      </c>
+      <c r="P12" s="11"/>
+    </row>
+    <row r="13" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B13" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C13" s="37">
-[...8 lines deleted...]
-      <c r="B14" s="39" t="s">
+      <c r="C13" s="9">
+        <v>1493</v>
+      </c>
+      <c r="D13" s="7">
+        <f t="shared" si="0"/>
+        <v>40.647971685270896</v>
+      </c>
+      <c r="P13" s="11"/>
+    </row>
+    <row r="14" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B14" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="C14" s="37">
-[...8 lines deleted...]
-      <c r="B15" s="40" t="s">
+      <c r="C14" s="9">
+        <v>751</v>
+      </c>
+      <c r="D14" s="7">
+        <f t="shared" si="0"/>
+        <v>20.446501497413557</v>
+      </c>
+    </row>
+    <row r="15" spans="2:16" x14ac:dyDescent="0.35">
+      <c r="B15" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="C15" s="41">
+      <c r="C15" s="14">
         <f>SUM(C7:C14)</f>
-        <v>4128</v>
-[...1 lines deleted...]
-      <c r="D15" s="41">
+        <v>3673</v>
+      </c>
+      <c r="D15" s="14">
         <f>SUM(D7:D14)</f>
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="D17" s="4"/>
+      <c r="D17" s="11"/>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="D18" s="5"/>
+      <c r="D18" s="15"/>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B26" s="31" t="s">
+      <c r="B26" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C26" s="32" t="s">
+      <c r="C26" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="D26" s="32" t="s">
+      <c r="D26" s="4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B27" s="33" t="s">
+      <c r="B27" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C27" s="34">
-[...2 lines deleted...]
-      <c r="D27" s="42">
+      <c r="C27" s="6">
+        <v>669</v>
+      </c>
+      <c r="D27" s="16">
         <f>C27/C$29*100</f>
-        <v>19.186046511627907</v>
+        <v>18.213994010345765</v>
       </c>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B28" s="39" t="s">
+      <c r="B28" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="C28" s="37">
-[...2 lines deleted...]
-      <c r="D28" s="42">
+      <c r="C28" s="9">
+        <v>3004</v>
+      </c>
+      <c r="D28" s="16">
         <f>C28/C$29*100</f>
-        <v>80.813953488372093</v>
+        <v>81.786005989654228</v>
       </c>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.35">
-      <c r="B29" s="40" t="s">
+      <c r="B29" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="C29" s="41">
+      <c r="C29" s="14">
         <f>SUM(C27:C28)</f>
-        <v>4128</v>
-[...1 lines deleted...]
-      <c r="D29" s="43">
+        <v>3673</v>
+      </c>
+      <c r="D29" s="17">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="13:13" x14ac:dyDescent="0.35">
-      <c r="M39" s="6"/>
+      <c r="M39" s="18"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D69EE92F-3E00-43CF-8FAC-205BA79BD897}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0FF2F09D-2847-4C4D-9888-B3E4C6075803}">
   <sheetPr>
-    <tabColor theme="4" tint="0.39997558519241921"/>
+    <tabColor theme="2" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:T28"/>
+  <dimension ref="B1:T27"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="12" ySplit="1" topLeftCell="M2" activePane="bottomRight" state="frozen"/>
-      <selection pane="topRight" activeCell="M1" sqref="M1"/>
-[...1 lines deleted...]
-      <selection pane="bottomRight" activeCell="N26" sqref="N26"/>
+      <selection activeCell="M30" sqref="M30"/>
+      <selection pane="topRight" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomLeft" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomRight" activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="5.08984375" style="1" customWidth="1"/>
     <col min="2" max="2" width="20.26953125" style="1" customWidth="1"/>
     <col min="3" max="4" width="12" style="1" customWidth="1"/>
     <col min="5" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:20" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="B1" s="72" t="s">
-[...10 lines deleted...]
-      <c r="K1" s="72"/>
+      <c r="B1" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1" s="63"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="63"/>
+      <c r="H1" s="63"/>
+      <c r="I1" s="63"/>
+      <c r="J1" s="63"/>
+      <c r="K1" s="63"/>
     </row>
     <row r="2" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="75"/>
-[...8 lines deleted...]
-      <c r="O2" s="4"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+      <c r="O2" s="11"/>
     </row>
     <row r="3" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B3" s="44"/>
-[...8 lines deleted...]
-      <c r="K3" s="44"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
+      <c r="K3" s="2"/>
     </row>
     <row r="4" spans="2:20" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="B4" s="76" t="s">
-[...10 lines deleted...]
-      <c r="K4" s="44"/>
+      <c r="B4" s="65" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="65"/>
+      <c r="D4" s="65"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+      <c r="K4" s="2"/>
     </row>
     <row r="5" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B5" s="45"/>
-[...8 lines deleted...]
-      <c r="K5" s="45"/>
+      <c r="O5" s="11"/>
     </row>
     <row r="6" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B6" s="31" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="46" t="s">
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="46" t="s">
+      <c r="D6" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="45"/>
-[...5 lines deleted...]
-      <c r="K6" s="45"/>
     </row>
     <row r="7" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B7" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K7" s="45"/>
+      <c r="B7" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="6">
+        <v>1143</v>
+      </c>
+      <c r="D7" s="21">
+        <f t="shared" ref="D7:D20" si="0">C7/C$21*100</f>
+        <v>31.118976313640079</v>
+      </c>
     </row>
     <row r="8" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B8" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K8" s="45"/>
+      <c r="B8" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="C8" s="6">
+        <v>1060</v>
+      </c>
+      <c r="D8" s="21">
+        <f t="shared" si="0"/>
+        <v>28.859243125510481</v>
+      </c>
     </row>
     <row r="9" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B9" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K9" s="45"/>
+      <c r="B9" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="6">
+        <v>470</v>
+      </c>
+      <c r="D9" s="21">
+        <f t="shared" si="0"/>
+        <v>12.796079499047099</v>
+      </c>
     </row>
     <row r="10" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B10" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K10" s="45"/>
+      <c r="B10" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="6">
+        <v>359</v>
+      </c>
+      <c r="D10" s="21">
+        <f t="shared" si="0"/>
+        <v>9.7740266811870402</v>
+      </c>
     </row>
     <row r="11" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B11" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K11" s="45"/>
+      <c r="B11" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="6">
+        <v>148</v>
+      </c>
+      <c r="D11" s="21">
+        <f t="shared" si="0"/>
+        <v>4.0294037571467465</v>
+      </c>
       <c r="O11"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
     </row>
     <row r="12" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B12" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K12" s="45"/>
+      <c r="B12" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="6">
+        <v>116</v>
+      </c>
+      <c r="D12" s="21">
+        <f t="shared" si="0"/>
+        <v>3.1581813231690714</v>
+      </c>
       <c r="O12"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
     </row>
     <row r="13" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B13" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K13" s="45"/>
+      <c r="B13" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="6">
+        <v>105</v>
+      </c>
+      <c r="D13" s="21">
+        <f t="shared" si="0"/>
+        <v>2.8586986114892459</v>
+      </c>
       <c r="O13"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
     </row>
     <row r="14" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B14" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K14" s="45"/>
+      <c r="B14" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14" s="6">
+        <v>87</v>
+      </c>
+      <c r="D14" s="21">
+        <f t="shared" si="0"/>
+        <v>2.3686359923768037</v>
+      </c>
       <c r="O14"/>
       <c r="P14"/>
       <c r="Q14"/>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
     </row>
     <row r="15" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B15" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K15" s="45"/>
+      <c r="B15" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="C15" s="6">
+        <v>62</v>
+      </c>
+      <c r="D15" s="21">
+        <f t="shared" si="0"/>
+        <v>1.6879934658317453</v>
+      </c>
       <c r="O15"/>
       <c r="P15"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
     </row>
     <row r="16" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B16" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K16" s="45"/>
+      <c r="B16" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="6">
+        <v>40</v>
+      </c>
+      <c r="D16" s="21">
+        <f t="shared" si="0"/>
+        <v>1.0890280424720935</v>
+      </c>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
     </row>
     <row r="17" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B17" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K17" s="45"/>
+      <c r="B17" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="C17" s="6">
+        <v>37</v>
+      </c>
+      <c r="D17" s="21">
+        <f t="shared" si="0"/>
+        <v>1.0073509392866866</v>
+      </c>
       <c r="O17"/>
       <c r="P17"/>
       <c r="Q17"/>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
     </row>
     <row r="18" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B18" s="49" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="34">
+      <c r="B18" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="6">
         <v>24</v>
       </c>
-      <c r="D18" s="48">
-[...9 lines deleted...]
-      <c r="K18" s="45"/>
+      <c r="D18" s="21">
+        <f t="shared" si="0"/>
+        <v>0.65341682548325619</v>
+      </c>
       <c r="O18"/>
       <c r="P18"/>
       <c r="Q18"/>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
     </row>
     <row r="19" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B19" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K19" s="45"/>
+      <c r="B19" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="C19" s="6">
+        <v>12</v>
+      </c>
+      <c r="D19" s="21">
+        <f t="shared" si="0"/>
+        <v>0.3267084127416281</v>
+      </c>
       <c r="O19"/>
       <c r="P19"/>
       <c r="Q19"/>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
     </row>
     <row r="20" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B20" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K20" s="45"/>
+      <c r="B20" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="C20" s="6">
+        <v>10</v>
+      </c>
+      <c r="D20" s="21">
+        <f t="shared" si="0"/>
+        <v>0.27225701061802338</v>
+      </c>
       <c r="O20"/>
       <c r="P20"/>
       <c r="Q20"/>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
     </row>
     <row r="21" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B21" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K21" s="45"/>
+      <c r="B21" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="14">
+        <f>SUM(C7:C20)</f>
+        <v>3673</v>
+      </c>
+      <c r="D21" s="14">
+        <f>SUM(D7:D20)</f>
+        <v>100.00000000000001</v>
+      </c>
       <c r="O21"/>
       <c r="P21"/>
       <c r="Q21"/>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
     </row>
     <row r="22" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B22" s="47" t="s">
-[...15 lines deleted...]
-      <c r="K22" s="45"/>
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
       <c r="O22"/>
       <c r="P22"/>
       <c r="Q22"/>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
     </row>
     <row r="23" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B23" s="40" t="s">
-[...16 lines deleted...]
-      <c r="K23" s="45"/>
+      <c r="B23" s="5"/>
+      <c r="C23"/>
+      <c r="D23"/>
       <c r="O23"/>
       <c r="P23"/>
       <c r="Q23"/>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
     </row>
     <row r="24" spans="2:20" x14ac:dyDescent="0.35">
-      <c r="B24" s="3"/>
-[...1 lines deleted...]
-      <c r="D24"/>
       <c r="O24"/>
       <c r="P24"/>
       <c r="Q24"/>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
     </row>
     <row r="25" spans="2:20" x14ac:dyDescent="0.35">
       <c r="O25"/>
       <c r="P25"/>
       <c r="Q25"/>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
     </row>
-    <row r="26" spans="2:20" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="C28" s="4"/>
+    <row r="27" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="C27" s="11"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="B1:K1"/>
     <mergeCell ref="B2:K2"/>
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="81" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99520E02-B8F5-48EC-95F5-0B898F63C0F6}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AFBC44A-0DFE-4C60-BBBD-6F589DFAA684}">
   <sheetPr>
-    <tabColor theme="4" tint="0.39997558519241921"/>
+    <tabColor theme="2" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S87"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:D4"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2.6328125" style="1" customWidth="1"/>
     <col min="2" max="2" width="43.7265625" style="1" customWidth="1"/>
     <col min="3" max="4" width="10.36328125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="B1" s="72" t="s">
+      <c r="B1" s="63" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="72"/>
-[...12 lines deleted...]
-      <c r="P1" s="7"/>
+      <c r="C1" s="63"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="63"/>
+      <c r="H1" s="63"/>
+      <c r="I1" s="63"/>
+      <c r="J1" s="63"/>
+      <c r="K1" s="63"/>
+      <c r="L1" s="63"/>
+      <c r="M1" s="63"/>
+      <c r="N1" s="63"/>
+      <c r="O1" s="63"/>
+      <c r="P1" s="23"/>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="75"/>
-[...14 lines deleted...]
-      <c r="R2" s="8"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+      <c r="L2" s="64"/>
+      <c r="M2" s="64"/>
+      <c r="P2" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
     </row>
     <row r="3" spans="1:18" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="2"/>
-      <c r="B3" s="44"/>
-[...10 lines deleted...]
-      <c r="M3" s="45"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
     </row>
     <row r="4" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="2"/>
-      <c r="B4" s="76" t="s">
-[...27 lines deleted...]
-    </row>
+      <c r="B4" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" s="65"/>
+      <c r="D4" s="65"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+    </row>
+    <row r="5" spans="1:18" ht="9" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="6" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B6" s="31" t="s">
+      <c r="B6" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="C6" s="46" t="s">
+      <c r="C6" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="46" t="s">
+      <c r="D6" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="E6" s="45"/>
-[...7 lines deleted...]
-      <c r="M6" s="45"/>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B7" s="50" t="s">
+      <c r="B7" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="51">
-[...14 lines deleted...]
-      <c r="M7" s="45"/>
+      <c r="C7" s="26">
+        <v>388</v>
+      </c>
+      <c r="D7" s="21">
+        <f>C7/C$73*100</f>
+        <v>11.949491838620265</v>
+      </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B8" s="50" t="s">
+      <c r="B8" s="25" t="s">
         <v>39</v>
       </c>
-      <c r="C8" s="51">
-[...15 lines deleted...]
-      <c r="R8" s="5"/>
+      <c r="C8" s="26">
+        <v>307</v>
+      </c>
+      <c r="D8" s="21">
+        <f t="shared" ref="D8:D71" si="0">C8/C$73*100</f>
+        <v>9.4548814290113956</v>
+      </c>
+      <c r="R8" s="15"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B9" s="50" t="s">
+      <c r="B9" s="25" t="s">
         <v>40</v>
       </c>
-      <c r="C9" s="51">
-[...14 lines deleted...]
-      <c r="M9" s="45"/>
+      <c r="C9" s="26">
+        <v>305</v>
+      </c>
+      <c r="D9" s="21">
+        <f t="shared" si="0"/>
+        <v>9.3932861102556213</v>
+      </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B10" s="50" t="s">
+      <c r="B10" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="51">
-[...14 lines deleted...]
-      <c r="M10" s="45"/>
+      <c r="C10" s="26">
+        <v>134</v>
+      </c>
+      <c r="D10" s="21">
+        <f t="shared" si="0"/>
+        <v>4.1268863566368958</v>
+      </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B11" s="50" t="s">
+      <c r="B11" s="25" t="s">
         <v>42</v>
       </c>
-      <c r="C11" s="51">
-[...14 lines deleted...]
-      <c r="M11" s="45"/>
+      <c r="C11" s="26">
+        <v>124</v>
+      </c>
+      <c r="D11" s="21">
+        <f t="shared" si="0"/>
+        <v>3.8189097628580226</v>
+      </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B12" s="50" t="s">
+      <c r="B12" s="25" t="s">
         <v>43</v>
       </c>
-      <c r="C12" s="51">
-[...14 lines deleted...]
-      <c r="M12" s="45"/>
+      <c r="C12" s="26">
+        <v>109</v>
+      </c>
+      <c r="D12" s="21">
+        <f t="shared" si="0"/>
+        <v>3.3569448721897133</v>
+      </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B13" s="50" t="s">
+      <c r="B13" s="25" t="s">
         <v>44</v>
       </c>
-      <c r="C13" s="51">
-[...14 lines deleted...]
-      <c r="M13" s="45"/>
+      <c r="C13" s="26">
+        <v>104</v>
+      </c>
+      <c r="D13" s="21">
+        <f t="shared" si="0"/>
+        <v>3.2029565753002776</v>
+      </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B14" s="50" t="s">
+      <c r="B14" s="25" t="s">
         <v>45</v>
       </c>
-      <c r="C14" s="51">
-[...14 lines deleted...]
-      <c r="M14" s="45"/>
+      <c r="C14" s="26">
+        <v>99</v>
+      </c>
+      <c r="D14" s="21">
+        <f t="shared" si="0"/>
+        <v>3.0489682784108405</v>
+      </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.35">
-      <c r="B15" s="50" t="s">
+      <c r="B15" s="25" t="s">
         <v>46</v>
       </c>
-      <c r="C15" s="51">
+      <c r="C15" s="26">
+        <v>88</v>
+      </c>
+      <c r="D15" s="21">
+        <f t="shared" si="0"/>
+        <v>2.7101940252540806</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" x14ac:dyDescent="0.35">
+      <c r="B16" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="26">
+        <v>85</v>
+      </c>
+      <c r="D16" s="21">
+        <f t="shared" si="0"/>
+        <v>2.6178010471204187</v>
+      </c>
+      <c r="Q16" s="15"/>
+    </row>
+    <row r="17" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B17" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="26">
+        <v>71</v>
+      </c>
+      <c r="D17" s="21">
+        <f t="shared" si="0"/>
+        <v>2.1866338158299969</v>
+      </c>
+    </row>
+    <row r="18" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B18" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="26">
+        <v>70</v>
+      </c>
+      <c r="D18" s="21">
+        <f t="shared" si="0"/>
+        <v>2.1558361564521098</v>
+      </c>
+    </row>
+    <row r="19" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B19" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="26">
+        <v>67</v>
+      </c>
+      <c r="D19" s="21">
+        <f t="shared" si="0"/>
+        <v>2.0634431783184479</v>
+      </c>
+    </row>
+    <row r="20" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B20" s="25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="26">
+        <v>65</v>
+      </c>
+      <c r="D20" s="21">
+        <f t="shared" si="0"/>
+        <v>2.0018478595626732</v>
+      </c>
+    </row>
+    <row r="21" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B21" s="25" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="26">
+        <v>63</v>
+      </c>
+      <c r="D21" s="21">
+        <f t="shared" si="0"/>
+        <v>1.9402525408068985</v>
+      </c>
+    </row>
+    <row r="22" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B22" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="C22" s="26">
+        <v>62</v>
+      </c>
+      <c r="D22" s="21">
+        <f t="shared" si="0"/>
+        <v>1.9094548814290113</v>
+      </c>
+    </row>
+    <row r="23" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B23" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="26">
+        <v>54</v>
+      </c>
+      <c r="D23" s="21">
+        <f t="shared" si="0"/>
+        <v>1.6630736064059133</v>
+      </c>
+    </row>
+    <row r="24" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B24" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="C24" s="26">
+        <v>53</v>
+      </c>
+      <c r="D24" s="21">
+        <f t="shared" si="0"/>
+        <v>1.6322759470280259</v>
+      </c>
+    </row>
+    <row r="25" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B25" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="C25" s="26">
+        <v>49</v>
+      </c>
+      <c r="D25" s="21">
+        <f t="shared" si="0"/>
+        <v>1.5090853095164769</v>
+      </c>
+    </row>
+    <row r="26" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B26" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="26">
+        <v>49</v>
+      </c>
+      <c r="D26" s="21">
+        <f t="shared" si="0"/>
+        <v>1.5090853095164769</v>
+      </c>
+      <c r="S26" s="15"/>
+    </row>
+    <row r="27" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B27" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="26">
+        <v>34</v>
+      </c>
+      <c r="D27" s="21">
+        <f t="shared" si="0"/>
+        <v>1.0471204188481675</v>
+      </c>
+    </row>
+    <row r="28" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B28" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="C28" s="26">
+        <v>34</v>
+      </c>
+      <c r="D28" s="21">
+        <f t="shared" si="0"/>
+        <v>1.0471204188481675</v>
+      </c>
+    </row>
+    <row r="29" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B29" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="C29" s="26">
+        <v>32</v>
+      </c>
+      <c r="D29" s="21">
+        <f t="shared" si="0"/>
+        <v>0.98552510009239302</v>
+      </c>
+    </row>
+    <row r="30" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B30" s="25" t="s">
+        <v>61</v>
+      </c>
+      <c r="C30" s="26">
+        <v>32</v>
+      </c>
+      <c r="D30" s="21">
+        <f t="shared" si="0"/>
+        <v>0.98552510009239302</v>
+      </c>
+    </row>
+    <row r="31" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B31" s="25" t="s">
+        <v>62</v>
+      </c>
+      <c r="C31" s="26">
+        <v>31</v>
+      </c>
+      <c r="D31" s="21">
+        <f t="shared" si="0"/>
+        <v>0.95472744071450566</v>
+      </c>
+    </row>
+    <row r="32" spans="2:19" x14ac:dyDescent="0.35">
+      <c r="B32" s="25" t="s">
+        <v>63</v>
+      </c>
+      <c r="C32" s="26">
+        <v>31</v>
+      </c>
+      <c r="D32" s="21">
+        <f t="shared" si="0"/>
+        <v>0.95472744071450566</v>
+      </c>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B33" s="25" t="s">
+        <v>64</v>
+      </c>
+      <c r="C33" s="26">
+        <v>30</v>
+      </c>
+      <c r="D33" s="21">
+        <f t="shared" si="0"/>
+        <v>0.92392978133661841</v>
+      </c>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B34" s="25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C34" s="26">
+        <v>29</v>
+      </c>
+      <c r="D34" s="21">
+        <f t="shared" si="0"/>
+        <v>0.89313212195873104</v>
+      </c>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B35" s="25" t="s">
+        <v>66</v>
+      </c>
+      <c r="C35" s="26">
+        <v>29</v>
+      </c>
+      <c r="D35" s="21">
+        <f t="shared" si="0"/>
+        <v>0.89313212195873104</v>
+      </c>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B36" s="25" t="s">
+        <v>67</v>
+      </c>
+      <c r="C36" s="26">
+        <v>28</v>
+      </c>
+      <c r="D36" s="21">
+        <f t="shared" si="0"/>
+        <v>0.86233446258084379</v>
+      </c>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B37" s="25" t="s">
+        <v>68</v>
+      </c>
+      <c r="C37" s="26">
+        <v>28</v>
+      </c>
+      <c r="D37" s="21">
+        <f t="shared" si="0"/>
+        <v>0.86233446258084379</v>
+      </c>
+    </row>
+    <row r="38" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B38" s="25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C38" s="26">
+        <v>27</v>
+      </c>
+      <c r="D38" s="21">
+        <f t="shared" si="0"/>
+        <v>0.83153680320295664</v>
+      </c>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B39" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="C39" s="26">
+        <v>25</v>
+      </c>
+      <c r="D39" s="21">
+        <f t="shared" si="0"/>
+        <v>0.76994148444718202</v>
+      </c>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B40" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C40" s="26">
+        <v>24</v>
+      </c>
+      <c r="D40" s="21">
+        <f t="shared" si="0"/>
+        <v>0.73914382506929477</v>
+      </c>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B41" s="25" t="s">
+        <v>72</v>
+      </c>
+      <c r="C41" s="26">
+        <v>24</v>
+      </c>
+      <c r="D41" s="21">
+        <f t="shared" si="0"/>
+        <v>0.73914382506929477</v>
+      </c>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B42" s="25" t="s">
+        <v>73</v>
+      </c>
+      <c r="C42" s="26">
+        <v>23</v>
+      </c>
+      <c r="D42" s="21">
+        <f t="shared" si="0"/>
+        <v>0.7083461656914074</v>
+      </c>
+    </row>
+    <row r="43" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B43" s="25" t="s">
+        <v>74</v>
+      </c>
+      <c r="C43" s="26">
+        <v>22</v>
+      </c>
+      <c r="D43" s="21">
+        <f t="shared" si="0"/>
+        <v>0.67754850631352015</v>
+      </c>
+    </row>
+    <row r="44" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B44" s="25" t="s">
+        <v>75</v>
+      </c>
+      <c r="C44" s="26">
+        <v>21</v>
+      </c>
+      <c r="D44" s="21">
+        <f t="shared" si="0"/>
+        <v>0.64675084693563289</v>
+      </c>
+    </row>
+    <row r="45" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B45" s="25" t="s">
+        <v>76</v>
+      </c>
+      <c r="C45" s="26">
+        <v>21</v>
+      </c>
+      <c r="D45" s="21">
+        <f t="shared" si="0"/>
+        <v>0.64675084693563289</v>
+      </c>
+    </row>
+    <row r="46" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B46" s="25" t="s">
+        <v>77</v>
+      </c>
+      <c r="C46" s="26">
+        <v>20</v>
+      </c>
+      <c r="D46" s="21">
+        <f t="shared" si="0"/>
+        <v>0.61595318755774564</v>
+      </c>
+    </row>
+    <row r="47" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B47" s="25" t="s">
+        <v>78</v>
+      </c>
+      <c r="C47" s="26">
+        <v>19</v>
+      </c>
+      <c r="D47" s="21">
+        <f t="shared" si="0"/>
+        <v>0.58515552817985828</v>
+      </c>
+    </row>
+    <row r="48" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B48" s="25" t="s">
+        <v>79</v>
+      </c>
+      <c r="C48" s="26">
+        <v>19</v>
+      </c>
+      <c r="D48" s="21">
+        <f t="shared" si="0"/>
+        <v>0.58515552817985828</v>
+      </c>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B49" s="25" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C49" s="26">
+        <v>19</v>
+      </c>
+      <c r="D49" s="21">
+        <f t="shared" si="0"/>
+        <v>0.58515552817985828</v>
+      </c>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B50" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="C50" s="26">
+        <v>18</v>
+      </c>
+      <c r="D50" s="21">
+        <f t="shared" si="0"/>
+        <v>0.55435786880197102</v>
+      </c>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B51" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="C51" s="26">
+        <v>18</v>
+      </c>
+      <c r="D51" s="21">
+        <f t="shared" si="0"/>
+        <v>0.55435786880197102</v>
+      </c>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B52" s="25" t="s">
+        <v>82</v>
+      </c>
+      <c r="C52" s="26">
+        <v>16</v>
+      </c>
+      <c r="D52" s="21">
+        <f t="shared" si="0"/>
+        <v>0.49276255004619651</v>
+      </c>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B53" s="25" t="s">
+        <v>83</v>
+      </c>
+      <c r="C53" s="26">
+        <v>16</v>
+      </c>
+      <c r="D53" s="21">
+        <f t="shared" si="0"/>
+        <v>0.49276255004619651</v>
+      </c>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B54" s="25" t="s">
+        <v>84</v>
+      </c>
+      <c r="C54" s="26">
+        <v>15</v>
+      </c>
+      <c r="D54" s="21">
+        <f t="shared" si="0"/>
+        <v>0.4619648906683092</v>
+      </c>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B55" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="C55" s="26">
+        <v>15</v>
+      </c>
+      <c r="D55" s="21">
+        <f t="shared" si="0"/>
+        <v>0.4619648906683092</v>
+      </c>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B56" s="25" t="s">
+        <v>86</v>
+      </c>
+      <c r="C56" s="26">
+        <v>14</v>
+      </c>
+      <c r="D56" s="21">
+        <f t="shared" si="0"/>
+        <v>0.43116723129042189</v>
+      </c>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B57" s="25" t="s">
+        <v>87</v>
+      </c>
+      <c r="C57" s="26">
+        <v>13</v>
+      </c>
+      <c r="D57" s="21">
+        <f t="shared" si="0"/>
+        <v>0.40036957191253469</v>
+      </c>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B58" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="C58" s="26">
+        <v>13</v>
+      </c>
+      <c r="D58" s="21">
+        <f t="shared" si="0"/>
+        <v>0.40036957191253469</v>
+      </c>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B59" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="C59" s="26">
+        <v>13</v>
+      </c>
+      <c r="D59" s="21">
+        <f t="shared" si="0"/>
+        <v>0.40036957191253469</v>
+      </c>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B60" s="25" t="s">
+        <v>90</v>
+      </c>
+      <c r="C60" s="26">
+        <v>13</v>
+      </c>
+      <c r="D60" s="21">
+        <f t="shared" si="0"/>
+        <v>0.40036957191253469</v>
+      </c>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B61" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="C61" s="26">
+        <v>12</v>
+      </c>
+      <c r="D61" s="21">
+        <f t="shared" si="0"/>
+        <v>0.36957191253464738</v>
+      </c>
+    </row>
+    <row r="62" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B62" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="C62" s="26">
+        <v>12</v>
+      </c>
+      <c r="D62" s="21">
+        <f t="shared" si="0"/>
+        <v>0.36957191253464738</v>
+      </c>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B63" s="25" t="s">
+        <v>93</v>
+      </c>
+      <c r="C63" s="26">
+        <v>12</v>
+      </c>
+      <c r="D63" s="21">
+        <f t="shared" si="0"/>
+        <v>0.36957191253464738</v>
+      </c>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B64" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="C64" s="26">
+        <v>12</v>
+      </c>
+      <c r="D64" s="21">
+        <f t="shared" si="0"/>
+        <v>0.36957191253464738</v>
+      </c>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B65" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="C65" s="26">
+        <v>12</v>
+      </c>
+      <c r="D65" s="21">
+        <f t="shared" si="0"/>
+        <v>0.36957191253464738</v>
+      </c>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B66" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="C66" s="26">
+        <v>11</v>
+      </c>
+      <c r="D66" s="21">
+        <f t="shared" si="0"/>
+        <v>0.33877425315676007</v>
+      </c>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B67" s="25" t="s">
         <v>97</v>
       </c>
-      <c r="D15" s="48">
-[...1087 lines deleted...]
-      <c r="B67" s="50" t="s">
+      <c r="C67" s="26">
+        <v>11</v>
+      </c>
+      <c r="D67" s="21">
+        <f t="shared" si="0"/>
+        <v>0.33877425315676007</v>
+      </c>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B68" s="25" t="s">
         <v>98</v>
       </c>
-      <c r="C67" s="51">
-[...17 lines deleted...]
-      <c r="B68" s="50" t="s">
+      <c r="C68" s="26">
+        <v>11</v>
+      </c>
+      <c r="D68" s="21">
+        <f t="shared" si="0"/>
+        <v>0.33877425315676007</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B69" s="25" t="s">
         <v>99</v>
       </c>
-      <c r="C68" s="51">
-[...17 lines deleted...]
-      <c r="B69" s="50" t="s">
+      <c r="C69" s="26">
+        <v>11</v>
+      </c>
+      <c r="D69" s="21">
+        <f t="shared" si="0"/>
+        <v>0.33877425315676007</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B70" s="25" t="s">
         <v>100</v>
       </c>
-      <c r="C69" s="51">
-[...17 lines deleted...]
-      <c r="B70" s="50" t="s">
+      <c r="C70" s="26">
+        <v>11</v>
+      </c>
+      <c r="D70" s="21">
+        <f t="shared" si="0"/>
+        <v>0.33877425315676007</v>
+      </c>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B71" s="25" t="s">
         <v>101</v>
       </c>
-      <c r="C70" s="51">
-[...17 lines deleted...]
-      <c r="B71" s="50" t="s">
+      <c r="C71" s="26">
+        <v>10</v>
+      </c>
+      <c r="D71" s="21">
+        <f t="shared" si="0"/>
+        <v>0.30797659377887282</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B72" s="25" t="s">
         <v>102</v>
       </c>
-      <c r="C71" s="51">
-[...17 lines deleted...]
-      <c r="B72" s="50" t="s">
+      <c r="C72" s="26">
+        <v>10</v>
+      </c>
+      <c r="D72" s="21">
+        <f t="shared" ref="D72" si="1">C72/C$73*100</f>
+        <v>0.30797659377887282</v>
+      </c>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B73" s="27" t="s">
         <v>103</v>
       </c>
-      <c r="C72" s="51">
-[...176 lines deleted...]
-      <c r="M80" s="45"/>
+      <c r="C73" s="28">
+        <f>SUM(C7:C72)</f>
+        <v>3247</v>
+      </c>
+      <c r="D73" s="29">
+        <f>C73/C$73*100</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B74"/>
+      <c r="C74"/>
+      <c r="D74"/>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B75"/>
+      <c r="C75"/>
+      <c r="D75"/>
+    </row>
+    <row r="76" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B76"/>
+      <c r="C76"/>
+      <c r="D76"/>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B77"/>
+      <c r="C77"/>
+      <c r="D77"/>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B78"/>
+      <c r="C78"/>
+      <c r="D78"/>
     </row>
     <row r="83" ht="15.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="86" ht="16.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="87" ht="29.25" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="B1:O1"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="58" fitToHeight="2" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F98644A5-0E71-41DB-A6A7-C068CF668409}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74908FAA-FDBC-4768-8D13-585625C523B1}">
   <sheetPr>
-    <tabColor theme="7" tint="0.39997558519241921"/>
+    <tabColor theme="2" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M46"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="12" ySplit="6" topLeftCell="M7" activePane="bottomRight" state="frozen"/>
-      <selection activeCell="O27" sqref="O27"/>
-[...2 lines deleted...]
-      <selection pane="bottomRight" activeCell="A8" sqref="A8"/>
+      <selection activeCell="M30" sqref="M30"/>
+      <selection pane="topRight" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomLeft" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomRight" activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="4.6328125" style="1" customWidth="1"/>
     <col min="2" max="2" width="17.36328125" style="1" customWidth="1"/>
     <col min="3" max="4" width="10.36328125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="B1" s="72" t="s">
+      <c r="B1" s="63" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="72"/>
-[...8 lines deleted...]
-      <c r="L1" s="72"/>
+      <c r="C1" s="63"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="63"/>
+      <c r="H1" s="63"/>
+      <c r="I1" s="63"/>
+      <c r="J1" s="63"/>
+      <c r="K1" s="63"/>
+      <c r="L1" s="63"/>
       <c r="M1"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.35">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="75"/>
-[...9 lines deleted...]
-      <c r="M2" s="75"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+      <c r="L2" s="64"/>
+      <c r="M2" s="64"/>
     </row>
     <row r="3" spans="1:13" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="2"/>
-      <c r="B3" s="44"/>
-[...10 lines deleted...]
-      <c r="M3" s="45"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="2"/>
+      <c r="I3" s="2"/>
+      <c r="J3" s="2"/>
     </row>
     <row r="4" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="2"/>
-      <c r="B4" s="76" t="s">
+      <c r="B4" s="65" t="s">
+        <v>104</v>
+      </c>
+      <c r="C4" s="65"/>
+      <c r="D4" s="65"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="2"/>
+      <c r="I4" s="2"/>
+      <c r="J4" s="2"/>
+    </row>
+    <row r="5" spans="1:13" ht="17.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="66" t="s">
+        <v>105</v>
+      </c>
+      <c r="C5" s="66"/>
+      <c r="D5" s="66"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B6" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B7" s="30" t="s">
+        <v>107</v>
+      </c>
+      <c r="C7" s="31">
+        <v>707.19791436132402</v>
+      </c>
+      <c r="D7" s="32">
+        <f>C7/C$31*100</f>
+        <v>21.781826609066606</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B8" s="30" t="s">
+        <v>108</v>
+      </c>
+      <c r="C8" s="31">
+        <v>560.63548973759418</v>
+      </c>
+      <c r="D8" s="32">
+        <f t="shared" ref="D8:D30" si="0">C8/C$31*100</f>
+        <v>17.267676813472882</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B9" s="30" t="s">
+        <v>109</v>
+      </c>
+      <c r="C9" s="31">
+        <v>451.33504068842041</v>
+      </c>
+      <c r="D9" s="32">
+        <f t="shared" si="0"/>
+        <v>13.90120275983783</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B10" s="30" t="s">
         <v>110</v>
       </c>
-      <c r="C4" s="76"/>
-[...12 lines deleted...]
-      <c r="B5" s="77" t="s">
+      <c r="C10" s="31">
+        <v>322.7953621048062</v>
+      </c>
+      <c r="D10" s="32">
+        <f t="shared" si="0"/>
+        <v>9.9421568768731081</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B11" s="30" t="s">
         <v>111</v>
       </c>
-      <c r="C5" s="77"/>
-[...12 lines deleted...]
-      <c r="B6" s="31" t="s">
+      <c r="C11" s="31">
+        <v>243.56173652310346</v>
+      </c>
+      <c r="D11" s="32">
+        <f t="shared" si="0"/>
+        <v>7.5017465490414939</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B12" s="30" t="s">
         <v>112</v>
       </c>
-      <c r="C6" s="46" t="s">
-[...16 lines deleted...]
-      <c r="B7" s="52" t="s">
+      <c r="C12" s="31">
+        <v>225.70515738319338</v>
+      </c>
+      <c r="D12" s="32">
+        <f t="shared" si="0"/>
+        <v>6.9517606076832532</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B13" s="30" t="s">
         <v>113</v>
       </c>
-      <c r="C7" s="53">
-[...17 lines deleted...]
-      <c r="B8" s="55" t="s">
+      <c r="C13" s="31">
+        <v>144.38419366322535</v>
+      </c>
+      <c r="D13" s="32">
+        <f t="shared" si="0"/>
+        <v>4.4470598789908733</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B14" s="30" t="s">
         <v>114</v>
       </c>
-      <c r="C8" s="56">
-[...17 lines deleted...]
-      <c r="B9" s="55" t="s">
+      <c r="C14" s="31">
+        <v>143.09943862024613</v>
+      </c>
+      <c r="D14" s="32">
+        <f t="shared" si="0"/>
+        <v>4.4074891859599559</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B15" s="30" t="s">
         <v>115</v>
       </c>
-      <c r="C9" s="56">
-[...17 lines deleted...]
-      <c r="B10" s="55" t="s">
+      <c r="C15" s="31">
+        <v>91.334817975180158</v>
+      </c>
+      <c r="D15" s="32">
+        <f t="shared" si="0"/>
+        <v>2.8131292925301006</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B16" s="30" t="s">
         <v>116</v>
       </c>
-      <c r="C10" s="56">
-[...17 lines deleted...]
-      <c r="B11" s="55" t="s">
+      <c r="C16" s="31">
+        <v>76.275754884547069</v>
+      </c>
+      <c r="D16" s="32">
+        <f t="shared" si="0"/>
+        <v>2.3493073630898866</v>
+      </c>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B17" s="30" t="s">
         <v>117</v>
       </c>
-      <c r="C11" s="56">
-[...17 lines deleted...]
-      <c r="B12" s="55" t="s">
+      <c r="C17" s="31">
+        <v>51</v>
+      </c>
+      <c r="D17" s="32">
+        <f t="shared" si="0"/>
+        <v>1.5708094360906522</v>
+      </c>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B18" s="30" t="s">
         <v>118</v>
       </c>
-      <c r="C12" s="56">
-[...17 lines deleted...]
-      <c r="B13" s="55" t="s">
+      <c r="C18" s="31">
+        <v>48</v>
+      </c>
+      <c r="D18" s="32">
+        <f t="shared" si="0"/>
+        <v>1.4784088810264964</v>
+      </c>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B19" s="30" t="s">
         <v>119</v>
       </c>
-      <c r="C13" s="56">
-[...17 lines deleted...]
-      <c r="B14" s="55" t="s">
+      <c r="C19" s="31">
+        <v>36</v>
+      </c>
+      <c r="D19" s="32">
+        <f t="shared" si="0"/>
+        <v>1.1088066607698721</v>
+      </c>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B20" s="30" t="s">
         <v>120</v>
       </c>
-      <c r="C14" s="56">
-[...17 lines deleted...]
-      <c r="B15" s="55" t="s">
+      <c r="C20" s="31">
+        <v>32.116286965674121</v>
+      </c>
+      <c r="D20" s="32">
+        <f t="shared" si="0"/>
+        <v>0.98918758074266933</v>
+      </c>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B21" s="30" t="s">
         <v>121</v>
       </c>
-      <c r="C15" s="56">
-[...17 lines deleted...]
-      <c r="B16" s="55" t="s">
+      <c r="C21" s="31">
+        <v>21</v>
+      </c>
+      <c r="D21" s="32">
+        <f t="shared" si="0"/>
+        <v>0.64680388544909218</v>
+      </c>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B22" s="30" t="s">
         <v>122</v>
       </c>
-      <c r="C16" s="56">
-[...17 lines deleted...]
-      <c r="B17" s="55" t="s">
+      <c r="C22" s="31">
+        <v>20.177017254503934</v>
+      </c>
+      <c r="D22" s="32">
+        <f t="shared" si="0"/>
+        <v>0.62145586461840563</v>
+      </c>
+    </row>
+    <row r="23" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B23" s="30" t="s">
         <v>123</v>
       </c>
-      <c r="C17" s="56">
-[...17 lines deleted...]
-      <c r="B18" s="55" t="s">
+      <c r="C23" s="31">
+        <v>13.637242933608789</v>
+      </c>
+      <c r="D23" s="32">
+        <f t="shared" si="0"/>
+        <v>0.42002960553673047</v>
+      </c>
+    </row>
+    <row r="24" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B24" s="30" t="s">
         <v>124</v>
       </c>
-      <c r="C18" s="56">
-[...17 lines deleted...]
-      <c r="B19" s="55" t="s">
+      <c r="C24" s="31">
+        <v>12</v>
+      </c>
+      <c r="D24" s="32">
+        <f t="shared" si="0"/>
+        <v>0.36960222025662409</v>
+      </c>
+    </row>
+    <row r="25" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B25" s="30" t="s">
         <v>125</v>
       </c>
-      <c r="C19" s="56">
-[...17 lines deleted...]
-      <c r="B20" s="55" t="s">
+      <c r="C25" s="31">
+        <v>11</v>
+      </c>
+      <c r="D25" s="32">
+        <f t="shared" si="0"/>
+        <v>0.33880203523523872</v>
+      </c>
+    </row>
+    <row r="26" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B26" s="30" t="s">
         <v>126</v>
       </c>
-      <c r="C20" s="56">
-[...17 lines deleted...]
-      <c r="B21" s="55" t="s">
+      <c r="C26" s="31">
+        <v>11</v>
+      </c>
+      <c r="D26" s="32">
+        <f t="shared" si="0"/>
+        <v>0.33880203523523872</v>
+      </c>
+    </row>
+    <row r="27" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B27" s="30" t="s">
         <v>127</v>
       </c>
-      <c r="C21" s="56">
-[...17 lines deleted...]
-      <c r="B22" s="55" t="s">
+      <c r="C27" s="31">
+        <v>10</v>
+      </c>
+      <c r="D27" s="32">
+        <f t="shared" si="0"/>
+        <v>0.3080018502138534</v>
+      </c>
+    </row>
+    <row r="28" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B28" s="30" t="s">
         <v>128</v>
       </c>
-      <c r="C22" s="56">
-[...17 lines deleted...]
-      <c r="B23" s="55" t="s">
+      <c r="C28" s="31">
+        <v>7.5673949615850322</v>
+      </c>
+      <c r="D28" s="32">
+        <f t="shared" si="0"/>
+        <v>0.23307716494671821</v>
+      </c>
+    </row>
+    <row r="29" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B29" s="30" t="s">
         <v>129</v>
       </c>
-      <c r="C23" s="56">
-[...17 lines deleted...]
-      <c r="B24" s="55" t="s">
+      <c r="C29" s="31">
+        <v>5.3645102624058199</v>
+      </c>
+      <c r="D29" s="32">
+        <f t="shared" si="0"/>
+        <v>0.16522790863121967</v>
+      </c>
+    </row>
+    <row r="30" spans="2:4" x14ac:dyDescent="0.35">
+      <c r="B30" s="30" t="s">
         <v>130</v>
       </c>
-      <c r="C24" s="56">
-[...17 lines deleted...]
-      <c r="B25" s="55" t="s">
+      <c r="C30" s="31">
+        <v>1.546384694382108</v>
+      </c>
+      <c r="D30" s="32">
+        <f t="shared" si="0"/>
+        <v>4.7628934701207347E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="2:4" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="33" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="14">
+        <f>SUM(C7:C30)</f>
+        <v>3246.7337430138</v>
+      </c>
+      <c r="D31" s="14">
+        <f>SUM(D7:D30)</f>
+        <v>100.00000000000001</v>
+      </c>
+    </row>
+    <row r="32" spans="2:4" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="67" t="s">
         <v>131</v>
       </c>
-      <c r="C25" s="56">
-[...236 lines deleted...]
-      <c r="C38"/>
+      <c r="C32" s="67"/>
+      <c r="D32" s="67"/>
+    </row>
+    <row r="33" spans="2:6" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="68"/>
+      <c r="C33" s="68"/>
+      <c r="D33" s="68"/>
+    </row>
+    <row r="34" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B34" s="68"/>
+      <c r="C34" s="68"/>
+      <c r="D34" s="68"/>
+    </row>
+    <row r="35" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="F35" s="11"/>
+    </row>
+    <row r="36" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="D36"/>
+    </row>
+    <row r="37" spans="2:6" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D37"/>
+    </row>
+    <row r="38" spans="2:6" x14ac:dyDescent="0.35">
       <c r="D38"/>
     </row>
-    <row r="39" spans="2:13" x14ac:dyDescent="0.35">
+    <row r="39" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
     </row>
-    <row r="40" spans="2:13" x14ac:dyDescent="0.35">
+    <row r="40" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B40"/>
       <c r="C40"/>
       <c r="D40"/>
     </row>
-    <row r="41" spans="2:13" x14ac:dyDescent="0.35">
+    <row r="41" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B41"/>
       <c r="C41"/>
       <c r="D41"/>
     </row>
-    <row r="42" spans="2:13" x14ac:dyDescent="0.35">
+    <row r="42" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
     </row>
-    <row r="43" spans="2:13" x14ac:dyDescent="0.35">
+    <row r="43" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B43"/>
       <c r="C43"/>
       <c r="D43"/>
     </row>
-    <row r="46" spans="2:13" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="D46" s="78"/>
+    <row r="46" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="D46" s="15"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="B1:L1"/>
     <mergeCell ref="B2:M2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
-    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="B32:D34"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="97" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F29FCD6B-4B3B-4F0C-98AA-0E2D6D0B5BF8}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E46267E0-FB6B-4B1E-B8A7-69E041BD63EE}">
   <sheetPr>
-    <tabColor theme="7" tint="0.39997558519241921"/>
+    <tabColor theme="2" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:U38"/>
+  <dimension ref="A1:U39"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="14" ySplit="4" topLeftCell="O5" activePane="bottomRight" state="frozen"/>
-      <selection activeCell="O27" sqref="O27"/>
-[...2 lines deleted...]
-      <selection pane="bottomRight" activeCell="N1" sqref="N1"/>
+      <selection activeCell="M30" sqref="M30"/>
+      <selection pane="topRight" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomLeft" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomRight" activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.26953125" style="9" customWidth="1"/>
+    <col min="1" max="1" width="4.26953125" style="34" customWidth="1"/>
     <col min="2" max="2" width="18.81640625" style="1" customWidth="1"/>
     <col min="3" max="5" width="10.08984375" style="1" customWidth="1"/>
     <col min="6" max="14" width="9.08984375" style="1"/>
-    <col min="15" max="15" width="4.36328125" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="17" max="17" width="7.7265625" style="9" customWidth="1"/>
+    <col min="15" max="15" width="4.36328125" style="34" customWidth="1"/>
+    <col min="16" max="16" width="11.90625" style="34" customWidth="1"/>
+    <col min="17" max="17" width="7.7265625" style="34" customWidth="1"/>
     <col min="18" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="18.5" x14ac:dyDescent="0.45">
-      <c r="B1" s="72" t="s">
-[...12 lines deleted...]
-      <c r="M1" s="72"/>
+      <c r="B1" s="63" t="s">
+        <v>132</v>
+      </c>
+      <c r="C1" s="63"/>
+      <c r="D1" s="63"/>
+      <c r="E1" s="63"/>
+      <c r="F1" s="63"/>
+      <c r="G1" s="63"/>
+      <c r="H1" s="63"/>
+      <c r="I1" s="63"/>
+      <c r="J1" s="63"/>
+      <c r="K1" s="63"/>
+      <c r="L1" s="63"/>
+      <c r="M1" s="63"/>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="75"/>
-[...9 lines deleted...]
-      <c r="M2" s="75"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+      <c r="L2" s="64"/>
+      <c r="M2" s="64"/>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="B3" s="45"/>
-[...12 lines deleted...]
-        <v>139</v>
+      <c r="C3" s="35"/>
+      <c r="P3" s="34" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="B4" s="61" t="s">
-[...13 lines deleted...]
-      <c r="O4" s="11">
+      <c r="B4" s="36" t="s">
+        <v>134</v>
+      </c>
+      <c r="C4" s="36"/>
+      <c r="O4" s="37">
         <v>1</v>
       </c>
-      <c r="P4" s="12" t="s">
-[...3 lines deleted...]
-        <v>814.14560387325571</v>
+      <c r="P4" s="38" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q4" s="39">
+        <v>707.19791436132402</v>
       </c>
       <c r="R4"/>
       <c r="S4"/>
       <c r="T4"/>
       <c r="U4"/>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="B5" s="31" t="s">
-[...19 lines deleted...]
-      <c r="O5" s="14">
+      <c r="B5" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>135</v>
+      </c>
+      <c r="D5" s="19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="O5" s="40">
         <v>2</v>
       </c>
-      <c r="P5" s="15" t="s">
-[...3 lines deleted...]
-        <v>705.37689443145405</v>
+      <c r="P5" s="41" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q5" s="42">
+        <v>560.63548973759418</v>
       </c>
       <c r="R5"/>
       <c r="S5"/>
       <c r="T5"/>
       <c r="U5"/>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A6" s="17">
+      <c r="A6" s="43">
         <v>1</v>
       </c>
-      <c r="B6" s="47" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="62">
+      <c r="B6" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C6" s="44">
         <v>2817</v>
       </c>
-      <c r="D6" s="63">
-[...3 lines deleted...]
-      <c r="E6" s="64">
+      <c r="D6" s="31">
+        <v>561</v>
+      </c>
+      <c r="E6" s="45">
         <f t="shared" ref="E6:E37" si="0">D6-C6</f>
-        <v>-2111.6231055685457</v>
-[...9 lines deleted...]
-      <c r="O6" s="14">
+        <v>-2256</v>
+      </c>
+      <c r="O6" s="40">
         <v>3</v>
       </c>
-      <c r="P6" s="15" t="s">
-[...3 lines deleted...]
-        <v>509.8336318492033</v>
+      <c r="P6" s="41" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q6" s="42">
+        <v>451.33504068842041</v>
       </c>
       <c r="R6"/>
       <c r="S6"/>
       <c r="T6"/>
       <c r="U6"/>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A7" s="17">
+      <c r="A7" s="43">
         <v>2</v>
       </c>
-      <c r="B7" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="62">
+      <c r="B7" s="46" t="s">
+        <v>107</v>
+      </c>
+      <c r="C7" s="44">
         <v>1425</v>
       </c>
-      <c r="D7" s="63">
-[...15 lines deleted...]
-      <c r="O7" s="11">
+      <c r="D7" s="31">
+        <v>707</v>
+      </c>
+      <c r="E7" s="45">
+        <f t="shared" si="0"/>
+        <v>-718</v>
+      </c>
+      <c r="O7" s="37">
         <v>4</v>
       </c>
-      <c r="P7" s="15" t="s">
-[...3 lines deleted...]
-        <v>329.37642387067592</v>
+      <c r="P7" s="41" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q7" s="42">
+        <v>322.7953621048062</v>
       </c>
       <c r="R7"/>
       <c r="S7"/>
       <c r="T7"/>
       <c r="U7"/>
     </row>
     <row r="8" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A8" s="17">
+      <c r="A8" s="43">
         <v>3</v>
       </c>
-      <c r="B8" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="62">
+      <c r="B8" s="46" t="s">
+        <v>110</v>
+      </c>
+      <c r="C8" s="44">
         <v>803</v>
       </c>
-      <c r="D8" s="63">
-[...15 lines deleted...]
-      <c r="O8" s="14">
+      <c r="D8" s="31">
+        <v>323</v>
+      </c>
+      <c r="E8" s="45">
+        <f t="shared" si="0"/>
+        <v>-480</v>
+      </c>
+      <c r="O8" s="40">
         <v>5</v>
       </c>
-      <c r="P8" s="15" t="s">
-[...3 lines deleted...]
-        <v>268.60210207964064</v>
+      <c r="P8" s="41" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q8" s="42">
+        <v>243.56173652310346</v>
       </c>
       <c r="R8"/>
       <c r="S8"/>
       <c r="T8"/>
       <c r="U8"/>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A9" s="17">
+      <c r="A9" s="43">
         <v>4</v>
       </c>
-      <c r="B9" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O9" s="14">
+      <c r="B9" s="46" t="s">
+        <v>109</v>
+      </c>
+      <c r="C9" s="44">
+        <v>744</v>
+      </c>
+      <c r="D9" s="31">
+        <v>451</v>
+      </c>
+      <c r="E9" s="45">
+        <f t="shared" si="0"/>
+        <v>-293</v>
+      </c>
+      <c r="O9" s="40">
         <v>6</v>
       </c>
-      <c r="P9" s="15" t="s">
-[...3 lines deleted...]
-        <v>234.94143146006053</v>
+      <c r="P9" s="41" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q9" s="42">
+        <v>225.70515738319338</v>
       </c>
       <c r="R9"/>
       <c r="S9"/>
       <c r="T9"/>
       <c r="U9"/>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A10" s="17">
+      <c r="A10" s="43">
         <v>5</v>
       </c>
-      <c r="B10" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O10" s="11">
+      <c r="B10" s="46" t="s">
+        <v>111</v>
+      </c>
+      <c r="C10" s="44">
+        <v>531</v>
+      </c>
+      <c r="D10" s="31">
+        <v>244</v>
+      </c>
+      <c r="E10" s="45">
+        <f t="shared" si="0"/>
+        <v>-287</v>
+      </c>
+      <c r="O10" s="37">
         <v>7</v>
       </c>
-      <c r="P10" s="15" t="s">
-[...3 lines deleted...]
-        <v>169.3444642221431</v>
+      <c r="P10" s="41" t="s">
+        <v>113</v>
+      </c>
+      <c r="Q10" s="42">
+        <v>144.38419366322535</v>
       </c>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A11" s="17">
+      <c r="A11" s="43">
         <v>6</v>
       </c>
-      <c r="B11" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O11" s="14">
+      <c r="B11" s="46" t="s">
+        <v>115</v>
+      </c>
+      <c r="C11" s="44">
+        <v>326</v>
+      </c>
+      <c r="D11" s="31">
+        <v>91</v>
+      </c>
+      <c r="E11" s="45">
+        <f t="shared" si="0"/>
+        <v>-235</v>
+      </c>
+      <c r="O11" s="40">
         <v>8</v>
       </c>
-      <c r="P11" s="15" t="s">
-[...3 lines deleted...]
-        <v>133.97847506930844</v>
+      <c r="P11" s="41" t="s">
+        <v>114</v>
+      </c>
+      <c r="Q11" s="42">
+        <v>143.09943862024613</v>
       </c>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A12" s="17">
+      <c r="A12" s="43">
         <v>7</v>
       </c>
-      <c r="B12" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O12" s="14">
+      <c r="B12" s="46" t="s">
+        <v>116</v>
+      </c>
+      <c r="C12" s="44">
+        <v>301</v>
+      </c>
+      <c r="D12" s="31">
+        <v>76</v>
+      </c>
+      <c r="E12" s="45">
+        <f t="shared" si="0"/>
+        <v>-225</v>
+      </c>
+      <c r="O12" s="40">
         <v>9</v>
       </c>
-      <c r="P12" s="15" t="s">
-[...3 lines deleted...]
-        <v>97.779077068475118</v>
+      <c r="P12" s="41" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q12" s="42">
+        <v>91.334817975180158</v>
       </c>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A13" s="17">
+      <c r="A13" s="43">
         <v>8</v>
       </c>
-      <c r="B13" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O13" s="11">
+      <c r="B13" s="46" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" s="44">
+        <v>438</v>
+      </c>
+      <c r="D13" s="31">
+        <v>226</v>
+      </c>
+      <c r="E13" s="45">
+        <f t="shared" si="0"/>
+        <v>-212</v>
+      </c>
+      <c r="O13" s="37">
         <v>10</v>
       </c>
-      <c r="P13" s="15" t="s">
-[...3 lines deleted...]
-        <v>80.526642984014217</v>
+      <c r="P13" s="41" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q13" s="42">
+        <v>76.275754884547069</v>
       </c>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A14" s="17">
+      <c r="A14" s="43">
         <v>9</v>
       </c>
-      <c r="B14" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="62">
+      <c r="B14" s="46" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" s="44">
         <v>355</v>
       </c>
-      <c r="D14" s="63">
-[...15 lines deleted...]
-      <c r="O14" s="14">
+      <c r="D14" s="31">
+        <v>144</v>
+      </c>
+      <c r="E14" s="45">
+        <f t="shared" si="0"/>
+        <v>-211</v>
+      </c>
+      <c r="O14" s="40">
         <v>11</v>
       </c>
-      <c r="P14" s="15" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="P14" s="41" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q14" s="42">
+        <v>51</v>
       </c>
       <c r="R14"/>
       <c r="S14"/>
       <c r="T14"/>
       <c r="U14"/>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A15" s="17">
+      <c r="A15" s="43">
         <v>10</v>
       </c>
-      <c r="B15" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O15" s="14">
+      <c r="B15" s="46" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" s="44">
+        <v>205</v>
+      </c>
+      <c r="D15" s="31">
+        <v>21</v>
+      </c>
+      <c r="E15" s="45">
+        <f t="shared" si="0"/>
+        <v>-184</v>
+      </c>
+      <c r="O15" s="40">
         <v>12</v>
       </c>
-      <c r="P15" s="15" t="s">
-[...3 lines deleted...]
-        <v>57.143701399688958</v>
+      <c r="P15" s="41" t="s">
+        <v>118</v>
+      </c>
+      <c r="Q15" s="42">
+        <v>48</v>
       </c>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
     </row>
     <row r="16" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A16" s="17">
+      <c r="A16" s="43">
         <v>11</v>
       </c>
-      <c r="B16" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O16" s="11">
+      <c r="B16" s="46" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" s="44">
+        <v>143</v>
+      </c>
+      <c r="D16" s="31">
+        <v>143</v>
+      </c>
+      <c r="E16" s="45">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="O16" s="37">
         <v>13</v>
       </c>
-      <c r="P16" s="15" t="s">
-[...3 lines deleted...]
-        <v>45.531219230638641</v>
+      <c r="P16" s="41" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q16" s="42">
+        <v>36</v>
       </c>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
     </row>
     <row r="17" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A17" s="17">
+      <c r="A17" s="43">
         <v>12</v>
       </c>
-      <c r="B17" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O17" s="14">
+      <c r="B17" s="46" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" s="44">
+        <v>164</v>
+      </c>
+      <c r="D17" s="31">
+        <v>51</v>
+      </c>
+      <c r="E17" s="45">
+        <f t="shared" si="0"/>
+        <v>-113</v>
+      </c>
+      <c r="O17" s="40">
         <v>14</v>
       </c>
-      <c r="P17" s="15" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="P17" s="41" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q17" s="42">
+        <v>32.116286965674121</v>
       </c>
       <c r="R17"/>
       <c r="S17"/>
       <c r="T17"/>
       <c r="U17"/>
     </row>
     <row r="18" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A18" s="17">
+      <c r="A18" s="43">
         <v>13</v>
       </c>
-      <c r="B18" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O18" s="14">
+      <c r="B18" s="46" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" s="44">
+        <v>86</v>
+      </c>
+      <c r="D18" s="31">
+        <v>2</v>
+      </c>
+      <c r="E18" s="45">
+        <f t="shared" si="0"/>
+        <v>-84</v>
+      </c>
+      <c r="O18" s="40">
         <v>15</v>
       </c>
-      <c r="P18" s="15" t="s">
-[...3 lines deleted...]
-        <v>29.493466125348895</v>
+      <c r="P18" s="41" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q18" s="42">
+        <v>21</v>
       </c>
       <c r="R18"/>
       <c r="S18"/>
       <c r="T18"/>
       <c r="U18"/>
     </row>
     <row r="19" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A19" s="17">
+      <c r="A19" s="43">
         <v>14</v>
       </c>
-      <c r="B19" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O19" s="11">
+      <c r="B19" s="46" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" s="44">
+        <v>89</v>
+      </c>
+      <c r="D19" s="31">
+        <v>11</v>
+      </c>
+      <c r="E19" s="45">
+        <f t="shared" si="0"/>
+        <v>-78</v>
+      </c>
+      <c r="O19" s="37">
         <v>16</v>
       </c>
-      <c r="P19" s="15" t="s">
-[...3 lines deleted...]
-        <v>26.624193298261339</v>
+      <c r="P19" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q19" s="42">
+        <v>20.177017254503934</v>
       </c>
       <c r="R19"/>
       <c r="S19"/>
       <c r="T19"/>
       <c r="U19"/>
     </row>
     <row r="20" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A20" s="17">
+      <c r="A20" s="43">
         <v>15</v>
       </c>
-      <c r="B20" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O20" s="14">
+      <c r="B20" s="46" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" s="44">
+        <v>74</v>
+      </c>
+      <c r="D20" s="31">
+        <v>0</v>
+      </c>
+      <c r="E20" s="45">
+        <f t="shared" si="0"/>
+        <v>-74</v>
+      </c>
+      <c r="O20" s="40">
         <v>17</v>
       </c>
-      <c r="P20" s="15" t="s">
-[...3 lines deleted...]
-        <v>22.495633392806837</v>
+      <c r="P20" s="41" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q20" s="42">
+        <v>13.637242933608789</v>
       </c>
       <c r="R20"/>
       <c r="S20"/>
       <c r="T20"/>
       <c r="U20"/>
     </row>
     <row r="21" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A21" s="17">
+      <c r="A21" s="43">
         <v>16</v>
       </c>
-      <c r="B21" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="62">
+      <c r="B21" s="46" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" s="44">
+        <v>65</v>
+      </c>
+      <c r="D21" s="31">
+        <v>12</v>
+      </c>
+      <c r="E21" s="45">
+        <f t="shared" si="0"/>
+        <v>-53</v>
+      </c>
+      <c r="O21" s="40">
         <v>18</v>
       </c>
-      <c r="D21" s="63">
-[...22 lines deleted...]
-        <v>20.856298600311042</v>
+      <c r="P21" s="41" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q21" s="42">
+        <v>12</v>
       </c>
       <c r="R21"/>
       <c r="S21"/>
       <c r="T21"/>
       <c r="U21"/>
     </row>
     <row r="22" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A22" s="17">
+      <c r="A22" s="43">
         <v>17</v>
       </c>
-      <c r="B22" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O22" s="11">
+      <c r="B22" s="46" t="s">
+        <v>120</v>
+      </c>
+      <c r="C22" s="44">
+        <v>72</v>
+      </c>
+      <c r="D22" s="31">
+        <v>32</v>
+      </c>
+      <c r="E22" s="45">
+        <f t="shared" si="0"/>
+        <v>-40</v>
+      </c>
+      <c r="O22" s="37">
         <v>19</v>
       </c>
-      <c r="P22" s="15" t="s">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="P22" s="41" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q22" s="42">
+        <v>11</v>
       </c>
       <c r="R22"/>
       <c r="S22"/>
       <c r="T22"/>
       <c r="U22"/>
     </row>
     <row r="23" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A23" s="17">
+      <c r="A23" s="43">
         <v>18</v>
       </c>
-      <c r="B23" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="62">
+      <c r="B23" s="46" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" s="44">
         <v>36</v>
       </c>
-      <c r="D23" s="63">
-[...15 lines deleted...]
-      <c r="O23" s="14">
+      <c r="D23" s="31">
+        <v>0</v>
+      </c>
+      <c r="E23" s="45">
+        <f t="shared" si="0"/>
+        <v>-36</v>
+      </c>
+      <c r="O23" s="40">
         <v>20</v>
       </c>
-      <c r="P23" s="15" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="P23" s="41" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q23" s="42">
+        <v>11</v>
       </c>
       <c r="R23"/>
       <c r="S23"/>
       <c r="T23"/>
       <c r="U23"/>
     </row>
     <row r="24" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A24" s="17">
+      <c r="A24" s="43">
         <v>19</v>
       </c>
-      <c r="B24" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O24" s="14">
+      <c r="B24" s="46" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" s="44">
+        <v>76</v>
+      </c>
+      <c r="D24" s="31">
+        <v>48</v>
+      </c>
+      <c r="E24" s="45">
+        <f t="shared" si="0"/>
+        <v>-28</v>
+      </c>
+      <c r="O24" s="40">
         <v>21</v>
       </c>
-      <c r="P24" s="15" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="P24" s="41" t="s">
+        <v>127</v>
+      </c>
+      <c r="Q24" s="42">
+        <v>10</v>
       </c>
       <c r="R24"/>
       <c r="S24"/>
       <c r="T24"/>
       <c r="U24"/>
     </row>
     <row r="25" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A25" s="17">
+      <c r="A25" s="43">
         <v>20</v>
       </c>
-      <c r="B25" s="65" t="s">
-[...6 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B25" s="46" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" s="44">
+        <v>18</v>
+      </c>
+      <c r="D25" s="31">
         <v>0</v>
       </c>
-      <c r="E25" s="64">
-[...11 lines deleted...]
-      <c r="O25" s="11">
+      <c r="E25" s="45">
+        <f t="shared" si="0"/>
+        <v>-18</v>
+      </c>
+      <c r="O25" s="37">
         <v>22</v>
       </c>
-      <c r="P25" s="15" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="P25" s="41" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q25" s="42">
+        <v>7.5673949615850322</v>
       </c>
       <c r="R25"/>
       <c r="S25"/>
       <c r="T25"/>
       <c r="U25"/>
     </row>
     <row r="26" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A26" s="17">
+      <c r="A26" s="43">
         <v>21</v>
       </c>
-      <c r="B26" s="65" t="s">
-[...21 lines deleted...]
-      <c r="O26" s="14">
+      <c r="B26" s="46" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" s="44">
+        <v>18</v>
+      </c>
+      <c r="D26" s="31">
+        <v>0</v>
+      </c>
+      <c r="E26" s="45">
+        <f t="shared" si="0"/>
+        <v>-18</v>
+      </c>
+      <c r="O26" s="40">
         <v>23</v>
       </c>
-      <c r="P26" s="15" t="s">
-[...3 lines deleted...]
-        <v>11.623105568545943</v>
+      <c r="P26" s="41" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q26" s="42">
+        <v>5.3645102624058199</v>
       </c>
       <c r="R26"/>
       <c r="S26"/>
       <c r="T26"/>
       <c r="U26"/>
     </row>
     <row r="27" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A27" s="17">
+      <c r="A27" s="43">
         <v>22</v>
       </c>
-      <c r="B27" s="65" t="s">
-[...6 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B27" s="46" t="s">
+        <v>141</v>
+      </c>
+      <c r="C27" s="44">
+        <v>16</v>
+      </c>
+      <c r="D27" s="31">
         <v>0</v>
       </c>
-      <c r="E27" s="64">
-[...11 lines deleted...]
-      <c r="O27" s="14">
+      <c r="E27" s="45">
+        <f t="shared" si="0"/>
+        <v>-16</v>
+      </c>
+      <c r="O27" s="40">
         <v>24</v>
       </c>
-      <c r="P27" s="15" t="s">
-[...3 lines deleted...]
-        <v>10</v>
+      <c r="P27" s="41" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q27" s="42">
+        <v>1.546384694382108</v>
       </c>
       <c r="R27"/>
       <c r="S27"/>
       <c r="T27"/>
       <c r="U27"/>
     </row>
     <row r="28" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A28" s="17">
+      <c r="A28" s="43">
         <v>23</v>
       </c>
-      <c r="B28" s="65" t="s">
-[...6 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B28" s="46" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" s="44">
+        <v>14</v>
+      </c>
+      <c r="D28" s="31">
         <v>0</v>
       </c>
-      <c r="E28" s="64">
-[...11 lines deleted...]
-      <c r="O28" s="11">
+      <c r="E28" s="45">
+        <f t="shared" si="0"/>
+        <v>-14</v>
+      </c>
+      <c r="O28" s="37">
         <v>25</v>
       </c>
-      <c r="P28" s="15" t="s">
-[...3 lines deleted...]
-        <v>8.127942736517257</v>
+      <c r="P28" s="41"/>
+      <c r="Q28" s="42">
+        <f>SUM(Q4:Q27)</f>
+        <v>3246.7337430138</v>
       </c>
       <c r="R28"/>
       <c r="S28"/>
       <c r="T28"/>
       <c r="U28"/>
     </row>
     <row r="29" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A29" s="17">
+      <c r="A29" s="43">
         <v>24</v>
       </c>
-      <c r="B29" s="65" t="s">
-[...26 lines deleted...]
-      </c>
+      <c r="B29" s="46" t="s">
+        <v>143</v>
+      </c>
+      <c r="C29" s="44">
+        <v>13</v>
+      </c>
+      <c r="D29" s="31">
+        <v>0</v>
+      </c>
+      <c r="E29" s="45">
+        <f t="shared" si="0"/>
+        <v>-13</v>
+      </c>
+      <c r="O29" s="47"/>
+      <c r="P29" s="47"/>
+      <c r="Q29" s="48"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
     </row>
     <row r="30" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A30" s="17">
+      <c r="A30" s="43">
         <v>25</v>
       </c>
-      <c r="B30" s="65" t="s">
-[...23 lines deleted...]
-      <c r="Q30" s="18"/>
+      <c r="B30" s="46" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="44">
+        <v>12</v>
+      </c>
+      <c r="D30" s="31">
+        <v>0</v>
+      </c>
+      <c r="E30" s="45">
+        <f t="shared" si="0"/>
+        <v>-12</v>
+      </c>
+      <c r="O30" s="47"/>
+      <c r="P30" s="47"/>
+      <c r="Q30" s="47"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
     </row>
     <row r="31" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A31" s="17">
+      <c r="A31" s="43">
         <v>26</v>
       </c>
-      <c r="B31" s="65" t="s">
-[...23 lines deleted...]
-      <c r="Q31" s="18"/>
+      <c r="B31" s="46" t="s">
+        <v>119</v>
+      </c>
+      <c r="C31" s="44">
+        <v>45</v>
+      </c>
+      <c r="D31" s="31">
+        <v>36</v>
+      </c>
+      <c r="E31" s="45">
+        <f t="shared" si="0"/>
+        <v>-9</v>
+      </c>
+      <c r="O31" s="47"/>
+      <c r="P31" s="47"/>
+      <c r="Q31" s="47"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
     </row>
     <row r="32" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A32" s="17">
+      <c r="A32" s="43">
         <v>27</v>
       </c>
-      <c r="B32" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="62">
+      <c r="B32" s="46" t="s">
+        <v>122</v>
+      </c>
+      <c r="C32" s="44">
         <v>24</v>
       </c>
-      <c r="D32" s="63">
-[...17 lines deleted...]
-      <c r="Q32" s="18"/>
+      <c r="D32" s="31">
+        <v>20</v>
+      </c>
+      <c r="E32" s="45">
+        <f t="shared" si="0"/>
+        <v>-4</v>
+      </c>
+      <c r="O32" s="47"/>
+      <c r="P32" s="47"/>
+      <c r="Q32" s="47"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
     </row>
     <row r="33" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A33" s="17">
+      <c r="A33" s="43">
         <v>28</v>
       </c>
-      <c r="B33" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="62">
+      <c r="B33" s="46" t="s">
+        <v>145</v>
+      </c>
+      <c r="C33" s="44">
         <v>0</v>
       </c>
-      <c r="D33" s="63">
-[...17 lines deleted...]
-      <c r="Q33" s="18"/>
+      <c r="D33" s="31">
+        <v>0</v>
+      </c>
+      <c r="E33" s="45">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="O33" s="47"/>
+      <c r="P33" s="47"/>
+      <c r="Q33" s="47"/>
       <c r="R33"/>
       <c r="S33"/>
       <c r="T33"/>
       <c r="U33"/>
     </row>
     <row r="34" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A34" s="17">
+      <c r="A34" s="43">
         <v>29</v>
       </c>
-      <c r="B34" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="62">
+      <c r="B34" s="46" t="s">
+        <v>127</v>
+      </c>
+      <c r="C34" s="44">
         <v>0</v>
       </c>
-      <c r="D34" s="63">
-[...17 lines deleted...]
-      <c r="Q34" s="18"/>
+      <c r="D34" s="31">
+        <v>10</v>
+      </c>
+      <c r="E34" s="45">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="O34" s="47"/>
+      <c r="P34" s="47"/>
+      <c r="Q34" s="47"/>
       <c r="R34"/>
       <c r="S34"/>
       <c r="T34"/>
       <c r="U34"/>
     </row>
     <row r="35" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A35" s="17">
+      <c r="A35" s="43">
         <v>30</v>
       </c>
-      <c r="B35" s="65" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="62">
+      <c r="B35" s="46" t="s">
+        <v>125</v>
+      </c>
+      <c r="C35" s="44">
         <v>0</v>
       </c>
-      <c r="D35" s="63">
-[...18 lines deleted...]
-      <c r="R35" s="10"/>
+      <c r="D35" s="31">
+        <v>11</v>
+      </c>
+      <c r="E35" s="45">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+      <c r="O35" s="47"/>
+      <c r="P35" s="47"/>
+      <c r="Q35" s="47"/>
+      <c r="R35" s="35"/>
     </row>
     <row r="36" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A36" s="17">
+      <c r="A36" s="43">
         <v>31</v>
       </c>
-      <c r="B36" s="65" t="s">
-[...24 lines deleted...]
-      <c r="R36" s="10"/>
+      <c r="B36" s="46" t="s">
+        <v>123</v>
+      </c>
+      <c r="C36" s="44">
+        <v>0</v>
+      </c>
+      <c r="D36" s="31">
+        <v>14</v>
+      </c>
+      <c r="E36" s="45">
+        <f t="shared" si="0"/>
+        <v>14</v>
+      </c>
+      <c r="O36" s="47"/>
+      <c r="P36" s="47"/>
+      <c r="Q36" s="47"/>
+      <c r="R36" s="35"/>
     </row>
     <row r="37" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A37" s="17">
+      <c r="A37" s="43">
         <v>32</v>
       </c>
-      <c r="B37" s="40" t="s">
-[...23 lines deleted...]
-      <c r="R37" s="10"/>
+      <c r="B37" s="46" t="s">
+        <v>128</v>
+      </c>
+      <c r="C37" s="44">
+        <v>0</v>
+      </c>
+      <c r="D37" s="31">
+        <v>8</v>
+      </c>
+      <c r="E37" s="45">
+        <f t="shared" si="0"/>
+        <v>8</v>
+      </c>
+      <c r="Q37" s="49"/>
+      <c r="R37" s="35"/>
     </row>
     <row r="38" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="B38"/>
-[...2 lines deleted...]
-      <c r="E38"/>
+      <c r="B38" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="C38" s="50">
+        <v>9357</v>
+      </c>
+      <c r="D38" s="50">
+        <f>SUM(D6:D37)</f>
+        <v>3242</v>
+      </c>
+      <c r="E38" s="50">
+        <f t="shared" ref="E38" si="1">D38-C38</f>
+        <v>-6115</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21" x14ac:dyDescent="0.35">
+      <c r="D39" s="1" t="s">
+        <v>147</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="B1:M1"/>
     <mergeCell ref="B2:M2"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20FD78A5-E461-4910-82BA-0B01FFC48F29}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{39D69C7E-1812-408F-AAAB-26E9E4E23C4F}">
   <sheetPr>
-    <tabColor theme="7" tint="0.39997558519241921"/>
+    <tabColor theme="2" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:U132"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="12" ySplit="5" topLeftCell="M6" activePane="bottomRight" state="frozen"/>
-      <selection activeCell="O27" sqref="O27"/>
-[...2 lines deleted...]
-      <selection pane="bottomRight" activeCell="M37" sqref="M37"/>
+      <selection activeCell="M30" sqref="M30"/>
+      <selection pane="topRight" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomLeft" activeCell="M30" sqref="M30"/>
+      <selection pane="bottomRight" activeCell="M30" sqref="M30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="3" customWidth="1"/>
     <col min="2" max="2" width="16.36328125" bestFit="1" customWidth="1"/>
-    <col min="3" max="4" width="10" style="26" customWidth="1"/>
+    <col min="3" max="4" width="10" style="57" customWidth="1"/>
     <col min="5" max="5" width="3.36328125" customWidth="1"/>
     <col min="6" max="6" width="17.81640625" customWidth="1"/>
-    <col min="7" max="8" width="10" style="28" customWidth="1"/>
+    <col min="7" max="8" width="10" style="60" customWidth="1"/>
     <col min="9" max="9" width="3.36328125" customWidth="1"/>
     <col min="10" max="10" width="50.26953125" customWidth="1"/>
-    <col min="11" max="11" width="10" style="26" customWidth="1"/>
+    <col min="11" max="11" width="10" style="57" customWidth="1"/>
     <col min="12" max="12" width="10" customWidth="1"/>
     <col min="13" max="13" width="44.81640625" customWidth="1"/>
     <col min="14" max="14" width="28.6328125" customWidth="1"/>
-    <col min="15" max="15" width="10" style="30" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="19" max="19" width="8.7265625" style="29"/>
+    <col min="15" max="15" width="10" style="62" customWidth="1"/>
+    <col min="16" max="16" width="10" style="61" customWidth="1"/>
+    <col min="17" max="17" width="3" style="61" customWidth="1"/>
+    <col min="18" max="18" width="15.36328125" style="61" customWidth="1"/>
+    <col min="19" max="19" width="8.7265625" style="61"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:21" ht="26" x14ac:dyDescent="0.6">
-      <c r="B1" s="79" t="s">
+      <c r="B1" s="69" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="79"/>
-[...19 lines deleted...]
-      <c r="S1" s="22"/>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+      <c r="G1" s="69"/>
+      <c r="H1" s="69"/>
+      <c r="I1" s="69"/>
+      <c r="J1" s="69"/>
+      <c r="K1" s="69"/>
+      <c r="L1" s="69"/>
+      <c r="M1" s="51"/>
+      <c r="N1" s="70" t="s">
+        <v>148</v>
+      </c>
+      <c r="O1" s="52"/>
+      <c r="P1" s="71" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q1" s="71"/>
+      <c r="R1" s="71"/>
+      <c r="S1" s="52"/>
     </row>
     <row r="2" spans="2:21" x14ac:dyDescent="0.35">
-      <c r="B2" s="75" t="s">
+      <c r="B2" s="64" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="75"/>
-[...17 lines deleted...]
-      <c r="S2" s="22"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+      <c r="L2" s="64"/>
+      <c r="M2" s="53"/>
+      <c r="N2" s="70"/>
+      <c r="O2" s="52" t="s">
+        <v>150</v>
+      </c>
+      <c r="P2" s="71"/>
+      <c r="Q2" s="71"/>
+      <c r="R2" s="71"/>
+      <c r="S2" s="52"/>
     </row>
     <row r="3" spans="2:21" ht="5.25" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B3" s="45"/>
-[...16 lines deleted...]
-      <c r="S3" s="22"/>
+      <c r="B3" s="1"/>
+      <c r="C3" s="15"/>
+      <c r="D3" s="15"/>
+      <c r="E3" s="1"/>
+      <c r="F3" s="1"/>
+      <c r="G3" s="54"/>
+      <c r="H3" s="54"/>
+      <c r="I3" s="1"/>
+      <c r="J3" s="1"/>
+      <c r="K3" s="15"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="53"/>
+      <c r="N3" s="70"/>
+      <c r="O3" s="55"/>
+      <c r="P3" s="52"/>
+      <c r="Q3" s="52"/>
+      <c r="R3" s="52"/>
+      <c r="S3" s="52"/>
     </row>
     <row r="4" spans="2:21" ht="5.25" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B4" s="45"/>
-[...16 lines deleted...]
-      <c r="S4" s="22"/>
+      <c r="B4" s="1"/>
+      <c r="C4" s="15"/>
+      <c r="D4" s="15"/>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="54"/>
+      <c r="H4" s="54"/>
+      <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="15"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="53"/>
+      <c r="N4" s="70"/>
+      <c r="O4" s="55"/>
+      <c r="P4" s="52"/>
+      <c r="Q4" s="52"/>
+      <c r="R4" s="52"/>
+      <c r="S4" s="52"/>
     </row>
     <row r="5" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="31" t="s">
+      <c r="B5" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="46" t="s">
+      <c r="C5" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="D5" s="46" t="s">
+      <c r="D5" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="E5" s="33"/>
-[...3 lines deleted...]
-      <c r="G5" s="46" t="s">
+      <c r="E5" s="5"/>
+      <c r="F5" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="H5" s="46" t="s">
+      <c r="H5" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="I5" s="33"/>
-      <c r="J5" s="31" t="s">
+      <c r="I5" s="5"/>
+      <c r="J5" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="K5" s="46" t="s">
+      <c r="K5" s="19" t="s">
         <v>4</v>
       </c>
-      <c r="L5" s="46" t="s">
+      <c r="L5" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="M5" s="23"/>
-[...5 lines deleted...]
-      <c r="S5" s="22"/>
+      <c r="M5" s="53"/>
+      <c r="N5" s="70"/>
+      <c r="O5" s="52"/>
+      <c r="P5" s="52"/>
+      <c r="Q5" s="52"/>
+      <c r="R5" s="52"/>
+      <c r="S5" s="52"/>
     </row>
     <row r="6" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="33" t="s">
+      <c r="B6" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="34">
-[...18 lines deleted...]
-      <c r="J6" s="50" t="s">
+      <c r="C6" s="6">
+        <v>669</v>
+      </c>
+      <c r="D6" s="16">
+        <f>C6/C$29*100</f>
+        <v>467.50707511535126</v>
+      </c>
+      <c r="E6" s="5"/>
+      <c r="F6" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" s="6">
+        <v>1143</v>
+      </c>
+      <c r="H6" s="21">
+        <f>G6/G$20*100</f>
+        <v>31.118976313640079</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="K6" s="51">
-[...5 lines deleted...]
-      <c r="M6" s="23"/>
+      <c r="K6" s="26">
+        <v>388</v>
+      </c>
+      <c r="L6" s="21">
+        <f>K6/K$72*100</f>
+        <v>11.949491838620265</v>
+      </c>
+      <c r="M6" s="53"/>
       <c r="N6" s="1"/>
-      <c r="O6" s="22"/>
-[...3 lines deleted...]
-      <c r="S6" s="22"/>
+      <c r="O6" s="52"/>
+      <c r="P6" s="52"/>
+      <c r="Q6" s="52"/>
+      <c r="R6" s="52"/>
+      <c r="S6" s="52"/>
     </row>
     <row r="7" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="39" t="s">
+      <c r="B7" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="C7" s="37">
-[...18 lines deleted...]
-      <c r="J7" s="50" t="s">
+      <c r="C7" s="9">
+        <v>3004</v>
+      </c>
+      <c r="D7" s="16">
+        <f>C7/C$29*100</f>
+        <v>2099.2395420725188</v>
+      </c>
+      <c r="E7" s="5"/>
+      <c r="F7" s="20" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" s="6">
+        <v>1060</v>
+      </c>
+      <c r="H7" s="21">
+        <f t="shared" ref="H7:H19" si="0">G7/G$20*100</f>
+        <v>28.859243125510481</v>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="25" t="s">
         <v>39</v>
       </c>
-      <c r="K7" s="51">
+      <c r="K7" s="26">
+        <v>307</v>
+      </c>
+      <c r="L7" s="21">
+        <f t="shared" ref="L7:L70" si="1">K7/K$72*100</f>
+        <v>9.4548814290113956</v>
+      </c>
+      <c r="M7" s="56"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="52"/>
+      <c r="P7" s="52"/>
+      <c r="Q7" s="52"/>
+      <c r="R7" s="52"/>
+      <c r="S7" s="52"/>
+      <c r="T7" s="57"/>
+    </row>
+    <row r="8" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="14">
+        <f>SUM(C6:C7)</f>
+        <v>3673</v>
+      </c>
+      <c r="D8" s="17">
+        <v>100</v>
+      </c>
+      <c r="E8" s="5"/>
+      <c r="F8" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="6">
+        <v>470</v>
+      </c>
+      <c r="H8" s="21">
+        <f t="shared" si="0"/>
+        <v>12.796079499047099</v>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="25" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" s="26">
+        <v>305</v>
+      </c>
+      <c r="L8" s="21">
+        <f t="shared" si="1"/>
+        <v>9.3932861102556213</v>
+      </c>
+      <c r="M8" s="53"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="52"/>
+      <c r="P8" s="52"/>
+      <c r="Q8" s="52"/>
+      <c r="R8" s="52"/>
+      <c r="S8" s="52"/>
+      <c r="T8" s="57"/>
+    </row>
+    <row r="9" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="5"/>
+      <c r="C9" s="58"/>
+      <c r="D9" s="58"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="6">
         <v>359</v>
       </c>
-      <c r="L7" s="48">
-[...12 lines deleted...]
-      <c r="B8" s="40" t="s">
+      <c r="H9" s="21">
+        <f t="shared" si="0"/>
+        <v>9.7740266811870402</v>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K9" s="26">
+        <v>134</v>
+      </c>
+      <c r="L9" s="21">
+        <f t="shared" si="1"/>
+        <v>4.1268863566368958</v>
+      </c>
+      <c r="M9" s="53"/>
+      <c r="N9" s="1"/>
+      <c r="O9" s="52"/>
+      <c r="P9" s="52"/>
+      <c r="Q9" s="52"/>
+      <c r="R9" s="52"/>
+      <c r="S9" s="52"/>
+      <c r="T9" s="57"/>
+    </row>
+    <row r="10" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E10" s="5"/>
+      <c r="F10" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="6">
+        <v>148</v>
+      </c>
+      <c r="H10" s="21">
+        <f t="shared" si="0"/>
+        <v>4.0294037571467465</v>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="K10" s="26">
+        <v>124</v>
+      </c>
+      <c r="L10" s="21">
+        <f t="shared" si="1"/>
+        <v>3.8189097628580226</v>
+      </c>
+      <c r="M10" s="53"/>
+      <c r="N10" s="1"/>
+      <c r="O10" s="52"/>
+      <c r="P10" s="52"/>
+      <c r="Q10" s="52"/>
+      <c r="R10" s="52"/>
+      <c r="S10" s="52"/>
+    </row>
+    <row r="11" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" s="6">
+        <v>5</v>
+      </c>
+      <c r="D11" s="7">
+        <f>C11/C$19*100</f>
+        <v>0.13612850530901169</v>
+      </c>
+      <c r="E11" s="5"/>
+      <c r="F11" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="G11" s="6">
+        <v>116</v>
+      </c>
+      <c r="H11" s="21">
+        <f t="shared" si="0"/>
+        <v>3.1581813231690714</v>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="25" t="s">
+        <v>43</v>
+      </c>
+      <c r="K11" s="26">
+        <v>109</v>
+      </c>
+      <c r="L11" s="21">
+        <f t="shared" si="1"/>
+        <v>3.3569448721897133</v>
+      </c>
+      <c r="M11" s="53"/>
+      <c r="N11" s="1"/>
+      <c r="O11" s="52"/>
+      <c r="P11" s="52"/>
+      <c r="Q11" s="52"/>
+      <c r="R11" s="52"/>
+      <c r="S11" s="52"/>
+      <c r="U11" s="57"/>
+    </row>
+    <row r="12" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C12" s="9">
+        <v>129</v>
+      </c>
+      <c r="D12" s="7">
+        <f t="shared" ref="D12:D18" si="2">C12/C$19*100</f>
+        <v>3.5121154369725023</v>
+      </c>
+      <c r="E12" s="5"/>
+      <c r="F12" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="G12" s="6">
+        <v>105</v>
+      </c>
+      <c r="H12" s="21">
+        <f t="shared" si="0"/>
+        <v>2.8586986114892459</v>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="J12" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" s="26">
+        <v>104</v>
+      </c>
+      <c r="L12" s="21">
+        <f t="shared" si="1"/>
+        <v>3.2029565753002776</v>
+      </c>
+      <c r="M12" s="53"/>
+      <c r="N12" s="1"/>
+      <c r="O12" s="52"/>
+      <c r="P12" s="52"/>
+      <c r="Q12" s="52"/>
+      <c r="R12" s="52"/>
+      <c r="S12" s="52"/>
+    </row>
+    <row r="13" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="9">
+        <v>120</v>
+      </c>
+      <c r="D13" s="7">
+        <f t="shared" si="2"/>
+        <v>3.2670841274162807</v>
+      </c>
+      <c r="E13" s="5"/>
+      <c r="F13" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="G13" s="6">
+        <v>87</v>
+      </c>
+      <c r="H13" s="21">
+        <f t="shared" si="0"/>
+        <v>2.3686359923768037</v>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="25" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" s="26">
+        <v>99</v>
+      </c>
+      <c r="L13" s="21">
+        <f t="shared" si="1"/>
+        <v>3.0489682784108405</v>
+      </c>
+      <c r="M13" s="59"/>
+      <c r="N13" s="1"/>
+      <c r="O13" s="52"/>
+      <c r="P13" s="52"/>
+      <c r="Q13" s="52"/>
+      <c r="R13" s="52"/>
+      <c r="S13" s="52"/>
+    </row>
+    <row r="14" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="9">
+        <v>59</v>
+      </c>
+      <c r="D14" s="7">
+        <f t="shared" si="2"/>
+        <v>1.6063163626463384</v>
+      </c>
+      <c r="E14" s="5"/>
+      <c r="F14" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G14" s="6">
+        <v>62</v>
+      </c>
+      <c r="H14" s="21">
+        <f t="shared" si="0"/>
+        <v>1.6879934658317453</v>
+      </c>
+      <c r="I14" s="5"/>
+      <c r="J14" s="25" t="s">
+        <v>46</v>
+      </c>
+      <c r="K14" s="26">
+        <v>88</v>
+      </c>
+      <c r="L14" s="21">
+        <f t="shared" si="1"/>
+        <v>2.7101940252540806</v>
+      </c>
+      <c r="M14" s="59"/>
+      <c r="N14" s="1"/>
+      <c r="O14" s="52"/>
+      <c r="P14" s="52"/>
+      <c r="Q14" s="52"/>
+      <c r="R14" s="52"/>
+      <c r="S14" s="52"/>
+      <c r="U14" s="57"/>
+    </row>
+    <row r="15" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="9">
+        <v>204</v>
+      </c>
+      <c r="D15" s="7">
+        <f t="shared" si="2"/>
+        <v>5.554043016607678</v>
+      </c>
+      <c r="E15" s="5"/>
+      <c r="F15" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="G15" s="6">
+        <v>40</v>
+      </c>
+      <c r="H15" s="21">
+        <f t="shared" si="0"/>
+        <v>1.0890280424720935</v>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="K15" s="26">
+        <v>85</v>
+      </c>
+      <c r="L15" s="21">
+        <f t="shared" si="1"/>
+        <v>2.6178010471204187</v>
+      </c>
+      <c r="M15" s="59"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="52"/>
+      <c r="P15" s="52"/>
+      <c r="Q15" s="52"/>
+      <c r="R15" s="52"/>
+      <c r="S15" s="52"/>
+      <c r="U15" s="57"/>
+    </row>
+    <row r="16" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="9">
+        <v>912</v>
+      </c>
+      <c r="D16" s="7">
+        <f t="shared" si="2"/>
+        <v>24.829839368363736</v>
+      </c>
+      <c r="E16" s="5"/>
+      <c r="F16" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" s="6">
+        <v>37</v>
+      </c>
+      <c r="H16" s="21">
+        <f t="shared" si="0"/>
+        <v>1.0073509392866866</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="25" t="s">
+        <v>48</v>
+      </c>
+      <c r="K16" s="26">
+        <v>71</v>
+      </c>
+      <c r="L16" s="21">
+        <f t="shared" si="1"/>
+        <v>2.1866338158299969</v>
+      </c>
+      <c r="M16" s="59"/>
+      <c r="N16" s="1"/>
+      <c r="O16" s="52"/>
+      <c r="P16" s="52"/>
+      <c r="Q16" s="52"/>
+      <c r="R16" s="52"/>
+      <c r="S16" s="52"/>
+      <c r="U16" s="57"/>
+    </row>
+    <row r="17" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C17" s="9">
+        <v>1493</v>
+      </c>
+      <c r="D17" s="7">
+        <f t="shared" si="2"/>
+        <v>40.647971685270896</v>
+      </c>
+      <c r="E17" s="5"/>
+      <c r="F17" s="20" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" s="6">
+        <v>24</v>
+      </c>
+      <c r="H17" s="21">
+        <f t="shared" si="0"/>
+        <v>0.65341682548325619</v>
+      </c>
+      <c r="I17" s="5"/>
+      <c r="J17" s="25" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" s="26">
+        <v>70</v>
+      </c>
+      <c r="L17" s="21">
+        <f t="shared" si="1"/>
+        <v>2.1558361564521098</v>
+      </c>
+      <c r="M17" s="5"/>
+      <c r="N17" s="1"/>
+      <c r="O17" s="52"/>
+      <c r="P17" s="52"/>
+      <c r="Q17" s="52"/>
+      <c r="R17" s="52"/>
+      <c r="S17" s="52"/>
+    </row>
+    <row r="18" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" s="9">
+        <v>751</v>
+      </c>
+      <c r="D18" s="7">
+        <f t="shared" si="2"/>
+        <v>20.446501497413557</v>
+      </c>
+      <c r="E18" s="5"/>
+      <c r="F18" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" s="6">
+        <v>12</v>
+      </c>
+      <c r="H18" s="21">
+        <f t="shared" si="0"/>
+        <v>0.3267084127416281</v>
+      </c>
+      <c r="I18" s="5"/>
+      <c r="J18" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" s="26">
+        <v>67</v>
+      </c>
+      <c r="L18" s="21">
+        <f t="shared" si="1"/>
+        <v>2.0634431783184479</v>
+      </c>
+      <c r="M18" s="5"/>
+      <c r="N18" s="1"/>
+      <c r="O18" s="52"/>
+      <c r="P18" s="52"/>
+      <c r="Q18" s="52"/>
+      <c r="R18" s="52"/>
+      <c r="S18" s="52"/>
+      <c r="U18" s="57"/>
+    </row>
+    <row r="19" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="41">
-[...438 lines deleted...]
-      <c r="C19" s="41">
+      <c r="C19" s="14">
         <f>SUM(C11:C18)</f>
-        <v>4128</v>
-[...1 lines deleted...]
-      <c r="D19" s="41">
+        <v>3673</v>
+      </c>
+      <c r="D19" s="14">
         <f>SUM(D11:D18)</f>
         <v>100</v>
       </c>
-      <c r="E19" s="33"/>
-[...11 lines deleted...]
-      <c r="J19" s="50" t="s">
+      <c r="E19" s="5"/>
+      <c r="F19" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" s="6">
+        <v>10</v>
+      </c>
+      <c r="H19" s="21">
+        <f t="shared" si="0"/>
+        <v>0.27225701061802338</v>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="K19" s="51">
-[...5 lines deleted...]
-      <c r="M19" s="3"/>
+      <c r="K19" s="26">
+        <v>65</v>
+      </c>
+      <c r="L19" s="21">
+        <f t="shared" si="1"/>
+        <v>2.0018478595626732</v>
+      </c>
+      <c r="M19" s="5"/>
       <c r="N19" s="1"/>
-      <c r="O19" s="22"/>
-[...4 lines deleted...]
-      <c r="U19" s="26"/>
+      <c r="O19" s="52"/>
+      <c r="P19" s="52"/>
+      <c r="Q19" s="52"/>
+      <c r="R19" s="52"/>
+      <c r="S19" s="52"/>
+      <c r="U19" s="57"/>
     </row>
     <row r="20" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B20" s="33"/>
-[...3 lines deleted...]
-      <c r="F20" s="47" t="s">
+      <c r="B20" s="5"/>
+      <c r="C20" s="58"/>
+      <c r="D20" s="58"/>
+      <c r="E20" s="5"/>
+      <c r="F20" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="G20" s="14">
+        <f>SUM(G6:G19)</f>
+        <v>3673</v>
+      </c>
+      <c r="H20" s="14">
+        <f>SUM(H6:H19)</f>
+        <v>100.00000000000001</v>
+      </c>
+      <c r="I20" s="5"/>
+      <c r="J20" s="25" t="s">
+        <v>52</v>
+      </c>
+      <c r="K20" s="26">
+        <v>63</v>
+      </c>
+      <c r="L20" s="21">
+        <f t="shared" si="1"/>
+        <v>1.9402525408068985</v>
+      </c>
+      <c r="M20" s="5"/>
+      <c r="N20" s="1"/>
+      <c r="O20" s="52"/>
+      <c r="P20" s="52"/>
+      <c r="Q20" s="52"/>
+      <c r="R20" s="52"/>
+      <c r="S20" s="52"/>
+      <c r="U20" s="57"/>
+    </row>
+    <row r="21" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>5</v>
+      </c>
+      <c r="E21" s="1"/>
+      <c r="G21"/>
+      <c r="H21"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="25" t="s">
+        <v>53</v>
+      </c>
+      <c r="K21" s="26">
+        <v>62</v>
+      </c>
+      <c r="L21" s="21">
+        <f t="shared" si="1"/>
+        <v>1.9094548814290113</v>
+      </c>
+      <c r="M21" s="5"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="52"/>
+      <c r="P21" s="52"/>
+      <c r="Q21" s="52"/>
+      <c r="R21" s="52"/>
+      <c r="S21" s="52"/>
+      <c r="U21" s="57"/>
+    </row>
+    <row r="22" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="30" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" s="31">
+        <v>707.19791436132402</v>
+      </c>
+      <c r="D22" s="32">
+        <f>C22/C$46*100</f>
+        <v>21.781826609066606</v>
+      </c>
+      <c r="E22" s="1"/>
+      <c r="G22"/>
+      <c r="H22"/>
+      <c r="I22" s="5"/>
+      <c r="J22" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="K22" s="26">
+        <v>54</v>
+      </c>
+      <c r="L22" s="21">
+        <f t="shared" si="1"/>
+        <v>1.6630736064059133</v>
+      </c>
+      <c r="M22" s="5"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="52"/>
+      <c r="P22" s="52"/>
+      <c r="Q22" s="52"/>
+      <c r="R22" s="52"/>
+      <c r="S22" s="52"/>
+    </row>
+    <row r="23" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="30" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" s="31">
+        <v>560.63548973759418</v>
+      </c>
+      <c r="D23" s="32">
+        <f t="shared" ref="D23:D45" si="3">C23/C$46*100</f>
+        <v>17.267676813472882</v>
+      </c>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="5"/>
+      <c r="J23" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="K23" s="26">
+        <v>53</v>
+      </c>
+      <c r="L23" s="21">
+        <f t="shared" si="1"/>
+        <v>1.6322759470280259</v>
+      </c>
+      <c r="M23" s="5"/>
+      <c r="N23" s="1"/>
+      <c r="O23" s="52"/>
+      <c r="P23" s="52"/>
+      <c r="Q23" s="52"/>
+      <c r="R23" s="52"/>
+      <c r="S23" s="55"/>
+    </row>
+    <row r="24" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="30" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24" s="31">
+        <v>451.33504068842041</v>
+      </c>
+      <c r="D24" s="32">
+        <f t="shared" si="3"/>
+        <v>13.90120275983783</v>
+      </c>
+      <c r="E24" s="1"/>
+      <c r="F24" s="1"/>
+      <c r="G24" s="1"/>
+      <c r="H24" s="1"/>
+      <c r="I24" s="5"/>
+      <c r="J24" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="K24" s="26">
+        <v>49</v>
+      </c>
+      <c r="L24" s="21">
+        <f t="shared" si="1"/>
+        <v>1.5090853095164769</v>
+      </c>
+      <c r="M24" s="5"/>
+      <c r="N24" s="1"/>
+      <c r="O24" s="52"/>
+      <c r="P24" s="52"/>
+      <c r="Q24" s="52"/>
+      <c r="R24" s="52"/>
+      <c r="S24" s="52"/>
+    </row>
+    <row r="25" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="30" t="s">
+        <v>110</v>
+      </c>
+      <c r="C25" s="31">
+        <v>322.7953621048062</v>
+      </c>
+      <c r="D25" s="32">
+        <f t="shared" si="3"/>
+        <v>9.9421568768731081</v>
+      </c>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="H25" s="1"/>
+      <c r="I25" s="5"/>
+      <c r="J25" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="K25" s="26">
+        <v>49</v>
+      </c>
+      <c r="L25" s="21">
+        <f t="shared" si="1"/>
+        <v>1.5090853095164769</v>
+      </c>
+      <c r="M25" s="5"/>
+      <c r="N25" s="1"/>
+      <c r="O25" s="52"/>
+      <c r="P25" s="52"/>
+      <c r="Q25" s="52"/>
+      <c r="R25" s="52"/>
+      <c r="S25" s="52"/>
+      <c r="U25" s="57"/>
+    </row>
+    <row r="26" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="30" t="s">
+        <v>111</v>
+      </c>
+      <c r="C26" s="31">
+        <v>243.56173652310346</v>
+      </c>
+      <c r="D26" s="32">
+        <f t="shared" si="3"/>
+        <v>7.5017465490414939</v>
+      </c>
+      <c r="E26" s="1"/>
+      <c r="F26" s="1"/>
+      <c r="G26" s="1"/>
+      <c r="H26" s="1"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="K26" s="26">
         <v>34</v>
       </c>
-      <c r="G20" s="34">
-[...26 lines deleted...]
-      <c r="B21" s="31" t="s">
+      <c r="L26" s="21">
+        <f t="shared" si="1"/>
+        <v>1.0471204188481675</v>
+      </c>
+      <c r="M26" s="5"/>
+      <c r="N26" s="1"/>
+      <c r="O26" s="52"/>
+      <c r="P26" s="52"/>
+      <c r="Q26" s="52"/>
+      <c r="R26" s="52"/>
+      <c r="S26" s="52"/>
+    </row>
+    <row r="27" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="30" t="s">
         <v>112</v>
       </c>
-      <c r="C21" s="46" t="s">
-[...36 lines deleted...]
-      <c r="B22" s="52" t="s">
+      <c r="C27" s="31">
+        <v>225.70515738319338</v>
+      </c>
+      <c r="D27" s="32">
+        <f t="shared" si="3"/>
+        <v>6.9517606076832532</v>
+      </c>
+      <c r="E27" s="1"/>
+      <c r="F27" s="1"/>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="K27" s="26">
+        <v>34</v>
+      </c>
+      <c r="L27" s="21">
+        <f t="shared" si="1"/>
+        <v>1.0471204188481675</v>
+      </c>
+      <c r="M27" s="5"/>
+      <c r="N27" s="1"/>
+      <c r="O27" s="52"/>
+      <c r="P27" s="52"/>
+      <c r="Q27" s="52"/>
+      <c r="R27" s="52"/>
+      <c r="S27" s="52"/>
+      <c r="U27" s="57"/>
+    </row>
+    <row r="28" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="30" t="s">
         <v>113</v>
       </c>
-      <c r="C22" s="53">
-[...37 lines deleted...]
-      <c r="B23" s="55" t="s">
+      <c r="C28" s="31">
+        <v>144.38419366322535</v>
+      </c>
+      <c r="D28" s="32">
+        <f t="shared" si="3"/>
+        <v>4.4470598789908733</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="5"/>
+      <c r="J28" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="K28" s="26">
+        <v>32</v>
+      </c>
+      <c r="L28" s="21">
+        <f t="shared" si="1"/>
+        <v>0.98552510009239302</v>
+      </c>
+      <c r="M28" s="5"/>
+      <c r="N28" s="1"/>
+      <c r="O28" s="52"/>
+      <c r="P28" s="52"/>
+      <c r="Q28" s="52"/>
+      <c r="R28" s="52"/>
+      <c r="S28" s="52"/>
+    </row>
+    <row r="29" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="30" t="s">
         <v>114</v>
       </c>
-      <c r="C23" s="56">
-[...211 lines deleted...]
-      <c r="J29" s="50" t="s">
+      <c r="C29" s="31">
+        <v>143.09943862024613</v>
+      </c>
+      <c r="D29" s="32">
+        <f t="shared" si="3"/>
+        <v>4.4074891859599559</v>
+      </c>
+      <c r="E29" s="1"/>
+      <c r="F29" s="1"/>
+      <c r="G29" s="1"/>
+      <c r="H29" s="1"/>
+      <c r="I29" s="1"/>
+      <c r="J29" s="25" t="s">
         <v>61</v>
       </c>
-      <c r="K29" s="51">
-[...3 lines deleted...]
-        <v>0.91055168719871449</v>
+      <c r="K29" s="26">
+        <v>32</v>
+      </c>
+      <c r="L29" s="21">
+        <f t="shared" si="1"/>
+        <v>0.98552510009239302</v>
       </c>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
-      <c r="O29" s="22"/>
-[...3 lines deleted...]
-      <c r="S29" s="22"/>
+      <c r="O29" s="52"/>
+      <c r="P29" s="52"/>
+      <c r="Q29" s="52"/>
+      <c r="R29" s="52"/>
+      <c r="S29" s="52"/>
     </row>
     <row r="30" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B30" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J30" s="50" t="s">
+      <c r="B30" s="30" t="s">
+        <v>115</v>
+      </c>
+      <c r="C30" s="31">
+        <v>91.334817975180158</v>
+      </c>
+      <c r="D30" s="32">
+        <f t="shared" si="3"/>
+        <v>2.8131292925301006</v>
+      </c>
+      <c r="E30" s="1"/>
+      <c r="F30" s="1"/>
+      <c r="G30" s="15"/>
+      <c r="H30" s="1"/>
+      <c r="I30" s="1"/>
+      <c r="J30" s="25" t="s">
         <v>62</v>
       </c>
-      <c r="K30" s="51">
-[...3 lines deleted...]
-        <v>0.91055168719871449</v>
+      <c r="K30" s="26">
+        <v>31</v>
+      </c>
+      <c r="L30" s="21">
+        <f t="shared" si="1"/>
+        <v>0.95472744071450566</v>
       </c>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
-      <c r="O30" s="22"/>
-[...3 lines deleted...]
-      <c r="S30" s="22"/>
+      <c r="O30" s="52"/>
+      <c r="P30" s="52"/>
+      <c r="Q30" s="52"/>
+      <c r="R30" s="52"/>
+      <c r="S30" s="52"/>
     </row>
     <row r="31" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B31" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J31" s="50" t="s">
+      <c r="B31" s="30" t="s">
+        <v>116</v>
+      </c>
+      <c r="C31" s="31">
+        <v>76.275754884547069</v>
+      </c>
+      <c r="D31" s="32">
+        <f t="shared" si="3"/>
+        <v>2.3493073630898866</v>
+      </c>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
+      <c r="H31" s="1"/>
+      <c r="I31" s="1"/>
+      <c r="J31" s="25" t="s">
         <v>63</v>
       </c>
-      <c r="K31" s="51">
-[...3 lines deleted...]
-        <v>0.88377075522228177</v>
+      <c r="K31" s="26">
+        <v>31</v>
+      </c>
+      <c r="L31" s="21">
+        <f t="shared" si="1"/>
+        <v>0.95472744071450566</v>
       </c>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
-      <c r="O31" s="22"/>
-[...3 lines deleted...]
-      <c r="S31" s="22"/>
+      <c r="O31" s="52"/>
+      <c r="P31" s="52"/>
+      <c r="Q31" s="52"/>
+      <c r="R31" s="52"/>
+      <c r="S31" s="52"/>
     </row>
     <row r="32" spans="2:21" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B32" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J32" s="50" t="s">
+      <c r="B32" s="30" t="s">
+        <v>117</v>
+      </c>
+      <c r="C32" s="31">
+        <v>51</v>
+      </c>
+      <c r="D32" s="32">
+        <f t="shared" si="3"/>
+        <v>1.5708094360906522</v>
+      </c>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1"/>
+      <c r="H32" s="1"/>
+      <c r="I32" s="1"/>
+      <c r="J32" s="25" t="s">
         <v>64</v>
       </c>
-      <c r="K32" s="51">
-[...3 lines deleted...]
-        <v>0.85698982324584894</v>
+      <c r="K32" s="26">
+        <v>30</v>
+      </c>
+      <c r="L32" s="21">
+        <f t="shared" si="1"/>
+        <v>0.92392978133661841</v>
       </c>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
-      <c r="O32" s="22"/>
-[...3 lines deleted...]
-      <c r="S32" s="22"/>
+      <c r="O32" s="52"/>
+      <c r="P32" s="52"/>
+      <c r="Q32" s="52"/>
+      <c r="R32" s="52"/>
+      <c r="S32" s="52"/>
     </row>
     <row r="33" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B33" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J33" s="50" t="s">
+      <c r="B33" s="30" t="s">
+        <v>118</v>
+      </c>
+      <c r="C33" s="31">
+        <v>48</v>
+      </c>
+      <c r="D33" s="32">
+        <f t="shared" si="3"/>
+        <v>1.4784088810264964</v>
+      </c>
+      <c r="E33" s="1"/>
+      <c r="F33" s="1"/>
+      <c r="G33" s="1"/>
+      <c r="H33" s="1"/>
+      <c r="I33" s="1"/>
+      <c r="J33" s="25" t="s">
         <v>65</v>
       </c>
-      <c r="K33" s="51">
-[...3 lines deleted...]
-        <v>0.80342795929298338</v>
+      <c r="K33" s="26">
+        <v>29</v>
+      </c>
+      <c r="L33" s="21">
+        <f t="shared" si="1"/>
+        <v>0.89313212195873104</v>
       </c>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
-      <c r="O33" s="22"/>
-[...3 lines deleted...]
-      <c r="S33" s="22"/>
+      <c r="O33" s="52"/>
+      <c r="P33" s="52"/>
+      <c r="Q33" s="52"/>
+      <c r="R33" s="52"/>
+      <c r="S33" s="52"/>
     </row>
     <row r="34" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B34" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J34" s="50" t="s">
+      <c r="B34" s="30" t="s">
+        <v>119</v>
+      </c>
+      <c r="C34" s="31">
+        <v>36</v>
+      </c>
+      <c r="D34" s="32">
+        <f t="shared" si="3"/>
+        <v>1.1088066607698721</v>
+      </c>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
+      <c r="J34" s="25" t="s">
         <v>66</v>
       </c>
-      <c r="K34" s="51">
-[...3 lines deleted...]
-        <v>0.723085163363685</v>
+      <c r="K34" s="26">
+        <v>29</v>
+      </c>
+      <c r="L34" s="21">
+        <f t="shared" si="1"/>
+        <v>0.89313212195873104</v>
       </c>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
-      <c r="O34" s="22"/>
-[...3 lines deleted...]
-      <c r="S34" s="22"/>
+      <c r="O34" s="52"/>
+      <c r="P34" s="52"/>
+      <c r="Q34" s="52"/>
+      <c r="R34" s="52"/>
+      <c r="S34" s="52"/>
     </row>
     <row r="35" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B35" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J35" s="50" t="s">
+      <c r="B35" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="C35" s="31">
+        <v>32.116286965674121</v>
+      </c>
+      <c r="D35" s="32">
+        <f t="shared" si="3"/>
+        <v>0.98918758074266933</v>
+      </c>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="J35" s="25" t="s">
         <v>67</v>
       </c>
-      <c r="K35" s="51">
-[...3 lines deleted...]
-        <v>0.69630423138725228</v>
+      <c r="K35" s="26">
+        <v>28</v>
+      </c>
+      <c r="L35" s="21">
+        <f t="shared" si="1"/>
+        <v>0.86233446258084379</v>
       </c>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
-      <c r="O35" s="22"/>
-[...3 lines deleted...]
-      <c r="S35" s="22"/>
+      <c r="O35" s="52"/>
+      <c r="P35" s="52"/>
+      <c r="Q35" s="52"/>
+      <c r="R35" s="52"/>
+      <c r="S35" s="52"/>
     </row>
     <row r="36" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B36" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J36" s="50" t="s">
+      <c r="B36" s="30" t="s">
+        <v>121</v>
+      </c>
+      <c r="C36" s="31">
+        <v>21</v>
+      </c>
+      <c r="D36" s="32">
+        <f t="shared" si="3"/>
+        <v>0.64680388544909218</v>
+      </c>
+      <c r="E36" s="1"/>
+      <c r="F36" s="1"/>
+      <c r="G36" s="1"/>
+      <c r="H36" s="1"/>
+      <c r="I36" s="1"/>
+      <c r="J36" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="K36" s="51">
-[...3 lines deleted...]
-        <v>0.69630423138725228</v>
+      <c r="K36" s="26">
+        <v>28</v>
+      </c>
+      <c r="L36" s="21">
+        <f t="shared" si="1"/>
+        <v>0.86233446258084379</v>
       </c>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
-      <c r="O36" s="22"/>
-[...3 lines deleted...]
-      <c r="S36" s="22"/>
+      <c r="O36" s="52"/>
+      <c r="P36" s="52"/>
+      <c r="Q36" s="52"/>
+      <c r="R36" s="52"/>
+      <c r="S36" s="52"/>
     </row>
     <row r="37" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B37" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J37" s="50" t="s">
+      <c r="B37" s="30" t="s">
+        <v>122</v>
+      </c>
+      <c r="C37" s="31">
+        <v>20.177017254503934</v>
+      </c>
+      <c r="D37" s="32">
+        <f t="shared" si="3"/>
+        <v>0.62145586461840563</v>
+      </c>
+      <c r="E37" s="1"/>
+      <c r="F37" s="1"/>
+      <c r="G37" s="54"/>
+      <c r="H37" s="54"/>
+      <c r="I37" s="1"/>
+      <c r="J37" s="25" t="s">
         <v>69</v>
       </c>
-      <c r="K37" s="51">
-[...3 lines deleted...]
-        <v>0.69630423138725228</v>
+      <c r="K37" s="26">
+        <v>27</v>
+      </c>
+      <c r="L37" s="21">
+        <f t="shared" si="1"/>
+        <v>0.83153680320295664</v>
       </c>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
-      <c r="O37" s="22"/>
-[...3 lines deleted...]
-      <c r="S37" s="22"/>
+      <c r="O37" s="52"/>
+      <c r="P37" s="52"/>
+      <c r="Q37" s="52"/>
+      <c r="R37" s="52"/>
+      <c r="S37" s="52"/>
     </row>
     <row r="38" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B38" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J38" s="50" t="s">
+      <c r="B38" s="30" t="s">
+        <v>123</v>
+      </c>
+      <c r="C38" s="31">
+        <v>13.637242933608789</v>
+      </c>
+      <c r="D38" s="32">
+        <f t="shared" si="3"/>
+        <v>0.42002960553673047</v>
+      </c>
+      <c r="E38" s="1"/>
+      <c r="F38" s="15"/>
+      <c r="G38" s="54"/>
+      <c r="H38" s="54"/>
+      <c r="I38" s="1"/>
+      <c r="J38" s="25" t="s">
         <v>70</v>
       </c>
-      <c r="K38" s="51">
+      <c r="K38" s="26">
         <v>25</v>
       </c>
-      <c r="L38" s="48">
-        <v>0.66952329941081945</v>
+      <c r="L38" s="21">
+        <f t="shared" si="1"/>
+        <v>0.76994148444718202</v>
       </c>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
-      <c r="O38" s="22"/>
-[...3 lines deleted...]
-      <c r="S38" s="22"/>
+      <c r="O38" s="52"/>
+      <c r="P38" s="52"/>
+      <c r="Q38" s="52"/>
+      <c r="R38" s="52"/>
+      <c r="S38" s="52"/>
     </row>
     <row r="39" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B39" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J39" s="50" t="s">
+      <c r="B39" s="30" t="s">
+        <v>124</v>
+      </c>
+      <c r="C39" s="31">
+        <v>12</v>
+      </c>
+      <c r="D39" s="32">
+        <f t="shared" si="3"/>
+        <v>0.36960222025662409</v>
+      </c>
+      <c r="E39" s="1"/>
+      <c r="F39" s="1"/>
+      <c r="G39" s="54"/>
+      <c r="H39" s="54"/>
+      <c r="I39" s="1"/>
+      <c r="J39" s="25" t="s">
         <v>71</v>
       </c>
-      <c r="K39" s="51">
-[...3 lines deleted...]
-        <v>0.66952329941081945</v>
+      <c r="K39" s="26">
+        <v>24</v>
+      </c>
+      <c r="L39" s="21">
+        <f t="shared" si="1"/>
+        <v>0.73914382506929477</v>
       </c>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
-      <c r="O39" s="22"/>
-[...3 lines deleted...]
-      <c r="S39" s="22"/>
+      <c r="O39" s="52"/>
+      <c r="P39" s="52"/>
+      <c r="Q39" s="52"/>
+      <c r="R39" s="52"/>
+      <c r="S39" s="52"/>
     </row>
     <row r="40" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B40" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J40" s="50" t="s">
+      <c r="B40" s="30" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40" s="31">
+        <v>11</v>
+      </c>
+      <c r="D40" s="32">
+        <f t="shared" si="3"/>
+        <v>0.33880203523523872</v>
+      </c>
+      <c r="E40" s="1"/>
+      <c r="F40" s="15"/>
+      <c r="G40" s="54"/>
+      <c r="H40" s="54"/>
+      <c r="I40" s="1"/>
+      <c r="J40" s="25" t="s">
         <v>72</v>
       </c>
-      <c r="K40" s="51">
+      <c r="K40" s="26">
         <v>24</v>
       </c>
-      <c r="L40" s="48">
-        <v>0.64274236743438673</v>
+      <c r="L40" s="21">
+        <f t="shared" si="1"/>
+        <v>0.73914382506929477</v>
       </c>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
-      <c r="O40" s="22"/>
-[...3 lines deleted...]
-      <c r="S40" s="22"/>
+      <c r="O40" s="52"/>
+      <c r="P40" s="52"/>
+      <c r="Q40" s="52"/>
+      <c r="R40" s="52"/>
+      <c r="S40" s="52"/>
     </row>
     <row r="41" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B41" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J41" s="50" t="s">
+      <c r="B41" s="30" t="s">
+        <v>126</v>
+      </c>
+      <c r="C41" s="31">
+        <v>11</v>
+      </c>
+      <c r="D41" s="32">
+        <f t="shared" si="3"/>
+        <v>0.33880203523523872</v>
+      </c>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1"/>
+      <c r="G41" s="54"/>
+      <c r="H41" s="54"/>
+      <c r="I41" s="1"/>
+      <c r="J41" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="K41" s="51">
+      <c r="K41" s="26">
         <v>23</v>
       </c>
-      <c r="L41" s="48">
-        <v>0.6159614354579539</v>
+      <c r="L41" s="21">
+        <f t="shared" si="1"/>
+        <v>0.7083461656914074</v>
       </c>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
-      <c r="O41" s="22"/>
-[...3 lines deleted...]
-      <c r="S41" s="22"/>
+      <c r="O41" s="52"/>
+      <c r="P41" s="52"/>
+      <c r="Q41" s="52"/>
+      <c r="R41" s="52"/>
+      <c r="S41" s="52"/>
     </row>
     <row r="42" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B42" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J42" s="50" t="s">
+      <c r="B42" s="30" t="s">
+        <v>127</v>
+      </c>
+      <c r="C42" s="31">
+        <v>10</v>
+      </c>
+      <c r="D42" s="32">
+        <f t="shared" si="3"/>
+        <v>0.3080018502138534</v>
+      </c>
+      <c r="E42" s="1"/>
+      <c r="F42" s="1"/>
+      <c r="G42" s="54"/>
+      <c r="H42" s="54"/>
+      <c r="I42" s="1"/>
+      <c r="J42" s="25" t="s">
         <v>74</v>
       </c>
-      <c r="K42" s="51">
+      <c r="K42" s="26">
         <v>22</v>
       </c>
-      <c r="L42" s="48">
-        <v>0.58918050348152118</v>
+      <c r="L42" s="21">
+        <f t="shared" si="1"/>
+        <v>0.67754850631352015</v>
       </c>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
-      <c r="O42" s="22"/>
-[...3 lines deleted...]
-      <c r="S42" s="22"/>
+      <c r="O42" s="52"/>
+      <c r="P42" s="52"/>
+      <c r="Q42" s="52"/>
+      <c r="R42" s="55"/>
+      <c r="S42" s="52"/>
     </row>
     <row r="43" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B43" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J43" s="50" t="s">
+      <c r="B43" s="30" t="s">
+        <v>128</v>
+      </c>
+      <c r="C43" s="31">
+        <v>7.5673949615850322</v>
+      </c>
+      <c r="D43" s="32">
+        <f t="shared" si="3"/>
+        <v>0.23307716494671821</v>
+      </c>
+      <c r="E43" s="1"/>
+      <c r="F43" s="1"/>
+      <c r="G43" s="54"/>
+      <c r="H43" s="54"/>
+      <c r="I43" s="1"/>
+      <c r="J43" s="25" t="s">
         <v>75</v>
       </c>
-      <c r="K43" s="51">
-[...3 lines deleted...]
-        <v>0.58918050348152118</v>
+      <c r="K43" s="26">
+        <v>21</v>
+      </c>
+      <c r="L43" s="21">
+        <f t="shared" si="1"/>
+        <v>0.64675084693563289</v>
       </c>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
-      <c r="O43" s="22"/>
-[...3 lines deleted...]
-      <c r="S43" s="22"/>
+      <c r="O43" s="52"/>
+      <c r="P43" s="52"/>
+      <c r="Q43" s="52"/>
+      <c r="R43" s="52"/>
+      <c r="S43" s="52"/>
     </row>
     <row r="44" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B44" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J44" s="50" t="s">
+      <c r="B44" s="30" t="s">
+        <v>129</v>
+      </c>
+      <c r="C44" s="31">
+        <v>5.3645102624058199</v>
+      </c>
+      <c r="D44" s="32">
+        <f t="shared" si="3"/>
+        <v>0.16522790863121967</v>
+      </c>
+      <c r="E44" s="1"/>
+      <c r="F44" s="1"/>
+      <c r="G44" s="54"/>
+      <c r="H44" s="54"/>
+      <c r="I44" s="1"/>
+      <c r="J44" s="25" t="s">
         <v>76</v>
       </c>
-      <c r="K44" s="51">
+      <c r="K44" s="26">
         <v>21</v>
       </c>
-      <c r="L44" s="48">
-        <v>0.56239957150508835</v>
+      <c r="L44" s="21">
+        <f t="shared" si="1"/>
+        <v>0.64675084693563289</v>
       </c>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
-      <c r="O44" s="22"/>
-[...3 lines deleted...]
-      <c r="S44" s="22"/>
+      <c r="O44" s="52"/>
+      <c r="P44" s="52"/>
+      <c r="Q44" s="52"/>
+      <c r="R44" s="52"/>
+      <c r="S44" s="52"/>
     </row>
     <row r="45" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B45" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J45" s="50" t="s">
+      <c r="B45" s="30" t="s">
+        <v>130</v>
+      </c>
+      <c r="C45" s="31">
+        <v>1.546384694382108</v>
+      </c>
+      <c r="D45" s="32">
+        <f t="shared" si="3"/>
+        <v>4.7628934701207347E-2</v>
+      </c>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="54"/>
+      <c r="H45" s="54"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="25" t="s">
         <v>77</v>
       </c>
-      <c r="K45" s="51">
-[...3 lines deleted...]
-        <v>0.56239957150508835</v>
+      <c r="K45" s="26">
+        <v>20</v>
+      </c>
+      <c r="L45" s="21">
+        <f t="shared" si="1"/>
+        <v>0.61595318755774564</v>
       </c>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
-      <c r="O45" s="22"/>
-[...3 lines deleted...]
-      <c r="S45" s="22"/>
+      <c r="O45" s="52"/>
+      <c r="P45" s="52"/>
+      <c r="Q45" s="52"/>
+      <c r="R45" s="52"/>
+      <c r="S45" s="52"/>
     </row>
     <row r="46" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B46" s="55" t="s">
-[...14 lines deleted...]
-      <c r="J46" s="50" t="s">
+      <c r="B46" s="33" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="14">
+        <f>SUM(C22:C45)</f>
+        <v>3246.7337430138</v>
+      </c>
+      <c r="D46" s="14">
+        <f>SUM(D22:D45)</f>
+        <v>100.00000000000001</v>
+      </c>
+      <c r="E46" s="1"/>
+      <c r="F46" s="15"/>
+      <c r="G46" s="15"/>
+      <c r="H46" s="54"/>
+      <c r="I46" s="1"/>
+      <c r="J46" s="25" t="s">
         <v>78</v>
       </c>
-      <c r="K46" s="51">
-[...3 lines deleted...]
-        <v>0.53561863952865563</v>
+      <c r="K46" s="26">
+        <v>19</v>
+      </c>
+      <c r="L46" s="21">
+        <f t="shared" si="1"/>
+        <v>0.58515552817985828</v>
       </c>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
-      <c r="O46" s="22"/>
-[...3 lines deleted...]
-      <c r="S46" s="22"/>
+      <c r="O46" s="52"/>
+      <c r="P46" s="52"/>
+      <c r="Q46" s="52"/>
+      <c r="R46" s="52"/>
+      <c r="S46" s="52"/>
     </row>
     <row r="47" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B47" s="57" t="s">
-[...15 lines deleted...]
-      <c r="J47" s="50" t="s">
+      <c r="C47"/>
+      <c r="D47"/>
+      <c r="E47" s="1"/>
+      <c r="F47" s="1"/>
+      <c r="G47" s="54"/>
+      <c r="H47" s="54"/>
+      <c r="I47" s="1"/>
+      <c r="J47" s="25" t="s">
         <v>79</v>
       </c>
-      <c r="K47" s="51">
-[...3 lines deleted...]
-        <v>0.53561863952865563</v>
+      <c r="K47" s="26">
+        <v>19</v>
+      </c>
+      <c r="L47" s="21">
+        <f t="shared" si="1"/>
+        <v>0.58515552817985828</v>
       </c>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
-      <c r="O47" s="22"/>
-[...3 lines deleted...]
-      <c r="S47" s="22"/>
+      <c r="O47" s="52"/>
+      <c r="P47" s="52"/>
+      <c r="Q47" s="52"/>
+      <c r="R47" s="52"/>
+      <c r="S47" s="52"/>
     </row>
     <row r="48" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B48" s="58"/>
-[...14 lines deleted...]
-        <v>0.53561863952865563</v>
+      <c r="C48"/>
+      <c r="D48"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="54"/>
+      <c r="H48" s="54"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="25" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="K48" s="26">
+        <v>19</v>
+      </c>
+      <c r="L48" s="21">
+        <f t="shared" si="1"/>
+        <v>0.58515552817985828</v>
       </c>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
-      <c r="O48" s="22"/>
-[...3 lines deleted...]
-      <c r="S48" s="22"/>
+      <c r="O48" s="52"/>
+      <c r="P48" s="52"/>
+      <c r="Q48" s="52"/>
+      <c r="R48" s="52"/>
+      <c r="S48" s="52"/>
     </row>
     <row r="49" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B49" s="58"/>
-[...14 lines deleted...]
-        <v>0.53561863952865563</v>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1"/>
+      <c r="G49" s="54"/>
+      <c r="H49" s="54"/>
+      <c r="I49" s="1"/>
+      <c r="J49" s="25" t="s">
+        <v>80</v>
+      </c>
+      <c r="K49" s="26">
+        <v>18</v>
+      </c>
+      <c r="L49" s="21">
+        <f t="shared" si="1"/>
+        <v>0.55435786880197102</v>
       </c>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
-      <c r="O49" s="22"/>
-[...3 lines deleted...]
-      <c r="S49" s="22"/>
+      <c r="O49" s="52"/>
+      <c r="P49" s="52"/>
+      <c r="Q49" s="52"/>
+      <c r="R49" s="52"/>
+      <c r="S49" s="52"/>
     </row>
     <row r="50" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B50" s="58"/>
-[...14 lines deleted...]
-        <v>0.5088377075522228</v>
+      <c r="E50" s="1"/>
+      <c r="F50" s="1"/>
+      <c r="G50" s="54"/>
+      <c r="H50" s="54"/>
+      <c r="I50" s="1"/>
+      <c r="J50" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="K50" s="26">
+        <v>18</v>
+      </c>
+      <c r="L50" s="21">
+        <f t="shared" si="1"/>
+        <v>0.55435786880197102</v>
       </c>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
-      <c r="O50" s="22"/>
-[...3 lines deleted...]
-      <c r="S50" s="22"/>
+      <c r="O50" s="52"/>
+      <c r="P50" s="52"/>
+      <c r="Q50" s="52"/>
+      <c r="R50" s="52"/>
+      <c r="S50" s="52"/>
     </row>
     <row r="51" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B51" s="58"/>
-[...14 lines deleted...]
-        <v>0.5088377075522228</v>
+      <c r="E51" s="1"/>
+      <c r="F51" s="1"/>
+      <c r="G51" s="54"/>
+      <c r="H51" s="54"/>
+      <c r="I51" s="1"/>
+      <c r="J51" s="25" t="s">
+        <v>82</v>
+      </c>
+      <c r="K51" s="26">
+        <v>16</v>
+      </c>
+      <c r="L51" s="21">
+        <f t="shared" si="1"/>
+        <v>0.49276255004619651</v>
       </c>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
-      <c r="O51" s="22"/>
-[...3 lines deleted...]
-      <c r="S51" s="22"/>
+      <c r="O51" s="52"/>
+      <c r="P51" s="52"/>
+      <c r="Q51" s="52"/>
+      <c r="R51" s="52"/>
+      <c r="S51" s="52"/>
     </row>
     <row r="52" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B52" s="58"/>
-[...14 lines deleted...]
-        <v>0.5088377075522228</v>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
+      <c r="G52" s="54"/>
+      <c r="H52" s="54"/>
+      <c r="I52" s="1"/>
+      <c r="J52" s="25" t="s">
+        <v>83</v>
+      </c>
+      <c r="K52" s="26">
+        <v>16</v>
+      </c>
+      <c r="L52" s="21">
+        <f t="shared" si="1"/>
+        <v>0.49276255004619651</v>
       </c>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
-      <c r="O52" s="22"/>
-[...3 lines deleted...]
-      <c r="S52" s="22"/>
+      <c r="O52" s="52"/>
+      <c r="P52" s="52"/>
+      <c r="Q52" s="52"/>
+      <c r="R52" s="52"/>
+      <c r="S52" s="52"/>
     </row>
     <row r="53" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B53" s="58"/>
-[...14 lines deleted...]
-        <v>0.48205677557579002</v>
+      <c r="D53" s="15"/>
+      <c r="E53" s="1"/>
+      <c r="F53" s="1"/>
+      <c r="G53" s="54"/>
+      <c r="H53" s="54"/>
+      <c r="I53" s="1"/>
+      <c r="J53" s="25" t="s">
+        <v>84</v>
+      </c>
+      <c r="K53" s="26">
+        <v>15</v>
+      </c>
+      <c r="L53" s="21">
+        <f t="shared" si="1"/>
+        <v>0.4619648906683092</v>
       </c>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
-      <c r="O53" s="22"/>
-[...3 lines deleted...]
-      <c r="S53" s="22"/>
+      <c r="O53" s="52"/>
+      <c r="P53" s="52"/>
+      <c r="Q53" s="52"/>
+      <c r="R53" s="52"/>
+      <c r="S53" s="52"/>
     </row>
     <row r="54" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B54" s="45"/>
-[...14 lines deleted...]
-        <v>0.48205677557579002</v>
+      <c r="B54" s="1"/>
+      <c r="C54" s="15"/>
+      <c r="D54" s="15"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
+      <c r="G54" s="54"/>
+      <c r="H54" s="54"/>
+      <c r="I54" s="1"/>
+      <c r="J54" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="K54" s="26">
+        <v>15</v>
+      </c>
+      <c r="L54" s="21">
+        <f t="shared" si="1"/>
+        <v>0.4619648906683092</v>
       </c>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
-      <c r="O54" s="22"/>
-[...3 lines deleted...]
-      <c r="S54" s="22"/>
+      <c r="O54" s="52"/>
+      <c r="P54" s="52"/>
+      <c r="Q54" s="52"/>
+      <c r="R54" s="52"/>
+      <c r="S54" s="52"/>
     </row>
     <row r="55" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B55" s="45"/>
-[...14 lines deleted...]
-        <v>0.48205677557579002</v>
+      <c r="B55" s="1"/>
+      <c r="C55" s="15"/>
+      <c r="D55" s="15"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
+      <c r="G55" s="54"/>
+      <c r="H55" s="54"/>
+      <c r="I55" s="1"/>
+      <c r="J55" s="25" t="s">
+        <v>86</v>
+      </c>
+      <c r="K55" s="26">
+        <v>14</v>
+      </c>
+      <c r="L55" s="21">
+        <f t="shared" si="1"/>
+        <v>0.43116723129042189</v>
       </c>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
-      <c r="O55" s="22"/>
-[...3 lines deleted...]
-      <c r="S55" s="22"/>
+      <c r="O55" s="52"/>
+      <c r="P55" s="52"/>
+      <c r="Q55" s="52"/>
+      <c r="R55" s="52"/>
+      <c r="S55" s="52"/>
     </row>
     <row r="56" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B56" s="45"/>
-[...14 lines deleted...]
-        <v>0.42849491162292447</v>
+      <c r="B56" s="1"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="15"/>
+      <c r="E56" s="1"/>
+      <c r="F56" s="1"/>
+      <c r="G56" s="54"/>
+      <c r="H56" s="54"/>
+      <c r="I56" s="1"/>
+      <c r="J56" s="25" t="s">
+        <v>87</v>
+      </c>
+      <c r="K56" s="26">
+        <v>13</v>
+      </c>
+      <c r="L56" s="21">
+        <f t="shared" si="1"/>
+        <v>0.40036957191253469</v>
       </c>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
-      <c r="O56" s="22"/>
-[...3 lines deleted...]
-      <c r="S56" s="22"/>
+      <c r="O56" s="52"/>
+      <c r="P56" s="52"/>
+      <c r="Q56" s="52"/>
+      <c r="R56" s="52"/>
+      <c r="S56" s="52"/>
     </row>
     <row r="57" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B57" s="82" t="s">
-[...16 lines deleted...]
-        <v>0.42849491162292447</v>
+      <c r="B57" s="72" t="s">
+        <v>151</v>
+      </c>
+      <c r="C57" s="72"/>
+      <c r="D57" s="72"/>
+      <c r="E57" s="1"/>
+      <c r="F57" s="1"/>
+      <c r="G57" s="54"/>
+      <c r="H57" s="54"/>
+      <c r="I57" s="1"/>
+      <c r="J57" s="25" t="s">
+        <v>88</v>
+      </c>
+      <c r="K57" s="26">
+        <v>13</v>
+      </c>
+      <c r="L57" s="21">
+        <f t="shared" si="1"/>
+        <v>0.40036957191253469</v>
       </c>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
-      <c r="O57" s="22"/>
-[...3 lines deleted...]
-      <c r="S57" s="22"/>
+      <c r="O57" s="52"/>
+      <c r="P57" s="52"/>
+      <c r="Q57" s="52"/>
+      <c r="R57" s="52"/>
+      <c r="S57" s="52"/>
     </row>
     <row r="58" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B58" s="83"/>
-[...14 lines deleted...]
-        <v>0.40171397964649169</v>
+      <c r="B58" s="73"/>
+      <c r="C58" s="73"/>
+      <c r="D58" s="73"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="54"/>
+      <c r="H58" s="54"/>
+      <c r="I58" s="1"/>
+      <c r="J58" s="25" t="s">
+        <v>89</v>
+      </c>
+      <c r="K58" s="26">
+        <v>13</v>
+      </c>
+      <c r="L58" s="21">
+        <f t="shared" si="1"/>
+        <v>0.40036957191253469</v>
       </c>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
-      <c r="O58" s="22"/>
-[...3 lines deleted...]
-      <c r="S58" s="22"/>
+      <c r="O58" s="52"/>
+      <c r="P58" s="52"/>
+      <c r="Q58" s="52"/>
+      <c r="R58" s="52"/>
+      <c r="S58" s="52"/>
     </row>
     <row r="59" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B59" s="45"/>
-[...14 lines deleted...]
-        <v>0.37493304767005892</v>
+      <c r="B59" s="1"/>
+      <c r="C59" s="15"/>
+      <c r="D59" s="15"/>
+      <c r="E59" s="1"/>
+      <c r="F59" s="1"/>
+      <c r="G59" s="54"/>
+      <c r="H59" s="54"/>
+      <c r="I59" s="1"/>
+      <c r="J59" s="25" t="s">
+        <v>90</v>
+      </c>
+      <c r="K59" s="26">
+        <v>13</v>
+      </c>
+      <c r="L59" s="21">
+        <f t="shared" si="1"/>
+        <v>0.40036957191253469</v>
       </c>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
-      <c r="O59" s="22"/>
-[...3 lines deleted...]
-      <c r="S59" s="22"/>
+      <c r="O59" s="52"/>
+      <c r="P59" s="52"/>
+      <c r="Q59" s="52"/>
+      <c r="R59" s="52"/>
+      <c r="S59" s="52"/>
     </row>
     <row r="60" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B60" s="45"/>
-[...14 lines deleted...]
-        <v>0.37493304767005892</v>
+      <c r="B60" s="1"/>
+      <c r="C60" s="15"/>
+      <c r="D60" s="15"/>
+      <c r="E60" s="1"/>
+      <c r="F60" s="1"/>
+      <c r="G60" s="54"/>
+      <c r="H60" s="54"/>
+      <c r="I60" s="1"/>
+      <c r="J60" s="25" t="s">
+        <v>91</v>
+      </c>
+      <c r="K60" s="26">
+        <v>12</v>
+      </c>
+      <c r="L60" s="21">
+        <f t="shared" si="1"/>
+        <v>0.36957191253464738</v>
       </c>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
-      <c r="O60" s="22"/>
-[...3 lines deleted...]
-      <c r="S60" s="22"/>
+      <c r="O60" s="52"/>
+      <c r="P60" s="52"/>
+      <c r="Q60" s="52"/>
+      <c r="R60" s="52"/>
+      <c r="S60" s="52"/>
     </row>
     <row r="61" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B61" s="45"/>
-[...14 lines deleted...]
-        <v>0.37493304767005892</v>
+      <c r="B61" s="1"/>
+      <c r="C61" s="15"/>
+      <c r="D61" s="15"/>
+      <c r="E61" s="1"/>
+      <c r="F61" s="1"/>
+      <c r="G61" s="54"/>
+      <c r="H61" s="54"/>
+      <c r="I61" s="1"/>
+      <c r="J61" s="25" t="s">
+        <v>92</v>
+      </c>
+      <c r="K61" s="26">
+        <v>12</v>
+      </c>
+      <c r="L61" s="21">
+        <f t="shared" si="1"/>
+        <v>0.36957191253464738</v>
       </c>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
-      <c r="O61" s="22"/>
-[...3 lines deleted...]
-      <c r="S61" s="22"/>
+      <c r="O61" s="52"/>
+      <c r="P61" s="52"/>
+      <c r="Q61" s="52"/>
+      <c r="R61" s="52"/>
+      <c r="S61" s="52"/>
     </row>
     <row r="62" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B62" s="45"/>
-[...14 lines deleted...]
-        <v>0.37493304767005892</v>
+      <c r="B62" s="1"/>
+      <c r="C62" s="15"/>
+      <c r="D62" s="15"/>
+      <c r="E62" s="1"/>
+      <c r="F62" s="1"/>
+      <c r="G62" s="54"/>
+      <c r="H62" s="54"/>
+      <c r="I62" s="1"/>
+      <c r="J62" s="25" t="s">
+        <v>93</v>
+      </c>
+      <c r="K62" s="26">
+        <v>12</v>
+      </c>
+      <c r="L62" s="21">
+        <f t="shared" si="1"/>
+        <v>0.36957191253464738</v>
       </c>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
-      <c r="O62" s="22"/>
-[...3 lines deleted...]
-      <c r="S62" s="22"/>
+      <c r="O62" s="52"/>
+      <c r="P62" s="52"/>
+      <c r="Q62" s="52"/>
+      <c r="R62" s="52"/>
+      <c r="S62" s="52"/>
     </row>
     <row r="63" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B63" s="45"/>
-[...14 lines deleted...]
-        <v>0.34815211569362614</v>
+      <c r="B63" s="1"/>
+      <c r="C63" s="15"/>
+      <c r="D63" s="15"/>
+      <c r="E63" s="1"/>
+      <c r="F63" s="1"/>
+      <c r="G63" s="54"/>
+      <c r="H63" s="54"/>
+      <c r="I63" s="1"/>
+      <c r="J63" s="25" t="s">
+        <v>94</v>
+      </c>
+      <c r="K63" s="26">
+        <v>12</v>
+      </c>
+      <c r="L63" s="21">
+        <f t="shared" si="1"/>
+        <v>0.36957191253464738</v>
       </c>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
-      <c r="O63" s="22"/>
-[...3 lines deleted...]
-      <c r="S63" s="22"/>
+      <c r="O63" s="52"/>
+      <c r="P63" s="52"/>
+      <c r="Q63" s="52"/>
+      <c r="R63" s="52"/>
+      <c r="S63" s="52"/>
     </row>
     <row r="64" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B64" s="45"/>
-[...14 lines deleted...]
-        <v>0.34815211569362614</v>
+      <c r="B64" s="1"/>
+      <c r="C64" s="15"/>
+      <c r="D64" s="15"/>
+      <c r="E64" s="1"/>
+      <c r="F64" s="1"/>
+      <c r="G64" s="54"/>
+      <c r="H64" s="54"/>
+      <c r="I64" s="1"/>
+      <c r="J64" s="25" t="s">
+        <v>95</v>
+      </c>
+      <c r="K64" s="26">
+        <v>12</v>
+      </c>
+      <c r="L64" s="21">
+        <f t="shared" si="1"/>
+        <v>0.36957191253464738</v>
       </c>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
-      <c r="O64" s="22"/>
-[...3 lines deleted...]
-      <c r="S64" s="22"/>
+      <c r="O64" s="52"/>
+      <c r="P64" s="52"/>
+      <c r="Q64" s="52"/>
+      <c r="R64" s="52"/>
+      <c r="S64" s="52"/>
     </row>
     <row r="65" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B65" s="45"/>
-[...14 lines deleted...]
-        <v>0.32137118371719336</v>
+      <c r="B65" s="1"/>
+      <c r="C65" s="15"/>
+      <c r="D65" s="15"/>
+      <c r="E65" s="1"/>
+      <c r="F65" s="1"/>
+      <c r="G65" s="54"/>
+      <c r="H65" s="54"/>
+      <c r="I65" s="1"/>
+      <c r="J65" s="25" t="s">
+        <v>96</v>
+      </c>
+      <c r="K65" s="26">
+        <v>11</v>
+      </c>
+      <c r="L65" s="21">
+        <f t="shared" si="1"/>
+        <v>0.33877425315676007</v>
       </c>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
-      <c r="O65" s="22"/>
-[...3 lines deleted...]
-      <c r="S65" s="22"/>
+      <c r="O65" s="52"/>
+      <c r="P65" s="52"/>
+      <c r="Q65" s="52"/>
+      <c r="R65" s="52"/>
+      <c r="S65" s="52"/>
     </row>
     <row r="66" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B66" s="45"/>
-[...14 lines deleted...]
-        <v>0.32137118371719336</v>
+      <c r="B66" s="1"/>
+      <c r="C66" s="15"/>
+      <c r="D66" s="15"/>
+      <c r="E66" s="1"/>
+      <c r="F66" s="1"/>
+      <c r="G66" s="54"/>
+      <c r="H66" s="54"/>
+      <c r="I66" s="1"/>
+      <c r="J66" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="K66" s="26">
+        <v>11</v>
+      </c>
+      <c r="L66" s="21">
+        <f t="shared" si="1"/>
+        <v>0.33877425315676007</v>
       </c>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
-      <c r="O66" s="22"/>
-[...3 lines deleted...]
-      <c r="S66" s="22"/>
+      <c r="O66" s="52"/>
+      <c r="P66" s="52"/>
+      <c r="Q66" s="52"/>
+      <c r="R66" s="52"/>
+      <c r="S66" s="52"/>
     </row>
     <row r="67" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B67" s="45"/>
-[...14 lines deleted...]
-        <v>0.32137118371719336</v>
+      <c r="B67" s="1"/>
+      <c r="C67" s="15"/>
+      <c r="D67" s="15"/>
+      <c r="E67" s="1"/>
+      <c r="F67" s="1"/>
+      <c r="G67" s="54"/>
+      <c r="H67" s="54"/>
+      <c r="I67" s="1"/>
+      <c r="J67" s="25" t="s">
+        <v>98</v>
+      </c>
+      <c r="K67" s="26">
+        <v>11</v>
+      </c>
+      <c r="L67" s="21">
+        <f t="shared" si="1"/>
+        <v>0.33877425315676007</v>
       </c>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
-      <c r="O67" s="22"/>
-[...3 lines deleted...]
-      <c r="S67" s="22"/>
+      <c r="O67" s="52"/>
+      <c r="P67" s="52"/>
+      <c r="Q67" s="52"/>
+      <c r="R67" s="52"/>
+      <c r="S67" s="52"/>
     </row>
     <row r="68" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B68" s="45"/>
-[...14 lines deleted...]
-        <v>0.32137118371719336</v>
+      <c r="B68" s="1"/>
+      <c r="C68" s="15"/>
+      <c r="D68" s="15"/>
+      <c r="E68" s="1"/>
+      <c r="F68" s="1"/>
+      <c r="G68" s="54"/>
+      <c r="H68" s="54"/>
+      <c r="I68" s="1"/>
+      <c r="J68" s="25" t="s">
+        <v>99</v>
+      </c>
+      <c r="K68" s="26">
+        <v>11</v>
+      </c>
+      <c r="L68" s="21">
+        <f t="shared" si="1"/>
+        <v>0.33877425315676007</v>
       </c>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
-      <c r="O68" s="22"/>
-[...3 lines deleted...]
-      <c r="S68" s="22"/>
+      <c r="O68" s="52"/>
+      <c r="P68" s="52"/>
+      <c r="Q68" s="52"/>
+      <c r="R68" s="52"/>
+      <c r="S68" s="52"/>
     </row>
     <row r="69" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B69" s="45"/>
-[...14 lines deleted...]
-        <v>0.32137118371719336</v>
+      <c r="B69" s="1"/>
+      <c r="C69" s="15"/>
+      <c r="D69" s="15"/>
+      <c r="E69" s="1"/>
+      <c r="F69" s="1"/>
+      <c r="G69" s="54"/>
+      <c r="H69" s="54"/>
+      <c r="I69" s="1"/>
+      <c r="J69" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="K69" s="26">
+        <v>11</v>
+      </c>
+      <c r="L69" s="21">
+        <f t="shared" si="1"/>
+        <v>0.33877425315676007</v>
       </c>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
-      <c r="O69" s="22"/>
-[...3 lines deleted...]
-      <c r="S69" s="22"/>
+      <c r="O69" s="52"/>
+      <c r="P69" s="52"/>
+      <c r="Q69" s="52"/>
+      <c r="R69" s="52"/>
+      <c r="S69" s="52"/>
     </row>
     <row r="70" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B70" s="45"/>
-[...14 lines deleted...]
-        <v>0.29459025174076059</v>
+      <c r="B70" s="1"/>
+      <c r="C70" s="15"/>
+      <c r="D70" s="15"/>
+      <c r="E70" s="1"/>
+      <c r="F70" s="1"/>
+      <c r="G70" s="54"/>
+      <c r="H70" s="54"/>
+      <c r="I70" s="1"/>
+      <c r="J70" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="K70" s="26">
+        <v>10</v>
+      </c>
+      <c r="L70" s="21">
+        <f t="shared" si="1"/>
+        <v>0.30797659377887282</v>
       </c>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
-      <c r="O70" s="22"/>
-[...3 lines deleted...]
-      <c r="S70" s="22"/>
+      <c r="O70" s="52"/>
+      <c r="P70" s="52"/>
+      <c r="Q70" s="52"/>
+      <c r="R70" s="52"/>
+      <c r="S70" s="52"/>
     </row>
     <row r="71" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B71" s="45"/>
-[...14 lines deleted...]
-        <v>0.29459025174076059</v>
+      <c r="B71" s="1"/>
+      <c r="C71" s="15"/>
+      <c r="D71" s="15"/>
+      <c r="E71" s="1"/>
+      <c r="F71" s="1"/>
+      <c r="G71" s="54"/>
+      <c r="H71" s="54"/>
+      <c r="I71" s="1"/>
+      <c r="J71" s="25" t="s">
+        <v>102</v>
+      </c>
+      <c r="K71" s="26">
+        <v>10</v>
+      </c>
+      <c r="L71" s="21">
+        <f t="shared" ref="L71:L72" si="4">K71/K$72*100</f>
+        <v>0.30797659377887282</v>
       </c>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
-      <c r="O71" s="22"/>
-[...3 lines deleted...]
-      <c r="S71" s="22"/>
+      <c r="O71" s="52"/>
+      <c r="P71" s="52"/>
+      <c r="Q71" s="52"/>
+      <c r="R71" s="52"/>
+      <c r="S71" s="52"/>
     </row>
     <row r="72" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B72" s="45"/>
-[...14 lines deleted...]
-        <v>0.29459025174076059</v>
+      <c r="B72" s="1"/>
+      <c r="C72" s="15"/>
+      <c r="D72" s="15"/>
+      <c r="E72" s="1"/>
+      <c r="F72" s="1"/>
+      <c r="G72" s="54"/>
+      <c r="H72" s="54"/>
+      <c r="I72" s="1"/>
+      <c r="J72" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="K72" s="28">
+        <f>SUM(K6:K71)</f>
+        <v>3247</v>
+      </c>
+      <c r="L72" s="28">
+        <f t="shared" si="4"/>
+        <v>100</v>
       </c>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
-      <c r="O72" s="22"/>
-[...3 lines deleted...]
-      <c r="S72" s="22"/>
+      <c r="O72" s="52"/>
+      <c r="P72" s="52"/>
+      <c r="Q72" s="52"/>
+      <c r="R72" s="52"/>
+      <c r="S72" s="52"/>
     </row>
     <row r="73" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B73" s="45"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B73" s="1"/>
+      <c r="C73" s="15"/>
+      <c r="D73" s="15"/>
+      <c r="E73" s="1"/>
+      <c r="F73" s="1"/>
+      <c r="G73" s="54"/>
+      <c r="H73" s="54"/>
+      <c r="I73" s="1"/>
+      <c r="K73"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
-      <c r="O73" s="22"/>
-[...3 lines deleted...]
-      <c r="S73" s="22"/>
+      <c r="O73" s="52"/>
+      <c r="P73" s="52"/>
+      <c r="Q73" s="52"/>
+      <c r="R73" s="52"/>
+      <c r="S73" s="52"/>
     </row>
     <row r="74" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B74" s="45"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B74" s="1"/>
+      <c r="C74" s="15"/>
+      <c r="D74" s="15"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="54"/>
+      <c r="H74" s="54"/>
+      <c r="I74" s="1"/>
+      <c r="K74"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
-      <c r="O74" s="22"/>
-[...3 lines deleted...]
-      <c r="S74" s="22"/>
+      <c r="O74" s="52"/>
+      <c r="P74" s="52"/>
+      <c r="Q74" s="52"/>
+      <c r="R74" s="52"/>
+      <c r="S74" s="52"/>
     </row>
     <row r="75" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B75" s="45"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B75" s="1"/>
+      <c r="C75" s="15"/>
+      <c r="D75" s="15"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="54"/>
+      <c r="H75" s="54"/>
+      <c r="I75" s="1"/>
+      <c r="K75"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
-      <c r="O75" s="22"/>
-[...3 lines deleted...]
-      <c r="S75" s="22"/>
+      <c r="O75" s="52"/>
+      <c r="P75" s="52"/>
+      <c r="Q75" s="52"/>
+      <c r="R75" s="52"/>
+      <c r="S75" s="52"/>
     </row>
     <row r="76" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B76" s="45"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B76" s="1"/>
+      <c r="C76" s="15"/>
+      <c r="D76" s="15"/>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="54"/>
+      <c r="H76" s="54"/>
+      <c r="I76" s="1"/>
+      <c r="K76"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
-      <c r="O76" s="22"/>
-[...3 lines deleted...]
-      <c r="S76" s="22"/>
+      <c r="O76" s="52"/>
+      <c r="P76" s="52"/>
+      <c r="Q76" s="52"/>
+      <c r="R76" s="52"/>
+      <c r="S76" s="52"/>
     </row>
     <row r="77" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B77" s="45"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B77" s="1"/>
+      <c r="C77" s="15"/>
+      <c r="D77" s="15"/>
+      <c r="E77" s="1"/>
+      <c r="F77" s="1"/>
+      <c r="G77" s="54"/>
+      <c r="H77" s="54"/>
+      <c r="I77" s="1"/>
+      <c r="K77"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
-      <c r="O77" s="22"/>
-[...3 lines deleted...]
-      <c r="S77" s="22"/>
+      <c r="O77" s="52"/>
+      <c r="P77" s="52"/>
+      <c r="Q77" s="52"/>
+      <c r="R77" s="52"/>
+      <c r="S77" s="52"/>
     </row>
     <row r="78" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B78" s="45"/>
-[...15 lines deleted...]
-      </c>
+      <c r="B78" s="1"/>
+      <c r="C78" s="15"/>
+      <c r="D78" s="15"/>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="54"/>
+      <c r="H78" s="54"/>
+      <c r="I78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
-      <c r="O78" s="22"/>
-[...3 lines deleted...]
-      <c r="S78" s="22"/>
+      <c r="O78" s="52"/>
+      <c r="P78" s="52"/>
+      <c r="Q78" s="52"/>
+      <c r="R78" s="52"/>
+      <c r="S78" s="52"/>
     </row>
     <row r="79" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B79" s="45"/>
-[...9 lines deleted...]
-      <c r="L79" s="58"/>
+      <c r="B79" s="1"/>
+      <c r="C79" s="15"/>
+      <c r="D79" s="15"/>
+      <c r="E79" s="1"/>
+      <c r="F79" s="1"/>
+      <c r="G79" s="54"/>
+      <c r="H79" s="54"/>
+      <c r="I79" s="1"/>
+      <c r="K79"/>
       <c r="M79" s="1"/>
       <c r="N79" s="1"/>
-      <c r="O79" s="22"/>
-[...3 lines deleted...]
-      <c r="S79" s="22"/>
+      <c r="O79" s="52"/>
+      <c r="P79" s="52"/>
+      <c r="Q79" s="52"/>
+      <c r="R79" s="52"/>
+      <c r="S79" s="52"/>
     </row>
     <row r="80" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B80" s="45"/>
-[...9 lines deleted...]
-      <c r="L80" s="58"/>
+      <c r="B80" s="1"/>
+      <c r="C80" s="15"/>
+      <c r="D80" s="15"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="54"/>
+      <c r="H80" s="54"/>
+      <c r="I80" s="1"/>
+      <c r="K80"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
-      <c r="O80" s="22"/>
-[...3 lines deleted...]
-      <c r="S80" s="22"/>
+      <c r="O80" s="52"/>
+      <c r="P80" s="52"/>
+      <c r="Q80" s="52"/>
+      <c r="R80" s="52"/>
+      <c r="S80" s="52"/>
     </row>
     <row r="81" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B81" s="45"/>
-[...9 lines deleted...]
-      <c r="L81" s="58"/>
+      <c r="B81" s="1"/>
+      <c r="C81" s="15"/>
+      <c r="D81" s="15"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="54"/>
+      <c r="H81" s="54"/>
+      <c r="I81" s="1"/>
+      <c r="K81"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
-      <c r="O81" s="22"/>
-[...3 lines deleted...]
-      <c r="S81" s="22"/>
+      <c r="O81" s="52"/>
+      <c r="P81" s="52"/>
+      <c r="Q81" s="52"/>
+      <c r="R81" s="52"/>
+      <c r="S81" s="52"/>
     </row>
     <row r="82" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B82" s="45"/>
-[...9 lines deleted...]
-      <c r="L82" s="58"/>
+      <c r="B82" s="1"/>
+      <c r="C82" s="15"/>
+      <c r="D82" s="15"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="54"/>
+      <c r="H82" s="54"/>
+      <c r="I82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
-      <c r="O82" s="22"/>
-[...3 lines deleted...]
-      <c r="S82" s="22"/>
+      <c r="O82" s="52"/>
+      <c r="P82" s="52"/>
+      <c r="Q82" s="52"/>
+      <c r="R82" s="52"/>
+      <c r="S82" s="52"/>
     </row>
     <row r="83" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B83" s="58"/>
-[...9 lines deleted...]
-      <c r="L83" s="58"/>
+      <c r="E83" s="1"/>
+      <c r="F83" s="1"/>
+      <c r="G83" s="54"/>
+      <c r="H83" s="54"/>
+      <c r="I83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
-      <c r="O83" s="22"/>
-[...3 lines deleted...]
-      <c r="S83" s="22"/>
+      <c r="O83" s="52"/>
+      <c r="P83" s="52"/>
+      <c r="Q83" s="52"/>
+      <c r="R83" s="52"/>
+      <c r="S83" s="52"/>
     </row>
     <row r="84" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B84" s="58"/>
-[...9 lines deleted...]
-      <c r="L84" s="58"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="54"/>
+      <c r="H84" s="54"/>
+      <c r="I84" s="1"/>
+      <c r="K84"/>
       <c r="M84" s="1"/>
       <c r="N84" s="1"/>
-      <c r="O84" s="22"/>
-[...3 lines deleted...]
-      <c r="S84" s="22"/>
+      <c r="O84" s="52"/>
+      <c r="P84" s="52"/>
+      <c r="Q84" s="52"/>
+      <c r="R84" s="52"/>
+      <c r="S84" s="52"/>
     </row>
     <row r="85" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B85" s="58"/>
-[...9 lines deleted...]
-      <c r="L85" s="58"/>
+      <c r="E85" s="1"/>
+      <c r="F85" s="1"/>
+      <c r="G85" s="54"/>
+      <c r="H85" s="54"/>
+      <c r="I85" s="1"/>
+      <c r="K85"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
-      <c r="O85" s="22"/>
-[...3 lines deleted...]
-      <c r="S85" s="22"/>
+      <c r="O85" s="52"/>
+      <c r="P85" s="52"/>
+      <c r="Q85" s="52"/>
+      <c r="R85" s="52"/>
+      <c r="S85" s="52"/>
     </row>
     <row r="86" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B86" s="58"/>
-[...9 lines deleted...]
-      <c r="L86" s="58"/>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="54"/>
+      <c r="H86" s="54"/>
+      <c r="I86" s="1"/>
+      <c r="K86"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
-      <c r="O86" s="22"/>
-[...3 lines deleted...]
-      <c r="S86" s="22"/>
+      <c r="O86" s="52"/>
+      <c r="P86" s="52"/>
+      <c r="Q86" s="52"/>
+      <c r="R86" s="52"/>
+      <c r="S86" s="52"/>
     </row>
     <row r="87" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B87" s="58"/>
-[...9 lines deleted...]
-      <c r="L87" s="58"/>
+      <c r="E87" s="1"/>
+      <c r="I87" s="1"/>
+      <c r="K87"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
-      <c r="O87" s="22"/>
-[...3 lines deleted...]
-      <c r="S87" s="22"/>
+      <c r="O87" s="52"/>
+      <c r="P87" s="52"/>
+      <c r="Q87" s="52"/>
+      <c r="R87" s="52"/>
+      <c r="S87" s="52"/>
     </row>
     <row r="88" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B88" s="58"/>
-[...9 lines deleted...]
-      <c r="L88" s="58"/>
+      <c r="E88" s="1"/>
+      <c r="I88" s="1"/>
       <c r="M88" s="1"/>
       <c r="N88" s="1"/>
-      <c r="O88" s="22"/>
-[...3 lines deleted...]
-      <c r="S88" s="22"/>
+      <c r="O88" s="52"/>
+      <c r="P88" s="52"/>
+      <c r="Q88" s="52"/>
+      <c r="R88" s="52"/>
+      <c r="S88" s="52"/>
     </row>
     <row r="89" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B89" s="58"/>
-[...9 lines deleted...]
-      <c r="L89" s="58"/>
+      <c r="E89" s="1"/>
+      <c r="I89" s="1"/>
+      <c r="K89"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
-      <c r="O89" s="22"/>
-[...3 lines deleted...]
-      <c r="S89" s="22"/>
+      <c r="O89" s="52"/>
+      <c r="P89" s="52"/>
+      <c r="Q89" s="52"/>
+      <c r="R89" s="52"/>
+      <c r="S89" s="52"/>
     </row>
     <row r="90" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B90" s="58"/>
-[...9 lines deleted...]
-      <c r="L90" s="58"/>
+      <c r="E90" s="1"/>
+      <c r="I90" s="1"/>
+      <c r="K90"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
-      <c r="O90" s="22"/>
-[...3 lines deleted...]
-      <c r="S90" s="22"/>
+      <c r="O90" s="52"/>
+      <c r="P90" s="52"/>
+      <c r="Q90" s="52"/>
+      <c r="R90" s="52"/>
+      <c r="S90" s="52"/>
     </row>
     <row r="91" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B91" s="58"/>
-[...10 lines deleted...]
-      <c r="O91" s="29"/>
+      <c r="K91"/>
+      <c r="O91" s="61"/>
     </row>
     <row r="92" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B92" s="58"/>
-[...10 lines deleted...]
-      <c r="O92" s="29"/>
+      <c r="K92"/>
+      <c r="O92" s="61"/>
     </row>
     <row r="93" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B93" s="58"/>
-[...10 lines deleted...]
-      <c r="O93" s="29"/>
+      <c r="K93"/>
+      <c r="O93" s="61"/>
     </row>
     <row r="94" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B94" s="58"/>
-[...10 lines deleted...]
-      <c r="O94" s="29"/>
+      <c r="K94"/>
+      <c r="O94" s="61"/>
     </row>
     <row r="95" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B95" s="58"/>
-[...10 lines deleted...]
-      <c r="O95" s="29"/>
+      <c r="K95"/>
+      <c r="O95" s="61"/>
     </row>
     <row r="96" spans="2:19" ht="12" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B96" s="58"/>
-[...481 lines deleted...]
-      <c r="O132" s="29"/>
+      <c r="K96"/>
+      <c r="O96" s="61"/>
+    </row>
+    <row r="97" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K97"/>
+      <c r="O97" s="61"/>
+    </row>
+    <row r="98" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K98"/>
+      <c r="O98" s="61"/>
+    </row>
+    <row r="99" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K99"/>
+      <c r="O99" s="61"/>
+    </row>
+    <row r="100" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K100"/>
+      <c r="O100" s="61"/>
+    </row>
+    <row r="101" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K101"/>
+      <c r="O101" s="61"/>
+    </row>
+    <row r="102" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K102"/>
+      <c r="O102" s="61"/>
+    </row>
+    <row r="103" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K103"/>
+      <c r="O103" s="61"/>
+    </row>
+    <row r="104" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K104"/>
+      <c r="O104" s="61"/>
+    </row>
+    <row r="105" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K105"/>
+      <c r="O105" s="61"/>
+    </row>
+    <row r="106" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K106"/>
+      <c r="O106" s="61"/>
+    </row>
+    <row r="107" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K107"/>
+      <c r="O107" s="61"/>
+    </row>
+    <row r="108" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K108"/>
+      <c r="O108" s="61"/>
+    </row>
+    <row r="109" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K109"/>
+      <c r="O109" s="61"/>
+    </row>
+    <row r="110" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K110"/>
+      <c r="O110" s="61"/>
+    </row>
+    <row r="111" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K111"/>
+      <c r="O111" s="61"/>
+    </row>
+    <row r="112" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K112"/>
+      <c r="O112" s="61"/>
+    </row>
+    <row r="113" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K113"/>
+      <c r="O113" s="61"/>
+    </row>
+    <row r="114" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K114"/>
+      <c r="O114" s="61"/>
+    </row>
+    <row r="115" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K115"/>
+      <c r="O115" s="61"/>
+    </row>
+    <row r="116" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K116"/>
+      <c r="O116" s="61"/>
+    </row>
+    <row r="117" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K117"/>
+      <c r="O117" s="61"/>
+    </row>
+    <row r="118" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K118"/>
+      <c r="O118" s="61"/>
+    </row>
+    <row r="119" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K119"/>
+      <c r="O119" s="61"/>
+    </row>
+    <row r="120" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K120"/>
+      <c r="O120" s="61"/>
+    </row>
+    <row r="121" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K121"/>
+      <c r="O121" s="61"/>
+    </row>
+    <row r="122" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K122"/>
+      <c r="O122" s="61"/>
+    </row>
+    <row r="123" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="K123"/>
+      <c r="O123" s="61"/>
+    </row>
+    <row r="124" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O124" s="61"/>
+    </row>
+    <row r="125" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O125" s="61"/>
+    </row>
+    <row r="126" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O126" s="61"/>
+    </row>
+    <row r="127" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O127" s="61"/>
+    </row>
+    <row r="128" spans="11:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O128" s="61"/>
+    </row>
+    <row r="129" spans="15:15" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O129" s="61"/>
+    </row>
+    <row r="130" spans="15:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O130" s="61"/>
+    </row>
+    <row r="131" spans="15:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O131" s="61"/>
+    </row>
+    <row r="132" spans="15:15" x14ac:dyDescent="0.35">
+      <c r="O132" s="61"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="B1:L1"/>
     <mergeCell ref="N1:N5"/>
     <mergeCell ref="P1:R2"/>
     <mergeCell ref="B2:L2"/>
     <mergeCell ref="B57:D58"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="62" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A11290085</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024 Asylum-seekers</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-08-30T01:27:08Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2024-08-30T01:33:42Z</value>
+      <value order="0">2025-11-13T01:30:02Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2024-10-02T05:48:19Z</value>
+      <value order="0">2025-11-13T01:30:02Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA14274286</value>
+      <value order="0">vA15855460</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">5.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">1</value>
+      <value order="0">5</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">First version</value>
+      <value order="0">updated data</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
@@ -12620,133 +10514,133 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="12" baseType="lpstr">
-      <vt:lpstr>Age &amp; Gender June 2024</vt:lpstr>
-[...10 lines deleted...]
-      <vt:lpstr>'Suburb June 2024'!Print_Area</vt:lpstr>
+      <vt:lpstr>Age &amp; Gender June 2025</vt:lpstr>
+      <vt:lpstr>Citizenship June 2025</vt:lpstr>
+      <vt:lpstr>Suburb June 2025</vt:lpstr>
+      <vt:lpstr>Municipality June 2025</vt:lpstr>
+      <vt:lpstr>Change June 2025</vt:lpstr>
+      <vt:lpstr>All Results June 2025</vt:lpstr>
+      <vt:lpstr>'Age &amp; Gender June 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'All Results June 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Change June 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Citizenship June 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Municipality June 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Suburb June 2025'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hayden Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A11290085</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024 Asylum-seekers</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-08-30T01:27:08Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2024-08-30T01:33:42Z</vt:filetime>
+    <vt:filetime>2025-11-13T01:30:02Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2024-10-02T05:48:19Z</vt:filetime>
+    <vt:filetime>2025-11-13T01:30:02Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA14274286</vt:lpwstr>
+    <vt:lpwstr>vA15855460</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>5.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>1</vt:r8>
+    <vt:r8>5</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>First version</vt:lpwstr>
+    <vt:lpwstr>updated data</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>