--- v1 (2025-11-29)
+++ v2 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4fe9f31b3b5f4adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re2e174d0f96a4624" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{764489E7-AEDE-480D-A114-1F9559AA5C5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{91F0EC08-FCBA-4BA6-BFFA-38F4FE02A708}"/>
   </bookViews>
   <sheets>
     <sheet name="Age &amp; Gender June 2025" sheetId="1" r:id="rId1"/>
     <sheet name="Citizenship June 2025" sheetId="2" r:id="rId2"/>
     <sheet name="Suburb June 2025" sheetId="3" r:id="rId3"/>
     <sheet name="Municipality June 2025" sheetId="4" r:id="rId4"/>
     <sheet name="Change June 2025" sheetId="5" r:id="rId5"/>
     <sheet name="All Results June 2025" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender June 2025'!$A$1:$L$36</definedName>
@@ -1417,51 +1417,51 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{E7FEB887-68A6-4248-A4C2-006508EA5A09}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R81171492ff664147" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra5417f001f1449bf" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>