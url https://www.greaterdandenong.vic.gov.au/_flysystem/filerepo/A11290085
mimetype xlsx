--- v2 (2025-12-15)
+++ v3 (2026-01-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re2e174d0f96a4624" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R434d396cb4914b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{764489E7-AEDE-480D-A114-1F9559AA5C5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{91F0EC08-FCBA-4BA6-BFFA-38F4FE02A708}"/>
   </bookViews>
   <sheets>
     <sheet name="Age &amp; Gender June 2025" sheetId="1" r:id="rId1"/>
     <sheet name="Citizenship June 2025" sheetId="2" r:id="rId2"/>
     <sheet name="Suburb June 2025" sheetId="3" r:id="rId3"/>
     <sheet name="Municipality June 2025" sheetId="4" r:id="rId4"/>
     <sheet name="Change June 2025" sheetId="5" r:id="rId5"/>
     <sheet name="All Results June 2025" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender June 2025'!$A$1:$L$36</definedName>
@@ -1417,51 +1417,51 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{E7FEB887-68A6-4248-A4C2-006508EA5A09}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra5417f001f1449bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf8bd17100de5491d" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>