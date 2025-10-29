--- v0 (2025-10-05)
+++ v1 (2025-10-29)
@@ -1660,51 +1660,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F948B8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R645165f692814d6d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R8f3380e2868a4bfc" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>