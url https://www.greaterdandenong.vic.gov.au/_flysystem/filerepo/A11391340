--- v1 (2025-10-29)
+++ v2 (2025-11-24)
@@ -1660,51 +1660,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F948B8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R8f3380e2868a4bfc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rca0a3bc6307d4f8f" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>