--- v2 (2025-11-24)
+++ v3 (2025-12-18)
@@ -1660,51 +1660,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F948B8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rca0a3bc6307d4f8f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc708154a430a4a3c" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>