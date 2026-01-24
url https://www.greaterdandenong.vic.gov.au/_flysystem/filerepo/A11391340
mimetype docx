--- v3 (2025-12-18)
+++ v4 (2026-01-24)
@@ -1660,51 +1660,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F948B8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc708154a430a4a3c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R4f43b8c0dd464081" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>