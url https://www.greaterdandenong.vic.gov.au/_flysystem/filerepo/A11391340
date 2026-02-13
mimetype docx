--- v4 (2026-01-24)
+++ v5 (2026-02-13)
@@ -1660,51 +1660,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F948B8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R4f43b8c0dd464081" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R71dce78554fd42b5" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>