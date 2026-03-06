--- v5 (2026-02-13)
+++ v6 (2026-03-06)
@@ -1660,51 +1660,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F948B8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R71dce78554fd42b5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R44a569fb79604130" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>