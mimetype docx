--- v6 (2026-03-06)
+++ v7 (2026-03-26)
@@ -1660,51 +1660,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00F948B8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R44a569fb79604130" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R53a3ce4d1f9b4f39" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>