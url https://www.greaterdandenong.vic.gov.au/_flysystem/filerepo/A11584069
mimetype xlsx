--- v0 (2025-10-07)
+++ v1 (2025-11-18)
@@ -1,293 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R60651f82e25f4756" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re9a06448070245f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ ~Objective\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E2C0551-D20E-4193-9888-76D4EDB52826}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{90D12650-8123-4E41-AF02-693721DAB110}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2004 to 2014" sheetId="1" state="hidden" r:id="rId1"/>
-    <sheet name="1989 to 2023" sheetId="2" r:id="rId2"/>
-    <sheet name="EGM and other G Losses 2023" sheetId="3" r:id="rId3"/>
+    <sheet name="1989 to 2024" sheetId="2" r:id="rId2"/>
+    <sheet name="EGM and other G Losses 2025" sheetId="3" r:id="rId3"/>
     <sheet name="Govt Revenue" sheetId="7" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'1989 to 2023'!$B$1:$AM$84</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'1989 to 2024'!$B$1:$AN$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2004 to 2014'!$B$1:$H$13</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'EGM and other G Losses 2023'!$B$1:$G$85</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'EGM and other G Losses 2025'!$B$1:$G$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Govt Revenue'!$B$1:$T$61</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="AB34" i="2" l="1"/>
-[...174 lines deleted...]
-  <c r="E6" i="3" l="1"/>
+  <c r="D85" i="3" l="1"/>
+  <c r="E85" i="3"/>
+  <c r="F85" i="3"/>
+  <c r="G85" i="3"/>
+  <c r="C85" i="3"/>
+  <c r="G5" i="3" l="1"/>
+  <c r="C84" i="3"/>
+  <c r="E84" i="3" s="1"/>
+  <c r="E6" i="3"/>
   <c r="E7" i="3"/>
   <c r="E8" i="3"/>
   <c r="E9" i="3"/>
   <c r="E10" i="3"/>
   <c r="E11" i="3"/>
   <c r="E12" i="3"/>
   <c r="E13" i="3"/>
   <c r="E14" i="3"/>
   <c r="E15" i="3"/>
   <c r="E16" i="3"/>
   <c r="E17" i="3"/>
   <c r="E18" i="3"/>
   <c r="E19" i="3"/>
   <c r="E20" i="3"/>
   <c r="E21" i="3"/>
   <c r="E22" i="3"/>
   <c r="E23" i="3"/>
   <c r="E24" i="3"/>
   <c r="E25" i="3"/>
   <c r="E26" i="3"/>
   <c r="E27" i="3"/>
   <c r="E28" i="3"/>
   <c r="E29" i="3"/>
   <c r="E30" i="3"/>
   <c r="E31" i="3"/>
@@ -321,367 +155,551 @@
   <c r="E59" i="3"/>
   <c r="E60" i="3"/>
   <c r="E61" i="3"/>
   <c r="E62" i="3"/>
   <c r="E63" i="3"/>
   <c r="E64" i="3"/>
   <c r="E65" i="3"/>
   <c r="E66" i="3"/>
   <c r="E67" i="3"/>
   <c r="E68" i="3"/>
   <c r="E69" i="3"/>
   <c r="E70" i="3"/>
   <c r="E71" i="3"/>
   <c r="E72" i="3"/>
   <c r="E73" i="3"/>
   <c r="E74" i="3"/>
   <c r="E75" i="3"/>
   <c r="E76" i="3"/>
   <c r="E77" i="3"/>
   <c r="E78" i="3"/>
   <c r="E79" i="3"/>
   <c r="E80" i="3"/>
   <c r="E81" i="3"/>
   <c r="E82" i="3"/>
   <c r="E83" i="3"/>
-  <c r="E84" i="3"/>
-  <c r="E85" i="3"/>
   <c r="E5" i="3"/>
-  <c r="D5" i="3" s="1"/>
-[...24 lines deleted...]
-  <c r="L7" i="2"/>
+  <c r="D5" i="3" l="1"/>
+  <c r="Q11" i="2" l="1"/>
   <c r="L6" i="2"/>
-  <c r="K6" i="2"/>
+  <c r="X41" i="2"/>
+  <c r="Y41" i="2"/>
+  <c r="Z41" i="2"/>
+  <c r="AA41" i="2"/>
+  <c r="AB41" i="2"/>
+  <c r="W41" i="2"/>
+  <c r="W36" i="2"/>
+  <c r="X36" i="2"/>
+  <c r="Y36" i="2"/>
+  <c r="Z36" i="2"/>
+  <c r="AA36" i="2"/>
+  <c r="AB36" i="2"/>
+  <c r="W35" i="2"/>
+  <c r="F66" i="2"/>
+  <c r="C47" i="2"/>
+  <c r="D47" i="2"/>
+  <c r="E47" i="2"/>
+  <c r="F47" i="2"/>
+  <c r="G47" i="2"/>
   <c r="H47" i="2"/>
+  <c r="C48" i="2"/>
+  <c r="D48" i="2"/>
+  <c r="E48" i="2"/>
+  <c r="F48" i="2"/>
+  <c r="G48" i="2"/>
   <c r="H48" i="2"/>
+  <c r="C49" i="2"/>
+  <c r="D49" i="2"/>
+  <c r="E49" i="2"/>
+  <c r="F49" i="2"/>
+  <c r="G49" i="2"/>
   <c r="H49" i="2"/>
+  <c r="C50" i="2"/>
+  <c r="D50" i="2"/>
+  <c r="E50" i="2"/>
+  <c r="F50" i="2"/>
+  <c r="G50" i="2"/>
   <c r="H50" i="2"/>
+  <c r="C51" i="2"/>
+  <c r="D51" i="2"/>
+  <c r="E51" i="2"/>
+  <c r="F51" i="2"/>
+  <c r="G51" i="2"/>
   <c r="H51" i="2"/>
+  <c r="C52" i="2"/>
+  <c r="D52" i="2"/>
+  <c r="E52" i="2"/>
+  <c r="F52" i="2"/>
+  <c r="G52" i="2"/>
   <c r="H52" i="2"/>
+  <c r="C53" i="2"/>
+  <c r="D53" i="2"/>
+  <c r="E53" i="2"/>
+  <c r="F53" i="2"/>
+  <c r="G53" i="2"/>
   <c r="H53" i="2"/>
+  <c r="C54" i="2"/>
+  <c r="D54" i="2"/>
+  <c r="E54" i="2"/>
+  <c r="F54" i="2"/>
+  <c r="G54" i="2"/>
   <c r="H54" i="2"/>
+  <c r="C55" i="2"/>
+  <c r="D55" i="2"/>
+  <c r="E55" i="2"/>
+  <c r="F55" i="2"/>
+  <c r="G55" i="2"/>
   <c r="H55" i="2"/>
+  <c r="C56" i="2"/>
+  <c r="D56" i="2"/>
+  <c r="E56" i="2"/>
+  <c r="F56" i="2"/>
+  <c r="G56" i="2"/>
   <c r="H56" i="2"/>
+  <c r="C57" i="2"/>
+  <c r="D57" i="2"/>
+  <c r="E57" i="2"/>
+  <c r="F57" i="2"/>
+  <c r="G57" i="2"/>
   <c r="H57" i="2"/>
+  <c r="C58" i="2"/>
+  <c r="D58" i="2"/>
+  <c r="E58" i="2"/>
+  <c r="F58" i="2"/>
+  <c r="G58" i="2"/>
   <c r="H58" i="2"/>
+  <c r="C59" i="2"/>
+  <c r="D59" i="2"/>
+  <c r="E59" i="2"/>
+  <c r="F59" i="2"/>
+  <c r="G59" i="2"/>
   <c r="H59" i="2"/>
+  <c r="C60" i="2"/>
+  <c r="D60" i="2"/>
+  <c r="E60" i="2"/>
+  <c r="F60" i="2"/>
+  <c r="G60" i="2"/>
   <c r="H60" i="2"/>
+  <c r="C61" i="2"/>
+  <c r="D61" i="2"/>
+  <c r="E61" i="2"/>
+  <c r="F61" i="2"/>
+  <c r="G61" i="2"/>
   <c r="H61" i="2"/>
+  <c r="C62" i="2"/>
+  <c r="D62" i="2"/>
+  <c r="E62" i="2"/>
+  <c r="F62" i="2"/>
+  <c r="G62" i="2"/>
   <c r="H62" i="2"/>
+  <c r="C63" i="2"/>
+  <c r="D63" i="2"/>
+  <c r="E63" i="2"/>
+  <c r="F63" i="2"/>
+  <c r="G63" i="2"/>
   <c r="H63" i="2"/>
+  <c r="C64" i="2"/>
+  <c r="D64" i="2"/>
+  <c r="E64" i="2"/>
+  <c r="F64" i="2"/>
+  <c r="G64" i="2"/>
   <c r="H64" i="2"/>
+  <c r="C65" i="2"/>
+  <c r="D65" i="2"/>
+  <c r="E65" i="2"/>
+  <c r="F65" i="2"/>
+  <c r="G65" i="2"/>
   <c r="H65" i="2"/>
+  <c r="C66" i="2"/>
+  <c r="D66" i="2"/>
+  <c r="E66" i="2"/>
+  <c r="G66" i="2"/>
   <c r="H66" i="2"/>
+  <c r="C67" i="2"/>
+  <c r="D67" i="2"/>
+  <c r="E67" i="2"/>
+  <c r="F67" i="2"/>
+  <c r="G67" i="2"/>
   <c r="H67" i="2"/>
+  <c r="C68" i="2"/>
+  <c r="D68" i="2"/>
+  <c r="E68" i="2"/>
+  <c r="F68" i="2"/>
+  <c r="G68" i="2"/>
   <c r="H68" i="2"/>
+  <c r="C69" i="2"/>
+  <c r="D69" i="2"/>
+  <c r="E69" i="2"/>
+  <c r="F69" i="2"/>
+  <c r="G69" i="2"/>
   <c r="H69" i="2"/>
+  <c r="C70" i="2"/>
+  <c r="D70" i="2"/>
+  <c r="E70" i="2"/>
+  <c r="F70" i="2"/>
+  <c r="G70" i="2"/>
   <c r="H70" i="2"/>
+  <c r="C71" i="2"/>
+  <c r="D71" i="2"/>
+  <c r="E71" i="2"/>
+  <c r="F71" i="2"/>
+  <c r="G71" i="2"/>
   <c r="H71" i="2"/>
+  <c r="C72" i="2"/>
+  <c r="D72" i="2"/>
+  <c r="E72" i="2"/>
+  <c r="F72" i="2"/>
+  <c r="G72" i="2"/>
   <c r="H72" i="2"/>
+  <c r="C73" i="2"/>
+  <c r="D73" i="2"/>
+  <c r="E73" i="2"/>
+  <c r="F73" i="2"/>
+  <c r="G73" i="2"/>
   <c r="H73" i="2"/>
+  <c r="C74" i="2"/>
+  <c r="D74" i="2"/>
+  <c r="E74" i="2"/>
+  <c r="F74" i="2"/>
+  <c r="G74" i="2"/>
   <c r="H74" i="2"/>
+  <c r="C75" i="2"/>
+  <c r="D75" i="2"/>
+  <c r="E75" i="2"/>
+  <c r="F75" i="2"/>
+  <c r="G75" i="2"/>
   <c r="H75" i="2"/>
+  <c r="C76" i="2"/>
+  <c r="D76" i="2"/>
+  <c r="E76" i="2"/>
+  <c r="F76" i="2"/>
+  <c r="G76" i="2"/>
   <c r="H76" i="2"/>
+  <c r="C77" i="2"/>
+  <c r="D77" i="2"/>
+  <c r="E77" i="2"/>
+  <c r="F77" i="2"/>
+  <c r="G77" i="2"/>
   <c r="H77" i="2"/>
+  <c r="C78" i="2"/>
+  <c r="D78" i="2"/>
+  <c r="E78" i="2"/>
+  <c r="F78" i="2"/>
+  <c r="G78" i="2"/>
   <c r="H78" i="2"/>
+  <c r="C79" i="2"/>
+  <c r="D79" i="2"/>
+  <c r="E79" i="2"/>
+  <c r="F79" i="2"/>
+  <c r="G79" i="2"/>
   <c r="H79" i="2"/>
+  <c r="C80" i="2"/>
+  <c r="D80" i="2"/>
+  <c r="E80" i="2"/>
+  <c r="F80" i="2"/>
+  <c r="G80" i="2"/>
+  <c r="H80" i="2"/>
+  <c r="D46" i="2"/>
+  <c r="E46" i="2"/>
+  <c r="F46" i="2"/>
+  <c r="G46" i="2"/>
   <c r="H46" i="2"/>
-  <c r="G47" i="2"/>
-[...134 lines deleted...]
-  <c r="D46" i="2"/>
   <c r="C46" i="2"/>
-  <c r="C47" i="2"/>
-[...41 lines deleted...]
-  <c r="H12" i="2"/>
   <c r="H13" i="2"/>
   <c r="H14" i="2"/>
   <c r="H15" i="2"/>
   <c r="H16" i="2"/>
   <c r="H17" i="2"/>
   <c r="H18" i="2"/>
   <c r="H19" i="2"/>
   <c r="H20" i="2"/>
   <c r="H21" i="2"/>
   <c r="H22" i="2"/>
   <c r="H23" i="2"/>
   <c r="H24" i="2"/>
   <c r="H25" i="2"/>
   <c r="H26" i="2"/>
   <c r="H27" i="2"/>
   <c r="H28" i="2"/>
   <c r="H29" i="2"/>
   <c r="H30" i="2"/>
   <c r="H31" i="2"/>
   <c r="H32" i="2"/>
   <c r="H33" i="2"/>
   <c r="H34" i="2"/>
   <c r="H35" i="2"/>
   <c r="H36" i="2"/>
+  <c r="H37" i="2"/>
+  <c r="H38" i="2"/>
+  <c r="H39" i="2"/>
+  <c r="H40" i="2"/>
+  <c r="H41" i="2"/>
+  <c r="N7" i="2"/>
+  <c r="N6" i="2"/>
+  <c r="L10" i="2"/>
+  <c r="L9" i="2"/>
+  <c r="L8" i="2"/>
+  <c r="L7" i="2"/>
+  <c r="P6" i="2"/>
+  <c r="N11" i="2"/>
+  <c r="N10" i="2"/>
+  <c r="N9" i="2"/>
+  <c r="N8" i="2"/>
+  <c r="Q6" i="2" l="1"/>
+  <c r="S6" i="2" s="1"/>
+  <c r="W10" i="2"/>
+  <c r="W9" i="2"/>
+  <c r="W8" i="2"/>
+  <c r="X8" i="2"/>
+  <c r="Y8" i="2"/>
+  <c r="Z8" i="2"/>
+  <c r="AA8" i="2"/>
+  <c r="AB8" i="2"/>
+  <c r="X9" i="2"/>
+  <c r="Y9" i="2"/>
+  <c r="Z9" i="2"/>
+  <c r="AA9" i="2"/>
+  <c r="X10" i="2"/>
+  <c r="Y10" i="2"/>
+  <c r="Z10" i="2"/>
+  <c r="AA10" i="2"/>
+  <c r="X11" i="2"/>
+  <c r="Y11" i="2"/>
+  <c r="Z11" i="2"/>
+  <c r="AA11" i="2"/>
+  <c r="X12" i="2"/>
+  <c r="Y12" i="2"/>
+  <c r="Z12" i="2"/>
+  <c r="AA12" i="2"/>
+  <c r="X13" i="2"/>
+  <c r="Y13" i="2"/>
+  <c r="Z13" i="2"/>
+  <c r="AA13" i="2"/>
+  <c r="X14" i="2"/>
+  <c r="Y14" i="2"/>
+  <c r="Z14" i="2"/>
+  <c r="AA14" i="2"/>
+  <c r="X15" i="2"/>
+  <c r="Y15" i="2"/>
+  <c r="Z15" i="2"/>
+  <c r="AA15" i="2"/>
+  <c r="X16" i="2"/>
+  <c r="Y16" i="2"/>
+  <c r="Z16" i="2"/>
+  <c r="AA16" i="2"/>
+  <c r="X17" i="2"/>
+  <c r="Y17" i="2"/>
+  <c r="Z17" i="2"/>
+  <c r="AA17" i="2"/>
+  <c r="X18" i="2"/>
+  <c r="Y18" i="2"/>
+  <c r="Z18" i="2"/>
+  <c r="AA18" i="2"/>
+  <c r="X19" i="2"/>
+  <c r="Y19" i="2"/>
+  <c r="Z19" i="2"/>
+  <c r="AA19" i="2"/>
+  <c r="X20" i="2"/>
+  <c r="Y20" i="2"/>
+  <c r="Z20" i="2"/>
+  <c r="AA20" i="2"/>
+  <c r="X21" i="2"/>
+  <c r="Y21" i="2"/>
+  <c r="Z21" i="2"/>
+  <c r="AA21" i="2"/>
+  <c r="X22" i="2"/>
+  <c r="Y22" i="2"/>
+  <c r="Z22" i="2"/>
+  <c r="AA22" i="2"/>
+  <c r="X23" i="2"/>
+  <c r="Y23" i="2"/>
+  <c r="Z23" i="2"/>
+  <c r="AA23" i="2"/>
+  <c r="X24" i="2"/>
+  <c r="Y24" i="2"/>
+  <c r="Z24" i="2"/>
+  <c r="AA24" i="2"/>
+  <c r="X25" i="2"/>
+  <c r="Y25" i="2"/>
+  <c r="Z25" i="2"/>
+  <c r="AA25" i="2"/>
+  <c r="X26" i="2"/>
+  <c r="Y26" i="2"/>
+  <c r="Z26" i="2"/>
+  <c r="AA26" i="2"/>
+  <c r="X27" i="2"/>
+  <c r="Y27" i="2"/>
+  <c r="Z27" i="2"/>
+  <c r="AA27" i="2"/>
+  <c r="X28" i="2"/>
+  <c r="Y28" i="2"/>
+  <c r="Z28" i="2"/>
+  <c r="AA28" i="2"/>
+  <c r="X29" i="2"/>
+  <c r="Y29" i="2"/>
+  <c r="Z29" i="2"/>
+  <c r="AA29" i="2"/>
+  <c r="X30" i="2"/>
+  <c r="Y30" i="2"/>
+  <c r="Z30" i="2"/>
+  <c r="AA30" i="2"/>
+  <c r="X31" i="2"/>
+  <c r="Y31" i="2"/>
+  <c r="Z31" i="2"/>
+  <c r="AA31" i="2"/>
+  <c r="X32" i="2"/>
+  <c r="Y32" i="2"/>
+  <c r="Z32" i="2"/>
+  <c r="AA32" i="2"/>
+  <c r="X33" i="2"/>
+  <c r="Y33" i="2"/>
+  <c r="Z33" i="2"/>
+  <c r="AA33" i="2"/>
+  <c r="W11" i="2"/>
+  <c r="W12" i="2"/>
+  <c r="W13" i="2"/>
+  <c r="W14" i="2"/>
+  <c r="W15" i="2"/>
+  <c r="W16" i="2"/>
+  <c r="W17" i="2"/>
+  <c r="W18" i="2"/>
+  <c r="W19" i="2"/>
+  <c r="W20" i="2"/>
+  <c r="W21" i="2"/>
+  <c r="W22" i="2"/>
+  <c r="W23" i="2"/>
+  <c r="W24" i="2"/>
+  <c r="W25" i="2"/>
+  <c r="W26" i="2"/>
+  <c r="W27" i="2"/>
+  <c r="W28" i="2"/>
+  <c r="W29" i="2"/>
+  <c r="W30" i="2"/>
+  <c r="W31" i="2"/>
+  <c r="W32" i="2"/>
+  <c r="W33" i="2"/>
+  <c r="K5" i="7" l="1"/>
+  <c r="P10" i="2" l="1"/>
+  <c r="L11" i="2"/>
+  <c r="M6" i="2" s="1"/>
+  <c r="K11" i="2"/>
+  <c r="P9" i="2"/>
+  <c r="P8" i="2"/>
+  <c r="K6" i="2"/>
+  <c r="AB9" i="2"/>
+  <c r="AB10" i="2"/>
+  <c r="AB11" i="2"/>
+  <c r="AB12" i="2"/>
+  <c r="AB13" i="2"/>
+  <c r="AB14" i="2"/>
+  <c r="AB15" i="2"/>
+  <c r="AB16" i="2"/>
+  <c r="AB17" i="2"/>
+  <c r="AB18" i="2"/>
+  <c r="AB19" i="2"/>
+  <c r="AB20" i="2"/>
+  <c r="AB21" i="2"/>
+  <c r="AB22" i="2"/>
+  <c r="AB23" i="2"/>
+  <c r="AB24" i="2"/>
+  <c r="AB25" i="2"/>
+  <c r="AB26" i="2"/>
+  <c r="AB27" i="2"/>
+  <c r="AB28" i="2"/>
+  <c r="AB29" i="2"/>
+  <c r="AB30" i="2"/>
+  <c r="AB31" i="2"/>
+  <c r="AB32" i="2"/>
+  <c r="AB33" i="2"/>
+  <c r="AA34" i="2"/>
+  <c r="AA35" i="2"/>
+  <c r="Z34" i="2"/>
+  <c r="Z35" i="2"/>
+  <c r="Y34" i="2"/>
+  <c r="Y35" i="2"/>
+  <c r="X34" i="2"/>
+  <c r="X35" i="2"/>
+  <c r="W34" i="2"/>
+  <c r="AB34" i="2"/>
+  <c r="AB35" i="2"/>
+  <c r="H7" i="2"/>
+  <c r="H8" i="2"/>
+  <c r="H9" i="2"/>
+  <c r="H10" i="2"/>
+  <c r="H11" i="2"/>
+  <c r="H12" i="2"/>
   <c r="H6" i="2"/>
-  <c r="C45" i="2" l="1"/>
+  <c r="P11" i="2" l="1"/>
+  <c r="O8" i="2"/>
+  <c r="O6" i="2"/>
+  <c r="P7" i="2"/>
+  <c r="O7" i="2"/>
+  <c r="C45" i="2"/>
   <c r="D45" i="2"/>
   <c r="E45" i="2"/>
   <c r="F45" i="2"/>
   <c r="G45" i="2"/>
   <c r="H45" i="2"/>
   <c r="R7" i="2"/>
   <c r="R8" i="2"/>
   <c r="R9" i="2"/>
   <c r="R10" i="2"/>
   <c r="R6" i="2"/>
   <c r="Q10" i="2"/>
   <c r="S10" i="2" s="1"/>
   <c r="K10" i="2"/>
   <c r="K9" i="2"/>
   <c r="K8" i="2"/>
   <c r="K7" i="2"/>
   <c r="D39" i="7"/>
   <c r="E39" i="7"/>
   <c r="F39" i="7"/>
   <c r="G39" i="7"/>
   <c r="H39" i="7"/>
   <c r="I39" i="7"/>
   <c r="J39" i="7"/>
   <c r="C39" i="7"/>
   <c r="I38" i="7"/>
   <c r="D38" i="7"/>
   <c r="E38" i="7"/>
   <c r="F38" i="7"/>
   <c r="G38" i="7"/>
   <c r="H38" i="7"/>
   <c r="J38" i="7"/>
   <c r="K38" i="7"/>
   <c r="C38" i="7"/>
   <c r="Q8" i="2" l="1"/>
   <c r="S8" i="2" s="1"/>
   <c r="Q9" i="2"/>
   <c r="S9" i="2" s="1"/>
   <c r="O10" i="2"/>
   <c r="O9" i="2" l="1"/>
   <c r="O11" i="2" s="1"/>
   <c r="K39" i="7" l="1"/>
-  <c r="G5" i="3" l="1"/>
   <c r="Q7" i="2" l="1"/>
   <c r="S7" i="2" s="1"/>
   <c r="G84" i="3"/>
-  <c r="G85" i="3"/>
   <c r="G7" i="3"/>
   <c r="G8" i="3"/>
   <c r="G9" i="3"/>
   <c r="G10" i="3"/>
   <c r="G11" i="3"/>
   <c r="G12" i="3"/>
   <c r="G13" i="3"/>
   <c r="G14" i="3"/>
   <c r="G15" i="3"/>
   <c r="G16" i="3"/>
   <c r="G17" i="3"/>
   <c r="G18" i="3"/>
   <c r="G19" i="3"/>
   <c r="G20" i="3"/>
   <c r="G21" i="3"/>
   <c r="G22" i="3"/>
   <c r="G23" i="3"/>
   <c r="G24" i="3"/>
   <c r="G25" i="3"/>
   <c r="G26" i="3"/>
   <c r="G27" i="3"/>
   <c r="G28" i="3"/>
   <c r="G29" i="3"/>
   <c r="G30" i="3"/>
   <c r="G31" i="3"/>
@@ -800,51 +818,50 @@
   <c r="D28" i="3"/>
   <c r="D27" i="3"/>
   <c r="D26" i="3"/>
   <c r="D25" i="3"/>
   <c r="D24" i="3"/>
   <c r="D23" i="3"/>
   <c r="D22" i="3"/>
   <c r="D21" i="3"/>
   <c r="D20" i="3"/>
   <c r="D19" i="3"/>
   <c r="D18" i="3"/>
   <c r="D17" i="3"/>
   <c r="D16" i="3"/>
   <c r="D15" i="3"/>
   <c r="D14" i="3"/>
   <c r="D13" i="3"/>
   <c r="D12" i="3"/>
   <c r="D11" i="3"/>
   <c r="D10" i="3"/>
   <c r="D9" i="3"/>
   <c r="D8" i="3"/>
   <c r="D7" i="3"/>
   <c r="D6" i="3"/>
   <c r="H6" i="1"/>
   <c r="M11" i="2" l="1"/>
-  <c r="D85" i="3"/>
   <c r="D84" i="3"/>
   <c r="H7" i="1"/>
   <c r="H8" i="1"/>
   <c r="H9" i="1"/>
   <c r="E10" i="1"/>
   <c r="G10" i="1" s="1"/>
   <c r="C10" i="1"/>
   <c r="D10" i="1" s="1"/>
   <c r="D6" i="1" l="1"/>
   <c r="D8" i="1"/>
   <c r="H10" i="1"/>
   <c r="D7" i="1"/>
   <c r="G9" i="1"/>
   <c r="G8" i="1"/>
   <c r="D9" i="1"/>
   <c r="G7" i="1"/>
   <c r="G6" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>hbrown</author>
   </authors>
@@ -855,51 +872,51 @@
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Estimate is calculated as the EGM losses multiplied by the ratio of all legal gambling losses [lotto, keno, instant lotteries, racing, pools, racing, EGMs] to EGM losses</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="279" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="198">
   <si>
     <t>Egms</t>
   </si>
   <si>
     <t>Casino</t>
   </si>
   <si>
     <t>Lotteries &amp; Keno</t>
   </si>
   <si>
     <t>2014/5</t>
   </si>
   <si>
     <t>2004/5</t>
   </si>
   <si>
     <t>$Million</t>
   </si>
   <si>
     <t>Payments to State Government</t>
   </si>
   <si>
     <t>Total Player Losses</t>
   </si>
   <si>
@@ -1385,210 +1402,116 @@
   <si>
     <t>Losses ($million)</t>
   </si>
   <si>
     <t>2018-19</t>
   </si>
   <si>
     <t>Real Government Revenue by Category of Gambling: 1991-2019</t>
   </si>
   <si>
     <t>Real Government Revenue by Broad Category of Gambling: 1991-2019</t>
   </si>
   <si>
     <t>Real Government Revenue by Category of Gambling: 2018/19</t>
   </si>
   <si>
     <t>Change in Real Government Revenue by Category of Gambling: 1991-2019</t>
   </si>
   <si>
     <t>WAGERING</t>
   </si>
   <si>
     <t>1999/2000</t>
   </si>
   <si>
-    <t>EGM losses 2022/23
-[...10 lines deleted...]
-  <si>
     <t>2021-22</t>
   </si>
   <si>
     <t>2022-23</t>
   </si>
   <si>
     <t>2023-24</t>
   </si>
   <si>
-    <t>2024-25</t>
-[...1 lines deleted...]
-  <si>
     <t>2020-21</t>
   </si>
   <si>
     <t>Losses by Legal Gambling Type: 1989-2022/23, Victoria</t>
   </si>
   <si>
     <t>2022/23</t>
-  </si>
-[...1 lines deleted...]
-    <t>Losses by Legal Gambling Type: 1989/90 to 2022/23, Victoria</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Source:</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Queensland Government Statistician's Office, Queensland Treasury, Australian gambling statistics, 37th edition, accessed at: https://www.qgso.qld.gov.au/statistics/theme/society/gambling/australian-gambling-statistics#current-release-australian-gambling-statistics (See tab '5 Total Gambling/Casino etc. Expenditure')</t>
     </r>
   </si>
   <si>
-    <t>…………….Raw figures ($millions)…………….</t>
-[...1 lines deleted...]
-  <si>
     <t>Change: 1999/2000 to 2018/19</t>
   </si>
   <si>
     <t>Percent change: 1999/2000-2022/23</t>
   </si>
   <si>
-    <t>Numeric change:
-[...2 lines deleted...]
-  <si>
     <t>2023/24</t>
-  </si>
-[...46 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Pop</t>
   </si>
   <si>
     <t>Gaming Machines</t>
   </si>
   <si>
     <t>Keno</t>
   </si>
   <si>
     <t>Lotteries</t>
   </si>
   <si>
     <t>Wagering</t>
   </si>
   <si>
     <t>Total Gambling</t>
-  </si>
-[...19 lines deleted...]
-    <t>Per cent real decline in losses per person: 2002-2023</t>
   </si>
   <si>
     <r>
       <t>Losses per capita</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> (2023 dollars)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: All of these forms of legal gambling, Victoria, 2002-2023</t>
@@ -1599,153 +1522,249 @@
       <t xml:space="preserve">Losses per capita </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(2023 dollars)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: Wagering, Victoria, 2002-2023</t>
     </r>
   </si>
   <si>
+    <t xml:space="preserve">Changes in Gambling  Expenditure - per capita and adjusted for inflation: 2002-2024 </t>
+  </si>
+  <si>
+    <t>Losses by Legal Gambling Type: 1989/90 to 2023/24, Victoria</t>
+  </si>
+  <si>
+    <t>2024/25</t>
+  </si>
+  <si>
+    <t>Numeric change:
+1999/2000-2023/24</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="3" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Real Change in Losses, by Gambling Type, $millions: 1999/20 to 2023/24</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="13"/>
+        <color theme="3" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="3" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1999/2000 figures adjusted for inflation to 2022/23 dollars)</t>
+    </r>
+  </si>
+  <si>
+    <t>…………….Adjusted for inflation ($millions)…………….</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Changes in Annual Losses by Type of Legal Gambling: Victoria, 1999/00 to 2023/24 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>($millions, adjusted for inflation)</t>
+    </r>
+  </si>
+  <si>
+    <t>Per cent real decline in losses per person: 2002-2024</t>
+  </si>
+  <si>
+    <t>Gambling Losses - raw figures</t>
+  </si>
+  <si>
+    <r>
+      <t>Inflation-adjusted average losses per person</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (adjusted to 2024 dollar values)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Losses per capita</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color theme="3" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="3" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(2024 dollars)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color theme="3" tint="-0.249977111117893"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: Casino gambling, Victoria, 2002-2024</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t>Losses per capita</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(2023 dollars</t>
+      <t>(2024 dollars</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>: Gambling machine gambling, Victoria, 2002-2023</t>
     </r>
   </si>
   <si>
-    <r>
-[...32 lines deleted...]
-    </r>
+    <t>Losses 24/25 ($Million)</t>
   </si>
   <si>
-    <t>Adult population 2023</t>
+    <t>Adult pop. 2024 (total x 2023 pop in Vic forecasts who were adults)</t>
+  </si>
+  <si>
+    <t>Losses to EGMs 2024/25 and estimated losses to other forms of gambling 
+regulated by the State Government</t>
+  </si>
+  <si>
+    <t>Estimated losses to other legal gambling 2023/24
+($Million)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
     <numFmt numFmtId="166" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="167" formatCode="#,##0.000"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0.000_-;\-* #,##0.000_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="0.0"/>
     <numFmt numFmtId="170" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="81" x14ac:knownFonts="1">
+  <fonts count="82" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
@@ -1784,57 +1803,50 @@
     <font>
       <sz val="7"/>
       <color theme="0"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
@@ -2177,57 +2189,50 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFFFF00"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFFFF00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...5 lines deleted...]
-    <font>
       <sz val="7"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="24"/>
       <color rgb="FFFFFF00"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2240,50 +2245,72 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Cambria"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="3" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color indexed="18"/>
+      <name val="Garamond"/>
+      <family val="1"/>
     </font>
   </fonts>
   <fills count="52">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
@@ -2761,330 +2788,330 @@
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color indexed="17"/>
       </top>
       <bottom style="hair">
         <color indexed="17"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="3" tint="-0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="3" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="239">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="16" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...29 lines deleted...]
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="167" fontId="17" fillId="0" borderId="0">
+    <xf numFmtId="167" fontId="16" fillId="0" borderId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...81 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="28" borderId="3">
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="28" borderId="3">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="29" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
-[...9 lines deleted...]
-    <xf numFmtId="168" fontId="17" fillId="0" borderId="0">
+    <xf numFmtId="0" fontId="20" fillId="29" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="29" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="29" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="29" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="30" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="30" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="30" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="21" fillId="30" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="22" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="22" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="16" fillId="0" borderId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="24" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-      <alignment vertical="top"/>
+    <xf numFmtId="0" fontId="30" fillId="15" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="15" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="15" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="15" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="32" borderId="12" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="29" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="29" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="29" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="29" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="22" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="34" fillId="0" borderId="14">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="34" fillId="0" borderId="14">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="36" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...84 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="37" borderId="16">
+    <xf numFmtId="0" fontId="22" fillId="37" borderId="16">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="38" borderId="0">
+    <xf numFmtId="0" fontId="22" fillId="38" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="37" borderId="0">
+    <xf numFmtId="0" fontId="42" fillId="37" borderId="0">
       <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="22" fillId="37" borderId="17">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
-[...6 lines deleted...]
-    </xf>
   </cellStyleXfs>
-  <cellXfs count="139">
+  <cellXfs count="135">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -3092,480 +3119,470 @@
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="173" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="173" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="173" applyFont="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="41" fillId="34" borderId="1" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="40" fillId="34" borderId="1" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="35" fillId="35" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="34" fillId="35" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="42" fillId="0" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="41" fillId="0" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="42" fillId="39" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="41" fillId="39" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="5" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="5" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="14" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="13" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="173" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="173" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="173" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="173" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="39" borderId="1" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="39" borderId="1" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="23" fillId="0" borderId="0" xfId="173" applyNumberFormat="1" applyProtection="1">
+    <xf numFmtId="3" fontId="22" fillId="0" borderId="0" xfId="173" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="41" fillId="34" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="40" fillId="34" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="51" fillId="0" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="50" fillId="0" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="2"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="165" fontId="11" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="169" fontId="14" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="169" fontId="13" fillId="33" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="44" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="44" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" textRotation="90"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="59" fillId="46" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="58" fillId="46" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="46" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="59" fillId="46" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="59" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="45" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="164" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="7" fontId="11" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="51" fillId="39" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="169" fontId="50" fillId="0" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="2"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="169" fontId="51" fillId="0" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="169" fontId="50" fillId="42" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1" indent="2"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="169" fontId="51" fillId="42" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" indent="2"/>
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="169" fontId="51" fillId="39" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center" wrapText="1" indent="2"/>
+    <xf numFmtId="0" fontId="65" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="66" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="50" fillId="42" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="42" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="49" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="48" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="15" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="65" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="64" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="66" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="68" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="67" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="65" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="64" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="3" fontId="49" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="66" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="49" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="48" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="15" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="14" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="65" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="64" fillId="8" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="15" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="14" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="170" fontId="15" fillId="47" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="170" fontId="14" fillId="47" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="170" fontId="15" fillId="49" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="170" fontId="14" fillId="49" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="9" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="9" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="70" fillId="48" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="69" fillId="48" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="5" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="49" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="48" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="50" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="49" fillId="50" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="1" fontId="72" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="53" fillId="45" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="41" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="71" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="48" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="43" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="70" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="48" fillId="8" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="64" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="44" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="76" fillId="44" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="64" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="7" fontId="79" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="54" fillId="45" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="3" fontId="53" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="54" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="0" fontId="79" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="80" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="40" fillId="50" borderId="1" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="41" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="3" fontId="81" fillId="39" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="2"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="73" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...57 lines deleted...]
-    <xf numFmtId="0" fontId="79" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="3" fontId="50" fillId="42" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="2"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="46" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="74" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="72" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="44" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="45" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="70" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="52" fillId="46" borderId="0" xfId="173" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="59" fillId="46" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="2" xfId="173" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="59" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="72" fillId="51" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="66" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="46" borderId="0" xfId="173" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="2" xfId="173" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="66" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="65" fillId="40" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="64" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="239">
     <cellStyle name="20% - Accent1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 4" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 5" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent2 2 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent2 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent2 4" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent2 5" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent3 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent3 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent3 4" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent3 5" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent4 2 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent4 3" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent4 4" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent4 5" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
@@ -3786,51 +3803,51 @@
     <cellStyle name="Warning Text 2" xfId="225" xr:uid="{00000000-0005-0000-0000-0000EA000000}"/>
     <cellStyle name="Warning Text 3" xfId="226" xr:uid="{00000000-0005-0000-0000-0000EB000000}"/>
     <cellStyle name="Warning Text 4" xfId="227" xr:uid="{00000000-0005-0000-0000-0000EC000000}"/>
     <cellStyle name="Warning Text 5" xfId="228" xr:uid="{00000000-0005-0000-0000-0000ED000000}"/>
     <cellStyle name="Zero" xfId="229" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R05215d22e4304d7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0dc79cf5c92a4faa" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
@@ -3844,71 +3861,71 @@
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="9.018712292515281E-2"/>
           <c:y val="2.9403633885596026E-2"/>
           <c:w val="0.88663650390459114"/>
           <c:h val="0.88608678500452731"/>
         </c:manualLayout>
       </c:layout>
       <c:areaChart>
         <c:grouping val="stacked"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'1989 to 2023'!$C$45</c:f>
+              <c:f>'1989 to 2024'!$C$45</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Casino</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </c:spPr>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2023'!$A$56:$B$79</c:f>
+              <c:f>'1989 to 2024'!$A$56:$B$80</c:f>
               <c:strCache>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
                   <c:v>1999-00</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2000-01</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2001-02</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2002-03</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2003-04</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2004-05</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2005-06</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2006-07</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -3936,168 +3953,174 @@
                   <c:v>2014-15</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2015/16</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2016/17</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2017/18</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2018/19</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2019/20</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2020/21</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2021/22</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2022-23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2023-24</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$C$56:$C$79</c:f>
+              <c:f>'1989 to 2024'!$C$56:$C$80</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
-                  <c:v>1551.2907122708039</c:v>
+                  <c:v>1608.229472496474</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1681.1862982689747</c:v>
+                  <c:v>1742.8927616511321</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1573.6731306597671</c:v>
+                  <c:v>1631.4334178525228</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1596.2088505025126</c:v>
+                  <c:v>1654.7962914572865</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1582.5562915129151</c:v>
+                  <c:v>1640.642627306273</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>1482.2681927710844</c:v>
+                  <c:v>1536.6735421686747</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1590.7361310904871</c:v>
+                  <c:v>1649.1227006960555</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1613.6565699658699</c:v>
+                  <c:v>1672.8844141069394</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1601.665522875817</c:v>
+                  <c:v>1660.4532461873637</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1750.6721528525295</c:v>
+                  <c:v>1814.9290333692143</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>1839.5535089453551</c:v>
+                  <c:v>1907.072701408518</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1816.0669808467742</c:v>
+                  <c:v>1882.7241209677422</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2031.8061752988046</c:v>
+                  <c:v>2106.3818326693226</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>1998.7526315789473</c:v>
+                  <c:v>2072.1150877192986</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>1962.5016855524077</c:v>
+                  <c:v>2034.5335826251178</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2323.9570308123248</c:v>
+                  <c:v>2409.2558281979459</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2276.2536740331493</c:v>
+                  <c:v>2359.8015616942912</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>1871.7279525183785</c:v>
+                  <c:v>1940.4280796145586</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2081.0984182776801</c:v>
+                  <c:v>2157.4833040421795</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>1944.1200752968778</c:v>
+                  <c:v>2015.4772915437295</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>1392.9236463837412</c:v>
+                  <c:v>1444.0496828427702</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>447.45568986070532</c:v>
+                  <c:v>463.87915712900087</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>680.82537493219934</c:v>
+                  <c:v>705.81447109075941</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>983.21238128176503</c:v>
+                  <c:v>1019.3003263625191</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>950.87292859000013</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-1279-428D-9D99-C37EDE91352C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'1989 to 2023'!$D$45</c:f>
+              <c:f>'1989 to 2024'!$D$45</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Gaming Machines</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="20000"/>
                 <a:lumOff val="80000"/>
               </a:schemeClr>
             </a:solidFill>
           </c:spPr>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2023'!$A$56:$B$79</c:f>
+              <c:f>'1989 to 2024'!$A$56:$B$80</c:f>
               <c:strCache>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
                   <c:v>1999-00</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2000-01</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2001-02</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2002-03</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2003-04</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2004-05</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2005-06</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2006-07</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4125,165 +4148,171 @@
                   <c:v>2014-15</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2015/16</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2016/17</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2017/18</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2018/19</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2019/20</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2020/21</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2021/22</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2022-23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2023-24</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$D$56:$D$79</c:f>
+              <c:f>'1989 to 2024'!$D$56:$D$80</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
-                  <c:v>4087.0205923836388</c:v>
+                  <c:v>4237.0310860366717</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>4205.9468308921432</c:v>
+                  <c:v>4360.3224074567242</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>4426.1830012936616</c:v>
+                  <c:v>4588.6421526520053</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>3914.9747110552771</c:v>
+                  <c:v>4058.6704120603022</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3761.8657933579339</c:v>
+                  <c:v>3899.9417662976634</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3849.0205301204815</c:v>
+                  <c:v>3990.2954409638551</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3829.1485962877027</c:v>
+                  <c:v>3969.6941252900237</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3862.4876109215015</c:v>
+                  <c:v>4004.2568191126279</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>3797.781241830065</c:v>
+                  <c:v>3937.1754596949891</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>3890.437168998923</c:v>
+                  <c:v>4033.2322411194828</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>3619.2478815657619</c:v>
+                  <c:v>3752.0891895782888</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>3568.1212499999997</c:v>
+                  <c:v>3699.0860000000002</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>3565.4765139442229</c:v>
+                  <c:v>3696.34419123506</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>3240.5498538011698</c:v>
+                  <c:v>3359.4913840155946</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>3157.033341237252</c:v>
+                  <c:v>3272.9094713650616</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>3205.902156862745</c:v>
+                  <c:v>3323.5719738562093</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>3216.665290055249</c:v>
+                  <c:v>3334.7301583793742</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>3138.4888563428381</c:v>
+                  <c:v>3253.6843274745233</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>3161.5333919156415</c:v>
+                  <c:v>3277.5746924428822</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>3124.6956499846051</c:v>
+                  <c:v>3239.384853616999</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2241.7752196327701</c:v>
+                  <c:v>2324.0576059713512</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>1754.4838003435768</c:v>
+                  <c:v>1818.8805840265995</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2362.8696306764241</c:v>
+                  <c:v>2449.5966807911391</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>3021.66486932</c:v>
+                  <c:v>3132.5724188306217</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>3030.0262240400002</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1279-428D-9D99-C37EDE91352C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
-              <c:f>'1989 to 2023'!$E$45</c:f>
+              <c:f>'1989 to 2024'!$E$45</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Keno</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </c:spPr>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2023'!$A$56:$B$79</c:f>
+              <c:f>'1989 to 2024'!$A$56:$B$80</c:f>
               <c:strCache>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
                   <c:v>1999-00</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2000-01</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2001-02</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2002-03</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2003-04</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2004-05</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2005-06</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2006-07</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4311,156 +4340,159 @@
                   <c:v>2014-15</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2015/16</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2016/17</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2017/18</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2018/19</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2019/20</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2020/21</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2021/22</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2022-23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2023-24</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$E$56:$E$76</c:f>
+              <c:f>'1989 to 2024'!$E$56:$E$76</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="21"/>
                 <c:pt idx="0">
-                  <c:v>12.771939351198872</c:v>
+                  <c:v>13.240722143864598</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>12.187430093209056</c:v>
+                  <c:v>12.63475898801598</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>11.394993531694697</c:v>
+                  <c:v>11.813236739974128</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>10.20872487437186</c:v>
+                  <c:v>10.583427135678392</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10.983782287822878</c:v>
+                  <c:v>11.386932349323494</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>10.55293373493976</c:v>
+                  <c:v>10.940269879518073</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>9.822006960556843</c:v>
+                  <c:v>10.182515081206496</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>11.039948805460751</c:v>
+                  <c:v>11.445160409556314</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>9.5224183006535945</c:v>
+                  <c:v>9.8719302832244011</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>9.4657104413347675</c:v>
+                  <c:v>9.8131410118406883</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>8.139351118215032</c:v>
+                  <c:v>8.4380988371607515</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>7.7879485887096767</c:v>
+                  <c:v>8.0737983870967742</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>9.3715936254980079</c:v>
+                  <c:v>9.7155697211155374</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>18.078450292397662</c:v>
+                  <c:v>18.742003898635481</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>18.905219900849858</c:v>
+                  <c:v>19.599119357884799</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>20.863696049719888</c:v>
+                  <c:v>21.629479650046683</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>24.21832889254144</c:v>
+                  <c:v>25.107241338784537</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>28.087658203040544</c:v>
+                  <c:v>29.118590976036039</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>27.055965666959583</c:v>
+                  <c:v>28.049031073462217</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>25.45486335055941</c:v>
+                  <c:v>26.389161705748485</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>17.628458293644425</c:v>
+                  <c:v>18.275495339628378</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-1279-428D-9D99-C37EDE91352C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
-              <c:f>'1989 to 2023'!$F$45</c:f>
+              <c:f>'1989 to 2024'!$F$45</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Lotteries</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </c:spPr>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2023'!$A$56:$B$79</c:f>
+              <c:f>'1989 to 2024'!$A$56:$B$80</c:f>
               <c:strCache>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
                   <c:v>1999-00</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2000-01</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2001-02</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2002-03</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2003-04</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2004-05</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2005-06</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2006-07</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4488,168 +4520,174 @@
                   <c:v>2014-15</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2015/16</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2016/17</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2017/18</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2018/19</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2019/20</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2020/21</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2021/22</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2022-23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2023-24</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$F$56:$F$79</c:f>
+              <c:f>'1989 to 2024'!$F$56:$F$80</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
-                  <c:v>593.58543723554305</c:v>
+                  <c:v>615.37246826516218</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>590.70283621837564</c:v>
+                  <c:v>612.38406391478031</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>577.14312419146177</c:v>
+                  <c:v>598.32665459249677</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>614.50754396984939</c:v>
+                  <c:v>637.0625025125629</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>619.93261992619921</c:v>
+                  <c:v>642.68670110701112</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>606.50175903614456</c:v>
+                  <c:v>628.76287228915669</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>603.02197795823668</c:v>
+                  <c:v>625.15536890951273</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>615.64003412969282</c:v>
+                  <c:v>638.23655972696247</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>619.34983660130717</c:v>
+                  <c:v>642.08252723311546</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>631.75677610333685</c:v>
+                  <c:v>654.94485252960169</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>608.6355844715448</c:v>
+                  <c:v>630.97501790907722</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>572.40951108870968</c:v>
+                  <c:v>593.41929838709677</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>637.60743525896407</c:v>
+                  <c:v>661.01025498007971</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>686.11453216374287</c:v>
+                  <c:v>711.29776218323605</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>617.69331953005667</c:v>
+                  <c:v>640.3652091607479</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>621.01391732142861</c:v>
+                  <c:v>643.80768657142869</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>652.06220597720994</c:v>
+                  <c:v>675.99557533517498</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>600.89793243243241</c:v>
+                  <c:v>622.95336216216219</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>605.03717956924413</c:v>
+                  <c:v>627.24453672197296</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>741.22613971195699</c:v>
+                  <c:v>768.43219278003642</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>732.69569854982342</c:v>
+                  <c:v>759.58864928311277</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>807.00715531077572</c:v>
+                  <c:v>836.62764265926114</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>829.12478756187238</c:v>
+                  <c:v>859.55708313530442</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>763.22039743900405</c:v>
+                  <c:v>791.23373037871283</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>843.00663866443904</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000003-1279-428D-9D99-C37EDE91352C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
-              <c:f>'1989 to 2023'!$G$45</c:f>
+              <c:f>'1989 to 2024'!$G$45</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Wagering</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </c:spPr>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2023'!$A$56:$B$79</c:f>
+              <c:f>'1989 to 2024'!$A$56:$B$80</c:f>
               <c:strCache>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
                   <c:v>1999-00</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2000-01</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2001-02</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2002-03</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2003-04</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2004-05</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2005-06</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2006-07</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -4677,131 +4715,137 @@
                   <c:v>2014-15</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2015/16</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2016/17</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2017/18</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2018/19</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2019/20</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2020/21</c:v>
                 </c:pt>
                 <c:pt idx="22">
                   <c:v>2021/22</c:v>
                 </c:pt>
                 <c:pt idx="23">
                   <c:v>2022-23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2023-24</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$G$56:$G$79</c:f>
+              <c:f>'1989 to 2024'!$G$56:$G$80</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="24"/>
+                <c:ptCount val="25"/>
                 <c:pt idx="0">
-                  <c:v>877.71636812411839</c:v>
+                  <c:v>909.93217489421716</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>921.19621837549937</c:v>
+                  <c:v>955.00791478029305</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>952.33511642949566</c:v>
+                  <c:v>987.2897386804658</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>968.78400753768858</c:v>
+                  <c:v>1004.3423718592967</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1004.9939114391143</c:v>
+                  <c:v>1041.8813284132843</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>1014.1013855421688</c:v>
+                  <c:v>1051.3230843373494</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>990.50648435498829</c:v>
+                  <c:v>1026.8621530691416</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1040.725518668942</c:v>
+                  <c:v>1078.9244328373152</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1005.021375</c:v>
+                  <c:v>1041.9098000000001</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1056.1300019806242</c:v>
+                  <c:v>1094.8943241506995</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>1060.0779511377871</c:v>
+                  <c:v>1098.9871793068894</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1011.2732661290321</c:v>
+                  <c:v>1048.3911612903225</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>1018.6581872509959</c:v>
+                  <c:v>1056.0471394422311</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>1006.3844152046784</c:v>
+                  <c:v>1043.3228693957117</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>989.1275728170001</c:v>
+                  <c:v>1025.4326297968</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>1000.2914425770308</c:v>
+                  <c:v>1037.0062595704949</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>952.80769337016568</c:v>
+                  <c:v>987.77966114180481</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>945.6430405405406</c:v>
+                  <c:v>980.352036036036</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>945.71601074445095</c:v>
+                  <c:v>980.42768454705617</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>912.3569594029849</c:v>
+                  <c:v>945.84421858706446</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>808.93197542929784</c:v>
+                  <c:v>838.62311160610352</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>829.91391464325773</c:v>
+                  <c:v>860.37517443166189</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2756.7594119950159</c:v>
+                  <c:v>2857.9438398510124</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>2590.5834390499999</c:v>
+                  <c:v>2685.6685240788015</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>2514.1517546700002</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-1279-428D-9D99-C37EDE91352C}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:axId val="71798144"/>
         <c:axId val="73221248"/>
       </c:areaChart>
       <c:catAx>
         <c:axId val="71798144"/>
         <c:scaling>
           <c:orientation val="minMax"/>
@@ -5178,91 +5222,91 @@
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2023'!$R$6:$R$10</c:f>
+              <c:f>'1989 to 2024'!$R$6:$R$10</c:f>
               <c:strCache>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>Casino</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Gaming Machines</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Keno</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Lotteries</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Wagering</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$S$6:$S$10</c:f>
+              <c:f>'1989 to 2024'!$S$6:$S$10</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>-568.07833098903882</c:v>
+                  <c:v>-657.35654390647403</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>-1065.3557230636388</c:v>
+                  <c:v>-1207.0048619966715</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>36.735949988801124</c:v>
+                  <c:v>39.165189806135402</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>169.63496020346099</c:v>
+                  <c:v>227.63417039927685</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1712.8670709258815</c:v>
+                  <c:v>1604.2195797757831</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-D3A8-46CE-996D-FDF1CF71EE73}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="68"/>
         <c:axId val="75945856"/>
         <c:axId val="163387264"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="75945856"/>
         <c:scaling>
@@ -5277,51 +5321,51 @@
         <c:crossAx val="163387264"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="163387264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr rot="-5400000" vert="horz"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1050"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-US" sz="1050"/>
-                  <a:t>Change in gambling losses by type: 1999/2000 to 2022/23</a:t>
+                  <a:t>Change in gambling losses by type: 1999/2000 to 2023/24</a:t>
                 </a:r>
               </a:p>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="1050"/>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-US" sz="1050"/>
                   <a:t>millions  (adjusted for inflation)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
               <c:x val="9.2407372729731176E-4"/>
               <c:y val="0.15906963665904664"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
         </c:title>
         <c:numFmt formatCode="0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
@@ -5399,125 +5443,123 @@
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.888888888888889E-2"/>
                   <c:y val="-2.3188405797101484E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-B01D-47C2-8249-90295EB74BC1}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
-              <c:idx val="21"/>
+              <c:idx val="22"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-B01D-47C2-8249-90295EB74BC1}"/>
+                  <c16:uniqueId val="{00000000-2720-4666-9CD1-77982CCE1B80}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
-              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
-[...1 lines deleted...]
-              </a:bodyPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="700" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'1989 to 2023'!$U$14:$U$35</c:f>
+              <c:f>'1989 to 2024'!$U$14:$U$36</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -5539,125 +5581,131 @@
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2024</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$W$14:$W$35</c:f>
+              <c:f>'1989 to 2024'!$W$14:$W$36</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
-                  <c:v>324.42045845550945</c:v>
+                  <c:v>336.32802584451321</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>324.97921311215504</c:v>
+                  <c:v>336.90728909904311</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>321.19107652577895</c:v>
+                  <c:v>332.98011229339176</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>297.09262537286884</c:v>
+                  <c:v>307.99714870116139</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>314.29609332733884</c:v>
+                  <c:v>325.83205480527113</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>313.11723709840959</c:v>
+                  <c:v>324.6099296960291</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>304.70914325477486</c:v>
+                  <c:v>315.89322416824592</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>325.89234209737674</c:v>
+                  <c:v>337.85393367997716</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>336.84663750869197</c:v>
+                  <c:v>349.21029686294361</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>327.939146571072</c:v>
+                  <c:v>339.97586431038479</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>359.39359551500598</c:v>
+                  <c:v>372.58482111817847</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>346.05593391936634</c:v>
+                  <c:v>358.75761239281127</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>332.51637767599766</c:v>
+                  <c:v>344.72109865436755</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>385.20957359832261</c:v>
+                  <c:v>399.34835195511499</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>368.3706019992315</c:v>
+                  <c:v>381.89132072429692</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>296.08424702810942</c:v>
+                  <c:v>306.95175871678151</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>322.05080459801809</c:v>
+                  <c:v>333.87139592783302</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>294.7029618996977</c:v>
+                  <c:v>305.51977473346938</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>208.08981104525091</c:v>
+                  <c:v>215.72756440945867</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>68.334293904848678</c:v>
+                  <c:v>70.842444018210173</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>102.67882120603595</c:v>
+                  <c:v>106.44755696565824</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>144.26247417911256</c:v>
+                  <c:v>149.55750132126727</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>136.25321904922669</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-B01D-47C2-8249-90295EB74BC1}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="472286463"/>
         <c:axId val="472274463"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="472286463"/>
@@ -5666,212 +5714,212 @@
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="472274463"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="472274463"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="65000"/>
                         <a:lumOff val="35000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-US"/>
                   <a:t>Losses per capita (2023 dollars)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
               <c:x val="2.208223972003499E-3"/>
               <c:y val="0.20580470919395946"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
           <c:spPr>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
-                <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
         <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="472286463"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr/>
+        <a:defRPr sz="1050"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
@@ -5908,125 +5956,123 @@
             <c:symbol val="none"/>
           </c:marker>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.888888888888889E-2"/>
                   <c:y val="-2.3188405797101484E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                   <c16:uniqueId val="{00000000-B0F0-4224-ACFE-9D67C9C5DA16}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
-              <c:idx val="21"/>
+              <c:idx val="22"/>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000001-B0F0-4224-ACFE-9D67C9C5DA16}"/>
+                  <c16:uniqueId val="{00000000-975C-497D-854D-5EAA5BF6EACE}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
-              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
-[...1 lines deleted...]
-              </a:bodyPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="700" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'1989 to 2023'!$U$14:$U$35</c:f>
+              <c:f>'1989 to 2024'!$U$14:$U$36</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>2009</c:v>
                 </c:pt>
                 <c:pt idx="8">
@@ -6048,125 +6094,131 @@
                   <c:v>2015</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>2016</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>2024</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$X$14:$X$35</c:f>
+              <c:f>'1989 to 2024'!$X$14:$X$36</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="22"/>
+                <c:ptCount val="23"/>
                 <c:pt idx="0">
-                  <c:v>912.47940281324406</c:v>
+                  <c:v>945.97115617492852</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>797.06700069492422</c:v>
+                  <c:v>826.32264341705991</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>763.49746950172073</c:v>
+                  <c:v>791.52097212762658</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>771.46336943908591</c:v>
+                  <c:v>799.7792534110074</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>756.5594450652668</c:v>
+                  <c:v>784.32829361073368</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>749.4850339091405</c:v>
+                  <c:v>776.99422241966329</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>722.50957015625124</c:v>
+                  <c:v>749.02864801217368</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>724.21536992057656</c:v>
+                  <c:v>750.7970576554892</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>662.73227350414538</c:v>
+                  <c:v>687.05727829942884</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>644.31909721827208</c:v>
+                  <c:v>667.96826258433612</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>630.67503172750958</c:v>
+                  <c:v>653.82340367855682</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>561.05567460018926</c:v>
+                  <c:v>581.6487293233422</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>534.91179067959547</c:v>
+                  <c:v>554.54525715397767</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>531.39717579518822</c:v>
+                  <c:v>550.90164142362585</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>520.55926052749282</c:v>
+                  <c:v>539.6659300150186</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>496.47017804381329</c:v>
+                  <c:v>514.69267896077724</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>489.24854475290795</c:v>
+                  <c:v>507.20598197604835</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>473.66264809798048</c:v>
+                  <c:v>491.04801870232581</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>334.90032498938132</c:v>
+                  <c:v>347.19254665565825</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>267.94029974520265</c:v>
+                  <c:v>277.77481261974572</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>356.35667716638494</c:v>
+                  <c:v>369.4364353545144</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>443.35573726190279</c:v>
+                  <c:v>459.62871937863179</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>434.18086099182392</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-B0F0-4224-ACFE-9D67C9C5DA16}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="472286463"/>
         <c:axId val="472274463"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="472286463"/>
@@ -6175,212 +6227,212 @@
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="472274463"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
         <c:axId val="472274463"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:title>
           <c:tx>
             <c:rich>
               <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="65000"/>
                         <a:lumOff val="35000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:r>
                   <a:rPr lang="en-US"/>
                   <a:t>Losses per capita (2023 dollars)</a:t>
                 </a:r>
               </a:p>
             </c:rich>
           </c:tx>
           <c:layout>
             <c:manualLayout>
               <c:xMode val="edge"/>
               <c:yMode val="edge"/>
               <c:x val="2.208223972003499E-3"/>
               <c:y val="0.20580470919395946"/>
             </c:manualLayout>
           </c:layout>
           <c:overlay val="0"/>
           <c:spPr>
             <a:noFill/>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:txPr>
             <a:bodyPr rot="-5400000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr>
-                <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1">
                       <a:lumMod val="65000"/>
                       <a:lumOff val="35000"/>
                     </a:schemeClr>
                   </a:solidFill>
                   <a:latin typeface="+mn-lt"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="+mn-cs"/>
                 </a:defRPr>
               </a:pPr>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </c:txPr>
         </c:title>
         <c:numFmt formatCode="#,##0" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:defRPr sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="472286463"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr/>
+        <a:defRPr sz="1050"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
@@ -6488,51 +6540,51 @@
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'1989 to 2023'!$U$14:$U$35</c:f>
+              <c:f>'1989 to 2024'!$U$14:$U$35</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -6563,119 +6615,119 @@
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$AA$14:$AA$35</c:f>
+              <c:f>'1989 to 2024'!$AA$14:$AA$35</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="22"/>
                 <c:pt idx="0">
-                  <c:v>196.3285698001381</c:v>
+                  <c:v>203.5346371560982</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>197.23901690315964</c:v>
+                  <c:v>204.47850141870632</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>203.97067582878341</c:v>
+                  <c:v>211.4572399603268</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>203.25744321730556</c:v>
+                  <c:v>210.71782877359612</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>195.70330513254754</c:v>
+                  <c:v>202.88642269921036</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>201.94451846114987</c:v>
+                  <c:v>209.35671426983626</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>191.20047085681674</c:v>
+                  <c:v>198.21831585455757</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>196.60144781760613</c:v>
+                  <c:v>203.81753092102392</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>194.11432807006994</c:v>
+                  <c:v>201.23912363219236</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>182.61225788592006</c:v>
+                  <c:v>189.31488008547819</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>180.18413024219387</c:v>
+                  <c:v>186.79763015370514</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>174.24132090344389</c:v>
+                  <c:v>180.63669522873886</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>167.59278220949957</c:v>
+                  <c:v>173.74412777374334</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>165.80420160972687</c:v>
+                  <c:v>171.88989889727492</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>154.19474006795417</c:v>
+                  <c:v>159.85432228767684</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>149.58905071599537</c:v>
+                  <c:v>155.079585161751</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>146.34992728193015</c:v>
+                  <c:v>151.7215725529523</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>138.30128172757196</c:v>
+                  <c:v>143.37750854753529</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>120.84689807123154</c:v>
+                  <c:v>125.2824771015614</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>126.74234040159463</c:v>
+                  <c:v>131.39430645378798</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>415.76124685493971</c:v>
+                  <c:v>431.02139748856666</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>380.10503488328925</c:v>
+                  <c:v>394.05645563930517</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-005B-4FF2-B499-51EFAA8F9D7D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="472286463"/>
         <c:axId val="472274463"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="472286463"/>
@@ -6821,58 +6873,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="472286463"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -6997,51 +7049,51 @@
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:numRef>
-              <c:f>'1989 to 2023'!$U$14:$U$35</c:f>
+              <c:f>'1989 to 2024'!$U$14:$U$35</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="22"/>
                 <c:pt idx="0">
                   <c:v>2002</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>2003</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>2004</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>2005</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>2006</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>2007</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>2008</c:v>
                 </c:pt>
                 <c:pt idx="7">
@@ -7072,119 +7124,119 @@
                   <c:v>2017</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>2018</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>2019</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="19">
                   <c:v>2021</c:v>
                 </c:pt>
                 <c:pt idx="20">
                   <c:v>2022</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>2023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2023'!$AB$14:$AB$35</c:f>
+              <c:f>'1989 to 2024'!$AB$14:$AB$35</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="22"/>
                 <c:pt idx="0">
-                  <c:v>1554.5584596817835</c:v>
+                  <c:v>1611.6171597000662</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1446.4739763455245</c:v>
+                  <c:v>1499.5655305334878</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1416.708201542918</c:v>
+                  <c:v>1468.7072291650925</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1395.4903809523162</c:v>
+                  <c:v>1446.7106271445734</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1387.6439603553681</c:v>
+                  <c:v>1438.57621058564</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>1386.1490612616901</c:v>
+                  <c:v>1437.0264425364635</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1338.0590986388611</c:v>
+                  <c:v>1387.1713801619353</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1366.0744548195767</c:v>
+                  <c:v>1416.215015333554</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1306.6329074006621</c:v>
+                  <c:v>1354.5917182340947</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1259.6405689558226</c:v>
+                  <c:v>1305.874567366935</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>1284.6928661133775</c:v>
+                  <c:v>1331.8463870418834</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1203.2740498023716</c:v>
+                  <c:v>1247.439164738938</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>1142.8829931425555</c:v>
+                  <c:v>1184.8315074976003</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>1188.8059481872353</c:v>
+                  <c:v>1232.4400241881151</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>1152.5684095799206</c:v>
+                  <c:v>1194.8724186206819</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>1041.6412285164927</c:v>
+                  <c:v>1079.8737530088583</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>1055.4659412443659</c:v>
+                  <c:v>1094.2058896495901</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>1022.8856198304327</c:v>
+                  <c:v>1060.429736213722</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>775.92847029161305</c:v>
+                  <c:v>804.40824186036889</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>588.55769694194851</c:v>
+                  <c:v>610.16018918925602</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>1003.3430006146729</c:v>
+                  <c:v>1040.1698223600802</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>1086.9713311920343</c:v>
+                  <c:v>1126.8676572058243</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000002-0263-4E06-90DE-75315E1D6570}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="472286463"/>
         <c:axId val="472274463"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="472286463"/>
@@ -7330,58 +7382,58 @@
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
         <c:crossAx val="472286463"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
@@ -12037,57 +12089,57 @@
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>401695</xdr:colOff>
       <xdr:row>12</xdr:row>
-      <xdr:rowOff>20579</xdr:rowOff>
+      <xdr:rowOff>20578</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>16</xdr:col>
       <xdr:colOff>970642</xdr:colOff>
-      <xdr:row>34</xdr:row>
-      <xdr:rowOff>45359</xdr:rowOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>177799</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
@@ -30602,7286 +30654,7350 @@
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="7" tint="0.39997558519241921"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:H13"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="B1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="E21" sqref="E21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="4.109375" customWidth="1"/>
-    <col min="2" max="2" width="29.21875" customWidth="1"/>
+    <col min="1" max="1" width="4.08984375" customWidth="1"/>
+    <col min="2" max="2" width="29.26953125" customWidth="1"/>
     <col min="3" max="7" width="12" customWidth="1"/>
-    <col min="8" max="8" width="13.21875" customWidth="1"/>
+    <col min="8" max="8" width="13.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B1" s="117" t="s">
+    <row r="1" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B1" s="113" t="s">
         <v>8</v>
       </c>
-      <c r="C1" s="117"/>
-[...4 lines deleted...]
-      <c r="H1" s="117"/>
+      <c r="C1" s="113"/>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
+      <c r="F1" s="113"/>
+      <c r="G1" s="113"/>
+      <c r="H1" s="113"/>
     </row>
-    <row r="2" spans="2:8" x14ac:dyDescent="0.3">
-      <c r="B2" s="118" t="s">
+    <row r="2" spans="2:8" x14ac:dyDescent="0.35">
+      <c r="B2" s="114" t="s">
         <v>9</v>
       </c>
-      <c r="C2" s="118"/>
-[...4 lines deleted...]
-      <c r="H2" s="118"/>
+      <c r="C2" s="114"/>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
+      <c r="F2" s="114"/>
+      <c r="G2" s="114"/>
+      <c r="H2" s="114"/>
     </row>
-    <row r="3" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="3" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
     </row>
-    <row r="4" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B4" s="1"/>
-      <c r="C4" s="115" t="s">
+      <c r="C4" s="111" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="115"/>
-      <c r="E4" s="116" t="s">
+      <c r="D4" s="111"/>
+      <c r="E4" s="112" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="116"/>
-      <c r="G4" s="116"/>
+      <c r="F4" s="112"/>
+      <c r="G4" s="112"/>
       <c r="H4" s="1"/>
     </row>
-    <row r="5" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:8" ht="33" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="2"/>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C6" s="11">
         <v>2572</v>
       </c>
       <c r="D6" s="7">
         <f>C6/C$10*100</f>
         <v>44.260884529340906</v>
       </c>
       <c r="E6" s="11">
         <v>2393</v>
       </c>
       <c r="F6" s="11">
         <v>3088</v>
       </c>
       <c r="G6" s="7">
         <f>E6/E$10*100</f>
         <v>54.722158701120513</v>
       </c>
       <c r="H6" s="8">
         <f>(C6-F6)/F6*100</f>
         <v>-16.709844559585495</v>
       </c>
     </row>
-    <row r="7" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="11">
         <v>1864</v>
       </c>
       <c r="D7" s="7">
         <f t="shared" ref="D7:D10" si="0">C7/C$10*100</f>
         <v>32.07709516434349</v>
       </c>
       <c r="E7" s="11">
         <v>922</v>
       </c>
       <c r="F7" s="11">
         <v>1190</v>
       </c>
       <c r="G7" s="7">
         <f>E7/E$10*100</f>
         <v>21.083924079579237</v>
       </c>
       <c r="H7" s="9">
         <f t="shared" ref="H7:H10" si="1">(C7-F7)/F7*100</f>
         <v>56.638655462184872</v>
       </c>
     </row>
-    <row r="8" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="11">
         <v>858</v>
       </c>
       <c r="D8" s="7">
         <f t="shared" si="0"/>
         <v>14.76510067114094</v>
       </c>
       <c r="E8" s="11">
         <v>616</v>
       </c>
       <c r="F8" s="11">
         <v>795</v>
       </c>
       <c r="G8" s="7">
         <f>E8/E$10*100</f>
         <v>14.086439515206953</v>
       </c>
       <c r="H8" s="9">
         <f t="shared" si="1"/>
         <v>7.9245283018867925</v>
       </c>
     </row>
-    <row r="9" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C9" s="13">
         <v>517</v>
       </c>
       <c r="D9" s="14">
         <f t="shared" si="0"/>
         <v>8.8969196351746689</v>
       </c>
       <c r="E9" s="13">
         <v>442</v>
       </c>
       <c r="F9" s="13">
         <v>570</v>
       </c>
       <c r="G9" s="14">
         <f>E9/E$10*100</f>
         <v>10.1074777040933</v>
       </c>
       <c r="H9" s="15">
         <f t="shared" si="1"/>
         <v>-9.2982456140350873</v>
       </c>
     </row>
-    <row r="10" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="16" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="17">
         <f>SUM(C6:C9)</f>
         <v>5811</v>
       </c>
       <c r="D10" s="18">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
       <c r="E10" s="17">
         <f>SUM(E6:E9)</f>
         <v>4373</v>
       </c>
       <c r="F10" s="17">
         <v>5643</v>
       </c>
       <c r="G10" s="18">
         <f>E10/E$10*100</f>
         <v>100</v>
       </c>
       <c r="H10" s="18">
         <f t="shared" si="1"/>
         <v>2.9771398192450822</v>
       </c>
     </row>
-    <row r="11" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="5"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:8" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="11">
         <v>1627</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="2:8" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:8" x14ac:dyDescent="0.35">
       <c r="B13" s="2"/>
       <c r="C13" s="10">
         <v>0.28000000000000003</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="B1:H1"/>
     <mergeCell ref="B2:H2"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="-0.499984740745262"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AK80"/>
+  <dimension ref="B1:AK81"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="AQ75" sqref="AQ75"/>
+      <selection activeCell="BO5" sqref="BO5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="6.21875" style="25" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="10.21875" style="25" customWidth="1"/>
+    <col min="1" max="1" width="6.1796875" style="25" customWidth="1"/>
+    <col min="2" max="2" width="10.26953125" style="25" customWidth="1"/>
+    <col min="3" max="4" width="8.6328125" style="25" customWidth="1"/>
+    <col min="5" max="6" width="9.08984375" style="25" customWidth="1"/>
+    <col min="7" max="7" width="8.6328125" style="25" customWidth="1"/>
+    <col min="8" max="8" width="10.26953125" style="25" customWidth="1"/>
     <col min="9" max="9" width="6" style="25" customWidth="1"/>
-    <col min="10" max="10" width="19.21875" style="25" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="30" max="16384" width="9.109375" style="25"/>
+    <col min="10" max="10" width="19.26953125" style="25" customWidth="1"/>
+    <col min="11" max="16" width="13.81640625" style="25" customWidth="1"/>
+    <col min="17" max="17" width="15.08984375" style="25" customWidth="1"/>
+    <col min="18" max="20" width="8.90625" style="25" customWidth="1"/>
+    <col min="21" max="21" width="9.08984375" style="49"/>
+    <col min="22" max="23" width="10.81640625" style="49" customWidth="1"/>
+    <col min="24" max="27" width="10.81640625" style="25" customWidth="1"/>
+    <col min="28" max="28" width="9.08984375" style="25"/>
+    <col min="29" max="29" width="4.08984375" style="25" customWidth="1"/>
+    <col min="30" max="16384" width="9.08984375" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:37" ht="31.2" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="U1" s="121" t="s">
+    <row r="1" spans="2:37" ht="31" x14ac:dyDescent="0.35">
+      <c r="B1" s="117" t="s">
+        <v>183</v>
+      </c>
+      <c r="C1" s="117"/>
+      <c r="D1" s="117"/>
+      <c r="E1" s="117"/>
+      <c r="F1" s="117"/>
+      <c r="G1" s="117"/>
+      <c r="H1" s="117"/>
+      <c r="I1" s="117"/>
+      <c r="J1" s="117"/>
+      <c r="K1" s="117"/>
+      <c r="L1" s="117"/>
+      <c r="M1" s="117"/>
+      <c r="N1" s="117"/>
+      <c r="O1" s="117"/>
+      <c r="P1" s="117"/>
+      <c r="Q1" s="117"/>
+      <c r="U1" s="127" t="s">
+        <v>182</v>
+      </c>
+      <c r="V1" s="127"/>
+      <c r="W1" s="127"/>
+      <c r="X1" s="127"/>
+      <c r="Y1" s="127"/>
+      <c r="Z1" s="127"/>
+      <c r="AA1" s="127"/>
+      <c r="AB1" s="127"/>
+      <c r="AC1" s="127"/>
+      <c r="AD1" s="127"/>
+      <c r="AE1" s="127"/>
+      <c r="AF1" s="127"/>
+      <c r="AG1" s="127"/>
+      <c r="AH1" s="127"/>
+      <c r="AI1" s="127"/>
+      <c r="AJ1" s="127"/>
+      <c r="AK1" s="127"/>
+    </row>
+    <row r="2" spans="2:37" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="116" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" s="116"/>
+      <c r="D2" s="116"/>
+      <c r="E2" s="116"/>
+      <c r="F2" s="116"/>
+      <c r="G2" s="116"/>
+      <c r="H2" s="116"/>
+      <c r="I2" s="116"/>
+      <c r="J2" s="116"/>
+      <c r="K2" s="116"/>
+      <c r="L2" s="116"/>
+      <c r="M2" s="116"/>
+      <c r="N2" s="116"/>
+      <c r="O2" s="116"/>
+      <c r="P2" s="116"/>
+      <c r="Q2" s="116"/>
+      <c r="U2" s="127"/>
+      <c r="V2" s="127"/>
+      <c r="W2" s="127"/>
+      <c r="X2" s="127"/>
+      <c r="Y2" s="127"/>
+      <c r="Z2" s="127"/>
+      <c r="AA2" s="127"/>
+      <c r="AB2" s="127"/>
+      <c r="AC2" s="127"/>
+      <c r="AD2" s="127"/>
+      <c r="AE2" s="127"/>
+      <c r="AF2" s="127"/>
+      <c r="AG2" s="127"/>
+      <c r="AH2" s="127"/>
+      <c r="AI2" s="127"/>
+      <c r="AJ2" s="127"/>
+      <c r="AK2" s="127"/>
+    </row>
+    <row r="3" spans="2:37" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="124" t="s">
         <v>190</v>
       </c>
-      <c r="V1" s="121"/>
-[...14 lines deleted...]
-      <c r="AK1" s="121"/>
+      <c r="C3" s="124"/>
+      <c r="D3" s="124"/>
+      <c r="E3" s="124"/>
+      <c r="F3" s="124"/>
+      <c r="G3" s="124"/>
+      <c r="H3" s="124"/>
+      <c r="K3" s="77"/>
+      <c r="L3" s="80"/>
     </row>
-    <row r="2" spans="2:37" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
-[...34 lines deleted...]
-      <c r="AK2" s="121"/>
+    <row r="4" spans="2:37" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="83"/>
+      <c r="C4" s="84" t="s">
+        <v>127</v>
+      </c>
+      <c r="D4" s="84" t="s">
+        <v>128</v>
+      </c>
+      <c r="E4" s="84" t="s">
+        <v>129</v>
+      </c>
+      <c r="F4" s="84" t="s">
+        <v>130</v>
+      </c>
+      <c r="G4" s="84" t="s">
+        <v>162</v>
+      </c>
+      <c r="H4" s="85" t="s">
+        <v>131</v>
+      </c>
+      <c r="K4" s="119" t="s">
+        <v>163</v>
+      </c>
+      <c r="L4" s="119"/>
+      <c r="M4" s="119"/>
+      <c r="N4" s="120" t="s">
+        <v>173</v>
+      </c>
+      <c r="O4" s="120"/>
+      <c r="P4" s="123" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q4" s="123"/>
     </row>
-    <row r="3" spans="2:37" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="L3" s="87"/>
+    <row r="5" spans="2:37" ht="29.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B5" s="86" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" s="87"/>
+      <c r="D5" s="87"/>
+      <c r="E5" s="87"/>
+      <c r="F5" s="87"/>
+      <c r="G5" s="87"/>
+      <c r="H5" s="87"/>
+      <c r="K5" s="102" t="s">
+        <v>156</v>
+      </c>
+      <c r="L5" s="102" t="s">
+        <v>15</v>
+      </c>
+      <c r="M5" s="102" t="s">
+        <v>16</v>
+      </c>
+      <c r="N5" s="102" t="s">
+        <v>156</v>
+      </c>
+      <c r="O5" s="102" t="s">
+        <v>16</v>
+      </c>
+      <c r="P5" s="32" t="s">
+        <v>172</v>
+      </c>
+      <c r="Q5" s="32" t="s">
+        <v>185</v>
+      </c>
+      <c r="U5" s="128" t="s">
+        <v>191</v>
+      </c>
+      <c r="V5" s="128"/>
+      <c r="W5" s="128"/>
+      <c r="X5" s="128"/>
+      <c r="Y5" s="128"/>
+      <c r="Z5" s="128"/>
+      <c r="AA5" s="128"/>
+      <c r="AB5" s="128"/>
     </row>
-    <row r="4" spans="2:37" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...82 lines deleted...]
-      <c r="B6" s="99" t="s">
+    <row r="6" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B6" s="88" t="s">
         <v>18</v>
       </c>
-      <c r="C6" s="100"/>
-      <c r="D6" s="100">
+      <c r="C6" s="89"/>
+      <c r="D6" s="89">
         <v>0</v>
       </c>
-      <c r="E6" s="100"/>
-[...2 lines deleted...]
-      <c r="H6" s="101">
+      <c r="E6" s="89"/>
+      <c r="F6" s="89"/>
+      <c r="G6" s="89"/>
+      <c r="H6" s="90">
         <f>SUM(C6:G6)</f>
         <v>0</v>
       </c>
-      <c r="I6" s="32"/>
-      <c r="J6" s="28" t="s">
+      <c r="I6" s="29"/>
+      <c r="J6" s="26" t="s">
         <v>127</v>
       </c>
-      <c r="K6" s="29">
+      <c r="K6" s="27">
         <f>C16</f>
         <v>823.86900000000003</v>
       </c>
-      <c r="L6" s="55">
-[...3 lines deleted...]
-      <c r="M6" s="30">
+      <c r="L6" s="50">
+        <f>K6*$I$80/$I$56</f>
+        <v>1608.229472496474</v>
+      </c>
+      <c r="M6" s="28">
         <f>L6/L$11*100</f>
         <v>21.780494897689419</v>
       </c>
-      <c r="N6" s="29">
-[...3 lines deleted...]
-      <c r="O6" s="30">
+      <c r="N6" s="27">
+        <f>C40</f>
+        <v>950.87292859000001</v>
+      </c>
+      <c r="O6" s="28">
         <f>N6/N$11*100</f>
-        <v>13.2719667979565</v>
-[...1 lines deleted...]
-      <c r="P6" s="43">
+        <v>12.866215143404997</v>
+      </c>
+      <c r="P6" s="40">
         <f>(N6-L6)/L6*100</f>
-        <v>-36.619721016538335</v>
-[...1 lines deleted...]
-      <c r="Q6" s="43">
+        <v>-40.874549008609549</v>
+      </c>
+      <c r="Q6" s="40">
         <f>N6-L6</f>
-        <v>-568.07833098903882</v>
-[...1 lines deleted...]
-      <c r="R6" s="88" t="str">
+        <v>-657.35654390647403</v>
+      </c>
+      <c r="R6" s="104" t="str">
         <f>PROPER(J6)</f>
         <v>Casino</v>
       </c>
-      <c r="S6" s="88">
+      <c r="S6" s="104">
         <f>Q6</f>
-        <v>-568.07833098903882</v>
-[...6 lines deleted...]
-      <c r="W6" s="119" t="s">
+        <v>-657.35654390647403</v>
+      </c>
+      <c r="U6" s="54"/>
+      <c r="V6" s="129" t="s">
+        <v>174</v>
+      </c>
+      <c r="W6" s="125" t="s">
         <v>1</v>
       </c>
-      <c r="X6" s="119" t="s">
-[...15 lines deleted...]
-        <v>195</v>
+      <c r="X6" s="125" t="s">
+        <v>175</v>
+      </c>
+      <c r="Y6" s="125" t="s">
+        <v>176</v>
+      </c>
+      <c r="Z6" s="125" t="s">
+        <v>177</v>
+      </c>
+      <c r="AA6" s="125" t="s">
+        <v>178</v>
+      </c>
+      <c r="AB6" s="126" t="s">
+        <v>179</v>
+      </c>
+      <c r="AD6" s="101" t="s">
+        <v>192</v>
       </c>
     </row>
-    <row r="7" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="65" t="s">
+    <row r="7" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="58" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="102"/>
-      <c r="D7" s="102">
+      <c r="C7" s="91"/>
+      <c r="D7" s="91">
         <v>16.26408</v>
       </c>
-      <c r="E7" s="102"/>
-[...3 lines deleted...]
-        <f t="shared" ref="H7:H39" si="0">SUM(C7:G7)</f>
+      <c r="E7" s="91"/>
+      <c r="F7" s="91"/>
+      <c r="G7" s="91"/>
+      <c r="H7" s="90">
+        <f t="shared" ref="H7:H41" si="0">SUM(C7:G7)</f>
         <v>16.26408</v>
       </c>
-      <c r="I7" s="32"/>
-      <c r="J7" s="28" t="s">
+      <c r="I7" s="29"/>
+      <c r="J7" s="26" t="s">
         <v>128</v>
       </c>
-      <c r="K7" s="29">
+      <c r="K7" s="27">
         <f>D16</f>
         <v>2170.56</v>
       </c>
-      <c r="L7" s="55">
-[...3 lines deleted...]
-      <c r="M7" s="30">
+      <c r="L7" s="50">
+        <f>K7*$I$80/$I$56</f>
+        <v>4237.0310860366717</v>
+      </c>
+      <c r="M7" s="28">
         <f>L7/L$11*100</f>
         <v>57.382752604028973</v>
       </c>
-      <c r="N7" s="29">
-[...3 lines deleted...]
-      <c r="O7" s="30">
+      <c r="N7" s="27">
+        <f>D40</f>
+        <v>3030.0262240400002</v>
+      </c>
+      <c r="O7" s="28">
         <f>N7/N$11*100</f>
-        <v>40.788172101622386</v>
-[...1 lines deleted...]
-      <c r="P7" s="43">
+        <v>40.999136810495266</v>
+      </c>
+      <c r="P7" s="40">
         <f t="shared" ref="P7:P10" si="1">(N7-L7)/L7*100</f>
-        <v>-26.066805854831781</v>
-[...1 lines deleted...]
-      <c r="Q7" s="43">
+        <v>-28.48704287241155</v>
+      </c>
+      <c r="Q7" s="40">
         <f t="shared" ref="Q7:Q9" si="2">N7-L7</f>
-        <v>-1065.3557230636388</v>
-[...1 lines deleted...]
-      <c r="R7" s="88" t="str">
+        <v>-1207.0048619966715</v>
+      </c>
+      <c r="R7" s="104" t="str">
         <f t="shared" ref="R7:R10" si="3">PROPER(J7)</f>
         <v>Gaming Machines</v>
       </c>
-      <c r="S7" s="88">
+      <c r="S7" s="104">
         <f t="shared" ref="S7:S10" si="4">Q7</f>
-        <v>-1065.3557230636388</v>
-[...1 lines deleted...]
-      <c r="T7" s="61"/>
+        <v>-1207.0048619966715</v>
+      </c>
       <c r="U7"/>
-      <c r="V7" s="133"/>
-[...5 lines deleted...]
-      <c r="AB7" s="120"/>
+      <c r="V7" s="129"/>
+      <c r="W7" s="125"/>
+      <c r="X7" s="125"/>
+      <c r="Y7" s="125"/>
+      <c r="Z7" s="125"/>
+      <c r="AA7" s="125"/>
+      <c r="AB7" s="126"/>
     </row>
-    <row r="8" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="65" t="s">
+    <row r="8" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="58" t="s">
         <v>20</v>
       </c>
-      <c r="C8" s="102"/>
-      <c r="D8" s="102">
+      <c r="C8" s="91"/>
+      <c r="D8" s="91">
         <v>32.462693999999999</v>
       </c>
-      <c r="E8" s="102"/>
-[...2 lines deleted...]
-      <c r="H8" s="101">
+      <c r="E8" s="91"/>
+      <c r="F8" s="91"/>
+      <c r="G8" s="91"/>
+      <c r="H8" s="90">
         <f t="shared" si="0"/>
         <v>32.462693999999999</v>
       </c>
-      <c r="I8" s="32"/>
-      <c r="J8" s="28" t="s">
+      <c r="I8" s="29"/>
+      <c r="J8" s="26" t="s">
         <v>129</v>
       </c>
-      <c r="K8" s="29">
+      <c r="K8" s="27">
         <f>E16</f>
         <v>6.7830000000000004</v>
       </c>
-      <c r="L8" s="55">
-[...3 lines deleted...]
-      <c r="M8" s="30">
+      <c r="L8" s="50">
+        <f>K8*$I$80/$I$56</f>
+        <v>13.240722143864598</v>
+      </c>
+      <c r="M8" s="28">
         <f>L8/L$11*100</f>
-        <v>0.17932110188759057</v>
-[...5 lines deleted...]
-      <c r="O8" s="30">
+        <v>0.17932110188759054</v>
+      </c>
+      <c r="N8" s="27">
+        <f>E40</f>
+        <v>52.405911949999997</v>
+      </c>
+      <c r="O8" s="28">
         <f>N8/N$11*100</f>
-        <v>0.66828599401972422</v>
-[...1 lines deleted...]
-      <c r="P8" s="43">
+        <v>0.70910183439008234</v>
+      </c>
+      <c r="P8" s="40">
         <f t="shared" si="1"/>
-        <v>287.63016311499166</v>
-[...1 lines deleted...]
-      <c r="Q8" s="43">
+        <v>295.79345734011582</v>
+      </c>
+      <c r="Q8" s="40">
         <f t="shared" si="2"/>
-        <v>36.735949988801124</v>
-[...1 lines deleted...]
-      <c r="R8" s="88" t="str">
+        <v>39.165189806135402</v>
+      </c>
+      <c r="R8" s="104" t="str">
         <f t="shared" si="3"/>
         <v>Keno</v>
       </c>
-      <c r="S8" s="88">
+      <c r="S8" s="104">
         <f t="shared" si="4"/>
-        <v>36.735949988801124</v>
-[...2 lines deleted...]
-      <c r="U8" s="112">
+        <v>39.165189806135402</v>
+      </c>
+      <c r="U8" s="99">
         <v>1996</v>
       </c>
-      <c r="V8" s="107">
+      <c r="V8" s="94">
         <v>4548118</v>
       </c>
-      <c r="W8" s="107">
-[...21 lines deleted...]
-        <v>1087.960457679817</v>
+      <c r="W8" s="94">
+        <f>C52*1000000/$V8</f>
+        <v>221.96389346046487</v>
+      </c>
+      <c r="X8" s="94">
+        <f t="shared" ref="X8:X35" si="5">D52*1000000/$V8</f>
+        <v>563.52739477453349</v>
+      </c>
+      <c r="Y8" s="94">
+        <f t="shared" ref="Y8:Y35" si="6">E52*1000000/$V8</f>
+        <v>3.9346706068302413</v>
+      </c>
+      <c r="Z8" s="94">
+        <f t="shared" ref="Z8:Z35" si="7">F52*1000000/$V8</f>
+        <v>143.25782092659605</v>
+      </c>
+      <c r="AA8" s="94">
+        <f t="shared" ref="AA8:AA35" si="8">G52*1000000/$V8</f>
+        <v>195.20930894233661</v>
+      </c>
+      <c r="AB8" s="94">
+        <f t="shared" ref="AB8:AB35" si="9">H52*1000000/$V8</f>
+        <v>1127.8930887107613</v>
       </c>
     </row>
-    <row r="9" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="65" t="s">
+    <row r="9" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="58" t="s">
         <v>21</v>
       </c>
-      <c r="C9" s="102"/>
-      <c r="D9" s="102">
+      <c r="C9" s="91"/>
+      <c r="D9" s="91">
         <v>255.24271200000001</v>
       </c>
-      <c r="E9" s="102"/>
-[...2 lines deleted...]
-      <c r="H9" s="101">
+      <c r="E9" s="91"/>
+      <c r="F9" s="91"/>
+      <c r="G9" s="91"/>
+      <c r="H9" s="90">
         <f t="shared" si="0"/>
         <v>255.24271200000001</v>
       </c>
-      <c r="I9" s="32"/>
-      <c r="J9" s="28" t="s">
+      <c r="I9" s="29"/>
+      <c r="J9" s="26" t="s">
         <v>130</v>
       </c>
-      <c r="K9" s="29">
+      <c r="K9" s="27">
         <f>F16</f>
         <v>315.245</v>
       </c>
-      <c r="L9" s="55">
-[...3 lines deleted...]
-      <c r="M9" s="30">
+      <c r="L9" s="50">
+        <f>K9*$I$80/$I$56</f>
+        <v>615.37246826516218</v>
+      </c>
+      <c r="M9" s="28">
         <f>L9/L$11*100</f>
-        <v>8.3340823772008683</v>
-[...9 lines deleted...]
-      <c r="P9" s="43">
+        <v>8.3340823772008665</v>
+      </c>
+      <c r="N9" s="27">
+        <f>F40</f>
+        <v>843.00663866443904</v>
+      </c>
+      <c r="O9" s="28">
+        <f t="shared" ref="O9:O10" si="10">N9/N$11*100</f>
+        <v>11.406681644053922</v>
+      </c>
+      <c r="P9" s="40">
         <f t="shared" si="1"/>
-        <v>28.578019196947963</v>
-[...1 lines deleted...]
-      <c r="Q9" s="43">
+        <v>36.991282863371453</v>
+      </c>
+      <c r="Q9" s="40">
         <f t="shared" si="2"/>
-        <v>169.63496020346099</v>
-[...1 lines deleted...]
-      <c r="R9" s="88" t="str">
+        <v>227.63417039927685</v>
+      </c>
+      <c r="R9" s="104" t="str">
         <f t="shared" si="3"/>
         <v>Lotteries</v>
       </c>
-      <c r="S9" s="88">
+      <c r="S9" s="104">
         <f t="shared" si="4"/>
-        <v>169.63496020346099</v>
-[...2 lines deleted...]
-      <c r="U9" s="113">
+        <v>227.63417039927685</v>
+      </c>
+      <c r="U9" s="100">
         <v>1997</v>
       </c>
-      <c r="V9" s="111">
+      <c r="V9" s="98">
         <v>4584955</v>
       </c>
-      <c r="W9" s="111">
+      <c r="W9" s="98">
+        <f>C53*1000000/$V9</f>
+        <v>258.1460025283032</v>
+      </c>
+      <c r="X9" s="98">
         <f t="shared" si="5"/>
-        <v>249.00644030006126</v>
-[...1 lines deleted...]
-      <c r="X9" s="111">
+        <v>649.10232387168901</v>
+      </c>
+      <c r="Y9" s="98">
         <f t="shared" si="6"/>
-        <v>626.12109997738776</v>
-[...1 lines deleted...]
-      <c r="Y9" s="111">
+        <v>3.1920134033779579</v>
+      </c>
+      <c r="Z9" s="98">
         <f t="shared" si="7"/>
-        <v>3.0790013681427557</v>
-[...1 lines deleted...]
-      <c r="Z9" s="111">
+        <v>128.40347656426164</v>
+      </c>
+      <c r="AA9" s="98">
         <f t="shared" si="8"/>
-        <v>123.85739972058477</v>
-[...1 lines deleted...]
-      <c r="AA9" s="111">
+        <v>190.31382274116834</v>
+      </c>
+      <c r="AB9" s="98">
         <f t="shared" si="9"/>
-        <v>183.57583335221076</v>
-[...3 lines deleted...]
-        <v>1185.6397747183876</v>
+        <v>1229.1576391088004</v>
       </c>
     </row>
-    <row r="10" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="65" t="s">
+    <row r="10" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="58" t="s">
         <v>22</v>
       </c>
-      <c r="C10" s="102"/>
-      <c r="D10" s="102">
+      <c r="C10" s="91"/>
+      <c r="D10" s="91">
         <v>679.66329438000002</v>
       </c>
-      <c r="E10" s="102">
+      <c r="E10" s="91">
         <v>2.4725600000000001</v>
       </c>
-      <c r="F10" s="102"/>
-[...1 lines deleted...]
-      <c r="H10" s="101">
+      <c r="F10" s="91"/>
+      <c r="G10" s="91"/>
+      <c r="H10" s="90">
         <f t="shared" si="0"/>
         <v>682.13585438000007</v>
       </c>
-      <c r="I10" s="32"/>
-      <c r="J10" s="28" t="s">
+      <c r="I10" s="29"/>
+      <c r="J10" s="26" t="s">
         <v>162</v>
       </c>
-      <c r="K10" s="29">
+      <c r="K10" s="27">
         <f>G16</f>
         <v>466.14299999999997</v>
       </c>
-      <c r="L10" s="55">
-[...3 lines deleted...]
-      <c r="M10" s="30">
+      <c r="L10" s="50">
+        <f>K10*$I$80/$I$56</f>
+        <v>909.93217489421716</v>
+      </c>
+      <c r="M10" s="28">
         <f>L10/L$11*100</f>
         <v>12.323349019193147</v>
       </c>
-      <c r="N10" s="29">
-[...7 lines deleted...]
-      <c r="P10" s="43">
+      <c r="N10" s="27">
+        <f>G40</f>
+        <v>2514.1517546700002</v>
+      </c>
+      <c r="O10" s="28">
+        <f t="shared" si="10"/>
+        <v>34.01886456765574</v>
+      </c>
+      <c r="P10" s="40">
         <f t="shared" si="1"/>
-        <v>195.15040770934604</v>
-[...1 lines deleted...]
-      <c r="Q10" s="43">
+        <v>176.30100616700133</v>
+      </c>
+      <c r="Q10" s="40">
         <f>N10-L10</f>
-        <v>1712.8670709258815</v>
-[...1 lines deleted...]
-      <c r="R10" s="88" t="str">
+        <v>1604.2195797757831</v>
+      </c>
+      <c r="R10" s="104" t="str">
         <f t="shared" si="3"/>
         <v>Wagering</v>
       </c>
-      <c r="S10" s="88">
+      <c r="S10" s="104">
         <f t="shared" si="4"/>
-        <v>1712.8670709258815</v>
-[...2 lines deleted...]
-      <c r="U10" s="113">
+        <v>1604.2195797757831</v>
+      </c>
+      <c r="U10" s="100">
         <v>1998</v>
       </c>
-      <c r="V10" s="111">
+      <c r="V10" s="98">
         <v>4625538</v>
       </c>
-      <c r="W10" s="111">
+      <c r="W10" s="98">
+        <f>C54*1000000/$V10</f>
+        <v>326.61769099647887</v>
+      </c>
+      <c r="X10" s="98">
         <f t="shared" si="5"/>
-        <v>315.05391436437804</v>
-[...1 lines deleted...]
-      <c r="X10" s="111">
+        <v>752.98883515565876</v>
+      </c>
+      <c r="Y10" s="98">
         <f t="shared" si="6"/>
-        <v>726.32954836185286</v>
-[...1 lines deleted...]
-      <c r="Y10" s="111">
+        <v>3.1170479043544268</v>
+      </c>
+      <c r="Z10" s="98">
         <f t="shared" si="7"/>
-        <v>3.006689994445924</v>
-[...1 lines deleted...]
-      <c r="Z10" s="111">
+        <v>131.53862954142085</v>
+      </c>
+      <c r="AA10" s="98">
         <f t="shared" si="8"/>
-        <v>126.88155378453528</v>
-[...1 lines deleted...]
-      <c r="AA10" s="111">
+        <v>192.50014872673762</v>
+      </c>
+      <c r="AB10" s="98">
         <f t="shared" si="9"/>
-        <v>185.68475328771294</v>
-[...3 lines deleted...]
-        <v>1356.956459792925</v>
+        <v>1406.7623523246502</v>
       </c>
     </row>
-    <row r="11" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="65" t="s">
+    <row r="11" spans="2:37" ht="20" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="58" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="102">
+      <c r="C11" s="91">
         <v>357.84699999999998</v>
       </c>
-      <c r="D11" s="102">
+      <c r="D11" s="91">
         <v>908.14599999999996</v>
       </c>
-      <c r="E11" s="102">
+      <c r="E11" s="91">
         <v>12.374269999999999</v>
       </c>
-      <c r="F11" s="102">
+      <c r="F11" s="91">
         <v>311.07479999999998</v>
       </c>
-      <c r="G11" s="102">
+      <c r="G11" s="91">
         <v>412.06547999999998</v>
       </c>
-      <c r="H11" s="101">
+      <c r="H11" s="90">
         <f t="shared" si="0"/>
         <v>2001.50755</v>
       </c>
-      <c r="I11" s="32"/>
-      <c r="J11" s="31" t="s">
+      <c r="I11" s="29"/>
+      <c r="J11" s="106" t="s">
         <v>29</v>
       </c>
-      <c r="K11" s="56">
+      <c r="K11" s="51">
         <f>SUM(K6:K10)</f>
         <v>3782.6</v>
       </c>
-      <c r="L11" s="56">
-[...4 lines deleted...]
-        <f t="shared" si="12"/>
+      <c r="L11" s="51">
+        <f t="shared" ref="L11:O11" si="11">SUM(L6:L10)</f>
+        <v>7383.8059238363894</v>
+      </c>
+      <c r="M11" s="30">
+        <f t="shared" si="11"/>
         <v>100</v>
       </c>
-      <c r="N11" s="56">
-[...7 lines deleted...]
-      <c r="P11" s="42">
+      <c r="N11" s="103">
+        <f>SUM(N6:N10)</f>
+        <v>7390.4634579144385</v>
+      </c>
+      <c r="O11" s="30">
+        <f t="shared" si="11"/>
+        <v>100</v>
+      </c>
+      <c r="P11" s="39">
         <f>(N11-L11)/L11*100</f>
-        <v>4.0127559109000313</v>
-[...1 lines deleted...]
-      <c r="Q11" s="42">
+        <v>9.0163990585902312E-2</v>
+      </c>
+      <c r="Q11" s="39">
         <f>N11-L11</f>
-        <v>285.80392706546627</v>
-[...4 lines deleted...]
-      <c r="U11" s="113">
+        <v>6.6575340780491388</v>
+      </c>
+      <c r="R11" s="104"/>
+      <c r="S11" s="104"/>
+      <c r="U11" s="100">
         <v>1999</v>
       </c>
-      <c r="V11" s="111">
+      <c r="V11" s="98">
         <v>4673953</v>
       </c>
-      <c r="W11" s="111">
+      <c r="W11" s="98">
+        <f t="shared" ref="W11:W34" si="12">C55*1000000/$V11</f>
+        <v>311.58446580186984</v>
+      </c>
+      <c r="X11" s="98">
         <f t="shared" si="5"/>
-        <v>300.55293485946254</v>
-[...1 lines deleted...]
-      <c r="X11" s="111">
+        <v>843.51899058849676</v>
+      </c>
+      <c r="Y11" s="98">
         <f t="shared" si="6"/>
-        <v>813.65451765581156</v>
-[...1 lines deleted...]
-      <c r="Y11" s="111">
+        <v>3.106555637964648</v>
+      </c>
+      <c r="Z11" s="98">
         <f t="shared" si="7"/>
-        <v>2.9965692028054947</v>
-[...1 lines deleted...]
-      <c r="Z11" s="111">
+        <v>134.91481501272648</v>
+      </c>
+      <c r="AA11" s="98">
         <f t="shared" si="8"/>
-        <v>130.13820667773834</v>
-[...1 lines deleted...]
-      <c r="AA11" s="111">
+        <v>198.98703944409488</v>
+      </c>
+      <c r="AB11" s="98">
         <f t="shared" si="9"/>
-        <v>191.94197807649326</v>
-[...3 lines deleted...]
-        <v>1439.2842064723113</v>
+        <v>1492.1118664851526</v>
       </c>
     </row>
-    <row r="12" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="65" t="s">
+    <row r="12" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="C12" s="102">
+      <c r="C12" s="91">
         <v>490.9</v>
       </c>
-      <c r="D12" s="102">
+      <c r="D12" s="91">
         <v>1246.309</v>
       </c>
-      <c r="E12" s="102">
+      <c r="E12" s="91">
         <v>8.702</v>
       </c>
-      <c r="F12" s="102">
+      <c r="F12" s="91">
         <v>316.83199999999999</v>
       </c>
-      <c r="G12" s="102">
+      <c r="G12" s="91">
         <v>431.72899999999998</v>
       </c>
-      <c r="H12" s="101">
+      <c r="H12" s="90">
         <f t="shared" si="0"/>
         <v>2494.4719999999998</v>
       </c>
-      <c r="I12" s="32"/>
-[...13 lines deleted...]
-      <c r="U12" s="113">
+      <c r="I12" s="29"/>
+      <c r="J12" s="121" t="s">
+        <v>186</v>
+      </c>
+      <c r="K12" s="122"/>
+      <c r="L12" s="122"/>
+      <c r="M12" s="122"/>
+      <c r="N12" s="122"/>
+      <c r="O12" s="122"/>
+      <c r="P12" s="122"/>
+      <c r="Q12" s="122"/>
+      <c r="R12" s="104"/>
+      <c r="S12" s="104"/>
+      <c r="U12" s="100">
         <v>2000</v>
       </c>
-      <c r="V12" s="111">
+      <c r="V12" s="98">
         <v>4728627</v>
       </c>
-      <c r="W12" s="111">
+      <c r="W12" s="98">
+        <f t="shared" si="12"/>
+        <v>340.10495488362142</v>
+      </c>
+      <c r="X12" s="98">
         <f t="shared" si="5"/>
-        <v>328.06366674106539</v>
-[...1 lines deleted...]
-      <c r="X12" s="111">
+        <v>896.03833967802314</v>
+      </c>
+      <c r="Y12" s="98">
         <f t="shared" si="6"/>
-        <v>864.31443892352661</v>
-[...1 lines deleted...]
-      <c r="Y12" s="111">
+        <v>2.8001198114938224</v>
+      </c>
+      <c r="Z12" s="98">
         <f t="shared" si="7"/>
-        <v>2.7009826216360211</v>
-[...1 lines deleted...]
-      <c r="Z12" s="111">
+        <v>130.13766327205809</v>
+      </c>
+      <c r="AA12" s="98">
         <f t="shared" si="8"/>
-        <v>125.53018819956469</v>
-[...1 lines deleted...]
-      <c r="AA12" s="111">
+        <v>192.43052473671895</v>
+      </c>
+      <c r="AB12" s="98">
         <f t="shared" si="9"/>
-        <v>185.6175943089016</v>
-[...3 lines deleted...]
-        <v>1506.2268707946944</v>
+        <v>1561.5116023819155</v>
       </c>
     </row>
-    <row r="13" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="65" t="s">
+    <row r="13" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="58" t="s">
         <v>25</v>
       </c>
-      <c r="C13" s="102">
+      <c r="C13" s="91">
         <v>578.96600000000001</v>
       </c>
-      <c r="D13" s="102">
+      <c r="D13" s="91">
         <v>1455.797</v>
       </c>
-      <c r="E13" s="102">
+      <c r="E13" s="91">
         <v>7.1589999999999998</v>
       </c>
-      <c r="F13" s="102">
+      <c r="F13" s="91">
         <v>287.98140000000001</v>
       </c>
-      <c r="G13" s="102">
+      <c r="G13" s="91">
         <v>426.83300000000003</v>
       </c>
-      <c r="H13" s="101">
+      <c r="H13" s="90">
         <f t="shared" si="0"/>
         <v>2756.7364000000002</v>
       </c>
-      <c r="I13" s="32"/>
-[...11 lines deleted...]
-      <c r="U13" s="113">
+      <c r="I13" s="29"/>
+      <c r="J13" s="122"/>
+      <c r="K13" s="122"/>
+      <c r="L13" s="122"/>
+      <c r="M13" s="122"/>
+      <c r="N13" s="122"/>
+      <c r="O13" s="122"/>
+      <c r="P13" s="122"/>
+      <c r="Q13" s="122"/>
+      <c r="R13" s="104"/>
+      <c r="S13" s="104"/>
+      <c r="U13" s="100">
         <v>2001</v>
       </c>
-      <c r="V13" s="111">
+      <c r="V13" s="98">
         <v>4791822</v>
       </c>
-      <c r="W13" s="111">
+      <c r="W13" s="98">
+        <f t="shared" si="12"/>
+        <v>363.72235063220882</v>
+      </c>
+      <c r="X13" s="98">
         <f t="shared" si="5"/>
-        <v>350.84489746676206</v>
-[...1 lines deleted...]
-      <c r="X13" s="111">
+        <v>909.95083028057468</v>
+      </c>
+      <c r="Y13" s="98">
         <f t="shared" si="6"/>
-        <v>877.73436302353116</v>
-[...1 lines deleted...]
-      <c r="Y13" s="111">
+        <v>2.636733791033135</v>
+      </c>
+      <c r="Z13" s="98">
         <f t="shared" si="7"/>
-        <v>2.5433812218419334</v>
-[...1 lines deleted...]
-      <c r="Z13" s="111">
+        <v>127.79774872997793</v>
+      </c>
+      <c r="AA13" s="98">
         <f t="shared" si="8"/>
-        <v>123.27311745268828</v>
-[...1 lines deleted...]
-      <c r="AA13" s="111">
+        <v>199.29953883518485</v>
+      </c>
+      <c r="AB13" s="98">
         <f t="shared" si="9"/>
-        <v>192.24341354405473</v>
-[...3 lines deleted...]
-        <v>1546.6391727088783</v>
+        <v>1603.4072022689797</v>
       </c>
     </row>
-    <row r="14" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="65" t="s">
+    <row r="14" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="58" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="102">
+      <c r="C14" s="91">
         <v>742.29200000000003</v>
       </c>
-      <c r="D14" s="102">
+      <c r="D14" s="91">
         <v>1711.29</v>
       </c>
-      <c r="E14" s="102">
+      <c r="E14" s="91">
         <v>7.0839999999999996</v>
       </c>
-      <c r="F14" s="102">
+      <c r="F14" s="91">
         <v>298.94299999999998</v>
       </c>
-      <c r="G14" s="102">
+      <c r="G14" s="91">
         <v>437.488</v>
       </c>
-      <c r="H14" s="101">
+      <c r="H14" s="90">
         <f t="shared" si="0"/>
         <v>3197.0969999999993</v>
       </c>
-      <c r="I14" s="32"/>
-[...3 lines deleted...]
-      <c r="U14" s="113">
+      <c r="I14" s="29"/>
+      <c r="R14" s="104"/>
+      <c r="S14" s="104"/>
+      <c r="U14" s="100">
         <v>2002</v>
       </c>
-      <c r="V14" s="111">
+      <c r="V14" s="98">
         <v>4850721</v>
       </c>
-      <c r="W14" s="111">
+      <c r="W14" s="98">
+        <f t="shared" si="12"/>
+        <v>336.32802584451321</v>
+      </c>
+      <c r="X14" s="98">
         <f t="shared" si="5"/>
-        <v>324.42045845550945</v>
-[...1 lines deleted...]
-      <c r="X14" s="111">
+        <v>945.97115617492852</v>
+      </c>
+      <c r="Y14" s="98">
         <f t="shared" si="6"/>
-        <v>912.47940281324406</v>
-[...1 lines deleted...]
-      <c r="Y14" s="111">
+        <v>2.4353568758075612</v>
+      </c>
+      <c r="Z14" s="98">
         <f t="shared" si="7"/>
-        <v>2.3491339806380735</v>
-[...1 lines deleted...]
-      <c r="Z14" s="111">
+        <v>123.34798364871877</v>
+      </c>
+      <c r="AA14" s="98">
         <f t="shared" si="8"/>
-        <v>118.98089463225401</v>
-[...1 lines deleted...]
-      <c r="AA14" s="111">
+        <v>203.5346371560982</v>
+      </c>
+      <c r="AB14" s="98">
         <f t="shared" si="9"/>
-        <v>196.3285698001381</v>
-[...3 lines deleted...]
-        <v>1554.5584596817835</v>
+        <v>1611.6171597000662</v>
       </c>
     </row>
-    <row r="15" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B15" s="65" t="s">
+    <row r="15" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="58" t="s">
         <v>27</v>
       </c>
-      <c r="C15" s="102">
+      <c r="C15" s="91">
         <v>721.85199999999998</v>
       </c>
-      <c r="D15" s="102">
+      <c r="D15" s="91">
         <v>1954.192</v>
       </c>
-      <c r="E15" s="102">
+      <c r="E15" s="91">
         <v>7.1970000000000001</v>
       </c>
-      <c r="F15" s="102">
+      <c r="F15" s="91">
         <v>312.55900000000003</v>
       </c>
-      <c r="G15" s="102">
+      <c r="G15" s="91">
         <v>460.99599999999998</v>
       </c>
-      <c r="H15" s="101">
+      <c r="H15" s="90">
         <f t="shared" si="0"/>
         <v>3456.7960000000003</v>
       </c>
-      <c r="I15" s="32"/>
-[...1 lines deleted...]
-      <c r="U15" s="113">
+      <c r="I15" s="29"/>
+      <c r="U15" s="100">
         <v>2003</v>
       </c>
-      <c r="V15" s="111">
+      <c r="V15" s="98">
         <v>4911726</v>
       </c>
-      <c r="W15" s="111">
+      <c r="W15" s="98">
+        <f t="shared" si="12"/>
+        <v>336.90728909904311</v>
+      </c>
+      <c r="X15" s="98">
         <f t="shared" si="5"/>
-        <v>324.97921311215504</v>
-[...1 lines deleted...]
-      <c r="X15" s="111">
+        <v>826.32264341705991</v>
+      </c>
+      <c r="Y15" s="98">
         <f t="shared" si="6"/>
-        <v>797.06700069492422</v>
-[...1 lines deleted...]
-      <c r="Y15" s="111">
+        <v>2.1547266960083671</v>
+      </c>
+      <c r="Z15" s="98">
         <f t="shared" si="7"/>
-        <v>2.0784394069155852</v>
-[...1 lines deleted...]
-      <c r="Z15" s="111">
+        <v>129.70236990267023</v>
+      </c>
+      <c r="AA15" s="98">
         <f t="shared" si="8"/>
-        <v>125.1103062283705</v>
-[...1 lines deleted...]
-      <c r="AA15" s="111">
+        <v>204.47850141870632</v>
+      </c>
+      <c r="AB15" s="98">
         <f t="shared" si="9"/>
-        <v>197.23901690315964</v>
-[...3 lines deleted...]
-        <v>1446.4739763455245</v>
+        <v>1499.5655305334878</v>
       </c>
     </row>
-    <row r="16" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="65" t="s">
+    <row r="16" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="58" t="s">
         <v>28</v>
       </c>
-      <c r="C16" s="102">
+      <c r="C16" s="91">
         <v>823.86900000000003</v>
       </c>
-      <c r="D16" s="102">
+      <c r="D16" s="91">
         <v>2170.56</v>
       </c>
-      <c r="E16" s="102">
+      <c r="E16" s="91">
         <v>6.7830000000000004</v>
       </c>
-      <c r="F16" s="102">
+      <c r="F16" s="91">
         <v>315.245</v>
       </c>
-      <c r="G16" s="102">
+      <c r="G16" s="91">
         <v>466.14299999999997</v>
       </c>
-      <c r="H16" s="101">
+      <c r="H16" s="90">
         <f t="shared" si="0"/>
         <v>3782.6</v>
       </c>
-      <c r="I16" s="32"/>
-[...1 lines deleted...]
-      <c r="U16" s="113">
+      <c r="I16" s="29"/>
+      <c r="U16" s="100">
         <v>2004</v>
       </c>
-      <c r="V16" s="111">
+      <c r="V16" s="98">
         <v>4927149</v>
       </c>
-      <c r="W16" s="111">
+      <c r="W16" s="98">
+        <f t="shared" si="12"/>
+        <v>332.98011229339176</v>
+      </c>
+      <c r="X16" s="98">
         <f t="shared" si="5"/>
-        <v>321.19107652577895</v>
-[...1 lines deleted...]
-      <c r="X16" s="111">
+        <v>791.52097212762658</v>
+      </c>
+      <c r="Y16" s="98">
         <f t="shared" si="6"/>
-        <v>763.49746950172073</v>
-[...1 lines deleted...]
-      <c r="Y16" s="111">
+        <v>2.3110590626188685</v>
+      </c>
+      <c r="Z16" s="98">
         <f t="shared" si="7"/>
-        <v>2.2292368848238358</v>
-[...1 lines deleted...]
-      <c r="Z16" s="111">
+        <v>130.43784572112818</v>
+      </c>
+      <c r="AA16" s="98">
         <f t="shared" si="8"/>
-        <v>125.81974280181079</v>
-[...1 lines deleted...]
-      <c r="AA16" s="111">
+        <v>211.4572399603268</v>
+      </c>
+      <c r="AB16" s="98">
         <f t="shared" si="9"/>
-        <v>203.97067582878341</v>
-[...3 lines deleted...]
-        <v>1416.708201542918</v>
+        <v>1468.7072291650925</v>
       </c>
     </row>
-    <row r="17" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="65" t="s">
+    <row r="17" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="58" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="102">
+      <c r="C17" s="91">
         <v>945.74599999999998</v>
       </c>
-      <c r="D17" s="102">
+      <c r="D17" s="91">
         <v>2366.0419999999999</v>
       </c>
-      <c r="E17" s="102">
+      <c r="E17" s="91">
         <v>6.8559999999999999</v>
       </c>
-      <c r="F17" s="102">
+      <c r="F17" s="91">
         <v>332.298</v>
       </c>
-      <c r="G17" s="102">
+      <c r="G17" s="91">
         <v>518.21600000000001</v>
       </c>
-      <c r="H17" s="101">
+      <c r="H17" s="90">
         <f t="shared" si="0"/>
         <v>4169.1580000000004</v>
       </c>
-      <c r="I17" s="32"/>
-[...3 lines deleted...]
-      <c r="U17" s="113">
+      <c r="I17" s="29"/>
+      <c r="U17" s="100">
         <v>2005</v>
       </c>
-      <c r="V17" s="111">
+      <c r="V17" s="98">
         <v>4989246</v>
       </c>
-      <c r="W17" s="111">
+      <c r="W17" s="98">
+        <f t="shared" si="12"/>
+        <v>307.99714870116139</v>
+      </c>
+      <c r="X17" s="98">
         <f t="shared" si="5"/>
-        <v>297.09262537286884</v>
-[...1 lines deleted...]
-      <c r="X17" s="111">
+        <v>799.7792534110074</v>
+      </c>
+      <c r="Y17" s="98">
         <f t="shared" si="6"/>
-        <v>771.46336943908591</v>
-[...1 lines deleted...]
-      <c r="Y17" s="111">
+        <v>2.1927701860197057</v>
+      </c>
+      <c r="Z17" s="98">
         <f t="shared" si="7"/>
-        <v>2.1151359814568695</v>
-[...1 lines deleted...]
-      <c r="Z17" s="111">
+        <v>126.02362607278869</v>
+      </c>
+      <c r="AA17" s="98">
         <f t="shared" si="8"/>
-        <v>121.56180694159892</v>
-[...1 lines deleted...]
-      <c r="AA17" s="111">
+        <v>210.71782877359612</v>
+      </c>
+      <c r="AB17" s="98">
         <f t="shared" si="9"/>
-        <v>203.25744321730556</v>
-[...3 lines deleted...]
-        <v>1395.4903809523162</v>
+        <v>1446.7106271445734</v>
       </c>
     </row>
-    <row r="18" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="65" t="s">
+    <row r="18" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="58" t="s">
         <v>31</v>
       </c>
-      <c r="C18" s="102">
+      <c r="C18" s="91">
         <v>911.19799999999998</v>
       </c>
-      <c r="D18" s="102">
+      <c r="D18" s="91">
         <v>2562.8760000000002</v>
       </c>
-      <c r="E18" s="102">
+      <c r="E18" s="91">
         <v>6.5979999999999999</v>
       </c>
-      <c r="F18" s="102">
+      <c r="F18" s="91">
         <v>334.18099999999998</v>
       </c>
-      <c r="G18" s="102">
+      <c r="G18" s="91">
         <v>551.42700000000002</v>
       </c>
-      <c r="H18" s="101">
+      <c r="H18" s="90">
         <f t="shared" si="0"/>
         <v>4366.28</v>
       </c>
-      <c r="I18" s="32"/>
-[...3 lines deleted...]
-      <c r="U18" s="113">
+      <c r="I18" s="29"/>
+      <c r="T18" s="77"/>
+      <c r="U18" s="100">
         <v>2006</v>
       </c>
-      <c r="V18" s="111">
+      <c r="V18" s="98">
         <v>5061266</v>
       </c>
-      <c r="W18" s="111">
+      <c r="W18" s="98">
+        <f t="shared" si="12"/>
+        <v>325.83205480527113</v>
+      </c>
+      <c r="X18" s="98">
         <f t="shared" si="5"/>
-        <v>314.29609332733884</v>
-[...1 lines deleted...]
-      <c r="X18" s="111">
+        <v>784.32829361073368</v>
+      </c>
+      <c r="Y18" s="98">
         <f t="shared" si="6"/>
-        <v>756.5594450652668</v>
-[...1 lines deleted...]
-      <c r="Y18" s="111">
+        <v>2.0118513986829574</v>
+      </c>
+      <c r="Z18" s="98">
         <f t="shared" si="7"/>
-        <v>1.940622555810511</v>
-[...1 lines deleted...]
-      <c r="Z18" s="111">
+        <v>123.51758807174188</v>
+      </c>
+      <c r="AA18" s="98">
         <f t="shared" si="8"/>
-        <v>119.14449427440421</v>
-[...1 lines deleted...]
-      <c r="AA18" s="111">
+        <v>202.88642269921036</v>
+      </c>
+      <c r="AB18" s="98">
         <f t="shared" si="9"/>
-        <v>195.70330513254754</v>
-[...3 lines deleted...]
-        <v>1387.6439603553681</v>
+        <v>1438.57621058564</v>
       </c>
     </row>
-    <row r="19" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B19" s="65" t="s">
+    <row r="19" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="58" t="s">
         <v>32</v>
       </c>
-      <c r="C19" s="102">
+      <c r="C19" s="91">
         <v>951.74699999999996</v>
       </c>
-      <c r="D19" s="102">
+      <c r="D19" s="91">
         <v>2334.3220000000001</v>
       </c>
-      <c r="E19" s="102">
+      <c r="E19" s="91">
         <v>6.0869999999999997</v>
       </c>
-      <c r="F19" s="102">
+      <c r="F19" s="91">
         <v>366.40300000000002</v>
       </c>
-      <c r="G19" s="102">
+      <c r="G19" s="91">
         <v>577.64200000000005</v>
       </c>
-      <c r="H19" s="101">
+      <c r="H19" s="90">
         <f t="shared" si="0"/>
         <v>4236.201</v>
       </c>
-      <c r="I19" s="32"/>
-[...3 lines deleted...]
-      <c r="U19" s="113">
+      <c r="I19" s="29"/>
+      <c r="U19" s="100">
         <v>2007</v>
       </c>
-      <c r="V19" s="111">
+      <c r="V19" s="98">
         <v>5153522</v>
       </c>
-      <c r="W19" s="111">
+      <c r="W19" s="98">
+        <f t="shared" si="12"/>
+        <v>324.6099296960291</v>
+      </c>
+      <c r="X19" s="98">
         <f t="shared" si="5"/>
-        <v>313.11723709840959</v>
-[...1 lines deleted...]
-      <c r="X19" s="111">
+        <v>776.99422241966329</v>
+      </c>
+      <c r="Y19" s="98">
         <f t="shared" si="6"/>
-        <v>749.4850339091405</v>
-[...1 lines deleted...]
-      <c r="Y19" s="111">
+        <v>2.2208424470791654</v>
+      </c>
+      <c r="Z19" s="98">
         <f t="shared" si="7"/>
-        <v>2.1422143546609003</v>
-[...1 lines deleted...]
-      <c r="Z19" s="111">
+        <v>123.84473370385582</v>
+      </c>
+      <c r="AA19" s="98">
         <f t="shared" si="8"/>
-        <v>119.46005743832913</v>
-[...1 lines deleted...]
-      <c r="AA19" s="111">
+        <v>209.35671426983626</v>
+      </c>
+      <c r="AB19" s="98">
         <f t="shared" si="9"/>
-        <v>201.94451846114987</v>
-[...3 lines deleted...]
-        <v>1386.1490612616901</v>
+        <v>1437.0264425364635</v>
       </c>
     </row>
-    <row r="20" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="65" t="s">
+    <row r="20" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="58" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="102">
+      <c r="C20" s="91">
         <v>963.75900000000001</v>
       </c>
-      <c r="D20" s="102">
+      <c r="D20" s="91">
         <v>2290.9340000000002</v>
       </c>
-      <c r="E20" s="102">
+      <c r="E20" s="91">
         <v>6.6890000000000001</v>
       </c>
-      <c r="F20" s="102">
+      <c r="F20" s="91">
         <v>377.53199999999998</v>
       </c>
-      <c r="G20" s="102">
+      <c r="G20" s="91">
         <v>612.03</v>
       </c>
-      <c r="H20" s="101">
+      <c r="H20" s="90">
         <f t="shared" si="0"/>
         <v>4250.9440000000004</v>
       </c>
-      <c r="I20" s="32"/>
-      <c r="U20" s="113">
+      <c r="I20" s="29"/>
+      <c r="U20" s="100">
         <v>2008</v>
       </c>
-      <c r="V20" s="111">
+      <c r="V20" s="98">
         <v>5256375</v>
       </c>
-      <c r="W20" s="111">
+      <c r="W20" s="98">
+        <f t="shared" si="12"/>
+        <v>315.89322416824592</v>
+      </c>
+      <c r="X20" s="98">
         <f t="shared" si="5"/>
-        <v>304.70914325477486</v>
-[...1 lines deleted...]
-      <c r="X20" s="111">
+        <v>749.02864801217368</v>
+      </c>
+      <c r="Y20" s="98">
         <f t="shared" si="6"/>
-        <v>722.50957015625124</v>
-[...1 lines deleted...]
-      <c r="Y20" s="111">
+        <v>1.8780871386125233</v>
+      </c>
+      <c r="Z20" s="98">
         <f t="shared" si="7"/>
-        <v>1.8115941691096229</v>
-[...1 lines deleted...]
-      <c r="Z20" s="111">
+        <v>122.15310498834566</v>
+      </c>
+      <c r="AA20" s="98">
         <f t="shared" si="8"/>
-        <v>117.82832020190857</v>
-[...1 lines deleted...]
-      <c r="AA20" s="111">
+        <v>198.21831585455757</v>
+      </c>
+      <c r="AB20" s="98">
         <f t="shared" si="9"/>
-        <v>191.20047085681674</v>
-[...3 lines deleted...]
-        <v>1338.0590986388611</v>
+        <v>1387.1713801619353</v>
       </c>
     </row>
-    <row r="21" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="65" t="s">
+    <row r="21" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="58" t="s">
         <v>34</v>
       </c>
-      <c r="C21" s="102">
+      <c r="C21" s="91">
         <v>921.56</v>
       </c>
-      <c r="D21" s="102">
+      <c r="D21" s="91">
         <v>2393.0239999999999</v>
       </c>
-      <c r="E21" s="102">
+      <c r="E21" s="91">
         <v>6.5609999999999999</v>
       </c>
-      <c r="F21" s="102">
+      <c r="F21" s="91">
         <v>377.07600000000002</v>
       </c>
-      <c r="G21" s="102">
+      <c r="G21" s="91">
         <v>630.49</v>
       </c>
-      <c r="H21" s="101">
+      <c r="H21" s="90">
         <f t="shared" si="0"/>
         <v>4328.7110000000002</v>
       </c>
-      <c r="I21" s="32"/>
-      <c r="U21" s="113">
+      <c r="I21" s="29"/>
+      <c r="U21" s="100">
         <v>2009</v>
       </c>
-      <c r="V21" s="111">
+      <c r="V21" s="98">
         <v>5371934</v>
       </c>
-      <c r="W21" s="111">
+      <c r="W21" s="98">
+        <f t="shared" si="12"/>
+        <v>337.85393367997716</v>
+      </c>
+      <c r="X21" s="98">
         <f t="shared" si="5"/>
-        <v>325.89234209737674</v>
-[...1 lines deleted...]
-      <c r="X21" s="111">
+        <v>750.7970576554892</v>
+      </c>
+      <c r="Y21" s="98">
         <f t="shared" si="6"/>
-        <v>724.21536992057656</v>
-[...1 lines deleted...]
-      <c r="Y21" s="111">
+        <v>1.8267426613656623</v>
+      </c>
+      <c r="Z21" s="98">
         <f t="shared" si="7"/>
-        <v>1.7620675237884098</v>
-[...1 lines deleted...]
-      <c r="Z21" s="111">
+        <v>121.91975041569791</v>
+      </c>
+      <c r="AA21" s="98">
         <f t="shared" si="8"/>
-        <v>117.60322746022881</v>
-[...1 lines deleted...]
-      <c r="AA21" s="111">
+        <v>203.81753092102392</v>
+      </c>
+      <c r="AB21" s="98">
         <f t="shared" si="9"/>
-        <v>196.60144781760613</v>
-[...3 lines deleted...]
-        <v>1366.0744548195767</v>
+        <v>1416.215015333554</v>
       </c>
     </row>
-    <row r="22" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="65" t="s">
+    <row r="22" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="58" t="s">
         <v>35</v>
       </c>
-      <c r="C22" s="102">
+      <c r="C22" s="91">
         <v>1027.127</v>
       </c>
-      <c r="D22" s="102">
+      <c r="D22" s="91">
         <v>2472.4540000000002</v>
       </c>
-      <c r="E22" s="102">
+      <c r="E22" s="91">
         <v>6.3419999999999996</v>
       </c>
-      <c r="F22" s="102">
+      <c r="F22" s="91">
         <v>389.36700000000002</v>
       </c>
-      <c r="G22" s="102">
+      <c r="G22" s="91">
         <v>639.56298839999999</v>
       </c>
-      <c r="H22" s="101">
+      <c r="H22" s="90">
         <f t="shared" si="0"/>
         <v>4534.8529884</v>
       </c>
-      <c r="I22" s="34"/>
-      <c r="U22" s="113">
+      <c r="I22" s="31"/>
+      <c r="U22" s="100">
         <v>2010</v>
       </c>
-      <c r="V22" s="111">
+      <c r="V22" s="98">
         <v>5461101</v>
       </c>
-      <c r="W22" s="111">
+      <c r="W22" s="98">
+        <f t="shared" si="12"/>
+        <v>349.21029686294361</v>
+      </c>
+      <c r="X22" s="98">
         <f t="shared" si="5"/>
-        <v>336.84663750869197</v>
-[...1 lines deleted...]
-      <c r="X22" s="111">
+        <v>687.05727829942884</v>
+      </c>
+      <c r="Y22" s="98">
         <f t="shared" si="6"/>
-        <v>662.73227350414538</v>
-[...1 lines deleted...]
-      <c r="Y22" s="111">
+        <v>1.545127774996425</v>
+      </c>
+      <c r="Z22" s="98">
         <f t="shared" si="7"/>
-        <v>1.4904231066620142</v>
-[...1 lines deleted...]
-      <c r="Z22" s="111">
+        <v>115.5398916645338</v>
+      </c>
+      <c r="AA22" s="98">
         <f t="shared" si="8"/>
-        <v>111.44924521109294</v>
-[...1 lines deleted...]
-      <c r="AA22" s="111">
+        <v>201.23912363219236</v>
+      </c>
+      <c r="AB22" s="98">
         <f t="shared" si="9"/>
-        <v>194.11432807006994</v>
-[...3 lines deleted...]
-        <v>1306.6329074006621</v>
+        <v>1354.5917182340947</v>
       </c>
     </row>
-    <row r="23" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="65" t="s">
+    <row r="23" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="58" t="s">
         <v>36</v>
       </c>
-      <c r="C23" s="102">
+      <c r="C23" s="91">
         <v>1062.4749999999999</v>
       </c>
-      <c r="D23" s="102">
+      <c r="D23" s="91">
         <v>2543.1660000000002</v>
       </c>
-      <c r="E23" s="102">
+      <c r="E23" s="91">
         <v>7.2690000000000001</v>
       </c>
-      <c r="F23" s="102">
+      <c r="F23" s="91">
         <v>405.35399999999998</v>
       </c>
-      <c r="G23" s="102">
+      <c r="G23" s="91">
         <v>685.24174600000003</v>
       </c>
-      <c r="H23" s="101">
+      <c r="H23" s="90">
         <f t="shared" si="0"/>
         <v>4703.5057459999998</v>
       </c>
-      <c r="I23" s="34"/>
-      <c r="U23" s="113">
+      <c r="I23" s="31"/>
+      <c r="U23" s="100">
         <v>2011</v>
       </c>
-      <c r="V23" s="111">
+      <c r="V23" s="98">
         <v>5537817</v>
       </c>
-      <c r="W23" s="111">
+      <c r="W23" s="98">
+        <f t="shared" si="12"/>
+        <v>339.97586431038479</v>
+      </c>
+      <c r="X23" s="98">
         <f t="shared" si="5"/>
-        <v>327.939146571072</v>
-[...1 lines deleted...]
-      <c r="X23" s="111">
+        <v>667.96826258433612</v>
+      </c>
+      <c r="Y23" s="98">
         <f t="shared" si="6"/>
-        <v>644.31909721827208</v>
-[...1 lines deleted...]
-      <c r="Y23" s="111">
+        <v>1.4579388208560835</v>
+      </c>
+      <c r="Z23" s="98">
         <f t="shared" si="7"/>
-        <v>1.4063210446841556</v>
-[...1 lines deleted...]
-      <c r="Z23" s="111">
+        <v>107.15762156587998</v>
+      </c>
+      <c r="AA23" s="98">
         <f t="shared" si="8"/>
-        <v>103.36374623587412</v>
-[...1 lines deleted...]
-      <c r="AA23" s="111">
+        <v>189.31488008547819</v>
+      </c>
+      <c r="AB23" s="98">
         <f t="shared" si="9"/>
-        <v>182.61225788592006</v>
-[...3 lines deleted...]
-        <v>1259.6405689558226</v>
+        <v>1305.874567366935</v>
       </c>
     </row>
-    <row r="24" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="65" t="s">
+    <row r="24" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="58" t="s">
         <v>37</v>
       </c>
-      <c r="C24" s="102">
+      <c r="C24" s="91">
         <v>1101.3699999999999</v>
       </c>
-      <c r="D24" s="102">
+      <c r="D24" s="91">
         <v>2611.5079999999998</v>
       </c>
-      <c r="E24" s="102">
+      <c r="E24" s="91">
         <v>6.548</v>
       </c>
-      <c r="F24" s="102">
+      <c r="F24" s="91">
         <v>425.89</v>
       </c>
-      <c r="G24" s="102">
+      <c r="G24" s="91">
         <v>691.09334999999999</v>
       </c>
-      <c r="H24" s="101">
+      <c r="H24" s="90">
         <f t="shared" si="0"/>
         <v>4836.4093499999999</v>
       </c>
-      <c r="I24" s="34"/>
-      <c r="U24" s="113">
+      <c r="I24" s="31"/>
+      <c r="U24" s="100">
         <v>2012</v>
       </c>
-      <c r="V24" s="111">
+      <c r="V24" s="98">
         <v>5653429</v>
       </c>
-      <c r="W24" s="111">
+      <c r="W24" s="98">
+        <f t="shared" si="12"/>
+        <v>372.58482111817847</v>
+      </c>
+      <c r="X24" s="98">
         <f t="shared" si="5"/>
-        <v>359.39359551500598</v>
-[...1 lines deleted...]
-      <c r="X24" s="111">
+        <v>653.82340367855682</v>
+      </c>
+      <c r="Y24" s="98">
         <f t="shared" si="6"/>
-        <v>630.67503172750958</v>
-[...1 lines deleted...]
-      <c r="Y24" s="111">
+        <v>1.7185268836162153</v>
+      </c>
+      <c r="Z24" s="98">
         <f t="shared" si="7"/>
-        <v>1.6576830849910749</v>
-[...1 lines deleted...]
-      <c r="Z24" s="111">
+        <v>116.9220052078269</v>
+      </c>
+      <c r="AA24" s="98">
         <f t="shared" si="8"/>
-        <v>112.78242554367695</v>
-[...1 lines deleted...]
-      <c r="AA24" s="111">
+        <v>186.79763015370514</v>
+      </c>
+      <c r="AB24" s="98">
         <f t="shared" si="9"/>
-        <v>180.18413024219387</v>
-[...3 lines deleted...]
-        <v>1284.6928661133775</v>
+        <v>1331.8463870418834</v>
       </c>
     </row>
-    <row r="25" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B25" s="65" t="s">
+    <row r="25" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="58" t="s">
         <v>38</v>
       </c>
-      <c r="C25" s="102">
+      <c r="C25" s="91">
         <v>1218.258</v>
       </c>
-      <c r="D25" s="102">
+      <c r="D25" s="91">
         <v>2707.2779999999998</v>
       </c>
-      <c r="E25" s="102">
+      <c r="E25" s="91">
         <v>6.5869999999999997</v>
       </c>
-      <c r="F25" s="102">
+      <c r="F25" s="91">
         <v>439.62700000000001</v>
       </c>
-      <c r="G25" s="102">
+      <c r="G25" s="91">
         <v>734.93990399999996</v>
       </c>
-      <c r="H25" s="101">
+      <c r="H25" s="90">
         <f t="shared" si="0"/>
         <v>5106.6899039999998</v>
       </c>
-      <c r="I25" s="34"/>
-      <c r="U25" s="113">
+      <c r="I25" s="31"/>
+      <c r="U25" s="100">
         <v>2013</v>
       </c>
-      <c r="V25" s="111">
+      <c r="V25" s="98">
         <v>5775808</v>
       </c>
-      <c r="W25" s="111">
+      <c r="W25" s="98">
+        <f t="shared" si="12"/>
+        <v>358.75761239281127</v>
+      </c>
+      <c r="X25" s="98">
         <f t="shared" si="5"/>
-        <v>346.05593391936634</v>
-[...1 lines deleted...]
-      <c r="X25" s="111">
+        <v>581.6487293233422</v>
+      </c>
+      <c r="Y25" s="98">
         <f t="shared" si="6"/>
-        <v>561.05567460018926</v>
-[...1 lines deleted...]
-      <c r="Y25" s="111">
+        <v>3.2449146333526806</v>
+      </c>
+      <c r="Z25" s="98">
         <f t="shared" si="7"/>
-        <v>3.1300296499464082</v>
-[...1 lines deleted...]
-      <c r="Z25" s="111">
+        <v>123.15121316069302</v>
+      </c>
+      <c r="AA25" s="98">
         <f t="shared" si="8"/>
-        <v>118.79109072942572</v>
-[...1 lines deleted...]
-      <c r="AA25" s="111">
+        <v>180.63669522873886</v>
+      </c>
+      <c r="AB25" s="98">
         <f t="shared" si="9"/>
-        <v>174.24132090344389</v>
-[...3 lines deleted...]
-        <v>1203.2740498023716</v>
+        <v>1247.439164738938</v>
       </c>
     </row>
-    <row r="26" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B26" s="65" t="s">
+    <row r="26" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B26" s="58" t="s">
         <v>39</v>
       </c>
-      <c r="C26" s="102">
+      <c r="C26" s="91">
         <v>1320.0691097900001</v>
       </c>
-      <c r="D26" s="102">
+      <c r="D26" s="91">
         <v>2597.1831240000001</v>
       </c>
-      <c r="E26" s="102">
+      <c r="E26" s="91">
         <v>5.8408227500000001</v>
       </c>
-      <c r="F26" s="102">
+      <c r="F26" s="91">
         <v>436.75871904399997</v>
       </c>
-      <c r="G26" s="102">
+      <c r="G26" s="91">
         <v>760.71511399999997</v>
       </c>
-      <c r="H26" s="101">
+      <c r="H26" s="90">
         <f t="shared" si="0"/>
         <v>5120.5668895839999</v>
       </c>
-      <c r="I26" s="34"/>
-      <c r="U26" s="113">
+      <c r="I26" s="31"/>
+      <c r="U26" s="100">
         <v>2014</v>
       </c>
-      <c r="V26" s="111">
+      <c r="V26" s="98">
         <v>5901970</v>
       </c>
-      <c r="W26" s="111">
+      <c r="W26" s="98">
+        <f t="shared" si="12"/>
+        <v>344.72109865436755</v>
+      </c>
+      <c r="X26" s="98">
         <f t="shared" si="5"/>
-        <v>332.51637767599766</v>
-[...1 lines deleted...]
-      <c r="X26" s="111">
+        <v>554.54525715397767</v>
+      </c>
+      <c r="Y26" s="98">
         <f t="shared" si="6"/>
-        <v>534.91179067959547</v>
-[...1 lines deleted...]
-      <c r="Y26" s="111">
+        <v>3.3207758355065846</v>
+      </c>
+      <c r="Z26" s="98">
         <f t="shared" si="7"/>
-        <v>3.2032050147408166</v>
-[...1 lines deleted...]
-      <c r="Z26" s="111">
+        <v>108.50024808000514</v>
+      </c>
+      <c r="AA26" s="98">
         <f t="shared" si="8"/>
-        <v>104.65883756272171</v>
-[...1 lines deleted...]
-      <c r="AA26" s="111">
+        <v>173.74412777374334</v>
+      </c>
+      <c r="AB26" s="98">
         <f t="shared" si="9"/>
-        <v>167.59278220949957</v>
-[...6 lines deleted...]
-        <v>194</v>
+        <v>1184.8315074976003</v>
+      </c>
+      <c r="AD26" s="101" t="s">
+        <v>193</v>
       </c>
     </row>
-    <row r="27" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B27" s="65" t="s">
+    <row r="27" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="58" t="s">
         <v>40</v>
       </c>
-      <c r="C27" s="102">
+      <c r="C27" s="91">
         <v>1349.4670000000001</v>
       </c>
-      <c r="D27" s="102">
+      <c r="D27" s="91">
         <v>2651.3679999999999</v>
       </c>
-      <c r="E27" s="102">
+      <c r="E27" s="91">
         <v>5.7869999999999999</v>
       </c>
-      <c r="F27" s="102">
+      <c r="F27" s="91">
         <v>425.34100000000001</v>
       </c>
-      <c r="G27" s="102">
+      <c r="G27" s="91">
         <v>751.44799999999998</v>
       </c>
-      <c r="H27" s="101">
+      <c r="H27" s="90">
         <f t="shared" si="0"/>
         <v>5183.4110000000001</v>
       </c>
-      <c r="I27" s="34"/>
-      <c r="U27" s="113">
+      <c r="I27" s="31"/>
+      <c r="U27" s="100">
         <v>2015</v>
       </c>
-      <c r="V27" s="111">
+      <c r="V27" s="98">
         <v>6032968</v>
       </c>
-      <c r="W27" s="111">
+      <c r="W27" s="98">
+        <f t="shared" si="12"/>
+        <v>399.34835195511499</v>
+      </c>
+      <c r="X27" s="98">
         <f t="shared" si="5"/>
-        <v>385.20957359832261</v>
-[...1 lines deleted...]
-      <c r="X27" s="111">
+        <v>550.90164142362585</v>
+      </c>
+      <c r="Y27" s="98">
         <f t="shared" si="6"/>
-        <v>531.39717579518822</v>
-[...1 lines deleted...]
-      <c r="Y27" s="111">
+        <v>3.5852137206838632</v>
+      </c>
+      <c r="Z27" s="98">
         <f t="shared" si="7"/>
-        <v>3.458280575948669</v>
-[...1 lines deleted...]
-      <c r="Z27" s="111">
+        <v>106.71491819141568</v>
+      </c>
+      <c r="AA27" s="98">
         <f t="shared" si="8"/>
-        <v>102.93671660804908</v>
-[...1 lines deleted...]
-      <c r="AA27" s="111">
+        <v>171.88989889727492</v>
+      </c>
+      <c r="AB27" s="98">
         <f t="shared" si="9"/>
-        <v>165.80420160972687</v>
-[...3 lines deleted...]
-        <v>1188.8059481872353</v>
+        <v>1232.4400241881151</v>
       </c>
     </row>
-    <row r="28" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="65" t="s">
+    <row r="28" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="58" t="s">
         <v>41</v>
       </c>
-      <c r="C28" s="102">
+      <c r="C28" s="91">
         <v>1528.04</v>
       </c>
-      <c r="D28" s="102">
+      <c r="D28" s="91">
         <v>2681.4520000000002</v>
       </c>
-      <c r="E28" s="102">
+      <c r="E28" s="91">
         <v>7.048</v>
       </c>
-      <c r="F28" s="102">
+      <c r="F28" s="91">
         <v>479.51900000000001</v>
       </c>
-      <c r="G28" s="102">
+      <c r="G28" s="91">
         <v>766.09199999999998</v>
       </c>
-      <c r="H28" s="101">
+      <c r="H28" s="90">
         <f t="shared" si="0"/>
         <v>5462.1509999999998</v>
       </c>
-      <c r="I28" s="34"/>
-      <c r="U28" s="113">
+      <c r="I28" s="31"/>
+      <c r="U28" s="100">
         <v>2016</v>
       </c>
-      <c r="V28" s="111">
+      <c r="V28" s="98">
         <v>6179249</v>
       </c>
-      <c r="W28" s="111">
+      <c r="W28" s="98">
+        <f t="shared" si="12"/>
+        <v>381.89132072429692</v>
+      </c>
+      <c r="X28" s="98">
         <f t="shared" si="5"/>
-        <v>368.3706019992315</v>
-[...1 lines deleted...]
-      <c r="X28" s="111">
+        <v>539.6659300150186</v>
+      </c>
+      <c r="Y28" s="98">
         <f t="shared" si="6"/>
-        <v>520.55926052749282</v>
-[...1 lines deleted...]
-      <c r="Y28" s="111">
+        <v>4.0631541695090352</v>
+      </c>
+      <c r="Z28" s="98">
         <f t="shared" si="7"/>
-        <v>3.9192997227561857</v>
-[...1 lines deleted...]
-      <c r="Z28" s="111">
+        <v>109.39769142418034</v>
+      </c>
+      <c r="AA28" s="98">
         <f t="shared" si="8"/>
-        <v>105.5245072624861</v>
-[...1 lines deleted...]
-      <c r="AA28" s="111">
+        <v>159.85432228767684</v>
+      </c>
+      <c r="AB28" s="98">
         <f t="shared" si="9"/>
-        <v>154.19474006795417</v>
-[...3 lines deleted...]
-        <v>1152.5684095799206</v>
+        <v>1194.8724186206819</v>
       </c>
     </row>
-    <row r="29" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B29" s="65" t="s">
+    <row r="29" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="58" t="s">
         <v>42</v>
       </c>
-      <c r="C29" s="102">
+      <c r="C29" s="91">
         <v>1536.12</v>
       </c>
-      <c r="D29" s="102">
+      <c r="D29" s="91">
         <v>2490.4899999999998</v>
       </c>
-      <c r="E29" s="102">
+      <c r="E29" s="91">
         <v>13.894</v>
       </c>
-      <c r="F29" s="102">
+      <c r="F29" s="91">
         <v>527.30600000000004</v>
       </c>
-      <c r="G29" s="102">
+      <c r="G29" s="91">
         <v>773.44600000000003</v>
       </c>
-      <c r="H29" s="101">
+      <c r="H29" s="90">
         <f t="shared" si="0"/>
         <v>5341.2559999999994</v>
       </c>
-      <c r="I29" s="34"/>
-      <c r="U29" s="113">
+      <c r="I29" s="31"/>
+      <c r="U29" s="100">
         <v>2017</v>
       </c>
-      <c r="V29" s="111">
+      <c r="V29" s="98">
         <v>6321606</v>
       </c>
-      <c r="W29" s="111">
+      <c r="W29" s="98">
+        <f t="shared" si="12"/>
+        <v>306.95175871678151</v>
+      </c>
+      <c r="X29" s="98">
         <f t="shared" si="5"/>
-        <v>296.08424702810942</v>
-[...1 lines deleted...]
-      <c r="X29" s="111">
+        <v>514.69267896077724</v>
+      </c>
+      <c r="Y29" s="98">
         <f t="shared" si="6"/>
-        <v>496.47017804381329</v>
-[...1 lines deleted...]
-      <c r="Y29" s="111">
+        <v>4.6062014899435422</v>
+      </c>
+      <c r="Z29" s="98">
         <f t="shared" si="7"/>
-        <v>4.4431206568458306</v>
-[...1 lines deleted...]
-      <c r="Z29" s="111">
+        <v>98.543528679604862</v>
+      </c>
+      <c r="AA29" s="98">
         <f t="shared" si="8"/>
-        <v>95.054632071728676</v>
-[...1 lines deleted...]
-      <c r="AA29" s="111">
+        <v>155.079585161751</v>
+      </c>
+      <c r="AB29" s="98">
         <f t="shared" si="9"/>
-        <v>149.58905071599537</v>
-[...3 lines deleted...]
-        <v>1041.6412285164927</v>
+        <v>1079.8737530088583</v>
       </c>
     </row>
-    <row r="30" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B30" s="65" t="s">
+    <row r="30" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="58" t="s">
         <v>43</v>
       </c>
-      <c r="C30" s="102">
+      <c r="C30" s="91">
         <v>1556.771</v>
       </c>
-      <c r="D30" s="102">
+      <c r="D30" s="91">
         <v>2504.34330215</v>
       </c>
-      <c r="E30" s="102">
+      <c r="E30" s="91">
         <v>14.996725</v>
       </c>
-      <c r="F30" s="102">
+      <c r="F30" s="91">
         <v>489.99043099800002</v>
       </c>
-      <c r="G30" s="102">
+      <c r="G30" s="91">
         <v>784.63378248180004</v>
       </c>
-      <c r="H30" s="101">
+      <c r="H30" s="90">
         <f t="shared" si="0"/>
         <v>5350.7352406298005</v>
       </c>
-      <c r="I30" s="34"/>
-      <c r="U30" s="113">
+      <c r="I30" s="31"/>
+      <c r="U30" s="100">
         <v>2018</v>
       </c>
-      <c r="V30" s="111">
+      <c r="V30" s="98">
         <v>6462019</v>
       </c>
-      <c r="W30" s="111">
+      <c r="W30" s="98">
+        <f t="shared" si="12"/>
+        <v>333.87139592783302</v>
+      </c>
+      <c r="X30" s="98">
         <f t="shared" si="5"/>
-        <v>322.05080459801809</v>
-[...1 lines deleted...]
-      <c r="X30" s="111">
+        <v>507.20598197604835</v>
+      </c>
+      <c r="Y30" s="98">
         <f t="shared" si="6"/>
-        <v>489.24854475290795</v>
-[...1 lines deleted...]
-      <c r="Y30" s="111">
+        <v>4.3405986694657228</v>
+      </c>
+      <c r="Z30" s="98">
         <f t="shared" si="7"/>
-        <v>4.1869214044340604</v>
-[...1 lines deleted...]
-      <c r="Z30" s="111">
+        <v>97.066340523290464</v>
+      </c>
+      <c r="AA30" s="98">
         <f t="shared" si="8"/>
-        <v>93.629743207075705</v>
-[...1 lines deleted...]
-      <c r="AA30" s="111">
+        <v>151.7215725529523</v>
+      </c>
+      <c r="AB30" s="98">
         <f t="shared" si="9"/>
-        <v>146.34992728193015</v>
-[...3 lines deleted...]
-        <v>1055.4659412443659</v>
+        <v>1094.2058896495901</v>
       </c>
     </row>
-    <row r="31" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="65" t="s">
+    <row r="31" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="58" t="s">
         <v>44</v>
       </c>
-      <c r="C31" s="102">
+      <c r="C31" s="91">
         <v>1864.3879999999999</v>
       </c>
-      <c r="D31" s="102">
+      <c r="D31" s="91">
         <v>2571.9259999999999</v>
       </c>
-      <c r="E31" s="102">
+      <c r="E31" s="91">
         <v>16.737841549999999</v>
       </c>
-      <c r="F31" s="102">
+      <c r="F31" s="91">
         <v>498.20667075</v>
       </c>
-      <c r="G31" s="102">
+      <c r="G31" s="91">
         <v>802.48099999999999</v>
       </c>
-      <c r="H31" s="101">
+      <c r="H31" s="90">
         <f t="shared" si="0"/>
         <v>5753.7395122999997</v>
       </c>
-      <c r="I31" s="34"/>
-[...2 lines deleted...]
-      <c r="U31" s="113">
+      <c r="I31" s="31"/>
+      <c r="R31" s="104"/>
+      <c r="S31" s="104"/>
+      <c r="U31" s="100">
         <v>2019</v>
       </c>
-      <c r="V31" s="111">
+      <c r="V31" s="98">
         <v>6596880</v>
       </c>
-      <c r="W31" s="111">
+      <c r="W31" s="98">
+        <f t="shared" si="12"/>
+        <v>305.51977473346938</v>
+      </c>
+      <c r="X31" s="98">
         <f t="shared" si="5"/>
-        <v>294.7029618996977</v>
-[...1 lines deleted...]
-      <c r="X31" s="111">
+        <v>491.04801870232581</v>
+      </c>
+      <c r="Y31" s="98">
         <f t="shared" si="6"/>
-        <v>473.66264809798048</v>
-[...1 lines deleted...]
-      <c r="Y31" s="111">
+        <v>4.0002488609385773</v>
+      </c>
+      <c r="Z31" s="98">
         <f t="shared" si="7"/>
-        <v>3.8586215530007228</v>
-[...1 lines deleted...]
-      <c r="Z31" s="111">
+        <v>116.4841853694529</v>
+      </c>
+      <c r="AA31" s="98">
         <f t="shared" si="8"/>
-        <v>112.36010655218179</v>
-[...1 lines deleted...]
-      <c r="AA31" s="111">
+        <v>143.37750854753529</v>
+      </c>
+      <c r="AB31" s="98">
         <f t="shared" si="9"/>
-        <v>138.30128172757196</v>
-[...3 lines deleted...]
-        <v>1022.8856198304327</v>
+        <v>1060.429736213722</v>
       </c>
     </row>
-    <row r="32" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B32" s="85" t="s">
+    <row r="32" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="78" t="s">
         <v>135</v>
       </c>
-      <c r="C32" s="102">
+      <c r="C32" s="91">
         <v>1851.694</v>
       </c>
-      <c r="D32" s="102">
+      <c r="D32" s="91">
         <v>2616.703</v>
       </c>
-      <c r="E32" s="102">
+      <c r="E32" s="91">
         <v>19.701202380000002</v>
       </c>
-      <c r="F32" s="102">
+      <c r="F32" s="91">
         <v>530.44161474999999</v>
       </c>
-      <c r="G32" s="102">
+      <c r="G32" s="91">
         <v>775.09299999999996</v>
       </c>
-      <c r="H32" s="101">
+      <c r="H32" s="90">
         <f t="shared" si="0"/>
         <v>5793.6328171299992</v>
       </c>
-      <c r="R32" s="54"/>
-[...1 lines deleted...]
-      <c r="U32" s="113">
+      <c r="R32" s="104"/>
+      <c r="S32" s="104"/>
+      <c r="U32" s="100">
         <v>2020</v>
       </c>
-      <c r="V32" s="111">
+      <c r="V32" s="98">
         <v>6693858</v>
       </c>
-      <c r="W32" s="111">
+      <c r="W32" s="98">
+        <f t="shared" si="12"/>
+        <v>215.72756440945867</v>
+      </c>
+      <c r="X32" s="98">
         <f t="shared" si="5"/>
-        <v>208.08981104525091</v>
-[...1 lines deleted...]
-      <c r="X32" s="111">
+        <v>347.19254665565825</v>
+      </c>
+      <c r="Y32" s="98">
         <f t="shared" si="6"/>
-        <v>334.90032498938132</v>
-[...1 lines deleted...]
-      <c r="Y32" s="111">
+        <v>2.7301886803736171</v>
+      </c>
+      <c r="Z32" s="98">
         <f t="shared" si="7"/>
-        <v>2.6335273759384235</v>
-[...1 lines deleted...]
-      <c r="Z32" s="111">
+        <v>113.47546501331709</v>
+      </c>
+      <c r="AA32" s="98">
         <f t="shared" si="8"/>
-        <v>109.45790880981093</v>
-[...1 lines deleted...]
-      <c r="AA32" s="111">
+        <v>125.2824771015614</v>
+      </c>
+      <c r="AB32" s="98">
         <f t="shared" si="9"/>
-        <v>120.84689807123154</v>
-[...3 lines deleted...]
-        <v>775.92847029161305</v>
+        <v>804.40824186036889</v>
       </c>
     </row>
-    <row r="33" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B33" s="103" t="s">
+    <row r="33" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="92" t="s">
         <v>137</v>
       </c>
-      <c r="C33" s="102">
+      <c r="C33" s="91">
         <v>1556.2681852400001</v>
       </c>
-      <c r="D33" s="102">
+      <c r="D33" s="91">
         <v>2609.5300603300002</v>
       </c>
-      <c r="E33" s="102">
+      <c r="E33" s="91">
         <v>23.353783225000001</v>
       </c>
-      <c r="F33" s="102">
+      <c r="F33" s="91">
         <v>499.62299999999999</v>
       </c>
-      <c r="G33" s="102">
+      <c r="G33" s="91">
         <v>786.26499999999999</v>
       </c>
-      <c r="H33" s="101">
+      <c r="H33" s="90">
         <f t="shared" si="0"/>
         <v>5475.0400287950006</v>
       </c>
-      <c r="U33" s="113">
+      <c r="U33" s="100">
         <v>2021</v>
       </c>
-      <c r="V33" s="111">
+      <c r="V33" s="98">
         <v>6548040</v>
       </c>
-      <c r="W33" s="111">
+      <c r="W33" s="98">
+        <f t="shared" si="12"/>
+        <v>70.842444018210173</v>
+      </c>
+      <c r="X33" s="98">
         <f t="shared" si="5"/>
-        <v>68.334293904848678</v>
-[...1 lines deleted...]
-      <c r="X33" s="111">
+        <v>277.77481261974572</v>
+      </c>
+      <c r="Y33" s="98">
         <f t="shared" si="6"/>
-        <v>267.94029974520265</v>
-[...1 lines deleted...]
-      <c r="Y33" s="111">
+        <v>2.3809822438916366</v>
+      </c>
+      <c r="Z33" s="98">
         <f t="shared" si="7"/>
-        <v>2.2966844621353575</v>
-[...1 lines deleted...]
-      <c r="Z33" s="111">
+        <v>127.76764385362048</v>
+      </c>
+      <c r="AA33" s="98">
         <f t="shared" si="8"/>
-        <v>123.24407842816717</v>
-[...1 lines deleted...]
-      <c r="AA33" s="111">
+        <v>131.39430645378798</v>
+      </c>
+      <c r="AB33" s="98">
         <f t="shared" si="9"/>
-        <v>126.74234040159463</v>
-[...3 lines deleted...]
-        <v>588.55769694194851</v>
+        <v>610.16018918925602</v>
       </c>
     </row>
-    <row r="34" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="103" t="s">
+    <row r="34" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="92" t="s">
         <v>138</v>
       </c>
-      <c r="C34" s="102">
+      <c r="C34" s="91">
         <v>1774</v>
       </c>
-      <c r="D34" s="102">
+      <c r="D34" s="91">
         <v>2695</v>
       </c>
-      <c r="E34" s="102">
+      <c r="E34" s="91">
         <v>23.063437400000002</v>
       </c>
-      <c r="F34" s="102">
+      <c r="F34" s="91">
         <v>515.754539587865</v>
       </c>
-      <c r="G34" s="102">
+      <c r="G34" s="91">
         <v>806.16091402785401</v>
       </c>
-      <c r="H34" s="101">
+      <c r="H34" s="90">
         <f t="shared" si="0"/>
         <v>5813.9788910157195</v>
       </c>
-      <c r="U34" s="113">
+      <c r="U34" s="100">
         <v>2022</v>
       </c>
-      <c r="V34" s="111">
+      <c r="V34" s="98">
         <v>6630631</v>
       </c>
-      <c r="W34" s="111">
+      <c r="W34" s="98">
+        <f t="shared" si="12"/>
+        <v>106.44755696565824</v>
+      </c>
+      <c r="X34" s="98">
         <f t="shared" si="5"/>
-        <v>102.67882120603595</v>
-[...1 lines deleted...]
-      <c r="X34" s="111">
+        <v>369.4364353545144</v>
+      </c>
+      <c r="Y34" s="98">
         <f t="shared" si="6"/>
-        <v>356.35667716638494</v>
-[...1 lines deleted...]
-      <c r="Y34" s="111">
+        <v>3.6301514195293501</v>
+      </c>
+      <c r="Z34" s="98">
         <f t="shared" si="7"/>
-        <v>3.5016272724506377</v>
-[...1 lines deleted...]
-      <c r="Z34" s="111">
+        <v>129.63428113181149</v>
+      </c>
+      <c r="AA34" s="98">
         <f t="shared" si="8"/>
-        <v>125.04462811486152</v>
-[...1 lines deleted...]
-      <c r="AA34" s="111">
+        <v>431.02139748856666</v>
+      </c>
+      <c r="AB34" s="98">
         <f t="shared" si="9"/>
-        <v>415.76124685493971</v>
-[...3 lines deleted...]
-        <v>1003.3430006146729</v>
+        <v>1040.1698223600802</v>
       </c>
     </row>
-    <row r="35" spans="2:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B35" s="103" t="s">
+    <row r="35" spans="2:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="92" t="s">
         <v>139</v>
       </c>
-      <c r="C35" s="102">
+      <c r="C35" s="91">
         <v>1679.0789863800001</v>
       </c>
-      <c r="D35" s="102">
+      <c r="D35" s="91">
         <v>2698.7071793499999</v>
       </c>
-      <c r="E35" s="102">
+      <c r="E35" s="91">
         <v>21.984612317</v>
       </c>
-      <c r="F35" s="102">
+      <c r="F35" s="91">
         <v>640.17508545909095</v>
       </c>
-      <c r="G35" s="102">
+      <c r="G35" s="91">
         <v>787.97571100497498</v>
       </c>
-      <c r="H35" s="101">
+      <c r="H35" s="90">
         <f t="shared" si="0"/>
         <v>5827.921574511066</v>
       </c>
-      <c r="U35" s="113">
+      <c r="U35" s="100">
         <v>2023</v>
       </c>
-      <c r="V35" s="111">
+      <c r="V35" s="98">
         <v>6815441</v>
       </c>
-      <c r="W35" s="111">
+      <c r="W35" s="98">
+        <f>C79*1000000/$V35</f>
+        <v>149.55750132126727</v>
+      </c>
+      <c r="X35" s="98">
         <f t="shared" si="5"/>
-        <v>144.26247417911256</v>
-[...1 lines deleted...]
-      <c r="X35" s="111">
+        <v>459.62871937863179</v>
+      </c>
+      <c r="Y35" s="98">
         <f t="shared" si="6"/>
-        <v>443.35573726190279</v>
-[...1 lines deleted...]
-      <c r="Y35" s="111">
+        <v>7.5306987242447203</v>
+      </c>
+      <c r="Z35" s="98">
         <f t="shared" si="7"/>
-        <v>7.264077165366114</v>
-[...1 lines deleted...]
-      <c r="Z35" s="111">
+        <v>116.09428214237536</v>
+      </c>
+      <c r="AA35" s="98">
         <f t="shared" si="8"/>
-        <v>111.98400770236351</v>
-[...1 lines deleted...]
-      <c r="AA35" s="111">
+        <v>394.05645563930517</v>
+      </c>
+      <c r="AB35" s="98">
         <f t="shared" si="9"/>
-        <v>380.10503488328925</v>
-[...3 lines deleted...]
-        <v>1086.9713311920343</v>
+        <v>1126.8676572058243</v>
       </c>
     </row>
-    <row r="36" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B36" s="103" t="s">
+    <row r="36" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="92" t="s">
         <v>153</v>
       </c>
-      <c r="C36" s="102">
+      <c r="C36" s="91">
         <v>1235.3719830099999</v>
       </c>
-      <c r="D36" s="102">
+      <c r="D36" s="91">
         <v>1988.2111311199999</v>
       </c>
-      <c r="E36" s="102">
+      <c r="E36" s="91">
         <v>15.634527804999999</v>
       </c>
-      <c r="F36" s="102">
+      <c r="F36" s="91">
         <v>649.821503432952</v>
       </c>
-      <c r="G36" s="102">
+      <c r="G36" s="91">
         <v>717.43480068036604</v>
       </c>
-      <c r="H36" s="101">
+      <c r="H36" s="90">
         <f t="shared" si="0"/>
         <v>4606.473946048317</v>
       </c>
-      <c r="J36" s="32"/>
-[...7 lines deleted...]
-      <c r="AB36"/>
+      <c r="J36" s="29"/>
+      <c r="U36" s="100">
+        <v>2024</v>
+      </c>
+      <c r="V36" s="98">
+        <v>6978719</v>
+      </c>
+      <c r="W36" s="98">
+        <f>C80*1000000/$V36</f>
+        <v>136.25321904922669</v>
+      </c>
+      <c r="X36" s="98">
+        <f t="shared" ref="X36" si="13">D80*1000000/$V36</f>
+        <v>434.18086099182392</v>
+      </c>
+      <c r="Y36" s="98">
+        <f t="shared" ref="Y36" si="14">E80*1000000/$V36</f>
+        <v>7.5093884636994259</v>
+      </c>
+      <c r="Z36" s="98">
+        <f t="shared" ref="Z36" si="15">F80*1000000/$V36</f>
+        <v>120.79675921389571</v>
+      </c>
+      <c r="AA36" s="98">
+        <f t="shared" ref="AA36" si="16">G80*1000000/$V36</f>
+        <v>360.2597775709267</v>
+      </c>
+      <c r="AB36" s="98">
+        <f t="shared" ref="AB36" si="17">H80*1000000/$V36</f>
+        <v>1059.0000052895723</v>
+      </c>
     </row>
-    <row r="37" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C37" s="102">
+    <row r="37" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="92" t="s">
+        <v>167</v>
+      </c>
+      <c r="C37" s="91">
         <v>399.19080645999998</v>
       </c>
-      <c r="D37" s="102">
+      <c r="D37" s="91">
         <v>1565.2361095199999</v>
       </c>
-      <c r="E37" s="102">
+      <c r="E37" s="91">
         <v>13.416620999999999</v>
       </c>
-      <c r="F37" s="102">
+      <c r="F37" s="91">
         <v>719.959192490737</v>
       </c>
-      <c r="G37" s="102">
+      <c r="G37" s="91">
         <v>740.395110367131</v>
       </c>
-      <c r="H37" s="101">
+      <c r="H37" s="90">
         <f t="shared" si="0"/>
         <v>3438.1978398378683</v>
       </c>
-      <c r="J37" s="32"/>
-[...9 lines deleted...]
-      <c r="AB37"/>
+      <c r="J37" s="29"/>
+      <c r="U37" s="100">
+        <v>2025</v>
+      </c>
+      <c r="V37" s="98"/>
+      <c r="W37" s="98"/>
+      <c r="X37" s="98"/>
+      <c r="Y37" s="98"/>
+      <c r="Z37" s="98"/>
+      <c r="AA37" s="98"/>
+      <c r="AB37" s="98"/>
     </row>
-    <row r="38" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C38" s="102">
+    <row r="38" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="92" t="s">
+        <v>164</v>
+      </c>
+      <c r="C38" s="91">
         <v>644.61668457999997</v>
       </c>
-      <c r="D38" s="102">
+      <c r="D38" s="91">
         <v>2237.2039049999998</v>
       </c>
-      <c r="E38" s="102">
+      <c r="E38" s="91">
         <v>21.983183449999999</v>
       </c>
-      <c r="F38" s="102">
+      <c r="F38" s="91">
         <v>785.02901234322599</v>
       </c>
-      <c r="G38" s="102">
+      <c r="G38" s="91">
         <v>2610.14524102</v>
       </c>
-      <c r="H38" s="101">
+      <c r="H38" s="90">
         <f t="shared" si="0"/>
         <v>6298.9780263932262</v>
       </c>
-      <c r="J38" s="32"/>
-[...25 lines deleted...]
-      </c>
+      <c r="J38" s="29"/>
+      <c r="U38" s="100">
+        <v>2026</v>
+      </c>
+      <c r="V38" s="98"/>
+      <c r="W38" s="98"/>
+      <c r="X38" s="98"/>
+      <c r="Y38" s="98"/>
+      <c r="Z38" s="98"/>
+      <c r="AA38" s="98"/>
+      <c r="AB38" s="98"/>
     </row>
-    <row r="39" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="C39" s="102">
+    <row r="39" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="92" t="s">
+        <v>165</v>
+      </c>
+      <c r="C39" s="91">
         <v>983.21238128176503</v>
       </c>
-      <c r="D39" s="102">
+      <c r="D39" s="91">
         <v>3021.66486932</v>
       </c>
-      <c r="E39" s="102">
+      <c r="E39" s="91">
         <v>49.507889339999998</v>
       </c>
-      <c r="F39" s="102">
+      <c r="F39" s="91">
         <v>763.22039743900405</v>
       </c>
-      <c r="G39" s="102">
+      <c r="G39" s="91">
         <v>2590.5834390499999</v>
       </c>
-      <c r="H39" s="101">
+      <c r="H39" s="90">
         <f t="shared" si="0"/>
         <v>7408.1889764307689</v>
       </c>
-      <c r="J39" s="32"/>
+      <c r="J39" s="29"/>
+      <c r="U39" s="100">
+        <v>2027</v>
+      </c>
+      <c r="V39" s="98"/>
+      <c r="W39" s="98"/>
+      <c r="X39" s="98"/>
+      <c r="Y39" s="98"/>
+      <c r="Z39" s="98"/>
+      <c r="AA39" s="98"/>
+      <c r="AB39" s="98"/>
     </row>
-    <row r="40" spans="2:31" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="T40" s="25"/>
+    <row r="40" spans="2:31" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="92" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="91">
+        <v>950.87292859000001</v>
+      </c>
+      <c r="D40" s="91">
+        <v>3030.0262240400002</v>
+      </c>
+      <c r="E40" s="91">
+        <v>52.405911949999997</v>
+      </c>
+      <c r="F40" s="91">
+        <v>843.00663866443904</v>
+      </c>
+      <c r="G40" s="91">
+        <v>2514.1517546700002</v>
+      </c>
+      <c r="H40" s="90">
+        <f t="shared" si="0"/>
+        <v>7390.4634579144385</v>
+      </c>
+      <c r="J40" s="29"/>
+      <c r="V40"/>
+      <c r="W40" s="95" t="s">
+        <v>189</v>
+      </c>
+      <c r="X40"/>
+      <c r="Y40"/>
+      <c r="Z40"/>
+      <c r="AA40"/>
+      <c r="AB40"/>
     </row>
-    <row r="41" spans="2:31" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="T41" s="25"/>
+    <row r="41" spans="2:31" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="92" t="s">
+        <v>184</v>
+      </c>
+      <c r="C41" s="91"/>
+      <c r="D41" s="91"/>
+      <c r="E41" s="91"/>
+      <c r="F41" s="91"/>
+      <c r="G41" s="91"/>
+      <c r="H41" s="90">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="J41" s="29"/>
+      <c r="V41" s="96"/>
+      <c r="W41" s="97">
+        <f>(W36-W14)/W14*100</f>
+        <v>-59.487997258897032</v>
+      </c>
+      <c r="X41" s="97">
+        <f t="shared" ref="X41:AB41" si="18">(X36-X14)/X14*100</f>
+        <v>-54.102103625711884</v>
+      </c>
+      <c r="Y41" s="97">
+        <f t="shared" si="18"/>
+        <v>208.3485848951531</v>
+      </c>
+      <c r="Z41" s="97">
+        <f t="shared" si="18"/>
+        <v>-2.0683146650282156</v>
+      </c>
+      <c r="AA41" s="97">
+        <f t="shared" si="18"/>
+        <v>77.001704773537014</v>
+      </c>
+      <c r="AB41" s="97">
+        <f t="shared" si="18"/>
+        <v>-34.289604766515389</v>
+      </c>
     </row>
-    <row r="42" spans="2:31" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="T42" s="25"/>
+    <row r="42" spans="2:31" ht="14" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J42" s="29"/>
       <c r="U42" s="25"/>
       <c r="V42" s="25"/>
       <c r="W42" s="25"/>
     </row>
-    <row r="43" spans="2:31" ht="19.8" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="J43" s="126" t="s">
+    <row r="43" spans="2:31" ht="19.5" x14ac:dyDescent="0.35">
+      <c r="B43" s="124" t="s">
+        <v>168</v>
+      </c>
+      <c r="C43" s="124"/>
+      <c r="D43" s="124"/>
+      <c r="E43" s="124"/>
+      <c r="F43" s="124"/>
+      <c r="G43" s="124"/>
+      <c r="H43" s="124"/>
+      <c r="J43" s="118" t="s">
+        <v>188</v>
+      </c>
+      <c r="K43" s="118"/>
+      <c r="L43" s="118"/>
+      <c r="M43" s="118"/>
+      <c r="N43" s="118"/>
+      <c r="O43" s="118"/>
+      <c r="P43" s="118"/>
+      <c r="Q43" s="118"/>
+    </row>
+    <row r="44" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="C44" s="115" t="s">
+        <v>187</v>
+      </c>
+      <c r="D44" s="115"/>
+      <c r="E44" s="115"/>
+      <c r="F44" s="115"/>
+      <c r="G44" s="115"/>
+      <c r="H44" s="81"/>
+      <c r="J44" s="29"/>
+    </row>
+    <row r="45" spans="2:31" ht="49.5" x14ac:dyDescent="0.45">
+      <c r="B45" s="46"/>
+      <c r="C45" s="47" t="str">
+        <f t="shared" ref="C45:E45" si="19">PROPER(C4)</f>
+        <v>Casino</v>
+      </c>
+      <c r="D45" s="47" t="str">
+        <f t="shared" si="19"/>
+        <v>Gaming Machines</v>
+      </c>
+      <c r="E45" s="47" t="str">
+        <f t="shared" si="19"/>
+        <v>Keno</v>
+      </c>
+      <c r="F45" s="47" t="str">
+        <f t="shared" ref="F45:H45" si="20">PROPER(F4)</f>
+        <v>Lotteries</v>
+      </c>
+      <c r="G45" s="47" t="str">
+        <f t="shared" si="20"/>
+        <v>Wagering</v>
+      </c>
+      <c r="H45" s="48" t="str">
+        <f t="shared" si="20"/>
+        <v>Total Gambling</v>
+      </c>
+      <c r="I45" s="45" t="s">
+        <v>136</v>
+      </c>
+      <c r="J45" s="29"/>
+      <c r="AE45" s="101" t="s">
         <v>181</v>
       </c>
-      <c r="K43" s="126"/>
-[...5 lines deleted...]
-      <c r="Q43" s="126"/>
     </row>
-    <row r="44" spans="2:31" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="J44" s="32"/>
+    <row r="46" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B46" s="41" t="s">
+        <v>18</v>
+      </c>
+      <c r="C46" s="82">
+        <f>C6*$I$80/$I46</f>
+        <v>0</v>
+      </c>
+      <c r="D46" s="82">
+        <f t="shared" ref="D46:H46" si="21">D6*$I$80/$I46</f>
+        <v>0</v>
+      </c>
+      <c r="E46" s="82">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="F46" s="82">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="G46" s="82">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="H46" s="82">
+        <f t="shared" si="21"/>
+        <v>0</v>
+      </c>
+      <c r="I46" s="42">
+        <v>58</v>
+      </c>
+      <c r="J46" s="29"/>
     </row>
-    <row r="45" spans="2:31" ht="50.4" x14ac:dyDescent="0.35">
-[...31 lines deleted...]
-      </c>
+    <row r="47" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B47" s="41" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="105">
+        <f t="shared" ref="C47:H47" si="22">C7*$I$80/$I47</f>
+        <v>0</v>
+      </c>
+      <c r="D47" s="105">
+        <f t="shared" si="22"/>
+        <v>37.32916537313433</v>
+      </c>
+      <c r="E47" s="105">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="F47" s="105">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="G47" s="105">
+        <f t="shared" si="22"/>
+        <v>0</v>
+      </c>
+      <c r="H47" s="105">
+        <f t="shared" si="22"/>
+        <v>37.32916537313433</v>
+      </c>
+      <c r="I47" s="43">
+        <v>60.3</v>
+      </c>
+      <c r="J47" s="29"/>
     </row>
-    <row r="46" spans="2:31" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <f t="shared" ref="C46:H46" si="16">C6*$I$79/$I46</f>
+    <row r="48" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B48" s="41" t="s">
+        <v>20</v>
+      </c>
+      <c r="C48" s="82">
+        <f t="shared" ref="C48:H48" si="23">C8*$I$80/$I48</f>
         <v>0</v>
       </c>
-      <c r="D46" s="92">
-        <f t="shared" si="16"/>
+      <c r="D48" s="82">
+        <f t="shared" si="23"/>
+        <v>73.532517996726682</v>
+      </c>
+      <c r="E48" s="82">
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="E46" s="91">
-        <f t="shared" si="16"/>
+      <c r="F48" s="82">
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="F46" s="93">
-        <f t="shared" si="16"/>
+      <c r="G48" s="82">
+        <f t="shared" si="23"/>
         <v>0</v>
       </c>
-      <c r="G46" s="91">
-        <f t="shared" si="16"/>
+      <c r="H48" s="82">
+        <f t="shared" si="23"/>
+        <v>73.532517996726682</v>
+      </c>
+      <c r="I48" s="42">
+        <v>61.1</v>
+      </c>
+      <c r="J48" s="29"/>
+    </row>
+    <row r="49" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B49" s="41" t="s">
+        <v>21</v>
+      </c>
+      <c r="C49" s="105">
+        <f t="shared" ref="C49:H49" si="24">C9*$I$80/$I49</f>
         <v>0</v>
       </c>
-      <c r="H46" s="92">
-        <f t="shared" si="16"/>
+      <c r="D49" s="105">
+        <f t="shared" si="24"/>
+        <v>567.93555210289389</v>
+      </c>
+      <c r="E49" s="105">
+        <f t="shared" si="24"/>
         <v>0</v>
       </c>
-      <c r="I46" s="45">
-[...2 lines deleted...]
-      <c r="J46" s="32"/>
+      <c r="F49" s="105">
+        <f t="shared" si="24"/>
+        <v>0</v>
+      </c>
+      <c r="G49" s="105">
+        <f t="shared" si="24"/>
+        <v>0</v>
+      </c>
+      <c r="H49" s="105">
+        <f t="shared" si="24"/>
+        <v>567.93555210289389</v>
+      </c>
+      <c r="I49" s="43">
+        <v>62.2</v>
+      </c>
+      <c r="J49" s="29"/>
     </row>
-    <row r="47" spans="2:31" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <f t="shared" ref="C47:H79" si="17">C7*$I$79/$I47</f>
+    <row r="50" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B50" s="41" t="s">
+        <v>22</v>
+      </c>
+      <c r="C50" s="82">
+        <f t="shared" ref="C50:H50" si="25">C10*$I$80/$I50</f>
         <v>0</v>
       </c>
-      <c r="D47" s="92">
-[...4 lines deleted...]
-        <f t="shared" si="17"/>
+      <c r="D50" s="82">
+        <f t="shared" si="25"/>
+        <v>1486.0252755480569</v>
+      </c>
+      <c r="E50" s="82">
+        <f t="shared" si="25"/>
+        <v>5.406039557661928</v>
+      </c>
+      <c r="F50" s="82">
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="F47" s="93">
-        <f t="shared" si="17"/>
+      <c r="G50" s="82">
+        <f t="shared" si="25"/>
         <v>0</v>
       </c>
-      <c r="G47" s="91">
-[...10 lines deleted...]
-      <c r="J47" s="32"/>
+      <c r="H50" s="82">
+        <f t="shared" si="25"/>
+        <v>1491.431315105719</v>
+      </c>
+      <c r="I50" s="42">
+        <v>63.3</v>
+      </c>
+      <c r="J50" s="29"/>
     </row>
-    <row r="48" spans="2:31" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J48" s="32"/>
+    <row r="51" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B51" s="41" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51" s="105">
+        <f t="shared" ref="C51:H51" si="26">C11*$I$80/$I51</f>
+        <v>754.96989024390246</v>
+      </c>
+      <c r="D51" s="105">
+        <f t="shared" si="26"/>
+        <v>1915.9665609756098</v>
+      </c>
+      <c r="E51" s="105">
+        <f t="shared" si="26"/>
+        <v>26.106691585365855</v>
+      </c>
+      <c r="F51" s="105">
+        <f t="shared" si="26"/>
+        <v>656.29195609756107</v>
+      </c>
+      <c r="G51" s="105">
+        <f t="shared" si="26"/>
+        <v>869.35765902439039</v>
+      </c>
+      <c r="H51" s="105">
+        <f t="shared" si="26"/>
+        <v>4222.6927579268295</v>
+      </c>
+      <c r="I51" s="43">
+        <v>65.599999999999994</v>
+      </c>
+      <c r="J51" s="29"/>
     </row>
-    <row r="49" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J49" s="32"/>
+    <row r="52" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B52" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" s="82">
+        <f t="shared" ref="C52:H52" si="27">C12*$I$80/$I52</f>
+        <v>1009.5179791976226</v>
+      </c>
+      <c r="D52" s="82">
+        <f t="shared" si="27"/>
+        <v>2562.989087667162</v>
+      </c>
+      <c r="E52" s="82">
+        <f t="shared" si="27"/>
+        <v>17.895346210995545</v>
+      </c>
+      <c r="F52" s="82">
+        <f t="shared" si="27"/>
+        <v>651.55347399702828</v>
+      </c>
+      <c r="G52" s="82">
+        <f t="shared" si="27"/>
+        <v>887.83497176820208</v>
+      </c>
+      <c r="H52" s="82">
+        <f t="shared" si="27"/>
+        <v>5129.79085884101</v>
+      </c>
+      <c r="I52" s="44">
+        <v>67.3</v>
+      </c>
+      <c r="J52" s="29"/>
     </row>
-    <row r="50" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J50" s="32"/>
+    <row r="53" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B53" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="C53" s="105">
+        <f t="shared" ref="C53:H53" si="28">C13*$I$80/$I53</f>
+        <v>1183.5878050221565</v>
+      </c>
+      <c r="D53" s="105">
+        <f t="shared" si="28"/>
+        <v>2976.1049453471196</v>
+      </c>
+      <c r="E53" s="105">
+        <f t="shared" si="28"/>
+        <v>14.635237813884785</v>
+      </c>
+      <c r="F53" s="105">
+        <f t="shared" si="28"/>
+        <v>588.72416189069429</v>
+      </c>
+      <c r="G53" s="105">
+        <f t="shared" si="28"/>
+        <v>872.58031314623349</v>
+      </c>
+      <c r="H53" s="105">
+        <f t="shared" si="28"/>
+        <v>5635.6324632200894</v>
+      </c>
+      <c r="I53" s="43">
+        <v>67.7</v>
+      </c>
+      <c r="J53" s="29"/>
     </row>
-    <row r="51" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J51" s="32"/>
+    <row r="54" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B54" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="C54" s="82">
+        <f t="shared" ref="C54:H54" si="29">C14*$I$80/$I54</f>
+        <v>1510.7825411764707</v>
+      </c>
+      <c r="D54" s="82">
+        <f t="shared" si="29"/>
+        <v>3482.9784705882353</v>
+      </c>
+      <c r="E54" s="82">
+        <f t="shared" si="29"/>
+        <v>14.418023529411766</v>
+      </c>
+      <c r="F54" s="82">
+        <f t="shared" si="29"/>
+        <v>608.43692941176471</v>
+      </c>
+      <c r="G54" s="82">
+        <f t="shared" si="29"/>
+        <v>890.41675294117647</v>
+      </c>
+      <c r="H54" s="82">
+        <f t="shared" si="29"/>
+        <v>6507.0327176470573</v>
+      </c>
+      <c r="I54" s="42">
+        <v>68</v>
+      </c>
+      <c r="J54" s="29"/>
     </row>
-    <row r="52" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J52" s="32"/>
+    <row r="55" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B55" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="C55" s="105">
+        <f t="shared" ref="C55:H55" si="30">C15*$I$80/$I55</f>
+        <v>1456.3311486880468</v>
+      </c>
+      <c r="D55" s="105">
+        <f t="shared" si="30"/>
+        <v>3942.5681166180761</v>
+      </c>
+      <c r="E55" s="105">
+        <f t="shared" si="30"/>
+        <v>14.519895043731781</v>
+      </c>
+      <c r="F55" s="105">
+        <f t="shared" si="30"/>
+        <v>630.58550437317797</v>
+      </c>
+      <c r="G55" s="105">
+        <f t="shared" si="30"/>
+        <v>930.05606997084556</v>
+      </c>
+      <c r="H55" s="105">
+        <f t="shared" si="30"/>
+        <v>6974.0607346938796</v>
+      </c>
+      <c r="I55" s="43">
+        <v>68.599999999999994</v>
+      </c>
+      <c r="J55" s="29"/>
     </row>
-    <row r="53" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J53" s="32"/>
+    <row r="56" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B56" s="41" t="s">
+        <v>28</v>
+      </c>
+      <c r="C56" s="82">
+        <f t="shared" ref="C56:H56" si="31">C16*$I$80/$I56</f>
+        <v>1608.229472496474</v>
+      </c>
+      <c r="D56" s="82">
+        <f t="shared" si="31"/>
+        <v>4237.0310860366717</v>
+      </c>
+      <c r="E56" s="82">
+        <f t="shared" si="31"/>
+        <v>13.240722143864598</v>
+      </c>
+      <c r="F56" s="82">
+        <f t="shared" si="31"/>
+        <v>615.37246826516218</v>
+      </c>
+      <c r="G56" s="82">
+        <f t="shared" si="31"/>
+        <v>909.93217489421716</v>
+      </c>
+      <c r="H56" s="82">
+        <f t="shared" si="31"/>
+        <v>7383.8059238363894</v>
+      </c>
+      <c r="I56" s="42">
+        <v>70.900000000000006</v>
+      </c>
+      <c r="J56" s="29"/>
     </row>
-    <row r="54" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J54" s="32"/>
+    <row r="57" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B57" s="41" t="s">
+        <v>30</v>
+      </c>
+      <c r="C57" s="105">
+        <f t="shared" ref="C57:H57" si="32">C17*$I$80/$I57</f>
+        <v>1742.8927616511321</v>
+      </c>
+      <c r="D57" s="105">
+        <f t="shared" si="32"/>
+        <v>4360.3224074567242</v>
+      </c>
+      <c r="E57" s="105">
+        <f t="shared" si="32"/>
+        <v>12.63475898801598</v>
+      </c>
+      <c r="F57" s="105">
+        <f t="shared" si="32"/>
+        <v>612.38406391478031</v>
+      </c>
+      <c r="G57" s="105">
+        <f t="shared" si="32"/>
+        <v>955.00791478029305</v>
+      </c>
+      <c r="H57" s="105">
+        <f t="shared" si="32"/>
+        <v>7683.2419067909468</v>
+      </c>
+      <c r="I57" s="43">
+        <v>75.099999999999994</v>
+      </c>
+      <c r="J57" s="29"/>
     </row>
-    <row r="55" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J55" s="32"/>
+    <row r="58" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B58" s="41" t="s">
+        <v>31</v>
+      </c>
+      <c r="C58" s="82">
+        <f t="shared" ref="C58:H58" si="33">C18*$I$80/$I58</f>
+        <v>1631.4334178525228</v>
+      </c>
+      <c r="D58" s="82">
+        <f t="shared" si="33"/>
+        <v>4588.6421526520053</v>
+      </c>
+      <c r="E58" s="82">
+        <f t="shared" si="33"/>
+        <v>11.813236739974128</v>
+      </c>
+      <c r="F58" s="82">
+        <f t="shared" si="33"/>
+        <v>598.32665459249677</v>
+      </c>
+      <c r="G58" s="82">
+        <f t="shared" si="33"/>
+        <v>987.2897386804658</v>
+      </c>
+      <c r="H58" s="82">
+        <f t="shared" si="33"/>
+        <v>7817.5052005174648</v>
+      </c>
+      <c r="I58" s="42">
+        <v>77.3</v>
+      </c>
+      <c r="J58" s="29"/>
     </row>
-    <row r="56" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J56" s="32"/>
+    <row r="59" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B59" s="41" t="s">
+        <v>32</v>
+      </c>
+      <c r="C59" s="105">
+        <f t="shared" ref="C59:H59" si="34">C19*$I$80/$I59</f>
+        <v>1654.7962914572865</v>
+      </c>
+      <c r="D59" s="105">
+        <f t="shared" si="34"/>
+        <v>4058.6704120603022</v>
+      </c>
+      <c r="E59" s="105">
+        <f t="shared" si="34"/>
+        <v>10.583427135678392</v>
+      </c>
+      <c r="F59" s="105">
+        <f t="shared" si="34"/>
+        <v>637.0625025125629</v>
+      </c>
+      <c r="G59" s="105">
+        <f t="shared" si="34"/>
+        <v>1004.3423718592967</v>
+      </c>
+      <c r="H59" s="105">
+        <f t="shared" si="34"/>
+        <v>7365.4550050251264</v>
+      </c>
+      <c r="I59" s="43">
+        <v>79.599999999999994</v>
+      </c>
+      <c r="J59" s="29"/>
     </row>
-    <row r="57" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J57" s="32"/>
+    <row r="60" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B60" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="C60" s="82">
+        <f t="shared" ref="C60:H60" si="35">C20*$I$80/$I60</f>
+        <v>1640.642627306273</v>
+      </c>
+      <c r="D60" s="82">
+        <f t="shared" si="35"/>
+        <v>3899.9417662976634</v>
+      </c>
+      <c r="E60" s="82">
+        <f t="shared" si="35"/>
+        <v>11.386932349323494</v>
+      </c>
+      <c r="F60" s="82">
+        <f t="shared" si="35"/>
+        <v>642.68670110701112</v>
+      </c>
+      <c r="G60" s="82">
+        <f t="shared" si="35"/>
+        <v>1041.8813284132843</v>
+      </c>
+      <c r="H60" s="82">
+        <f t="shared" si="35"/>
+        <v>7236.5393554735565</v>
+      </c>
+      <c r="I60" s="44">
+        <v>81.3</v>
+      </c>
+      <c r="J60" s="29"/>
     </row>
-    <row r="58" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J58" s="32"/>
+    <row r="61" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B61" s="41" t="s">
+        <v>34</v>
+      </c>
+      <c r="C61" s="105">
+        <f t="shared" ref="C61:H61" si="36">C21*$I$80/$I61</f>
+        <v>1536.6735421686747</v>
+      </c>
+      <c r="D61" s="105">
+        <f t="shared" si="36"/>
+        <v>3990.2954409638551</v>
+      </c>
+      <c r="E61" s="105">
+        <f t="shared" si="36"/>
+        <v>10.940269879518073</v>
+      </c>
+      <c r="F61" s="105">
+        <f t="shared" si="36"/>
+        <v>628.76287228915669</v>
+      </c>
+      <c r="G61" s="105">
+        <f t="shared" si="36"/>
+        <v>1051.3230843373494</v>
+      </c>
+      <c r="H61" s="105">
+        <f t="shared" si="36"/>
+        <v>7217.995209638555</v>
+      </c>
+      <c r="I61" s="43">
+        <v>83</v>
+      </c>
+      <c r="J61" s="29"/>
     </row>
-    <row r="59" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J59" s="32"/>
+    <row r="62" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B62" s="41" t="s">
+        <v>35</v>
+      </c>
+      <c r="C62" s="82">
+        <f t="shared" ref="C62:H62" si="37">C22*$I$80/$I62</f>
+        <v>1649.1227006960555</v>
+      </c>
+      <c r="D62" s="82">
+        <f t="shared" si="37"/>
+        <v>3969.6941252900237</v>
+      </c>
+      <c r="E62" s="82">
+        <f t="shared" si="37"/>
+        <v>10.182515081206496</v>
+      </c>
+      <c r="F62" s="82">
+        <f t="shared" si="37"/>
+        <v>625.15536890951273</v>
+      </c>
+      <c r="G62" s="82">
+        <f t="shared" si="37"/>
+        <v>1026.8621530691416</v>
+      </c>
+      <c r="H62" s="82">
+        <f t="shared" si="37"/>
+        <v>7281.0168630459393</v>
+      </c>
+      <c r="I62" s="42">
+        <v>86.2</v>
+      </c>
+      <c r="J62" s="29"/>
     </row>
-    <row r="60" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J60" s="32"/>
+    <row r="63" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B63" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="C63" s="105">
+        <f t="shared" ref="C63:H63" si="38">C23*$I$80/$I63</f>
+        <v>1672.8844141069394</v>
+      </c>
+      <c r="D63" s="105">
+        <f t="shared" si="38"/>
+        <v>4004.2568191126279</v>
+      </c>
+      <c r="E63" s="105">
+        <f t="shared" si="38"/>
+        <v>11.445160409556314</v>
+      </c>
+      <c r="F63" s="105">
+        <f t="shared" si="38"/>
+        <v>638.23655972696247</v>
+      </c>
+      <c r="G63" s="105">
+        <f t="shared" si="38"/>
+        <v>1078.9244328373152</v>
+      </c>
+      <c r="H63" s="105">
+        <f t="shared" si="38"/>
+        <v>7405.7473861934004</v>
+      </c>
+      <c r="I63" s="43">
+        <v>87.9</v>
+      </c>
+      <c r="J63" s="29"/>
     </row>
-    <row r="61" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J61" s="32"/>
+    <row r="64" spans="2:10" x14ac:dyDescent="0.35">
+      <c r="B64" s="41" t="s">
+        <v>37</v>
+      </c>
+      <c r="C64" s="82">
+        <f t="shared" ref="C64:H64" si="39">C24*$I$80/$I64</f>
+        <v>1660.4532461873637</v>
+      </c>
+      <c r="D64" s="82">
+        <f t="shared" si="39"/>
+        <v>3937.1754596949891</v>
+      </c>
+      <c r="E64" s="82">
+        <f t="shared" si="39"/>
+        <v>9.8719302832244011</v>
+      </c>
+      <c r="F64" s="82">
+        <f t="shared" si="39"/>
+        <v>642.08252723311546</v>
+      </c>
+      <c r="G64" s="82">
+        <f t="shared" si="39"/>
+        <v>1041.9098000000001</v>
+      </c>
+      <c r="H64" s="82">
+        <f t="shared" si="39"/>
+        <v>7291.4929633986922</v>
+      </c>
+      <c r="I64" s="42">
+        <v>91.8</v>
+      </c>
+      <c r="J64" s="29"/>
     </row>
-    <row r="62" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J62" s="32"/>
+    <row r="65" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B65" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="C65" s="105">
+        <f t="shared" ref="C65:H65" si="40">C25*$I$80/$I65</f>
+        <v>1814.9290333692143</v>
+      </c>
+      <c r="D65" s="105">
+        <f t="shared" si="40"/>
+        <v>4033.2322411194828</v>
+      </c>
+      <c r="E65" s="105">
+        <f t="shared" si="40"/>
+        <v>9.8131410118406883</v>
+      </c>
+      <c r="F65" s="105">
+        <f t="shared" si="40"/>
+        <v>654.94485252960169</v>
+      </c>
+      <c r="G65" s="105">
+        <f t="shared" si="40"/>
+        <v>1094.8943241506995</v>
+      </c>
+      <c r="H65" s="105">
+        <f t="shared" si="40"/>
+        <v>7607.8135921808398</v>
+      </c>
+      <c r="I65" s="43">
+        <v>92.9</v>
+      </c>
+      <c r="J65" s="29"/>
     </row>
-    <row r="63" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J63" s="32"/>
+    <row r="66" spans="2:31" ht="18.5" x14ac:dyDescent="0.45">
+      <c r="B66" s="41" t="s">
+        <v>39</v>
+      </c>
+      <c r="C66" s="82">
+        <f t="shared" ref="C66:H66" si="41">C26*$I$80/$I66</f>
+        <v>1907.072701408518</v>
+      </c>
+      <c r="D66" s="82">
+        <f t="shared" si="41"/>
+        <v>3752.0891895782888</v>
+      </c>
+      <c r="E66" s="82">
+        <f t="shared" si="41"/>
+        <v>8.4380988371607515</v>
+      </c>
+      <c r="F66" s="82">
+        <f>F26*$I$80/$I66</f>
+        <v>630.97501790907722</v>
+      </c>
+      <c r="G66" s="82">
+        <f t="shared" si="41"/>
+        <v>1098.9871793068894</v>
+      </c>
+      <c r="H66" s="82">
+        <f t="shared" si="41"/>
+        <v>7397.5621870399336</v>
+      </c>
+      <c r="I66" s="42">
+        <v>95.8</v>
+      </c>
+      <c r="J66" s="29"/>
+      <c r="AE66" s="101" t="s">
+        <v>180</v>
+      </c>
     </row>
-    <row r="64" spans="2:10" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J64" s="32"/>
+    <row r="67" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B67" s="41" t="s">
+        <v>40</v>
+      </c>
+      <c r="C67" s="105">
+        <f t="shared" ref="C67:H67" si="42">C27*$I$80/$I67</f>
+        <v>1882.7241209677422</v>
+      </c>
+      <c r="D67" s="105">
+        <f t="shared" si="42"/>
+        <v>3699.0860000000002</v>
+      </c>
+      <c r="E67" s="105">
+        <f t="shared" si="42"/>
+        <v>8.0737983870967742</v>
+      </c>
+      <c r="F67" s="105">
+        <f t="shared" si="42"/>
+        <v>593.41929838709677</v>
+      </c>
+      <c r="G67" s="105">
+        <f t="shared" si="42"/>
+        <v>1048.3911612903225</v>
+      </c>
+      <c r="H67" s="105">
+        <f t="shared" si="42"/>
+        <v>7231.6943790322584</v>
+      </c>
+      <c r="I67" s="43">
+        <v>99.2</v>
+      </c>
+      <c r="J67" s="29"/>
     </row>
-    <row r="65" spans="2:31" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J65" s="32"/>
+    <row r="68" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B68" s="41" t="s">
+        <v>41</v>
+      </c>
+      <c r="C68" s="82">
+        <f t="shared" ref="C68:H68" si="43">C28*$I$80/$I68</f>
+        <v>2106.3818326693226</v>
+      </c>
+      <c r="D68" s="82">
+        <f t="shared" si="43"/>
+        <v>3696.34419123506</v>
+      </c>
+      <c r="E68" s="82">
+        <f t="shared" si="43"/>
+        <v>9.7155697211155374</v>
+      </c>
+      <c r="F68" s="82">
+        <f t="shared" si="43"/>
+        <v>661.01025498007971</v>
+      </c>
+      <c r="G68" s="82">
+        <f t="shared" si="43"/>
+        <v>1056.0471394422311</v>
+      </c>
+      <c r="H68" s="82">
+        <f t="shared" si="43"/>
+        <v>7529.4989880478079</v>
+      </c>
+      <c r="I68" s="44">
+        <v>100.4</v>
+      </c>
     </row>
-    <row r="66" spans="2:31" ht="18" x14ac:dyDescent="0.35">
-[...33 lines deleted...]
-      </c>
+    <row r="69" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B69" s="41" t="s">
+        <v>42</v>
+      </c>
+      <c r="C69" s="105">
+        <f t="shared" ref="C69:H69" si="44">C29*$I$80/$I69</f>
+        <v>2072.1150877192986</v>
+      </c>
+      <c r="D69" s="105">
+        <f t="shared" si="44"/>
+        <v>3359.4913840155946</v>
+      </c>
+      <c r="E69" s="105">
+        <f t="shared" si="44"/>
+        <v>18.742003898635481</v>
+      </c>
+      <c r="F69" s="105">
+        <f t="shared" si="44"/>
+        <v>711.29776218323605</v>
+      </c>
+      <c r="G69" s="105">
+        <f t="shared" si="44"/>
+        <v>1043.3228693957117</v>
+      </c>
+      <c r="H69" s="105">
+        <f t="shared" si="44"/>
+        <v>7204.969107212476</v>
+      </c>
+      <c r="I69" s="43">
+        <v>102.6</v>
+      </c>
+      <c r="J69" s="76"/>
     </row>
-    <row r="67" spans="2:31" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J67" s="32"/>
+    <row r="70" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B70" s="41" t="s">
+        <v>43</v>
+      </c>
+      <c r="C70" s="82">
+        <f t="shared" ref="C70:H70" si="45">C30*$I$80/$I70</f>
+        <v>2034.5335826251178</v>
+      </c>
+      <c r="D70" s="82">
+        <f t="shared" si="45"/>
+        <v>3272.9094713650616</v>
+      </c>
+      <c r="E70" s="82">
+        <f t="shared" si="45"/>
+        <v>19.599119357884799</v>
+      </c>
+      <c r="F70" s="82">
+        <f t="shared" si="45"/>
+        <v>640.3652091607479</v>
+      </c>
+      <c r="G70" s="82">
+        <f t="shared" si="45"/>
+        <v>1025.4326297968</v>
+      </c>
+      <c r="H70" s="82">
+        <f t="shared" si="45"/>
+        <v>6992.8400123056126</v>
+      </c>
+      <c r="I70" s="42">
+        <v>105.9</v>
+      </c>
     </row>
-    <row r="68" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>100.4</v>
+    <row r="71" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B71" s="41" t="s">
+        <v>44</v>
+      </c>
+      <c r="C71" s="105">
+        <f t="shared" ref="C71:H71" si="46">C31*$I$80/$I71</f>
+        <v>2409.2558281979459</v>
+      </c>
+      <c r="D71" s="105">
+        <f t="shared" si="46"/>
+        <v>3323.5719738562093</v>
+      </c>
+      <c r="E71" s="105">
+        <f t="shared" si="46"/>
+        <v>21.629479650046683</v>
+      </c>
+      <c r="F71" s="105">
+        <f t="shared" si="46"/>
+        <v>643.80768657142869</v>
+      </c>
+      <c r="G71" s="105">
+        <f t="shared" si="46"/>
+        <v>1037.0062595704949</v>
+      </c>
+      <c r="H71" s="105">
+        <f t="shared" si="46"/>
+        <v>7435.2712278461249</v>
+      </c>
+      <c r="I71" s="43">
+        <v>107.1</v>
       </c>
     </row>
-    <row r="69" spans="2:31" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-      <c r="J69" s="83"/>
+    <row r="72" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B72" s="41" t="s">
+        <v>135</v>
+      </c>
+      <c r="C72" s="82">
+        <f t="shared" ref="C72:H72" si="47">C32*$I$80/$I72</f>
+        <v>2359.8015616942912</v>
+      </c>
+      <c r="D72" s="82">
+        <f t="shared" si="47"/>
+        <v>3334.7301583793742</v>
+      </c>
+      <c r="E72" s="82">
+        <f t="shared" si="47"/>
+        <v>25.107241338784537</v>
+      </c>
+      <c r="F72" s="82">
+        <f t="shared" si="47"/>
+        <v>675.99557533517498</v>
+      </c>
+      <c r="G72" s="82">
+        <f t="shared" si="47"/>
+        <v>987.77966114180481</v>
+      </c>
+      <c r="H72" s="82">
+        <f t="shared" si="47"/>
+        <v>7383.4141978894295</v>
+      </c>
+      <c r="I72" s="42">
+        <v>108.6</v>
+      </c>
     </row>
-    <row r="70" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>105.9</v>
+    <row r="73" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B73" s="41" t="s">
+        <v>137</v>
+      </c>
+      <c r="C73" s="105">
+        <f t="shared" ref="C73:H73" si="48">C33*$I$80/$I73</f>
+        <v>1940.4280796145586</v>
+      </c>
+      <c r="D73" s="105">
+        <f t="shared" si="48"/>
+        <v>3253.6843274745233</v>
+      </c>
+      <c r="E73" s="105">
+        <f t="shared" si="48"/>
+        <v>29.118590976036039</v>
+      </c>
+      <c r="F73" s="105">
+        <f t="shared" si="48"/>
+        <v>622.95336216216219</v>
+      </c>
+      <c r="G73" s="105">
+        <f t="shared" si="48"/>
+        <v>980.352036036036</v>
+      </c>
+      <c r="H73" s="105">
+        <f t="shared" si="48"/>
+        <v>6826.5363962633164</v>
+      </c>
+      <c r="I73" s="43">
+        <v>111</v>
       </c>
     </row>
-    <row r="71" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>107.1</v>
+    <row r="74" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B74" s="41" t="s">
+        <v>138</v>
+      </c>
+      <c r="C74" s="82">
+        <f t="shared" ref="C74:H74" si="49">C34*$I$80/$I74</f>
+        <v>2157.4833040421795</v>
+      </c>
+      <c r="D74" s="82">
+        <f t="shared" si="49"/>
+        <v>3277.5746924428822</v>
+      </c>
+      <c r="E74" s="82">
+        <f t="shared" si="49"/>
+        <v>28.049031073462217</v>
+      </c>
+      <c r="F74" s="82">
+        <f t="shared" si="49"/>
+        <v>627.24453672197296</v>
+      </c>
+      <c r="G74" s="82">
+        <f t="shared" si="49"/>
+        <v>980.42768454705617</v>
+      </c>
+      <c r="H74" s="82">
+        <f t="shared" si="49"/>
+        <v>7070.7792488275536</v>
+      </c>
+      <c r="I74" s="42">
+        <v>113.8</v>
       </c>
     </row>
-    <row r="72" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>108.6</v>
+    <row r="75" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B75" s="41" t="s">
+        <v>139</v>
+      </c>
+      <c r="C75" s="105">
+        <f t="shared" ref="C75:H75" si="50">C35*$I$80/$I75</f>
+        <v>2015.4772915437295</v>
+      </c>
+      <c r="D75" s="105">
+        <f t="shared" si="50"/>
+        <v>3239.384853616999</v>
+      </c>
+      <c r="E75" s="105">
+        <f t="shared" si="50"/>
+        <v>26.389161705748485</v>
+      </c>
+      <c r="F75" s="105">
+        <f t="shared" si="50"/>
+        <v>768.43219278003642</v>
+      </c>
+      <c r="G75" s="105">
+        <f t="shared" si="50"/>
+        <v>945.84421858706446</v>
+      </c>
+      <c r="H75" s="105">
+        <f t="shared" si="50"/>
+        <v>6995.5277182335785</v>
+      </c>
+      <c r="I75" s="43">
+        <v>115.3</v>
       </c>
     </row>
-    <row r="73" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>111</v>
+    <row r="76" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B76" s="41" t="s">
+        <v>153</v>
+      </c>
+      <c r="C76" s="82">
+        <f t="shared" ref="C76:H76" si="51">C36*$I$80/$I76</f>
+        <v>1444.0496828427702</v>
+      </c>
+      <c r="D76" s="82">
+        <f t="shared" si="51"/>
+        <v>2324.0576059713512</v>
+      </c>
+      <c r="E76" s="82">
+        <f t="shared" si="51"/>
+        <v>18.275495339628378</v>
+      </c>
+      <c r="F76" s="82">
+        <f t="shared" si="51"/>
+        <v>759.58864928311277</v>
+      </c>
+      <c r="G76" s="82">
+        <f t="shared" si="51"/>
+        <v>838.62311160610352</v>
+      </c>
+      <c r="H76" s="82">
+        <f t="shared" si="51"/>
+        <v>5384.5945450429654</v>
+      </c>
+      <c r="I76" s="42">
+        <v>118.4</v>
       </c>
     </row>
-    <row r="74" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>113.8</v>
+    <row r="77" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B77" s="41" t="s">
+        <v>154</v>
+      </c>
+      <c r="C77" s="105">
+        <f t="shared" ref="C77:H77" si="52">C37*$I$80/$I77</f>
+        <v>463.87915712900087</v>
+      </c>
+      <c r="D77" s="105">
+        <f t="shared" si="52"/>
+        <v>1818.8805840265995</v>
+      </c>
+      <c r="E77" s="105">
+        <f t="shared" si="52"/>
+        <v>15.590766972292192</v>
+      </c>
+      <c r="F77" s="105">
+        <f t="shared" si="52"/>
+        <v>836.62764265926114</v>
+      </c>
+      <c r="G77" s="105">
+        <f t="shared" si="52"/>
+        <v>860.37517443166189</v>
+      </c>
+      <c r="H77" s="105">
+        <f t="shared" si="52"/>
+        <v>3995.3533252188163</v>
+      </c>
+      <c r="I77" s="43">
+        <v>119.1</v>
       </c>
     </row>
-    <row r="75" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>115.3</v>
+    <row r="78" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B78" s="41" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" s="82">
+        <f t="shared" ref="C78:H78" si="53">C38*$I$80/$I78</f>
+        <v>705.81447109075941</v>
+      </c>
+      <c r="D78" s="82">
+        <f t="shared" si="53"/>
+        <v>2449.5966807911391</v>
+      </c>
+      <c r="E78" s="82">
+        <f t="shared" si="53"/>
+        <v>24.070194537025316</v>
+      </c>
+      <c r="F78" s="82">
+        <f t="shared" si="53"/>
+        <v>859.55708313530442</v>
+      </c>
+      <c r="G78" s="82">
+        <f t="shared" si="53"/>
+        <v>2857.9438398510124</v>
+      </c>
+      <c r="H78" s="82">
+        <f t="shared" si="53"/>
+        <v>6896.9822694052409</v>
+      </c>
+      <c r="I78" s="42">
+        <v>126.4</v>
       </c>
     </row>
-    <row r="76" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>118.4</v>
+    <row r="79" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B79" s="41" t="s">
+        <v>165</v>
+      </c>
+      <c r="C79" s="105">
+        <f t="shared" ref="C79:H79" si="54">C39*$I$80/$I79</f>
+        <v>1019.3003263625191</v>
+      </c>
+      <c r="D79" s="105">
+        <f t="shared" si="54"/>
+        <v>3132.5724188306217</v>
+      </c>
+      <c r="E79" s="105">
+        <f t="shared" si="54"/>
+        <v>51.325032843865166</v>
+      </c>
+      <c r="F79" s="105">
+        <f t="shared" si="54"/>
+        <v>791.23373037871283</v>
+      </c>
+      <c r="G79" s="105">
+        <f t="shared" si="54"/>
+        <v>2685.6685240788015</v>
+      </c>
+      <c r="H79" s="105">
+        <f t="shared" si="54"/>
+        <v>7680.1000324945198</v>
+      </c>
+      <c r="I79" s="43">
+        <v>133.5</v>
       </c>
     </row>
-    <row r="77" spans="2:31" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-        <v>119.1</v>
+    <row r="80" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B80" s="41" t="s">
+        <v>166</v>
+      </c>
+      <c r="C80" s="82">
+        <f t="shared" ref="C80:H80" si="55">C40*$I$80/$I80</f>
+        <v>950.87292859000013</v>
+      </c>
+      <c r="D80" s="82">
+        <f t="shared" si="55"/>
+        <v>3030.0262240400002</v>
+      </c>
+      <c r="E80" s="82">
+        <f t="shared" si="55"/>
+        <v>52.405911949999997</v>
+      </c>
+      <c r="F80" s="82">
+        <f t="shared" si="55"/>
+        <v>843.00663866443904</v>
+      </c>
+      <c r="G80" s="82">
+        <f t="shared" si="55"/>
+        <v>2514.1517546700002</v>
+      </c>
+      <c r="H80" s="82">
+        <f t="shared" si="55"/>
+        <v>7390.4634579144385</v>
+      </c>
+      <c r="I80" s="42">
+        <v>138.4</v>
       </c>
     </row>
-    <row r="78" spans="2:31" x14ac:dyDescent="0.3">
-[...78 lines deleted...]
-      </c>
+    <row r="81" spans="14:14" ht="26" x14ac:dyDescent="0.6">
+      <c r="N81" s="107"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="U6:V15">
     <sortCondition ref="V6:V15"/>
   </sortState>
-  <mergeCells count="18">
-[...1 lines deleted...]
-    <mergeCell ref="Z6:Z7"/>
+  <mergeCells count="19">
     <mergeCell ref="AA6:AA7"/>
     <mergeCell ref="AB6:AB7"/>
     <mergeCell ref="U1:AK2"/>
     <mergeCell ref="B43:H43"/>
+    <mergeCell ref="U5:AB5"/>
+    <mergeCell ref="V6:V7"/>
+    <mergeCell ref="W6:W7"/>
+    <mergeCell ref="X6:X7"/>
+    <mergeCell ref="Y6:Y7"/>
+    <mergeCell ref="Z6:Z7"/>
     <mergeCell ref="C44:G44"/>
     <mergeCell ref="B2:Q2"/>
     <mergeCell ref="B1:Q1"/>
     <mergeCell ref="J43:Q43"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:O4"/>
     <mergeCell ref="J12:Q13"/>
     <mergeCell ref="P4:Q4"/>
-    <mergeCell ref="U5:AB5"/>
-[...2 lines deleted...]
-    <mergeCell ref="X6:X7"/>
+    <mergeCell ref="B3:H3"/>
   </mergeCells>
-  <phoneticPr fontId="76" type="noConversion"/>
+  <phoneticPr fontId="74" type="noConversion"/>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="36" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="46" fitToWidth="2" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:BP121"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <pane xSplit="7" ySplit="4" topLeftCell="H5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="H1" sqref="H1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="I4" sqref="I4"/>
+      <selection pane="bottomRight" activeCell="E30" sqref="E30"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.109375" style="20" customWidth="1"/>
-[...25 lines deleted...]
-    <col min="69" max="16384" width="9.109375" style="37"/>
+    <col min="1" max="1" width="3.08984375" style="20" customWidth="1"/>
+    <col min="2" max="2" width="16" style="34" customWidth="1"/>
+    <col min="3" max="5" width="19.36328125" style="33" customWidth="1"/>
+    <col min="6" max="7" width="19.36328125" style="36" customWidth="1"/>
+    <col min="8" max="8" width="8.81640625" style="33" customWidth="1"/>
+    <col min="9" max="9" width="16.453125" style="33" customWidth="1"/>
+    <col min="10" max="13" width="8.81640625" style="33" customWidth="1"/>
+    <col min="14" max="15" width="9.08984375" style="33"/>
+    <col min="16" max="17" width="8.6328125" style="33" customWidth="1"/>
+    <col min="18" max="19" width="8.36328125" style="33" customWidth="1"/>
+    <col min="20" max="21" width="12.36328125" style="33" customWidth="1"/>
+    <col min="22" max="29" width="10.6328125" style="33" customWidth="1"/>
+    <col min="30" max="36" width="10.26953125" style="33" customWidth="1"/>
+    <col min="37" max="41" width="9.81640625" style="33" customWidth="1"/>
+    <col min="42" max="43" width="10" style="33" customWidth="1"/>
+    <col min="44" max="44" width="14" style="33" customWidth="1"/>
+    <col min="45" max="45" width="13.08984375" style="33" customWidth="1"/>
+    <col min="46" max="46" width="13.7265625" style="33" customWidth="1"/>
+    <col min="47" max="47" width="10.81640625" style="33" customWidth="1"/>
+    <col min="48" max="48" width="10.7265625" style="33" customWidth="1"/>
+    <col min="49" max="49" width="13.7265625" style="33" customWidth="1"/>
+    <col min="50" max="50" width="12.81640625" style="33" customWidth="1"/>
+    <col min="51" max="51" width="14.08984375" style="33" customWidth="1"/>
+    <col min="52" max="56" width="14.36328125" style="33" customWidth="1"/>
+    <col min="57" max="57" width="16.36328125" style="33" customWidth="1"/>
+    <col min="58" max="58" width="12.36328125" style="33" customWidth="1"/>
+    <col min="59" max="68" width="9.08984375" style="33"/>
+    <col min="69" max="16384" width="9.08984375" style="34"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="36" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" s="33" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="19"/>
-      <c r="B1" s="134" t="s">
-[...6 lines deleted...]
-      <c r="G1" s="134"/>
+      <c r="B1" s="130" t="s">
+        <v>196</v>
+      </c>
+      <c r="C1" s="130"/>
+      <c r="D1" s="130"/>
+      <c r="E1" s="130"/>
+      <c r="F1" s="130"/>
+      <c r="G1" s="130"/>
     </row>
-    <row r="2" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="20"/>
-      <c r="F2" s="39"/>
-      <c r="G2" s="39"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
     </row>
-    <row r="3" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="20"/>
-      <c r="B3" s="37"/>
-      <c r="C3" s="135" t="s">
+      <c r="B3" s="34"/>
+      <c r="C3" s="131" t="s">
         <v>45</v>
       </c>
-      <c r="D3" s="135"/>
-[...2 lines deleted...]
-      <c r="G3" s="39"/>
+      <c r="D3" s="131"/>
+      <c r="E3" s="131"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="36"/>
     </row>
-    <row r="4" spans="1:7" s="36" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" s="33" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="20"/>
-      <c r="B4" s="37"/>
+      <c r="B4" s="34"/>
       <c r="C4" s="21" t="s">
-        <v>164</v>
+        <v>194</v>
       </c>
       <c r="D4" s="21" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="E4" s="21" t="s">
+        <v>197</v>
+      </c>
+      <c r="E4" s="108" t="s">
         <v>133</v>
       </c>
-      <c r="F4" s="40" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="40" t="s">
+      <c r="F4" s="37" t="s">
+        <v>195</v>
+      </c>
+      <c r="G4" s="37" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="20"/>
       <c r="B5" s="22" t="s">
         <v>46</v>
       </c>
-      <c r="C5" s="58">
-[...2 lines deleted...]
-      <c r="D5" s="58">
+      <c r="C5" s="52">
+        <v>3.05578087</v>
+      </c>
+      <c r="D5" s="52">
         <f>E5-C5</f>
-        <v>4.0256711010099995</v>
-[...8 lines deleted...]
-      <c r="G5" s="59">
+        <v>4.39726867193</v>
+      </c>
+      <c r="E5" s="53">
+        <f>C5*2.439</f>
+        <v>7.4530495419300005</v>
+      </c>
+      <c r="F5" s="38">
+        <v>10626.286405704748</v>
+      </c>
+      <c r="G5" s="110">
         <f>E5*1000000/F5</f>
-        <v>630.1280076468355</v>
+        <v>701.37856795661105</v>
       </c>
     </row>
-    <row r="6" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="20"/>
       <c r="B6" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="C6" s="58">
-[...2 lines deleted...]
-      <c r="D6" s="58">
+      <c r="C6" s="52">
+        <v>6.7230812000000011</v>
+      </c>
+      <c r="D6" s="52">
         <f t="shared" ref="D6:D36" si="0">E6-C6</f>
-        <v>9.0622211094200011</v>
-[...8 lines deleted...]
-      <c r="G6" s="59">
+        <v>9.6745138468000018</v>
+      </c>
+      <c r="E6" s="53">
+        <f t="shared" ref="E6:E69" si="1">C6*2.439</f>
+        <v>16.397595046800003</v>
+      </c>
+      <c r="F6" s="38">
+        <v>9439.0231618591115</v>
+      </c>
+      <c r="G6" s="110">
         <f t="shared" ref="G6:G69" si="2">E6*1000000/F6</f>
-        <v>1590.742255687695</v>
+        <v>1737.2131380139901</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="20"/>
       <c r="B7" s="22" t="s">
         <v>48</v>
       </c>
-      <c r="C7" s="58">
-[...2 lines deleted...]
-      <c r="D7" s="58">
+      <c r="C7" s="52">
+        <v>66.37614108999999</v>
+      </c>
+      <c r="D7" s="52">
         <f t="shared" si="0"/>
-        <v>93.387471233840017</v>
-[...1 lines deleted...]
-      <c r="E7" s="59">
+        <v>95.515267028509996</v>
+      </c>
+      <c r="E7" s="53">
         <f t="shared" si="1"/>
-        <v>157.74823707384002</v>
-[...4 lines deleted...]
-      <c r="G7" s="59">
+        <v>161.89140811850999</v>
+      </c>
+      <c r="F7" s="38">
+        <v>92332.940145762957</v>
+      </c>
+      <c r="G7" s="110">
         <f t="shared" si="2"/>
-        <v>1720.0716594339667</v>
+        <v>1753.3440163709438</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="20"/>
       <c r="B8" s="22" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="58">
-[...2 lines deleted...]
-      <c r="D8" s="58">
+      <c r="C8" s="52">
+        <v>59.053993599999991</v>
+      </c>
+      <c r="D8" s="52">
         <f t="shared" si="0"/>
-        <v>82.953580865069995</v>
-[...1 lines deleted...]
-      <c r="E8" s="59">
+        <v>84.978696790399994</v>
+      </c>
+      <c r="E8" s="53">
         <f t="shared" si="1"/>
-        <v>140.12351943506999</v>
-[...4 lines deleted...]
-      <c r="G8" s="59">
+        <v>144.03269039039998</v>
+      </c>
+      <c r="F8" s="38">
+        <v>102742.12389006342</v>
+      </c>
+      <c r="G8" s="110">
         <f t="shared" si="2"/>
-        <v>1368.7536930328379</v>
+        <v>1401.885467585997</v>
       </c>
     </row>
-    <row r="9" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A9" s="20"/>
       <c r="B9" s="22" t="s">
         <v>50</v>
       </c>
-      <c r="C9" s="58">
-[...2 lines deleted...]
-      <c r="D9" s="58">
+      <c r="C9" s="52">
+        <v>20.750307700000004</v>
+      </c>
+      <c r="D9" s="52">
         <f t="shared" si="0"/>
-        <v>28.651068754510003</v>
-[...1 lines deleted...]
-      <c r="E9" s="59">
+        <v>29.859692780300005</v>
+      </c>
+      <c r="E9" s="53">
         <f t="shared" si="1"/>
-        <v>48.396808764510006</v>
-[...4 lines deleted...]
-      <c r="G9" s="59">
+        <v>50.610000480300009</v>
+      </c>
+      <c r="F9" s="38">
+        <v>35288.621652741698</v>
+      </c>
+      <c r="G9" s="110">
         <f t="shared" si="2"/>
-        <v>1377.9331072888508</v>
+        <v>1434.1733428505258</v>
       </c>
     </row>
-    <row r="10" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="20"/>
       <c r="B10" s="22" t="s">
         <v>51</v>
       </c>
-      <c r="C10" s="58">
-[...2 lines deleted...]
-      <c r="D10" s="58">
+      <c r="C10" s="52">
+        <v>21.741975990000004</v>
+      </c>
+      <c r="D10" s="52">
         <f t="shared" si="0"/>
-        <v>28.79042160469</v>
-[...1 lines deleted...]
-      <c r="E10" s="59">
+        <v>31.286703449610005</v>
+      </c>
+      <c r="E10" s="53">
         <f t="shared" si="1"/>
-        <v>48.63220079469</v>
-[...4 lines deleted...]
-      <c r="G10" s="59">
+        <v>53.028679439610009</v>
+      </c>
+      <c r="F10" s="38">
+        <v>47128.810170833065</v>
+      </c>
+      <c r="G10" s="110">
         <f t="shared" si="2"/>
-        <v>1033.8291985022406</v>
+        <v>1125.1860432586996</v>
       </c>
     </row>
-    <row r="11" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="20"/>
       <c r="B11" s="22" t="s">
         <v>52</v>
       </c>
-      <c r="C11" s="58">
-[...2 lines deleted...]
-      <c r="D11" s="58">
+      <c r="C11" s="52">
+        <v>12.464512800000001</v>
+      </c>
+      <c r="D11" s="52">
         <f t="shared" si="0"/>
-        <v>20.149098420649999</v>
-[...1 lines deleted...]
-      <c r="E11" s="59">
+        <v>17.936433919200002</v>
+      </c>
+      <c r="E11" s="53">
         <f t="shared" si="1"/>
-        <v>34.035451570649997</v>
-[...4 lines deleted...]
-      <c r="G11" s="59">
+        <v>30.400946719200004</v>
+      </c>
+      <c r="F11" s="38">
+        <v>82209.69764462176</v>
+      </c>
+      <c r="G11" s="110">
         <f t="shared" si="2"/>
-        <v>414.98107815557853</v>
+        <v>369.79757364657894</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A12" s="20"/>
       <c r="B12" s="22" t="s">
         <v>53</v>
       </c>
-      <c r="C12" s="58">
-[...2 lines deleted...]
-      <c r="D12" s="58">
+      <c r="C12" s="52">
+        <v>6.5532021699999996</v>
+      </c>
+      <c r="D12" s="52">
         <f t="shared" si="0"/>
-        <v>9.9306934791000021</v>
-[...1 lines deleted...]
-      <c r="E12" s="59">
+        <v>9.4300579226299988</v>
+      </c>
+      <c r="E12" s="53">
         <f t="shared" si="1"/>
-        <v>16.774727579100002</v>
-[...4 lines deleted...]
-      <c r="G12" s="59">
+        <v>15.983260092629999</v>
+      </c>
+      <c r="F12" s="38">
+        <v>11917.517516690757</v>
+      </c>
+      <c r="G12" s="110">
         <f t="shared" si="2"/>
-        <v>1393.3321857903165</v>
+        <v>1341.1568365848907</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="20"/>
       <c r="B13" s="22" t="s">
         <v>54</v>
       </c>
-      <c r="C13" s="58">
-[...2 lines deleted...]
-      <c r="D13" s="58">
+      <c r="C13" s="52">
+        <v>19.26361155</v>
+      </c>
+      <c r="D13" s="52">
         <f t="shared" si="0"/>
-        <v>27.274460726460003</v>
-[...1 lines deleted...]
-      <c r="E13" s="59">
+        <v>27.720337020450003</v>
+      </c>
+      <c r="E13" s="53">
         <f t="shared" si="1"/>
-        <v>46.071470186460004</v>
-[...4 lines deleted...]
-      <c r="G13" s="59">
+        <v>46.983948570450004</v>
+      </c>
+      <c r="F13" s="38">
+        <v>140348.88016638308</v>
+      </c>
+      <c r="G13" s="110">
         <f t="shared" si="2"/>
-        <v>330.96029208294567</v>
+        <v>334.76539687919632</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="20"/>
       <c r="B14" s="22" t="s">
         <v>55</v>
       </c>
-      <c r="C14" s="58">
-[...2 lines deleted...]
-      <c r="D14" s="58">
+      <c r="C14" s="52">
+        <v>175.89778003000004</v>
+      </c>
+      <c r="D14" s="52">
         <f t="shared" si="0"/>
-        <v>250.87194157007002</v>
-[...1 lines deleted...]
-      <c r="E14" s="59">
+        <v>253.11690546317004</v>
+      </c>
+      <c r="E14" s="53">
         <f t="shared" si="1"/>
-        <v>423.76783514007002</v>
-[...4 lines deleted...]
-      <c r="G14" s="59">
+        <v>429.01468549317008</v>
+      </c>
+      <c r="F14" s="38">
+        <v>155807.15027289515</v>
+      </c>
+      <c r="G14" s="110">
         <f t="shared" si="2"/>
-        <v>2718.6868815530279</v>
+        <v>2753.4980566793874</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="20"/>
       <c r="B15" s="22" t="s">
         <v>56</v>
       </c>
-      <c r="C15" s="58">
+      <c r="C15" s="52">
         <v>0</v>
       </c>
-      <c r="D15" s="58">
+      <c r="D15" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E15" s="59">
+      <c r="E15" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F15" s="41">
-[...2 lines deleted...]
-      <c r="G15" s="59">
+      <c r="F15" s="38">
+        <v>4825.9377483443704</v>
+      </c>
+      <c r="G15" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="20"/>
       <c r="B16" s="22" t="s">
         <v>57</v>
       </c>
-      <c r="C16" s="58">
-[...2 lines deleted...]
-      <c r="D16" s="58">
+      <c r="C16" s="52">
+        <v>12.00785677</v>
+      </c>
+      <c r="D16" s="52">
         <f t="shared" si="0"/>
-        <v>15.547581326670002</v>
-[...1 lines deleted...]
-      <c r="E16" s="59">
+        <v>17.279305892029999</v>
+      </c>
+      <c r="E16" s="53">
         <f t="shared" si="1"/>
-        <v>26.262661496670002</v>
-[...4 lines deleted...]
-      <c r="G16" s="59">
+        <v>29.287162662029999</v>
+      </c>
+      <c r="F16" s="38">
+        <v>29791.198088722944</v>
+      </c>
+      <c r="G16" s="110">
         <f t="shared" si="2"/>
-        <v>859.6965226310075</v>
+        <v>983.08106222543165</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="C17" s="58">
-[...2 lines deleted...]
-      <c r="D17" s="58">
+      <c r="C17" s="52">
+        <v>39.473887759999997</v>
+      </c>
+      <c r="D17" s="52">
         <f t="shared" si="0"/>
-        <v>50.845443842680012</v>
-[...1 lines deleted...]
-      <c r="E17" s="59">
+        <v>56.802924486639995</v>
+      </c>
+      <c r="E17" s="53">
         <f t="shared" si="1"/>
-        <v>85.887100522680015</v>
-[...4 lines deleted...]
-      <c r="G17" s="59">
+        <v>96.276812246639992</v>
+      </c>
+      <c r="F17" s="38">
+        <v>94410.190633270337</v>
+      </c>
+      <c r="G17" s="110">
         <f t="shared" si="2"/>
-        <v>922.99620965402517</v>
+        <v>1019.7713996852355</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="20"/>
       <c r="B18" s="22" t="s">
         <v>59</v>
       </c>
-      <c r="C18" s="58">
-[...2 lines deleted...]
-      <c r="D18" s="58">
+      <c r="C18" s="52">
+        <v>166.56442754999998</v>
+      </c>
+      <c r="D18" s="52">
         <f t="shared" si="0"/>
-        <v>231.05776707575004</v>
-[...1 lines deleted...]
-      <c r="E18" s="59">
+        <v>239.68621124444999</v>
+      </c>
+      <c r="E18" s="53">
         <f t="shared" si="1"/>
-        <v>390.29813032575004</v>
-[...4 lines deleted...]
-      <c r="G18" s="59">
+        <v>406.25063879444997</v>
+      </c>
+      <c r="F18" s="38">
+        <v>292997.04236311238</v>
+      </c>
+      <c r="G18" s="110">
         <f t="shared" si="2"/>
-        <v>1356.3590295089464</v>
+        <v>1386.5349476496831</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="20"/>
       <c r="B19" s="22" t="s">
         <v>60</v>
       </c>
-      <c r="C19" s="58">
-[...2 lines deleted...]
-      <c r="D19" s="58">
+      <c r="C19" s="52">
+        <v>9.0073866199999983</v>
+      </c>
+      <c r="D19" s="52">
         <f t="shared" si="0"/>
-        <v>12.384853153560002</v>
-[...1 lines deleted...]
-      <c r="E19" s="59">
+        <v>12.961629346179997</v>
+      </c>
+      <c r="E19" s="53">
         <f t="shared" si="1"/>
-        <v>20.920244713560002</v>
-[...4 lines deleted...]
-      <c r="G19" s="59">
+        <v>21.969015966179995</v>
+      </c>
+      <c r="F19" s="38">
+        <v>11131.39555031678</v>
+      </c>
+      <c r="G19" s="110">
         <f t="shared" si="2"/>
-        <v>1865.8816618490353</v>
+        <v>1973.6084183581813</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="20"/>
       <c r="B20" s="22" t="s">
         <v>61</v>
       </c>
-      <c r="C20" s="58">
-[...2 lines deleted...]
-      <c r="D20" s="58">
+      <c r="C20" s="52">
+        <v>7.975644449999999</v>
+      </c>
+      <c r="D20" s="52">
         <f t="shared" si="0"/>
-        <v>11.450516019710001</v>
-[...1 lines deleted...]
-      <c r="E20" s="59">
+        <v>11.47695236355</v>
+      </c>
+      <c r="E20" s="53">
         <f t="shared" si="1"/>
-        <v>19.341981229710001</v>
-[...4 lines deleted...]
-      <c r="G20" s="59">
+        <v>19.452596813549999</v>
+      </c>
+      <c r="F20" s="38">
+        <v>17516.608449692452</v>
+      </c>
+      <c r="G20" s="110">
         <f t="shared" si="2"/>
-        <v>1080.3907151955552</v>
+        <v>1110.5230141678219</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="20"/>
       <c r="B21" s="22" t="s">
         <v>62</v>
       </c>
-      <c r="C21" s="58">
-[...2 lines deleted...]
-      <c r="D21" s="58">
+      <c r="C21" s="52">
+        <v>4.1520754100000001</v>
+      </c>
+      <c r="D21" s="52">
         <f t="shared" si="0"/>
-        <v>4.5437183372399996</v>
-[...1 lines deleted...]
-      <c r="E21" s="59">
+        <v>5.9748365149900007</v>
+      </c>
+      <c r="E21" s="53">
         <f t="shared" si="1"/>
-        <v>7.6751575772400003</v>
-[...4 lines deleted...]
-      <c r="G21" s="59">
+        <v>10.126911924990001</v>
+      </c>
+      <c r="F21" s="38">
+        <v>12460.790443942813</v>
+      </c>
+      <c r="G21" s="110">
         <f t="shared" si="2"/>
-        <v>598.51637634378972</v>
+        <v>812.70220942626395</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="20"/>
       <c r="B22" s="22" t="s">
         <v>63</v>
       </c>
-      <c r="C22" s="58">
-[...2 lines deleted...]
-      <c r="D22" s="58">
+      <c r="C22" s="52">
+        <v>83.375783499999997</v>
+      </c>
+      <c r="D22" s="52">
         <f t="shared" si="0"/>
-        <v>124.54964244562998</v>
-[...1 lines deleted...]
-      <c r="E22" s="59">
+        <v>119.9777524565</v>
+      </c>
+      <c r="E22" s="53">
         <f t="shared" si="1"/>
-        <v>210.38674957562998</v>
-[...4 lines deleted...]
-      <c r="G22" s="59">
+        <v>203.3535359565</v>
+      </c>
+      <c r="F22" s="38">
+        <v>130937.38521225825</v>
+      </c>
+      <c r="G22" s="110">
         <f t="shared" si="2"/>
-        <v>1635.9545701398447</v>
+        <v>1553.0593926772733</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="20"/>
       <c r="B23" s="22" t="s">
         <v>64</v>
       </c>
-      <c r="C23" s="58">
-[...2 lines deleted...]
-      <c r="D23" s="58">
+      <c r="C23" s="52">
+        <v>31.670818319999999</v>
+      </c>
+      <c r="D23" s="52">
         <f t="shared" si="0"/>
-        <v>44.387165843950001</v>
-[...1 lines deleted...]
-      <c r="E23" s="59">
+        <v>45.574307562480001</v>
+      </c>
+      <c r="E23" s="53">
         <f t="shared" si="1"/>
-        <v>74.977907293949997</v>
-[...4 lines deleted...]
-      <c r="G23" s="59">
+        <v>77.245125882479996</v>
+      </c>
+      <c r="F23" s="38">
+        <v>39961.886146525954</v>
+      </c>
+      <c r="G23" s="110">
         <f t="shared" si="2"/>
-        <v>1854.7377079962539</v>
+        <v>1932.9699704175555</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="20"/>
       <c r="B24" s="22" t="s">
         <v>65</v>
       </c>
-      <c r="C24" s="58">
-[...2 lines deleted...]
-      <c r="D24" s="58">
+      <c r="C24" s="52">
+        <v>68.240983010000008</v>
+      </c>
+      <c r="D24" s="52">
         <f t="shared" si="0"/>
-        <v>98.186521126950026</v>
-[...1 lines deleted...]
-      <c r="E24" s="59">
+        <v>98.198774551390017</v>
+      </c>
+      <c r="E24" s="53">
         <f t="shared" si="1"/>
-        <v>165.85469557695004</v>
-[...4 lines deleted...]
-      <c r="G24" s="59">
+        <v>166.43975756139002</v>
+      </c>
+      <c r="F24" s="38">
+        <v>111053.01211264056</v>
+      </c>
+      <c r="G24" s="110">
         <f t="shared" si="2"/>
-        <v>1484.8474813070629</v>
+        <v>1498.7414964717116</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="20"/>
       <c r="B25" s="22" t="s">
         <v>66</v>
       </c>
-      <c r="C25" s="58">
-[...2 lines deleted...]
-      <c r="D25" s="58">
+      <c r="C25" s="52">
+        <v>2.3726504199999998</v>
+      </c>
+      <c r="D25" s="52">
         <f t="shared" si="0"/>
-        <v>3.36334282369</v>
-[...1 lines deleted...]
-      <c r="E25" s="59">
+        <v>3.4142439543800003</v>
+      </c>
+      <c r="E25" s="53">
         <f t="shared" si="1"/>
-        <v>5.6812910136900001</v>
-[...4 lines deleted...]
-      <c r="G25" s="59">
+        <v>5.7868943743800001</v>
+      </c>
+      <c r="F25" s="38">
+        <v>8339.5748176583493</v>
+      </c>
+      <c r="G25" s="110">
         <f t="shared" si="2"/>
-        <v>666.75538552438388</v>
+        <v>693.90760331410866</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="20"/>
       <c r="B26" s="22" t="s">
         <v>67</v>
       </c>
-      <c r="C26" s="58">
-[...2 lines deleted...]
-      <c r="D26" s="58">
+      <c r="C26" s="52">
+        <v>74.734879169999999</v>
+      </c>
+      <c r="D26" s="52">
         <f t="shared" si="0"/>
-        <v>102.29444966463001</v>
-[...1 lines deleted...]
-      <c r="E26" s="59">
+        <v>107.54349112563</v>
+      </c>
+      <c r="E26" s="53">
         <f t="shared" si="1"/>
-        <v>172.79372579463001</v>
-[...4 lines deleted...]
-      <c r="G26" s="59">
+        <v>182.27837029563</v>
+      </c>
+      <c r="F26" s="38">
+        <v>126173.38282293081</v>
+      </c>
+      <c r="G26" s="110">
         <f t="shared" si="2"/>
-        <v>1385.8111307512593</v>
+        <v>1444.6657941432529</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="20"/>
       <c r="B27" s="22" t="s">
         <v>68</v>
       </c>
-      <c r="C27" s="58">
-[...2 lines deleted...]
-      <c r="D27" s="58">
+      <c r="C27" s="52">
+        <v>9.2809881099999991</v>
+      </c>
+      <c r="D27" s="52">
         <f t="shared" si="0"/>
-        <v>12.539040737540001</v>
-[...1 lines deleted...]
-      <c r="E27" s="59">
+        <v>13.355341890289999</v>
+      </c>
+      <c r="E27" s="53">
         <f t="shared" si="1"/>
-        <v>21.18069527754</v>
-[...4 lines deleted...]
-      <c r="G27" s="59">
+        <v>22.636330000289998</v>
+      </c>
+      <c r="F27" s="38">
+        <v>15963.631465388073</v>
+      </c>
+      <c r="G27" s="110">
         <f t="shared" si="2"/>
-        <v>1293.6232329385841</v>
+        <v>1417.9937722422055</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="20"/>
       <c r="B28" s="22" t="s">
         <v>69</v>
       </c>
-      <c r="C28" s="58">
+      <c r="C28" s="52">
         <v>0</v>
       </c>
-      <c r="D28" s="58">
+      <c r="D28" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E28" s="59">
+      <c r="E28" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F28" s="41">
-[...2 lines deleted...]
-      <c r="G28" s="59">
+      <c r="F28" s="38">
+        <v>19108.759446897515</v>
+      </c>
+      <c r="G28" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="20"/>
       <c r="B29" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="C29" s="58">
-[...2 lines deleted...]
-      <c r="D29" s="58">
+      <c r="C29" s="52">
+        <v>61.223381230000001</v>
+      </c>
+      <c r="D29" s="52">
         <f t="shared" si="0"/>
-        <v>85.726974933450009</v>
-[...1 lines deleted...]
-      <c r="E29" s="59">
+        <v>88.100445589970008</v>
+      </c>
+      <c r="E29" s="53">
         <f t="shared" si="1"/>
-        <v>144.80828088345001</v>
-[...4 lines deleted...]
-      <c r="G29" s="59">
+        <v>149.32382681997001</v>
+      </c>
+      <c r="F29" s="38">
+        <v>96228.758564594842</v>
+      </c>
+      <c r="G29" s="110">
         <f t="shared" si="2"/>
-        <v>1502.2203296275547</v>
+        <v>1551.7588405729498</v>
       </c>
     </row>
-    <row r="30" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="20"/>
       <c r="B30" s="22" t="s">
         <v>71</v>
       </c>
-      <c r="C30" s="58">
-[...2 lines deleted...]
-      <c r="D30" s="58">
+      <c r="C30" s="52">
+        <v>141.17536156</v>
+      </c>
+      <c r="D30" s="52">
         <f t="shared" si="0"/>
-        <v>199.36429295919001</v>
-[...1 lines deleted...]
-      <c r="E30" s="59">
+        <v>203.15134528484003</v>
+      </c>
+      <c r="E30" s="53">
         <f t="shared" si="1"/>
-        <v>336.76215164919</v>
-[...4 lines deleted...]
-      <c r="G30" s="59">
+        <v>344.32670684484003</v>
+      </c>
+      <c r="F30" s="38">
+        <v>131134.53616293834</v>
+      </c>
+      <c r="G30" s="110">
         <f t="shared" si="2"/>
-        <v>2592.705340145767</v>
+        <v>2625.7515138270246</v>
       </c>
     </row>
-    <row r="31" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="20"/>
       <c r="B31" s="22" t="s">
         <v>72</v>
       </c>
-      <c r="C31" s="58">
-[...2 lines deleted...]
-      <c r="D31" s="58">
+      <c r="C31" s="52">
+        <v>140.52821670000003</v>
+      </c>
+      <c r="D31" s="52">
         <f t="shared" si="0"/>
-        <v>194.62615571235</v>
-[...1 lines deleted...]
-      <c r="E31" s="59">
+        <v>202.22010383130004</v>
+      </c>
+      <c r="E31" s="53">
         <f t="shared" si="1"/>
-        <v>328.75858556234999</v>
-[...4 lines deleted...]
-      <c r="G31" s="59">
+        <v>342.74832053130007</v>
+      </c>
+      <c r="F31" s="38">
+        <v>225023.13839022096</v>
+      </c>
+      <c r="G31" s="110">
         <f t="shared" si="2"/>
-        <v>1473.9021589910185</v>
+        <v>1523.1692304323278</v>
       </c>
     </row>
-    <row r="32" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="20"/>
       <c r="B32" s="22" t="s">
         <v>73</v>
       </c>
-      <c r="C32" s="58">
-[...2 lines deleted...]
-      <c r="D32" s="58">
+      <c r="C32" s="52">
+        <v>44.34232354000001</v>
+      </c>
+      <c r="D32" s="52">
         <f t="shared" si="0"/>
-        <v>61.99928573255</v>
-[...1 lines deleted...]
-      <c r="E32" s="59">
+        <v>63.808603574060015</v>
+      </c>
+      <c r="E32" s="53">
         <f t="shared" si="1"/>
-        <v>104.72794578254999</v>
-[...4 lines deleted...]
-      <c r="G32" s="59">
+        <v>108.15092711406002</v>
+      </c>
+      <c r="F32" s="38">
+        <v>52854.599759890072</v>
+      </c>
+      <c r="G32" s="110">
         <f t="shared" si="2"/>
-        <v>1962.96846309907</v>
+        <v>2046.1970690417156</v>
       </c>
     </row>
-    <row r="33" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="20"/>
       <c r="B33" s="22" t="s">
         <v>74</v>
       </c>
-      <c r="C33" s="58">
-[...2 lines deleted...]
-      <c r="D33" s="58">
+      <c r="C33" s="52">
+        <v>3.4186955299999999</v>
+      </c>
+      <c r="D33" s="52">
         <f t="shared" si="0"/>
-        <v>5.0374810860900006</v>
-[...1 lines deleted...]
-      <c r="E33" s="59">
+        <v>4.9195028676700003</v>
+      </c>
+      <c r="E33" s="53">
         <f t="shared" si="1"/>
-        <v>8.5092116760900005</v>
-[...4 lines deleted...]
-      <c r="G33" s="59">
+        <v>8.3381983976700003</v>
+      </c>
+      <c r="F33" s="38">
+        <v>13829.994097180563</v>
+      </c>
+      <c r="G33" s="110">
         <f t="shared" si="2"/>
-        <v>610.49205632810845</v>
+        <v>602.90686598122682</v>
       </c>
     </row>
-    <row r="34" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="20"/>
       <c r="B34" s="22" t="s">
         <v>75</v>
       </c>
-      <c r="C34" s="58">
+      <c r="C34" s="52">
         <v>0</v>
       </c>
-      <c r="D34" s="58">
+      <c r="D34" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="E34" s="59">
+      <c r="E34" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F34" s="41">
-[...2 lines deleted...]
-      <c r="G34" s="59">
+      <c r="F34" s="38">
+        <v>4401.6702284583553</v>
+      </c>
+      <c r="G34" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="20"/>
       <c r="B35" s="22" t="s">
         <v>76</v>
       </c>
-      <c r="C35" s="58">
-[...2 lines deleted...]
-      <c r="D35" s="58">
+      <c r="C35" s="52">
+        <v>50.208970970000003</v>
+      </c>
+      <c r="D35" s="52">
         <f t="shared" si="0"/>
-        <v>69.576014395469997</v>
-[...1 lines deleted...]
-      <c r="E35" s="59">
+        <v>72.250709225830008</v>
+      </c>
+      <c r="E35" s="53">
         <f t="shared" si="1"/>
-        <v>117.52640336547</v>
-[...4 lines deleted...]
-      <c r="G35" s="59">
+        <v>122.45968019583</v>
+      </c>
+      <c r="F35" s="38">
+        <v>74190.101773026952</v>
+      </c>
+      <c r="G35" s="110">
         <f t="shared" si="2"/>
-        <v>1599.4482791958774</v>
+        <v>1650.6201941935099</v>
       </c>
     </row>
-    <row r="36" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="20"/>
       <c r="B36" s="22" t="s">
         <v>77</v>
       </c>
-      <c r="C36" s="58">
-[...2 lines deleted...]
-      <c r="D36" s="58">
+      <c r="C36" s="52">
+        <v>13.207171890000001</v>
+      </c>
+      <c r="D36" s="52">
         <f t="shared" si="0"/>
-        <v>16.925849792060003</v>
-[...1 lines deleted...]
-      <c r="E36" s="59">
+        <v>19.005120349710001</v>
+      </c>
+      <c r="E36" s="53">
         <f t="shared" si="1"/>
-        <v>28.590804852060003</v>
-[...4 lines deleted...]
-      <c r="G36" s="59">
+        <v>32.212292239710003</v>
+      </c>
+      <c r="F36" s="38">
+        <v>15658.677666748707</v>
+      </c>
+      <c r="G36" s="110">
         <f t="shared" si="2"/>
-        <v>1803.3620089124909</v>
+        <v>2057.1527765791484</v>
       </c>
     </row>
-    <row r="37" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="20"/>
       <c r="B37" s="22" t="s">
         <v>78</v>
       </c>
-      <c r="C37" s="58">
-[...2 lines deleted...]
-      <c r="D37" s="58">
+      <c r="C37" s="52">
+        <v>147.90996355000001</v>
+      </c>
+      <c r="D37" s="52">
         <f t="shared" ref="D37:D68" si="3">E37-C37</f>
-        <v>201.73376597631</v>
-[...1 lines deleted...]
-      <c r="E37" s="59">
+        <v>212.84243754845002</v>
+      </c>
+      <c r="E37" s="53">
         <f t="shared" si="1"/>
-        <v>340.76461778631</v>
-[...4 lines deleted...]
-      <c r="G37" s="59">
+        <v>360.75240109845004</v>
+      </c>
+      <c r="F37" s="38">
+        <v>196655.13285305447</v>
+      </c>
+      <c r="G37" s="110">
         <f t="shared" si="2"/>
-        <v>1760.498260367579</v>
+        <v>1834.4418264841991</v>
       </c>
     </row>
-    <row r="38" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="20"/>
       <c r="B38" s="22" t="s">
         <v>79</v>
       </c>
-      <c r="C38" s="58">
+      <c r="C38" s="52">
         <v>0</v>
       </c>
-      <c r="D38" s="58">
+      <c r="D38" s="52">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="E38" s="59">
+      <c r="E38" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F38" s="41">
-[...2 lines deleted...]
-      <c r="G38" s="59">
+      <c r="F38" s="38">
+        <v>13772.556901823124</v>
+      </c>
+      <c r="G38" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="20"/>
       <c r="B39" s="22" t="s">
         <v>80</v>
       </c>
-      <c r="C39" s="58">
-[...2 lines deleted...]
-      <c r="D39" s="58">
+      <c r="C39" s="52">
+        <v>89.378925429999995</v>
+      </c>
+      <c r="D39" s="52">
         <f t="shared" si="3"/>
-        <v>124.79352951469001</v>
-[...1 lines deleted...]
-      <c r="E39" s="59">
+        <v>128.61627369376998</v>
+      </c>
+      <c r="E39" s="53">
         <f t="shared" si="1"/>
-        <v>210.79871870469</v>
-[...4 lines deleted...]
-      <c r="G39" s="59">
+        <v>217.99519912376999</v>
+      </c>
+      <c r="F39" s="38">
+        <v>130521.32496762846</v>
+      </c>
+      <c r="G39" s="110">
         <f t="shared" si="2"/>
-        <v>1616.1944934000601</v>
+        <v>1670.188370964182</v>
       </c>
     </row>
-    <row r="40" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="20"/>
       <c r="B40" s="22" t="s">
         <v>81</v>
       </c>
-      <c r="C40" s="58">
-[...2 lines deleted...]
-      <c r="D40" s="58">
+      <c r="C40" s="52">
+        <v>79.237592809999995</v>
+      </c>
+      <c r="D40" s="52">
         <f t="shared" si="3"/>
-        <v>113.61692304543</v>
-[...1 lines deleted...]
-      <c r="E40" s="59">
+        <v>114.02289605358999</v>
+      </c>
+      <c r="E40" s="53">
         <f t="shared" si="1"/>
-        <v>191.91941997543</v>
-[...4 lines deleted...]
-      <c r="G40" s="59">
+        <v>193.26048886358998</v>
+      </c>
+      <c r="F40" s="38">
+        <v>127945.23832943883</v>
+      </c>
+      <c r="G40" s="110">
         <f t="shared" si="2"/>
-        <v>1492.94192618291</v>
+        <v>1510.4937970882095</v>
       </c>
     </row>
-    <row r="41" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="20"/>
       <c r="B41" s="22" t="s">
         <v>82</v>
       </c>
-      <c r="C41" s="58">
-[...2 lines deleted...]
-      <c r="D41" s="58">
+      <c r="C41" s="52">
+        <v>50.142644170000004</v>
+      </c>
+      <c r="D41" s="52">
         <f t="shared" si="3"/>
-        <v>72.46897199563</v>
-[...1 lines deleted...]
-      <c r="E41" s="59">
+        <v>72.155264960630006</v>
+      </c>
+      <c r="E41" s="53">
         <f t="shared" si="1"/>
-        <v>122.41312912563001</v>
-[...4 lines deleted...]
-      <c r="G41" s="59">
+        <v>122.29790913063002</v>
+      </c>
+      <c r="F41" s="38">
+        <v>61041.368426440109</v>
+      </c>
+      <c r="G41" s="110">
         <f t="shared" si="2"/>
-        <v>1977.8493229004282</v>
+        <v>2003.525023820675</v>
       </c>
     </row>
-    <row r="42" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="20"/>
       <c r="B42" s="22" t="s">
         <v>83</v>
       </c>
-      <c r="C42" s="58">
+      <c r="C42" s="52">
         <v>0</v>
       </c>
-      <c r="D42" s="58">
+      <c r="D42" s="52">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="E42" s="59">
+      <c r="E42" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F42" s="41">
-[...2 lines deleted...]
-      <c r="G42" s="59">
+      <c r="F42" s="38">
+        <v>6247.6450238802117</v>
+      </c>
+      <c r="G42" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A43" s="20"/>
       <c r="B43" s="22" t="s">
         <v>84</v>
       </c>
-      <c r="C43" s="58">
-[...2 lines deleted...]
-      <c r="D43" s="58">
+      <c r="C43" s="52">
+        <v>9.7449621200000003</v>
+      </c>
+      <c r="D43" s="52">
         <f t="shared" si="3"/>
-        <v>13.189199739039998</v>
-[...1 lines deleted...]
-      <c r="E43" s="59">
+        <v>14.023000490680001</v>
+      </c>
+      <c r="E43" s="53">
         <f t="shared" si="1"/>
-        <v>22.278930779039996</v>
-[...4 lines deleted...]
-      <c r="G43" s="59">
+        <v>23.767962610680001</v>
+      </c>
+      <c r="F43" s="38">
+        <v>40128.63825396826</v>
+      </c>
+      <c r="G43" s="110">
         <f t="shared" si="2"/>
-        <v>550.788793673128</v>
+        <v>592.29427273998328</v>
       </c>
     </row>
-    <row r="44" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="20"/>
       <c r="B44" s="22" t="s">
         <v>85</v>
       </c>
-      <c r="C44" s="58">
-[...2 lines deleted...]
-      <c r="D44" s="58">
+      <c r="C44" s="52">
+        <v>59.126804770000014</v>
+      </c>
+      <c r="D44" s="52">
         <f t="shared" si="3"/>
-        <v>87.57996701079999</v>
-[...1 lines deleted...]
-      <c r="E44" s="59">
+        <v>85.083472064030019</v>
+      </c>
+      <c r="E44" s="53">
         <f t="shared" si="1"/>
-        <v>147.93831781079999</v>
-[...4 lines deleted...]
-      <c r="G44" s="59">
+        <v>144.21027683403003</v>
+      </c>
+      <c r="F44" s="38">
+        <v>103967.41926278241</v>
+      </c>
+      <c r="G44" s="110">
         <f t="shared" si="2"/>
-        <v>1426.3169487851928</v>
+        <v>1387.071814002923</v>
       </c>
     </row>
-    <row r="45" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45" s="20"/>
       <c r="B45" s="22" t="s">
         <v>86</v>
       </c>
-      <c r="C45" s="58">
-[...2 lines deleted...]
-      <c r="D45" s="58">
+      <c r="C45" s="52">
+        <v>1.9121510499999999</v>
+      </c>
+      <c r="D45" s="52">
         <f t="shared" si="3"/>
-        <v>2.5332629998800003</v>
-[...1 lines deleted...]
-      <c r="E45" s="59">
+        <v>2.7515853609499996</v>
+      </c>
+      <c r="E45" s="53">
         <f t="shared" si="1"/>
-        <v>4.2791368798800002</v>
-[...4 lines deleted...]
-      <c r="G45" s="59">
+        <v>4.6637364109499995</v>
+      </c>
+      <c r="F45" s="38">
+        <v>8379.411340792718</v>
+      </c>
+      <c r="G45" s="110">
         <f t="shared" si="2"/>
-        <v>509.51623922906657</v>
+        <v>556.57088801046916</v>
       </c>
     </row>
-    <row r="46" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="20"/>
       <c r="B46" s="22" t="s">
         <v>87</v>
       </c>
-      <c r="C46" s="58">
-[...2 lines deleted...]
-      <c r="D46" s="58">
+      <c r="C46" s="52">
+        <v>68.43299353999997</v>
+      </c>
+      <c r="D46" s="52">
         <f t="shared" si="3"/>
-        <v>95.939389479540012</v>
-[...1 lines deleted...]
-      <c r="E46" s="59">
+        <v>98.475077704059956</v>
+      </c>
+      <c r="E46" s="53">
         <f t="shared" si="1"/>
-        <v>162.05888601954001</v>
-[...4 lines deleted...]
-      <c r="G46" s="59">
+        <v>166.90807124405993</v>
+      </c>
+      <c r="F46" s="38">
+        <v>77084.873359342644</v>
+      </c>
+      <c r="G46" s="110">
         <f t="shared" si="2"/>
-        <v>2144.2704461787921</v>
+        <v>2165.250638293106</v>
       </c>
     </row>
-    <row r="47" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="20"/>
       <c r="B47" s="22" t="s">
         <v>88</v>
       </c>
-      <c r="C47" s="58">
-[...2 lines deleted...]
-      <c r="D47" s="58">
+      <c r="C47" s="52">
+        <v>64.200755529999995</v>
+      </c>
+      <c r="D47" s="52">
         <f t="shared" si="3"/>
-        <v>90.373747585650008</v>
-[...1 lines deleted...]
-      <c r="E47" s="59">
+        <v>92.384887207669991</v>
+      </c>
+      <c r="E47" s="53">
         <f t="shared" si="1"/>
-        <v>152.65751573565001</v>
-[...4 lines deleted...]
-      <c r="G47" s="59">
+        <v>156.58564273766999</v>
+      </c>
+      <c r="F47" s="38">
+        <v>92332.516211659313</v>
+      </c>
+      <c r="G47" s="110">
         <f t="shared" si="2"/>
-        <v>1660.8175500531891</v>
+        <v>1695.8883951426105</v>
       </c>
     </row>
-    <row r="48" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A48" s="20"/>
       <c r="B48" s="22" t="s">
         <v>89</v>
       </c>
-      <c r="C48" s="58">
-[...2 lines deleted...]
-      <c r="D48" s="58">
+      <c r="C48" s="52">
+        <v>98.810093689999988</v>
+      </c>
+      <c r="D48" s="52">
         <f t="shared" si="3"/>
-        <v>125.25812227367001</v>
-[...1 lines deleted...]
-      <c r="E48" s="59">
+        <v>142.18772481990999</v>
+      </c>
+      <c r="E48" s="53">
         <f t="shared" si="1"/>
-        <v>211.58349944367001</v>
-[...4 lines deleted...]
-      <c r="G48" s="59">
+        <v>240.99781850990999</v>
+      </c>
+      <c r="F48" s="38">
+        <v>170656.19863018335</v>
+      </c>
+      <c r="G48" s="110">
         <f t="shared" si="2"/>
-        <v>1320.9687673386575</v>
+        <v>1412.1832107145362</v>
       </c>
     </row>
-    <row r="49" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A49" s="20"/>
       <c r="B49" s="22" t="s">
         <v>90</v>
       </c>
-      <c r="C49" s="58">
-[...2 lines deleted...]
-      <c r="D49" s="58">
+      <c r="C49" s="52">
+        <v>95.699646060000006</v>
+      </c>
+      <c r="D49" s="52">
         <f t="shared" si="3"/>
-        <v>125.86365468192001</v>
-[...1 lines deleted...]
-      <c r="E49" s="59">
+        <v>137.71179068034002</v>
+      </c>
+      <c r="E49" s="53">
         <f t="shared" si="1"/>
-        <v>212.60635260192001</v>
-[...4 lines deleted...]
-      <c r="G49" s="59">
+        <v>233.41143674034001</v>
+      </c>
+      <c r="F49" s="38">
+        <v>154447.40678992576</v>
+      </c>
+      <c r="G49" s="110">
         <f t="shared" si="2"/>
-        <v>1430.8141217386378</v>
+        <v>1511.2680853089264</v>
       </c>
     </row>
-    <row r="50" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="20"/>
       <c r="B50" s="22" t="s">
         <v>91</v>
       </c>
-      <c r="C50" s="58">
-[...2 lines deleted...]
-      <c r="D50" s="58">
+      <c r="C50" s="52">
+        <v>40.727200949999997</v>
+      </c>
+      <c r="D50" s="52">
         <f t="shared" si="3"/>
-        <v>55.838177829969993</v>
-[...1 lines deleted...]
-      <c r="E50" s="59">
+        <v>58.606442167049991</v>
+      </c>
+      <c r="E50" s="53">
         <f t="shared" si="1"/>
-        <v>94.320726299969991</v>
-[...4 lines deleted...]
-      <c r="G50" s="59">
+        <v>99.333643117049988</v>
+      </c>
+      <c r="F50" s="38">
+        <v>44227.259130555649</v>
+      </c>
+      <c r="G50" s="110">
         <f t="shared" si="2"/>
-        <v>2097.6201175055835</v>
+        <v>2245.9823436904444</v>
       </c>
     </row>
-    <row r="51" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="20"/>
       <c r="B51" s="22" t="s">
         <v>92</v>
       </c>
-      <c r="C51" s="58">
-[...2 lines deleted...]
-      <c r="D51" s="58">
+      <c r="C51" s="52">
+        <v>23.906924549999999</v>
+      </c>
+      <c r="D51" s="52">
         <f t="shared" si="3"/>
-        <v>30.110717338440004</v>
-[...1 lines deleted...]
-      <c r="E51" s="59">
+        <v>34.40206442745</v>
+      </c>
+      <c r="E51" s="53">
         <f t="shared" si="1"/>
-        <v>50.862417778440005</v>
-[...4 lines deleted...]
-      <c r="G51" s="59">
+        <v>58.308988977449999</v>
+      </c>
+      <c r="F51" s="38">
+        <v>41557.053537590982</v>
+      </c>
+      <c r="G51" s="110">
         <f t="shared" si="2"/>
-        <v>1256.6335214665</v>
+        <v>1403.1069099907631</v>
       </c>
     </row>
-    <row r="52" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="20"/>
       <c r="B52" s="22" t="s">
         <v>93</v>
       </c>
-      <c r="C52" s="58">
-[...2 lines deleted...]
-      <c r="D52" s="58">
+      <c r="C52" s="52">
+        <v>6.354572140000001</v>
+      </c>
+      <c r="D52" s="52">
         <f t="shared" si="3"/>
-        <v>8.1673344165199993</v>
-[...1 lines deleted...]
-      <c r="E52" s="59">
+        <v>9.1442293094600018</v>
+      </c>
+      <c r="E52" s="53">
         <f t="shared" si="1"/>
-        <v>13.79609693652</v>
-[...4 lines deleted...]
-      <c r="G52" s="59">
+        <v>15.498801449460004</v>
+      </c>
+      <c r="F52" s="38">
+        <v>24369.407740048744</v>
+      </c>
+      <c r="G52" s="110">
         <f t="shared" si="2"/>
-        <v>557.03380604592132</v>
+        <v>635.99417822490761</v>
       </c>
     </row>
-    <row r="53" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="20"/>
       <c r="B53" s="22" t="s">
         <v>94</v>
       </c>
-      <c r="C53" s="58">
-[...2 lines deleted...]
-      <c r="D53" s="58">
+      <c r="C53" s="52">
+        <v>126.04599869</v>
+      </c>
+      <c r="D53" s="52">
         <f t="shared" si="3"/>
-        <v>177.74869347652003</v>
-[...1 lines deleted...]
-      <c r="E53" s="59">
+        <v>181.38019211490999</v>
+      </c>
+      <c r="E53" s="53">
         <f t="shared" si="1"/>
-        <v>300.24951599652002</v>
-[...4 lines deleted...]
-      <c r="G53" s="59">
+        <v>307.42619080490999</v>
+      </c>
+      <c r="F53" s="38">
+        <v>167280.13786205539</v>
+      </c>
+      <c r="G53" s="110">
         <f t="shared" si="2"/>
-        <v>1828.4153754065289</v>
+        <v>1837.7925480813722</v>
       </c>
     </row>
-    <row r="54" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="20"/>
       <c r="B54" s="22" t="s">
         <v>95</v>
       </c>
-      <c r="C54" s="58">
-[...2 lines deleted...]
-      <c r="D54" s="58">
+      <c r="C54" s="52">
+        <v>86.596862290000004</v>
+      </c>
+      <c r="D54" s="52">
         <f t="shared" si="3"/>
-        <v>123.62175499227001</v>
-[...1 lines deleted...]
-      <c r="E54" s="59">
+        <v>124.61288483531</v>
+      </c>
+      <c r="E54" s="53">
         <f t="shared" si="1"/>
-        <v>208.81938076227001</v>
-[...4 lines deleted...]
-      <c r="G54" s="59">
+        <v>211.20974712531</v>
+      </c>
+      <c r="F54" s="38">
+        <v>103815.54935724112</v>
+      </c>
+      <c r="G54" s="110">
         <f t="shared" si="2"/>
-        <v>2037.2263859556119</v>
+        <v>2034.4712177798456</v>
       </c>
     </row>
-    <row r="55" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="20"/>
       <c r="B55" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="C55" s="58">
-[...2 lines deleted...]
-      <c r="D55" s="58">
+      <c r="C55" s="52">
+        <v>11.27809996</v>
+      </c>
+      <c r="D55" s="52">
         <f t="shared" si="3"/>
-        <v>16.015191280539998</v>
-[...1 lines deleted...]
-      <c r="E55" s="59">
+        <v>16.229185842440003</v>
+      </c>
+      <c r="E55" s="53">
         <f t="shared" si="1"/>
-        <v>27.052538820539997</v>
-[...4 lines deleted...]
-      <c r="G55" s="59">
+        <v>27.507285802440002</v>
+      </c>
+      <c r="F55" s="38">
+        <v>29971.105760769464</v>
+      </c>
+      <c r="G55" s="110">
         <f t="shared" si="2"/>
-        <v>907.233468882191</v>
+        <v>917.79349157165677</v>
       </c>
     </row>
-    <row r="56" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A56" s="20"/>
       <c r="B56" s="22" t="s">
         <v>97</v>
       </c>
-      <c r="C56" s="58">
-[...2 lines deleted...]
-      <c r="D56" s="58">
+      <c r="C56" s="52">
+        <v>64.64111505000001</v>
+      </c>
+      <c r="D56" s="52">
         <f t="shared" si="3"/>
-        <v>90.054069896720009</v>
-[...1 lines deleted...]
-      <c r="E56" s="59">
+        <v>93.018564556950011</v>
+      </c>
+      <c r="E56" s="53">
         <f t="shared" si="1"/>
-        <v>152.11752261672001</v>
-[...4 lines deleted...]
-      <c r="G56" s="59">
+        <v>157.65967960695002</v>
+      </c>
+      <c r="F56" s="38">
+        <v>152449.34086291475</v>
+      </c>
+      <c r="G56" s="110">
         <f t="shared" si="2"/>
-        <v>1018.3360520105851</v>
+        <v>1034.177509161686</v>
       </c>
     </row>
-    <row r="57" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A57" s="20"/>
       <c r="B57" s="22" t="s">
         <v>98</v>
       </c>
-      <c r="C57" s="58">
-[...2 lines deleted...]
-      <c r="D57" s="58">
+      <c r="C57" s="52">
+        <v>88.228556770000012</v>
+      </c>
+      <c r="D57" s="52">
         <f t="shared" si="3"/>
-        <v>131.08924304526002</v>
-[...1 lines deleted...]
-      <c r="E57" s="59">
+        <v>126.96089319203003</v>
+      </c>
+      <c r="E57" s="53">
         <f t="shared" si="1"/>
-        <v>221.43331130526002</v>
-[...4 lines deleted...]
-      <c r="G57" s="59">
+        <v>215.18944996203004</v>
+      </c>
+      <c r="F57" s="38">
+        <v>135882.00296047414</v>
+      </c>
+      <c r="G57" s="110">
         <f t="shared" si="2"/>
-        <v>1614.5896880504715</v>
+        <v>1583.6493816228567</v>
       </c>
     </row>
-    <row r="58" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A58" s="20"/>
       <c r="B58" s="22" t="s">
         <v>99</v>
       </c>
-      <c r="C58" s="58">
-[...2 lines deleted...]
-      <c r="D58" s="58">
+      <c r="C58" s="52">
+        <v>3.1333836500000003</v>
+      </c>
+      <c r="D58" s="52">
         <f t="shared" si="3"/>
-        <v>4.4307873119500005</v>
-[...1 lines deleted...]
-      <c r="E58" s="59">
+        <v>4.5089390723500014</v>
+      </c>
+      <c r="E58" s="53">
         <f t="shared" si="1"/>
-        <v>7.4843967619500003</v>
-[...4 lines deleted...]
-      <c r="G58" s="59">
+        <v>7.6423227223500012</v>
+      </c>
+      <c r="F58" s="38">
+        <v>17009.166660186624</v>
+      </c>
+      <c r="G58" s="110">
         <f t="shared" si="2"/>
-        <v>436.55542197350525</v>
+        <v>449.30612269432311</v>
       </c>
     </row>
-    <row r="59" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A59" s="20"/>
       <c r="B59" s="22" t="s">
         <v>100</v>
       </c>
-      <c r="C59" s="58">
+      <c r="C59" s="52">
         <v>0</v>
       </c>
-      <c r="D59" s="58">
+      <c r="D59" s="52">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="E59" s="59">
+      <c r="E59" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F59" s="41">
-[...2 lines deleted...]
-      <c r="G59" s="59">
+      <c r="F59" s="38">
+        <v>13465.121215218625</v>
+      </c>
+      <c r="G59" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A60" s="20"/>
       <c r="B60" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="C60" s="58">
-[...2 lines deleted...]
-      <c r="D60" s="58">
+      <c r="C60" s="52">
+        <v>1.7276118599999999</v>
+      </c>
+      <c r="D60" s="52">
         <f t="shared" si="3"/>
-        <v>2.5753565388999995</v>
-[...1 lines deleted...]
-      <c r="E60" s="59">
+        <v>2.4860334665400003</v>
+      </c>
+      <c r="E60" s="53">
         <f t="shared" si="1"/>
-        <v>4.3502404388999993</v>
-[...4 lines deleted...]
-      <c r="G60" s="59">
+        <v>4.21364532654</v>
+      </c>
+      <c r="F60" s="38">
+        <v>12662.597416354476</v>
+      </c>
+      <c r="G60" s="110">
         <f t="shared" si="2"/>
-        <v>339.30530331648094</v>
+        <v>332.7631123372708</v>
       </c>
     </row>
-    <row r="61" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A61" s="20"/>
       <c r="B61" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="C61" s="58">
-[...2 lines deleted...]
-      <c r="D61" s="58">
+      <c r="C61" s="52">
+        <v>10.01531243</v>
+      </c>
+      <c r="D61" s="52">
         <f t="shared" si="3"/>
-        <v>13.930822220830001</v>
-[...1 lines deleted...]
-      <c r="E61" s="59">
+        <v>14.41203458677</v>
+      </c>
+      <c r="E61" s="53">
         <f t="shared" si="1"/>
-        <v>23.531664550830001</v>
-[...4 lines deleted...]
-      <c r="G61" s="59">
+        <v>24.42734701677</v>
+      </c>
+      <c r="F61" s="38">
+        <v>48250.185944613047</v>
+      </c>
+      <c r="G61" s="110">
         <f t="shared" si="2"/>
-        <v>482.12469628631857</v>
+        <v>506.26430838650941</v>
       </c>
     </row>
-    <row r="62" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A62" s="20"/>
       <c r="B62" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="C62" s="58">
-[...2 lines deleted...]
-      <c r="D62" s="58">
+      <c r="C62" s="52">
+        <v>4.1804977399999999</v>
+      </c>
+      <c r="D62" s="52">
         <f t="shared" si="3"/>
-        <v>7.0346938864600004</v>
-[...1 lines deleted...]
-      <c r="E62" s="59">
+        <v>6.0157362478599996</v>
+      </c>
+      <c r="E62" s="53">
         <f t="shared" si="1"/>
-        <v>11.882863346460001</v>
-[...4 lines deleted...]
-      <c r="G62" s="59">
+        <v>10.196233987859999</v>
+      </c>
+      <c r="F62" s="38">
+        <v>9546.5975250441952</v>
+      </c>
+      <c r="G62" s="110">
         <f t="shared" si="2"/>
-        <v>1213.1552445244615</v>
+        <v>1068.0490050105886</v>
       </c>
     </row>
-    <row r="63" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A63" s="20"/>
       <c r="B63" s="22" t="s">
         <v>104</v>
       </c>
-      <c r="C63" s="58">
-[...2 lines deleted...]
-      <c r="D63" s="58">
+      <c r="C63" s="52">
+        <v>30.478856880000002</v>
+      </c>
+      <c r="D63" s="52">
         <f t="shared" si="3"/>
-        <v>41.345716966590004</v>
-[...1 lines deleted...]
-      <c r="E63" s="59">
+        <v>43.859075050320008</v>
+      </c>
+      <c r="E63" s="53">
         <f t="shared" si="1"/>
-        <v>69.840353056590004</v>
-[...4 lines deleted...]
-      <c r="G63" s="59">
+        <v>74.337931930320011</v>
+      </c>
+      <c r="F63" s="38">
+        <v>97694.408733050266</v>
+      </c>
+      <c r="G63" s="110">
         <f t="shared" si="2"/>
-        <v>734.15976616209673</v>
+        <v>760.92309574694525</v>
       </c>
     </row>
-    <row r="64" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="20"/>
       <c r="B64" s="22" t="s">
         <v>105</v>
       </c>
-      <c r="C64" s="58">
+      <c r="C64" s="52">
         <v>0</v>
       </c>
-      <c r="D64" s="58">
+      <c r="D64" s="52">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="E64" s="59">
+      <c r="E64" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F64" s="41">
-[...2 lines deleted...]
-      <c r="G64" s="59">
+      <c r="F64" s="38">
+        <v>6428.3387105060365</v>
+      </c>
+      <c r="G64" s="110">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="20"/>
       <c r="B65" s="22" t="s">
         <v>106</v>
       </c>
-      <c r="C65" s="58">
-[...2 lines deleted...]
-      <c r="D65" s="58">
+      <c r="C65" s="52">
+        <v>1.1166074799999999</v>
+      </c>
+      <c r="D65" s="52">
         <f t="shared" si="3"/>
-        <v>2.1245588432</v>
-[...1 lines deleted...]
-      <c r="E65" s="59">
+        <v>1.6067981637199997</v>
+      </c>
+      <c r="E65" s="53">
         <f t="shared" si="1"/>
-        <v>3.5887620432</v>
-[...4 lines deleted...]
-      <c r="G65" s="59">
+        <v>2.7234056437199996</v>
+      </c>
+      <c r="F65" s="38">
+        <v>2882.4685608400246</v>
+      </c>
+      <c r="G65" s="110">
         <f t="shared" si="2"/>
-        <v>1269.5399986314328</v>
+        <v>944.81711985310608</v>
       </c>
     </row>
-    <row r="66" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66" s="20"/>
       <c r="B66" s="22" t="s">
         <v>107</v>
       </c>
-      <c r="C66" s="58">
-[...2 lines deleted...]
-      <c r="D66" s="58">
+      <c r="C66" s="52">
+        <v>7.5412317400000006</v>
+      </c>
+      <c r="D66" s="52">
         <f t="shared" si="3"/>
-        <v>10.308032558600001</v>
-[...1 lines deleted...]
-      <c r="E66" s="59">
+        <v>10.85183247386</v>
+      </c>
+      <c r="E66" s="53">
         <f t="shared" si="1"/>
-        <v>17.412121158600002</v>
-[...4 lines deleted...]
-      <c r="G66" s="59">
+        <v>18.393064213860001</v>
+      </c>
+      <c r="F66" s="38">
+        <v>24405.758115692828</v>
+      </c>
+      <c r="G66" s="110">
         <f t="shared" si="2"/>
-        <v>706.16541711656794</v>
+        <v>753.63625774990032</v>
       </c>
     </row>
-    <row r="67" spans="1:7" s="36" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:7" s="33" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="20"/>
       <c r="B67" s="22" t="s">
         <v>108</v>
       </c>
-      <c r="C67" s="58">
-[...2 lines deleted...]
-      <c r="D67" s="58">
+      <c r="C67" s="52">
+        <v>7.1078872500000001</v>
+      </c>
+      <c r="D67" s="52">
         <f t="shared" si="3"/>
-        <v>10.141344537070001</v>
-[...1 lines deleted...]
-      <c r="E67" s="59">
+        <v>10.228249752749999</v>
+      </c>
+      <c r="E67" s="53">
         <f t="shared" si="1"/>
-        <v>17.130555107070002</v>
-[...4 lines deleted...]
-      <c r="G67" s="59">
+        <v>17.33613700275</v>
+      </c>
+      <c r="F67" s="38">
+        <v>12945.687006678811</v>
+      </c>
+      <c r="G67" s="110">
         <f t="shared" si="2"/>
-        <v>1301.8512179859374</v>
+        <v>1339.1438394738043</v>
       </c>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B68" s="22" t="s">
         <v>109</v>
       </c>
-      <c r="C68" s="58">
-[...2 lines deleted...]
-      <c r="D68" s="58">
+      <c r="C68" s="52">
+        <v>19.336495280000001</v>
+      </c>
+      <c r="D68" s="52">
         <f t="shared" si="3"/>
-        <v>29.494647507010001</v>
-[...1 lines deleted...]
-      <c r="E68" s="59">
+        <v>27.825216707919999</v>
+      </c>
+      <c r="E68" s="53">
         <f t="shared" si="1"/>
-        <v>49.821765017010001</v>
-[...4 lines deleted...]
-      <c r="G68" s="59">
+        <v>47.16171198792</v>
+      </c>
+      <c r="F68" s="38">
+        <v>97819.171175281808</v>
+      </c>
+      <c r="G68" s="110">
         <f t="shared" si="2"/>
-        <v>519.91113007182912</v>
+        <v>482.131584445866</v>
       </c>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B69" s="22" t="s">
         <v>110</v>
       </c>
-      <c r="C69" s="58">
-[...2 lines deleted...]
-      <c r="D69" s="58">
+      <c r="C69" s="52">
+        <v>2.6667192499999999</v>
+      </c>
+      <c r="D69" s="52">
         <f t="shared" ref="D69:D83" si="4">E69-C69</f>
-        <v>2.9653793462700002</v>
-[...1 lines deleted...]
-      <c r="E69" s="59">
+        <v>3.8374090007500001</v>
+      </c>
+      <c r="E69" s="53">
         <f t="shared" si="1"/>
-        <v>5.0090591162700004</v>
-[...4 lines deleted...]
-      <c r="G69" s="59">
+        <v>6.50412825075</v>
+      </c>
+      <c r="F69" s="38">
+        <v>9662.9267230955247</v>
+      </c>
+      <c r="G69" s="110">
         <f t="shared" si="2"/>
-        <v>519.24962325284343</v>
+        <v>673.10127015703972</v>
       </c>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B70" s="22" t="s">
         <v>111</v>
       </c>
-      <c r="C70" s="58">
-[...2 lines deleted...]
-      <c r="D70" s="58">
+      <c r="C70" s="52">
+        <v>5.1606484999999997</v>
+      </c>
+      <c r="D70" s="52">
         <f t="shared" si="4"/>
-        <v>5.9842212373500008</v>
-[...10 lines deleted...]
-        <v>333.01730892215983</v>
+        <v>7.4261731914999993</v>
+      </c>
+      <c r="E70" s="53">
+        <f t="shared" ref="E70:E84" si="5">C70*2.439</f>
+        <v>12.586821691499999</v>
+      </c>
+      <c r="F70" s="38">
+        <v>30279.512409650823</v>
+      </c>
+      <c r="G70" s="110">
+        <f t="shared" ref="G70:G84" si="6">E70*1000000/F70</f>
+        <v>415.68772710779422</v>
       </c>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B71" s="22" t="s">
         <v>112</v>
       </c>
-      <c r="C71" s="58">
-[...2 lines deleted...]
-      <c r="D71" s="58">
+      <c r="C71" s="52">
+        <v>9.9970512500000002</v>
+      </c>
+      <c r="D71" s="52">
         <f t="shared" si="4"/>
-        <v>14.7549179175</v>
-[...1 lines deleted...]
-      <c r="E71" s="59">
+        <v>14.38575674875</v>
+      </c>
+      <c r="E71" s="53">
         <f t="shared" si="5"/>
-        <v>24.923710417500001</v>
-[...4 lines deleted...]
-      <c r="G71" s="59">
+        <v>24.38280799875</v>
+      </c>
+      <c r="F71" s="38">
+        <v>16164.177465585519</v>
+      </c>
+      <c r="G71" s="110">
         <f t="shared" si="6"/>
-        <v>1505.8473491538111</v>
+        <v>1508.4471851823223</v>
       </c>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B72" s="22" t="s">
         <v>113</v>
       </c>
-      <c r="C72" s="58">
-[...2 lines deleted...]
-      <c r="D72" s="58">
+      <c r="C72" s="52">
+        <v>0.45148677000000004</v>
+      </c>
+      <c r="D72" s="52">
         <f t="shared" si="4"/>
-        <v>0.44637813833000006</v>
-[...1 lines deleted...]
-      <c r="E72" s="59">
+        <v>0.64968946203</v>
+      </c>
+      <c r="E72" s="53">
         <f t="shared" si="5"/>
-        <v>0.75401296833000009</v>
-[...4 lines deleted...]
-      <c r="G72" s="59">
+        <v>1.10117623203</v>
+      </c>
+      <c r="F72" s="38">
+        <v>5004.5855838539164</v>
+      </c>
+      <c r="G72" s="110">
         <f t="shared" si="6"/>
-        <v>147.81206098629471</v>
+        <v>220.03345003883609</v>
       </c>
     </row>
     <row r="73" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B73" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="C73" s="58">
-[...2 lines deleted...]
-      <c r="D73" s="58">
+      <c r="C73" s="52">
+        <v>10.87261767</v>
+      </c>
+      <c r="D73" s="52">
         <f t="shared" si="4"/>
-        <v>15.778450836289997</v>
-[...1 lines deleted...]
-      <c r="E73" s="59">
+        <v>15.645696827130003</v>
+      </c>
+      <c r="E73" s="53">
         <f t="shared" si="5"/>
-        <v>26.652641626289995</v>
-[...4 lines deleted...]
-      <c r="G73" s="59">
+        <v>26.518314497130003</v>
+      </c>
+      <c r="F73" s="38">
+        <v>23417.225664955669</v>
+      </c>
+      <c r="G73" s="110">
         <f t="shared" si="6"/>
-        <v>1121.3593466400998</v>
+        <v>1132.427678519372</v>
       </c>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B74" s="22" t="s">
         <v>115</v>
       </c>
-      <c r="C74" s="58">
-[...2 lines deleted...]
-      <c r="D74" s="58">
+      <c r="C74" s="52">
+        <v>24.225843960000002</v>
+      </c>
+      <c r="D74" s="52">
         <f t="shared" si="4"/>
-        <v>33.673068192960002</v>
-[...1 lines deleted...]
-      <c r="E74" s="59">
+        <v>34.860989458440002</v>
+      </c>
+      <c r="E74" s="53">
         <f t="shared" si="5"/>
-        <v>56.879869152960005</v>
-[...4 lines deleted...]
-      <c r="G74" s="59">
+        <v>59.086833418440008</v>
+      </c>
+      <c r="F74" s="38">
+        <v>28117.404962820619</v>
+      </c>
+      <c r="G74" s="110">
         <f t="shared" si="6"/>
-        <v>2000.2997228151778</v>
+        <v>2101.432671207388</v>
       </c>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B75" s="22" t="s">
         <v>116</v>
       </c>
-      <c r="C75" s="58">
-[...2 lines deleted...]
-      <c r="D75" s="58">
+      <c r="C75" s="52">
+        <v>27.335170690000002</v>
+      </c>
+      <c r="D75" s="52">
         <f t="shared" si="4"/>
-        <v>37.630410209440001</v>
-[...1 lines deleted...]
-      <c r="E75" s="59">
+        <v>39.335310622910001</v>
+      </c>
+      <c r="E75" s="53">
         <f t="shared" si="5"/>
-        <v>63.564531649440006</v>
-[...4 lines deleted...]
-      <c r="G75" s="59">
+        <v>66.670481312909999</v>
+      </c>
+      <c r="F75" s="38">
+        <v>36462.08205706357</v>
+      </c>
+      <c r="G75" s="110">
         <f t="shared" si="6"/>
-        <v>1724.7394796069937</v>
+        <v>1828.488049820357</v>
       </c>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B76" s="22" t="s">
         <v>117</v>
       </c>
-      <c r="C76" s="58">
+      <c r="C76" s="52">
         <v>0</v>
       </c>
-      <c r="D76" s="58">
+      <c r="D76" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="E76" s="59">
+      <c r="E76" s="53">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="F76" s="41">
-[...2 lines deleted...]
-      <c r="G76" s="59">
+      <c r="F76" s="38">
+        <v>3099.7566234426645</v>
+      </c>
+      <c r="G76" s="110">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B77" s="22" t="s">
         <v>118</v>
       </c>
-      <c r="C77" s="58">
-[...2 lines deleted...]
-      <c r="D77" s="58">
+      <c r="C77" s="52">
+        <v>62.945798120000006</v>
+      </c>
+      <c r="D77" s="52">
         <f t="shared" si="4"/>
-        <v>81.422213907279996</v>
-[...1 lines deleted...]
-      <c r="E77" s="59">
+        <v>90.579003494680023</v>
+      </c>
+      <c r="E77" s="53">
         <f t="shared" si="5"/>
-        <v>137.53676518728</v>
-[...4 lines deleted...]
-      <c r="G77" s="59">
+        <v>153.52480161468003</v>
+      </c>
+      <c r="F77" s="38">
+        <v>146269.65708943736</v>
+      </c>
+      <c r="G77" s="110">
         <f t="shared" si="6"/>
-        <v>956.37996279989841</v>
+        <v>1049.6011590483627</v>
       </c>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B78" s="22" t="s">
         <v>119</v>
       </c>
-      <c r="C78" s="58">
-[...2 lines deleted...]
-      <c r="D78" s="58">
+      <c r="C78" s="52">
+        <v>144.26392153</v>
+      </c>
+      <c r="D78" s="52">
         <f t="shared" si="4"/>
-        <v>200.01458699075002</v>
-[...1 lines deleted...]
-      <c r="E78" s="59">
+        <v>207.59578308166999</v>
+      </c>
+      <c r="E78" s="53">
         <f t="shared" si="5"/>
-        <v>337.86061524075001</v>
-[...4 lines deleted...]
-      <c r="G78" s="59">
+        <v>351.85970461167</v>
+      </c>
+      <c r="F78" s="38">
+        <v>188176.92144848162</v>
+      </c>
+      <c r="G78" s="110">
         <f t="shared" si="6"/>
-        <v>1840.0287582789608</v>
+        <v>1869.8345254202752</v>
       </c>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B79" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="C79" s="58">
-[...2 lines deleted...]
-      <c r="D79" s="58">
+      <c r="C79" s="52">
+        <v>11.118614460000002</v>
+      </c>
+      <c r="D79" s="52">
         <f t="shared" si="4"/>
-        <v>15.567679954740001</v>
-[...1 lines deleted...]
-      <c r="E79" s="59">
+        <v>15.999686207940004</v>
+      </c>
+      <c r="E79" s="53">
         <f t="shared" si="5"/>
-        <v>26.296611694740001</v>
-[...4 lines deleted...]
-      <c r="G79" s="59">
+        <v>27.118300667940005</v>
+      </c>
+      <c r="F79" s="38">
+        <v>33421.193928990877</v>
+      </c>
+      <c r="G79" s="110">
         <f t="shared" si="6"/>
-        <v>779.49505719159708</v>
+        <v>811.4102902953598</v>
       </c>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="B80" s="22" t="s">
         <v>121</v>
       </c>
-      <c r="C80" s="58">
-[...2 lines deleted...]
-      <c r="D80" s="58">
+      <c r="C80" s="52">
+        <v>132.35738544</v>
+      </c>
+      <c r="D80" s="52">
         <f t="shared" si="4"/>
-        <v>181.23517011906</v>
-[...1 lines deleted...]
-      <c r="E80" s="59">
+        <v>190.46227764815998</v>
+      </c>
+      <c r="E80" s="53">
         <f t="shared" si="5"/>
-        <v>306.13880217906001</v>
-[...4 lines deleted...]
-      <c r="G80" s="59">
+        <v>322.81966308815998</v>
+      </c>
+      <c r="F80" s="38">
+        <v>235847.13128264944</v>
+      </c>
+      <c r="G80" s="110">
         <f t="shared" si="6"/>
-        <v>1330.8406441604641</v>
+        <v>1368.7665452300071</v>
       </c>
     </row>
     <row r="81" spans="1:68" x14ac:dyDescent="0.25">
       <c r="B81" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="C81" s="58">
-[...2 lines deleted...]
-      <c r="D81" s="58">
+      <c r="C81" s="52">
+        <v>31.632584680000004</v>
+      </c>
+      <c r="D81" s="52">
         <f t="shared" si="4"/>
-        <v>44.126582088870009</v>
-[...1 lines deleted...]
-      <c r="E81" s="59">
+        <v>45.519289354519998</v>
+      </c>
+      <c r="E81" s="53">
         <f t="shared" si="5"/>
-        <v>74.537734458870005</v>
-[...4 lines deleted...]
-      <c r="G81" s="59">
+        <v>77.151874034520006</v>
+      </c>
+      <c r="F81" s="38">
+        <v>88188.436831951389</v>
+      </c>
+      <c r="G81" s="110">
         <f t="shared" si="6"/>
-        <v>869.11962786736581</v>
+        <v>874.85249547554338</v>
       </c>
     </row>
     <row r="82" spans="1:68" x14ac:dyDescent="0.25">
       <c r="B82" s="22" t="s">
         <v>123</v>
       </c>
-      <c r="C82" s="58">
-[...2 lines deleted...]
-      <c r="D82" s="58">
+      <c r="C82" s="52">
+        <v>30.194837510000003</v>
+      </c>
+      <c r="D82" s="52">
         <f t="shared" si="4"/>
-        <v>43.952263621089998</v>
-[...1 lines deleted...]
-      <c r="E82" s="59">
+        <v>43.450371176890016</v>
+      </c>
+      <c r="E82" s="53">
         <f t="shared" si="5"/>
-        <v>74.243279211089998</v>
-[...4 lines deleted...]
-      <c r="G82" s="59">
+        <v>73.645208686890015</v>
+      </c>
+      <c r="F82" s="38">
+        <v>122055.44580891528</v>
+      </c>
+      <c r="G82" s="110">
         <f t="shared" si="6"/>
-        <v>601.45126579983355</v>
+        <v>603.37503336136081</v>
       </c>
     </row>
     <row r="83" spans="1:68" x14ac:dyDescent="0.25">
       <c r="B83" s="22" t="s">
         <v>124</v>
       </c>
-      <c r="C83" s="58">
+      <c r="C83" s="52">
         <v>0</v>
       </c>
-      <c r="D83" s="58">
+      <c r="D83" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="E83" s="59">
+      <c r="E83" s="53">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="F83" s="41">
-[...2 lines deleted...]
-      <c r="G83" s="59">
+      <c r="F83" s="38">
+        <v>5068.8538425418683</v>
+      </c>
+      <c r="G83" s="110">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:68" s="23" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:68" s="23" customFormat="1" ht="13" x14ac:dyDescent="0.3">
       <c r="A84" s="20"/>
       <c r="B84" s="24" t="s">
         <v>125</v>
       </c>
-      <c r="C84" s="60">
-[...2 lines deleted...]
-      <c r="D84" s="60">
+      <c r="C84" s="109">
+        <f>SUM(C5:C83)</f>
+        <v>3145.0783167699997</v>
+      </c>
+      <c r="D84" s="109">
         <f>SUM(D5:D83)</f>
-        <v>4384.4357253833205</v>
-[...1 lines deleted...]
-      <c r="E84" s="60">
+        <v>4525.7676978320305</v>
+      </c>
+      <c r="E84" s="109">
         <f t="shared" si="5"/>
-        <v>7406.1005947033173</v>
-[...1 lines deleted...]
-      <c r="F84" s="57">
+        <v>7670.8460146020298</v>
+      </c>
+      <c r="F84" s="109">
         <v>5360227.3392072618</v>
       </c>
-      <c r="G84" s="60">
+      <c r="G84" s="109">
         <f t="shared" si="6"/>
-        <v>1381.6765831052653</v>
-[...61 lines deleted...]
-      <c r="BP84" s="36"/>
+        <v>1431.067290466171</v>
+      </c>
+      <c r="H84" s="33"/>
+      <c r="I84" s="33"/>
+      <c r="J84" s="33"/>
+      <c r="K84" s="33"/>
+      <c r="L84" s="33"/>
+      <c r="M84" s="33"/>
+      <c r="N84" s="33"/>
+      <c r="O84" s="33"/>
+      <c r="P84" s="33"/>
+      <c r="Q84" s="33"/>
+      <c r="R84" s="33"/>
+      <c r="S84" s="33"/>
+      <c r="T84" s="33"/>
+      <c r="U84" s="33"/>
+      <c r="V84" s="33"/>
+      <c r="W84" s="33"/>
+      <c r="X84" s="33"/>
+      <c r="Y84" s="33"/>
+      <c r="Z84" s="33"/>
+      <c r="AA84" s="33"/>
+      <c r="AB84" s="33"/>
+      <c r="AC84" s="33"/>
+      <c r="AD84" s="33"/>
+      <c r="AE84" s="33"/>
+      <c r="AF84" s="33"/>
+      <c r="AG84" s="33"/>
+      <c r="AH84" s="33"/>
+      <c r="AI84" s="33"/>
+      <c r="AJ84" s="33"/>
+      <c r="AK84" s="33"/>
+      <c r="AL84" s="33"/>
+      <c r="AM84" s="33"/>
+      <c r="AN84" s="33"/>
+      <c r="AO84" s="33"/>
+      <c r="AP84" s="33"/>
+      <c r="AQ84" s="33"/>
+      <c r="AR84" s="33"/>
+      <c r="AS84" s="33"/>
+      <c r="AT84" s="33"/>
+      <c r="AU84" s="33"/>
+      <c r="AV84" s="33"/>
+      <c r="AW84" s="33"/>
+      <c r="AX84" s="33"/>
+      <c r="AY84" s="33"/>
+      <c r="AZ84" s="33"/>
+      <c r="BA84" s="33"/>
+      <c r="BB84" s="33"/>
+      <c r="BC84" s="33"/>
+      <c r="BD84" s="33"/>
+      <c r="BE84" s="33"/>
+      <c r="BF84" s="33"/>
+      <c r="BG84" s="33"/>
+      <c r="BH84" s="33"/>
+      <c r="BI84" s="33"/>
+      <c r="BJ84" s="33"/>
+      <c r="BK84" s="33"/>
+      <c r="BL84" s="33"/>
+      <c r="BM84" s="33"/>
+      <c r="BN84" s="33"/>
+      <c r="BO84" s="33"/>
+      <c r="BP84" s="33"/>
     </row>
     <row r="85" spans="1:68" x14ac:dyDescent="0.25">
-      <c r="B85" s="38" t="s">
+      <c r="B85" s="35" t="s">
         <v>126</v>
       </c>
-      <c r="C85" s="60">
-[...15 lines deleted...]
-        <v>1420.5164889546995</v>
+      <c r="C85" s="109">
+        <f>SUM(C8,C11,C13:C14,C17:C18,C22,C24,C26,C30,C35,C37,C39:C40,C44,C46:C49,C53:C54,C56:C57,C61,C63,C68,C77:C78,C80:C82)</f>
+        <v>2419.9886915500006</v>
+      </c>
+      <c r="D85" s="109">
+        <f t="shared" ref="D85:G85" si="7">SUM(D8,D11,D13:D14,D17:D18,D22,D24,D26,D30,D35,D37,D39:D40,D44,D46:D49,D53:D54,D56:D57,D61,D63,D68,D77:D78,D80:D82)</f>
+        <v>3482.36372714045</v>
+      </c>
+      <c r="E85" s="109">
+        <f t="shared" si="7"/>
+        <v>5902.3524186904506</v>
+      </c>
+      <c r="F85" s="109">
+        <f t="shared" si="7"/>
+        <v>4079342.0028152228</v>
+      </c>
+      <c r="G85" s="109">
+        <f t="shared" si="7"/>
+        <v>43231.716775198169</v>
       </c>
     </row>
     <row r="89" spans="1:68" x14ac:dyDescent="0.25">
-      <c r="B89" s="36"/>
+      <c r="B89" s="33"/>
     </row>
     <row r="90" spans="1:68" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B90" s="36"/>
+      <c r="B90" s="33"/>
     </row>
     <row r="91" spans="1:68" x14ac:dyDescent="0.25">
-      <c r="B91" s="36"/>
+      <c r="B91" s="33"/>
     </row>
     <row r="92" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B92" s="36"/>
+      <c r="B92" s="33"/>
     </row>
     <row r="93" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B93" s="36"/>
+      <c r="B93" s="33"/>
     </row>
     <row r="94" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B94" s="36"/>
+      <c r="B94" s="33"/>
     </row>
     <row r="95" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B95" s="36"/>
+      <c r="B95" s="33"/>
     </row>
     <row r="96" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B96" s="36"/>
+      <c r="B96" s="33"/>
     </row>
     <row r="97" spans="2:2" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B97" s="36"/>
+      <c r="B97" s="33"/>
     </row>
     <row r="98" spans="2:2" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B98" s="36"/>
+      <c r="B98" s="33"/>
     </row>
     <row r="99" spans="2:2" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B99" s="36"/>
+      <c r="B99" s="33"/>
     </row>
     <row r="100" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B100" s="36"/>
+      <c r="B100" s="33"/>
     </row>
     <row r="101" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B101" s="36"/>
+      <c r="B101" s="33"/>
     </row>
     <row r="102" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B102" s="36"/>
+      <c r="B102" s="33"/>
     </row>
     <row r="103" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B103" s="36"/>
+      <c r="B103" s="33"/>
     </row>
     <row r="104" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B104" s="36"/>
+      <c r="B104" s="33"/>
     </row>
     <row r="105" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B105" s="36"/>
+      <c r="B105" s="33"/>
     </row>
     <row r="106" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B106" s="36"/>
+      <c r="B106" s="33"/>
     </row>
     <row r="107" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B107" s="36"/>
+      <c r="B107" s="33"/>
     </row>
     <row r="108" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B108" s="36"/>
+      <c r="B108" s="33"/>
     </row>
     <row r="109" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B109" s="36"/>
+      <c r="B109" s="33"/>
     </row>
     <row r="110" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B110" s="36"/>
+      <c r="B110" s="33"/>
     </row>
     <row r="111" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B111" s="36"/>
+      <c r="B111" s="33"/>
     </row>
     <row r="112" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B112" s="36"/>
+      <c r="B112" s="33"/>
     </row>
     <row r="113" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B113" s="36"/>
+      <c r="B113" s="33"/>
     </row>
     <row r="114" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B114" s="36"/>
+      <c r="B114" s="33"/>
     </row>
     <row r="115" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B115" s="36"/>
+      <c r="B115" s="33"/>
     </row>
     <row r="116" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B116" s="36"/>
+      <c r="B116" s="33"/>
     </row>
     <row r="117" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B117" s="36"/>
+      <c r="B117" s="33"/>
     </row>
     <row r="118" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B118" s="36"/>
+      <c r="B118" s="33"/>
     </row>
     <row r="119" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B119" s="36"/>
+      <c r="B119" s="33"/>
     </row>
     <row r="120" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B120" s="36"/>
+      <c r="B120" s="33"/>
     </row>
     <row r="121" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B121" s="36"/>
+      <c r="B121" s="33"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="C3:E3"/>
   </mergeCells>
   <pageMargins left="1.1811023622047245" right="0.74803149606299213" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="71" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:AB40"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="bottomRight" activeCell="K6" sqref="K6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.109375" style="25" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="23" max="16384" width="9.109375" style="25"/>
+    <col min="1" max="1" width="2.08984375" style="25" customWidth="1"/>
+    <col min="2" max="2" width="12.26953125" style="25" customWidth="1"/>
+    <col min="3" max="11" width="12.6328125" style="25" customWidth="1"/>
+    <col min="12" max="19" width="9.08984375" style="25"/>
+    <col min="20" max="20" width="7.7265625" style="25" customWidth="1"/>
+    <col min="21" max="21" width="9.08984375" style="25"/>
+    <col min="22" max="22" width="18.36328125" style="25" bestFit="1" customWidth="1"/>
+    <col min="23" max="16384" width="9.08984375" style="25"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:28" ht="45.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B1" s="136" t="s">
+    <row r="1" spans="2:28" ht="45.75" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="B1" s="132" t="s">
         <v>150</v>
       </c>
-      <c r="C1" s="137"/>
-[...24 lines deleted...]
-      <c r="AB1" s="62"/>
+      <c r="C1" s="133"/>
+      <c r="D1" s="133"/>
+      <c r="E1" s="133"/>
+      <c r="F1" s="133"/>
+      <c r="G1" s="133"/>
+      <c r="H1" s="133"/>
+      <c r="I1" s="133"/>
+      <c r="J1" s="133"/>
+      <c r="K1" s="133"/>
+      <c r="L1" s="133"/>
+      <c r="M1" s="133"/>
+      <c r="N1" s="133"/>
+      <c r="O1" s="133"/>
+      <c r="P1" s="133"/>
+      <c r="Q1" s="133"/>
+      <c r="R1" s="133"/>
+      <c r="S1" s="133"/>
+      <c r="T1" s="133"/>
+      <c r="U1" s="55"/>
+      <c r="V1" s="55"/>
+      <c r="W1" s="55"/>
+      <c r="X1" s="55"/>
+      <c r="Y1" s="55"/>
+      <c r="Z1" s="55"/>
+      <c r="AA1" s="55"/>
+      <c r="AB1" s="55"/>
     </row>
-    <row r="2" spans="2:28" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
-[...8 lines deleted...]
-      <c r="K2" s="63"/>
+    <row r="2" spans="2:28" ht="4.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B2" s="56"/>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+      <c r="K2" s="56"/>
     </row>
-    <row r="3" spans="2:28" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="D3" s="138" t="s">
+    <row r="3" spans="2:28" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D3" s="134" t="s">
         <v>140</v>
       </c>
-      <c r="E3" s="138"/>
-[...4 lines deleted...]
-      <c r="L3" s="68" t="s">
+      <c r="E3" s="134"/>
+      <c r="F3" s="134"/>
+      <c r="G3" s="134"/>
+      <c r="H3" s="134"/>
+      <c r="I3" s="134"/>
+      <c r="L3" s="61" t="s">
         <v>160</v>
       </c>
-      <c r="M3" s="69"/>
-[...6 lines deleted...]
-      <c r="T3" s="69"/>
+      <c r="M3" s="62"/>
+      <c r="N3" s="62"/>
+      <c r="O3" s="62"/>
+      <c r="P3" s="62"/>
+      <c r="Q3" s="62"/>
+      <c r="R3" s="62"/>
+      <c r="S3" s="62"/>
+      <c r="T3" s="62"/>
     </row>
-    <row r="4" spans="2:28" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C4" s="86" t="s">
+    <row r="4" spans="2:28" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C4" s="79" t="s">
         <v>14</v>
       </c>
-      <c r="D4" s="86" t="s">
+      <c r="D4" s="79" t="s">
         <v>141</v>
       </c>
-      <c r="E4" s="64" t="s">
+      <c r="E4" s="57" t="s">
         <v>142</v>
       </c>
-      <c r="F4" s="64" t="s">
+      <c r="F4" s="57" t="s">
         <v>143</v>
       </c>
-      <c r="G4" s="64" t="s">
+      <c r="G4" s="57" t="s">
         <v>144</v>
       </c>
-      <c r="H4" s="86" t="s">
+      <c r="H4" s="79" t="s">
         <v>145</v>
       </c>
-      <c r="I4" s="86" t="s">
+      <c r="I4" s="79" t="s">
         <v>146</v>
       </c>
-      <c r="J4" s="86" t="s">
+      <c r="J4" s="79" t="s">
         <v>132</v>
       </c>
-      <c r="K4" s="86" t="s">
+      <c r="K4" s="79" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="5" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B5" s="65" t="s">
+    <row r="5" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="58" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="66">
+      <c r="C5" s="59">
         <v>321.48127303180001</v>
       </c>
-      <c r="D5" s="66">
+      <c r="D5" s="59">
         <v>0</v>
       </c>
-      <c r="E5" s="66">
+      <c r="E5" s="59">
         <v>20.153494137399999</v>
       </c>
-      <c r="F5" s="67">
+      <c r="F5" s="60">
         <v>0</v>
       </c>
-      <c r="G5" s="66">
+      <c r="G5" s="59">
         <v>555.96730653270004</v>
       </c>
-      <c r="H5" s="66">
+      <c r="H5" s="59">
         <v>19.044110552799999</v>
       </c>
-      <c r="I5" s="66">
+      <c r="I5" s="59">
         <v>595.16491122280001</v>
       </c>
-      <c r="J5" s="66"/>
-      <c r="K5" s="66">
+      <c r="J5" s="59"/>
+      <c r="K5" s="59">
         <f>SUM(C5,I5,J5)</f>
         <v>916.64618425460003</v>
       </c>
-      <c r="M5" s="72"/>
-      <c r="N5" s="72" t="s">
+      <c r="M5" s="65"/>
+      <c r="N5" s="65" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="6" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B6" s="75" t="s">
+    <row r="6" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="68" t="s">
         <v>21</v>
       </c>
-      <c r="C6" s="76">
+      <c r="C6" s="69">
         <v>334.39699502489998</v>
       </c>
-      <c r="D6" s="76">
+      <c r="D6" s="69">
         <v>0</v>
       </c>
-      <c r="E6" s="76">
+      <c r="E6" s="69">
         <v>186.4152703151</v>
       </c>
-      <c r="F6" s="77">
+      <c r="F6" s="70">
         <v>0</v>
       </c>
-      <c r="G6" s="76">
+      <c r="G6" s="69">
         <v>529.99072636819994</v>
       </c>
-      <c r="H6" s="76">
+      <c r="H6" s="69">
         <v>18.0909154229</v>
       </c>
-      <c r="I6" s="76">
+      <c r="I6" s="69">
         <v>748.14893200660003</v>
       </c>
-      <c r="J6" s="78"/>
-      <c r="K6" s="78">
+      <c r="J6" s="71"/>
+      <c r="K6" s="71">
         <v>1082.5459270315</v>
       </c>
-      <c r="M6" s="72" t="s">
+      <c r="M6" s="65" t="s">
         <v>132</v>
       </c>
-      <c r="N6" s="73">
+      <c r="N6" s="66">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B7" s="65" t="s">
+    <row r="7" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="58" t="s">
         <v>22</v>
       </c>
-      <c r="C7" s="70">
+      <c r="C7" s="63">
         <v>339.47351628659999</v>
       </c>
-      <c r="D7" s="70">
+      <c r="D7" s="63">
         <v>0</v>
       </c>
-      <c r="E7" s="70">
+      <c r="E7" s="63">
         <v>489.0876058632</v>
       </c>
-      <c r="F7" s="71">
+      <c r="F7" s="64">
         <v>0</v>
       </c>
-      <c r="G7" s="70">
+      <c r="G7" s="63">
         <v>539.52017752439997</v>
       </c>
-      <c r="H7" s="70">
+      <c r="H7" s="63">
         <v>15.622780130300001</v>
       </c>
-      <c r="I7" s="70">
+      <c r="I7" s="63">
         <v>1044.2305635179</v>
       </c>
-      <c r="J7" s="66"/>
-      <c r="K7" s="66">
+      <c r="J7" s="59"/>
+      <c r="K7" s="59">
         <v>1383.7040798046</v>
       </c>
-      <c r="M7" s="72" t="s">
+      <c r="M7" s="65" t="s">
         <v>14</v>
       </c>
-      <c r="N7" s="73">
+      <c r="N7" s="66">
         <v>17</v>
       </c>
     </row>
-    <row r="8" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B8" s="75" t="s">
+    <row r="8" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="68" t="s">
         <v>23</v>
       </c>
-      <c r="C8" s="76">
+      <c r="C8" s="69">
         <v>253.9768817035</v>
       </c>
-      <c r="D8" s="76">
+      <c r="D8" s="69">
         <v>121.9574227129</v>
       </c>
-      <c r="E8" s="76">
+      <c r="E8" s="69">
         <v>704.77626340689994</v>
       </c>
-      <c r="F8" s="77">
+      <c r="F8" s="70">
         <v>0</v>
       </c>
-      <c r="G8" s="76">
+      <c r="G8" s="69">
         <v>533.82422870660002</v>
       </c>
-      <c r="H8" s="76">
+      <c r="H8" s="69">
         <v>12.6517823344</v>
       </c>
-      <c r="I8" s="76">
+      <c r="I8" s="69">
         <v>1373.2096971609001</v>
       </c>
-      <c r="J8" s="78">
+      <c r="J8" s="71">
         <v>1.7996845426000001</v>
       </c>
-      <c r="K8" s="78">
+      <c r="K8" s="71">
         <v>1628.9862634069</v>
       </c>
-      <c r="M8" s="72" t="s">
+      <c r="M8" s="65" t="s">
         <v>141</v>
       </c>
-      <c r="N8" s="73">
+      <c r="N8" s="66">
         <v>215</v>
       </c>
     </row>
-    <row r="9" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="65" t="s">
+    <row r="9" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="C9" s="70">
+      <c r="C9" s="63">
         <v>209.64709833590001</v>
       </c>
-      <c r="D9" s="70">
+      <c r="D9" s="63">
         <v>190.5694402421</v>
       </c>
-      <c r="E9" s="70">
+      <c r="E9" s="63">
         <v>886.986816944</v>
       </c>
-      <c r="F9" s="71">
+      <c r="F9" s="64">
         <v>0</v>
       </c>
-      <c r="G9" s="70">
+      <c r="G9" s="63">
         <v>514.22677760969998</v>
       </c>
-      <c r="H9" s="70">
+      <c r="H9" s="63">
         <v>11.865709531</v>
       </c>
-      <c r="I9" s="70">
+      <c r="I9" s="63">
         <v>1603.6487443267999</v>
       </c>
-      <c r="J9" s="66">
+      <c r="J9" s="59">
         <v>1.4292708018</v>
       </c>
-      <c r="K9" s="66">
+      <c r="K9" s="59">
         <v>1814.7251134644</v>
       </c>
-      <c r="M9" s="72" t="s">
+      <c r="M9" s="65" t="s">
         <v>144</v>
       </c>
-      <c r="N9" s="73">
+      <c r="N9" s="66">
         <v>508</v>
       </c>
     </row>
-    <row r="10" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B10" s="75" t="s">
+    <row r="10" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="68" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="76">
+      <c r="C10" s="69">
         <v>205.5043179104</v>
       </c>
-      <c r="D10" s="76">
+      <c r="D10" s="69">
         <v>218.26137910450001</v>
       </c>
-      <c r="E10" s="76">
+      <c r="E10" s="69">
         <v>1071.1946417910001</v>
       </c>
-      <c r="F10" s="77">
+      <c r="F10" s="70">
         <v>0</v>
       </c>
-      <c r="G10" s="76">
+      <c r="G10" s="69">
         <v>467.32805522389998</v>
       </c>
-      <c r="H10" s="76">
+      <c r="H10" s="69">
         <v>7.0520611940000002</v>
       </c>
-      <c r="I10" s="76">
+      <c r="I10" s="69">
         <v>1763.8361373134001</v>
       </c>
-      <c r="J10" s="78">
+      <c r="J10" s="71">
         <v>1.4305074627000001</v>
       </c>
-      <c r="K10" s="78">
+      <c r="K10" s="71">
         <v>1970.7709626865999</v>
       </c>
-      <c r="M10" s="72" t="s">
+      <c r="M10" s="65" t="s">
         <v>142</v>
       </c>
-      <c r="N10" s="73">
+      <c r="N10" s="66">
         <v>1029</v>
       </c>
     </row>
-    <row r="11" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B11" s="65" t="s">
+    <row r="11" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="58" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="70">
+      <c r="C11" s="63">
         <v>216.1905492537</v>
       </c>
-      <c r="D11" s="70">
+      <c r="D11" s="63">
         <v>297.31394626870002</v>
       </c>
-      <c r="E11" s="70">
+      <c r="E11" s="63">
         <v>1203.5438298506999</v>
       </c>
-      <c r="F11" s="71">
+      <c r="F11" s="64">
         <v>0</v>
       </c>
-      <c r="G11" s="70">
+      <c r="G11" s="63">
         <v>486.83915522389998</v>
       </c>
-      <c r="H11" s="70">
+      <c r="H11" s="63">
         <v>1.8017582089999999</v>
       </c>
-      <c r="I11" s="70">
+      <c r="I11" s="63">
         <v>1989.4986895521999</v>
       </c>
-      <c r="J11" s="66">
+      <c r="J11" s="59">
         <v>2.0061164178999999</v>
       </c>
-      <c r="K11" s="66">
+      <c r="K11" s="59">
         <v>2207.6953552239002</v>
       </c>
     </row>
-    <row r="12" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="75" t="s">
+    <row r="12" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="68" t="s">
         <v>27</v>
       </c>
-      <c r="C12" s="76">
+      <c r="C12" s="69">
         <v>225.67061504419999</v>
       </c>
-      <c r="D12" s="76">
+      <c r="D12" s="69">
         <v>261.53975073750001</v>
       </c>
-      <c r="E12" s="76">
+      <c r="E12" s="69">
         <v>1384.6657669617</v>
       </c>
-      <c r="F12" s="77">
+      <c r="F12" s="70">
         <v>0</v>
       </c>
-      <c r="G12" s="76">
+      <c r="G12" s="69">
         <v>494.46699115040002</v>
       </c>
-      <c r="H12" s="76">
+      <c r="H12" s="69">
         <v>0.56208554570000002</v>
       </c>
-      <c r="I12" s="76">
+      <c r="I12" s="69">
         <v>2141.2345943953001</v>
       </c>
-      <c r="J12" s="78">
+      <c r="J12" s="71">
         <v>2.4502890855000001</v>
       </c>
-      <c r="K12" s="78">
+      <c r="K12" s="71">
         <v>2369.3554985250998</v>
       </c>
     </row>
-    <row r="13" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="65" t="s">
+    <row r="13" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="58" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="70">
+      <c r="C13" s="63">
         <v>224.3741974063</v>
       </c>
-      <c r="D13" s="70">
+      <c r="D13" s="63">
         <v>255.02172046109999</v>
       </c>
-      <c r="E13" s="70">
+      <c r="E13" s="63">
         <v>1537.8065893372</v>
       </c>
-      <c r="F13" s="71">
+      <c r="F13" s="64">
         <v>0</v>
       </c>
-      <c r="G13" s="70">
+      <c r="G13" s="63">
         <v>478.57387175790001</v>
       </c>
-      <c r="H13" s="70">
+      <c r="H13" s="63">
         <v>0.61160230550000005</v>
       </c>
-      <c r="I13" s="70">
+      <c r="I13" s="63">
         <v>2272.0137838617002</v>
       </c>
-      <c r="J13" s="66">
+      <c r="J13" s="59">
         <v>2.8344149856</v>
       </c>
-      <c r="K13" s="66">
+      <c r="K13" s="59">
         <v>2499.2223962536</v>
       </c>
     </row>
-    <row r="14" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B14" s="75" t="s">
+    <row r="14" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="68" t="s">
         <v>30</v>
       </c>
-      <c r="C14" s="76">
+      <c r="C14" s="69">
         <v>144.48067527169999</v>
       </c>
-      <c r="D14" s="76">
+      <c r="D14" s="69">
         <v>164.11176630430001</v>
       </c>
-      <c r="E14" s="76">
+      <c r="E14" s="69">
         <v>1244.8527038043001</v>
       </c>
-      <c r="F14" s="77">
+      <c r="F14" s="70">
         <v>0</v>
       </c>
-      <c r="G14" s="76">
+      <c r="G14" s="69">
         <v>422.92033152170001</v>
       </c>
-      <c r="H14" s="76">
+      <c r="H14" s="69">
         <v>0.60460597829999996</v>
       </c>
-      <c r="I14" s="76">
+      <c r="I14" s="69">
         <v>1832.4894076087</v>
       </c>
-      <c r="J14" s="78">
+      <c r="J14" s="71">
         <v>1.6882459239000001</v>
       </c>
-      <c r="K14" s="78">
+      <c r="K14" s="71">
         <v>1978.6583288043</v>
       </c>
     </row>
-    <row r="15" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B15" s="65" t="s">
+    <row r="15" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="58" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="70">
+      <c r="C15" s="63">
         <v>146.96743196829999</v>
       </c>
-      <c r="D15" s="70">
+      <c r="D15" s="63">
         <v>150.32260501979999</v>
       </c>
-      <c r="E15" s="70">
+      <c r="E15" s="63">
         <v>1363.5115799206999</v>
       </c>
-      <c r="F15" s="71">
+      <c r="F15" s="64">
         <v>0</v>
       </c>
-      <c r="G15" s="70">
+      <c r="G15" s="63">
         <v>400.65981373839998</v>
       </c>
-      <c r="H15" s="70">
+      <c r="H15" s="63">
         <v>0.5441228534</v>
       </c>
-      <c r="I15" s="70">
+      <c r="I15" s="63">
         <v>1915.0381215324001</v>
       </c>
-      <c r="J15" s="66">
+      <c r="J15" s="59">
         <v>2.8833989432</v>
       </c>
-      <c r="K15" s="66">
+      <c r="K15" s="59">
         <v>2064.8889524439001</v>
       </c>
     </row>
-    <row r="16" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B16" s="75" t="s">
+    <row r="16" spans="2:28" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="68" t="s">
         <v>32</v>
       </c>
-      <c r="C16" s="76">
+      <c r="C16" s="69">
         <v>148.99265769230001</v>
       </c>
-      <c r="D16" s="76">
+      <c r="D16" s="69">
         <v>144.8119166667</v>
       </c>
-      <c r="E16" s="76">
+      <c r="E16" s="69">
         <v>1210.7458192308</v>
       </c>
-      <c r="F16" s="77">
+      <c r="F16" s="70">
         <v>0</v>
       </c>
-      <c r="G16" s="76">
+      <c r="G16" s="69">
         <v>431.5057205128</v>
       </c>
-      <c r="H16" s="76">
+      <c r="H16" s="69">
         <v>0.59390512819999997</v>
       </c>
-      <c r="I16" s="76">
+      <c r="I16" s="69">
         <v>1787.6573615385</v>
       </c>
-      <c r="J16" s="78">
+      <c r="J16" s="71">
         <v>2.5965064103</v>
       </c>
-      <c r="K16" s="78">
+      <c r="K16" s="71">
         <v>1939.2465256410001</v>
       </c>
-      <c r="V16" s="72"/>
-      <c r="W16" s="73"/>
+      <c r="V16" s="65"/>
+      <c r="W16" s="66"/>
     </row>
-    <row r="17" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B17" s="65" t="s">
+    <row r="17" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="58" t="s">
         <v>33</v>
       </c>
-      <c r="C17" s="70">
+      <c r="C17" s="63">
         <v>151.87723904879999</v>
       </c>
-      <c r="D17" s="70">
+      <c r="D17" s="63">
         <v>141.07129787229999</v>
       </c>
-      <c r="E17" s="70">
+      <c r="E17" s="63">
         <v>1158.8732866083001</v>
       </c>
-      <c r="F17" s="71">
+      <c r="F17" s="64">
         <v>0</v>
       </c>
-      <c r="G17" s="70">
+      <c r="G17" s="63">
         <v>435.50641927409998</v>
       </c>
-      <c r="H17" s="70">
+      <c r="H17" s="63">
         <v>0.55836170210000002</v>
       </c>
-      <c r="I17" s="70">
+      <c r="I17" s="63">
         <v>1736.0093654568</v>
       </c>
-      <c r="J17" s="66">
+      <c r="J17" s="59">
         <v>3.1673817272</v>
       </c>
-      <c r="K17" s="66">
+      <c r="K17" s="59">
         <v>1891.0539862328001</v>
       </c>
-      <c r="V17" s="72"/>
-      <c r="W17" s="73"/>
+      <c r="V17" s="65"/>
+      <c r="W17" s="66"/>
     </row>
-    <row r="18" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B18" s="75" t="s">
+    <row r="18" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="68" t="s">
         <v>34</v>
       </c>
-      <c r="C18" s="76">
+      <c r="C18" s="69">
         <v>157.0283814181</v>
       </c>
-      <c r="D18" s="76">
+      <c r="D18" s="69">
         <v>149.43054889979999</v>
       </c>
-      <c r="E18" s="76">
+      <c r="E18" s="69">
         <v>1175.1170158924001</v>
       </c>
-      <c r="F18" s="77">
+      <c r="F18" s="70">
         <v>0</v>
       </c>
-      <c r="G18" s="76">
+      <c r="G18" s="69">
         <v>423.79362347189999</v>
       </c>
-      <c r="H18" s="76">
+      <c r="H18" s="69">
         <v>0.57886919319999997</v>
       </c>
-      <c r="I18" s="76">
+      <c r="I18" s="69">
         <v>1748.9200574572001</v>
       </c>
-      <c r="J18" s="78">
+      <c r="J18" s="71">
         <v>3.587594132</v>
       </c>
-      <c r="K18" s="78">
+      <c r="K18" s="71">
         <v>1909.5360330072999</v>
       </c>
-      <c r="L18" s="68" t="s">
+      <c r="L18" s="61" t="s">
         <v>161</v>
       </c>
-      <c r="M18" s="69"/>
-[...6 lines deleted...]
-      <c r="T18" s="69"/>
+      <c r="M18" s="62"/>
+      <c r="N18" s="62"/>
+      <c r="O18" s="62"/>
+      <c r="P18" s="62"/>
+      <c r="Q18" s="62"/>
+      <c r="R18" s="62"/>
+      <c r="S18" s="62"/>
+      <c r="T18" s="62"/>
     </row>
-    <row r="19" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B19" s="65" t="s">
+    <row r="19" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="58" t="s">
         <v>35</v>
       </c>
-      <c r="C19" s="70">
+      <c r="C19" s="63">
         <v>153.5347985782</v>
       </c>
-      <c r="D19" s="70">
+      <c r="D19" s="63">
         <v>153.69161848339999</v>
       </c>
-      <c r="E19" s="70">
+      <c r="E19" s="63">
         <v>1231.7446492890999</v>
       </c>
-      <c r="F19" s="71">
+      <c r="F19" s="64">
         <v>0</v>
       </c>
-      <c r="G19" s="70">
+      <c r="G19" s="63">
         <v>402.43097037910002</v>
       </c>
-      <c r="H19" s="70">
+      <c r="H19" s="63">
         <v>1.5384573459999999</v>
       </c>
-      <c r="I19" s="70">
+      <c r="I19" s="63">
         <v>1789.4056954975999</v>
       </c>
-      <c r="J19" s="66">
+      <c r="J19" s="59">
         <v>4.2490082938000002</v>
       </c>
-      <c r="K19" s="66">
+      <c r="K19" s="59">
         <v>1947.1895023697</v>
       </c>
     </row>
-    <row r="20" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="75" t="s">
+    <row r="20" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="68" t="s">
         <v>36</v>
       </c>
-      <c r="C20" s="76">
+      <c r="C20" s="69">
         <v>156.03076524740001</v>
       </c>
-      <c r="D20" s="76">
+      <c r="D20" s="69">
         <v>154.99480552360001</v>
       </c>
-      <c r="E20" s="76">
+      <c r="E20" s="69">
         <v>1225.1306962025001</v>
       </c>
-      <c r="F20" s="77">
+      <c r="F20" s="70">
         <v>0</v>
       </c>
-      <c r="G20" s="76">
+      <c r="G20" s="69">
         <v>409.30650517840002</v>
       </c>
-      <c r="H20" s="76">
+      <c r="H20" s="69">
         <v>1.5559090909</v>
       </c>
-      <c r="I20" s="76">
+      <c r="I20" s="69">
         <v>1790.9879159954</v>
       </c>
-      <c r="J20" s="78">
+      <c r="J20" s="71">
         <v>4.8213486766000004</v>
       </c>
-      <c r="K20" s="78">
+      <c r="K20" s="71">
         <v>1951.8400299194</v>
       </c>
     </row>
-    <row r="21" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="65" t="s">
+    <row r="21" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="58" t="s">
         <v>37</v>
       </c>
-      <c r="C21" s="70">
+      <c r="C21" s="63">
         <v>152.38448886410001</v>
       </c>
-      <c r="D21" s="70">
+      <c r="D21" s="63">
         <v>154.1366481069</v>
       </c>
-      <c r="E21" s="70">
+      <c r="E21" s="63">
         <v>1261.530513363</v>
       </c>
-      <c r="F21" s="71">
+      <c r="F21" s="64">
         <v>0</v>
       </c>
-      <c r="G21" s="70">
+      <c r="G21" s="63">
         <v>417.48148106899998</v>
       </c>
-      <c r="H21" s="70">
+      <c r="H21" s="63">
         <v>1.6581347439</v>
       </c>
-      <c r="I21" s="70">
+      <c r="I21" s="63">
         <v>1834.8067772828999</v>
       </c>
-      <c r="J21" s="66">
+      <c r="J21" s="59">
         <v>5.4839153674999999</v>
       </c>
-      <c r="K21" s="66">
+      <c r="K21" s="59">
         <v>1992.6751815145001</v>
       </c>
     </row>
-    <row r="22" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="75" t="s">
+    <row r="22" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="68" t="s">
         <v>38</v>
       </c>
-      <c r="C22" s="76">
+      <c r="C22" s="69">
         <v>154.07196544280001</v>
       </c>
-      <c r="D22" s="76">
+      <c r="D22" s="69">
         <v>168.025187905</v>
       </c>
-      <c r="E22" s="76">
+      <c r="E22" s="69">
         <v>1258.2568488121001</v>
       </c>
-      <c r="F22" s="77">
+      <c r="F22" s="70">
         <v>0</v>
       </c>
-      <c r="G22" s="76">
+      <c r="G22" s="69">
         <v>422.43491900650002</v>
       </c>
-      <c r="H22" s="76">
+      <c r="H22" s="69">
         <v>1.5956749459999999</v>
       </c>
-      <c r="I22" s="76">
+      <c r="I22" s="69">
         <v>1850.3126306695001</v>
       </c>
-      <c r="J22" s="78">
+      <c r="J22" s="71">
         <v>6.0167419005999996</v>
       </c>
-      <c r="K22" s="78">
+      <c r="K22" s="71">
         <v>2010.401338013</v>
       </c>
-      <c r="M22" s="72"/>
-      <c r="N22" s="83"/>
+      <c r="M22" s="65"/>
+      <c r="N22" s="76"/>
     </row>
-    <row r="23" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="65" t="s">
+    <row r="23" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="58" t="s">
         <v>39</v>
       </c>
-      <c r="C23" s="70">
+      <c r="C23" s="63">
         <v>150.42471592300001</v>
       </c>
-      <c r="D23" s="70">
+      <c r="D23" s="63">
         <v>179.88322362869999</v>
       </c>
-      <c r="E23" s="70">
+      <c r="E23" s="63">
         <v>1185.9376666533001</v>
       </c>
-      <c r="F23" s="71">
+      <c r="F23" s="64">
         <v>0</v>
       </c>
-      <c r="G23" s="70">
+      <c r="G23" s="63">
         <v>409.43604419650001</v>
       </c>
-      <c r="H23" s="70">
+      <c r="H23" s="63">
         <v>1.4250464135000001</v>
       </c>
-      <c r="I23" s="70">
+      <c r="I23" s="63">
         <v>1776.681980892</v>
       </c>
-      <c r="J23" s="66">
+      <c r="J23" s="59">
         <v>10.600742801199999</v>
       </c>
-      <c r="K23" s="66">
+      <c r="K23" s="59">
         <v>1937.7074396162</v>
       </c>
-      <c r="M23" s="72" t="s">
+      <c r="M23" s="65" t="s">
         <v>14</v>
       </c>
-      <c r="N23" s="83">
+      <c r="N23" s="76">
         <v>-304.3</v>
       </c>
     </row>
-    <row r="24" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="75" t="s">
+    <row r="24" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="68" t="s">
         <v>40</v>
       </c>
-      <c r="C24" s="76">
+      <c r="C24" s="69">
         <v>141.5400573183</v>
       </c>
-      <c r="D24" s="76">
+      <c r="D24" s="69">
         <v>193.46665199590001</v>
       </c>
-      <c r="E24" s="76">
+      <c r="E24" s="69">
         <v>1170.3448382805</v>
       </c>
-      <c r="F24" s="77">
+      <c r="F24" s="70">
         <v>0</v>
       </c>
-      <c r="G24" s="76">
+      <c r="G24" s="69">
         <v>384.82765097240002</v>
       </c>
-      <c r="H24" s="76">
+      <c r="H24" s="69">
         <v>0</v>
       </c>
-      <c r="I24" s="76">
+      <c r="I24" s="69">
         <v>1748.6391412487001</v>
       </c>
-      <c r="J24" s="78">
+      <c r="J24" s="71">
         <v>12.128234390999999</v>
       </c>
-      <c r="K24" s="78">
+      <c r="K24" s="71">
         <v>1902.3074329579999</v>
       </c>
       <c r="M24" s="25" t="s">
         <v>144</v>
       </c>
-      <c r="N24" s="83">
+      <c r="N24" s="76">
         <v>-47.7</v>
       </c>
     </row>
-    <row r="25" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B25" s="65" t="s">
+    <row r="25" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="58" t="s">
         <v>41</v>
       </c>
-      <c r="C25" s="70">
+      <c r="C25" s="63">
         <v>133.437668</v>
       </c>
-      <c r="D25" s="70">
+      <c r="D25" s="63">
         <v>222.83958200000001</v>
       </c>
-      <c r="E25" s="70">
+      <c r="E25" s="63">
         <v>1156.548407</v>
       </c>
-      <c r="F25" s="71">
+      <c r="F25" s="64">
         <v>0</v>
       </c>
-      <c r="G25" s="70">
+      <c r="G25" s="63">
         <v>422.570491</v>
       </c>
-      <c r="H25" s="70">
+      <c r="H25" s="63">
         <v>0</v>
       </c>
-      <c r="I25" s="70">
+      <c r="I25" s="63">
         <v>1801.95848</v>
       </c>
-      <c r="J25" s="66">
+      <c r="J25" s="59">
         <v>16.193072000000001</v>
       </c>
-      <c r="K25" s="66">
+      <c r="K25" s="59">
         <v>1951.5892200000001</v>
       </c>
       <c r="M25" s="25" t="s">
         <v>132</v>
       </c>
-      <c r="N25" s="83">
+      <c r="N25" s="76">
         <v>8.6999999999999993</v>
       </c>
     </row>
-    <row r="26" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="75" t="s">
+    <row r="26" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="68" t="s">
         <v>42</v>
       </c>
-      <c r="C26" s="76">
+      <c r="C26" s="69">
         <v>60.760759530800001</v>
       </c>
-      <c r="D26" s="76">
+      <c r="D26" s="69">
         <v>224.4970478983</v>
       </c>
-      <c r="E26" s="76">
+      <c r="E26" s="69">
         <v>989.03285337240004</v>
       </c>
-      <c r="F26" s="77">
+      <c r="F26" s="70">
         <v>0</v>
       </c>
-      <c r="G26" s="76">
+      <c r="G26" s="69">
         <v>453.64397751709998</v>
       </c>
-      <c r="H26" s="76">
+      <c r="H26" s="69">
         <v>0</v>
       </c>
-      <c r="I26" s="76">
+      <c r="I26" s="69">
         <v>1667.1738787879001</v>
       </c>
-      <c r="J26" s="78">
+      <c r="J26" s="71">
         <v>9.0521564026999997</v>
       </c>
-      <c r="K26" s="78">
+      <c r="K26" s="71">
         <v>1736.9867947214</v>
       </c>
-      <c r="M26" s="72" t="s">
+      <c r="M26" s="65" t="s">
         <v>141</v>
       </c>
-      <c r="N26" s="83">
+      <c r="N26" s="76">
         <v>215.2</v>
       </c>
     </row>
-    <row r="27" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B27" s="65" t="s">
+    <row r="27" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="58" t="s">
         <v>43</v>
       </c>
-      <c r="C27" s="70">
+      <c r="C27" s="63">
         <v>46.350364823200003</v>
       </c>
-      <c r="D27" s="70">
+      <c r="D27" s="63">
         <v>225.676108</v>
       </c>
-      <c r="E27" s="70">
+      <c r="E27" s="63">
         <v>949.92017908000003</v>
       </c>
-      <c r="F27" s="71">
+      <c r="F27" s="64">
         <v>0</v>
       </c>
-      <c r="G27" s="70">
+      <c r="G27" s="63">
         <v>410.86606923990001</v>
       </c>
-      <c r="H27" s="70">
+      <c r="H27" s="63">
         <v>0</v>
       </c>
-      <c r="I27" s="70">
+      <c r="I27" s="63">
         <v>1586.4623563199</v>
       </c>
-      <c r="J27" s="66">
+      <c r="J27" s="59">
         <v>10.225349382399999</v>
       </c>
-      <c r="K27" s="66">
+      <c r="K27" s="59">
         <v>1643.0380705255</v>
       </c>
-      <c r="M27" s="72" t="s">
+      <c r="M27" s="65" t="s">
         <v>142</v>
       </c>
-      <c r="N27" s="83">
+      <c r="N27" s="76">
         <v>1008.5</v>
       </c>
     </row>
-    <row r="28" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B28" s="75" t="s">
+    <row r="28" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="68" t="s">
         <v>44</v>
       </c>
-      <c r="C28" s="76">
+      <c r="C28" s="69">
         <v>44.066317415699999</v>
       </c>
-      <c r="D28" s="76">
+      <c r="D28" s="69">
         <v>219.482247191</v>
       </c>
-      <c r="E28" s="76">
+      <c r="E28" s="69">
         <v>1031.6413464418999</v>
       </c>
-      <c r="F28" s="77">
+      <c r="F28" s="70">
         <v>0</v>
       </c>
-      <c r="G28" s="76">
+      <c r="G28" s="69">
         <v>417.27587921349999</v>
       </c>
-      <c r="H28" s="76">
+      <c r="H28" s="69">
         <v>0</v>
       </c>
-      <c r="I28" s="76">
+      <c r="I28" s="69">
         <v>1668.3994728463999</v>
       </c>
-      <c r="J28" s="78">
+      <c r="J28" s="71">
         <v>12.2059222846</v>
       </c>
-      <c r="K28" s="78">
+      <c r="K28" s="71">
         <v>1724.6717125468001</v>
       </c>
     </row>
-    <row r="29" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B29" s="65" t="s">
+    <row r="29" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="58" t="s">
         <v>148</v>
       </c>
-      <c r="C29" s="70">
+      <c r="C29" s="63">
         <v>39.566255771000002</v>
       </c>
-      <c r="D29" s="70">
+      <c r="D29" s="63">
         <v>230.3492520776</v>
       </c>
-      <c r="E29" s="70">
+      <c r="E29" s="63">
         <v>1041.7930526315999</v>
       </c>
-      <c r="F29" s="71">
+      <c r="F29" s="64">
         <v>0</v>
       </c>
-      <c r="G29" s="70">
+      <c r="G29" s="63">
         <v>446.09939335180002</v>
       </c>
-      <c r="H29" s="70">
+      <c r="H29" s="63">
         <v>0</v>
       </c>
-      <c r="I29" s="70">
+      <c r="I29" s="63">
         <v>1718.2416980609</v>
       </c>
-      <c r="J29" s="66">
+      <c r="J29" s="59">
         <v>13.012457063699999</v>
       </c>
-      <c r="K29" s="66">
+      <c r="K29" s="59">
         <v>1770.8204108957</v>
       </c>
     </row>
-    <row r="30" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B30" s="75" t="s">
+    <row r="30" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="68" t="s">
         <v>149</v>
       </c>
-      <c r="C30" s="76">
+      <c r="C30" s="69">
         <v>36.100950090700003</v>
       </c>
-      <c r="D30" s="76">
+      <c r="D30" s="69">
         <v>215.03317586759999</v>
       </c>
-      <c r="E30" s="76">
+      <c r="E30" s="69">
         <v>1017.4962330805999</v>
       </c>
-      <c r="F30" s="77">
+      <c r="F30" s="70">
         <v>0</v>
       </c>
-      <c r="G30" s="76">
+      <c r="G30" s="69">
         <v>410.46862289209997</v>
       </c>
-      <c r="H30" s="76">
+      <c r="H30" s="69">
         <v>0</v>
       </c>
-      <c r="I30" s="76">
+      <c r="I30" s="69">
         <v>1642.9980318403</v>
       </c>
-      <c r="J30" s="78">
+      <c r="J30" s="71">
         <v>14.899264972799999</v>
       </c>
-      <c r="K30" s="78">
+      <c r="K30" s="71">
         <v>1693.9982469038</v>
       </c>
     </row>
-    <row r="31" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B31" s="85" t="s">
+    <row r="31" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="78" t="s">
         <v>138</v>
       </c>
-      <c r="C31" s="70">
+      <c r="C31" s="63">
         <v>33.5483247803</v>
       </c>
-      <c r="D31" s="70">
+      <c r="D31" s="63">
         <v>220.34523400430001</v>
       </c>
-      <c r="E31" s="70">
+      <c r="E31" s="63">
         <v>1045.2960244262999</v>
       </c>
-      <c r="F31" s="71">
+      <c r="F31" s="64">
         <v>0</v>
       </c>
-      <c r="G31" s="70">
+      <c r="G31" s="63">
         <v>415.73539638940002</v>
       </c>
-      <c r="H31" s="70">
+      <c r="H31" s="63">
         <v>0</v>
       </c>
-      <c r="I31" s="70">
+      <c r="I31" s="63">
         <v>1681.3766548200001</v>
       </c>
-      <c r="J31" s="66">
+      <c r="J31" s="59">
         <v>16.583813190499999</v>
       </c>
-      <c r="K31" s="66">
+      <c r="K31" s="59">
         <v>1731.5087927908</v>
       </c>
     </row>
-    <row r="32" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B32" s="75" t="s">
+    <row r="32" spans="2:23" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="68" t="s">
         <v>157</v>
       </c>
-      <c r="C32" s="76">
+      <c r="C32" s="69">
         <v>17.184662159999998</v>
       </c>
-      <c r="D32" s="76">
+      <c r="D32" s="69">
         <v>215.1565654492</v>
       </c>
-      <c r="E32" s="76">
+      <c r="E32" s="69">
         <v>1028.6432038355999</v>
       </c>
-      <c r="F32" s="77">
+      <c r="F32" s="70">
         <v>0</v>
       </c>
-      <c r="G32" s="76">
+      <c r="G32" s="69">
         <v>508.29901697999998</v>
       </c>
-      <c r="H32" s="76">
+      <c r="H32" s="69">
         <v>0</v>
       </c>
-      <c r="I32" s="76">
+      <c r="I32" s="69">
         <v>1752.0987862648001</v>
       </c>
-      <c r="J32" s="78">
+      <c r="J32" s="71">
         <v>8.7159542385000002</v>
       </c>
-      <c r="K32" s="78">
+      <c r="K32" s="71">
         <v>1777.9994026633001</v>
       </c>
     </row>
-    <row r="33" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B33" s="85" t="s">
+    <row r="33" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="78" t="s">
         <v>153</v>
       </c>
-      <c r="C33" s="70"/>
-[...7 lines deleted...]
-      <c r="K33" s="66"/>
+      <c r="C33" s="63"/>
+      <c r="D33" s="63"/>
+      <c r="E33" s="63"/>
+      <c r="F33" s="64"/>
+      <c r="G33" s="63"/>
+      <c r="H33" s="63"/>
+      <c r="I33" s="63"/>
+      <c r="J33" s="59"/>
+      <c r="K33" s="59"/>
     </row>
-    <row r="34" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="K34" s="78"/>
+    <row r="34" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="93" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" s="69"/>
+      <c r="D34" s="69"/>
+      <c r="E34" s="69"/>
+      <c r="F34" s="70"/>
+      <c r="G34" s="69"/>
+      <c r="H34" s="69"/>
+      <c r="I34" s="69"/>
+      <c r="J34" s="71"/>
+      <c r="K34" s="71"/>
     </row>
-    <row r="35" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B35" s="85" t="s">
+    <row r="35" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="78" t="s">
         <v>155</v>
       </c>
-      <c r="C35" s="70"/>
-[...7 lines deleted...]
-      <c r="K35" s="66"/>
+      <c r="C35" s="63"/>
+      <c r="D35" s="63"/>
+      <c r="E35" s="63"/>
+      <c r="F35" s="64"/>
+      <c r="G35" s="63"/>
+      <c r="H35" s="63"/>
+      <c r="I35" s="63"/>
+      <c r="J35" s="59"/>
+      <c r="K35" s="59"/>
     </row>
-    <row r="36" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B36" s="105" t="s">
+    <row r="36" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="93" t="s">
+        <v>169</v>
+      </c>
+      <c r="C36" s="69"/>
+      <c r="D36" s="69"/>
+      <c r="E36" s="69"/>
+      <c r="F36" s="70"/>
+      <c r="G36" s="69"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="69"/>
+      <c r="J36" s="71"/>
+      <c r="K36" s="71"/>
+    </row>
+    <row r="37" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="78" t="s">
         <v>173</v>
       </c>
-      <c r="C36" s="76"/>
-[...7 lines deleted...]
-      <c r="K36" s="78"/>
+      <c r="C37" s="63"/>
+      <c r="D37" s="63"/>
+      <c r="E37" s="63"/>
+      <c r="F37" s="64"/>
+      <c r="G37" s="63"/>
+      <c r="H37" s="63"/>
+      <c r="I37" s="63"/>
+      <c r="J37" s="59"/>
+      <c r="K37" s="59"/>
     </row>
-    <row r="37" spans="2:17" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="B38" s="81" t="s">
+    <row r="38" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="74" t="s">
         <v>151</v>
       </c>
-      <c r="C38" s="79">
+      <c r="C38" s="72">
         <f>C32/$K32*100</f>
         <v>0.96651675665687842</v>
       </c>
-      <c r="D38" s="79">
+      <c r="D38" s="72">
         <f t="shared" ref="D38:K38" si="0">D32/$K32*100</f>
         <v>12.101048241462442</v>
       </c>
-      <c r="E38" s="79">
+      <c r="E38" s="72">
         <f t="shared" si="0"/>
         <v>57.853967908806666</v>
       </c>
-      <c r="F38" s="79">
+      <c r="F38" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G38" s="79">
+      <c r="G38" s="72">
         <f t="shared" si="0"/>
         <v>28.58825577886072</v>
       </c>
-      <c r="H38" s="79">
+      <c r="H38" s="72">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="I38" s="79">
+      <c r="I38" s="72">
         <f>I32/$K32*100</f>
         <v>98.543271929129844</v>
       </c>
-      <c r="J38" s="79">
+      <c r="J38" s="72">
         <f t="shared" si="0"/>
         <v>0.49021131421327824</v>
       </c>
-      <c r="K38" s="79">
+      <c r="K38" s="72">
         <f t="shared" si="0"/>
         <v>100</v>
       </c>
     </row>
-    <row r="39" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B39" s="82" t="s">
+    <row r="39" spans="2:17" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="75" t="s">
         <v>152</v>
       </c>
-      <c r="C39" s="80">
+      <c r="C39" s="73">
         <f>(C32-C5)</f>
         <v>-304.2966108718</v>
       </c>
-      <c r="D39" s="80">
+      <c r="D39" s="73">
         <f t="shared" ref="D39:K39" si="1">(D32-D5)</f>
         <v>215.1565654492</v>
       </c>
-      <c r="E39" s="80">
+      <c r="E39" s="73">
         <f t="shared" si="1"/>
         <v>1008.4897096981999</v>
       </c>
-      <c r="F39" s="80">
+      <c r="F39" s="73">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G39" s="80">
+      <c r="G39" s="73">
         <f t="shared" si="1"/>
         <v>-47.66828955270006</v>
       </c>
-      <c r="H39" s="80">
+      <c r="H39" s="73">
         <f t="shared" si="1"/>
         <v>-19.044110552799999</v>
       </c>
-      <c r="I39" s="80">
+      <c r="I39" s="73">
         <f t="shared" si="1"/>
         <v>1156.9338750420002</v>
       </c>
-      <c r="J39" s="80">
+      <c r="J39" s="73">
         <f t="shared" si="1"/>
         <v>8.7159542385000002</v>
       </c>
-      <c r="K39" s="80">
+      <c r="K39" s="73">
         <f t="shared" si="1"/>
         <v>861.35321840870006</v>
       </c>
     </row>
-    <row r="40" spans="2:17" ht="17.399999999999999" x14ac:dyDescent="0.3">
-      <c r="C40" s="68" t="s">
+    <row r="40" spans="2:17" ht="17" x14ac:dyDescent="0.35">
+      <c r="C40" s="61" t="s">
         <v>158</v>
       </c>
-      <c r="D40" s="69"/>
-[...4 lines deleted...]
-      <c r="J40" s="74" t="s">
+      <c r="D40" s="62"/>
+      <c r="E40" s="62"/>
+      <c r="F40" s="62"/>
+      <c r="G40" s="62"/>
+      <c r="H40" s="62"/>
+      <c r="J40" s="67" t="s">
         <v>159</v>
       </c>
-      <c r="K40" s="69"/>
-[...5 lines deleted...]
-      <c r="Q40" s="69"/>
+      <c r="K40" s="62"/>
+      <c r="L40" s="62"/>
+      <c r="M40" s="62"/>
+      <c r="N40" s="62"/>
+      <c r="O40" s="62"/>
+      <c r="P40" s="62"/>
+      <c r="Q40" s="62"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:T1"/>
     <mergeCell ref="D3:I3"/>
   </mergeCells>
   <pageMargins left="0.39370078740157483" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="59" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A11584069</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024Dec Gambling Losses - All Legal Forms</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-12-08T21:08:32Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2024-12-08T21:09:09Z</value>
+      <value order="0">2025-10-20T07:05:59Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-03-14T03:54:53Z</value>
+      <value order="0">2025-10-20T07:05:59Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA14631618</value>
+      <value order="0">vA15764070</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">2.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">1</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">First version</value>
+      <value order="0">Updated statistics</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
@@ -37906,129 +38022,129 @@
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr>2004 to 2014</vt:lpstr>
-      <vt:lpstr>1989 to 2023</vt:lpstr>
-      <vt:lpstr>EGM and other G Losses 2023</vt:lpstr>
+      <vt:lpstr>1989 to 2024</vt:lpstr>
+      <vt:lpstr>EGM and other G Losses 2025</vt:lpstr>
       <vt:lpstr>Govt Revenue</vt:lpstr>
-      <vt:lpstr>'1989 to 2023'!Print_Area</vt:lpstr>
+      <vt:lpstr>'1989 to 2024'!Print_Area</vt:lpstr>
       <vt:lpstr>'2004 to 2014'!Print_Area</vt:lpstr>
-      <vt:lpstr>'EGM and other G Losses 2023'!Print_Area</vt:lpstr>
+      <vt:lpstr>'EGM and other G Losses 2025'!Print_Area</vt:lpstr>
       <vt:lpstr>'Govt Revenue'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Greater Dandenong</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>hbrown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A11584069</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024Dec Gambling Losses - All Legal Forms</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-12-08T21:08:32Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2024-12-08T21:09:09Z</vt:filetime>
+    <vt:filetime>2025-10-20T07:05:59Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-03-14T03:54:53Z</vt:filetime>
+    <vt:filetime>2025-10-20T07:05:59Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA14631618</vt:lpwstr>
+    <vt:lpwstr>vA15764070</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>1</vt:r8>
+    <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>First version</vt:lpwstr>
+    <vt:lpwstr>Updated statistics</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>