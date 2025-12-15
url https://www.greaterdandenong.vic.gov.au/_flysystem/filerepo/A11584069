--- v1 (2025-11-18)
+++ v2 (2025-12-15)
@@ -1,30387 +1,2199 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
-[...19 lines deleted...]
-  <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re9a06448070245f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R322a5080165c4b10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{90D12650-8123-4E41-AF02-693721DAB110}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0CD2848A-8008-4C5D-84CB-39AFB86F0430}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{652BEC9D-1B4B-4CF3-8A87-4A8B9B3AC0C4}"/>
   </bookViews>
   <sheets>
-    <sheet name="2004 to 2014" sheetId="1" state="hidden" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Govt Revenue" sheetId="7" state="hidden" r:id="rId4"/>
+    <sheet name="Data" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'1989 to 2024'!$B$1:$AN$85</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="3">'Govt Revenue'!$B$1:$T$61</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Data!$A$1:$H$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D85" i="3" l="1"/>
-[...764 lines deleted...]
-  <c r="G6" i="1"/>
+  <c r="E31" i="7" l="1"/>
+  <c r="E7" i="7"/>
+  <c r="E8" i="7"/>
+  <c r="E9" i="7"/>
+  <c r="E10" i="7"/>
+  <c r="E11" i="7"/>
+  <c r="E12" i="7"/>
+  <c r="E13" i="7"/>
+  <c r="E14" i="7"/>
+  <c r="E15" i="7"/>
+  <c r="E16" i="7"/>
+  <c r="E17" i="7"/>
+  <c r="E18" i="7"/>
+  <c r="E19" i="7"/>
+  <c r="E20" i="7"/>
+  <c r="E21" i="7"/>
+  <c r="E22" i="7"/>
+  <c r="E23" i="7"/>
+  <c r="E24" i="7"/>
+  <c r="E25" i="7"/>
+  <c r="E26" i="7"/>
+  <c r="E27" i="7"/>
+  <c r="E28" i="7"/>
+  <c r="E29" i="7"/>
+  <c r="E30" i="7"/>
+  <c r="E32" i="7"/>
+  <c r="E33" i="7"/>
+  <c r="E6" i="7"/>
+  <c r="G7" i="7"/>
+  <c r="G8" i="7"/>
+  <c r="G9" i="7"/>
+  <c r="G10" i="7"/>
+  <c r="G11" i="7"/>
+  <c r="G12" i="7"/>
+  <c r="G13" i="7"/>
+  <c r="G14" i="7"/>
+  <c r="G15" i="7"/>
+  <c r="G16" i="7"/>
+  <c r="G17" i="7"/>
+  <c r="G18" i="7"/>
+  <c r="G19" i="7"/>
+  <c r="G20" i="7"/>
+  <c r="G21" i="7"/>
+  <c r="G22" i="7"/>
+  <c r="G23" i="7"/>
+  <c r="G24" i="7"/>
+  <c r="G25" i="7"/>
+  <c r="G26" i="7"/>
+  <c r="G27" i="7"/>
+  <c r="G28" i="7"/>
+  <c r="G29" i="7"/>
+  <c r="G30" i="7"/>
+  <c r="G31" i="7"/>
+  <c r="G32" i="7"/>
+  <c r="G33" i="7"/>
+  <c r="G6" i="7"/>
+  <c r="I6" i="7"/>
+  <c r="I5" i="7"/>
 </calcChain>
 </file>
 
-<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-[...31 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="281" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="661" uniqueCount="161">
   <si>
-    <t>Egms</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>Casino</t>
+    <t>Dec 2009</t>
   </si>
   <si>
-    <t>Lotteries &amp; Keno</t>
+    <t>Mar 2010</t>
   </si>
   <si>
-    <t>2014/5</t>
+    <t>Jun 2010</t>
   </si>
   <si>
-    <t>2004/5</t>
+    <t>Sep 2010</t>
   </si>
   <si>
-    <t>$Million</t>
+    <t>Dec 2010</t>
   </si>
   <si>
-    <t>Payments to State Government</t>
+    <t>Mar 2011</t>
   </si>
   <si>
-    <t>Total Player Losses</t>
+    <t>Alpine</t>
   </si>
   <si>
-    <t>Legal Gambling Losses: Victoria, 2004/5 and 2014/15</t>
+    <t>Ararat</t>
   </si>
   <si>
-    <t>Source: VCGLR Annual Reports</t>
+    <t>Ballarat</t>
   </si>
   <si>
-    <t>% of losses</t>
+    <t>Banyule</t>
   </si>
   <si>
-    <r>
-[...10 lines deleted...]
-    </r>
+    <t>Bass Coast</t>
   </si>
   <si>
-    <r>
-[...11 lines deleted...]
-    </r>
+    <t>Baw Baw</t>
   </si>
   <si>
-    <t>Wagering: racing (totalisator), football, trackside and sports betting</t>
+    <t>Bayside</t>
   </si>
   <si>
-    <t>Racing</t>
+    <t>Benalla</t>
   </si>
   <si>
-    <t>Losses adjusted for inflation</t>
+    <t>Boroondara</t>
   </si>
   <si>
-    <t>Per cent of legal gambling losses</t>
+    <t>Brimbank</t>
   </si>
   <si>
-    <t>Value ($ million)</t>
+    <t>Buloke</t>
   </si>
   <si>
-    <t>1989-90</t>
+    <t>Campaspe</t>
   </si>
   <si>
-    <t>1990-91</t>
+    <t>Cardinia</t>
   </si>
   <si>
-    <t>1991-92</t>
-[...116 lines deleted...]
-    <t xml:space="preserve">Casey </t>
+    <t>Casey</t>
   </si>
   <si>
     <t>Central Goldfields</t>
   </si>
   <si>
-    <t xml:space="preserve">Colac-Otway </t>
+    <t>Colac-Otway</t>
   </si>
   <si>
-    <t xml:space="preserve">Corangamite </t>
+    <t>Corangamite</t>
   </si>
   <si>
-    <t xml:space="preserve">Darebin </t>
+    <t>Darebin</t>
   </si>
   <si>
-    <t xml:space="preserve">East Gippsland </t>
+    <t>East Gippsland</t>
   </si>
   <si>
-    <t xml:space="preserve">Frankston </t>
+    <t>Frankston</t>
   </si>
   <si>
-    <t xml:space="preserve">Gannawarra </t>
+    <t>Gannawarra</t>
   </si>
   <si>
-    <t xml:space="preserve">Glen Eira </t>
+    <t>Glen Eira</t>
   </si>
   <si>
-    <t xml:space="preserve">Glenelg </t>
+    <t>Glenelg</t>
   </si>
   <si>
-    <t xml:space="preserve">Golden Plains </t>
+    <t>Golden Plains</t>
   </si>
   <si>
-    <t xml:space="preserve">Greater Bendigo </t>
+    <t>Greater Bendigo</t>
   </si>
   <si>
-    <t xml:space="preserve">Greater Dandenong </t>
+    <t>Greater Dandenong</t>
   </si>
   <si>
-    <t xml:space="preserve">Greater Geelong </t>
+    <t>Greater Geelong</t>
   </si>
   <si>
-    <t xml:space="preserve">Greater Shepparton </t>
+    <t>Greater Shepparton</t>
   </si>
   <si>
-    <t xml:space="preserve">Hepburn </t>
+    <t>Hepburn</t>
   </si>
   <si>
-    <t xml:space="preserve">Hindmarsh </t>
+    <t>Hindmarsh</t>
   </si>
   <si>
-    <t xml:space="preserve">Hobsons Bay </t>
+    <t>Hobsons Bay</t>
   </si>
   <si>
-    <t xml:space="preserve">Horsham </t>
+    <t>Horsham</t>
   </si>
   <si>
-    <t xml:space="preserve">Hume </t>
+    <t>Hume</t>
   </si>
   <si>
-    <t xml:space="preserve">Indigo </t>
+    <t>Indigo</t>
   </si>
   <si>
-    <t xml:space="preserve">Kingston </t>
+    <t>Kingston</t>
   </si>
   <si>
-    <t xml:space="preserve">Knox </t>
+    <t>Knox</t>
   </si>
   <si>
-    <t xml:space="preserve">Latrobe </t>
+    <t>Latrobe</t>
   </si>
   <si>
-    <t xml:space="preserve">Loddon </t>
+    <t>Loddon</t>
   </si>
   <si>
-    <t xml:space="preserve">Macedon Ranges </t>
+    <t>Macedon Ranges</t>
   </si>
   <si>
-    <t xml:space="preserve">Manningham </t>
+    <t>Manningham</t>
   </si>
   <si>
-    <t xml:space="preserve">Mansfield </t>
+    <t>Mansfield</t>
   </si>
   <si>
-    <t xml:space="preserve">Maribyrnong </t>
+    <t>Maribyrnong</t>
   </si>
   <si>
-    <t xml:space="preserve">Maroondah </t>
+    <t>Maroondah</t>
   </si>
   <si>
-    <t xml:space="preserve">Melbourne </t>
+    <t>Melbourne</t>
   </si>
   <si>
-    <t xml:space="preserve">Melton </t>
+    <t>Melton</t>
   </si>
   <si>
-    <t xml:space="preserve">Mildura </t>
+    <t>Mildura</t>
   </si>
   <si>
-    <t xml:space="preserve">Mitchell </t>
+    <t>Mitchell</t>
   </si>
   <si>
-    <t xml:space="preserve">Moira </t>
+    <t>Moira</t>
   </si>
   <si>
-    <t xml:space="preserve">Monash </t>
+    <t>Monash</t>
   </si>
   <si>
-    <t xml:space="preserve">Moonee Valley </t>
+    <t>Moonee Valley</t>
   </si>
   <si>
-    <t xml:space="preserve">Moorabool </t>
+    <t>Moorabool</t>
   </si>
   <si>
-    <t xml:space="preserve">Moreland </t>
+    <t>Moreland</t>
   </si>
   <si>
-    <t xml:space="preserve">Mornington Peninsula </t>
+    <t>Mornington Penin'a</t>
   </si>
   <si>
-    <t xml:space="preserve">Mount Alexander </t>
+    <t>Mount Alexander</t>
   </si>
   <si>
-    <t xml:space="preserve">Moyne </t>
+    <t>Moyne</t>
   </si>
   <si>
-    <t xml:space="preserve">Murrindindi </t>
+    <t>Murrindindi</t>
   </si>
   <si>
-    <t xml:space="preserve">Nillumbik </t>
+    <t>Nillumbik</t>
   </si>
   <si>
-    <t xml:space="preserve">Northern Grampians </t>
+    <t>Northern Grampians</t>
   </si>
   <si>
-    <t xml:space="preserve">Port Phillip </t>
+    <t>Port Phillip</t>
   </si>
   <si>
-    <t xml:space="preserve">Pyrenees </t>
+    <t>Pyrenees</t>
   </si>
   <si>
-    <t xml:space="preserve">Queenscliffe </t>
+    <t>Queenscliffe</t>
   </si>
   <si>
-    <t xml:space="preserve">South Gippsland </t>
+    <t>South Gippsland</t>
   </si>
   <si>
-    <t xml:space="preserve">Southern Grampians </t>
+    <t>Southern Grampians</t>
   </si>
   <si>
-    <t xml:space="preserve">Stonnington </t>
+    <t>Stonnington</t>
   </si>
   <si>
-    <t xml:space="preserve">Strathbogie </t>
+    <t>Strathbogie</t>
   </si>
   <si>
-    <t xml:space="preserve">Surf Coast </t>
+    <t>Surf Coast</t>
   </si>
   <si>
-    <t xml:space="preserve">Swan Hill </t>
+    <t>Swan Hill</t>
   </si>
   <si>
-    <t xml:space="preserve">Towong </t>
+    <t>Towong</t>
   </si>
   <si>
-    <t xml:space="preserve">Wangaratta </t>
+    <t>Wangaratta</t>
   </si>
   <si>
-    <t xml:space="preserve">Warrnambool </t>
+    <t>Warrnambool</t>
   </si>
   <si>
-    <t xml:space="preserve">Wellington </t>
+    <t>Wellington</t>
   </si>
   <si>
-    <t xml:space="preserve">West Wimmera </t>
+    <t>West Wimmera</t>
   </si>
   <si>
-    <t xml:space="preserve">Whitehorse </t>
+    <t>Whitehorse</t>
   </si>
   <si>
-    <t xml:space="preserve">Whittlesea </t>
+    <t>Whittlesea</t>
   </si>
   <si>
-    <t xml:space="preserve">Wodonga </t>
+    <t>Wodonga</t>
   </si>
   <si>
-    <t xml:space="preserve">Wyndham </t>
+    <t>Wyndham</t>
   </si>
   <si>
-    <t xml:space="preserve">Yarra </t>
+    <t>Yarra</t>
   </si>
   <si>
-    <t xml:space="preserve">Yarra Ranges </t>
+    <t>Yarra Ranges</t>
   </si>
   <si>
-    <t xml:space="preserve">Yarriambiack </t>
+    <t>Yarriambiack</t>
   </si>
   <si>
-    <t>Victoria</t>
+    <t>Table Total</t>
   </si>
   <si>
-    <t>Melbourne metro.</t>
+    <t>Percent</t>
   </si>
   <si>
-    <t>CASINO</t>
+    <t>Affordable rental</t>
   </si>
   <si>
-    <t>GAMING MACHINES</t>
+    <t>Jun 2011</t>
   </si>
   <si>
-    <t>KENO</t>
+    <t>Metro</t>
   </si>
   <si>
-    <t>LOTTERIES</t>
+    <t>Non-Metro</t>
   </si>
   <si>
-    <t>TOTAL GAMBLING</t>
+    <t>Sep 2011</t>
   </si>
   <si>
-    <t>Sportsbetting</t>
+    <t>1 bedroom</t>
   </si>
   <si>
-    <t>Estimated all legal gambling - regulated by State Government
-($Million)</t>
+    <t>Mar 2000</t>
   </si>
   <si>
-    <t>Estimated annual gambling losses per adult</t>
+    <t>Jun 2000</t>
   </si>
   <si>
-    <t>2015/16</t>
+    <t>Sep 2000</t>
   </si>
   <si>
-    <t>CPI -Melb</t>
+    <t>Dec 2000</t>
   </si>
   <si>
-    <t>2016/17</t>
+    <t>Mar 2001</t>
   </si>
   <si>
-    <t>2017/18</t>
+    <t>Jun 2001</t>
   </si>
   <si>
-    <t>2018/19</t>
+    <t>Sep 2001</t>
   </si>
   <si>
-    <t>GAMING</t>
+    <t>Dec 2001</t>
   </si>
   <si>
-    <t>Casino Gaming</t>
+    <t>Mar 2002</t>
   </si>
   <si>
-    <t>Gaming Machines &amp; Keno</t>
+    <t>Jun 2002</t>
   </si>
   <si>
-    <t>Interactive Gaming (Na)</t>
+    <t>Sep 2002</t>
   </si>
   <si>
-    <t>Lotteries &amp; Pools Lotto</t>
+    <t>Dec 2003</t>
   </si>
   <si>
-    <t>Minor Gaming</t>
+    <t>Mar 2003</t>
   </si>
   <si>
-    <t>Total Gaming</t>
+    <t>Jun 2003</t>
   </si>
   <si>
-    <t>Total Legal Gambling</t>
+    <t>Sep 2003</t>
   </si>
   <si>
-    <t>2015-16</t>
+    <t>Mar 2004</t>
   </si>
   <si>
-    <t>2016-17</t>
+    <t>Jun 2004</t>
   </si>
   <si>
-    <r>
-[...11 lines deleted...]
-    </r>
+    <t>Sep 2004</t>
   </si>
   <si>
-    <t>Per cent of total</t>
+    <t>Dec 2004</t>
   </si>
   <si>
-    <t>Change</t>
+    <t>Mar 2005</t>
   </si>
   <si>
-    <t>2019/20</t>
+    <t>Jun 2005</t>
   </si>
   <si>
-    <t>2020/21</t>
+    <t>Sep 2005</t>
   </si>
   <si>
-    <t>2021/22</t>
+    <t>Dec 2005</t>
   </si>
   <si>
-    <t>Losses ($million)</t>
+    <t>Mar 2006</t>
   </si>
   <si>
-    <t>2018-19</t>
+    <t>Jun 2006</t>
   </si>
   <si>
-    <t>Real Government Revenue by Category of Gambling: 1991-2019</t>
+    <t>Sep 2006</t>
   </si>
   <si>
-    <t>Real Government Revenue by Broad Category of Gambling: 1991-2019</t>
+    <t>Dec 2006</t>
   </si>
   <si>
-    <t>Real Government Revenue by Category of Gambling: 2018/19</t>
+    <t>Mar 2007</t>
   </si>
   <si>
-    <t>Change in Real Government Revenue by Category of Gambling: 1991-2019</t>
+    <t>Jun 2007</t>
   </si>
   <si>
-    <t>WAGERING</t>
+    <t>Sep 2007</t>
   </si>
   <si>
-    <t>1999/2000</t>
+    <t>Dec 2007</t>
   </si>
   <si>
-    <t>2021-22</t>
+    <t>Mar 2008</t>
   </si>
   <si>
-    <t>2022-23</t>
+    <t>Jun 2008</t>
   </si>
   <si>
-    <t>2023-24</t>
+    <t>Sep 2008</t>
   </si>
   <si>
-    <t>2020-21</t>
+    <t>Dec 2008</t>
   </si>
   <si>
-    <t>Losses by Legal Gambling Type: 1989-2022/23, Victoria</t>
+    <t>Mar 2009</t>
   </si>
   <si>
-    <t>2022/23</t>
+    <t>Jun 2009</t>
+  </si>
+  <si>
+    <t>Sep 2009</t>
+  </si>
+  <si>
+    <t>Dec 2011</t>
+  </si>
+  <si>
+    <t>Mar 2012</t>
+  </si>
+  <si>
+    <t>Jun 2012</t>
+  </si>
+  <si>
+    <t>Sep 2012</t>
+  </si>
+  <si>
+    <t>Dec 2012</t>
+  </si>
+  <si>
+    <t>Jun 2013</t>
+  </si>
+  <si>
+    <t>Mar 2013</t>
+  </si>
+  <si>
+    <t>Sep 2013</t>
+  </si>
+  <si>
+    <t>Dec 2013</t>
+  </si>
+  <si>
+    <t>Mar 2014</t>
+  </si>
+  <si>
+    <t>One bedroom</t>
+  </si>
+  <si>
+    <t>Two bedroom</t>
+  </si>
+  <si>
+    <t>Three bedroom</t>
+  </si>
+  <si>
+    <t>Four bedroom</t>
+  </si>
+  <si>
+    <t>All</t>
+  </si>
+  <si>
+    <t>One Bedroom</t>
+  </si>
+  <si>
+    <t>All dwellings</t>
+  </si>
+  <si>
+    <t>Dwelling size</t>
+  </si>
+  <si>
+    <t>Municipality</t>
+  </si>
+  <si>
+    <t>Comparison municipality</t>
+  </si>
+  <si>
+    <t>Jun 2014</t>
+  </si>
+  <si>
+    <t>June 2015</t>
+  </si>
+  <si>
+    <t>June 2016</t>
+  </si>
+  <si>
+    <t>June 2017</t>
+  </si>
+  <si>
+    <t>June 2020</t>
+  </si>
+  <si>
+    <t>Jun 2018</t>
+  </si>
+  <si>
+    <t>Jun 2019</t>
+  </si>
+  <si>
+    <t>Jun 2021</t>
   </si>
   <si>
     <r>
       <rPr>
-        <b/>
-[...4 lines deleted...]
-        <scheme val="minor"/>
+        <sz val="18"/>
+        <color indexed="13"/>
+        <rFont val="Garamond"/>
+        <family val="1"/>
       </rPr>
-      <t>Source:</t>
+      <t>Affordability of Rental Properties: Victoria, 2000 to 2025</t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
-[...117 lines deleted...]
-        <scheme val="minor"/>
+        <sz val="16"/>
+        <color indexed="13"/>
+        <rFont val="Garamond"/>
+        <family val="1"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
-[...3 lines deleted...]
-        <scheme val="minor"/>
+        <sz val="8"/>
+        <color indexed="13"/>
+        <rFont val="Garamond"/>
+        <family val="1"/>
       </rPr>
-      <t>(1999/2000 figures adjusted for inflation to 2022/23 dollars)</t>
-[...28 lines deleted...]
-      <t>Inflation-adjusted average losses per person</t>
+      <t>Percent of properties available for rent, which would be affordable to a family of two adults and children, on Centrelink benefits
+From the Rental Report, Department of Human Services</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <color theme="1"/>
-[...2 lines deleted...]
-        <scheme val="minor"/>
+        <color indexed="13"/>
+        <rFont val="Garamond"/>
+        <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> (adjusted to 2024 dollar values)</t>
-[...4 lines deleted...]
-      <t>Losses per capita</t>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <rPr>
-        <sz val="14"/>
-[...3 lines deleted...]
-        <scheme val="minor"/>
+        <sz val="7"/>
+        <color indexed="13"/>
+        <rFont val="Garamond"/>
+        <family val="1"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t>Source: https://www.dffh.vic.gov.au/publications/rental-report</t>
     </r>
-    <r>
-[...80 lines deleted...]
-($Million)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="10">
+  <numFmts count="3">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
-    <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
-[...7 lines deleted...]
-    <numFmt numFmtId="170" formatCode="#,##0.0"/>
+    <numFmt numFmtId="164" formatCode="0.0%"/>
+    <numFmt numFmtId="165" formatCode="mmmm\-yy"/>
   </numFmts>
-  <fonts count="82" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Verdana"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="16"/>
-      <color theme="1"/>
+      <color indexed="13"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="9"/>
-      <color theme="1"/>
+      <color indexed="13"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
+      <sz val="7"/>
+      <color indexed="13"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...20 lines deleted...]
-      <color theme="1"/>
+      <sz val="18"/>
+      <color indexed="13"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
-      <color theme="1"/>
+      <color indexed="13"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="7"/>
-[...12 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...224 lines deleted...]
-      <sz val="8"/>
+      <sz val="6"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
-      <color indexed="18"/>
-[...11 lines deleted...]
-      <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="13"/>
-      <color theme="3" tint="-0.249977111117893"/>
+      <sz val="6"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
-      <color theme="3" tint="-0.249977111117893"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
-      <color theme="3" tint="-0.249977111117893"/>
+      <sz val="11"/>
+      <color rgb="FFFFFF00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
-      <color theme="1"/>
+      <i/>
+      <sz val="8"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-[...5 lines deleted...]
-    <font>
       <sz val="8"/>
-      <color rgb="FFFFFF00"/>
-[...12 lines deleted...]
-      <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="14"/>
-      <color theme="1"/>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <b/>
+      <sz val="7"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="22"/>
+      <b/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
       <color rgb="FFFFFF00"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...21 lines deleted...]
-      <color rgb="FFFFFF00"/>
+      <sz val="7"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
+      <sz val="7"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...24 lines deleted...]
-      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="4" tint="-0.249977111117893"/>
-[...30 lines deleted...]
-      <sz val="9"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="20"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Arial"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...2 lines deleted...]
-      <family val="1"/>
+      <i/>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="52">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.59999389629810485"/>
-[...271 lines deleted...]
-        <fgColor rgb="FF006600"/>
+        <fgColor theme="5" tint="-0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...20 lines deleted...]
-      <right/>
+      <left style="thin">
+        <color indexed="26"/>
+      </left>
+      <right style="thin">
+        <color indexed="26"/>
+      </right>
       <top style="thin">
-        <color auto="1"/>
+        <color indexed="26"/>
       </top>
       <bottom style="thin">
-        <color auto="1"/>
-[...190 lines deleted...]
-        <color theme="3" tint="-0.499984740745262"/>
+        <color indexed="26"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="239">
+  <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="15" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...30 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  </cellStyleXfs>
+  <cellXfs count="47">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
+      <protection hidden="1"/>
     </xf>
-    <xf numFmtId="167" fontId="16" fillId="0" borderId="0">
-[...297 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="173" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="173" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="34" borderId="1" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="34" fillId="35" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="41" fillId="0" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="5" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="41" fillId="39" borderId="1" xfId="173" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="28" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
-[...344 lines deleted...]
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...46 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="239">
-[...176 lines deleted...]
-    <cellStyle name="Neutral 5" xfId="171" xr:uid="{00000000-0005-0000-0000-0000B0000000}"/>
+  <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 10" xfId="172" xr:uid="{00000000-0005-0000-0000-0000B2000000}"/>
-[...59 lines deleted...]
-    <cellStyle name="Zero" xfId="229" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{F7095103-DF3C-4DDE-A15A-F0BA8785E01C}"/>
+    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent 2" xfId="3" xr:uid="{993B843B-1192-445C-87DC-D9AC998078E5}"/>
+    <cellStyle name="Percent 3" xfId="4" xr:uid="{1EBDFB5E-43B7-490B-9AC2-6C7FACAAF953}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...4 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0dc79cf5c92a4faa" /></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Reb99539d87f442ff" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="9.018712292515281E-2"/>
-[...2 lines deleted...]
-          <c:h val="0.88608678500452731"/>
+          <c:x val="5.4935768936920232E-2"/>
+          <c:y val="1.4738423877112963E-2"/>
+          <c:w val="0.89628913565320922"/>
+          <c:h val="0.8452694740841018"/>
         </c:manualLayout>
       </c:layout>
-      <c:areaChart>
-        <c:grouping val="stacked"/>
+      <c:lineChart>
+        <c:grouping val="standard"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
-              <c:f>'1989 to 2024'!$C$45</c:f>
+              <c:f>Data!$I$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Casino</c:v>
+                  <c:v>Monash</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
-            <a:solidFill>
-[...3 lines deleted...]
-            </a:solidFill>
+            <a:ln>
+              <a:prstDash val="sysDash"/>
+            </a:ln>
           </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:spPr>
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000003-2D71-47AC-82C4-CB26A4B386BC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="6"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-2.5431425976385105E-2"/>
+                  <c:y val="-3.9800995024875635E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:spPr>
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-30D7-40FC-85FE-380C9D4EEFBF}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="25"/>
+              <c:spPr>
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr">
+                  <a:spAutoFit/>
+                </a:bodyPr>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000001-2D71-47AC-82C4-CB26A4B386BC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="93"/>
+              <c:spPr>
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:ln w="25400">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000002-30D7-40FC-85FE-380C9D4EEFBF}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2024'!$A$56:$B$80</c:f>
+              <c:f>Data!$D$6:$D$31</c:f>
               <c:strCache>
-                <c:ptCount val="25"/>
+                <c:ptCount val="26"/>
                 <c:pt idx="0">
-                  <c:v>1999-00</c:v>
+                  <c:v>Jun 2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2000-01</c:v>
+                  <c:v>Jun 2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2001-02</c:v>
+                  <c:v>Jun 2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2002-03</c:v>
+                  <c:v>Jun 2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>2003-04</c:v>
+                  <c:v>Jun 2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2004-05</c:v>
+                  <c:v>Jun 2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2005-06</c:v>
+                  <c:v>Jun 2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2006-07</c:v>
+                  <c:v>Jun 2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2007-08</c:v>
+                  <c:v>Jun 2008</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2008-09</c:v>
+                  <c:v>Jun 2009</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>2009-10</c:v>
+                  <c:v>Jun 2010</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>2010-11</c:v>
+                  <c:v>Jun 2011</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2011-12</c:v>
+                  <c:v>Jun 2012</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2012-13</c:v>
+                  <c:v>Jun 2013</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2013-14</c:v>
+                  <c:v>Jun 2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2014-15</c:v>
+                  <c:v>June 2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2015/16</c:v>
+                  <c:v>June 2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2016/17</c:v>
+                  <c:v>June 2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2017/18</c:v>
+                  <c:v>Jun 2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2018/19</c:v>
+                  <c:v>Jun 2019</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2019/20</c:v>
+                  <c:v>June 2020</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2020/21</c:v>
+                  <c:v>Jun 2021</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2021/22</c:v>
+                  <c:v>June-22</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>2022-23</c:v>
+                  <c:v>June-23</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>2023-24</c:v>
+                  <c:v>June-24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>June-25</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2024'!$C$56:$C$80</c:f>
+              <c:f>Data!$E$6:$E$31</c:f>
               <c:numCache>
-                <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="25"/>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="26"/>
                 <c:pt idx="0">
-                  <c:v>1608.229472496474</c:v>
+                  <c:v>84.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1742.8927616511321</c:v>
+                  <c:v>92.300000000000011</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1631.4334178525228</c:v>
+                  <c:v>98</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1654.7962914572865</c:v>
+                  <c:v>97.899999999999991</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1640.642627306273</c:v>
+                  <c:v>87.9</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>1536.6735421686747</c:v>
+                  <c:v>87.5</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1649.1227006960555</c:v>
+                  <c:v>87.6</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1672.8844141069394</c:v>
+                  <c:v>90</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1660.4532461873637</c:v>
+                  <c:v>88.6</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1814.9290333692143</c:v>
+                  <c:v>91.2</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>1907.072701408518</c:v>
+                  <c:v>85</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1882.7241209677422</c:v>
+                  <c:v>82.5</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2106.3818326693226</c:v>
+                  <c:v>79.5</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2072.1150877192986</c:v>
+                  <c:v>79.900000000000006</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2034.5335826251178</c:v>
+                  <c:v>80.300000000000011</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2409.2558281979459</c:v>
+                  <c:v>81.599999999999994</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2359.8015616942912</c:v>
+                  <c:v>73.599999999999994</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>1940.4280796145586</c:v>
+                  <c:v>76.7</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2157.4833040421795</c:v>
+                  <c:v>68.400000000000006</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2015.4772915437295</c:v>
+                  <c:v>66.7</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>1444.0496828427702</c:v>
+                  <c:v>69.399999999999991</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>463.87915712900087</c:v>
+                  <c:v>57.599999999999994</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>705.81447109075941</c:v>
+                  <c:v>44.4</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>1019.3003263625191</c:v>
+                  <c:v>40.699999999999996</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>950.87292859000013</c:v>
+                  <c:v>40</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>43.1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1279-428D-9D99-C37EDE91352C}"/>
+              <c16:uniqueId val="{00000003-30D7-40FC-85FE-380C9D4EEFBF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
-              <c:f>'1989 to 2024'!$D$45</c:f>
+              <c:f>Data!$I$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Gaming Machines</c:v>
+                  <c:v>Metro</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
-          <c:spPr>
-[...6 lines deleted...]
-          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:dLbls>
+            <c:dLbl>
+              <c:idx val="0"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000002-2D71-47AC-82C4-CB26A4B386BC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="6"/>
+              <c:layout>
+                <c:manualLayout>
+                  <c:x val="-5.1183624679212499E-3"/>
+                  <c:y val="-4.5828863026955817E-2"/>
+                </c:manualLayout>
+              </c:layout>
+              <c:spPr>
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:ln w="25400">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:dLblPos val="r"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000004-30D7-40FC-85FE-380C9D4EEFBF}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="25"/>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000000-2D71-47AC-82C4-CB26A4B386BC}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:dLbl>
+              <c:idx val="93"/>
+              <c:spPr>
+                <a:solidFill>
+                  <a:srgbClr val="FFFF00"/>
+                </a:solidFill>
+                <a:ln w="25400">
+                  <a:noFill/>
+                </a:ln>
+              </c:spPr>
+              <c:txPr>
+                <a:bodyPr/>
+                <a:lstStyle/>
+                <a:p>
+                  <a:pPr>
+                    <a:defRPr/>
+                  </a:pPr>
+                  <a:endParaRPr lang="en-US"/>
+                </a:p>
+              </c:txPr>
+              <c:showLegendKey val="0"/>
+              <c:showVal val="1"/>
+              <c:showCatName val="0"/>
+              <c:showSerName val="0"/>
+              <c:showPercent val="0"/>
+              <c:showBubbleSize val="0"/>
+              <c:extLst>
+                <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+                <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                  <c16:uniqueId val="{00000006-30D7-40FC-85FE-380C9D4EEFBF}"/>
+                </c:ext>
+              </c:extLst>
+            </c:dLbl>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FFFF00"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:showLeaderLines val="1"/>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
           <c:cat>
             <c:strRef>
-              <c:f>'1989 to 2024'!$A$56:$B$80</c:f>
+              <c:f>Data!$D$6:$D$31</c:f>
               <c:strCache>
-                <c:ptCount val="25"/>
+                <c:ptCount val="26"/>
                 <c:pt idx="0">
-                  <c:v>1999-00</c:v>
+                  <c:v>Jun 2000</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2000-01</c:v>
+                  <c:v>Jun 2001</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2001-02</c:v>
+                  <c:v>Jun 2002</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2002-03</c:v>
+                  <c:v>Jun 2003</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>2003-04</c:v>
+                  <c:v>Jun 2004</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2004-05</c:v>
+                  <c:v>Jun 2005</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2005-06</c:v>
+                  <c:v>Jun 2006</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2006-07</c:v>
+                  <c:v>Jun 2007</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2007-08</c:v>
+                  <c:v>Jun 2008</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2008-09</c:v>
+                  <c:v>Jun 2009</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>2009-10</c:v>
+                  <c:v>Jun 2010</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>2010-11</c:v>
+                  <c:v>Jun 2011</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>2011-12</c:v>
+                  <c:v>Jun 2012</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>2012-13</c:v>
+                  <c:v>Jun 2013</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>2013-14</c:v>
+                  <c:v>Jun 2014</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>2014-15</c:v>
+                  <c:v>June 2015</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>2015/16</c:v>
+                  <c:v>June 2016</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>2016/17</c:v>
+                  <c:v>June 2017</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>2017/18</c:v>
+                  <c:v>Jun 2018</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>2018/19</c:v>
+                  <c:v>Jun 2019</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2019/20</c:v>
+                  <c:v>June 2020</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>2020/21</c:v>
+                  <c:v>Jun 2021</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2021/22</c:v>
+                  <c:v>June-22</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>2022-23</c:v>
+                  <c:v>June-23</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>2023-24</c:v>
+                  <c:v>June-24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>June-25</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'1989 to 2024'!$D$56:$D$80</c:f>
+              <c:f>Data!$G$6:$G$31</c:f>
               <c:numCache>
-                <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="25"/>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="26"/>
                 <c:pt idx="0">
-                  <c:v>4237.0310860366717</c:v>
+                  <c:v>16.7</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>4360.3224074567242</c:v>
+                  <c:v>23.200000000000003</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>4588.6421526520053</c:v>
+                  <c:v>29.7</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>4058.6704120603022</c:v>
+                  <c:v>29.799999999999997</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3899.9417662976634</c:v>
+                  <c:v>30.099999999999998</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3990.2954409638551</c:v>
+                  <c:v>28.599999999999998</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3969.6941252900237</c:v>
+                  <c:v>30.099999999999998</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>4004.2568191126279</c:v>
+                  <c:v>25.5</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>3937.1754596949891</c:v>
+                  <c:v>15.1</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>4033.2322411194828</c:v>
+                  <c:v>12.9</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>3752.0891895782888</c:v>
+                  <c:v>9.9</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>3699.0860000000002</c:v>
+                  <c:v>9.8000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>3696.34419123506</c:v>
+                  <c:v>10.6</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>3359.4913840155946</c:v>
+                  <c:v>11.200000000000001</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>3272.9094713650616</c:v>
+                  <c:v>11.799999999999999</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>3323.5719738562093</c:v>
+                  <c:v>10.5</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>3334.7301583793742</c:v>
+                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>3253.6843274745233</c:v>
+                  <c:v>6.6000000000000005</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>3277.5746924428822</c:v>
+                  <c:v>6.3</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>3239.384853616999</c:v>
+                  <c:v>5.8999999999999995</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>2324.0576059713512</c:v>
+                  <c:v>8.7999999999999989</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>1818.8805840265995</c:v>
+                  <c:v>9.1999999999999993</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>2449.5966807911391</c:v>
+                  <c:v>8.5</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>3132.5724188306217</c:v>
+                  <c:v>6.7</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>3030.0262240400002</c:v>
+                  <c:v>6.7</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>10.100000000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:smooth val="1"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-1279-428D-9D99-C37EDE91352C}"/>
-[...566 lines deleted...]
-              <c16:uniqueId val="{00000004-1279-428D-9D99-C37EDE91352C}"/>
+              <c16:uniqueId val="{00000007-30D7-40FC-85FE-380C9D4EEFBF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:axId val="71798144"/>
-[...1 lines deleted...]
-      </c:areaChart>
+        <c:smooth val="0"/>
+        <c:axId val="92061807"/>
+        <c:axId val="1"/>
+      </c:lineChart>
       <c:catAx>
-        <c:axId val="71798144"/>
+        <c:axId val="92061807"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
-        <c:numFmt formatCode="General" sourceLinked="0"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:txPr>
-          <a:bodyPr/>
+          <a:bodyPr rot="5400000" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="900"/>
+              <a:defRPr sz="800"/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="73221248"/>
+        <c:crossAx val="1"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="73221248"/>
+        <c:axId val="1"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:title>
-[...25 lines deleted...]
-        <c:numFmt formatCode="#,##0" sourceLinked="1"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
-        <c:crossAx val="71798144"/>
+        <c:crossAx val="92061807"/>
         <c:crosses val="autoZero"/>
-        <c:crossBetween val="midCat"/>
+        <c:crossBetween val="between"/>
       </c:valAx>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.84793322120201298"/>
-[...2 lines deleted...]
-          <c:h val="0.16189776891926427"/>
+          <c:x val="0.62245078773009421"/>
+          <c:y val="6.4361291349386701E-3"/>
+          <c:w val="0.26907157891779598"/>
+          <c:h val="0.11004538929960374"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
     </c:legend>
-    <c:plotVisOnly val="1"/>
-[...213 lines deleted...]
-    </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="900"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
-<file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
-[...222 lines deleted...]
-</c:chartSpace>
+<file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="31" fmlaLink="$D$5" fmlaRange="$L$7:$L$90" sel="49" val="27"/>
 </file>
 
-<file path=xl/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
-[...509 lines deleted...]
-</c:chartSpace>
+<file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropStyle="combo" dx="31" fmlaLink="$D$3" fmlaRange="$BD$7:$BD$11" sel="5" val="0"/>
 </file>
 
-<file path=xl/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6142 lines deleted...]
-</cs:chartStyle>
+<file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="31" fmlaLink="$G$5" fmlaRange="$L$7:$L$90" sel="82" val="39"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart10.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>176591</xdr:rowOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>127000</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>17</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>158449</xdr:rowOff>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>1858434</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
-        <xdr:cNvPr id="2" name="Chart 1">
+        <xdr:cNvPr id="2087" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
-[...18137 lines deleted...]
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E032F587-9425-FB87-0602-C1C7A63A39B2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor>
-[...112 lines deleted...]
-  </xdr:twoCellAnchor>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>2</xdr:col>
+          <xdr:colOff>6350</xdr:colOff>
+          <xdr:row>3</xdr:row>
+          <xdr:rowOff>101600</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>469900</xdr:colOff>
+          <xdr:row>5</xdr:row>
+          <xdr:rowOff>19050</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="2049" name="Drop Down 1" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s2049"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000001080000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>2</xdr:col>
+          <xdr:colOff>6350</xdr:colOff>
+          <xdr:row>2</xdr:row>
+          <xdr:rowOff>6350</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>469900</xdr:colOff>
+          <xdr:row>3</xdr:row>
+          <xdr:rowOff>50800</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="2050" name="Drop Down 2" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s2050"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002080000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor editAs="oneCell">
+        <xdr:from>
+          <xdr:col>4</xdr:col>
+          <xdr:colOff>901700</xdr:colOff>
+          <xdr:row>3</xdr:row>
+          <xdr:rowOff>50800</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>7</xdr:col>
+          <xdr:colOff>469900</xdr:colOff>
+          <xdr:row>4</xdr:row>
+          <xdr:rowOff>228600</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="2051" name="Drop Down 3" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s2051"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003080000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:extLst>
+              <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                <a14:hiddenLine w="9525">
+                  <a:noFill/>
+                  <a:miter lim="800000"/>
+                  <a:headEnd/>
+                  <a:tailEnd/>
+                </a14:hiddenLine>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData fLocksWithSheet="0"/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -30627,7377 +2439,44313 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
-[...11 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AA8F665B-399B-4B1A-91FF-17EEEBB2798E}">
   <sheetPr>
-    <tabColor theme="7" tint="0.39997558519241921"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:H13"/>
+  <dimension ref="A1:BD442"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="B1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-[...262 lines deleted...]
-      <selection activeCell="BO5" sqref="BO5"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="L6" sqref="L6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="6.1796875" style="25" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="30" max="16384" width="9.08984375" style="25"/>
+    <col min="1" max="1" width="6.08984375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="25.1796875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.08984375" style="1"/>
+    <col min="4" max="4" width="11.08984375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="13" style="1" customWidth="1"/>
+    <col min="6" max="6" width="7" style="1" customWidth="1"/>
+    <col min="7" max="7" width="13" style="1" customWidth="1"/>
+    <col min="8" max="8" width="26.81640625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="9.36328125" style="4" customWidth="1"/>
+    <col min="10" max="10" width="7" style="4" customWidth="1"/>
+    <col min="11" max="11" width="4.1796875" style="8" customWidth="1"/>
+    <col min="12" max="12" width="19.81640625" style="12" customWidth="1"/>
+    <col min="13" max="40" width="9.08984375" style="12"/>
+    <col min="41" max="42" width="9.08984375" style="4"/>
+    <col min="43" max="44" width="9.08984375" style="1"/>
+    <col min="45" max="48" width="9.08984375" style="4"/>
+    <col min="49" max="53" width="9.08984375" style="1"/>
+    <col min="54" max="54" width="5" style="32" customWidth="1"/>
+    <col min="55" max="55" width="7.6328125" style="28" customWidth="1"/>
+    <col min="56" max="16384" width="9.08984375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:37" ht="31" x14ac:dyDescent="0.35">
-[...36 lines deleted...]
-      <c r="AK1" s="127"/>
+    <row r="1" spans="1:56" ht="55.5" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="11"/>
+      <c r="B1" s="45" t="s">
+        <v>160</v>
+      </c>
+      <c r="C1" s="46"/>
+      <c r="D1" s="46"/>
+      <c r="E1" s="46"/>
+      <c r="F1" s="46"/>
+      <c r="G1" s="46"/>
+      <c r="H1" s="46"/>
+      <c r="I1" s="10"/>
     </row>
-    <row r="2" spans="2:37" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
-[...34 lines deleted...]
-      <c r="AK2" s="127"/>
+    <row r="3" spans="1:56" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D3" s="25">
+        <v>5</v>
+      </c>
+      <c r="F3" s="44" t="s">
+        <v>151</v>
+      </c>
+      <c r="G3" s="6"/>
+      <c r="K3" s="4" t="s">
+        <v>88</v>
+      </c>
     </row>
-    <row r="3" spans="2:37" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...10 lines deleted...]
-      <c r="L3" s="80"/>
+    <row r="4" spans="1:56" s="2" customFormat="1" ht="9.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="5"/>
+      <c r="I4" s="7"/>
+      <c r="J4" s="7"/>
+      <c r="K4" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="L4" s="9"/>
+      <c r="M4" s="9">
+        <v>4</v>
+      </c>
+      <c r="N4" s="9">
+        <v>12</v>
+      </c>
+      <c r="O4" s="9">
+        <v>20</v>
+      </c>
+      <c r="P4" s="9">
+        <v>28</v>
+      </c>
+      <c r="Q4" s="9">
+        <v>36</v>
+      </c>
+      <c r="R4" s="9">
+        <v>44</v>
+      </c>
+      <c r="S4" s="9">
+        <v>52</v>
+      </c>
+      <c r="T4" s="9">
+        <v>60</v>
+      </c>
+      <c r="U4" s="9">
+        <v>68</v>
+      </c>
+      <c r="V4" s="9">
+        <v>76</v>
+      </c>
+      <c r="W4" s="9">
+        <v>84</v>
+      </c>
+      <c r="X4" s="9">
+        <v>92</v>
+      </c>
+      <c r="Y4" s="9">
+        <v>100</v>
+      </c>
+      <c r="Z4" s="9">
+        <v>108</v>
+      </c>
+      <c r="AA4" s="9">
+        <v>116</v>
+      </c>
+      <c r="AB4" s="9">
+        <v>124</v>
+      </c>
+      <c r="AC4" s="9">
+        <v>132</v>
+      </c>
+      <c r="AD4" s="9">
+        <v>140</v>
+      </c>
+      <c r="AE4" s="9">
+        <v>148</v>
+      </c>
+      <c r="AF4" s="9">
+        <v>156</v>
+      </c>
+      <c r="AG4" s="9">
+        <v>164</v>
+      </c>
+      <c r="AH4" s="9">
+        <v>172</v>
+      </c>
+      <c r="AI4" s="9">
+        <v>180</v>
+      </c>
+      <c r="AJ4" s="9"/>
+      <c r="AK4" s="9"/>
+      <c r="AL4" s="9"/>
+      <c r="AM4" s="9"/>
+      <c r="AN4" s="9"/>
+      <c r="AO4" s="7"/>
+      <c r="AP4" s="7"/>
+      <c r="AS4" s="7"/>
+      <c r="AT4" s="7"/>
+      <c r="AU4" s="7"/>
+      <c r="AV4" s="7"/>
     </row>
-    <row r="4" spans="2:37" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C4" s="84" t="s">
+    <row r="5" spans="1:56" s="23" customFormat="1" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="19"/>
+      <c r="B5" s="20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C5" s="19"/>
+      <c r="D5" s="26">
+        <v>49</v>
+      </c>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
+      <c r="G5" s="21">
+        <v>82</v>
+      </c>
+      <c r="H5" s="19"/>
+      <c r="I5" s="22" t="str">
+        <f>INDEX(L7:L90,G5)</f>
+        <v>Metro</v>
+      </c>
+      <c r="J5" s="40"/>
+      <c r="K5" s="24"/>
+      <c r="L5" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="M5" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="N5" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="O5" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P5" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q5" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="R5" s="14" t="s">
+        <v>114</v>
+      </c>
+      <c r="S5" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="T5" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="U5" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="V5" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="W5" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="X5" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y5" s="14" t="s">
+        <v>134</v>
+      </c>
+      <c r="Z5" s="14" t="s">
+        <v>137</v>
+      </c>
+      <c r="AA5" s="14" t="s">
+        <v>152</v>
+      </c>
+      <c r="AB5" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="AC5" s="14" t="s">
+        <v>154</v>
+      </c>
+      <c r="AD5" s="14" t="s">
+        <v>155</v>
+      </c>
+      <c r="AE5" s="14" t="s">
+        <v>157</v>
+      </c>
+      <c r="AF5" s="14" t="s">
+        <v>158</v>
+      </c>
+      <c r="AG5" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="AH5" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="AI5" s="39">
+        <v>44713</v>
+      </c>
+      <c r="AJ5" s="39">
+        <v>45078</v>
+      </c>
+      <c r="AK5" s="39">
+        <v>45444</v>
+      </c>
+      <c r="AL5" s="39">
+        <v>45809</v>
+      </c>
+      <c r="AM5" s="39">
+        <v>46174</v>
+      </c>
+      <c r="AN5" s="39">
+        <v>46539</v>
+      </c>
+      <c r="AO5" s="41"/>
+      <c r="AP5" s="41"/>
+      <c r="AS5" s="41"/>
+      <c r="AT5" s="41"/>
+      <c r="AU5" s="41"/>
+      <c r="AV5" s="41"/>
+      <c r="BB5" s="34"/>
+      <c r="BC5" s="35"/>
+    </row>
+    <row r="6" spans="1:56" s="3" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="27"/>
+      <c r="C6" s="7">
+        <v>1</v>
+      </c>
+      <c r="D6" s="37" t="s">
+        <v>95</v>
+      </c>
+      <c r="E6" s="9">
+        <f>VLOOKUP($D$5+$D$3*88-88,$K$7:$AN$442,2+$C6)*100</f>
+        <v>84.6</v>
+      </c>
+      <c r="F6" s="4"/>
+      <c r="G6" s="9">
+        <f>VLOOKUP($G$5+$D$3*88-88,$K$7:$AN$442,2+$C6)*100</f>
+        <v>16.7</v>
+      </c>
+      <c r="H6" s="27"/>
+      <c r="I6" s="9" t="str">
+        <f>INDEX(L7:L90,D5)</f>
+        <v>Monash</v>
+      </c>
+      <c r="J6" s="27"/>
+      <c r="K6" s="13"/>
+      <c r="L6" s="16" t="s">
+        <v>147</v>
+      </c>
+      <c r="M6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="O6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="R6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="S6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="T6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="U6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="V6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="W6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="X6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AK6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AL6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AM6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AN6" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO6" s="12"/>
+      <c r="AP6" s="12"/>
+      <c r="AQ6" s="33"/>
+      <c r="AR6" s="33"/>
+      <c r="AS6" s="12"/>
+      <c r="AT6" s="12"/>
+      <c r="AU6" s="12"/>
+      <c r="AV6" s="12"/>
+      <c r="AW6" s="33"/>
+      <c r="AX6" s="33"/>
+      <c r="AY6" s="33"/>
+      <c r="AZ6" s="33"/>
+      <c r="BA6" s="33"/>
+      <c r="BB6" s="32"/>
+      <c r="BC6" s="28"/>
+    </row>
+    <row r="7" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B7" s="4"/>
+      <c r="C7" s="7">
+        <v>2</v>
+      </c>
+      <c r="D7" s="37" t="s">
+        <v>99</v>
+      </c>
+      <c r="E7" s="9">
+        <f t="shared" ref="E7:E33" si="0">VLOOKUP($D$5+$D$3*88-88,$K$7:$AN$442,2+$C7)*100</f>
+        <v>92.300000000000011</v>
+      </c>
+      <c r="F7" s="4"/>
+      <c r="G7" s="9">
+        <f t="shared" ref="G7:G33" si="1">VLOOKUP($G$5+$D$3*88-88,$K$7:$AN$442,2+$C7)*100</f>
+        <v>23.200000000000003</v>
+      </c>
+      <c r="H7" s="4"/>
+      <c r="J7" s="42"/>
+      <c r="K7" s="13">
+        <v>1</v>
+      </c>
+      <c r="L7" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="M7" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="N7" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="O7" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="P7" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Q7" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="R7" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="S7" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="T7" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="U7" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="V7" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="W7" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="X7" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="Y7" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Z7" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AA7" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AB7" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AC7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD7" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AE7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF7" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AG7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ7" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AK7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL7" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM7" s="17"/>
+      <c r="AN7" s="17"/>
+      <c r="AO7" s="12"/>
+      <c r="AP7" s="12"/>
+      <c r="AQ7" s="33"/>
+      <c r="AR7" s="33"/>
+      <c r="AS7" s="12"/>
+      <c r="AT7" s="12"/>
+      <c r="AU7" s="12"/>
+      <c r="AV7" s="12"/>
+      <c r="AW7" s="33"/>
+      <c r="AX7" s="33"/>
+      <c r="AY7" s="33"/>
+      <c r="AZ7" s="33"/>
+      <c r="BA7" s="33"/>
+      <c r="BB7" s="32">
+        <v>1</v>
+      </c>
+      <c r="BC7" s="28" t="s">
+        <v>94</v>
+      </c>
+      <c r="BD7" s="28" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="8" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B8" s="4"/>
+      <c r="C8" s="7">
+        <v>3</v>
+      </c>
+      <c r="D8" s="37" t="s">
+        <v>103</v>
+      </c>
+      <c r="E8" s="9">
+        <f t="shared" si="0"/>
+        <v>98</v>
+      </c>
+      <c r="F8" s="4"/>
+      <c r="G8" s="9">
+        <f t="shared" si="1"/>
+        <v>29.7</v>
+      </c>
+      <c r="H8" s="4"/>
+      <c r="J8" s="42"/>
+      <c r="K8" s="13">
+        <v>2</v>
+      </c>
+      <c r="L8" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="M8" s="17">
+        <v>1</v>
+      </c>
+      <c r="N8" s="17">
+        <v>1</v>
+      </c>
+      <c r="O8" s="17">
+        <v>1</v>
+      </c>
+      <c r="P8" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q8" s="17">
+        <v>1</v>
+      </c>
+      <c r="R8" s="17">
+        <v>1</v>
+      </c>
+      <c r="S8" s="17">
+        <v>0</v>
+      </c>
+      <c r="T8" s="17">
+        <v>1</v>
+      </c>
+      <c r="U8" s="17">
+        <v>1</v>
+      </c>
+      <c r="V8" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="W8" s="17">
+        <v>1</v>
+      </c>
+      <c r="X8" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y8" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z8" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AA8" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AB8" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC8" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AD8" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AE8" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AF8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH8" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AI8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL8" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM8" s="17"/>
+      <c r="AN8" s="17"/>
+      <c r="AO8" s="12"/>
+      <c r="AP8" s="12"/>
+      <c r="AQ8" s="33"/>
+      <c r="AR8" s="33"/>
+      <c r="AS8" s="12"/>
+      <c r="AT8" s="12"/>
+      <c r="AU8" s="12"/>
+      <c r="AV8" s="12"/>
+      <c r="AW8" s="33"/>
+      <c r="AX8" s="33"/>
+      <c r="AY8" s="33"/>
+      <c r="AZ8" s="33"/>
+      <c r="BA8" s="33"/>
+      <c r="BB8" s="32">
+        <v>3</v>
+      </c>
+      <c r="BC8" s="28" t="s">
+        <v>95</v>
+      </c>
+      <c r="BD8" s="28" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="9" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B9" s="4"/>
+      <c r="C9" s="7">
+        <v>4</v>
+      </c>
+      <c r="D9" s="37" t="s">
+        <v>107</v>
+      </c>
+      <c r="E9" s="9">
+        <f t="shared" si="0"/>
+        <v>97.899999999999991</v>
+      </c>
+      <c r="F9" s="4"/>
+      <c r="G9" s="9">
+        <f t="shared" si="1"/>
+        <v>29.799999999999997</v>
+      </c>
+      <c r="H9" s="4"/>
+      <c r="J9" s="42"/>
+      <c r="K9" s="13">
+        <v>3</v>
+      </c>
+      <c r="L9" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="M9" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="N9" s="17">
+        <v>0.94</v>
+      </c>
+      <c r="O9" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="P9" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Q9" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="R9" s="17">
+        <v>0.93200000000000005</v>
+      </c>
+      <c r="S9" s="17">
+        <v>0.78700000000000003</v>
+      </c>
+      <c r="T9" s="17">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="U9" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="V9" s="17">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="W9" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="X9" s="17">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="Y9" s="17">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="Z9" s="17">
+        <v>0.22700000000000001</v>
+      </c>
+      <c r="AA9" s="17">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="AB9" s="17">
+        <v>0.25900000000000001</v>
+      </c>
+      <c r="AC9" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="AD9" s="17">
+        <v>0.246</v>
+      </c>
+      <c r="AE9" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="AF9" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="AG9" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AH9" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AI9" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AJ9" s="17">
+        <v>0.108</v>
+      </c>
+      <c r="AK9" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AL9" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="AM9" s="17"/>
+      <c r="AN9" s="17"/>
+      <c r="AO9" s="12"/>
+      <c r="AP9" s="12"/>
+      <c r="AQ9" s="33"/>
+      <c r="AR9" s="33"/>
+      <c r="AS9" s="12"/>
+      <c r="AT9" s="12"/>
+      <c r="AU9" s="12"/>
+      <c r="AV9" s="12"/>
+      <c r="AW9" s="33"/>
+      <c r="AX9" s="33"/>
+      <c r="AY9" s="33"/>
+      <c r="AZ9" s="33"/>
+      <c r="BA9" s="33"/>
+      <c r="BB9" s="32">
+        <v>5</v>
+      </c>
+      <c r="BC9" s="28" t="s">
+        <v>96</v>
+      </c>
+      <c r="BD9" s="28" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="10" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B10" s="4"/>
+      <c r="C10" s="7">
+        <v>5</v>
+      </c>
+      <c r="D10" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="E10" s="9">
+        <f t="shared" si="0"/>
+        <v>87.9</v>
+      </c>
+      <c r="F10" s="4"/>
+      <c r="G10" s="9">
+        <f t="shared" si="1"/>
+        <v>30.099999999999998</v>
+      </c>
+      <c r="H10" s="4"/>
+      <c r="J10" s="42"/>
+      <c r="K10" s="13">
+        <v>4</v>
+      </c>
+      <c r="L10" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="M10" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="N10" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="O10" s="17">
+        <v>0</v>
+      </c>
+      <c r="P10" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q10" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="R10" s="17">
+        <v>0</v>
+      </c>
+      <c r="S10" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="T10" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="U10" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="V10" s="17">
+        <v>0</v>
+      </c>
+      <c r="W10" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="X10" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y10" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Z10" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AA10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF10" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AG10" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH10" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AI10" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AJ10" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AK10" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AL10" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AM10" s="17"/>
+      <c r="AN10" s="17"/>
+      <c r="AO10" s="12"/>
+      <c r="AP10" s="12"/>
+      <c r="AQ10" s="33"/>
+      <c r="AR10" s="33"/>
+      <c r="AS10" s="12"/>
+      <c r="AT10" s="12"/>
+      <c r="AU10" s="12"/>
+      <c r="AV10" s="12"/>
+      <c r="AW10" s="33"/>
+      <c r="AX10" s="33"/>
+      <c r="AY10" s="33"/>
+      <c r="AZ10" s="33"/>
+      <c r="BA10" s="33"/>
+      <c r="BB10" s="32">
+        <v>7</v>
+      </c>
+      <c r="BC10" s="28" t="s">
+        <v>97</v>
+      </c>
+      <c r="BD10" s="28" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="11" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B11" s="4"/>
+      <c r="C11" s="7">
+        <v>6</v>
+      </c>
+      <c r="D11" s="37" t="s">
+        <v>114</v>
+      </c>
+      <c r="E11" s="9">
+        <f t="shared" si="0"/>
+        <v>87.5</v>
+      </c>
+      <c r="F11" s="4"/>
+      <c r="G11" s="9">
+        <f t="shared" si="1"/>
+        <v>28.599999999999998</v>
+      </c>
+      <c r="H11" s="4"/>
+      <c r="J11" s="42"/>
+      <c r="K11" s="13">
+        <v>5</v>
+      </c>
+      <c r="L11" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="M11" s="17">
+        <v>1</v>
+      </c>
+      <c r="N11" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="O11" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="P11" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Q11" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="R11" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="S11" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="T11" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="U11" s="17">
+        <v>0</v>
+      </c>
+      <c r="V11" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="W11" s="17">
+        <v>0</v>
+      </c>
+      <c r="X11" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="Y11" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK11" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AL11" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM11" s="17"/>
+      <c r="AN11" s="17"/>
+      <c r="AO11" s="12"/>
+      <c r="AP11" s="12"/>
+      <c r="AQ11" s="33"/>
+      <c r="AR11" s="33"/>
+      <c r="AS11" s="12"/>
+      <c r="AT11" s="12"/>
+      <c r="AU11" s="12"/>
+      <c r="AV11" s="12"/>
+      <c r="AW11" s="33"/>
+      <c r="AX11" s="33"/>
+      <c r="AY11" s="33"/>
+      <c r="AZ11" s="33"/>
+      <c r="BA11" s="33"/>
+      <c r="BB11" s="32">
+        <v>9</v>
+      </c>
+      <c r="BC11" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="BD11" s="28" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="12" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B12" s="4"/>
+      <c r="C12" s="7">
+        <v>7</v>
+      </c>
+      <c r="D12" s="37" t="s">
+        <v>118</v>
+      </c>
+      <c r="E12" s="9">
+        <f t="shared" si="0"/>
+        <v>87.6</v>
+      </c>
+      <c r="F12" s="4"/>
+      <c r="G12" s="9">
+        <f t="shared" si="1"/>
+        <v>30.099999999999998</v>
+      </c>
+      <c r="H12" s="4"/>
+      <c r="J12" s="42"/>
+      <c r="K12" s="13">
+        <v>6</v>
+      </c>
+      <c r="L12" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="M12" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="N12" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="O12" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="P12" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Q12" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="R12" s="17">
+        <v>1</v>
+      </c>
+      <c r="S12" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="T12" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="U12" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="V12" s="17">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="W12" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="X12" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="Y12" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Z12" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AA12" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AB12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC12" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AD12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE12" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AF12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI12" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ12" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AK12" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AL12" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AM12" s="17"/>
+      <c r="AN12" s="17"/>
+      <c r="AO12" s="12"/>
+      <c r="AP12" s="12"/>
+      <c r="AQ12" s="33"/>
+      <c r="AR12" s="33"/>
+      <c r="AS12" s="12"/>
+      <c r="AT12" s="12"/>
+      <c r="AU12" s="12"/>
+      <c r="AV12" s="12"/>
+      <c r="AW12" s="33"/>
+      <c r="AX12" s="33"/>
+      <c r="AY12" s="33"/>
+      <c r="AZ12" s="33"/>
+      <c r="BA12" s="33"/>
+      <c r="BB12" s="32">
+        <v>11</v>
+      </c>
+      <c r="BC12" s="28" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B13" s="4"/>
+      <c r="C13" s="7">
+        <v>8</v>
+      </c>
+      <c r="D13" s="37" t="s">
+        <v>122</v>
+      </c>
+      <c r="E13" s="9">
+        <f t="shared" si="0"/>
+        <v>90</v>
+      </c>
+      <c r="F13" s="4"/>
+      <c r="G13" s="9">
+        <f t="shared" si="1"/>
+        <v>25.5</v>
+      </c>
+      <c r="H13" s="4"/>
+      <c r="J13" s="42"/>
+      <c r="K13" s="13">
+        <v>7</v>
+      </c>
+      <c r="L13" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M13" s="17">
+        <v>0</v>
+      </c>
+      <c r="N13" s="17">
+        <v>0</v>
+      </c>
+      <c r="O13" s="17">
+        <v>0</v>
+      </c>
+      <c r="P13" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="Q13" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="R13" s="17">
+        <v>0</v>
+      </c>
+      <c r="S13" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="T13" s="17">
+        <v>0</v>
+      </c>
+      <c r="U13" s="17">
+        <v>0</v>
+      </c>
+      <c r="V13" s="17">
+        <v>0</v>
+      </c>
+      <c r="W13" s="17">
+        <v>0</v>
+      </c>
+      <c r="X13" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y13" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD13" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AE13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH13" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI13" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AJ13" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AK13" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AL13" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AM13" s="17"/>
+      <c r="AN13" s="17"/>
+      <c r="AO13" s="12"/>
+      <c r="AP13" s="12"/>
+      <c r="AQ13" s="33"/>
+      <c r="AR13" s="33"/>
+      <c r="AS13" s="12"/>
+      <c r="AT13" s="12"/>
+      <c r="AU13" s="12"/>
+      <c r="AV13" s="12"/>
+      <c r="AW13" s="33"/>
+      <c r="AX13" s="33"/>
+      <c r="AY13" s="33"/>
+      <c r="AZ13" s="33"/>
+      <c r="BA13" s="33"/>
+      <c r="BB13" s="32">
+        <v>13</v>
+      </c>
+      <c r="BC13" s="28" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B14" s="4"/>
+      <c r="C14" s="7">
+        <v>9</v>
+      </c>
+      <c r="D14" s="37" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" s="9">
+        <f t="shared" si="0"/>
+        <v>88.6</v>
+      </c>
+      <c r="F14" s="4"/>
+      <c r="G14" s="9">
+        <f t="shared" si="1"/>
+        <v>15.1</v>
+      </c>
+      <c r="H14" s="4"/>
+      <c r="J14" s="42"/>
+      <c r="K14" s="13">
+        <v>8</v>
+      </c>
+      <c r="L14" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M14" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="N14" s="17">
+        <v>1</v>
+      </c>
+      <c r="O14" s="17">
+        <v>1</v>
+      </c>
+      <c r="P14" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Q14" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="R14" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="S14" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="T14" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="U14" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="V14" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="W14" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="X14" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="Y14" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="Z14" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AA14" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AB14" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AC14" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AD14" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AE14" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AF14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL14" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM14" s="17"/>
+      <c r="AN14" s="17"/>
+      <c r="AO14" s="12"/>
+      <c r="AP14" s="12"/>
+      <c r="AQ14" s="33"/>
+      <c r="AR14" s="33"/>
+      <c r="AS14" s="12"/>
+      <c r="AT14" s="12"/>
+      <c r="AU14" s="12"/>
+      <c r="AV14" s="12"/>
+      <c r="AW14" s="33"/>
+      <c r="AX14" s="33"/>
+      <c r="AY14" s="33"/>
+      <c r="AZ14" s="33"/>
+      <c r="BA14" s="33"/>
+      <c r="BB14" s="32">
+        <v>15</v>
+      </c>
+      <c r="BC14" s="28" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B15" s="4"/>
+      <c r="C15" s="7">
+        <v>10</v>
+      </c>
+      <c r="D15" s="37" t="s">
+        <v>130</v>
+      </c>
+      <c r="E15" s="9">
+        <f t="shared" si="0"/>
+        <v>91.2</v>
+      </c>
+      <c r="F15" s="4"/>
+      <c r="G15" s="9">
+        <f t="shared" si="1"/>
+        <v>12.9</v>
+      </c>
+      <c r="H15" s="4"/>
+      <c r="J15" s="42"/>
+      <c r="K15" s="13">
+        <v>9</v>
+      </c>
+      <c r="L15" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="M15" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="N15" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="O15" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="P15" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Q15" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="R15" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="S15" s="17">
+        <v>0</v>
+      </c>
+      <c r="T15" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="U15" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="V15" s="17">
+        <v>0</v>
+      </c>
+      <c r="W15" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="X15" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y15" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AB15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH15" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AI15" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AJ15" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AK15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL15" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM15" s="17"/>
+      <c r="AN15" s="17"/>
+      <c r="AO15" s="12"/>
+      <c r="AP15" s="12"/>
+      <c r="AQ15" s="33"/>
+      <c r="AR15" s="33"/>
+      <c r="AS15" s="12"/>
+      <c r="AT15" s="12"/>
+      <c r="AU15" s="12"/>
+      <c r="AV15" s="12"/>
+      <c r="AW15" s="33"/>
+      <c r="AX15" s="33"/>
+      <c r="AY15" s="33"/>
+      <c r="AZ15" s="33"/>
+      <c r="BA15" s="33"/>
+      <c r="BB15" s="32">
+        <v>17</v>
+      </c>
+      <c r="BC15" s="28" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:56" x14ac:dyDescent="0.35">
+      <c r="B16" s="4"/>
+      <c r="C16" s="7">
+        <v>11</v>
+      </c>
+      <c r="D16" s="37" t="s">
+        <v>3</v>
+      </c>
+      <c r="E16" s="9">
+        <f t="shared" si="0"/>
+        <v>85</v>
+      </c>
+      <c r="F16" s="4"/>
+      <c r="G16" s="9">
+        <f t="shared" si="1"/>
+        <v>9.9</v>
+      </c>
+      <c r="H16" s="4"/>
+      <c r="J16" s="42"/>
+      <c r="K16" s="13">
+        <v>10</v>
+      </c>
+      <c r="L16" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="M16" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="N16" s="17">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="O16" s="17">
+        <v>0.49099999999999999</v>
+      </c>
+      <c r="P16" s="17">
+        <v>0.38200000000000001</v>
+      </c>
+      <c r="Q16" s="17">
+        <v>0.40899999999999997</v>
+      </c>
+      <c r="R16" s="17">
+        <v>0.309</v>
+      </c>
+      <c r="S16" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="T16" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="U16" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="V16" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="W16" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="X16" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Y16" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="Z16" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AA16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB16" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AC16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD16" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AE16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG16" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AH16" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AI16" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AJ16" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK16" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AL16" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AM16" s="17"/>
+      <c r="AN16" s="17"/>
+      <c r="AO16" s="12"/>
+      <c r="AP16" s="12"/>
+      <c r="AQ16" s="33"/>
+      <c r="AR16" s="33"/>
+      <c r="AS16" s="12"/>
+      <c r="AT16" s="12"/>
+      <c r="AU16" s="12"/>
+      <c r="AV16" s="12"/>
+      <c r="AW16" s="33"/>
+      <c r="AX16" s="33"/>
+      <c r="AY16" s="33"/>
+      <c r="AZ16" s="33"/>
+      <c r="BA16" s="33"/>
+      <c r="BB16" s="32">
+        <v>19</v>
+      </c>
+      <c r="BC16" s="28" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="17" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B17" s="4"/>
+      <c r="C17" s="7">
+        <v>12</v>
+      </c>
+      <c r="D17" s="38" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" s="9">
+        <f t="shared" si="0"/>
+        <v>82.5</v>
+      </c>
+      <c r="F17" s="4"/>
+      <c r="G17" s="9">
+        <f t="shared" si="1"/>
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="H17" s="4"/>
+      <c r="J17" s="42"/>
+      <c r="K17" s="13">
+        <v>11</v>
+      </c>
+      <c r="L17" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="M17" s="17">
+        <v>1</v>
+      </c>
+      <c r="N17" s="17">
+        <v>1</v>
+      </c>
+      <c r="O17" s="17">
+        <v>1</v>
+      </c>
+      <c r="P17" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q17" s="17">
+        <v>0</v>
+      </c>
+      <c r="R17" s="17">
+        <v>0</v>
+      </c>
+      <c r="S17" s="17">
+        <v>0</v>
+      </c>
+      <c r="T17" s="17">
+        <v>0</v>
+      </c>
+      <c r="U17" s="17">
+        <v>0</v>
+      </c>
+      <c r="V17" s="17">
+        <v>1</v>
+      </c>
+      <c r="W17" s="17">
+        <v>1</v>
+      </c>
+      <c r="X17" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y17" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI17" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL17" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM17" s="17"/>
+      <c r="AN17" s="17"/>
+      <c r="AO17" s="12"/>
+      <c r="AP17" s="12"/>
+      <c r="AQ17" s="33"/>
+      <c r="AR17" s="33"/>
+      <c r="AS17" s="12"/>
+      <c r="AT17" s="12"/>
+      <c r="AU17" s="12"/>
+      <c r="AV17" s="12"/>
+      <c r="AW17" s="33"/>
+      <c r="AX17" s="33"/>
+      <c r="AY17" s="33"/>
+      <c r="AZ17" s="33"/>
+      <c r="BA17" s="33"/>
+      <c r="BB17" s="32">
+        <v>21</v>
+      </c>
+      <c r="BC17" s="28" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="18" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B18" s="4"/>
+      <c r="C18" s="7">
+        <v>13</v>
+      </c>
+      <c r="D18" s="37" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" s="9">
+        <f t="shared" si="0"/>
+        <v>79.5</v>
+      </c>
+      <c r="F18" s="4"/>
+      <c r="G18" s="9">
+        <f t="shared" si="1"/>
+        <v>10.6</v>
+      </c>
+      <c r="H18" s="4"/>
+      <c r="J18" s="42"/>
+      <c r="K18" s="13">
+        <v>12</v>
+      </c>
+      <c r="L18" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="M18" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="N18" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="O18" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="P18" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="Q18" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="R18" s="17">
+        <v>1</v>
+      </c>
+      <c r="S18" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="T18" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="U18" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="V18" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="W18" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="X18" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="Y18" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="Z18" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="AA18" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AB18" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC18" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AD18" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AE18" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AF18" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="AG18" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AH18" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AI18" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AJ18" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AK18" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AL18" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AM18" s="17"/>
+      <c r="AN18" s="17"/>
+      <c r="AO18" s="12"/>
+      <c r="AP18" s="12"/>
+      <c r="AQ18" s="33"/>
+      <c r="AR18" s="33"/>
+      <c r="AS18" s="12"/>
+      <c r="AT18" s="12"/>
+      <c r="AU18" s="12"/>
+      <c r="AV18" s="12"/>
+      <c r="AW18" s="33"/>
+      <c r="AX18" s="33"/>
+      <c r="AY18" s="33"/>
+      <c r="AZ18" s="33"/>
+      <c r="BA18" s="33"/>
+      <c r="BB18" s="32">
+        <v>25</v>
+      </c>
+      <c r="BC18" s="28" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B19" s="4"/>
+      <c r="C19" s="7">
+        <v>14</v>
+      </c>
+      <c r="D19" s="37" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" s="9">
+        <f t="shared" si="0"/>
+        <v>79.900000000000006</v>
+      </c>
+      <c r="F19" s="4"/>
+      <c r="G19" s="9">
+        <f t="shared" si="1"/>
+        <v>11.200000000000001</v>
+      </c>
+      <c r="H19" s="4"/>
+      <c r="J19" s="42"/>
+      <c r="K19" s="13">
+        <v>13</v>
+      </c>
+      <c r="L19" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="M19" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="N19" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="O19" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="P19" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Q19" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="R19" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="S19" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="T19" s="17">
+        <v>0</v>
+      </c>
+      <c r="U19" s="17">
+        <v>0</v>
+      </c>
+      <c r="V19" s="17">
+        <v>0</v>
+      </c>
+      <c r="W19" s="17">
+        <v>0</v>
+      </c>
+      <c r="X19" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y19" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Z19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AB19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC19" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AD19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AG19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL19" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM19" s="17"/>
+      <c r="AN19" s="17"/>
+      <c r="AO19" s="12"/>
+      <c r="AP19" s="12"/>
+      <c r="AQ19" s="33"/>
+      <c r="AR19" s="33"/>
+      <c r="AS19" s="12"/>
+      <c r="AT19" s="12"/>
+      <c r="AU19" s="12"/>
+      <c r="AV19" s="12"/>
+      <c r="AW19" s="33"/>
+      <c r="AX19" s="33"/>
+      <c r="AY19" s="33"/>
+      <c r="AZ19" s="33"/>
+      <c r="BA19" s="33"/>
+      <c r="BB19" s="32">
+        <v>27</v>
+      </c>
+      <c r="BC19" s="28" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B20" s="4"/>
+      <c r="C20" s="7">
+        <v>15</v>
+      </c>
+      <c r="D20" s="37" t="s">
+        <v>152</v>
+      </c>
+      <c r="E20" s="9">
+        <f t="shared" si="0"/>
+        <v>80.300000000000011</v>
+      </c>
+      <c r="F20" s="4"/>
+      <c r="G20" s="9">
+        <f t="shared" si="1"/>
+        <v>11.799999999999999</v>
+      </c>
+      <c r="H20" s="4"/>
+      <c r="J20" s="42"/>
+      <c r="K20" s="13">
+        <v>14</v>
+      </c>
+      <c r="L20" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="M20" s="17">
+        <v>0</v>
+      </c>
+      <c r="N20" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="O20" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="P20" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q20" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="R20" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="S20" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="T20" s="17">
+        <v>0</v>
+      </c>
+      <c r="U20" s="17">
+        <v>0</v>
+      </c>
+      <c r="V20" s="17">
+        <v>0</v>
+      </c>
+      <c r="W20" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="X20" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="Y20" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z20" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AA20" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AB20" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AC20" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AD20" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AE20" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AF20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI20" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AJ20" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AK20" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL20" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AM20" s="17"/>
+      <c r="AN20" s="17"/>
+      <c r="AO20" s="12"/>
+      <c r="AP20" s="12"/>
+      <c r="AQ20" s="33"/>
+      <c r="AR20" s="33"/>
+      <c r="AS20" s="12"/>
+      <c r="AT20" s="12"/>
+      <c r="AU20" s="12"/>
+      <c r="AV20" s="12"/>
+      <c r="AW20" s="33"/>
+      <c r="AX20" s="33"/>
+      <c r="AY20" s="33"/>
+      <c r="AZ20" s="33"/>
+      <c r="BA20" s="33"/>
+      <c r="BB20" s="32">
+        <v>29</v>
+      </c>
+      <c r="BC20" s="28" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="21" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B21" s="4"/>
+      <c r="C21" s="7">
+        <v>16</v>
+      </c>
+      <c r="D21" s="37" t="s">
+        <v>153</v>
+      </c>
+      <c r="E21" s="9">
+        <f t="shared" si="0"/>
+        <v>81.599999999999994</v>
+      </c>
+      <c r="F21" s="4"/>
+      <c r="G21" s="9">
+        <f t="shared" si="1"/>
+        <v>10.5</v>
+      </c>
+      <c r="H21" s="4"/>
+      <c r="J21" s="42"/>
+      <c r="K21" s="13">
+        <v>15</v>
+      </c>
+      <c r="L21" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="M21" s="17">
+        <v>1</v>
+      </c>
+      <c r="N21" s="17">
+        <v>1</v>
+      </c>
+      <c r="O21" s="17">
+        <v>1</v>
+      </c>
+      <c r="P21" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q21" s="17">
+        <v>0</v>
+      </c>
+      <c r="R21" s="17">
+        <v>1</v>
+      </c>
+      <c r="S21" s="17">
+        <v>1</v>
+      </c>
+      <c r="T21" s="17">
+        <v>1</v>
+      </c>
+      <c r="U21" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="V21" s="17">
+        <v>0</v>
+      </c>
+      <c r="W21" s="17">
+        <v>1</v>
+      </c>
+      <c r="X21" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Y21" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Z21" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA21" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AB21" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC21" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AD21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE21" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AF21" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AG21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK21" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AL21" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM21" s="17"/>
+      <c r="AN21" s="17"/>
+      <c r="AO21" s="12"/>
+      <c r="AP21" s="12"/>
+      <c r="AQ21" s="33"/>
+      <c r="AR21" s="33"/>
+      <c r="AS21" s="12"/>
+      <c r="AT21" s="12"/>
+      <c r="AU21" s="12"/>
+      <c r="AV21" s="12"/>
+      <c r="AW21" s="33"/>
+      <c r="AX21" s="33"/>
+      <c r="AY21" s="33"/>
+      <c r="AZ21" s="33"/>
+      <c r="BA21" s="33"/>
+      <c r="BB21" s="32">
+        <v>23</v>
+      </c>
+      <c r="BC21" s="28" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="22" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B22" s="4"/>
+      <c r="C22" s="7">
+        <v>17</v>
+      </c>
+      <c r="D22" s="37" t="s">
+        <v>154</v>
+      </c>
+      <c r="E22" s="9">
+        <f t="shared" si="0"/>
+        <v>73.599999999999994</v>
+      </c>
+      <c r="F22" s="4"/>
+      <c r="G22" s="9">
+        <f t="shared" si="1"/>
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="H22" s="4"/>
+      <c r="J22" s="42"/>
+      <c r="K22" s="13">
+        <v>16</v>
+      </c>
+      <c r="L22" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="M22" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="N22" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="O22" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="P22" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="Q22" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="R22" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="S22" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="T22" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="U22" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="V22" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="W22" s="17">
+        <v>0</v>
+      </c>
+      <c r="X22" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Y22" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="Z22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AB22" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AC22" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AD22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG22" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AH22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL22" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM22" s="17"/>
+      <c r="AN22" s="17"/>
+      <c r="AO22" s="12"/>
+      <c r="AP22" s="12"/>
+      <c r="AQ22" s="33"/>
+      <c r="AR22" s="33"/>
+      <c r="AS22" s="12"/>
+      <c r="AT22" s="12"/>
+      <c r="AU22" s="12"/>
+      <c r="AV22" s="12"/>
+      <c r="AW22" s="33"/>
+      <c r="AX22" s="33"/>
+      <c r="AY22" s="33"/>
+      <c r="AZ22" s="33"/>
+      <c r="BA22" s="33"/>
+      <c r="BB22" s="32">
+        <v>31</v>
+      </c>
+      <c r="BC22" s="28" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="23" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B23" s="4"/>
+      <c r="C23" s="7">
+        <v>18</v>
+      </c>
+      <c r="D23" s="37" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" s="9">
+        <f t="shared" si="0"/>
+        <v>76.7</v>
+      </c>
+      <c r="F23" s="4"/>
+      <c r="G23" s="9">
+        <f t="shared" si="1"/>
+        <v>6.6000000000000005</v>
+      </c>
+      <c r="H23" s="4"/>
+      <c r="J23" s="42"/>
+      <c r="K23" s="13">
+        <v>17</v>
+      </c>
+      <c r="L23" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="M23" s="17">
+        <v>1</v>
+      </c>
+      <c r="N23" s="17">
+        <v>1</v>
+      </c>
+      <c r="O23" s="17">
+        <v>1</v>
+      </c>
+      <c r="P23" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q23" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="R23" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="S23" s="17">
+        <v>0</v>
+      </c>
+      <c r="T23" s="17">
+        <v>1</v>
+      </c>
+      <c r="U23" s="17">
+        <v>0</v>
+      </c>
+      <c r="V23" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="W23" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="X23" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y23" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Z23" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA23" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB23" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC23" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD23" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE23" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF23" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG23" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH23" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI23" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AJ23" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK23" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL23" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM23" s="17"/>
+      <c r="AN23" s="17"/>
+      <c r="AO23" s="12"/>
+      <c r="AP23" s="12"/>
+      <c r="AQ23" s="33"/>
+      <c r="AR23" s="33"/>
+      <c r="AS23" s="12"/>
+      <c r="AT23" s="12"/>
+      <c r="AU23" s="12"/>
+      <c r="AV23" s="12"/>
+      <c r="AW23" s="33"/>
+      <c r="AX23" s="33"/>
+      <c r="AY23" s="33"/>
+      <c r="AZ23" s="33"/>
+      <c r="BA23" s="33"/>
+      <c r="BB23" s="32">
+        <v>33</v>
+      </c>
+      <c r="BC23" s="28" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="24" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B24" s="4"/>
+      <c r="C24" s="7">
+        <v>19</v>
+      </c>
+      <c r="D24" s="37" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" s="9">
+        <f t="shared" si="0"/>
+        <v>68.400000000000006</v>
+      </c>
+      <c r="F24" s="4"/>
+      <c r="G24" s="9">
+        <f t="shared" si="1"/>
+        <v>6.3</v>
+      </c>
+      <c r="H24" s="4"/>
+      <c r="J24" s="42"/>
+      <c r="K24" s="13">
+        <v>18</v>
+      </c>
+      <c r="L24" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M24" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="N24" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="O24" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="P24" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="Q24" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="R24" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="S24" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="T24" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="U24" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="V24" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="W24" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="X24" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Y24" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AB24" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC24" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD24" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE24" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF24" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG24" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AH24" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AI24" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AJ24" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AK24" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AL24" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM24" s="17"/>
+      <c r="AN24" s="17"/>
+      <c r="AO24" s="12"/>
+      <c r="AP24" s="12"/>
+      <c r="AQ24" s="33"/>
+      <c r="AR24" s="33"/>
+      <c r="AS24" s="12"/>
+      <c r="AT24" s="12"/>
+      <c r="AU24" s="12"/>
+      <c r="AV24" s="12"/>
+      <c r="AW24" s="33"/>
+      <c r="AX24" s="33"/>
+      <c r="AY24" s="33"/>
+      <c r="AZ24" s="33"/>
+      <c r="BA24" s="33"/>
+      <c r="BB24" s="32">
+        <v>35</v>
+      </c>
+      <c r="BC24" s="28" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B25" s="4"/>
+      <c r="C25" s="7">
+        <v>20</v>
+      </c>
+      <c r="D25" s="37" t="s">
+        <v>158</v>
+      </c>
+      <c r="E25" s="9">
+        <f t="shared" si="0"/>
+        <v>66.7</v>
+      </c>
+      <c r="F25" s="4"/>
+      <c r="G25" s="9">
+        <f t="shared" si="1"/>
+        <v>5.8999999999999995</v>
+      </c>
+      <c r="H25" s="4"/>
+      <c r="J25" s="42"/>
+      <c r="K25" s="13">
+        <v>19</v>
+      </c>
+      <c r="L25" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="N25" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="O25" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="P25" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="Q25" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="R25" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="S25" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="T25" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="U25" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="V25" s="17">
+        <v>0.17599999999999999</v>
+      </c>
+      <c r="W25" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="X25" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="Y25" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Z25" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AA25" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AB25" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AC25" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="AD25" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AE25" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AF25" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AG25" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH25" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI25" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ25" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK25" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AL25" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AM25" s="17"/>
+      <c r="AN25" s="17"/>
+      <c r="AO25" s="12"/>
+      <c r="AP25" s="12"/>
+      <c r="AQ25" s="33"/>
+      <c r="AR25" s="33"/>
+      <c r="AS25" s="12"/>
+      <c r="AT25" s="12"/>
+      <c r="AU25" s="12"/>
+      <c r="AV25" s="12"/>
+      <c r="AW25" s="33"/>
+      <c r="AX25" s="33"/>
+      <c r="AY25" s="33"/>
+      <c r="AZ25" s="33"/>
+      <c r="BA25" s="33"/>
+      <c r="BB25" s="32">
+        <v>37</v>
+      </c>
+      <c r="BC25" s="28" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B26" s="4"/>
+      <c r="C26" s="7">
+        <v>21</v>
+      </c>
+      <c r="D26" s="37" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" s="9">
+        <f t="shared" si="0"/>
+        <v>69.399999999999991</v>
+      </c>
+      <c r="F26" s="4"/>
+      <c r="G26" s="9">
+        <f t="shared" si="1"/>
+        <v>8.7999999999999989</v>
+      </c>
+      <c r="H26" s="4"/>
+      <c r="J26" s="42"/>
+      <c r="K26" s="13">
+        <v>20</v>
+      </c>
+      <c r="L26" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="M26" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="N26" s="17">
+        <v>0.59399999999999997</v>
+      </c>
+      <c r="O26" s="17">
+        <v>0.48399999999999999</v>
+      </c>
+      <c r="P26" s="17">
+        <v>0.21199999999999999</v>
+      </c>
+      <c r="Q26" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="R26" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="S26" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="T26" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="U26" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="V26" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="W26" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="X26" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="Y26" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="Z26" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AB26" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AC26" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AD26" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE26" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AF26" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG26" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AH26" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI26" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ26" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AK26" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL26" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM26" s="17"/>
+      <c r="AN26" s="17"/>
+      <c r="AO26" s="12"/>
+      <c r="AP26" s="12"/>
+      <c r="AQ26" s="33"/>
+      <c r="AR26" s="33"/>
+      <c r="AS26" s="12"/>
+      <c r="AT26" s="12"/>
+      <c r="AU26" s="12"/>
+      <c r="AV26" s="12"/>
+      <c r="AW26" s="33"/>
+      <c r="AX26" s="33"/>
+      <c r="AY26" s="33"/>
+      <c r="AZ26" s="33"/>
+      <c r="BA26" s="33"/>
+      <c r="BB26" s="32">
+        <v>39</v>
+      </c>
+      <c r="BC26" s="28" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B27" s="4"/>
+      <c r="C27" s="7">
+        <v>22</v>
+      </c>
+      <c r="D27" s="37" t="s">
+        <v>159</v>
+      </c>
+      <c r="E27" s="9">
+        <f t="shared" si="0"/>
+        <v>57.599999999999994</v>
+      </c>
+      <c r="F27" s="4"/>
+      <c r="G27" s="9">
+        <f t="shared" si="1"/>
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="H27" s="4"/>
+      <c r="J27" s="42"/>
+      <c r="K27" s="13">
+        <v>21</v>
+      </c>
+      <c r="L27" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="M27" s="17">
+        <v>1</v>
+      </c>
+      <c r="N27" s="17">
+        <v>1</v>
+      </c>
+      <c r="O27" s="17">
+        <v>1</v>
+      </c>
+      <c r="P27" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Q27" s="17">
+        <v>1</v>
+      </c>
+      <c r="R27" s="17">
+        <v>1</v>
+      </c>
+      <c r="S27" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="T27" s="17">
+        <v>1</v>
+      </c>
+      <c r="U27" s="17">
+        <v>0</v>
+      </c>
+      <c r="V27" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="W27" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X27" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Y27" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA27" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB27" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC27" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD27" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE27" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF27" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG27" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH27" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI27" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ27" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK27" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL27" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM27" s="17"/>
+      <c r="AN27" s="17"/>
+      <c r="AO27" s="12"/>
+      <c r="AP27" s="12"/>
+      <c r="AQ27" s="33"/>
+      <c r="AR27" s="33"/>
+      <c r="AS27" s="12"/>
+      <c r="AT27" s="12"/>
+      <c r="AU27" s="12"/>
+      <c r="AV27" s="12"/>
+      <c r="AW27" s="33"/>
+      <c r="AX27" s="33"/>
+      <c r="AY27" s="33"/>
+      <c r="AZ27" s="33"/>
+      <c r="BA27" s="33"/>
+      <c r="BB27" s="32">
+        <v>41</v>
+      </c>
+      <c r="BC27" s="28" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="28" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B28" s="4"/>
+      <c r="C28" s="7">
+        <v>23</v>
+      </c>
+      <c r="D28" s="37">
+        <v>44713</v>
+      </c>
+      <c r="E28" s="9">
+        <f t="shared" si="0"/>
+        <v>44.4</v>
+      </c>
+      <c r="F28" s="4"/>
+      <c r="G28" s="9">
+        <f t="shared" si="1"/>
+        <v>8.5</v>
+      </c>
+      <c r="H28" s="4"/>
+      <c r="J28" s="42"/>
+      <c r="K28" s="13">
+        <v>22</v>
+      </c>
+      <c r="L28" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="M28" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="N28" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="O28" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="P28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="Q28" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="R28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="S28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="T28" s="17">
+        <v>0</v>
+      </c>
+      <c r="U28" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="V28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="W28" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="X28" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="Y28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="Z28" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AB28" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC28" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD28" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE28" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AG28" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH28" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AI28" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AJ28" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AL28" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AM28" s="17"/>
+      <c r="AN28" s="17"/>
+      <c r="AO28" s="12"/>
+      <c r="AP28" s="12"/>
+      <c r="AQ28" s="33"/>
+      <c r="AR28" s="33"/>
+      <c r="AS28" s="12"/>
+      <c r="AT28" s="12"/>
+      <c r="AU28" s="12"/>
+      <c r="AV28" s="12"/>
+      <c r="AW28" s="33"/>
+      <c r="AX28" s="33"/>
+      <c r="AY28" s="33"/>
+      <c r="AZ28" s="33"/>
+      <c r="BA28" s="33"/>
+      <c r="BB28" s="32">
+        <v>43</v>
+      </c>
+      <c r="BC28" s="28" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="29" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B29" s="4"/>
+      <c r="C29" s="7">
+        <v>24</v>
+      </c>
+      <c r="D29" s="37">
+        <v>45078</v>
+      </c>
+      <c r="E29" s="9">
+        <f t="shared" si="0"/>
+        <v>40.699999999999996</v>
+      </c>
+      <c r="F29" s="4"/>
+      <c r="G29" s="9">
+        <f t="shared" si="1"/>
+        <v>6.7</v>
+      </c>
+      <c r="H29" s="4"/>
+      <c r="J29" s="42"/>
+      <c r="K29" s="13">
+        <v>23</v>
+      </c>
+      <c r="L29" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="M29" s="17">
+        <v>1</v>
+      </c>
+      <c r="N29" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="O29" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="P29" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Q29" s="17">
+        <v>1</v>
+      </c>
+      <c r="R29" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="S29" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="T29" s="17">
+        <v>1</v>
+      </c>
+      <c r="U29" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="V29" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="W29" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X29" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="Y29" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AA29" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AB29" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AC29" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AD29" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AE29" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AF29" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AG29" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AH29" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI29" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AJ29" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK29" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AL29" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM29" s="17"/>
+      <c r="AN29" s="17"/>
+      <c r="AO29" s="12"/>
+      <c r="AP29" s="12"/>
+      <c r="AQ29" s="33"/>
+      <c r="AR29" s="33"/>
+      <c r="AS29" s="12"/>
+      <c r="AT29" s="12"/>
+      <c r="AU29" s="12"/>
+      <c r="AV29" s="12"/>
+      <c r="AW29" s="33"/>
+      <c r="AX29" s="33"/>
+      <c r="AY29" s="33"/>
+      <c r="AZ29" s="33"/>
+      <c r="BA29" s="33"/>
+      <c r="BB29" s="32">
+        <v>45</v>
+      </c>
+      <c r="BC29" s="28" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="30" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B30" s="4"/>
+      <c r="C30" s="7">
+        <v>25</v>
+      </c>
+      <c r="D30" s="37">
+        <v>45444</v>
+      </c>
+      <c r="E30" s="9">
+        <f t="shared" si="0"/>
+        <v>40</v>
+      </c>
+      <c r="F30" s="4"/>
+      <c r="G30" s="9">
+        <f t="shared" si="1"/>
+        <v>6.7</v>
+      </c>
+      <c r="H30" s="4"/>
+      <c r="J30" s="42"/>
+      <c r="K30" s="13">
+        <v>24</v>
+      </c>
+      <c r="L30" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M30" s="17">
+        <v>0</v>
+      </c>
+      <c r="N30" s="17">
+        <v>1</v>
+      </c>
+      <c r="O30" s="17">
+        <v>0</v>
+      </c>
+      <c r="P30" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q30" s="17">
+        <v>1</v>
+      </c>
+      <c r="R30" s="17">
+        <v>1</v>
+      </c>
+      <c r="S30" s="17">
+        <v>0</v>
+      </c>
+      <c r="T30" s="17">
+        <v>1</v>
+      </c>
+      <c r="U30" s="17">
+        <v>0</v>
+      </c>
+      <c r="V30" s="17">
+        <v>1</v>
+      </c>
+      <c r="W30" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X30" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y30" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z30" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC30" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ30" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AK30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL30" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM30" s="17"/>
+      <c r="AN30" s="17"/>
+      <c r="AO30" s="12"/>
+      <c r="AP30" s="12"/>
+      <c r="AQ30" s="33"/>
+      <c r="AR30" s="33"/>
+      <c r="AS30" s="12"/>
+      <c r="AT30" s="12"/>
+      <c r="AU30" s="12"/>
+      <c r="AV30" s="12"/>
+      <c r="AW30" s="33"/>
+      <c r="AX30" s="33"/>
+      <c r="AY30" s="33"/>
+      <c r="AZ30" s="33"/>
+      <c r="BA30" s="33"/>
+      <c r="BB30" s="32">
+        <v>47</v>
+      </c>
+      <c r="BC30" s="28" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="31" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B31" s="4"/>
+      <c r="C31" s="7">
+        <v>26</v>
+      </c>
+      <c r="D31" s="37">
+        <v>45809</v>
+      </c>
+      <c r="E31" s="9">
+        <f>VLOOKUP($D$5+$D$3*88-88,$K$7:$AN$442,2+$C31)*100</f>
+        <v>43.1</v>
+      </c>
+      <c r="F31" s="4"/>
+      <c r="G31" s="9">
+        <f t="shared" si="1"/>
+        <v>10.100000000000001</v>
+      </c>
+      <c r="H31" s="4"/>
+      <c r="J31" s="42"/>
+      <c r="K31" s="13">
+        <v>25</v>
+      </c>
+      <c r="L31" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="M31" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="N31" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="O31" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="P31" s="17">
+        <v>0.60899999999999999</v>
+      </c>
+      <c r="Q31" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="R31" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="S31" s="17">
+        <v>0.433</v>
+      </c>
+      <c r="T31" s="17">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="U31" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="V31" s="17">
+        <v>0.32100000000000001</v>
+      </c>
+      <c r="W31" s="17">
+        <v>0.39500000000000002</v>
+      </c>
+      <c r="X31" s="17">
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="Y31" s="17">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="Z31" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AA31" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AB31" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AC31" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AD31" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AE31" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AF31" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="AG31" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="AH31" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AI31" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ31" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK31" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AL31" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM31" s="17"/>
+      <c r="AN31" s="17"/>
+      <c r="AO31" s="12"/>
+      <c r="AP31" s="12"/>
+      <c r="AQ31" s="33"/>
+      <c r="AR31" s="33"/>
+      <c r="AS31" s="12"/>
+      <c r="AT31" s="12"/>
+      <c r="AU31" s="12"/>
+      <c r="AV31" s="12"/>
+      <c r="AW31" s="33"/>
+      <c r="AX31" s="33"/>
+      <c r="AY31" s="33"/>
+      <c r="AZ31" s="33"/>
+      <c r="BA31" s="33"/>
+      <c r="BB31" s="32">
+        <v>49</v>
+      </c>
+      <c r="BC31" s="28" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="32" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B32" s="4"/>
+      <c r="C32" s="7">
+        <v>27</v>
+      </c>
+      <c r="D32" s="37">
+        <v>46174</v>
+      </c>
+      <c r="E32" s="9">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F32" s="4"/>
+      <c r="G32" s="9">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="H32" s="4"/>
+      <c r="J32" s="42"/>
+      <c r="K32" s="13">
+        <v>26</v>
+      </c>
+      <c r="L32" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="M32" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="N32" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="O32" s="17">
+        <v>0.39100000000000001</v>
+      </c>
+      <c r="P32" s="17">
+        <v>0.315</v>
+      </c>
+      <c r="Q32" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="R32" s="17">
+        <v>0.247</v>
+      </c>
+      <c r="S32" s="17">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="T32" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="U32" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="V32" s="17">
+        <v>0</v>
+      </c>
+      <c r="W32" s="17">
+        <v>0</v>
+      </c>
+      <c r="X32" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="Y32" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AA32" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AB32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD32" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AE32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH32" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AI32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ32" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AK32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL32" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM32" s="17"/>
+      <c r="AN32" s="17"/>
+      <c r="AO32" s="12"/>
+      <c r="AP32" s="12"/>
+      <c r="AQ32" s="33"/>
+      <c r="AR32" s="33"/>
+      <c r="AS32" s="12"/>
+      <c r="AT32" s="12"/>
+      <c r="AU32" s="12"/>
+      <c r="AV32" s="12"/>
+      <c r="AW32" s="33"/>
+      <c r="AX32" s="33"/>
+      <c r="AY32" s="33"/>
+      <c r="AZ32" s="33"/>
+      <c r="BA32" s="33"/>
+      <c r="BB32" s="32">
+        <v>51</v>
+      </c>
+      <c r="BC32" s="28" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="33" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B33" s="4"/>
+      <c r="C33" s="7">
+        <v>28</v>
+      </c>
+      <c r="D33" s="37">
+        <v>46539</v>
+      </c>
+      <c r="E33" s="9">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F33" s="4"/>
+      <c r="G33" s="9">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="H33" s="4"/>
+      <c r="J33" s="42"/>
+      <c r="K33" s="13">
+        <v>27</v>
+      </c>
+      <c r="L33" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="M33" s="17">
+        <v>0.81899999999999995</v>
+      </c>
+      <c r="N33" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="O33" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="P33" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="Q33" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="R33" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="S33" s="17">
+        <v>0.60299999999999998</v>
+      </c>
+      <c r="T33" s="17">
+        <v>0.56200000000000006</v>
+      </c>
+      <c r="U33" s="17">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="V33" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="W33" s="17">
+        <v>0.20799999999999999</v>
+      </c>
+      <c r="X33" s="17">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="Y33" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="Z33" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AA33" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AB33" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AC33" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AD33" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE33" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AF33" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AG33" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AH33" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AI33" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AJ33" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AK33" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AL33" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AM33" s="17"/>
+      <c r="AN33" s="17"/>
+      <c r="AO33" s="12"/>
+      <c r="AP33" s="12"/>
+      <c r="AQ33" s="33"/>
+      <c r="AR33" s="33"/>
+      <c r="AS33" s="12"/>
+      <c r="AT33" s="12"/>
+      <c r="AU33" s="12"/>
+      <c r="AV33" s="12"/>
+      <c r="AW33" s="33"/>
+      <c r="AX33" s="33"/>
+      <c r="AY33" s="33"/>
+      <c r="AZ33" s="33"/>
+      <c r="BA33" s="33"/>
+      <c r="BB33" s="32">
+        <v>53</v>
+      </c>
+      <c r="BC33" s="28" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="34" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B34" s="4"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="8"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="4"/>
+      <c r="G34" s="9"/>
+      <c r="H34" s="4"/>
+      <c r="J34" s="42"/>
+      <c r="K34" s="13">
+        <v>28</v>
+      </c>
+      <c r="L34" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M34" s="17">
+        <v>0.74399999999999999</v>
+      </c>
+      <c r="N34" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="O34" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="P34" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="Q34" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="R34" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="S34" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="T34" s="17">
+        <v>0.74099999999999999</v>
+      </c>
+      <c r="U34" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="V34" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="W34" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="X34" s="17">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="Y34" s="17">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="Z34" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="AA34" s="17">
+        <v>0.217</v>
+      </c>
+      <c r="AB34" s="17">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="AC34" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="AD34" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="AE34" s="17">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="AF34" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AG34" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="AH34" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AI34" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ34" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK34" s="17">
+        <v>8.8999999999999996E-2</v>
+      </c>
+      <c r="AL34" s="17">
+        <v>0.35299999999999998</v>
+      </c>
+      <c r="AM34" s="17"/>
+      <c r="AN34" s="17"/>
+      <c r="AO34" s="12"/>
+      <c r="AP34" s="12"/>
+      <c r="AQ34" s="33"/>
+      <c r="AR34" s="33"/>
+      <c r="AS34" s="12"/>
+      <c r="AT34" s="12"/>
+      <c r="AU34" s="12"/>
+      <c r="AV34" s="12"/>
+      <c r="AW34" s="33"/>
+      <c r="AX34" s="33"/>
+      <c r="AY34" s="33"/>
+      <c r="AZ34" s="33"/>
+      <c r="BA34" s="33"/>
+      <c r="BB34" s="32">
+        <v>55</v>
+      </c>
+      <c r="BC34" s="28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="35" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B35" s="4"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="8"/>
+      <c r="E35" s="9"/>
+      <c r="F35" s="4"/>
+      <c r="G35" s="9"/>
+      <c r="H35" s="4"/>
+      <c r="J35" s="42"/>
+      <c r="K35" s="13">
+        <v>29</v>
+      </c>
+      <c r="L35" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="M35" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="N35" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="O35" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="P35" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="Q35" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="R35" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="S35" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="T35" s="17">
+        <v>0</v>
+      </c>
+      <c r="U35" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="V35" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="W35" s="17">
+        <v>0</v>
+      </c>
+      <c r="X35" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y35" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="Z35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AB35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD35" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AE35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF35" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AG35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ35" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK35" s="17">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="AL35" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AM35" s="17"/>
+      <c r="AN35" s="17"/>
+      <c r="AO35" s="12"/>
+      <c r="AP35" s="12"/>
+      <c r="AQ35" s="33"/>
+      <c r="AR35" s="33"/>
+      <c r="AS35" s="12"/>
+      <c r="AT35" s="12"/>
+      <c r="AU35" s="12"/>
+      <c r="AV35" s="12"/>
+      <c r="AW35" s="33"/>
+      <c r="AX35" s="33"/>
+      <c r="AY35" s="33"/>
+      <c r="AZ35" s="33"/>
+      <c r="BA35" s="33"/>
+      <c r="BB35" s="32">
+        <v>57</v>
+      </c>
+      <c r="BC35" s="28" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="36" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B36" s="4"/>
+      <c r="C36" s="7"/>
+      <c r="D36" s="8"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="4"/>
+      <c r="J36" s="42"/>
+      <c r="K36" s="13">
+        <v>30</v>
+      </c>
+      <c r="L36" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M36" s="17">
+        <v>1</v>
+      </c>
+      <c r="N36" s="17">
+        <v>1</v>
+      </c>
+      <c r="O36" s="17">
+        <v>1</v>
+      </c>
+      <c r="P36" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q36" s="17">
+        <v>1</v>
+      </c>
+      <c r="R36" s="17">
+        <v>1</v>
+      </c>
+      <c r="S36" s="17">
+        <v>1</v>
+      </c>
+      <c r="T36" s="17">
+        <v>1</v>
+      </c>
+      <c r="U36" s="17">
+        <v>1</v>
+      </c>
+      <c r="V36" s="17">
+        <v>1</v>
+      </c>
+      <c r="W36" s="17">
+        <v>0</v>
+      </c>
+      <c r="X36" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y36" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Z36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB36" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF36" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AG36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH36" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AI36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ36" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AK36" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AL36" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM36" s="17"/>
+      <c r="AN36" s="17"/>
+      <c r="AO36" s="12"/>
+      <c r="AP36" s="12"/>
+      <c r="AQ36" s="33"/>
+      <c r="AR36" s="33"/>
+      <c r="AS36" s="12"/>
+      <c r="AT36" s="12"/>
+      <c r="AU36" s="12"/>
+      <c r="AV36" s="12"/>
+      <c r="AW36" s="33"/>
+      <c r="AX36" s="33"/>
+      <c r="AY36" s="33"/>
+      <c r="AZ36" s="33"/>
+      <c r="BA36" s="33"/>
+      <c r="BB36" s="32">
+        <v>59</v>
+      </c>
+      <c r="BC36" s="28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="37" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="B37" s="4"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="8"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="4"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="4"/>
+      <c r="J37" s="42"/>
+      <c r="K37" s="13">
+        <v>31</v>
+      </c>
+      <c r="L37" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M37" s="17">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="N37" s="17">
+        <v>0.28299999999999997</v>
+      </c>
+      <c r="O37" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="P37" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="Q37" s="17">
+        <v>0.24199999999999999</v>
+      </c>
+      <c r="R37" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="S37" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="T37" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="U37" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="V37" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="W37" s="17">
+        <v>0</v>
+      </c>
+      <c r="X37" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Y37" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AA37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB37" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AC37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD37" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AE37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH37" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AI37" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AJ37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL37" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM37" s="17"/>
+      <c r="AN37" s="17"/>
+      <c r="AO37" s="12"/>
+      <c r="AP37" s="12"/>
+      <c r="AQ37" s="33"/>
+      <c r="AR37" s="33"/>
+      <c r="AS37" s="12"/>
+      <c r="AT37" s="12"/>
+      <c r="AU37" s="12"/>
+      <c r="AV37" s="12"/>
+      <c r="AW37" s="33"/>
+      <c r="AX37" s="33"/>
+      <c r="AY37" s="33"/>
+      <c r="AZ37" s="33"/>
+      <c r="BA37" s="33"/>
+      <c r="BB37" s="32">
+        <v>61</v>
+      </c>
+      <c r="BC37" s="28" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="38" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C38" s="2"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="29"/>
+      <c r="G38" s="29"/>
+      <c r="J38" s="42"/>
+      <c r="K38" s="13">
+        <v>32</v>
+      </c>
+      <c r="L38" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="M38" s="17">
+        <v>1</v>
+      </c>
+      <c r="N38" s="17">
+        <v>1</v>
+      </c>
+      <c r="O38" s="17">
+        <v>1</v>
+      </c>
+      <c r="P38" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q38" s="17">
+        <v>1</v>
+      </c>
+      <c r="R38" s="17">
+        <v>1</v>
+      </c>
+      <c r="S38" s="17">
+        <v>1</v>
+      </c>
+      <c r="T38" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="U38" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="V38" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="W38" s="17">
+        <v>1</v>
+      </c>
+      <c r="X38" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="Y38" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="Z38" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AA38" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="AB38" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC38" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AD38" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="AE38" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="AF38" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AG38" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AH38" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI38" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AJ38" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK38" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AL38" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AM38" s="17"/>
+      <c r="AN38" s="17"/>
+      <c r="AO38" s="12"/>
+      <c r="AP38" s="12"/>
+      <c r="AQ38" s="33"/>
+      <c r="AR38" s="33"/>
+      <c r="AS38" s="12"/>
+      <c r="AT38" s="12"/>
+      <c r="AU38" s="12"/>
+      <c r="AV38" s="12"/>
+      <c r="AW38" s="33"/>
+      <c r="AX38" s="33"/>
+      <c r="AY38" s="33"/>
+      <c r="AZ38" s="33"/>
+      <c r="BA38" s="33"/>
+      <c r="BB38" s="32">
+        <v>63</v>
+      </c>
+      <c r="BC38" s="28" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="39" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C39" s="2"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="29"/>
+      <c r="G39" s="29"/>
+      <c r="J39" s="42"/>
+      <c r="K39" s="13">
+        <v>33</v>
+      </c>
+      <c r="L39" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="M39" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="N39" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="O39" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="P39" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="Q39" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="R39" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="S39" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="T39" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="U39" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="V39" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="W39" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="X39" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y39" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AA39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB39" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AC39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK39" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL39" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AM39" s="17"/>
+      <c r="AN39" s="17"/>
+      <c r="AO39" s="12"/>
+      <c r="AP39" s="12"/>
+      <c r="AQ39" s="33"/>
+      <c r="AR39" s="33"/>
+      <c r="AS39" s="12"/>
+      <c r="AT39" s="12"/>
+      <c r="AU39" s="12"/>
+      <c r="AV39" s="12"/>
+      <c r="AW39" s="33"/>
+      <c r="AX39" s="33"/>
+      <c r="AY39" s="33"/>
+      <c r="AZ39" s="33"/>
+      <c r="BA39" s="33"/>
+      <c r="BB39" s="32">
+        <v>65</v>
+      </c>
+      <c r="BC39" s="28" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="40" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C40" s="2"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="29"/>
+      <c r="G40" s="29"/>
+      <c r="J40" s="42"/>
+      <c r="K40" s="13">
+        <v>34</v>
+      </c>
+      <c r="L40" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="M40" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="N40" s="17">
+        <v>1</v>
+      </c>
+      <c r="O40" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="P40" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Q40" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="R40" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="S40" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="T40" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="U40" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="V40" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="W40" s="17">
+        <v>1</v>
+      </c>
+      <c r="X40" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Y40" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Z40" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AA40" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AB40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF40" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AG40" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL40" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM40" s="17"/>
+      <c r="AN40" s="17"/>
+      <c r="AO40" s="12"/>
+      <c r="AP40" s="12"/>
+      <c r="AQ40" s="33"/>
+      <c r="AR40" s="33"/>
+      <c r="AS40" s="12"/>
+      <c r="AT40" s="12"/>
+      <c r="AU40" s="12"/>
+      <c r="AV40" s="12"/>
+      <c r="AW40" s="33"/>
+      <c r="AX40" s="33"/>
+      <c r="AY40" s="33"/>
+      <c r="AZ40" s="33"/>
+      <c r="BA40" s="33"/>
+      <c r="BB40" s="32">
+        <v>67</v>
+      </c>
+      <c r="BC40" s="28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="41" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C41" s="2"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="29"/>
+      <c r="G41" s="29"/>
+      <c r="J41" s="42"/>
+      <c r="K41" s="13">
+        <v>35</v>
+      </c>
+      <c r="L41" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="M41" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="N41" s="17">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="O41" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="P41" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="Q41" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="R41" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="S41" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="T41" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="U41" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="V41" s="17">
+        <v>0</v>
+      </c>
+      <c r="W41" s="17">
+        <v>0</v>
+      </c>
+      <c r="X41" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Y41" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="Z41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AB41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ41" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AK41" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AL41" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM41" s="17"/>
+      <c r="AN41" s="17"/>
+      <c r="AO41" s="12"/>
+      <c r="AP41" s="12"/>
+      <c r="AQ41" s="33"/>
+      <c r="AR41" s="33"/>
+      <c r="AS41" s="12"/>
+      <c r="AT41" s="12"/>
+      <c r="AU41" s="12"/>
+      <c r="AV41" s="12"/>
+      <c r="AW41" s="33"/>
+      <c r="AX41" s="33"/>
+      <c r="AY41" s="33"/>
+      <c r="AZ41" s="33"/>
+      <c r="BA41" s="33"/>
+      <c r="BB41" s="32">
+        <v>69</v>
+      </c>
+      <c r="BC41" s="28" t="s">
         <v>127</v>
       </c>
-      <c r="D4" s="84" t="s">
+    </row>
+    <row r="42" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C42" s="2"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="29"/>
+      <c r="G42" s="29"/>
+      <c r="J42" s="42"/>
+      <c r="K42" s="13">
+        <v>36</v>
+      </c>
+      <c r="L42" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="M42" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="N42" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="O42" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="P42" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="Q42" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="R42" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="S42" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="T42" s="17">
+        <v>0</v>
+      </c>
+      <c r="U42" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="V42" s="17">
+        <v>0</v>
+      </c>
+      <c r="W42" s="17">
+        <v>0</v>
+      </c>
+      <c r="X42" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y42" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="Z42" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AA42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD42" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AE42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF42" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AG42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ42" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK42" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AL42" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AM42" s="17"/>
+      <c r="AN42" s="17"/>
+      <c r="AO42" s="12"/>
+      <c r="AP42" s="12"/>
+      <c r="AQ42" s="33"/>
+      <c r="AR42" s="33"/>
+      <c r="AS42" s="12"/>
+      <c r="AT42" s="12"/>
+      <c r="AU42" s="12"/>
+      <c r="AV42" s="12"/>
+      <c r="AW42" s="33"/>
+      <c r="AX42" s="33"/>
+      <c r="AY42" s="33"/>
+      <c r="AZ42" s="33"/>
+      <c r="BA42" s="33"/>
+      <c r="BB42" s="32">
+        <v>71</v>
+      </c>
+      <c r="BC42" s="28" t="s">
         <v>128</v>
       </c>
-      <c r="E4" s="84" t="s">
+    </row>
+    <row r="43" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C43" s="2"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="29"/>
+      <c r="G43" s="29"/>
+      <c r="J43" s="42"/>
+      <c r="K43" s="13">
+        <v>37</v>
+      </c>
+      <c r="L43" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="M43" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="N43" s="17">
+        <v>0.96499999999999997</v>
+      </c>
+      <c r="O43" s="17">
+        <v>0.95599999999999996</v>
+      </c>
+      <c r="P43" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="Q43" s="17">
+        <v>0.98499999999999999</v>
+      </c>
+      <c r="R43" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="S43" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="T43" s="17">
+        <v>0.94899999999999995</v>
+      </c>
+      <c r="U43" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="V43" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="W43" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="X43" s="17">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="Y43" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="Z43" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="AA43" s="17">
+        <v>0.67200000000000004</v>
+      </c>
+      <c r="AB43" s="17">
+        <v>0.65400000000000003</v>
+      </c>
+      <c r="AC43" s="17">
+        <v>0.55100000000000005</v>
+      </c>
+      <c r="AD43" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AE43" s="17">
+        <v>0.55400000000000005</v>
+      </c>
+      <c r="AF43" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="AG43" s="17">
+        <v>0.17799999999999999</v>
+      </c>
+      <c r="AH43" s="17">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="AI43" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AJ43" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK43" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AL43" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AM43" s="17"/>
+      <c r="AN43" s="17"/>
+      <c r="AO43" s="12"/>
+      <c r="AP43" s="12"/>
+      <c r="AQ43" s="33"/>
+      <c r="AR43" s="33"/>
+      <c r="AS43" s="12"/>
+      <c r="AT43" s="12"/>
+      <c r="AU43" s="12"/>
+      <c r="AV43" s="12"/>
+      <c r="AW43" s="33"/>
+      <c r="AX43" s="33"/>
+      <c r="AY43" s="33"/>
+      <c r="AZ43" s="33"/>
+      <c r="BA43" s="33"/>
+      <c r="BB43" s="32">
+        <v>73</v>
+      </c>
+      <c r="BC43" s="28" t="s">
         <v>129</v>
       </c>
-      <c r="F4" s="84" t="s">
+    </row>
+    <row r="44" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C44" s="2"/>
+      <c r="D44" s="28"/>
+      <c r="E44" s="29"/>
+      <c r="G44" s="29"/>
+      <c r="J44" s="42"/>
+      <c r="K44" s="13">
+        <v>38</v>
+      </c>
+      <c r="L44" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="M44" s="17">
+        <v>1</v>
+      </c>
+      <c r="N44" s="17">
+        <v>1</v>
+      </c>
+      <c r="O44" s="17">
+        <v>1</v>
+      </c>
+      <c r="P44" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q44" s="17">
+        <v>1</v>
+      </c>
+      <c r="R44" s="17">
+        <v>0</v>
+      </c>
+      <c r="S44" s="17">
+        <v>1</v>
+      </c>
+      <c r="T44" s="17">
+        <v>1</v>
+      </c>
+      <c r="U44" s="17">
+        <v>0</v>
+      </c>
+      <c r="V44" s="17">
+        <v>1</v>
+      </c>
+      <c r="W44" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X44" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y44" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z44" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA44" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB44" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC44" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD44" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE44" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AF44" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG44" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH44" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI44" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ44" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AK44" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL44" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AM44" s="17"/>
+      <c r="AN44" s="17"/>
+      <c r="AO44" s="12"/>
+      <c r="AP44" s="12"/>
+      <c r="AQ44" s="33"/>
+      <c r="AR44" s="33"/>
+      <c r="AS44" s="12"/>
+      <c r="AT44" s="12"/>
+      <c r="AU44" s="12"/>
+      <c r="AV44" s="12"/>
+      <c r="AW44" s="33"/>
+      <c r="AX44" s="33"/>
+      <c r="AY44" s="33"/>
+      <c r="AZ44" s="33"/>
+      <c r="BA44" s="33"/>
+      <c r="BB44" s="32">
+        <v>75</v>
+      </c>
+      <c r="BC44" s="28" t="s">
         <v>130</v>
       </c>
-      <c r="G4" s="84" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="85" t="s">
+    </row>
+    <row r="45" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C45" s="2"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="29"/>
+      <c r="G45" s="29"/>
+      <c r="J45" s="42"/>
+      <c r="K45" s="13">
+        <v>39</v>
+      </c>
+      <c r="L45" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="M45" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="N45" s="17">
+        <v>1</v>
+      </c>
+      <c r="O45" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="P45" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Q45" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="R45" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="S45" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="T45" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="U45" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="V45" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="W45" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="X45" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Y45" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z45" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AA45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB45" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AC45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF45" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AG45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK45" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AL45" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM45" s="17"/>
+      <c r="AN45" s="17"/>
+      <c r="AO45" s="12"/>
+      <c r="AP45" s="12"/>
+      <c r="AQ45" s="33"/>
+      <c r="AR45" s="33"/>
+      <c r="AS45" s="12"/>
+      <c r="AT45" s="12"/>
+      <c r="AU45" s="12"/>
+      <c r="AV45" s="12"/>
+      <c r="AW45" s="33"/>
+      <c r="AX45" s="33"/>
+      <c r="AY45" s="33"/>
+      <c r="AZ45" s="33"/>
+      <c r="BA45" s="33"/>
+      <c r="BB45" s="32">
+        <v>77</v>
+      </c>
+      <c r="BC45" s="28" t="s">
         <v>131</v>
       </c>
-      <c r="K4" s="119" t="s">
-[...11 lines deleted...]
-      <c r="Q4" s="123"/>
     </row>
-    <row r="5" spans="2:37" ht="29.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
-[...39 lines deleted...]
-      <c r="AB5" s="128"/>
+    <row r="46" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C46" s="2"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="29"/>
+      <c r="G46" s="29"/>
+      <c r="J46" s="42"/>
+      <c r="K46" s="13">
+        <v>40</v>
+      </c>
+      <c r="L46" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="M46" s="17">
+        <v>0</v>
+      </c>
+      <c r="N46" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="O46" s="17">
+        <v>0</v>
+      </c>
+      <c r="P46" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="R46" s="17">
+        <v>0</v>
+      </c>
+      <c r="S46" s="17">
+        <v>0</v>
+      </c>
+      <c r="T46" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="U46" s="17">
+        <v>0</v>
+      </c>
+      <c r="V46" s="17">
+        <v>0</v>
+      </c>
+      <c r="W46" s="17">
+        <v>0</v>
+      </c>
+      <c r="X46" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y46" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH46" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AI46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL46" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM46" s="17"/>
+      <c r="AN46" s="17"/>
+      <c r="AO46" s="12"/>
+      <c r="AP46" s="12"/>
+      <c r="AQ46" s="33"/>
+      <c r="AR46" s="33"/>
+      <c r="AS46" s="12"/>
+      <c r="AT46" s="12"/>
+      <c r="AU46" s="12"/>
+      <c r="AV46" s="12"/>
+      <c r="AW46" s="33"/>
+      <c r="AX46" s="33"/>
+      <c r="AY46" s="33"/>
+      <c r="AZ46" s="33"/>
+      <c r="BA46" s="33"/>
+      <c r="BB46" s="32">
+        <v>79</v>
+      </c>
+      <c r="BC46" s="28" t="s">
+        <v>1</v>
+      </c>
     </row>
-    <row r="6" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...77 lines deleted...]
-        <v>192</v>
+    <row r="47" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C47" s="2"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="29"/>
+      <c r="G47" s="29"/>
+      <c r="J47" s="42"/>
+      <c r="K47" s="13">
+        <v>41</v>
+      </c>
+      <c r="L47" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="M47" s="17">
+        <v>1</v>
+      </c>
+      <c r="N47" s="17">
+        <v>0</v>
+      </c>
+      <c r="O47" s="17">
+        <v>0</v>
+      </c>
+      <c r="P47" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q47" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="R47" s="17">
+        <v>0</v>
+      </c>
+      <c r="S47" s="17">
+        <v>0</v>
+      </c>
+      <c r="T47" s="17">
+        <v>0</v>
+      </c>
+      <c r="U47" s="17">
+        <v>0</v>
+      </c>
+      <c r="V47" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="W47" s="17">
+        <v>0</v>
+      </c>
+      <c r="X47" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y47" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL47" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM47" s="17"/>
+      <c r="AN47" s="17"/>
+      <c r="AO47" s="12"/>
+      <c r="AP47" s="12"/>
+      <c r="AQ47" s="33"/>
+      <c r="AR47" s="33"/>
+      <c r="AS47" s="12"/>
+      <c r="AT47" s="12"/>
+      <c r="AU47" s="12"/>
+      <c r="AV47" s="12"/>
+      <c r="AW47" s="33"/>
+      <c r="AX47" s="33"/>
+      <c r="AY47" s="33"/>
+      <c r="AZ47" s="33"/>
+      <c r="BA47" s="33"/>
+      <c r="BB47" s="32">
+        <v>81</v>
+      </c>
+      <c r="BC47" s="28" t="s">
+        <v>2</v>
       </c>
     </row>
-    <row r="7" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...61 lines deleted...]
-      <c r="AB7" s="126"/>
+    <row r="48" spans="2:55" x14ac:dyDescent="0.35">
+      <c r="C48" s="2"/>
+      <c r="D48" s="28"/>
+      <c r="E48" s="29"/>
+      <c r="G48" s="29"/>
+      <c r="J48" s="42"/>
+      <c r="K48" s="13">
+        <v>42</v>
+      </c>
+      <c r="L48" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="M48" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="N48" s="17">
+        <v>0.70799999999999996</v>
+      </c>
+      <c r="O48" s="17">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="P48" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="Q48" s="17">
+        <v>0.26200000000000001</v>
+      </c>
+      <c r="R48" s="17">
+        <v>0.27900000000000003</v>
+      </c>
+      <c r="S48" s="17">
+        <v>0.104</v>
+      </c>
+      <c r="T48" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="U48" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="V48" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="W48" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="X48" s="17">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="Y48" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Z48" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AA48" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AB48" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC48" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AD48" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AE48" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AF48" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AG48" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AH48" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AI48" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AJ48" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AK48" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AL48" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AM48" s="17"/>
+      <c r="AN48" s="17"/>
+      <c r="AO48" s="12"/>
+      <c r="AP48" s="12"/>
+      <c r="AQ48" s="33"/>
+      <c r="AR48" s="33"/>
+      <c r="AS48" s="12"/>
+      <c r="AT48" s="12"/>
+      <c r="AU48" s="12"/>
+      <c r="AV48" s="12"/>
+      <c r="AW48" s="33"/>
+      <c r="AX48" s="33"/>
+      <c r="AY48" s="33"/>
+      <c r="AZ48" s="33"/>
+      <c r="BA48" s="33"/>
+      <c r="BB48" s="32">
+        <v>83</v>
+      </c>
+      <c r="BC48" s="28" t="s">
+        <v>3</v>
+      </c>
     </row>
-    <row r="8" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...82 lines deleted...]
-        <v>1127.8930887107613</v>
+    <row r="49" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C49" s="2"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="29"/>
+      <c r="G49" s="29"/>
+      <c r="J49" s="42"/>
+      <c r="K49" s="13">
+        <v>43</v>
+      </c>
+      <c r="L49" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="M49" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="N49" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="O49" s="17">
+        <v>0.17599999999999999</v>
+      </c>
+      <c r="P49" s="17">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="Q49" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="R49" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="S49" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="T49" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="U49" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="V49" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="W49" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="X49" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="Y49" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="Z49" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AA49" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AB49" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC49" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AD49" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AE49" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF49" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG49" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH49" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI49" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AJ49" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK49" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AL49" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AM49" s="17"/>
+      <c r="AN49" s="17"/>
+      <c r="AO49" s="12"/>
+      <c r="AP49" s="12"/>
+      <c r="AQ49" s="33"/>
+      <c r="AR49" s="33"/>
+      <c r="AS49" s="12"/>
+      <c r="AT49" s="12"/>
+      <c r="AU49" s="12"/>
+      <c r="AV49" s="12"/>
+      <c r="AW49" s="33"/>
+      <c r="AX49" s="33"/>
+      <c r="AY49" s="33"/>
+      <c r="AZ49" s="33"/>
+      <c r="BA49" s="33"/>
+      <c r="BB49" s="32">
+        <v>85</v>
+      </c>
+      <c r="BC49" s="28" t="s">
+        <v>4</v>
       </c>
     </row>
-    <row r="9" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...82 lines deleted...]
-        <v>1229.1576391088004</v>
+    <row r="50" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C50" s="2"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="29"/>
+      <c r="G50" s="29"/>
+      <c r="J50" s="42"/>
+      <c r="K50" s="13">
+        <v>44</v>
+      </c>
+      <c r="L50" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="M50" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="N50" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="O50" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="P50" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q50" s="17">
+        <v>0</v>
+      </c>
+      <c r="R50" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="S50" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="T50" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="U50" s="17">
+        <v>0</v>
+      </c>
+      <c r="V50" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="W50" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="X50" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Y50" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="Z50" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AA50" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AB50" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AC50" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AD50" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AE50" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AF50" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AG50" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AH50" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AI50" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AJ50" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AK50" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AL50" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AM50" s="17"/>
+      <c r="AN50" s="17"/>
+      <c r="AO50" s="12"/>
+      <c r="AP50" s="12"/>
+      <c r="AQ50" s="33"/>
+      <c r="AR50" s="33"/>
+      <c r="AS50" s="12"/>
+      <c r="AT50" s="12"/>
+      <c r="AU50" s="12"/>
+      <c r="AV50" s="12"/>
+      <c r="AW50" s="33"/>
+      <c r="AX50" s="33"/>
+      <c r="AY50" s="33"/>
+      <c r="AZ50" s="33"/>
+      <c r="BA50" s="33"/>
+      <c r="BB50" s="32">
+        <v>87</v>
+      </c>
+      <c r="BC50" s="28" t="s">
+        <v>5</v>
       </c>
     </row>
-    <row r="10" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...84 lines deleted...]
-        <v>1406.7623523246502</v>
+    <row r="51" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C51" s="2"/>
+      <c r="D51" s="28"/>
+      <c r="E51" s="29"/>
+      <c r="G51" s="29"/>
+      <c r="J51" s="42"/>
+      <c r="K51" s="13">
+        <v>45</v>
+      </c>
+      <c r="L51" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="M51" s="17">
+        <v>0</v>
+      </c>
+      <c r="N51" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="O51" s="17">
+        <v>0</v>
+      </c>
+      <c r="P51" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="17">
+        <v>0</v>
+      </c>
+      <c r="R51" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="S51" s="17">
+        <v>1</v>
+      </c>
+      <c r="T51" s="17">
+        <v>0</v>
+      </c>
+      <c r="U51" s="17">
+        <v>0</v>
+      </c>
+      <c r="V51" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="W51" s="17">
+        <v>0</v>
+      </c>
+      <c r="X51" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y51" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE51" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AF51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK51" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL51" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AM51" s="17"/>
+      <c r="AN51" s="17"/>
+      <c r="AO51" s="12"/>
+      <c r="AP51" s="12"/>
+      <c r="AQ51" s="33"/>
+      <c r="AR51" s="33"/>
+      <c r="AS51" s="12"/>
+      <c r="AT51" s="12"/>
+      <c r="AU51" s="12"/>
+      <c r="AV51" s="12"/>
+      <c r="AW51" s="33"/>
+      <c r="AX51" s="33"/>
+      <c r="AY51" s="33"/>
+      <c r="AZ51" s="33"/>
+      <c r="BA51" s="33"/>
+      <c r="BB51" s="32">
+        <v>89</v>
+      </c>
+      <c r="BC51" s="28" t="s">
+        <v>6</v>
       </c>
     </row>
-    <row r="11" spans="2:37" ht="20" customHeight="1" x14ac:dyDescent="0.35">
-[...84 lines deleted...]
-        <v>1492.1118664851526</v>
+    <row r="52" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C52" s="2"/>
+      <c r="D52" s="28"/>
+      <c r="E52" s="29"/>
+      <c r="G52" s="29"/>
+      <c r="J52" s="42"/>
+      <c r="K52" s="13">
+        <v>46</v>
+      </c>
+      <c r="L52" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M52" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="N52" s="17">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="O52" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="P52" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Q52" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="R52" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="S52" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="T52" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="U52" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="V52" s="17">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="W52" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="X52" s="17">
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="Y52" s="17">
+        <v>0.57699999999999996</v>
+      </c>
+      <c r="Z52" s="17">
+        <v>0.57699999999999996</v>
+      </c>
+      <c r="AA52" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="AB52" s="17">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="AC52" s="17">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="AD52" s="17">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="AE52" s="17">
+        <v>0.188</v>
+      </c>
+      <c r="AF52" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="AG52" s="17">
+        <v>0.217</v>
+      </c>
+      <c r="AH52" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AI52" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AJ52" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AK52" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AL52" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AM52" s="17"/>
+      <c r="AN52" s="17"/>
+      <c r="AO52" s="12"/>
+      <c r="AP52" s="12"/>
+      <c r="AQ52" s="33"/>
+      <c r="AR52" s="33"/>
+      <c r="AS52" s="12"/>
+      <c r="AT52" s="12"/>
+      <c r="AU52" s="12"/>
+      <c r="AV52" s="12"/>
+      <c r="AW52" s="33"/>
+      <c r="AX52" s="33"/>
+      <c r="AY52" s="33"/>
+      <c r="AZ52" s="33"/>
+      <c r="BA52" s="33"/>
+      <c r="BB52" s="32">
+        <v>91</v>
+      </c>
+      <c r="BC52" s="28" t="s">
+        <v>89</v>
       </c>
     </row>
-    <row r="12" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...63 lines deleted...]
-        <v>1561.5116023819155</v>
+    <row r="53" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C53" s="2"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="29"/>
+      <c r="G53" s="29"/>
+      <c r="J53" s="42"/>
+      <c r="K53" s="13">
+        <v>47</v>
+      </c>
+      <c r="L53" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="M53" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="N53" s="17">
+        <v>1</v>
+      </c>
+      <c r="O53" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="P53" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="Q53" s="17">
+        <v>1</v>
+      </c>
+      <c r="R53" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="S53" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="T53" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="U53" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="V53" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="W53" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="X53" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Y53" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="Z53" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AA53" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AB53" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC53" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AD53" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AE53" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF53" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AG53" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH53" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI53" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AJ53" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK53" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL53" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM53" s="17"/>
+      <c r="AN53" s="17"/>
+      <c r="AO53" s="12"/>
+      <c r="AP53" s="12"/>
+      <c r="AQ53" s="33"/>
+      <c r="AR53" s="33"/>
+      <c r="AS53" s="12"/>
+      <c r="AT53" s="12"/>
+      <c r="AU53" s="12"/>
+      <c r="AV53" s="12"/>
+      <c r="AW53" s="33"/>
+      <c r="AX53" s="33"/>
+      <c r="AY53" s="33"/>
+      <c r="AZ53" s="33"/>
+      <c r="BA53" s="33"/>
+      <c r="BB53" s="32">
+        <v>93</v>
+      </c>
+      <c r="BC53" s="28" t="s">
+        <v>92</v>
       </c>
     </row>
-    <row r="13" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...61 lines deleted...]
-        <v>1603.4072022689797</v>
+    <row r="54" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C54" s="2"/>
+      <c r="D54" s="28"/>
+      <c r="E54" s="29"/>
+      <c r="G54" s="29"/>
+      <c r="J54" s="42"/>
+      <c r="K54" s="13">
+        <v>48</v>
+      </c>
+      <c r="L54" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="M54" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="N54" s="17">
+        <v>1</v>
+      </c>
+      <c r="O54" s="17">
+        <v>1</v>
+      </c>
+      <c r="P54" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q54" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="R54" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="S54" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="T54" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="U54" s="17">
+        <v>1</v>
+      </c>
+      <c r="V54" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="W54" s="17">
+        <v>1</v>
+      </c>
+      <c r="X54" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="Y54" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z54" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="AA54" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="AB54" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AC54" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AD54" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="AE54" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AF54" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG54" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="AH54" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AI54" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ54" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK54" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AL54" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AM54" s="17"/>
+      <c r="AN54" s="17"/>
+      <c r="AO54" s="12"/>
+      <c r="AP54" s="12"/>
+      <c r="AQ54" s="33"/>
+      <c r="AR54" s="33"/>
+      <c r="AS54" s="12"/>
+      <c r="AT54" s="12"/>
+      <c r="AU54" s="12"/>
+      <c r="AV54" s="12"/>
+      <c r="AW54" s="33"/>
+      <c r="AX54" s="33"/>
+      <c r="AY54" s="33"/>
+      <c r="AZ54" s="33"/>
+      <c r="BA54" s="33"/>
+      <c r="BB54" s="32">
+        <v>95</v>
+      </c>
+      <c r="BC54" s="28" t="s">
+        <v>132</v>
       </c>
     </row>
-    <row r="14" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...53 lines deleted...]
-        <v>1611.6171597000662</v>
+    <row r="55" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C55" s="2"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="J55" s="42"/>
+      <c r="K55" s="13">
+        <v>49</v>
+      </c>
+      <c r="L55" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="M55" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="N55" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="O55" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="P55" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="Q55" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="R55" s="17">
+        <v>0.39400000000000002</v>
+      </c>
+      <c r="S55" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="T55" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="U55" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="V55" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="W55" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="X55" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y55" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Z55" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA55" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AB55" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AC55" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AD55" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AE55" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AF55" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AG55" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH55" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI55" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AJ55" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AK55" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AL55" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM55" s="17"/>
+      <c r="AN55" s="17"/>
+      <c r="AO55" s="12"/>
+      <c r="AP55" s="12"/>
+      <c r="AQ55" s="33"/>
+      <c r="AR55" s="33"/>
+      <c r="AS55" s="12"/>
+      <c r="AT55" s="12"/>
+      <c r="AU55" s="12"/>
+      <c r="AV55" s="12"/>
+      <c r="AW55" s="33"/>
+      <c r="AX55" s="33"/>
+      <c r="AY55" s="33"/>
+      <c r="AZ55" s="33"/>
+      <c r="BA55" s="33"/>
+      <c r="BB55" s="32">
+        <v>97</v>
+      </c>
+      <c r="BC55" s="28" t="s">
+        <v>133</v>
       </c>
     </row>
-    <row r="15" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-        <v>1499.5655305334878</v>
+    <row r="56" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C56" s="2"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="29"/>
+      <c r="G56" s="29"/>
+      <c r="J56" s="42"/>
+      <c r="K56" s="13">
+        <v>50</v>
+      </c>
+      <c r="L56" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="M56" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="N56" s="17">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="O56" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="P56" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="Q56" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="R56" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="S56" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="T56" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="U56" s="17">
+        <v>0</v>
+      </c>
+      <c r="V56" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="W56" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="X56" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Y56" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Z56" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AA56" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AB56" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AC56" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD56" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AE56" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF56" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG56" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH56" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AI56" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ56" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AK56" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AL56" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AM56" s="17"/>
+      <c r="AN56" s="17"/>
+      <c r="AO56" s="12"/>
+      <c r="AP56" s="12"/>
+      <c r="AQ56" s="33"/>
+      <c r="AR56" s="33"/>
+      <c r="AS56" s="12"/>
+      <c r="AT56" s="12"/>
+      <c r="AU56" s="12"/>
+      <c r="AV56" s="12"/>
+      <c r="AW56" s="33"/>
+      <c r="AX56" s="33"/>
+      <c r="AY56" s="33"/>
+      <c r="AZ56" s="33"/>
+      <c r="BA56" s="33"/>
+      <c r="BB56" s="32">
+        <v>99</v>
+      </c>
+      <c r="BC56" s="28" t="s">
+        <v>134</v>
       </c>
     </row>
-    <row r="16" spans="2:37" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-        <v>1468.7072291650925</v>
+    <row r="57" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C57" s="2"/>
+      <c r="D57" s="28"/>
+      <c r="E57" s="29"/>
+      <c r="G57" s="29"/>
+      <c r="J57" s="42"/>
+      <c r="K57" s="13">
+        <v>51</v>
+      </c>
+      <c r="L57" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="M57" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="N57" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="O57" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="P57" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Q57" s="17">
+        <v>1</v>
+      </c>
+      <c r="R57" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="S57" s="17">
+        <v>1</v>
+      </c>
+      <c r="T57" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="U57" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="V57" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="W57" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="X57" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="Y57" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="Z57" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA57" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AB57" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AC57" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AD57" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AE57" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF57" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG57" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AH57" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI57" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AJ57" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AK57" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AL57" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AM57" s="17"/>
+      <c r="AN57" s="17"/>
+      <c r="AO57" s="12"/>
+      <c r="AP57" s="12"/>
+      <c r="AQ57" s="33"/>
+      <c r="AR57" s="33"/>
+      <c r="AS57" s="12"/>
+      <c r="AT57" s="12"/>
+      <c r="AU57" s="12"/>
+      <c r="AV57" s="12"/>
+      <c r="AW57" s="33"/>
+      <c r="AX57" s="33"/>
+      <c r="AY57" s="33"/>
+      <c r="AZ57" s="33"/>
+      <c r="BA57" s="33"/>
+      <c r="BB57" s="32">
+        <v>101</v>
+      </c>
+      <c r="BC57" s="28" t="s">
+        <v>135</v>
       </c>
     </row>
-    <row r="17" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-        <v>1446.7106271445734</v>
+    <row r="58" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C58" s="2"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="29"/>
+      <c r="G58" s="29"/>
+      <c r="J58" s="42"/>
+      <c r="K58" s="13">
+        <v>52</v>
+      </c>
+      <c r="L58" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="M58" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="N58" s="17">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="O58" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="P58" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="Q58" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="R58" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="S58" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="T58" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="U58" s="17">
+        <v>0</v>
+      </c>
+      <c r="V58" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="W58" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="X58" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Y58" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB58" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AC58" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AD58" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AE58" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AF58" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AG58" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AH58" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AI58" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ58" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK58" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AL58" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AM58" s="17"/>
+      <c r="AN58" s="17"/>
+      <c r="AO58" s="12"/>
+      <c r="AP58" s="12"/>
+      <c r="AQ58" s="33"/>
+      <c r="AR58" s="33"/>
+      <c r="AS58" s="12"/>
+      <c r="AT58" s="12"/>
+      <c r="AU58" s="12"/>
+      <c r="AV58" s="12"/>
+      <c r="AW58" s="33"/>
+      <c r="AX58" s="33"/>
+      <c r="AY58" s="33"/>
+      <c r="AZ58" s="33"/>
+      <c r="BA58" s="33"/>
+      <c r="BB58" s="32">
+        <v>103</v>
+      </c>
+      <c r="BC58" s="28" t="s">
+        <v>136</v>
       </c>
     </row>
-    <row r="18" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-        <v>1438.57621058564</v>
+    <row r="59" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C59" s="2"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="29"/>
+      <c r="G59" s="29"/>
+      <c r="J59" s="42"/>
+      <c r="K59" s="13">
+        <v>53</v>
+      </c>
+      <c r="L59" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="M59" s="17">
+        <v>0.42099999999999999</v>
+      </c>
+      <c r="N59" s="17">
+        <v>0.47799999999999998</v>
+      </c>
+      <c r="O59" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="P59" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="Q59" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="R59" s="17">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="S59" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="T59" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="U59" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="V59" s="17">
+        <v>0</v>
+      </c>
+      <c r="W59" s="17">
+        <v>0</v>
+      </c>
+      <c r="X59" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="Y59" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB59" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AC59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK59" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AL59" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM59" s="17"/>
+      <c r="AN59" s="17"/>
+      <c r="AO59" s="12"/>
+      <c r="AP59" s="12"/>
+      <c r="AQ59" s="33"/>
+      <c r="AR59" s="33"/>
+      <c r="AS59" s="12"/>
+      <c r="AT59" s="12"/>
+      <c r="AU59" s="12"/>
+      <c r="AV59" s="12"/>
+      <c r="AW59" s="33"/>
+      <c r="AX59" s="33"/>
+      <c r="AY59" s="33"/>
+      <c r="AZ59" s="33"/>
+      <c r="BA59" s="33"/>
+      <c r="BB59" s="32">
+        <v>105</v>
+      </c>
+      <c r="BC59" s="28" t="s">
+        <v>138</v>
       </c>
     </row>
-    <row r="19" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-        <v>1437.0264425364635</v>
+    <row r="60" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C60" s="2"/>
+      <c r="D60" s="28"/>
+      <c r="E60" s="29"/>
+      <c r="G60" s="29"/>
+      <c r="J60" s="42"/>
+      <c r="K60" s="13">
+        <v>54</v>
+      </c>
+      <c r="L60" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="M60" s="17">
+        <v>0</v>
+      </c>
+      <c r="N60" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="O60" s="17">
+        <v>1</v>
+      </c>
+      <c r="P60" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="Q60" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="R60" s="17">
+        <v>0</v>
+      </c>
+      <c r="S60" s="17">
+        <v>1</v>
+      </c>
+      <c r="T60" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="U60" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="V60" s="17">
+        <v>0</v>
+      </c>
+      <c r="W60" s="17">
+        <v>0</v>
+      </c>
+      <c r="X60" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL60" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM60" s="17"/>
+      <c r="AN60" s="17"/>
+      <c r="AO60" s="12"/>
+      <c r="AP60" s="12"/>
+      <c r="AQ60" s="33"/>
+      <c r="AR60" s="33"/>
+      <c r="AS60" s="12"/>
+      <c r="AT60" s="12"/>
+      <c r="AU60" s="12"/>
+      <c r="AV60" s="12"/>
+      <c r="AW60" s="33"/>
+      <c r="AX60" s="33"/>
+      <c r="AY60" s="33"/>
+      <c r="AZ60" s="33"/>
+      <c r="BA60" s="33"/>
+      <c r="BB60" s="32">
+        <v>107</v>
+      </c>
+      <c r="BC60" s="28" t="s">
+        <v>137</v>
       </c>
     </row>
-    <row r="20" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-        <v>1387.1713801619353</v>
+    <row r="61" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C61" s="2"/>
+      <c r="D61" s="28"/>
+      <c r="E61" s="29"/>
+      <c r="G61" s="29"/>
+      <c r="J61" s="42"/>
+      <c r="K61" s="13">
+        <v>55</v>
+      </c>
+      <c r="L61" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="M61" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="N61" s="17">
+        <v>1</v>
+      </c>
+      <c r="O61" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="P61" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q61" s="17">
+        <v>1</v>
+      </c>
+      <c r="R61" s="17">
+        <v>0</v>
+      </c>
+      <c r="S61" s="17">
+        <v>0</v>
+      </c>
+      <c r="T61" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="U61" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="V61" s="17">
+        <v>0</v>
+      </c>
+      <c r="W61" s="17">
+        <v>0</v>
+      </c>
+      <c r="X61" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y61" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA61" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AB61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG61" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AH61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL61" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM61" s="17"/>
+      <c r="AN61" s="17"/>
+      <c r="AO61" s="12"/>
+      <c r="AP61" s="12"/>
+      <c r="AQ61" s="33"/>
+      <c r="AR61" s="33"/>
+      <c r="AS61" s="12"/>
+      <c r="AT61" s="12"/>
+      <c r="AU61" s="12"/>
+      <c r="AV61" s="12"/>
+      <c r="AW61" s="33"/>
+      <c r="AX61" s="33"/>
+      <c r="AY61" s="33"/>
+      <c r="AZ61" s="33"/>
+      <c r="BA61" s="33"/>
+      <c r="BB61" s="32">
+        <v>109</v>
+      </c>
+      <c r="BC61" s="28" t="s">
+        <v>139</v>
       </c>
     </row>
-    <row r="21" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-        <v>1416.215015333554</v>
+    <row r="62" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C62" s="2"/>
+      <c r="D62" s="28"/>
+      <c r="E62" s="29"/>
+      <c r="G62" s="29"/>
+      <c r="J62" s="42"/>
+      <c r="K62" s="13">
+        <v>56</v>
+      </c>
+      <c r="L62" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="M62" s="17">
+        <v>0</v>
+      </c>
+      <c r="N62" s="17">
+        <v>0</v>
+      </c>
+      <c r="O62" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="P62" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q62" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="R62" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="S62" s="17">
+        <v>1</v>
+      </c>
+      <c r="T62" s="17">
+        <v>1</v>
+      </c>
+      <c r="U62" s="17">
+        <v>0</v>
+      </c>
+      <c r="V62" s="17">
+        <v>0</v>
+      </c>
+      <c r="W62" s="17">
+        <v>0</v>
+      </c>
+      <c r="X62" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y62" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA62" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AB62" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC62" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AD62" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE62" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF62" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG62" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH62" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI62" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ62" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK62" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL62" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM62" s="17"/>
+      <c r="AN62" s="17"/>
+      <c r="AO62" s="12"/>
+      <c r="AP62" s="12"/>
+      <c r="AQ62" s="33"/>
+      <c r="AR62" s="33"/>
+      <c r="AS62" s="12"/>
+      <c r="AT62" s="12"/>
+      <c r="AU62" s="12"/>
+      <c r="AV62" s="12"/>
+      <c r="AW62" s="33"/>
+      <c r="AX62" s="33"/>
+      <c r="AY62" s="33"/>
+      <c r="AZ62" s="33"/>
+      <c r="BA62" s="33"/>
+      <c r="BB62" s="32">
+        <v>111</v>
+      </c>
+      <c r="BC62" s="28" t="s">
+        <v>140</v>
       </c>
     </row>
-    <row r="22" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-        <v>1354.5917182340947</v>
+    <row r="63" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C63" s="2"/>
+      <c r="D63" s="28"/>
+      <c r="E63" s="29"/>
+      <c r="G63" s="29"/>
+      <c r="J63" s="42"/>
+      <c r="K63" s="13">
+        <v>57</v>
+      </c>
+      <c r="L63" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="M63" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="N63" s="17">
+        <v>0</v>
+      </c>
+      <c r="O63" s="17">
+        <v>0</v>
+      </c>
+      <c r="P63" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="17">
+        <v>0</v>
+      </c>
+      <c r="R63" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="S63" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="T63" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="U63" s="17">
+        <v>0</v>
+      </c>
+      <c r="V63" s="17">
+        <v>0</v>
+      </c>
+      <c r="W63" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="X63" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y63" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="Z63" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AB63" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AC63" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD63" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE63" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AF63" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG63" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH63" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI63" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AJ63" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK63" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AL63" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AM63" s="17"/>
+      <c r="AN63" s="17"/>
+      <c r="AO63" s="12"/>
+      <c r="AP63" s="12"/>
+      <c r="AQ63" s="33"/>
+      <c r="AR63" s="33"/>
+      <c r="AS63" s="12"/>
+      <c r="AT63" s="12"/>
+      <c r="AU63" s="12"/>
+      <c r="AV63" s="12"/>
+      <c r="AW63" s="33"/>
+      <c r="AX63" s="33"/>
+      <c r="AY63" s="33"/>
+      <c r="AZ63" s="33"/>
+      <c r="BA63" s="33"/>
+      <c r="BB63" s="32">
+        <v>113</v>
+      </c>
+      <c r="BC63" s="28" t="s">
+        <v>141</v>
       </c>
     </row>
-    <row r="23" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="64" spans="3:55" x14ac:dyDescent="0.35">
+      <c r="C64" s="2"/>
+      <c r="D64" s="28"/>
+      <c r="E64" s="29"/>
+      <c r="G64" s="29"/>
+      <c r="J64" s="42"/>
+      <c r="K64" s="13">
+        <v>58</v>
+      </c>
+      <c r="L64" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="M64" s="17">
+        <v>1</v>
+      </c>
+      <c r="N64" s="17">
+        <v>1</v>
+      </c>
+      <c r="O64" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="P64" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q64" s="17">
+        <v>1</v>
+      </c>
+      <c r="R64" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="S64" s="17">
+        <v>1</v>
+      </c>
+      <c r="T64" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="U64" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="V64" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="W64" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="X64" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y64" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="Z64" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AA64" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AB64" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AC64" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AD64" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AE64" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AF64" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AG64" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AH64" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI64" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AJ64" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AK64" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AL64" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AM64" s="17"/>
+      <c r="AN64" s="17"/>
+      <c r="AO64" s="12"/>
+      <c r="AP64" s="12"/>
+      <c r="AQ64" s="33"/>
+      <c r="AR64" s="33"/>
+      <c r="AS64" s="12"/>
+      <c r="AT64" s="12"/>
+      <c r="AU64" s="12"/>
+      <c r="AV64" s="12"/>
+      <c r="AW64" s="33"/>
+      <c r="AX64" s="33"/>
+      <c r="AY64" s="33"/>
+      <c r="AZ64" s="33"/>
+      <c r="BA64" s="33"/>
     </row>
-    <row r="24" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="65" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C65" s="2"/>
+      <c r="D65" s="28"/>
+      <c r="E65" s="29"/>
+      <c r="G65" s="29"/>
+      <c r="J65" s="42"/>
+      <c r="K65" s="13">
+        <v>59</v>
+      </c>
+      <c r="L65" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="M65" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="N65" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="O65" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="P65" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Q65" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="R65" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="S65" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="T65" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="U65" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="V65" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="W65" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="X65" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Y65" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="Z65" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AA65" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AB65" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AC65" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AD65" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AE65" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AF65" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG65" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH65" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AI65" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ65" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK65" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AL65" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AM65" s="17"/>
+      <c r="AN65" s="17"/>
+      <c r="AO65" s="12"/>
+      <c r="AP65" s="12"/>
+      <c r="AQ65" s="33"/>
+      <c r="AR65" s="33"/>
+      <c r="AS65" s="12"/>
+      <c r="AT65" s="12"/>
+      <c r="AU65" s="12"/>
+      <c r="AV65" s="12"/>
+      <c r="AW65" s="33"/>
+      <c r="AX65" s="33"/>
+      <c r="AY65" s="33"/>
+      <c r="AZ65" s="33"/>
+      <c r="BA65" s="33"/>
     </row>
-    <row r="25" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="66" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C66" s="2"/>
+      <c r="D66" s="31"/>
+      <c r="E66" s="29"/>
+      <c r="G66" s="29"/>
+      <c r="J66" s="42"/>
+      <c r="K66" s="13">
+        <v>60</v>
+      </c>
+      <c r="L66" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="M66" s="17">
+        <v>0</v>
+      </c>
+      <c r="N66" s="17">
+        <v>0</v>
+      </c>
+      <c r="O66" s="17">
+        <v>1</v>
+      </c>
+      <c r="P66" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q66" s="17">
+        <v>0</v>
+      </c>
+      <c r="R66" s="17">
+        <v>0</v>
+      </c>
+      <c r="S66" s="17">
+        <v>0</v>
+      </c>
+      <c r="T66" s="17">
+        <v>0</v>
+      </c>
+      <c r="U66" s="17">
+        <v>0</v>
+      </c>
+      <c r="V66" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="W66" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="X66" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y66" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE66" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF66" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL66" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM66" s="17"/>
+      <c r="AN66" s="17"/>
+      <c r="AO66" s="12"/>
+      <c r="AP66" s="12"/>
+      <c r="AQ66" s="33"/>
+      <c r="AR66" s="33"/>
+      <c r="AS66" s="12"/>
+      <c r="AT66" s="12"/>
+      <c r="AU66" s="12"/>
+      <c r="AV66" s="12"/>
+      <c r="AW66" s="33"/>
+      <c r="AX66" s="33"/>
+      <c r="AY66" s="33"/>
+      <c r="AZ66" s="33"/>
+      <c r="BA66" s="33"/>
     </row>
-    <row r="26" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...55 lines deleted...]
-      </c>
+    <row r="67" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C67" s="2"/>
+      <c r="D67" s="31"/>
+      <c r="E67" s="29"/>
+      <c r="G67" s="29"/>
+      <c r="J67" s="42"/>
+      <c r="K67" s="13">
+        <v>61</v>
+      </c>
+      <c r="L67" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="M67" s="17">
+        <v>0</v>
+      </c>
+      <c r="N67" s="17">
+        <v>0</v>
+      </c>
+      <c r="O67" s="17">
+        <v>1</v>
+      </c>
+      <c r="P67" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q67" s="17">
+        <v>0</v>
+      </c>
+      <c r="R67" s="17">
+        <v>0</v>
+      </c>
+      <c r="S67" s="17">
+        <v>0</v>
+      </c>
+      <c r="T67" s="17">
+        <v>0</v>
+      </c>
+      <c r="U67" s="17">
+        <v>0</v>
+      </c>
+      <c r="V67" s="17">
+        <v>0</v>
+      </c>
+      <c r="W67" s="17">
+        <v>0</v>
+      </c>
+      <c r="X67" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y67" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL67" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM67" s="17"/>
+      <c r="AN67" s="17"/>
+      <c r="AO67" s="12"/>
+      <c r="AP67" s="12"/>
+      <c r="AQ67" s="33"/>
+      <c r="AR67" s="33"/>
+      <c r="AS67" s="12"/>
+      <c r="AT67" s="12"/>
+      <c r="AU67" s="12"/>
+      <c r="AV67" s="12"/>
+      <c r="AW67" s="33"/>
+      <c r="AX67" s="33"/>
+      <c r="AY67" s="33"/>
+      <c r="AZ67" s="33"/>
+      <c r="BA67" s="33"/>
     </row>
-    <row r="27" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="68" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C68" s="2"/>
+      <c r="D68" s="31"/>
+      <c r="E68" s="29"/>
+      <c r="G68" s="29"/>
+      <c r="J68" s="42"/>
+      <c r="K68" s="13">
+        <v>62</v>
+      </c>
+      <c r="L68" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="M68" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="N68" s="17">
+        <v>1</v>
+      </c>
+      <c r="O68" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="P68" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="Q68" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="R68" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="S68" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="T68" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="U68" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="V68" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="W68" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="X68" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="Y68" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Z68" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AA68" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AB68" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC68" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AD68" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AE68" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AF68" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG68" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH68" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI68" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ68" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK68" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL68" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AM68" s="17"/>
+      <c r="AN68" s="17"/>
+      <c r="AO68" s="12"/>
+      <c r="AP68" s="12"/>
+      <c r="AQ68" s="33"/>
+      <c r="AR68" s="33"/>
+      <c r="AS68" s="12"/>
+      <c r="AT68" s="12"/>
+      <c r="AU68" s="12"/>
+      <c r="AV68" s="12"/>
+      <c r="AW68" s="33"/>
+      <c r="AX68" s="33"/>
+      <c r="AY68" s="33"/>
+      <c r="AZ68" s="33"/>
+      <c r="BA68" s="33"/>
     </row>
-    <row r="28" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="69" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C69" s="2"/>
+      <c r="D69" s="31"/>
+      <c r="E69" s="29"/>
+      <c r="G69" s="29"/>
+      <c r="J69" s="42"/>
+      <c r="K69" s="13">
+        <v>63</v>
+      </c>
+      <c r="L69" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="M69" s="17">
+        <v>1</v>
+      </c>
+      <c r="N69" s="17">
+        <v>1</v>
+      </c>
+      <c r="O69" s="17">
+        <v>1</v>
+      </c>
+      <c r="P69" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q69" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="R69" s="17">
+        <v>1</v>
+      </c>
+      <c r="S69" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="T69" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="U69" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="V69" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="W69" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="X69" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Y69" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="Z69" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AA69" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AB69" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AC69" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AD69" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AE69" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AF69" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG69" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AH69" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AI69" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AJ69" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AK69" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AL69" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AM69" s="17"/>
+      <c r="AN69" s="17"/>
+      <c r="AO69" s="12"/>
+      <c r="AP69" s="12"/>
+      <c r="AQ69" s="33"/>
+      <c r="AR69" s="33"/>
+      <c r="AS69" s="12"/>
+      <c r="AT69" s="12"/>
+      <c r="AU69" s="12"/>
+      <c r="AV69" s="12"/>
+      <c r="AW69" s="33"/>
+      <c r="AX69" s="33"/>
+      <c r="AY69" s="33"/>
+      <c r="AZ69" s="33"/>
+      <c r="BA69" s="33"/>
     </row>
-    <row r="29" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="70" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C70" s="2"/>
+      <c r="D70" s="31"/>
+      <c r="E70" s="29"/>
+      <c r="G70" s="29"/>
+      <c r="J70" s="42"/>
+      <c r="K70" s="13">
+        <v>64</v>
+      </c>
+      <c r="L70" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="M70" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="N70" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="O70" s="17">
+        <v>0</v>
+      </c>
+      <c r="P70" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Q70" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="R70" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="S70" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="T70" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="U70" s="17">
+        <v>0</v>
+      </c>
+      <c r="V70" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="W70" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="X70" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="Y70" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z70" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AA70" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AB70" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC70" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD70" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE70" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AF70" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG70" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AH70" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AI70" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AJ70" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AK70" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AL70" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM70" s="17"/>
+      <c r="AN70" s="17"/>
+      <c r="AO70" s="12"/>
+      <c r="AP70" s="12"/>
+      <c r="AQ70" s="33"/>
+      <c r="AR70" s="33"/>
+      <c r="AS70" s="12"/>
+      <c r="AT70" s="12"/>
+      <c r="AU70" s="12"/>
+      <c r="AV70" s="12"/>
+      <c r="AW70" s="33"/>
+      <c r="AX70" s="33"/>
+      <c r="AY70" s="33"/>
+      <c r="AZ70" s="33"/>
+      <c r="BA70" s="33"/>
     </row>
-    <row r="30" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="71" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C71" s="2"/>
+      <c r="D71" s="31"/>
+      <c r="E71" s="29"/>
+      <c r="G71" s="29"/>
+      <c r="J71" s="42"/>
+      <c r="K71" s="13">
+        <v>65</v>
+      </c>
+      <c r="L71" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="M71" s="17">
+        <v>1</v>
+      </c>
+      <c r="N71" s="17">
+        <v>1</v>
+      </c>
+      <c r="O71" s="17">
+        <v>1</v>
+      </c>
+      <c r="P71" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q71" s="17">
+        <v>1</v>
+      </c>
+      <c r="R71" s="17">
+        <v>1</v>
+      </c>
+      <c r="S71" s="17">
+        <v>1</v>
+      </c>
+      <c r="T71" s="17">
+        <v>1</v>
+      </c>
+      <c r="U71" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="V71" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="W71" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="X71" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y71" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Z71" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AA71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB71" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AC71" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AD71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK71" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL71" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM71" s="17"/>
+      <c r="AN71" s="17"/>
+      <c r="AO71" s="12"/>
+      <c r="AP71" s="12"/>
+      <c r="AQ71" s="33"/>
+      <c r="AR71" s="33"/>
+      <c r="AS71" s="12"/>
+      <c r="AT71" s="12"/>
+      <c r="AU71" s="12"/>
+      <c r="AV71" s="12"/>
+      <c r="AW71" s="33"/>
+      <c r="AX71" s="33"/>
+      <c r="AY71" s="33"/>
+      <c r="AZ71" s="33"/>
+      <c r="BA71" s="33"/>
     </row>
-    <row r="31" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...54 lines deleted...]
-      </c>
+    <row r="72" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C72" s="2"/>
+      <c r="D72" s="31"/>
+      <c r="E72" s="29"/>
+      <c r="G72" s="29"/>
+      <c r="J72" s="42"/>
+      <c r="K72" s="13">
+        <v>66</v>
+      </c>
+      <c r="L72" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="M72" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="N72" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="O72" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="P72" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="Q72" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="R72" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="S72" s="17">
+        <v>0</v>
+      </c>
+      <c r="T72" s="17">
+        <v>0</v>
+      </c>
+      <c r="U72" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="V72" s="17">
+        <v>0</v>
+      </c>
+      <c r="W72" s="17">
+        <v>0</v>
+      </c>
+      <c r="X72" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y72" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL72" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM72" s="17"/>
+      <c r="AN72" s="17"/>
+      <c r="AO72" s="12"/>
+      <c r="AP72" s="12"/>
+      <c r="AQ72" s="33"/>
+      <c r="AR72" s="33"/>
+      <c r="AS72" s="12"/>
+      <c r="AT72" s="12"/>
+      <c r="AU72" s="12"/>
+      <c r="AV72" s="12"/>
+      <c r="AW72" s="33"/>
+      <c r="AX72" s="33"/>
+      <c r="AY72" s="33"/>
+      <c r="AZ72" s="33"/>
+      <c r="BA72" s="33"/>
     </row>
-    <row r="32" spans="2:30" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...53 lines deleted...]
-      </c>
+    <row r="73" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C73" s="2"/>
+      <c r="D73" s="31"/>
+      <c r="E73" s="29"/>
+      <c r="G73" s="29"/>
+      <c r="J73" s="42"/>
+      <c r="K73" s="13">
+        <v>67</v>
+      </c>
+      <c r="L73" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M73" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="N73" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="O73" s="17">
+        <v>1</v>
+      </c>
+      <c r="P73" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="Q73" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="R73" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="S73" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="T73" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="U73" s="17">
+        <v>0.95499999999999996</v>
+      </c>
+      <c r="V73" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="W73" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="X73" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="Y73" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z73" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="AA73" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="AB73" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="AC73" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AD73" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AE73" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="AF73" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AG73" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH73" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AI73" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AJ73" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AK73" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="AL73" s="17">
+        <v>0.17599999999999999</v>
+      </c>
+      <c r="AM73" s="17"/>
+      <c r="AN73" s="17"/>
+      <c r="AO73" s="12"/>
+      <c r="AP73" s="12"/>
+      <c r="AQ73" s="33"/>
+      <c r="AR73" s="33"/>
+      <c r="AS73" s="12"/>
+      <c r="AT73" s="12"/>
+      <c r="AU73" s="12"/>
+      <c r="AV73" s="12"/>
+      <c r="AW73" s="33"/>
+      <c r="AX73" s="33"/>
+      <c r="AY73" s="33"/>
+      <c r="AZ73" s="33"/>
+      <c r="BA73" s="33"/>
     </row>
-    <row r="33" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-      </c>
+    <row r="74" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C74" s="2"/>
+      <c r="D74" s="31"/>
+      <c r="E74" s="29"/>
+      <c r="G74" s="29"/>
+      <c r="J74" s="42"/>
+      <c r="K74" s="13">
+        <v>68</v>
+      </c>
+      <c r="L74" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="M74" s="17">
+        <v>0</v>
+      </c>
+      <c r="N74" s="17">
+        <v>1</v>
+      </c>
+      <c r="O74" s="17">
+        <v>1</v>
+      </c>
+      <c r="P74" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Q74" s="17">
+        <v>1</v>
+      </c>
+      <c r="R74" s="17">
+        <v>1</v>
+      </c>
+      <c r="S74" s="17">
+        <v>0</v>
+      </c>
+      <c r="T74" s="17">
+        <v>0</v>
+      </c>
+      <c r="U74" s="17">
+        <v>1</v>
+      </c>
+      <c r="V74" s="17">
+        <v>0</v>
+      </c>
+      <c r="W74" s="17">
+        <v>0</v>
+      </c>
+      <c r="X74" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y74" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z74" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA74" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB74" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AC74" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD74" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE74" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF74" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG74" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH74" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI74" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ74" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK74" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL74" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM74" s="17"/>
+      <c r="AN74" s="17"/>
+      <c r="AO74" s="12"/>
+      <c r="AP74" s="12"/>
+      <c r="AQ74" s="33"/>
+      <c r="AR74" s="33"/>
+      <c r="AS74" s="12"/>
+      <c r="AT74" s="12"/>
+      <c r="AU74" s="12"/>
+      <c r="AV74" s="12"/>
+      <c r="AW74" s="33"/>
+      <c r="AX74" s="33"/>
+      <c r="AY74" s="33"/>
+      <c r="AZ74" s="33"/>
+      <c r="BA74" s="33"/>
     </row>
-    <row r="34" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-      </c>
+    <row r="75" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C75" s="2"/>
+      <c r="D75" s="31"/>
+      <c r="E75" s="29"/>
+      <c r="G75" s="29"/>
+      <c r="J75" s="42"/>
+      <c r="K75" s="13">
+        <v>69</v>
+      </c>
+      <c r="L75" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M75" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="N75" s="17">
+        <v>1</v>
+      </c>
+      <c r="O75" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="P75" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q75" s="17">
+        <v>1</v>
+      </c>
+      <c r="R75" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="S75" s="17">
+        <v>0</v>
+      </c>
+      <c r="T75" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="U75" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="V75" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="W75" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="X75" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="Y75" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="Z75" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="AA75" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AB75" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="AC75" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AD75" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AE75" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AF75" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG75" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH75" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AI75" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AJ75" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AK75" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL75" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AM75" s="17"/>
+      <c r="AN75" s="17"/>
+      <c r="AO75" s="12"/>
+      <c r="AP75" s="12"/>
+      <c r="AQ75" s="33"/>
+      <c r="AR75" s="33"/>
+      <c r="AS75" s="12"/>
+      <c r="AT75" s="12"/>
+      <c r="AU75" s="12"/>
+      <c r="AV75" s="12"/>
+      <c r="AW75" s="33"/>
+      <c r="AX75" s="33"/>
+      <c r="AY75" s="33"/>
+      <c r="AZ75" s="33"/>
+      <c r="BA75" s="33"/>
     </row>
-    <row r="35" spans="2:31" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-      </c>
+    <row r="76" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C76" s="2"/>
+      <c r="D76" s="31"/>
+      <c r="E76" s="29"/>
+      <c r="G76" s="29"/>
+      <c r="J76" s="42"/>
+      <c r="K76" s="13">
+        <v>70</v>
+      </c>
+      <c r="L76" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M76" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="N76" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="O76" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="P76" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Q76" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="R76" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="S76" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="T76" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="U76" s="17">
+        <v>0.40699999999999997</v>
+      </c>
+      <c r="V76" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="W76" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="X76" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="Y76" s="17">
+        <v>0.39100000000000001</v>
+      </c>
+      <c r="Z76" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="AA76" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AB76" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="AC76" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AD76" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AE76" s="17">
+        <v>0.26300000000000001</v>
+      </c>
+      <c r="AF76" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AG76" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH76" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="AI76" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ76" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK76" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL76" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM76" s="17"/>
+      <c r="AN76" s="17"/>
+      <c r="AO76" s="12"/>
+      <c r="AP76" s="12"/>
+      <c r="AQ76" s="33"/>
+      <c r="AR76" s="33"/>
+      <c r="AS76" s="12"/>
+      <c r="AT76" s="12"/>
+      <c r="AU76" s="12"/>
+      <c r="AV76" s="12"/>
+      <c r="AW76" s="33"/>
+      <c r="AX76" s="33"/>
+      <c r="AY76" s="33"/>
+      <c r="AZ76" s="33"/>
+      <c r="BA76" s="33"/>
     </row>
-    <row r="36" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      </c>
+    <row r="77" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C77" s="2"/>
+      <c r="D77" s="31"/>
+      <c r="E77" s="29"/>
+      <c r="G77" s="29"/>
+      <c r="J77" s="42"/>
+      <c r="K77" s="13">
+        <v>71</v>
+      </c>
+      <c r="L77" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M77" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="N77" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="O77" s="17">
+        <v>0.74099999999999999</v>
+      </c>
+      <c r="P77" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="Q77" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="R77" s="17">
+        <v>0.65200000000000002</v>
+      </c>
+      <c r="S77" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="T77" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="U77" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="V77" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="W77" s="17">
+        <v>0.46400000000000002</v>
+      </c>
+      <c r="X77" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="Y77" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="Z77" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AA77" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AB77" s="17">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="AC77" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AD77" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AE77" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AF77" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AG77" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH77" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AI77" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ77" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK77" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AL77" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM77" s="17"/>
+      <c r="AN77" s="17"/>
+      <c r="AO77" s="12"/>
+      <c r="AP77" s="12"/>
+      <c r="AQ77" s="33"/>
+      <c r="AR77" s="33"/>
+      <c r="AS77" s="12"/>
+      <c r="AT77" s="12"/>
+      <c r="AU77" s="12"/>
+      <c r="AV77" s="12"/>
+      <c r="AW77" s="33"/>
+      <c r="AX77" s="33"/>
+      <c r="AY77" s="33"/>
+      <c r="AZ77" s="33"/>
+      <c r="BA77" s="33"/>
     </row>
-    <row r="37" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...32 lines deleted...]
-      <c r="AB37" s="98"/>
+    <row r="78" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C78" s="2"/>
+      <c r="D78" s="31"/>
+      <c r="E78" s="29"/>
+      <c r="G78" s="29"/>
+      <c r="J78" s="42"/>
+      <c r="K78" s="13">
+        <v>72</v>
+      </c>
+      <c r="L78" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="M78" s="17">
+        <v>0</v>
+      </c>
+      <c r="N78" s="17">
+        <v>0</v>
+      </c>
+      <c r="O78" s="17">
+        <v>0</v>
+      </c>
+      <c r="P78" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q78" s="17">
+        <v>0</v>
+      </c>
+      <c r="R78" s="17">
+        <v>1</v>
+      </c>
+      <c r="S78" s="17">
+        <v>0</v>
+      </c>
+      <c r="T78" s="17">
+        <v>0</v>
+      </c>
+      <c r="U78" s="17">
+        <v>0</v>
+      </c>
+      <c r="V78" s="17">
+        <v>0</v>
+      </c>
+      <c r="W78" s="17">
+        <v>0</v>
+      </c>
+      <c r="X78" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y78" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z78" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA78" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB78" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC78" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD78" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE78" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AF78" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG78" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH78" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI78" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ78" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK78" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL78" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM78" s="17"/>
+      <c r="AN78" s="17"/>
+      <c r="AO78" s="12"/>
+      <c r="AP78" s="12"/>
+      <c r="AQ78" s="33"/>
+      <c r="AR78" s="33"/>
+      <c r="AS78" s="12"/>
+      <c r="AT78" s="12"/>
+      <c r="AU78" s="12"/>
+      <c r="AV78" s="12"/>
+      <c r="AW78" s="33"/>
+      <c r="AX78" s="33"/>
+      <c r="AY78" s="33"/>
+      <c r="AZ78" s="33"/>
+      <c r="BA78" s="33"/>
     </row>
-    <row r="38" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...32 lines deleted...]
-      <c r="AB38" s="98"/>
+    <row r="79" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C79" s="2"/>
+      <c r="D79" s="31"/>
+      <c r="E79" s="29"/>
+      <c r="G79" s="29"/>
+      <c r="J79" s="42"/>
+      <c r="K79" s="13">
+        <v>73</v>
+      </c>
+      <c r="L79" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M79" s="17">
+        <v>0</v>
+      </c>
+      <c r="N79" s="17">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="O79" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="P79" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Q79" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="R79" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="S79" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="T79" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="U79" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="V79" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="W79" s="17">
+        <v>0</v>
+      </c>
+      <c r="X79" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Y79" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Z79" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AA79" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AB79" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC79" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AD79" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE79" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AF79" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG79" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH79" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AI79" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AJ79" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AK79" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AL79" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM79" s="17"/>
+      <c r="AN79" s="17"/>
+      <c r="AO79" s="12"/>
+      <c r="AP79" s="12"/>
+      <c r="AQ79" s="33"/>
+      <c r="AR79" s="33"/>
+      <c r="AS79" s="12"/>
+      <c r="AT79" s="12"/>
+      <c r="AU79" s="12"/>
+      <c r="AV79" s="12"/>
+      <c r="AW79" s="33"/>
+      <c r="AX79" s="33"/>
+      <c r="AY79" s="33"/>
+      <c r="AZ79" s="33"/>
+      <c r="BA79" s="33"/>
     </row>
-    <row r="39" spans="2:31" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...32 lines deleted...]
-      <c r="AB39" s="98"/>
+    <row r="80" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C80" s="2"/>
+      <c r="D80" s="31"/>
+      <c r="E80" s="29"/>
+      <c r="G80" s="29"/>
+      <c r="J80" s="42"/>
+      <c r="K80" s="13">
+        <v>74</v>
+      </c>
+      <c r="L80" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M80" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="N80" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="O80" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="P80" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="Q80" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="R80" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="S80" s="17">
+        <v>0</v>
+      </c>
+      <c r="T80" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="U80" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="V80" s="17">
+        <v>0</v>
+      </c>
+      <c r="W80" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="X80" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y80" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z80" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AA80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI80" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AJ80" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AK80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL80" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM80" s="17"/>
+      <c r="AN80" s="17"/>
+      <c r="AO80" s="12"/>
+      <c r="AP80" s="12"/>
+      <c r="AQ80" s="33"/>
+      <c r="AR80" s="33"/>
+      <c r="AS80" s="12"/>
+      <c r="AT80" s="12"/>
+      <c r="AU80" s="12"/>
+      <c r="AV80" s="12"/>
+      <c r="AW80" s="33"/>
+      <c r="AX80" s="33"/>
+      <c r="AY80" s="33"/>
+      <c r="AZ80" s="33"/>
+      <c r="BA80" s="33"/>
     </row>
-    <row r="40" spans="2:31" ht="14" customHeight="1" x14ac:dyDescent="0.35">
-[...31 lines deleted...]
-      <c r="AB40"/>
+    <row r="81" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C81" s="2"/>
+      <c r="D81" s="31"/>
+      <c r="E81" s="29"/>
+      <c r="G81" s="29"/>
+      <c r="J81" s="42"/>
+      <c r="K81" s="13">
+        <v>75</v>
+      </c>
+      <c r="L81" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M81" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="N81" s="17">
+        <v>1</v>
+      </c>
+      <c r="O81" s="17">
+        <v>1</v>
+      </c>
+      <c r="P81" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="Q81" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="R81" s="17">
+        <v>1</v>
+      </c>
+      <c r="S81" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="T81" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="U81" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="V81" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="W81" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="X81" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="Y81" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="Z81" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AA81" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AB81" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AC81" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="AD81" s="17">
+        <v>0.41199999999999998</v>
+      </c>
+      <c r="AE81" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AF81" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AG81" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AH81" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AI81" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ81" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK81" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AL81" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AM81" s="17"/>
+      <c r="AN81" s="17"/>
+      <c r="AO81" s="12"/>
+      <c r="AP81" s="12"/>
+      <c r="AQ81" s="33"/>
+      <c r="AR81" s="33"/>
+      <c r="AS81" s="12"/>
+      <c r="AT81" s="12"/>
+      <c r="AU81" s="12"/>
+      <c r="AV81" s="12"/>
+      <c r="AW81" s="33"/>
+      <c r="AX81" s="33"/>
+      <c r="AY81" s="33"/>
+      <c r="AZ81" s="33"/>
+      <c r="BA81" s="33"/>
     </row>
-    <row r="41" spans="2:31" ht="14" customHeight="1" x14ac:dyDescent="0.35">
-[...37 lines deleted...]
-      </c>
+    <row r="82" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C82" s="2"/>
+      <c r="D82" s="31"/>
+      <c r="E82" s="29"/>
+      <c r="G82" s="29"/>
+      <c r="J82" s="42"/>
+      <c r="K82" s="13">
+        <v>76</v>
+      </c>
+      <c r="L82" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M82" s="17">
+        <v>0</v>
+      </c>
+      <c r="N82" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="O82" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="P82" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q82" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="R82" s="17">
+        <v>0</v>
+      </c>
+      <c r="S82" s="17">
+        <v>0</v>
+      </c>
+      <c r="T82" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="U82" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="V82" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="W82" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="X82" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y82" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z82" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AA82" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB82" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC82" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AD82" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AE82" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AF82" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG82" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH82" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AI82" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AJ82" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AK82" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL82" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM82" s="17"/>
+      <c r="AN82" s="17"/>
+      <c r="AO82" s="12"/>
+      <c r="AP82" s="12"/>
+      <c r="AQ82" s="33"/>
+      <c r="AR82" s="33"/>
+      <c r="AS82" s="12"/>
+      <c r="AT82" s="12"/>
+      <c r="AU82" s="12"/>
+      <c r="AV82" s="12"/>
+      <c r="AW82" s="33"/>
+      <c r="AX82" s="33"/>
+      <c r="AY82" s="33"/>
+      <c r="AZ82" s="33"/>
+      <c r="BA82" s="33"/>
     </row>
-    <row r="42" spans="2:31" ht="14" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="W42" s="25"/>
+    <row r="83" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C83" s="2"/>
+      <c r="D83" s="31"/>
+      <c r="E83" s="29"/>
+      <c r="G83" s="29"/>
+      <c r="J83" s="42"/>
+      <c r="K83" s="13">
+        <v>77</v>
+      </c>
+      <c r="L83" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M83" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="N83" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="O83" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="P83" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Q83" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="R83" s="17">
+        <v>0</v>
+      </c>
+      <c r="S83" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="T83" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="U83" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="V83" s="17">
+        <v>0</v>
+      </c>
+      <c r="W83" s="17">
+        <v>0</v>
+      </c>
+      <c r="X83" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="Y83" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z83" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA83" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AB83" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AC83" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD83" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE83" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF83" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AG83" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH83" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AI83" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AJ83" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AK83" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AL83" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AM83" s="17"/>
+      <c r="AN83" s="17"/>
+      <c r="AO83" s="12"/>
+      <c r="AP83" s="12"/>
+      <c r="AQ83" s="33"/>
+      <c r="AR83" s="33"/>
+      <c r="AS83" s="12"/>
+      <c r="AT83" s="12"/>
+      <c r="AU83" s="12"/>
+      <c r="AV83" s="12"/>
+      <c r="AW83" s="33"/>
+      <c r="AX83" s="33"/>
+      <c r="AY83" s="33"/>
+      <c r="AZ83" s="33"/>
+      <c r="BA83" s="33"/>
     </row>
-    <row r="43" spans="2:31" ht="19.5" x14ac:dyDescent="0.35">
-[...2110 lines deleted...]
-      <c r="B37" s="22" t="s">
+    <row r="84" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C84" s="2"/>
+      <c r="D84" s="31"/>
+      <c r="E84" s="29"/>
+      <c r="G84" s="29"/>
+      <c r="J84" s="42"/>
+      <c r="K84" s="13">
         <v>78</v>
       </c>
-      <c r="C37" s="52">
-[...140 lines deleted...]
-      <c r="B43" s="22" t="s">
+      <c r="L84" s="12" t="s">
         <v>84</v>
       </c>
-      <c r="C43" s="52">
-[...1020 lines deleted...]
-      <c r="AP84" s="33"/>
+      <c r="M84" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="N84" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="O84" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="P84" s="17">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="Q84" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="R84" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="S84" s="17">
+        <v>0.16</v>
+      </c>
+      <c r="T84" s="17">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="U84" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="V84" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="W84" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="X84" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Y84" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA84" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AB84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE84" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="AF84" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AG84" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AH84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL84" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM84" s="17"/>
+      <c r="AN84" s="17"/>
+      <c r="AO84" s="12"/>
+      <c r="AP84" s="12"/>
       <c r="AQ84" s="33"/>
       <c r="AR84" s="33"/>
-      <c r="AS84" s="33"/>
-[...2 lines deleted...]
-      <c r="AV84" s="33"/>
+      <c r="AS84" s="12"/>
+      <c r="AT84" s="12"/>
+      <c r="AU84" s="12"/>
+      <c r="AV84" s="12"/>
       <c r="AW84" s="33"/>
       <c r="AX84" s="33"/>
       <c r="AY84" s="33"/>
       <c r="AZ84" s="33"/>
       <c r="BA84" s="33"/>
-      <c r="BB84" s="33"/>
-[...13 lines deleted...]
-      <c r="BP84" s="33"/>
     </row>
-    <row r="85" spans="1:68" x14ac:dyDescent="0.25">
-      <c r="B85" s="35" t="s">
+    <row r="85" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C85" s="2"/>
+      <c r="D85" s="31"/>
+      <c r="E85" s="29"/>
+      <c r="G85" s="29"/>
+      <c r="J85" s="42"/>
+      <c r="K85" s="13">
+        <v>79</v>
+      </c>
+      <c r="L85" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M85" s="17">
+        <v>0</v>
+      </c>
+      <c r="N85" s="17">
+        <v>1</v>
+      </c>
+      <c r="O85" s="17">
+        <v>1</v>
+      </c>
+      <c r="P85" s="17">
+        <v>0</v>
+      </c>
+      <c r="Q85" s="17">
+        <v>1</v>
+      </c>
+      <c r="R85" s="17">
+        <v>1</v>
+      </c>
+      <c r="S85" s="17">
+        <v>1</v>
+      </c>
+      <c r="T85" s="17">
+        <v>1</v>
+      </c>
+      <c r="U85" s="17">
+        <v>1</v>
+      </c>
+      <c r="V85" s="17">
+        <v>0</v>
+      </c>
+      <c r="W85" s="17">
+        <v>1</v>
+      </c>
+      <c r="X85" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y85" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA85" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK85" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL85" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AM85" s="17"/>
+      <c r="AN85" s="17"/>
+      <c r="AO85" s="12"/>
+      <c r="AP85" s="12"/>
+      <c r="AQ85" s="33"/>
+      <c r="AR85" s="33"/>
+      <c r="AS85" s="12"/>
+      <c r="AT85" s="12"/>
+      <c r="AU85" s="12"/>
+      <c r="AV85" s="12"/>
+      <c r="AW85" s="33"/>
+      <c r="AX85" s="33"/>
+      <c r="AY85" s="33"/>
+      <c r="AZ85" s="33"/>
+      <c r="BA85" s="33"/>
+    </row>
+    <row r="86" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C86" s="2"/>
+      <c r="D86" s="31"/>
+      <c r="E86" s="29"/>
+      <c r="G86" s="29"/>
+      <c r="J86" s="43"/>
+      <c r="K86" s="13">
+        <v>80</v>
+      </c>
+      <c r="L86" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M86" s="17">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="N86" s="17">
+        <v>0.23899999999999999</v>
+      </c>
+      <c r="O86" s="17">
+        <v>0.185</v>
+      </c>
+      <c r="P86" s="17">
+        <v>0.159</v>
+      </c>
+      <c r="Q86" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="R86" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="S86" s="17">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="T86" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="U86" s="17">
+        <v>7.8E-2</v>
+      </c>
+      <c r="V86" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="W86" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="X86" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="Y86" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="Z86" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AA86" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AB86" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AC86" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AD86" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AE86" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AF86" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AG86" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AH86" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AI86" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AJ86" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AK86" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AL86" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM86" s="17"/>
+      <c r="AN86" s="17"/>
+      <c r="AO86" s="12"/>
+      <c r="AP86" s="12"/>
+      <c r="AQ86" s="33"/>
+      <c r="AR86" s="33"/>
+      <c r="AS86" s="12"/>
+      <c r="AT86" s="12"/>
+      <c r="AU86" s="12"/>
+      <c r="AV86" s="12"/>
+      <c r="AW86" s="33"/>
+      <c r="AX86" s="33"/>
+      <c r="AY86" s="33"/>
+      <c r="AZ86" s="33"/>
+      <c r="BA86" s="33"/>
+    </row>
+    <row r="87" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C87" s="2"/>
+      <c r="D87" s="31"/>
+      <c r="E87" s="29"/>
+      <c r="G87" s="29"/>
+      <c r="K87" s="13">
+        <v>81</v>
+      </c>
+      <c r="M87" s="17"/>
+      <c r="N87" s="17"/>
+      <c r="O87" s="17"/>
+      <c r="P87" s="17"/>
+      <c r="Q87" s="17"/>
+      <c r="R87" s="17"/>
+      <c r="S87" s="17"/>
+      <c r="T87" s="17"/>
+      <c r="U87" s="17"/>
+      <c r="V87" s="17"/>
+      <c r="W87" s="17"/>
+      <c r="X87" s="17"/>
+      <c r="Y87" s="17"/>
+      <c r="Z87" s="17"/>
+      <c r="AA87" s="17"/>
+      <c r="AB87" s="17"/>
+      <c r="AC87" s="17"/>
+      <c r="AD87" s="17"/>
+      <c r="AE87" s="17"/>
+      <c r="AF87" s="17"/>
+      <c r="AG87" s="17"/>
+      <c r="AH87" s="17"/>
+      <c r="AI87" s="17"/>
+      <c r="AJ87" s="17"/>
+      <c r="AK87" s="17"/>
+      <c r="AL87" s="17"/>
+      <c r="AM87" s="17"/>
+      <c r="AN87" s="17"/>
+      <c r="AO87" s="12"/>
+      <c r="AP87" s="12"/>
+      <c r="AQ87" s="33"/>
+      <c r="AR87" s="33"/>
+      <c r="AS87" s="12"/>
+      <c r="AT87" s="12"/>
+      <c r="AU87" s="12"/>
+      <c r="AV87" s="12"/>
+      <c r="AW87" s="33"/>
+      <c r="AX87" s="33"/>
+      <c r="AY87" s="33"/>
+      <c r="AZ87" s="33"/>
+      <c r="BA87" s="33"/>
+    </row>
+    <row r="88" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C88" s="2"/>
+      <c r="D88" s="31"/>
+      <c r="E88" s="29"/>
+      <c r="G88" s="29"/>
+      <c r="K88" s="13">
+        <v>82</v>
+      </c>
+      <c r="L88" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="M88" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="N88" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="O88" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="P88" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="Q88" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="R88" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="S88" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="T88" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="U88" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="V88" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="W88" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="X88" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Y88" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="Z88" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AA88" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AB88" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AC88" s="18">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AD88" s="18">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AE88" s="18">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AF88" s="18">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AG88" s="18">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AH88" s="18">
+        <v>0.01</v>
+      </c>
+      <c r="AI88" s="18">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AJ88" s="18">
+        <v>0.01</v>
+      </c>
+      <c r="AK88" s="18">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AL88" s="18">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AM88" s="18"/>
+      <c r="AN88" s="18"/>
+      <c r="AO88" s="12"/>
+      <c r="AP88" s="12"/>
+      <c r="AQ88" s="33"/>
+      <c r="AR88" s="33"/>
+      <c r="AS88" s="12"/>
+      <c r="AT88" s="12"/>
+      <c r="AU88" s="12"/>
+      <c r="AV88" s="12"/>
+      <c r="AW88" s="33"/>
+      <c r="AX88" s="33"/>
+      <c r="AY88" s="33"/>
+      <c r="AZ88" s="33"/>
+      <c r="BA88" s="33"/>
+    </row>
+    <row r="89" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C89" s="2"/>
+      <c r="D89" s="31"/>
+      <c r="E89" s="29"/>
+      <c r="G89" s="29"/>
+      <c r="K89" s="13">
+        <v>83</v>
+      </c>
+      <c r="L89" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="M89" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="N89" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="O89" s="17">
+        <v>0.84399999999999997</v>
+      </c>
+      <c r="P89" s="17">
+        <v>0.77600000000000002</v>
+      </c>
+      <c r="Q89" s="17">
+        <v>0.79</v>
+      </c>
+      <c r="R89" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="S89" s="17">
+        <v>0.67400000000000004</v>
+      </c>
+      <c r="T89" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="U89" s="17">
+        <v>0.54400000000000004</v>
+      </c>
+      <c r="V89" s="17">
+        <v>0.39600000000000002</v>
+      </c>
+      <c r="W89" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="X89" s="17">
+        <v>0.313</v>
+      </c>
+      <c r="Y89" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="Z89" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AA89" s="17">
+        <v>0.28699999999999998</v>
+      </c>
+      <c r="AB89" s="17">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="AC89" s="18">
+        <v>0.21199999999999999</v>
+      </c>
+      <c r="AD89" s="18">
+        <v>0.312</v>
+      </c>
+      <c r="AE89" s="18">
+        <v>0.255</v>
+      </c>
+      <c r="AF89" s="18">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="AG89" s="18">
+        <v>0.115</v>
+      </c>
+      <c r="AH89" s="18">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="AI89" s="18">
+        <v>7.8E-2</v>
+      </c>
+      <c r="AJ89" s="18">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="AK89" s="18">
+        <v>0.154</v>
+      </c>
+      <c r="AL89" s="18">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AM89" s="18"/>
+      <c r="AN89" s="18"/>
+      <c r="AO89" s="12"/>
+      <c r="AP89" s="12"/>
+      <c r="AQ89" s="33"/>
+      <c r="AR89" s="33"/>
+      <c r="AS89" s="12"/>
+      <c r="AT89" s="12"/>
+      <c r="AU89" s="12"/>
+      <c r="AV89" s="12"/>
+      <c r="AW89" s="33"/>
+      <c r="AX89" s="33"/>
+      <c r="AY89" s="33"/>
+      <c r="AZ89" s="33"/>
+      <c r="BA89" s="33"/>
+    </row>
+    <row r="90" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C90" s="2"/>
+      <c r="D90" s="31"/>
+      <c r="E90" s="29"/>
+      <c r="G90" s="29"/>
+      <c r="K90" s="13">
+        <v>84</v>
+      </c>
+      <c r="L90" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="M90" s="17">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="N90" s="17">
+        <v>0.23899999999999999</v>
+      </c>
+      <c r="O90" s="17">
+        <v>0.185</v>
+      </c>
+      <c r="P90" s="17">
+        <v>0.159</v>
+      </c>
+      <c r="Q90" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="R90" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="S90" s="17">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="T90" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="U90" s="17">
+        <v>7.8E-2</v>
+      </c>
+      <c r="V90" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="W90" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="X90" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="Y90" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="Z90" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AA90" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AB90" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AC90" s="18">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AD90" s="18">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AE90" s="18">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AF90" s="18">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AG90" s="18">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AH90" s="18">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AI90" s="18">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AJ90" s="18">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AK90" s="18">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AL90" s="18">
+        <v>0.02</v>
+      </c>
+      <c r="AM90" s="18"/>
+      <c r="AN90" s="18"/>
+      <c r="AO90" s="12"/>
+      <c r="AP90" s="12"/>
+      <c r="AQ90" s="33"/>
+      <c r="AR90" s="33"/>
+      <c r="AS90" s="12"/>
+      <c r="AT90" s="12"/>
+      <c r="AU90" s="12"/>
+      <c r="AV90" s="12"/>
+      <c r="AW90" s="33"/>
+      <c r="AX90" s="33"/>
+      <c r="AY90" s="33"/>
+      <c r="AZ90" s="33"/>
+      <c r="BA90" s="33"/>
+    </row>
+    <row r="91" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C91" s="2"/>
+      <c r="D91" s="31"/>
+      <c r="E91" s="29"/>
+      <c r="G91" s="29"/>
+      <c r="K91" s="13">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="92" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C92" s="2"/>
+      <c r="D92" s="31"/>
+      <c r="E92" s="29"/>
+      <c r="G92" s="29"/>
+      <c r="K92" s="13">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="93" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C93" s="2"/>
+      <c r="D93" s="31"/>
+      <c r="E93" s="29"/>
+      <c r="G93" s="29"/>
+      <c r="K93" s="13">
+        <v>87</v>
+      </c>
+      <c r="L93" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="M93" s="15"/>
+      <c r="N93" s="15"/>
+      <c r="O93" s="15"/>
+      <c r="P93" s="15"/>
+      <c r="Q93" s="15"/>
+      <c r="R93" s="15"/>
+      <c r="S93" s="15"/>
+      <c r="T93" s="15"/>
+      <c r="U93" s="15"/>
+      <c r="V93" s="15"/>
+      <c r="W93" s="15"/>
+      <c r="AO93" s="40"/>
+      <c r="AP93" s="40"/>
+      <c r="AQ93" s="19"/>
+      <c r="AR93" s="19"/>
+      <c r="AS93" s="40"/>
+      <c r="AT93" s="40"/>
+      <c r="AU93" s="40"/>
+      <c r="AV93" s="40"/>
+      <c r="AW93" s="19"/>
+      <c r="AX93" s="19"/>
+      <c r="AY93" s="19"/>
+      <c r="AZ93" s="19"/>
+      <c r="BA93" s="19"/>
+    </row>
+    <row r="94" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C94" s="2"/>
+      <c r="D94" s="31"/>
+      <c r="E94" s="29"/>
+      <c r="G94" s="29"/>
+      <c r="K94" s="13">
+        <v>88</v>
+      </c>
+      <c r="L94" s="16" t="s">
+        <v>143</v>
+      </c>
+      <c r="M94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="O94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="R94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="S94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="T94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="U94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="V94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="W94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="X94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ94" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO94" s="12"/>
+      <c r="AP94" s="12"/>
+      <c r="AQ94" s="33"/>
+      <c r="AR94" s="33"/>
+      <c r="AS94" s="12"/>
+      <c r="AT94" s="12"/>
+      <c r="AU94" s="12"/>
+      <c r="AV94" s="12"/>
+      <c r="AW94" s="33"/>
+      <c r="AX94" s="33"/>
+      <c r="AY94" s="33"/>
+      <c r="AZ94" s="33"/>
+      <c r="BA94" s="33"/>
+    </row>
+    <row r="95" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C95" s="2"/>
+      <c r="D95" s="31"/>
+      <c r="E95" s="29"/>
+      <c r="G95" s="29"/>
+      <c r="K95" s="13">
+        <v>89</v>
+      </c>
+      <c r="L95" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="M95" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="N95" s="17">
+        <v>0.91900000000000004</v>
+      </c>
+      <c r="O95" s="17">
+        <v>0.96699999999999997</v>
+      </c>
+      <c r="P95" s="17">
+        <v>0.96699999999999997</v>
+      </c>
+      <c r="Q95" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="R95" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="S95" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="T95" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="U95" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="V95" s="17">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="W95" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="X95" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="Y95" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="Z95" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AA95" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="AB95" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="AC95" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="AD95" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="AE95" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="AF95" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="AG95" s="17">
+        <v>0.48</v>
+      </c>
+      <c r="AH95" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AI95" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="AJ95" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AK95" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AL95" s="17"/>
+      <c r="AM95" s="17"/>
+      <c r="AN95" s="17"/>
+      <c r="AO95" s="27"/>
+      <c r="AP95" s="27"/>
+      <c r="AQ95" s="3"/>
+      <c r="AR95" s="3"/>
+      <c r="AS95" s="27"/>
+      <c r="AT95" s="27"/>
+      <c r="AU95" s="27"/>
+      <c r="AV95" s="27"/>
+      <c r="AW95" s="3"/>
+      <c r="AX95" s="3"/>
+      <c r="AY95" s="3"/>
+      <c r="AZ95" s="3"/>
+      <c r="BA95" s="3"/>
+    </row>
+    <row r="96" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C96" s="2"/>
+      <c r="D96" s="31"/>
+      <c r="E96" s="29"/>
+      <c r="G96" s="29"/>
+      <c r="K96" s="13">
+        <v>90</v>
+      </c>
+      <c r="L96" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="M96" s="17">
+        <v>1</v>
+      </c>
+      <c r="N96" s="17">
+        <v>1</v>
+      </c>
+      <c r="O96" s="17">
+        <v>1</v>
+      </c>
+      <c r="P96" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q96" s="17">
+        <v>1</v>
+      </c>
+      <c r="R96" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="S96" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="T96" s="17">
+        <v>1</v>
+      </c>
+      <c r="U96" s="17">
+        <v>1</v>
+      </c>
+      <c r="V96" s="17">
+        <v>1</v>
+      </c>
+      <c r="W96" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="X96" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="Y96" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="Z96" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AA96" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="AB96" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="AC96" s="17">
+        <v>0.73899999999999999</v>
+      </c>
+      <c r="AD96" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="AE96" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="AF96" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AG96" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AH96" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AI96" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AJ96" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="AK96" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="AL96" s="17"/>
+      <c r="AM96" s="17"/>
+      <c r="AN96" s="17"/>
+      <c r="AO96" s="27"/>
+      <c r="AP96" s="27"/>
+      <c r="AQ96" s="3"/>
+      <c r="AR96" s="3"/>
+      <c r="AS96" s="27"/>
+      <c r="AT96" s="27"/>
+      <c r="AU96" s="27"/>
+      <c r="AV96" s="27"/>
+      <c r="AW96" s="3"/>
+      <c r="AX96" s="3"/>
+      <c r="AY96" s="3"/>
+      <c r="AZ96" s="3"/>
+      <c r="BA96" s="3"/>
+    </row>
+    <row r="97" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C97" s="2"/>
+      <c r="D97" s="31"/>
+      <c r="E97" s="29"/>
+      <c r="G97" s="29"/>
+      <c r="K97" s="13">
+        <v>91</v>
+      </c>
+      <c r="L97" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="M97" s="17">
+        <v>0.39600000000000002</v>
+      </c>
+      <c r="N97" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="O97" s="17">
+        <v>0.71599999999999997</v>
+      </c>
+      <c r="P97" s="17">
+        <v>0.753</v>
+      </c>
+      <c r="Q97" s="17">
+        <v>0.66300000000000003</v>
+      </c>
+      <c r="R97" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="S97" s="17">
+        <v>0.77</v>
+      </c>
+      <c r="T97" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="U97" s="17">
+        <v>0.66</v>
+      </c>
+      <c r="V97" s="17">
+        <v>0.64800000000000002</v>
+      </c>
+      <c r="W97" s="17">
+        <v>0.56699999999999995</v>
+      </c>
+      <c r="X97" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="Y97" s="17">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="Z97" s="17">
+        <v>0.502</v>
+      </c>
+      <c r="AA97" s="17">
+        <v>0.48299999999999998</v>
+      </c>
+      <c r="AB97" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="AC97" s="17">
+        <v>0.56200000000000006</v>
+      </c>
+      <c r="AD97" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="AE97" s="17">
+        <v>0.59199999999999997</v>
+      </c>
+      <c r="AF97" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AG97" s="17">
+        <v>0.42199999999999999</v>
+      </c>
+      <c r="AH97" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="AI97" s="17">
+        <v>0.17799999999999999</v>
+      </c>
+      <c r="AJ97" s="17">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="AK97" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="AL97" s="17"/>
+      <c r="AM97" s="17"/>
+      <c r="AN97" s="17"/>
+      <c r="AO97" s="27"/>
+      <c r="AP97" s="27"/>
+      <c r="AQ97" s="3"/>
+      <c r="AR97" s="3"/>
+      <c r="AS97" s="27"/>
+      <c r="AT97" s="27"/>
+      <c r="AU97" s="27"/>
+      <c r="AV97" s="27"/>
+      <c r="AW97" s="3"/>
+      <c r="AX97" s="3"/>
+      <c r="AY97" s="3"/>
+      <c r="AZ97" s="3"/>
+      <c r="BA97" s="3"/>
+    </row>
+    <row r="98" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C98" s="2"/>
+      <c r="D98" s="30"/>
+      <c r="E98" s="29"/>
+      <c r="G98" s="29"/>
+      <c r="K98" s="13">
+        <v>92</v>
+      </c>
+      <c r="L98" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="M98" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="N98" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="O98" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="P98" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="Q98" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="R98" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="S98" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="T98" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="U98" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="V98" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="W98" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="X98" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Y98" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Z98" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AA98" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AB98" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AC98" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AD98" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AE98" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AF98" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AG98" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AH98" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AI98" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AJ98" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AK98" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AL98" s="17"/>
+      <c r="AM98" s="17"/>
+      <c r="AN98" s="17"/>
+      <c r="AO98" s="27"/>
+      <c r="AP98" s="27"/>
+      <c r="AQ98" s="3"/>
+      <c r="AR98" s="3"/>
+      <c r="AS98" s="27"/>
+      <c r="AT98" s="27"/>
+      <c r="AU98" s="27"/>
+      <c r="AV98" s="27"/>
+      <c r="AW98" s="3"/>
+      <c r="AX98" s="3"/>
+      <c r="AY98" s="3"/>
+      <c r="AZ98" s="3"/>
+      <c r="BA98" s="3"/>
+    </row>
+    <row r="99" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C99" s="2"/>
+      <c r="D99" s="30"/>
+      <c r="E99" s="29"/>
+      <c r="G99" s="29"/>
+      <c r="K99" s="13">
+        <v>93</v>
+      </c>
+      <c r="L99" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="M99" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="N99" s="17">
+        <v>0.89600000000000002</v>
+      </c>
+      <c r="O99" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="P99" s="17">
+        <v>0.95499999999999996</v>
+      </c>
+      <c r="Q99" s="17">
+        <v>0.95499999999999996</v>
+      </c>
+      <c r="R99" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="S99" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="T99" s="17">
+        <v>0.78</v>
+      </c>
+      <c r="U99" s="17">
+        <v>0.74199999999999999</v>
+      </c>
+      <c r="V99" s="17">
+        <v>0.79400000000000004</v>
+      </c>
+      <c r="W99" s="17">
+        <v>0.26100000000000001</v>
+      </c>
+      <c r="X99" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="Y99" s="17">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="Z99" s="17">
+        <v>0.53200000000000003</v>
+      </c>
+      <c r="AA99" s="17">
+        <v>0.57299999999999995</v>
+      </c>
+      <c r="AB99" s="17">
+        <v>0.61399999999999999</v>
+      </c>
+      <c r="AC99" s="17">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="AD99" s="17">
+        <v>0.48299999999999998</v>
+      </c>
+      <c r="AE99" s="17">
+        <v>0.24099999999999999</v>
+      </c>
+      <c r="AF99" s="17">
+        <v>0.21299999999999999</v>
+      </c>
+      <c r="AG99" s="17">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="AH99" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="AI99" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AJ99" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="AK99" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL99" s="17"/>
+      <c r="AM99" s="17"/>
+      <c r="AN99" s="17"/>
+      <c r="AO99" s="27"/>
+      <c r="AP99" s="27"/>
+      <c r="AQ99" s="3"/>
+      <c r="AR99" s="3"/>
+      <c r="AS99" s="27"/>
+      <c r="AT99" s="27"/>
+      <c r="AU99" s="27"/>
+      <c r="AV99" s="27"/>
+      <c r="AW99" s="3"/>
+      <c r="AX99" s="3"/>
+      <c r="AY99" s="3"/>
+      <c r="AZ99" s="3"/>
+      <c r="BA99" s="3"/>
+    </row>
+    <row r="100" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C100" s="2"/>
+      <c r="D100" s="31"/>
+      <c r="E100" s="29"/>
+      <c r="K100" s="13">
+        <v>94</v>
+      </c>
+      <c r="L100" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="M100" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="N100" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="O100" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="P100" s="17">
+        <v>0.97599999999999998</v>
+      </c>
+      <c r="Q100" s="17">
+        <v>0.82</v>
+      </c>
+      <c r="R100" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="S100" s="17">
+        <v>0.85299999999999998</v>
+      </c>
+      <c r="T100" s="17">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="U100" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="V100" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="W100" s="17">
+        <v>0.60299999999999998</v>
+      </c>
+      <c r="X100" s="17">
+        <v>0.37</v>
+      </c>
+      <c r="Y100" s="17">
+        <v>0.60899999999999999</v>
+      </c>
+      <c r="Z100" s="17">
+        <v>0.52200000000000002</v>
+      </c>
+      <c r="AA100" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AB100" s="17">
+        <v>0.55700000000000005</v>
+      </c>
+      <c r="AC100" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="AD100" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="AE100" s="17">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="AF100" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AG100" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="AH100" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AI100" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="AJ100" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="AK100" s="17">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="AL100" s="17"/>
+      <c r="AM100" s="17"/>
+      <c r="AN100" s="17"/>
+      <c r="AO100" s="27"/>
+      <c r="AP100" s="27"/>
+      <c r="AQ100" s="3"/>
+      <c r="AR100" s="3"/>
+      <c r="AS100" s="27"/>
+      <c r="AT100" s="27"/>
+      <c r="AU100" s="27"/>
+      <c r="AV100" s="27"/>
+      <c r="AW100" s="3"/>
+      <c r="AX100" s="3"/>
+      <c r="AY100" s="3"/>
+      <c r="AZ100" s="3"/>
+      <c r="BA100" s="3"/>
+    </row>
+    <row r="101" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C101" s="2"/>
+      <c r="D101" s="31"/>
+      <c r="K101" s="13">
+        <v>95</v>
+      </c>
+      <c r="L101" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M101" s="17">
+        <v>0</v>
+      </c>
+      <c r="N101" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="O101" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="P101" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="Q101" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="R101" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="S101" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="T101" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="U101" s="17">
+        <v>0</v>
+      </c>
+      <c r="V101" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="W101" s="17">
+        <v>0</v>
+      </c>
+      <c r="X101" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="Y101" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="Z101" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA101" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AB101" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AC101" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AD101" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AE101" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AF101" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AG101" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AH101" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI101" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ101" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AK101" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AL101" s="17"/>
+      <c r="AM101" s="17"/>
+      <c r="AN101" s="17"/>
+      <c r="AO101" s="27"/>
+      <c r="AP101" s="27"/>
+      <c r="AQ101" s="3"/>
+      <c r="AR101" s="3"/>
+      <c r="AS101" s="27"/>
+      <c r="AT101" s="27"/>
+      <c r="AU101" s="27"/>
+      <c r="AV101" s="27"/>
+      <c r="AW101" s="3"/>
+      <c r="AX101" s="3"/>
+      <c r="AY101" s="3"/>
+      <c r="AZ101" s="3"/>
+      <c r="BA101" s="3"/>
+    </row>
+    <row r="102" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C102" s="2"/>
+      <c r="K102" s="13">
+        <v>96</v>
+      </c>
+      <c r="L102" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M102" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="N102" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="O102" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="P102" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="Q102" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="R102" s="17">
+        <v>0.83899999999999997</v>
+      </c>
+      <c r="S102" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="T102" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="U102" s="17">
+        <v>0.85299999999999998</v>
+      </c>
+      <c r="V102" s="17">
+        <v>0.871</v>
+      </c>
+      <c r="W102" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="X102" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="Y102" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="Z102" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AA102" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="AB102" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AC102" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="AD102" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AE102" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="AF102" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="AG102" s="17">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="AH102" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AI102" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="AJ102" s="17">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="AK102" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="AL102" s="17"/>
+      <c r="AM102" s="17"/>
+      <c r="AN102" s="17"/>
+      <c r="AO102" s="27"/>
+      <c r="AP102" s="27"/>
+      <c r="AQ102" s="3"/>
+      <c r="AR102" s="3"/>
+      <c r="AS102" s="27"/>
+      <c r="AT102" s="27"/>
+      <c r="AU102" s="27"/>
+      <c r="AV102" s="27"/>
+      <c r="AW102" s="3"/>
+      <c r="AX102" s="3"/>
+      <c r="AY102" s="3"/>
+      <c r="AZ102" s="3"/>
+      <c r="BA102" s="3"/>
+    </row>
+    <row r="103" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C103" s="2"/>
+      <c r="K103" s="13">
+        <v>97</v>
+      </c>
+      <c r="L103" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="M103" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="N103" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="O103" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="P103" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Q103" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="R103" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="S103" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="T103" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="U103" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="V103" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="W103" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="X103" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Y103" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Z103" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AA103" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AB103" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AC103" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AD103" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AE103" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AF103" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AG103" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AH103" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AI103" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AJ103" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AK103" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AL103" s="17"/>
+      <c r="AM103" s="17"/>
+      <c r="AN103" s="17"/>
+      <c r="AO103" s="27"/>
+      <c r="AP103" s="27"/>
+      <c r="AQ103" s="3"/>
+      <c r="AR103" s="3"/>
+      <c r="AS103" s="27"/>
+      <c r="AT103" s="27"/>
+      <c r="AU103" s="27"/>
+      <c r="AV103" s="27"/>
+      <c r="AW103" s="3"/>
+      <c r="AX103" s="3"/>
+      <c r="AY103" s="3"/>
+      <c r="AZ103" s="3"/>
+      <c r="BA103" s="3"/>
+    </row>
+    <row r="104" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C104" s="2"/>
+      <c r="K104" s="13">
+        <v>98</v>
+      </c>
+      <c r="L104" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="M104" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="N104" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="O104" s="17">
+        <v>0.67</v>
+      </c>
+      <c r="P104" s="17">
+        <v>0.70699999999999996</v>
+      </c>
+      <c r="Q104" s="17">
+        <v>0.69099999999999995</v>
+      </c>
+      <c r="R104" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="S104" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="T104" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="U104" s="17">
+        <v>0.40200000000000002</v>
+      </c>
+      <c r="V104" s="17">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="W104" s="17">
+        <v>0.21</v>
+      </c>
+      <c r="X104" s="17">
+        <v>0.14399999999999999</v>
+      </c>
+      <c r="Y104" s="17">
+        <v>0.113</v>
+      </c>
+      <c r="Z104" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AA104" s="17">
+        <v>0.123</v>
+      </c>
+      <c r="AB104" s="17">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="AC104" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AD104" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="AE104" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="AF104" s="17">
+        <v>5.5E-2</v>
+      </c>
+      <c r="AG104" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AH104" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="AI104" s="17">
+        <v>0.128</v>
+      </c>
+      <c r="AJ104" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AK104" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AL104" s="17"/>
+      <c r="AM104" s="17"/>
+      <c r="AN104" s="17"/>
+      <c r="AO104" s="27"/>
+      <c r="AP104" s="27"/>
+      <c r="AQ104" s="3"/>
+      <c r="AR104" s="3"/>
+      <c r="AS104" s="27"/>
+      <c r="AT104" s="27"/>
+      <c r="AU104" s="27"/>
+      <c r="AV104" s="27"/>
+      <c r="AW104" s="3"/>
+      <c r="AX104" s="3"/>
+      <c r="AY104" s="3"/>
+      <c r="AZ104" s="3"/>
+      <c r="BA104" s="3"/>
+    </row>
+    <row r="105" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C105" s="2"/>
+      <c r="K105" s="13">
+        <v>99</v>
+      </c>
+      <c r="L105" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="M105" s="17">
+        <v>1</v>
+      </c>
+      <c r="N105" s="17">
+        <v>1</v>
+      </c>
+      <c r="O105" s="17">
+        <v>1</v>
+      </c>
+      <c r="P105" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q105" s="17">
+        <v>1</v>
+      </c>
+      <c r="R105" s="17">
+        <v>1</v>
+      </c>
+      <c r="S105" s="17">
+        <v>1</v>
+      </c>
+      <c r="T105" s="17">
+        <v>0</v>
+      </c>
+      <c r="U105" s="17">
+        <v>1</v>
+      </c>
+      <c r="V105" s="17">
+        <v>1</v>
+      </c>
+      <c r="W105" s="17">
+        <v>0</v>
+      </c>
+      <c r="X105" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y105" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA105" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB105" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF105" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AG105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI105" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AJ105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK105" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL105" s="17"/>
+      <c r="AM105" s="17"/>
+      <c r="AN105" s="17"/>
+      <c r="AO105" s="27"/>
+      <c r="AP105" s="27"/>
+      <c r="AQ105" s="3"/>
+      <c r="AR105" s="3"/>
+      <c r="AS105" s="27"/>
+      <c r="AT105" s="27"/>
+      <c r="AU105" s="27"/>
+      <c r="AV105" s="27"/>
+      <c r="AW105" s="3"/>
+      <c r="AX105" s="3"/>
+      <c r="AY105" s="3"/>
+      <c r="AZ105" s="3"/>
+      <c r="BA105" s="3"/>
+    </row>
+    <row r="106" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C106" s="2"/>
+      <c r="K106" s="13">
+        <v>100</v>
+      </c>
+      <c r="L106" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="M106" s="17">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="N106" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="O106" s="17">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="P106" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="Q106" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="R106" s="17">
+        <v>0.66200000000000003</v>
+      </c>
+      <c r="S106" s="17">
+        <v>0.86599999999999999</v>
+      </c>
+      <c r="T106" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="U106" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="V106" s="17">
+        <v>0.78700000000000003</v>
+      </c>
+      <c r="W106" s="17">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="X106" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="Y106" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="Z106" s="17">
+        <v>0.73399999999999999</v>
+      </c>
+      <c r="AA106" s="17">
+        <v>0.66200000000000003</v>
+      </c>
+      <c r="AB106" s="17">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="AC106" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="AD106" s="17">
+        <v>0.74099999999999999</v>
+      </c>
+      <c r="AE106" s="17">
+        <v>0.77600000000000002</v>
+      </c>
+      <c r="AF106" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AG106" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AH106" s="17">
+        <v>0.56499999999999995</v>
+      </c>
+      <c r="AI106" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AJ106" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="AK106" s="17">
+        <v>0.318</v>
+      </c>
+      <c r="AL106" s="17"/>
+      <c r="AM106" s="17"/>
+      <c r="AN106" s="17"/>
+      <c r="AO106" s="27"/>
+      <c r="AP106" s="27"/>
+      <c r="AQ106" s="3"/>
+      <c r="AR106" s="3"/>
+      <c r="AS106" s="27"/>
+      <c r="AT106" s="27"/>
+      <c r="AU106" s="27"/>
+      <c r="AV106" s="27"/>
+      <c r="AW106" s="3"/>
+      <c r="AX106" s="3"/>
+      <c r="AY106" s="3"/>
+      <c r="AZ106" s="3"/>
+      <c r="BA106" s="3"/>
+    </row>
+    <row r="107" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C107" s="2"/>
+      <c r="K107" s="13">
+        <v>101</v>
+      </c>
+      <c r="L107" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="M107" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="N107" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="O107" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="P107" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="Q107" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="R107" s="17">
+        <v>0.64900000000000002</v>
+      </c>
+      <c r="S107" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="T107" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="U107" s="17">
+        <v>0.34</v>
+      </c>
+      <c r="V107" s="17">
+        <v>0.23599999999999999</v>
+      </c>
+      <c r="W107" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="X107" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="Y107" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Z107" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AA107" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AB107" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AC107" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AD107" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="AE107" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AF107" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AG107" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AH107" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AI107" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AJ107" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AK107" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AL107" s="17"/>
+      <c r="AM107" s="17"/>
+      <c r="AN107" s="17"/>
+      <c r="AO107" s="27"/>
+      <c r="AP107" s="27"/>
+      <c r="AQ107" s="3"/>
+      <c r="AR107" s="3"/>
+      <c r="AS107" s="27"/>
+      <c r="AT107" s="27"/>
+      <c r="AU107" s="27"/>
+      <c r="AV107" s="27"/>
+      <c r="AW107" s="3"/>
+      <c r="AX107" s="3"/>
+      <c r="AY107" s="3"/>
+      <c r="AZ107" s="3"/>
+      <c r="BA107" s="3"/>
+    </row>
+    <row r="108" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C108" s="2"/>
+      <c r="K108" s="13">
+        <v>102</v>
+      </c>
+      <c r="L108" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="M108" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="N108" s="17">
+        <v>0.315</v>
+      </c>
+      <c r="O108" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="P108" s="17">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="Q108" s="17">
+        <v>0.55800000000000005</v>
+      </c>
+      <c r="R108" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="S108" s="17">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="T108" s="17">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="U108" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="V108" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="W108" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="X108" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="Y108" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Z108" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AA108" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AB108" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AC108" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AD108" s="17">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="AE108" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AF108" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AG108" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AH108" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AI108" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AJ108" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AK108" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AL108" s="17"/>
+      <c r="AM108" s="17"/>
+      <c r="AN108" s="17"/>
+      <c r="AO108" s="27"/>
+      <c r="AP108" s="27"/>
+      <c r="AQ108" s="3"/>
+      <c r="AR108" s="3"/>
+      <c r="AS108" s="27"/>
+      <c r="AT108" s="27"/>
+      <c r="AU108" s="27"/>
+      <c r="AV108" s="27"/>
+      <c r="AW108" s="3"/>
+      <c r="AX108" s="3"/>
+      <c r="AY108" s="3"/>
+      <c r="AZ108" s="3"/>
+      <c r="BA108" s="3"/>
+    </row>
+    <row r="109" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C109" s="2"/>
+      <c r="K109" s="13">
+        <v>103</v>
+      </c>
+      <c r="L109" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="M109" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="N109" s="17">
+        <v>1</v>
+      </c>
+      <c r="O109" s="17">
+        <v>1</v>
+      </c>
+      <c r="P109" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q109" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="R109" s="17">
+        <v>1</v>
+      </c>
+      <c r="S109" s="17">
+        <v>1</v>
+      </c>
+      <c r="T109" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="U109" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="V109" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="W109" s="17">
+        <v>1</v>
+      </c>
+      <c r="X109" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="Y109" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="Z109" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AA109" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="AB109" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="AC109" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD109" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE109" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="AF109" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="AG109" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AH109" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="AI109" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AJ109" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AK109" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AL109" s="17"/>
+      <c r="AM109" s="17"/>
+      <c r="AN109" s="17"/>
+      <c r="AO109" s="27"/>
+      <c r="AP109" s="27"/>
+      <c r="AQ109" s="3"/>
+      <c r="AR109" s="3"/>
+      <c r="AS109" s="27"/>
+      <c r="AT109" s="27"/>
+      <c r="AU109" s="27"/>
+      <c r="AV109" s="27"/>
+      <c r="AW109" s="3"/>
+      <c r="AX109" s="3"/>
+      <c r="AY109" s="3"/>
+      <c r="AZ109" s="3"/>
+      <c r="BA109" s="3"/>
+    </row>
+    <row r="110" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C110" s="2"/>
+      <c r="K110" s="13">
+        <v>104</v>
+      </c>
+      <c r="L110" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="M110" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="N110" s="17">
+        <v>0.83899999999999997</v>
+      </c>
+      <c r="O110" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="P110" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="Q110" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="R110" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="S110" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="T110" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="U110" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="V110" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="W110" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="X110" s="17">
+        <v>0.65200000000000002</v>
+      </c>
+      <c r="Y110" s="17">
+        <v>0.70699999999999996</v>
+      </c>
+      <c r="Z110" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="AA110" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="AB110" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AC110" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AD110" s="17">
+        <v>0.55300000000000005</v>
+      </c>
+      <c r="AE110" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AF110" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AG110" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AH110" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="AI110" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AJ110" s="17">
+        <v>0.161</v>
+      </c>
+      <c r="AK110" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="AL110" s="17"/>
+      <c r="AM110" s="17"/>
+      <c r="AN110" s="17"/>
+      <c r="AO110" s="27"/>
+      <c r="AP110" s="27"/>
+      <c r="AQ110" s="3"/>
+      <c r="AR110" s="3"/>
+      <c r="AS110" s="27"/>
+      <c r="AT110" s="27"/>
+      <c r="AU110" s="27"/>
+      <c r="AV110" s="27"/>
+      <c r="AW110" s="3"/>
+      <c r="AX110" s="3"/>
+      <c r="AY110" s="3"/>
+      <c r="AZ110" s="3"/>
+      <c r="BA110" s="3"/>
+    </row>
+    <row r="111" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C111" s="2"/>
+      <c r="K111" s="13">
+        <v>105</v>
+      </c>
+      <c r="L111" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="M111" s="17">
+        <v>1</v>
+      </c>
+      <c r="N111" s="17">
+        <v>1</v>
+      </c>
+      <c r="O111" s="17">
+        <v>1</v>
+      </c>
+      <c r="P111" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q111" s="17">
+        <v>1</v>
+      </c>
+      <c r="R111" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="S111" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="T111" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="U111" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="V111" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="W111" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="X111" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="Y111" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Z111" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AA111" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="AB111" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AC111" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AD111" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="AE111" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="AF111" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AG111" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AH111" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AI111" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="AJ111" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AK111" s="17">
+        <v>0.42099999999999999</v>
+      </c>
+      <c r="AL111" s="17"/>
+      <c r="AM111" s="17"/>
+      <c r="AN111" s="17"/>
+      <c r="AO111" s="27"/>
+      <c r="AP111" s="27"/>
+      <c r="AQ111" s="3"/>
+      <c r="AR111" s="3"/>
+      <c r="AS111" s="27"/>
+      <c r="AT111" s="27"/>
+      <c r="AU111" s="27"/>
+      <c r="AV111" s="27"/>
+      <c r="AW111" s="3"/>
+      <c r="AX111" s="3"/>
+      <c r="AY111" s="3"/>
+      <c r="AZ111" s="3"/>
+      <c r="BA111" s="3"/>
+    </row>
+    <row r="112" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C112" s="2"/>
+      <c r="K112" s="13">
+        <v>106</v>
+      </c>
+      <c r="L112" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M112" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="N112" s="17">
+        <v>0.151</v>
+      </c>
+      <c r="O112" s="17">
+        <v>0.224</v>
+      </c>
+      <c r="P112" s="17">
+        <v>0.245</v>
+      </c>
+      <c r="Q112" s="17">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="R112" s="17">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="S112" s="17">
+        <v>0.22800000000000001</v>
+      </c>
+      <c r="T112" s="17">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="U112" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="V112" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="W112" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="X112" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="Y112" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Z112" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AA112" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AB112" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AC112" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AD112" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AE112" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AF112" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AG112" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AH112" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AI112" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AJ112" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AK112" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AL112" s="17"/>
+      <c r="AM112" s="17"/>
+      <c r="AN112" s="17"/>
+      <c r="AO112" s="27"/>
+      <c r="AP112" s="27"/>
+      <c r="AQ112" s="3"/>
+      <c r="AR112" s="3"/>
+      <c r="AS112" s="27"/>
+      <c r="AT112" s="27"/>
+      <c r="AU112" s="27"/>
+      <c r="AV112" s="27"/>
+      <c r="AW112" s="3"/>
+      <c r="AX112" s="3"/>
+      <c r="AY112" s="3"/>
+      <c r="AZ112" s="3"/>
+      <c r="BA112" s="3"/>
+    </row>
+    <row r="113" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C113" s="2"/>
+      <c r="K113" s="13">
+        <v>107</v>
+      </c>
+      <c r="L113" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M113" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="N113" s="17">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="O113" s="17">
+        <v>0.96699999999999997</v>
+      </c>
+      <c r="P113" s="17">
+        <v>0.91</v>
+      </c>
+      <c r="Q113" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="R113" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="S113" s="17">
+        <v>0.85499999999999998</v>
+      </c>
+      <c r="T113" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="U113" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="V113" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="W113" s="17">
+        <v>0.746</v>
+      </c>
+      <c r="X113" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="Y113" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Z113" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="AA113" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AB113" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="AC113" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="AD113" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="AE113" s="17">
+        <v>0.69099999999999995</v>
+      </c>
+      <c r="AF113" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AG113" s="17">
+        <v>0.54700000000000004</v>
+      </c>
+      <c r="AH113" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="AI113" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AJ113" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="AK113" s="17">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="AL113" s="17"/>
+      <c r="AM113" s="17"/>
+      <c r="AN113" s="17"/>
+      <c r="AO113" s="27"/>
+      <c r="AP113" s="27"/>
+      <c r="AQ113" s="3"/>
+      <c r="AR113" s="3"/>
+      <c r="AS113" s="27"/>
+      <c r="AT113" s="27"/>
+      <c r="AU113" s="27"/>
+      <c r="AV113" s="27"/>
+      <c r="AW113" s="3"/>
+      <c r="AX113" s="3"/>
+      <c r="AY113" s="3"/>
+      <c r="AZ113" s="3"/>
+      <c r="BA113" s="3"/>
+    </row>
+    <row r="114" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C114" s="2"/>
+      <c r="K114" s="13">
+        <v>108</v>
+      </c>
+      <c r="L114" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="M114" s="17">
+        <v>0.34100000000000003</v>
+      </c>
+      <c r="N114" s="17">
+        <v>0.502</v>
+      </c>
+      <c r="O114" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="P114" s="17">
+        <v>0.67800000000000005</v>
+      </c>
+      <c r="Q114" s="17">
+        <v>0.53400000000000003</v>
+      </c>
+      <c r="R114" s="17">
+        <v>0.66200000000000003</v>
+      </c>
+      <c r="S114" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="T114" s="17">
+        <v>0.51200000000000001</v>
+      </c>
+      <c r="U114" s="17">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="V114" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="W114" s="17">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="X114" s="17">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="Y114" s="17">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="Z114" s="17">
+        <v>0.14099999999999999</v>
+      </c>
+      <c r="AA114" s="17">
+        <v>0.127</v>
+      </c>
+      <c r="AB114" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="AC114" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="AD114" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="AE114" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AF114" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AG114" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AH114" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AI114" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AJ114" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AK114" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AL114" s="17"/>
+      <c r="AM114" s="17"/>
+      <c r="AN114" s="17"/>
+      <c r="AO114" s="27"/>
+      <c r="AP114" s="27"/>
+      <c r="AQ114" s="3"/>
+      <c r="AR114" s="3"/>
+      <c r="AS114" s="27"/>
+      <c r="AT114" s="27"/>
+      <c r="AU114" s="27"/>
+      <c r="AV114" s="27"/>
+      <c r="AW114" s="3"/>
+      <c r="AX114" s="3"/>
+      <c r="AY114" s="3"/>
+      <c r="AZ114" s="3"/>
+      <c r="BA114" s="3"/>
+    </row>
+    <row r="115" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C115" s="2"/>
+      <c r="K115" s="13">
+        <v>109</v>
+      </c>
+      <c r="L115" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="M115" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="N115" s="17">
+        <v>1</v>
+      </c>
+      <c r="O115" s="17">
+        <v>1</v>
+      </c>
+      <c r="P115" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="Q115" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="R115" s="17">
+        <v>1</v>
+      </c>
+      <c r="S115" s="17">
+        <v>1</v>
+      </c>
+      <c r="T115" s="17">
+        <v>1</v>
+      </c>
+      <c r="U115" s="17">
+        <v>1</v>
+      </c>
+      <c r="V115" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="W115" s="17">
+        <v>1</v>
+      </c>
+      <c r="X115" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="Y115" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="Z115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH115" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AI115" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ115" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AK115" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AL115" s="17"/>
+      <c r="AM115" s="17"/>
+      <c r="AN115" s="17"/>
+      <c r="AO115" s="27"/>
+      <c r="AP115" s="27"/>
+      <c r="AQ115" s="3"/>
+      <c r="AR115" s="3"/>
+      <c r="AS115" s="27"/>
+      <c r="AT115" s="27"/>
+      <c r="AU115" s="27"/>
+      <c r="AV115" s="27"/>
+      <c r="AW115" s="3"/>
+      <c r="AX115" s="3"/>
+      <c r="AY115" s="3"/>
+      <c r="AZ115" s="3"/>
+      <c r="BA115" s="3"/>
+    </row>
+    <row r="116" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C116" s="2"/>
+      <c r="K116" s="13">
+        <v>110</v>
+      </c>
+      <c r="L116" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="M116" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="N116" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="O116" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="P116" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="Q116" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="R116" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="S116" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="T116" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="U116" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="V116" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="W116" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="X116" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Y116" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Z116" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AA116" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AB116" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AC116" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AD116" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AE116" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AF116" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AG116" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AH116" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AI116" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AJ116" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AK116" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AL116" s="17"/>
+      <c r="AM116" s="17"/>
+      <c r="AN116" s="17"/>
+      <c r="AO116" s="27"/>
+      <c r="AP116" s="27"/>
+      <c r="AQ116" s="3"/>
+      <c r="AR116" s="3"/>
+      <c r="AS116" s="27"/>
+      <c r="AT116" s="27"/>
+      <c r="AU116" s="27"/>
+      <c r="AV116" s="27"/>
+      <c r="AW116" s="3"/>
+      <c r="AX116" s="3"/>
+      <c r="AY116" s="3"/>
+      <c r="AZ116" s="3"/>
+      <c r="BA116" s="3"/>
+    </row>
+    <row r="117" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C117" s="2"/>
+      <c r="K117" s="13">
+        <v>111</v>
+      </c>
+      <c r="L117" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="M117" s="17">
+        <v>0.97699999999999998</v>
+      </c>
+      <c r="N117" s="17">
+        <v>0.97199999999999998</v>
+      </c>
+      <c r="O117" s="17">
+        <v>1</v>
+      </c>
+      <c r="P117" s="17">
+        <v>0.97199999999999998</v>
+      </c>
+      <c r="Q117" s="17">
+        <v>0.94299999999999995</v>
+      </c>
+      <c r="R117" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="S117" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="T117" s="17">
+        <v>0.76300000000000001</v>
+      </c>
+      <c r="U117" s="17">
+        <v>0.84399999999999997</v>
+      </c>
+      <c r="V117" s="17">
+        <v>0.93100000000000005</v>
+      </c>
+      <c r="W117" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="X117" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="Y117" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Z117" s="17">
+        <v>0.97299999999999998</v>
+      </c>
+      <c r="AA117" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AB117" s="17">
+        <v>0.85299999999999998</v>
+      </c>
+      <c r="AC117" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AD117" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="AE117" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="AF117" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="AG117" s="17">
+        <v>0.51600000000000001</v>
+      </c>
+      <c r="AH117" s="17">
+        <v>0.379</v>
+      </c>
+      <c r="AI117" s="17">
+        <v>0.32100000000000001</v>
+      </c>
+      <c r="AJ117" s="17">
+        <v>0.26100000000000001</v>
+      </c>
+      <c r="AK117" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AL117" s="17"/>
+      <c r="AM117" s="17"/>
+      <c r="AN117" s="17"/>
+      <c r="AO117" s="27"/>
+      <c r="AP117" s="27"/>
+      <c r="AQ117" s="3"/>
+      <c r="AR117" s="3"/>
+      <c r="AS117" s="27"/>
+      <c r="AT117" s="27"/>
+      <c r="AU117" s="27"/>
+      <c r="AV117" s="27"/>
+      <c r="AW117" s="3"/>
+      <c r="AX117" s="3"/>
+      <c r="AY117" s="3"/>
+      <c r="AZ117" s="3"/>
+      <c r="BA117" s="3"/>
+    </row>
+    <row r="118" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C118" s="2"/>
+      <c r="K118" s="13">
+        <v>112</v>
+      </c>
+      <c r="L118" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M118" s="17">
+        <v>1</v>
+      </c>
+      <c r="N118" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="O118" s="17">
+        <v>1</v>
+      </c>
+      <c r="P118" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q118" s="17">
+        <v>1</v>
+      </c>
+      <c r="R118" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="S118" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="T118" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="U118" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="V118" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="W118" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="X118" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="Y118" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Z118" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AA118" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AB118" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AC118" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AD118" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE118" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AF118" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AG118" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH118" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI118" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AJ118" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK118" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AL118" s="17"/>
+      <c r="AM118" s="17"/>
+      <c r="AN118" s="17"/>
+      <c r="AO118" s="27"/>
+      <c r="AP118" s="27"/>
+      <c r="AQ118" s="3"/>
+      <c r="AR118" s="3"/>
+      <c r="AS118" s="27"/>
+      <c r="AT118" s="27"/>
+      <c r="AU118" s="27"/>
+      <c r="AV118" s="27"/>
+      <c r="AW118" s="3"/>
+      <c r="AX118" s="3"/>
+      <c r="AY118" s="3"/>
+      <c r="AZ118" s="3"/>
+      <c r="BA118" s="3"/>
+    </row>
+    <row r="119" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C119" s="2"/>
+      <c r="K119" s="13">
+        <v>113</v>
+      </c>
+      <c r="L119" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="M119" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="N119" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="O119" s="17">
+        <v>0.78200000000000003</v>
+      </c>
+      <c r="P119" s="17">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="Q119" s="17">
+        <v>0.67700000000000005</v>
+      </c>
+      <c r="R119" s="17">
+        <v>0.65400000000000003</v>
+      </c>
+      <c r="S119" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="T119" s="17">
+        <v>0.68300000000000005</v>
+      </c>
+      <c r="U119" s="17">
+        <v>0.63700000000000001</v>
+      </c>
+      <c r="V119" s="17">
+        <v>0.61399999999999999</v>
+      </c>
+      <c r="W119" s="17">
+        <v>0.47799999999999998</v>
+      </c>
+      <c r="X119" s="17">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="Y119" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="Z119" s="17">
+        <v>0.52100000000000002</v>
+      </c>
+      <c r="AA119" s="17">
+        <v>0.40899999999999997</v>
+      </c>
+      <c r="AB119" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AC119" s="17">
+        <v>0.53400000000000003</v>
+      </c>
+      <c r="AD119" s="17">
+        <v>0.622</v>
+      </c>
+      <c r="AE119" s="17">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="AF119" s="17">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="AG119" s="17">
+        <v>0.40799999999999997</v>
+      </c>
+      <c r="AH119" s="17">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="AI119" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="AJ119" s="17">
+        <v>0.104</v>
+      </c>
+      <c r="AK119" s="17">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="AL119" s="17"/>
+      <c r="AM119" s="17"/>
+      <c r="AN119" s="17"/>
+      <c r="AO119" s="27"/>
+      <c r="AP119" s="27"/>
+      <c r="AQ119" s="3"/>
+      <c r="AR119" s="3"/>
+      <c r="AS119" s="27"/>
+      <c r="AT119" s="27"/>
+      <c r="AU119" s="27"/>
+      <c r="AV119" s="27"/>
+      <c r="AW119" s="3"/>
+      <c r="AX119" s="3"/>
+      <c r="AY119" s="3"/>
+      <c r="AZ119" s="3"/>
+      <c r="BA119" s="3"/>
+    </row>
+    <row r="120" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C120" s="2"/>
+      <c r="K120" s="13">
+        <v>114</v>
+      </c>
+      <c r="L120" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="M120" s="17">
+        <v>0.45</v>
+      </c>
+      <c r="N120" s="17">
+        <v>0.61599999999999999</v>
+      </c>
+      <c r="O120" s="17">
+        <v>0.80300000000000005</v>
+      </c>
+      <c r="P120" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="Q120" s="17">
+        <v>0.80700000000000005</v>
+      </c>
+      <c r="R120" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="S120" s="17">
+        <v>0.78700000000000003</v>
+      </c>
+      <c r="T120" s="17">
+        <v>0.64100000000000001</v>
+      </c>
+      <c r="U120" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="V120" s="17">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="W120" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="X120" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="Y120" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="Z120" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="AA120" s="17">
+        <v>7.8E-2</v>
+      </c>
+      <c r="AB120" s="17">
+        <v>0.107</v>
+      </c>
+      <c r="AC120" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="AD120" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AE120" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="AF120" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AG120" s="17">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="AH120" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AI120" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="AJ120" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="AK120" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AL120" s="17"/>
+      <c r="AM120" s="17"/>
+      <c r="AN120" s="17"/>
+      <c r="AO120" s="27"/>
+      <c r="AP120" s="27"/>
+      <c r="AQ120" s="3"/>
+      <c r="AR120" s="3"/>
+      <c r="AS120" s="27"/>
+      <c r="AT120" s="27"/>
+      <c r="AU120" s="27"/>
+      <c r="AV120" s="27"/>
+      <c r="AW120" s="3"/>
+      <c r="AX120" s="3"/>
+      <c r="AY120" s="3"/>
+      <c r="AZ120" s="3"/>
+      <c r="BA120" s="3"/>
+    </row>
+    <row r="121" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C121" s="2"/>
+      <c r="K121" s="13">
+        <v>115</v>
+      </c>
+      <c r="L121" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="M121" s="17">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="N121" s="17">
+        <v>0.59899999999999998</v>
+      </c>
+      <c r="O121" s="17">
+        <v>0.622</v>
+      </c>
+      <c r="P121" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="Q121" s="17">
+        <v>0.61299999999999999</v>
+      </c>
+      <c r="R121" s="17">
+        <v>0.57799999999999996</v>
+      </c>
+      <c r="S121" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="T121" s="17">
+        <v>0.44800000000000001</v>
+      </c>
+      <c r="U121" s="17">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="V121" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="W121" s="17">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="X121" s="17">
+        <v>0.159</v>
+      </c>
+      <c r="Y121" s="17">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="Z121" s="17">
+        <v>0.21199999999999999</v>
+      </c>
+      <c r="AA121" s="17">
+        <v>0.17399999999999999</v>
+      </c>
+      <c r="AB121" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AC121" s="17">
+        <v>0.20399999999999999</v>
+      </c>
+      <c r="AD121" s="17">
+        <v>0.20100000000000001</v>
+      </c>
+      <c r="AE121" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AF121" s="17">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="AG121" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AH121" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AI121" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AJ121" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AK121" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AL121" s="17"/>
+      <c r="AM121" s="17"/>
+      <c r="AN121" s="17"/>
+      <c r="AO121" s="27"/>
+      <c r="AP121" s="27"/>
+      <c r="AQ121" s="3"/>
+      <c r="AR121" s="3"/>
+      <c r="AS121" s="27"/>
+      <c r="AT121" s="27"/>
+      <c r="AU121" s="27"/>
+      <c r="AV121" s="27"/>
+      <c r="AW121" s="3"/>
+      <c r="AX121" s="3"/>
+      <c r="AY121" s="3"/>
+      <c r="AZ121" s="3"/>
+      <c r="BA121" s="3"/>
+    </row>
+    <row r="122" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C122" s="2"/>
+      <c r="K122" s="13">
+        <v>116</v>
+      </c>
+      <c r="L122" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M122" s="17">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="N122" s="17">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="O122" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="P122" s="17">
+        <v>0.71899999999999997</v>
+      </c>
+      <c r="Q122" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="R122" s="17">
+        <v>0.69899999999999995</v>
+      </c>
+      <c r="S122" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="T122" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="U122" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="V122" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="W122" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="X122" s="17">
+        <v>0.67900000000000005</v>
+      </c>
+      <c r="Y122" s="17">
+        <v>0.65200000000000002</v>
+      </c>
+      <c r="Z122" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="AA122" s="17">
+        <v>0.69899999999999995</v>
+      </c>
+      <c r="AB122" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="AC122" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="AD122" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AE122" s="17">
+        <v>0.74</v>
+      </c>
+      <c r="AF122" s="17">
+        <v>0.61699999999999999</v>
+      </c>
+      <c r="AG122" s="17">
+        <v>0.59799999999999998</v>
+      </c>
+      <c r="AH122" s="17">
+        <v>0.53700000000000003</v>
+      </c>
+      <c r="AI122" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="AJ122" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="AK122" s="17">
+        <v>0.27100000000000002</v>
+      </c>
+      <c r="AL122" s="17"/>
+      <c r="AM122" s="17"/>
+      <c r="AN122" s="17"/>
+      <c r="AO122" s="27"/>
+      <c r="AP122" s="27"/>
+      <c r="AQ122" s="3"/>
+      <c r="AR122" s="3"/>
+      <c r="AS122" s="27"/>
+      <c r="AT122" s="27"/>
+      <c r="AU122" s="27"/>
+      <c r="AV122" s="27"/>
+      <c r="AW122" s="3"/>
+      <c r="AX122" s="3"/>
+      <c r="AY122" s="3"/>
+      <c r="AZ122" s="3"/>
+      <c r="BA122" s="3"/>
+    </row>
+    <row r="123" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C123" s="2"/>
+      <c r="K123" s="13">
+        <v>117</v>
+      </c>
+      <c r="L123" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="M123" s="17">
+        <v>0.56200000000000006</v>
+      </c>
+      <c r="N123" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="O123" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="P123" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="Q123" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="R123" s="17">
+        <v>0.56699999999999995</v>
+      </c>
+      <c r="S123" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="T123" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="U123" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="V123" s="17">
+        <v>0.52600000000000002</v>
+      </c>
+      <c r="W123" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="X123" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="Y123" s="17">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="Z123" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AA123" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="AB123" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AC123" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="AD123" s="17">
+        <v>0.24</v>
+      </c>
+      <c r="AE123" s="17">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="AF123" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AG123" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AH123" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AI123" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ123" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AK123" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="AL123" s="17"/>
+      <c r="AM123" s="17"/>
+      <c r="AN123" s="17"/>
+      <c r="AO123" s="27"/>
+      <c r="AP123" s="27"/>
+      <c r="AQ123" s="3"/>
+      <c r="AR123" s="3"/>
+      <c r="AS123" s="27"/>
+      <c r="AT123" s="27"/>
+      <c r="AU123" s="27"/>
+      <c r="AV123" s="27"/>
+      <c r="AW123" s="3"/>
+      <c r="AX123" s="3"/>
+      <c r="AY123" s="3"/>
+      <c r="AZ123" s="3"/>
+      <c r="BA123" s="3"/>
+    </row>
+    <row r="124" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C124" s="2"/>
+      <c r="K124" s="13">
+        <v>118</v>
+      </c>
+      <c r="L124" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M124" s="17">
+        <v>1</v>
+      </c>
+      <c r="N124" s="17">
+        <v>1</v>
+      </c>
+      <c r="O124" s="17">
+        <v>1</v>
+      </c>
+      <c r="P124" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q124" s="17">
+        <v>1</v>
+      </c>
+      <c r="R124" s="17">
+        <v>1</v>
+      </c>
+      <c r="S124" s="17">
+        <v>1</v>
+      </c>
+      <c r="T124" s="17">
+        <v>1</v>
+      </c>
+      <c r="U124" s="17">
+        <v>1</v>
+      </c>
+      <c r="V124" s="17">
+        <v>1</v>
+      </c>
+      <c r="W124" s="17">
+        <v>1</v>
+      </c>
+      <c r="X124" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y124" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z124" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF124" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AG124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK124" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL124" s="17"/>
+      <c r="AM124" s="17"/>
+      <c r="AN124" s="17"/>
+      <c r="AO124" s="27"/>
+      <c r="AP124" s="27"/>
+      <c r="AQ124" s="3"/>
+      <c r="AR124" s="3"/>
+      <c r="AS124" s="27"/>
+      <c r="AT124" s="27"/>
+      <c r="AU124" s="27"/>
+      <c r="AV124" s="27"/>
+      <c r="AW124" s="3"/>
+      <c r="AX124" s="3"/>
+      <c r="AY124" s="3"/>
+      <c r="AZ124" s="3"/>
+      <c r="BA124" s="3"/>
+    </row>
+    <row r="125" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C125" s="2"/>
+      <c r="K125" s="13">
+        <v>119</v>
+      </c>
+      <c r="L125" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M125" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="N125" s="17">
+        <v>0.223</v>
+      </c>
+      <c r="O125" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="P125" s="17">
+        <v>0.25900000000000001</v>
+      </c>
+      <c r="Q125" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="R125" s="17">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="S125" s="17">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="T125" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="U125" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="V125" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="W125" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="X125" s="17">
+        <v>7.8E-2</v>
+      </c>
+      <c r="Y125" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="Z125" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AA125" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AB125" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AC125" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AD125" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AE125" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="AF125" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AG125" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AH125" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AI125" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AJ125" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AK125" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AL125" s="17"/>
+      <c r="AM125" s="17"/>
+      <c r="AN125" s="17"/>
+      <c r="AO125" s="27"/>
+      <c r="AP125" s="27"/>
+      <c r="AQ125" s="3"/>
+      <c r="AR125" s="3"/>
+      <c r="AS125" s="27"/>
+      <c r="AT125" s="27"/>
+      <c r="AU125" s="27"/>
+      <c r="AV125" s="27"/>
+      <c r="AW125" s="3"/>
+      <c r="AX125" s="3"/>
+      <c r="AY125" s="3"/>
+      <c r="AZ125" s="3"/>
+      <c r="BA125" s="3"/>
+    </row>
+    <row r="126" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C126" s="2"/>
+      <c r="K126" s="13">
+        <v>120</v>
+      </c>
+      <c r="L126" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="M126" s="17">
+        <v>0.71899999999999997</v>
+      </c>
+      <c r="N126" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="O126" s="17">
+        <v>0.89600000000000002</v>
+      </c>
+      <c r="P126" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q126" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="R126" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="S126" s="17">
+        <v>0.92500000000000004</v>
+      </c>
+      <c r="T126" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="U126" s="17">
+        <v>0.89700000000000002</v>
+      </c>
+      <c r="V126" s="17">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="W126" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="X126" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Y126" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="Z126" s="17">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="AA126" s="17">
+        <v>0.745</v>
+      </c>
+      <c r="AB126" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AC126" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="AD126" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="AE126" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="AF126" s="17">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="AG126" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="AH126" s="17">
+        <v>0.432</v>
+      </c>
+      <c r="AI126" s="17">
+        <v>0.442</v>
+      </c>
+      <c r="AJ126" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="AK126" s="17">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="AL126" s="17"/>
+      <c r="AM126" s="17"/>
+      <c r="AN126" s="17"/>
+      <c r="AO126" s="27"/>
+      <c r="AP126" s="27"/>
+      <c r="AQ126" s="3"/>
+      <c r="AR126" s="3"/>
+      <c r="AS126" s="27"/>
+      <c r="AT126" s="27"/>
+      <c r="AU126" s="27"/>
+      <c r="AV126" s="27"/>
+      <c r="AW126" s="3"/>
+      <c r="AX126" s="3"/>
+      <c r="AY126" s="3"/>
+      <c r="AZ126" s="3"/>
+      <c r="BA126" s="3"/>
+    </row>
+    <row r="127" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C127" s="2"/>
+      <c r="K127" s="13">
+        <v>121</v>
+      </c>
+      <c r="L127" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="M127" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="N127" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="O127" s="17">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="P127" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="Q127" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="R127" s="17">
+        <v>0.40400000000000003</v>
+      </c>
+      <c r="S127" s="17">
+        <v>0.45700000000000002</v>
+      </c>
+      <c r="T127" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="U127" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="V127" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="W127" s="17">
+        <v>0</v>
+      </c>
+      <c r="X127" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="Y127" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="Z127" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AA127" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AB127" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AC127" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AD127" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AE127" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AF127" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AG127" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AH127" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AI127" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AJ127" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AK127" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AL127" s="17"/>
+      <c r="AM127" s="17"/>
+      <c r="AN127" s="17"/>
+      <c r="AO127" s="27"/>
+      <c r="AP127" s="27"/>
+      <c r="AQ127" s="3"/>
+      <c r="AR127" s="3"/>
+      <c r="AS127" s="27"/>
+      <c r="AT127" s="27"/>
+      <c r="AU127" s="27"/>
+      <c r="AV127" s="27"/>
+      <c r="AW127" s="3"/>
+      <c r="AX127" s="3"/>
+      <c r="AY127" s="3"/>
+      <c r="AZ127" s="3"/>
+      <c r="BA127" s="3"/>
+    </row>
+    <row r="128" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C128" s="2"/>
+      <c r="K128" s="13">
+        <v>122</v>
+      </c>
+      <c r="L128" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="M128" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="N128" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="O128" s="17">
+        <v>1</v>
+      </c>
+      <c r="P128" s="17">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="Q128" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="R128" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="S128" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="T128" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="U128" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="V128" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="W128" s="17">
+        <v>0.70599999999999996</v>
+      </c>
+      <c r="X128" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Y128" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="Z128" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AA128" s="17">
+        <v>0.64</v>
+      </c>
+      <c r="AB128" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AC128" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="AD128" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AE128" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="AF128" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AG128" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AH128" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="AI128" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ128" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AK128" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AL128" s="17"/>
+      <c r="AM128" s="17"/>
+      <c r="AN128" s="17"/>
+      <c r="AO128" s="27"/>
+      <c r="AP128" s="27"/>
+      <c r="AQ128" s="3"/>
+      <c r="AR128" s="3"/>
+      <c r="AS128" s="27"/>
+      <c r="AT128" s="27"/>
+      <c r="AU128" s="27"/>
+      <c r="AV128" s="27"/>
+      <c r="AW128" s="3"/>
+      <c r="AX128" s="3"/>
+      <c r="AY128" s="3"/>
+      <c r="AZ128" s="3"/>
+      <c r="BA128" s="3"/>
+    </row>
+    <row r="129" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="C129" s="2"/>
+      <c r="K129" s="13">
+        <v>123</v>
+      </c>
+      <c r="L129" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="M129" s="17">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="N129" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="O129" s="17">
+        <v>0.27400000000000002</v>
+      </c>
+      <c r="P129" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="Q129" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="R129" s="17">
+        <v>0.218</v>
+      </c>
+      <c r="S129" s="17">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="T129" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="U129" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="V129" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="W129" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="X129" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="Y129" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="Z129" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AA129" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AB129" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AC129" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AD129" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AE129" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AF129" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AG129" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH129" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AI129" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AJ129" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AK129" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AL129" s="17"/>
+      <c r="AM129" s="17"/>
+      <c r="AN129" s="17"/>
+      <c r="AO129" s="27"/>
+      <c r="AP129" s="27"/>
+      <c r="AQ129" s="3"/>
+      <c r="AR129" s="3"/>
+      <c r="AS129" s="27"/>
+      <c r="AT129" s="27"/>
+      <c r="AU129" s="27"/>
+      <c r="AV129" s="27"/>
+      <c r="AW129" s="3"/>
+      <c r="AX129" s="3"/>
+      <c r="AY129" s="3"/>
+      <c r="AZ129" s="3"/>
+      <c r="BA129" s="3"/>
+    </row>
+    <row r="130" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K130" s="13">
+        <v>124</v>
+      </c>
+      <c r="L130" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="M130" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="N130" s="17">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="O130" s="17">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="P130" s="17">
+        <v>0.35</v>
+      </c>
+      <c r="Q130" s="17">
+        <v>0.29699999999999999</v>
+      </c>
+      <c r="R130" s="17">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="S130" s="17">
+        <v>0.317</v>
+      </c>
+      <c r="T130" s="17">
+        <v>0.215</v>
+      </c>
+      <c r="U130" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="V130" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="W130" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="X130" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="Y130" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="Z130" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AA130" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AB130" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AC130" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AD130" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AE130" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AF130" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AG130" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AH130" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AI130" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AJ130" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AK130" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AL130" s="17"/>
+      <c r="AM130" s="17"/>
+      <c r="AN130" s="17"/>
+      <c r="AO130" s="27"/>
+      <c r="AP130" s="27"/>
+      <c r="AQ130" s="3"/>
+      <c r="AR130" s="3"/>
+      <c r="AS130" s="27"/>
+      <c r="AT130" s="27"/>
+      <c r="AU130" s="27"/>
+      <c r="AV130" s="27"/>
+      <c r="AW130" s="3"/>
+      <c r="AX130" s="3"/>
+      <c r="AY130" s="3"/>
+      <c r="AZ130" s="3"/>
+      <c r="BA130" s="3"/>
+    </row>
+    <row r="131" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K131" s="13">
+        <v>125</v>
+      </c>
+      <c r="L131" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="M131" s="17">
+        <v>0.90400000000000003</v>
+      </c>
+      <c r="N131" s="17">
+        <v>0.93600000000000005</v>
+      </c>
+      <c r="O131" s="17">
+        <v>0.93600000000000005</v>
+      </c>
+      <c r="P131" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="Q131" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="R131" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="S131" s="17">
+        <v>0.93500000000000005</v>
+      </c>
+      <c r="T131" s="17">
+        <v>0.88300000000000001</v>
+      </c>
+      <c r="U131" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="V131" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="W131" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="X131" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="Y131" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="Z131" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="AA131" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="AB131" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="AC131" s="17">
+        <v>0.80400000000000005</v>
+      </c>
+      <c r="AD131" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AE131" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="AF131" s="17">
+        <v>0.75700000000000001</v>
+      </c>
+      <c r="AG131" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="AH131" s="17">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="AI131" s="17">
+        <v>0.48199999999999998</v>
+      </c>
+      <c r="AJ131" s="17">
+        <v>0.41099999999999998</v>
+      </c>
+      <c r="AK131" s="17">
+        <v>0.52100000000000002</v>
+      </c>
+      <c r="AL131" s="17"/>
+      <c r="AM131" s="17"/>
+      <c r="AN131" s="17"/>
+      <c r="AO131" s="27"/>
+      <c r="AP131" s="27"/>
+      <c r="AQ131" s="3"/>
+      <c r="AR131" s="3"/>
+      <c r="AS131" s="27"/>
+      <c r="AT131" s="27"/>
+      <c r="AU131" s="27"/>
+      <c r="AV131" s="27"/>
+      <c r="AW131" s="3"/>
+      <c r="AX131" s="3"/>
+      <c r="AY131" s="3"/>
+      <c r="AZ131" s="3"/>
+      <c r="BA131" s="3"/>
+    </row>
+    <row r="132" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K132" s="13">
         <v>126</v>
       </c>
-      <c r="C85" s="109">
-[...18 lines deleted...]
-      </c>
+      <c r="L132" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="M132" s="17">
+        <v>0</v>
+      </c>
+      <c r="N132" s="17">
+        <v>1</v>
+      </c>
+      <c r="O132" s="17">
+        <v>1</v>
+      </c>
+      <c r="P132" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q132" s="17">
+        <v>0</v>
+      </c>
+      <c r="R132" s="17">
+        <v>1</v>
+      </c>
+      <c r="S132" s="17">
+        <v>1</v>
+      </c>
+      <c r="T132" s="17">
+        <v>1</v>
+      </c>
+      <c r="U132" s="17">
+        <v>1</v>
+      </c>
+      <c r="V132" s="17">
+        <v>1</v>
+      </c>
+      <c r="W132" s="17">
+        <v>1</v>
+      </c>
+      <c r="X132" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y132" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI132" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ132" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AK132" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL132" s="17"/>
+      <c r="AM132" s="17"/>
+      <c r="AN132" s="17"/>
+      <c r="AO132" s="27"/>
+      <c r="AP132" s="27"/>
+      <c r="AQ132" s="3"/>
+      <c r="AR132" s="3"/>
+      <c r="AS132" s="27"/>
+      <c r="AT132" s="27"/>
+      <c r="AU132" s="27"/>
+      <c r="AV132" s="27"/>
+      <c r="AW132" s="3"/>
+      <c r="AX132" s="3"/>
+      <c r="AY132" s="3"/>
+      <c r="AZ132" s="3"/>
+      <c r="BA132" s="3"/>
     </row>
-    <row r="89" spans="1:68" x14ac:dyDescent="0.25">
-      <c r="B89" s="33"/>
+    <row r="133" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K133" s="13">
+        <v>127</v>
+      </c>
+      <c r="L133" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="M133" s="17">
+        <v>0.27</v>
+      </c>
+      <c r="N133" s="17">
+        <v>0.73699999999999999</v>
+      </c>
+      <c r="O133" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="P133" s="17">
+        <v>0.55300000000000005</v>
+      </c>
+      <c r="Q133" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="R133" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="S133" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="T133" s="17">
+        <v>0.48299999999999998</v>
+      </c>
+      <c r="U133" s="17">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="V133" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="W133" s="17">
+        <v>0.185</v>
+      </c>
+      <c r="X133" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="Y133" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="Z133" s="17">
+        <v>0.37</v>
+      </c>
+      <c r="AA133" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="AB133" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="AC133" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AD133" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="AE133" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AF133" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AG133" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AH133" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI133" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AJ133" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AK133" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="AL133" s="17"/>
+      <c r="AM133" s="17"/>
+      <c r="AN133" s="17"/>
+      <c r="AO133" s="27"/>
+      <c r="AP133" s="27"/>
+      <c r="AQ133" s="3"/>
+      <c r="AR133" s="3"/>
+      <c r="AS133" s="27"/>
+      <c r="AT133" s="27"/>
+      <c r="AU133" s="27"/>
+      <c r="AV133" s="27"/>
+      <c r="AW133" s="3"/>
+      <c r="AX133" s="3"/>
+      <c r="AY133" s="3"/>
+      <c r="AZ133" s="3"/>
+      <c r="BA133" s="3"/>
     </row>
-    <row r="90" spans="1:68" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B90" s="33"/>
+    <row r="134" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K134" s="13">
+        <v>128</v>
+      </c>
+      <c r="L134" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="M134" s="17">
+        <v>0</v>
+      </c>
+      <c r="N134" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="O134" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="P134" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="Q134" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="R134" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="S134" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="T134" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="U134" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="V134" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="W134" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="X134" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y134" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="Z134" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA134" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AB134" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AC134" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AD134" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AE134" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AF134" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AG134" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH134" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AI134" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AJ134" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AK134" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL134" s="17"/>
+      <c r="AM134" s="17"/>
+      <c r="AN134" s="17"/>
+      <c r="AO134" s="27"/>
+      <c r="AP134" s="27"/>
+      <c r="AQ134" s="3"/>
+      <c r="AR134" s="3"/>
+      <c r="AS134" s="27"/>
+      <c r="AT134" s="27"/>
+      <c r="AU134" s="27"/>
+      <c r="AV134" s="27"/>
+      <c r="AW134" s="3"/>
+      <c r="AX134" s="3"/>
+      <c r="AY134" s="3"/>
+      <c r="AZ134" s="3"/>
+      <c r="BA134" s="3"/>
     </row>
-    <row r="91" spans="1:68" x14ac:dyDescent="0.25">
-      <c r="B91" s="33"/>
+    <row r="135" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K135" s="13">
+        <v>129</v>
+      </c>
+      <c r="L135" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="M135" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="N135" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="O135" s="17">
+        <v>1</v>
+      </c>
+      <c r="P135" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Q135" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="R135" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="S135" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="T135" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="U135" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="V135" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="W135" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="X135" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Y135" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="Z135" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="AA135" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AB135" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AC135" s="17">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="AD135" s="17">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="AE135" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AF135" s="17">
+        <v>0.35299999999999998</v>
+      </c>
+      <c r="AG135" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AH135" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI135" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AJ135" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK135" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL135" s="17"/>
+      <c r="AM135" s="17"/>
+      <c r="AN135" s="17"/>
+      <c r="AO135" s="27"/>
+      <c r="AP135" s="27"/>
+      <c r="AQ135" s="3"/>
+      <c r="AR135" s="3"/>
+      <c r="AS135" s="27"/>
+      <c r="AT135" s="27"/>
+      <c r="AU135" s="27"/>
+      <c r="AV135" s="27"/>
+      <c r="AW135" s="3"/>
+      <c r="AX135" s="3"/>
+      <c r="AY135" s="3"/>
+      <c r="AZ135" s="3"/>
+      <c r="BA135" s="3"/>
     </row>
-    <row r="92" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B92" s="33"/>
+    <row r="136" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K136" s="13">
+        <v>130</v>
+      </c>
+      <c r="L136" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="M136" s="17">
+        <v>0.255</v>
+      </c>
+      <c r="N136" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="O136" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="P136" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="Q136" s="17">
+        <v>0.33100000000000002</v>
+      </c>
+      <c r="R136" s="17">
+        <v>0.41199999999999998</v>
+      </c>
+      <c r="S136" s="17">
+        <v>0.317</v>
+      </c>
+      <c r="T136" s="17">
+        <v>0.185</v>
+      </c>
+      <c r="U136" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="V136" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="W136" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="X136" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Y136" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="Z136" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AA136" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AB136" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AC136" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AD136" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AE136" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AF136" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AG136" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AH136" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AI136" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AJ136" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AK136" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AL136" s="17"/>
+      <c r="AM136" s="17"/>
+      <c r="AN136" s="17"/>
+      <c r="AO136" s="27"/>
+      <c r="AP136" s="27"/>
+      <c r="AQ136" s="3"/>
+      <c r="AR136" s="3"/>
+      <c r="AS136" s="27"/>
+      <c r="AT136" s="27"/>
+      <c r="AU136" s="27"/>
+      <c r="AV136" s="27"/>
+      <c r="AW136" s="3"/>
+      <c r="AX136" s="3"/>
+      <c r="AY136" s="3"/>
+      <c r="AZ136" s="3"/>
+      <c r="BA136" s="3"/>
     </row>
-    <row r="93" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B93" s="33"/>
+    <row r="137" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K137" s="13">
+        <v>131</v>
+      </c>
+      <c r="L137" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="M137" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="N137" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="O137" s="17">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="P137" s="17">
+        <v>0.30499999999999999</v>
+      </c>
+      <c r="Q137" s="17">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="R137" s="17">
+        <v>0.28199999999999997</v>
+      </c>
+      <c r="S137" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="T137" s="17">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="U137" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="V137" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="W137" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="X137" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="Y137" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="Z137" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AA137" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AB137" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AC137" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AD137" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AE137" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AF137" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AG137" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH137" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AI137" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AJ137" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AK137" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AL137" s="17"/>
+      <c r="AM137" s="17"/>
+      <c r="AN137" s="17"/>
+      <c r="AO137" s="27"/>
+      <c r="AP137" s="27"/>
+      <c r="AQ137" s="3"/>
+      <c r="AR137" s="3"/>
+      <c r="AS137" s="27"/>
+      <c r="AT137" s="27"/>
+      <c r="AU137" s="27"/>
+      <c r="AV137" s="27"/>
+      <c r="AW137" s="3"/>
+      <c r="AX137" s="3"/>
+      <c r="AY137" s="3"/>
+      <c r="AZ137" s="3"/>
+      <c r="BA137" s="3"/>
     </row>
-    <row r="94" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B94" s="33"/>
+    <row r="138" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K138" s="13">
+        <v>132</v>
+      </c>
+      <c r="L138" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="M138" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="N138" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="O138" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="P138" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="Q138" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="R138" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="S138" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="T138" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="U138" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="V138" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="W138" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="X138" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Y138" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="Z138" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AA138" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AB138" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AC138" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AD138" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AE138" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AF138" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AG138" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AH138" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AI138" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AJ138" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AK138" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AL138" s="17"/>
+      <c r="AM138" s="17"/>
+      <c r="AN138" s="17"/>
+      <c r="AO138" s="27"/>
+      <c r="AP138" s="27"/>
+      <c r="AQ138" s="3"/>
+      <c r="AR138" s="3"/>
+      <c r="AS138" s="27"/>
+      <c r="AT138" s="27"/>
+      <c r="AU138" s="27"/>
+      <c r="AV138" s="27"/>
+      <c r="AW138" s="3"/>
+      <c r="AX138" s="3"/>
+      <c r="AY138" s="3"/>
+      <c r="AZ138" s="3"/>
+      <c r="BA138" s="3"/>
     </row>
-    <row r="95" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B95" s="33"/>
+    <row r="139" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K139" s="13">
+        <v>133</v>
+      </c>
+      <c r="L139" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="M139" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="N139" s="17">
+        <v>0.74099999999999999</v>
+      </c>
+      <c r="O139" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="P139" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="Q139" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="R139" s="17">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="S139" s="17">
+        <v>0.67900000000000005</v>
+      </c>
+      <c r="T139" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="U139" s="17">
+        <v>0.35</v>
+      </c>
+      <c r="V139" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="W139" s="17">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="X139" s="17">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="Y139" s="17">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="Z139" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="AA139" s="17">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="AB139" s="17">
+        <v>0.30199999999999999</v>
+      </c>
+      <c r="AC139" s="17">
+        <v>0.16</v>
+      </c>
+      <c r="AD139" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="AE139" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="AF139" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="AG139" s="17">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="AH139" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AI139" s="17">
+        <v>0.152</v>
+      </c>
+      <c r="AJ139" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AK139" s="17">
+        <v>0.26600000000000001</v>
+      </c>
+      <c r="AL139" s="17"/>
+      <c r="AM139" s="17"/>
+      <c r="AN139" s="17"/>
+      <c r="AO139" s="27"/>
+      <c r="AP139" s="27"/>
+      <c r="AQ139" s="3"/>
+      <c r="AR139" s="3"/>
+      <c r="AS139" s="27"/>
+      <c r="AT139" s="27"/>
+      <c r="AU139" s="27"/>
+      <c r="AV139" s="27"/>
+      <c r="AW139" s="3"/>
+      <c r="AX139" s="3"/>
+      <c r="AY139" s="3"/>
+      <c r="AZ139" s="3"/>
+      <c r="BA139" s="3"/>
     </row>
-    <row r="96" spans="1:68" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B96" s="33"/>
+    <row r="140" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K140" s="13">
+        <v>134</v>
+      </c>
+      <c r="L140" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M140" s="17">
+        <v>0.52700000000000002</v>
+      </c>
+      <c r="N140" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="O140" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="P140" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="Q140" s="17">
+        <v>0.82</v>
+      </c>
+      <c r="R140" s="17">
+        <v>0.80900000000000005</v>
+      </c>
+      <c r="S140" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="T140" s="17">
+        <v>0.86099999999999999</v>
+      </c>
+      <c r="U140" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="V140" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="W140" s="17">
+        <v>0.89400000000000002</v>
+      </c>
+      <c r="X140" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Y140" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="Z140" s="17">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="AA140" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="AB140" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="AC140" s="17">
+        <v>0.80700000000000005</v>
+      </c>
+      <c r="AD140" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="AE140" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="AF140" s="17">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="AG140" s="17">
+        <v>0.70899999999999996</v>
+      </c>
+      <c r="AH140" s="17">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="AI140" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AJ140" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AK140" s="17">
+        <v>0.39200000000000002</v>
+      </c>
+      <c r="AL140" s="17"/>
+      <c r="AM140" s="17"/>
+      <c r="AN140" s="17"/>
+      <c r="AO140" s="27"/>
+      <c r="AP140" s="27"/>
+      <c r="AQ140" s="3"/>
+      <c r="AR140" s="3"/>
+      <c r="AS140" s="27"/>
+      <c r="AT140" s="27"/>
+      <c r="AU140" s="27"/>
+      <c r="AV140" s="27"/>
+      <c r="AW140" s="3"/>
+      <c r="AX140" s="3"/>
+      <c r="AY140" s="3"/>
+      <c r="AZ140" s="3"/>
+      <c r="BA140" s="3"/>
     </row>
-    <row r="97" spans="2:2" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B97" s="33"/>
+    <row r="141" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K141" s="13">
+        <v>135</v>
+      </c>
+      <c r="L141" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="M141" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="N141" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="O141" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="P141" s="17">
+        <v>0.83899999999999997</v>
+      </c>
+      <c r="Q141" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="R141" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="S141" s="17">
+        <v>0.91200000000000003</v>
+      </c>
+      <c r="T141" s="17">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="U141" s="17">
+        <v>0.64700000000000002</v>
+      </c>
+      <c r="V141" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="W141" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="X141" s="17">
+        <v>0.32400000000000001</v>
+      </c>
+      <c r="Y141" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="Z141" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AA141" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="AB141" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC141" s="17">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="AD141" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AE141" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="AF141" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="AG141" s="17">
+        <v>0.36</v>
+      </c>
+      <c r="AH141" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AI141" s="17">
+        <v>0.54300000000000004</v>
+      </c>
+      <c r="AJ141" s="17">
+        <v>0.49399999999999999</v>
+      </c>
+      <c r="AK141" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="AL141" s="17"/>
+      <c r="AM141" s="17"/>
+      <c r="AN141" s="17"/>
+      <c r="AO141" s="27"/>
+      <c r="AP141" s="27"/>
+      <c r="AQ141" s="3"/>
+      <c r="AR141" s="3"/>
+      <c r="AS141" s="27"/>
+      <c r="AT141" s="27"/>
+      <c r="AU141" s="27"/>
+      <c r="AV141" s="27"/>
+      <c r="AW141" s="3"/>
+      <c r="AX141" s="3"/>
+      <c r="AY141" s="3"/>
+      <c r="AZ141" s="3"/>
+      <c r="BA141" s="3"/>
     </row>
-    <row r="98" spans="2:2" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B98" s="33"/>
+    <row r="142" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K142" s="13">
+        <v>136</v>
+      </c>
+      <c r="L142" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="M142" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="N142" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="O142" s="17">
+        <v>0.96899999999999997</v>
+      </c>
+      <c r="P142" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="Q142" s="17">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="R142" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="S142" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="T142" s="17">
+        <v>0.91200000000000003</v>
+      </c>
+      <c r="U142" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="V142" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="W142" s="17">
+        <v>0.93500000000000005</v>
+      </c>
+      <c r="X142" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="Y142" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="Z142" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="AA142" s="17">
+        <v>0.746</v>
+      </c>
+      <c r="AB142" s="17">
+        <v>0.84099999999999997</v>
+      </c>
+      <c r="AC142" s="17">
+        <v>0.77900000000000003</v>
+      </c>
+      <c r="AD142" s="17">
+        <v>0.89700000000000002</v>
+      </c>
+      <c r="AE142" s="17">
+        <v>0.67900000000000005</v>
+      </c>
+      <c r="AF142" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="AG142" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="AH142" s="17">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="AI142" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AJ142" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK142" s="17">
+        <v>0.45700000000000002</v>
+      </c>
+      <c r="AL142" s="17"/>
+      <c r="AM142" s="17"/>
+      <c r="AN142" s="17"/>
+      <c r="AO142" s="27"/>
+      <c r="AP142" s="27"/>
+      <c r="AQ142" s="3"/>
+      <c r="AR142" s="3"/>
+      <c r="AS142" s="27"/>
+      <c r="AT142" s="27"/>
+      <c r="AU142" s="27"/>
+      <c r="AV142" s="27"/>
+      <c r="AW142" s="3"/>
+      <c r="AX142" s="3"/>
+      <c r="AY142" s="3"/>
+      <c r="AZ142" s="3"/>
+      <c r="BA142" s="3"/>
     </row>
-    <row r="99" spans="2:2" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B99" s="33"/>
+    <row r="143" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K143" s="13">
+        <v>137</v>
+      </c>
+      <c r="L143" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="M143" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="N143" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="O143" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="P143" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="Q143" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="R143" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="S143" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="T143" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="U143" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="V143" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="W143" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="X143" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="Y143" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Z143" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AA143" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AB143" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AC143" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AD143" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AE143" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AF143" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AG143" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AH143" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AI143" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="AJ143" s="17">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="AK143" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AL143" s="17"/>
+      <c r="AM143" s="17"/>
+      <c r="AN143" s="17"/>
+      <c r="AO143" s="27"/>
+      <c r="AP143" s="27"/>
+      <c r="AQ143" s="3"/>
+      <c r="AR143" s="3"/>
+      <c r="AS143" s="27"/>
+      <c r="AT143" s="27"/>
+      <c r="AU143" s="27"/>
+      <c r="AV143" s="27"/>
+      <c r="AW143" s="3"/>
+      <c r="AX143" s="3"/>
+      <c r="AY143" s="3"/>
+      <c r="AZ143" s="3"/>
+      <c r="BA143" s="3"/>
     </row>
-    <row r="100" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B100" s="33"/>
+    <row r="144" spans="3:53" x14ac:dyDescent="0.35">
+      <c r="K144" s="13">
+        <v>138</v>
+      </c>
+      <c r="L144" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="M144" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="N144" s="17">
+        <v>7.8E-2</v>
+      </c>
+      <c r="O144" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="P144" s="17">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="Q144" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="R144" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="S144" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="T144" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="U144" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="V144" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="W144" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="X144" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Y144" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="Z144" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AA144" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AB144" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AC144" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AD144" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AE144" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AF144" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AG144" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AH144" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AI144" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AJ144" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AK144" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AL144" s="17"/>
+      <c r="AM144" s="17"/>
+      <c r="AN144" s="17"/>
+      <c r="AO144" s="27"/>
+      <c r="AP144" s="27"/>
+      <c r="AQ144" s="3"/>
+      <c r="AR144" s="3"/>
+      <c r="AS144" s="27"/>
+      <c r="AT144" s="27"/>
+      <c r="AU144" s="27"/>
+      <c r="AV144" s="27"/>
+      <c r="AW144" s="3"/>
+      <c r="AX144" s="3"/>
+      <c r="AY144" s="3"/>
+      <c r="AZ144" s="3"/>
+      <c r="BA144" s="3"/>
     </row>
-    <row r="101" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B101" s="33"/>
+    <row r="145" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K145" s="13">
+        <v>139</v>
+      </c>
+      <c r="L145" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="M145" s="17">
+        <v>0.51700000000000002</v>
+      </c>
+      <c r="N145" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="O145" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="P145" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="Q145" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="R145" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="S145" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="T145" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="U145" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="V145" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="W145" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="X145" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="Y145" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="Z145" s="17">
+        <v>0.56499999999999995</v>
+      </c>
+      <c r="AA145" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AB145" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="AC145" s="17">
+        <v>0.25900000000000001</v>
+      </c>
+      <c r="AD145" s="17">
+        <v>0.52200000000000002</v>
+      </c>
+      <c r="AE145" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="AF145" s="17">
+        <v>0.185</v>
+      </c>
+      <c r="AG145" s="17">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="AH145" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AI145" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AJ145" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AK145" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AL145" s="17"/>
+      <c r="AM145" s="17"/>
+      <c r="AN145" s="17"/>
+      <c r="AO145" s="27"/>
+      <c r="AP145" s="27"/>
+      <c r="AQ145" s="3"/>
+      <c r="AR145" s="3"/>
+      <c r="AS145" s="27"/>
+      <c r="AT145" s="27"/>
+      <c r="AU145" s="27"/>
+      <c r="AV145" s="27"/>
+      <c r="AW145" s="3"/>
+      <c r="AX145" s="3"/>
+      <c r="AY145" s="3"/>
+      <c r="AZ145" s="3"/>
+      <c r="BA145" s="3"/>
     </row>
-    <row r="102" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B102" s="33"/>
+    <row r="146" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K146" s="13">
+        <v>140</v>
+      </c>
+      <c r="L146" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="M146" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="N146" s="17">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="O146" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="P146" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="Q146" s="17">
+        <v>0.221</v>
+      </c>
+      <c r="R146" s="17">
+        <v>0.23200000000000001</v>
+      </c>
+      <c r="S146" s="17">
+        <v>0.248</v>
+      </c>
+      <c r="T146" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="U146" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="V146" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="W146" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="X146" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Y146" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Z146" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AA146" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AB146" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AC146" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AD146" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AE146" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AF146" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AG146" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AH146" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AI146" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AJ146" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AK146" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AL146" s="17"/>
+      <c r="AM146" s="17"/>
+      <c r="AN146" s="17"/>
+      <c r="AO146" s="27"/>
+      <c r="AP146" s="27"/>
+      <c r="AQ146" s="3"/>
+      <c r="AR146" s="3"/>
+      <c r="AS146" s="27"/>
+      <c r="AT146" s="27"/>
+      <c r="AU146" s="27"/>
+      <c r="AV146" s="27"/>
+      <c r="AW146" s="3"/>
+      <c r="AX146" s="3"/>
+      <c r="AY146" s="3"/>
+      <c r="AZ146" s="3"/>
+      <c r="BA146" s="3"/>
     </row>
-    <row r="103" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B103" s="33"/>
+    <row r="147" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K147" s="13">
+        <v>141</v>
+      </c>
+      <c r="L147" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="M147" s="17">
+        <v>0.36199999999999999</v>
+      </c>
+      <c r="N147" s="17">
+        <v>0.55400000000000005</v>
+      </c>
+      <c r="O147" s="17">
+        <v>0.58699999999999997</v>
+      </c>
+      <c r="P147" s="17">
+        <v>0.65900000000000003</v>
+      </c>
+      <c r="Q147" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="R147" s="17">
+        <v>0.64100000000000001</v>
+      </c>
+      <c r="S147" s="17">
+        <v>0.62</v>
+      </c>
+      <c r="T147" s="17">
+        <v>0.59599999999999997</v>
+      </c>
+      <c r="U147" s="17">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="V147" s="17">
+        <v>0.30299999999999999</v>
+      </c>
+      <c r="W147" s="17">
+        <v>0.20399999999999999</v>
+      </c>
+      <c r="X147" s="17">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="Y147" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="Z147" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AA147" s="17">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="AB147" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AC147" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AD147" s="17">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="AE147" s="17">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="AF147" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AG147" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AH147" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI147" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AJ147" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AK147" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AL147" s="17"/>
+      <c r="AM147" s="17"/>
+      <c r="AN147" s="17"/>
+      <c r="AO147" s="27"/>
+      <c r="AP147" s="27"/>
+      <c r="AQ147" s="3"/>
+      <c r="AR147" s="3"/>
+      <c r="AS147" s="27"/>
+      <c r="AT147" s="27"/>
+      <c r="AU147" s="27"/>
+      <c r="AV147" s="27"/>
+      <c r="AW147" s="3"/>
+      <c r="AX147" s="3"/>
+      <c r="AY147" s="3"/>
+      <c r="AZ147" s="3"/>
+      <c r="BA147" s="3"/>
     </row>
-    <row r="104" spans="2:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B104" s="33"/>
+    <row r="148" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K148" s="13">
+        <v>142</v>
+      </c>
+      <c r="L148" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="M148" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="N148" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="O148" s="17">
+        <v>1</v>
+      </c>
+      <c r="P148" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="Q148" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="R148" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="S148" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="T148" s="17">
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="U148" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="V148" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="W148" s="17">
+        <v>0.36</v>
+      </c>
+      <c r="X148" s="17">
+        <v>0.20799999999999999</v>
+      </c>
+      <c r="Y148" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="Z148" s="17">
+        <v>0.16</v>
+      </c>
+      <c r="AA148" s="17">
+        <v>0.25800000000000001</v>
+      </c>
+      <c r="AB148" s="17">
+        <v>0.255</v>
+      </c>
+      <c r="AC148" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AD148" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AE148" s="17">
+        <v>0.20799999999999999</v>
+      </c>
+      <c r="AF148" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AG148" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AH148" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI148" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ148" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AK148" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AL148" s="17"/>
+      <c r="AM148" s="17"/>
+      <c r="AN148" s="17"/>
+      <c r="AO148" s="27"/>
+      <c r="AP148" s="27"/>
+      <c r="AQ148" s="3"/>
+      <c r="AR148" s="3"/>
+      <c r="AS148" s="27"/>
+      <c r="AT148" s="27"/>
+      <c r="AU148" s="27"/>
+      <c r="AV148" s="27"/>
+      <c r="AW148" s="3"/>
+      <c r="AX148" s="3"/>
+      <c r="AY148" s="3"/>
+      <c r="AZ148" s="3"/>
+      <c r="BA148" s="3"/>
     </row>
-    <row r="105" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B105" s="33"/>
+    <row r="149" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K149" s="13">
+        <v>143</v>
+      </c>
+      <c r="L149" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="M149" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="N149" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="O149" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="P149" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Q149" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="R149" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="S149" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="T149" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="U149" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="V149" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="W149" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X149" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="Y149" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Z149" s="17">
+        <v>0.40899999999999997</v>
+      </c>
+      <c r="AA149" s="17">
+        <v>0.37</v>
+      </c>
+      <c r="AB149" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AC149" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AD149" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="AE149" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AF149" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AG149" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AH149" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI149" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AJ149" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK149" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AL149" s="17"/>
+      <c r="AM149" s="17"/>
+      <c r="AN149" s="17"/>
+      <c r="AO149" s="27"/>
+      <c r="AP149" s="27"/>
+      <c r="AQ149" s="3"/>
+      <c r="AR149" s="3"/>
+      <c r="AS149" s="27"/>
+      <c r="AT149" s="27"/>
+      <c r="AU149" s="27"/>
+      <c r="AV149" s="27"/>
+      <c r="AW149" s="3"/>
+      <c r="AX149" s="3"/>
+      <c r="AY149" s="3"/>
+      <c r="AZ149" s="3"/>
+      <c r="BA149" s="3"/>
     </row>
-    <row r="106" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B106" s="33"/>
+    <row r="150" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K150" s="13">
+        <v>144</v>
+      </c>
+      <c r="L150" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="M150" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="N150" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="O150" s="17">
+        <v>1</v>
+      </c>
+      <c r="P150" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="Q150" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="R150" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="S150" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="T150" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="U150" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="V150" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="W150" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X150" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Y150" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="Z150" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="AA150" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AB150" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AC150" s="17">
+        <v>0.52600000000000002</v>
+      </c>
+      <c r="AD150" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="AE150" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AF150" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AG150" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AH150" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="AI150" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AJ150" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AK150" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AL150" s="17"/>
+      <c r="AM150" s="17"/>
+      <c r="AN150" s="17"/>
+      <c r="AO150" s="27"/>
+      <c r="AP150" s="27"/>
+      <c r="AQ150" s="3"/>
+      <c r="AR150" s="3"/>
+      <c r="AS150" s="27"/>
+      <c r="AT150" s="27"/>
+      <c r="AU150" s="27"/>
+      <c r="AV150" s="27"/>
+      <c r="AW150" s="3"/>
+      <c r="AX150" s="3"/>
+      <c r="AY150" s="3"/>
+      <c r="AZ150" s="3"/>
+      <c r="BA150" s="3"/>
     </row>
-    <row r="107" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B107" s="33"/>
+    <row r="151" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K151" s="13">
+        <v>145</v>
+      </c>
+      <c r="L151" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="M151" s="17">
+        <v>0</v>
+      </c>
+      <c r="N151" s="17">
+        <v>0</v>
+      </c>
+      <c r="O151" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="P151" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="Q151" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="R151" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="S151" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="T151" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="U151" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="V151" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="W151" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="X151" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y151" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="Z151" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AA151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD151" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="AE151" s="17">
+        <v>0.14599999999999999</v>
+      </c>
+      <c r="AF151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ151" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AK151" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL151" s="17"/>
+      <c r="AM151" s="17"/>
+      <c r="AN151" s="17"/>
+      <c r="AO151" s="27"/>
+      <c r="AP151" s="27"/>
+      <c r="AQ151" s="3"/>
+      <c r="AR151" s="3"/>
+      <c r="AS151" s="27"/>
+      <c r="AT151" s="27"/>
+      <c r="AU151" s="27"/>
+      <c r="AV151" s="27"/>
+      <c r="AW151" s="3"/>
+      <c r="AX151" s="3"/>
+      <c r="AY151" s="3"/>
+      <c r="AZ151" s="3"/>
+      <c r="BA151" s="3"/>
     </row>
-    <row r="108" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B108" s="33"/>
+    <row r="152" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K152" s="13">
+        <v>146</v>
+      </c>
+      <c r="L152" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="M152" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="N152" s="17">
+        <v>1</v>
+      </c>
+      <c r="O152" s="17">
+        <v>1</v>
+      </c>
+      <c r="P152" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="Q152" s="17">
+        <v>1</v>
+      </c>
+      <c r="R152" s="17">
+        <v>1</v>
+      </c>
+      <c r="S152" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="T152" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="U152" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="V152" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="W152" s="17">
+        <v>1</v>
+      </c>
+      <c r="X152" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y152" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="Z152" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="AA152" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="AB152" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="AC152" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD152" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE152" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AF152" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AG152" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AH152" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AI152" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="AJ152" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AK152" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AL152" s="17"/>
+      <c r="AM152" s="17"/>
+      <c r="AN152" s="17"/>
+      <c r="AO152" s="27"/>
+      <c r="AP152" s="27"/>
+      <c r="AQ152" s="3"/>
+      <c r="AR152" s="3"/>
+      <c r="AS152" s="27"/>
+      <c r="AT152" s="27"/>
+      <c r="AU152" s="27"/>
+      <c r="AV152" s="27"/>
+      <c r="AW152" s="3"/>
+      <c r="AX152" s="3"/>
+      <c r="AY152" s="3"/>
+      <c r="AZ152" s="3"/>
+      <c r="BA152" s="3"/>
     </row>
-    <row r="109" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B109" s="33"/>
+    <row r="153" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K153" s="13">
+        <v>147</v>
+      </c>
+      <c r="L153" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="M153" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="N153" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="O153" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="P153" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Q153" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="R153" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S153" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="T153" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="U153" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="V153" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="W153" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="X153" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Y153" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="Z153" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AA153" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AB153" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AC153" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AD153" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AE153" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AF153" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AG153" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AH153" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AI153" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AJ153" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AK153" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AL153" s="17"/>
+      <c r="AM153" s="17"/>
+      <c r="AN153" s="17"/>
+      <c r="AO153" s="27"/>
+      <c r="AP153" s="27"/>
+      <c r="AQ153" s="3"/>
+      <c r="AR153" s="3"/>
+      <c r="AS153" s="27"/>
+      <c r="AT153" s="27"/>
+      <c r="AU153" s="27"/>
+      <c r="AV153" s="27"/>
+      <c r="AW153" s="3"/>
+      <c r="AX153" s="3"/>
+      <c r="AY153" s="3"/>
+      <c r="AZ153" s="3"/>
+      <c r="BA153" s="3"/>
     </row>
-    <row r="110" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B110" s="33"/>
+    <row r="154" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K154" s="13">
+        <v>148</v>
+      </c>
+      <c r="L154" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="M154" s="17">
+        <v>1</v>
+      </c>
+      <c r="N154" s="17">
+        <v>1</v>
+      </c>
+      <c r="O154" s="17">
+        <v>1</v>
+      </c>
+      <c r="P154" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q154" s="17">
+        <v>1</v>
+      </c>
+      <c r="R154" s="17">
+        <v>1</v>
+      </c>
+      <c r="S154" s="17">
+        <v>1</v>
+      </c>
+      <c r="T154" s="17">
+        <v>1</v>
+      </c>
+      <c r="U154" s="17">
+        <v>1</v>
+      </c>
+      <c r="V154" s="17">
+        <v>1</v>
+      </c>
+      <c r="W154" s="17">
+        <v>1</v>
+      </c>
+      <c r="X154" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y154" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z154" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AA154" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AB154" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AC154" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AD154" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE154" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AF154" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG154" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH154" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AI154" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AJ154" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AK154" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AL154" s="17"/>
+      <c r="AM154" s="17"/>
+      <c r="AN154" s="17"/>
+      <c r="AO154" s="27"/>
+      <c r="AP154" s="27"/>
+      <c r="AQ154" s="3"/>
+      <c r="AR154" s="3"/>
+      <c r="AS154" s="27"/>
+      <c r="AT154" s="27"/>
+      <c r="AU154" s="27"/>
+      <c r="AV154" s="27"/>
+      <c r="AW154" s="3"/>
+      <c r="AX154" s="3"/>
+      <c r="AY154" s="3"/>
+      <c r="AZ154" s="3"/>
+      <c r="BA154" s="3"/>
     </row>
-    <row r="111" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B111" s="33"/>
+    <row r="155" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K155" s="13">
+        <v>149</v>
+      </c>
+      <c r="L155" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="M155" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="N155" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="O155" s="17">
+        <v>0</v>
+      </c>
+      <c r="P155" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Q155" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="R155" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="S155" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="T155" s="17">
+        <v>0</v>
+      </c>
+      <c r="U155" s="17">
+        <v>0</v>
+      </c>
+      <c r="V155" s="17">
+        <v>0</v>
+      </c>
+      <c r="W155" s="17">
+        <v>0</v>
+      </c>
+      <c r="X155" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y155" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK155" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL155" s="17"/>
+      <c r="AM155" s="17"/>
+      <c r="AN155" s="17"/>
+      <c r="AO155" s="27"/>
+      <c r="AP155" s="27"/>
+      <c r="AQ155" s="3"/>
+      <c r="AR155" s="3"/>
+      <c r="AS155" s="27"/>
+      <c r="AT155" s="27"/>
+      <c r="AU155" s="27"/>
+      <c r="AV155" s="27"/>
+      <c r="AW155" s="3"/>
+      <c r="AX155" s="3"/>
+      <c r="AY155" s="3"/>
+      <c r="AZ155" s="3"/>
+      <c r="BA155" s="3"/>
     </row>
-    <row r="112" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B112" s="33"/>
+    <row r="156" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K156" s="13">
+        <v>150</v>
+      </c>
+      <c r="L156" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="M156" s="17">
+        <v>1</v>
+      </c>
+      <c r="N156" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="O156" s="17">
+        <v>1</v>
+      </c>
+      <c r="P156" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q156" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="R156" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="S156" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="T156" s="17">
+        <v>0.91200000000000003</v>
+      </c>
+      <c r="U156" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="V156" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="W156" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="X156" s="17">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="Y156" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="Z156" s="17">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="AA156" s="17">
+        <v>0.66</v>
+      </c>
+      <c r="AB156" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="AC156" s="17">
+        <v>0.73799999999999999</v>
+      </c>
+      <c r="AD156" s="17">
+        <v>0.81299999999999994</v>
+      </c>
+      <c r="AE156" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="AF156" s="17">
+        <v>0.69699999999999995</v>
+      </c>
+      <c r="AG156" s="17">
+        <v>0.52200000000000002</v>
+      </c>
+      <c r="AH156" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AI156" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="AJ156" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AK156" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AL156" s="17"/>
+      <c r="AM156" s="17"/>
+      <c r="AN156" s="17"/>
+      <c r="AO156" s="27"/>
+      <c r="AP156" s="27"/>
+      <c r="AQ156" s="3"/>
+      <c r="AR156" s="3"/>
+      <c r="AS156" s="27"/>
+      <c r="AT156" s="27"/>
+      <c r="AU156" s="27"/>
+      <c r="AV156" s="27"/>
+      <c r="AW156" s="3"/>
+      <c r="AX156" s="3"/>
+      <c r="AY156" s="3"/>
+      <c r="AZ156" s="3"/>
+      <c r="BA156" s="3"/>
     </row>
-    <row r="113" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B113" s="33"/>
+    <row r="157" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K157" s="13">
+        <v>151</v>
+      </c>
+      <c r="L157" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="M157" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="N157" s="17">
+        <v>1</v>
+      </c>
+      <c r="O157" s="17">
+        <v>1</v>
+      </c>
+      <c r="P157" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q157" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="R157" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="S157" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="T157" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="U157" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="V157" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="W157" s="17">
+        <v>0.79300000000000004</v>
+      </c>
+      <c r="X157" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="Y157" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="Z157" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AA157" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="AB157" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="AC157" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AD157" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="AE157" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AF157" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AG157" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AH157" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AI157" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="AJ157" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AK157" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AL157" s="17"/>
+      <c r="AM157" s="17"/>
+      <c r="AN157" s="17"/>
+      <c r="AO157" s="27"/>
+      <c r="AP157" s="27"/>
+      <c r="AQ157" s="3"/>
+      <c r="AR157" s="3"/>
+      <c r="AS157" s="27"/>
+      <c r="AT157" s="27"/>
+      <c r="AU157" s="27"/>
+      <c r="AV157" s="27"/>
+      <c r="AW157" s="3"/>
+      <c r="AX157" s="3"/>
+      <c r="AY157" s="3"/>
+      <c r="AZ157" s="3"/>
+      <c r="BA157" s="3"/>
     </row>
-    <row r="114" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B114" s="33"/>
+    <row r="158" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K158" s="13">
+        <v>152</v>
+      </c>
+      <c r="L158" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="M158" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="N158" s="17">
+        <v>0</v>
+      </c>
+      <c r="O158" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="P158" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Q158" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="R158" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="S158" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="T158" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="U158" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="V158" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="W158" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="X158" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Y158" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="Z158" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AA158" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AB158" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AC158" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AD158" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AE158" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AF158" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AG158" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AH158" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AI158" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AJ158" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK158" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AL158" s="17"/>
+      <c r="AM158" s="17"/>
+      <c r="AN158" s="17"/>
+      <c r="AO158" s="27"/>
+      <c r="AP158" s="27"/>
+      <c r="AQ158" s="3"/>
+      <c r="AR158" s="3"/>
+      <c r="AS158" s="27"/>
+      <c r="AT158" s="27"/>
+      <c r="AU158" s="27"/>
+      <c r="AV158" s="27"/>
+      <c r="AW158" s="3"/>
+      <c r="AX158" s="3"/>
+      <c r="AY158" s="3"/>
+      <c r="AZ158" s="3"/>
+      <c r="BA158" s="3"/>
     </row>
-    <row r="115" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B115" s="33"/>
+    <row r="159" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K159" s="13">
+        <v>153</v>
+      </c>
+      <c r="L159" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="M159" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="N159" s="17">
+        <v>1</v>
+      </c>
+      <c r="O159" s="17">
+        <v>1</v>
+      </c>
+      <c r="P159" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q159" s="17">
+        <v>1</v>
+      </c>
+      <c r="R159" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="S159" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="T159" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="U159" s="17">
+        <v>1</v>
+      </c>
+      <c r="V159" s="17">
+        <v>1</v>
+      </c>
+      <c r="W159" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X159" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="Y159" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="Z159" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AA159" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AB159" s="17">
+        <v>0.70599999999999996</v>
+      </c>
+      <c r="AC159" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD159" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="AE159" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AF159" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AG159" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AH159" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AI159" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ159" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AK159" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL159" s="17"/>
+      <c r="AM159" s="17"/>
+      <c r="AN159" s="17"/>
+      <c r="AO159" s="27"/>
+      <c r="AP159" s="27"/>
+      <c r="AQ159" s="3"/>
+      <c r="AR159" s="3"/>
+      <c r="AS159" s="27"/>
+      <c r="AT159" s="27"/>
+      <c r="AU159" s="27"/>
+      <c r="AV159" s="27"/>
+      <c r="AW159" s="3"/>
+      <c r="AX159" s="3"/>
+      <c r="AY159" s="3"/>
+      <c r="AZ159" s="3"/>
+      <c r="BA159" s="3"/>
     </row>
-    <row r="116" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B116" s="33"/>
+    <row r="160" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K160" s="13">
+        <v>154</v>
+      </c>
+      <c r="L160" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="M160" s="17">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="N160" s="17">
+        <v>0.432</v>
+      </c>
+      <c r="O160" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="P160" s="17">
+        <v>0.53700000000000003</v>
+      </c>
+      <c r="Q160" s="17">
+        <v>0.41</v>
+      </c>
+      <c r="R160" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="S160" s="17">
+        <v>0.38200000000000001</v>
+      </c>
+      <c r="T160" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="U160" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="V160" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="W160" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="X160" s="17">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="Y160" s="17">
+        <v>0.13200000000000001</v>
+      </c>
+      <c r="Z160" s="17">
+        <v>0.14599999999999999</v>
+      </c>
+      <c r="AA160" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="AB160" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AC160" s="17">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="AD160" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AE160" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AF160" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AG160" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AH160" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI160" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ160" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AK160" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="AL160" s="17"/>
+      <c r="AM160" s="17"/>
+      <c r="AN160" s="17"/>
+      <c r="AO160" s="27"/>
+      <c r="AP160" s="27"/>
+      <c r="AQ160" s="3"/>
+      <c r="AR160" s="3"/>
+      <c r="AS160" s="27"/>
+      <c r="AT160" s="27"/>
+      <c r="AU160" s="27"/>
+      <c r="AV160" s="27"/>
+      <c r="AW160" s="3"/>
+      <c r="AX160" s="3"/>
+      <c r="AY160" s="3"/>
+      <c r="AZ160" s="3"/>
+      <c r="BA160" s="3"/>
     </row>
-    <row r="117" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B117" s="33"/>
+    <row r="161" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K161" s="13">
+        <v>155</v>
+      </c>
+      <c r="L161" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M161" s="17">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="N161" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="O161" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="P161" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="Q161" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="R161" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="S161" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="T161" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="U161" s="17">
+        <v>0.60399999999999998</v>
+      </c>
+      <c r="V161" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="W161" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="X161" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="Y161" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Z161" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AA161" s="17">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="AB161" s="17">
+        <v>0.88400000000000001</v>
+      </c>
+      <c r="AC161" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="AD161" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AE161" s="17">
+        <v>0.89700000000000002</v>
+      </c>
+      <c r="AF161" s="17">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="AG161" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="AH161" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AI161" s="17">
+        <v>0.48399999999999999</v>
+      </c>
+      <c r="AJ161" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AK161" s="17">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="AL161" s="17"/>
+      <c r="AM161" s="17"/>
+      <c r="AN161" s="17"/>
+      <c r="AO161" s="27"/>
+      <c r="AP161" s="27"/>
+      <c r="AQ161" s="3"/>
+      <c r="AR161" s="3"/>
+      <c r="AS161" s="27"/>
+      <c r="AT161" s="27"/>
+      <c r="AU161" s="27"/>
+      <c r="AV161" s="27"/>
+      <c r="AW161" s="3"/>
+      <c r="AX161" s="3"/>
+      <c r="AY161" s="3"/>
+      <c r="AZ161" s="3"/>
+      <c r="BA161" s="3"/>
     </row>
-    <row r="118" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B118" s="33"/>
+    <row r="162" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K162" s="13">
+        <v>156</v>
+      </c>
+      <c r="L162" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="M162" s="17">
+        <v>1</v>
+      </c>
+      <c r="N162" s="17">
+        <v>1</v>
+      </c>
+      <c r="O162" s="17">
+        <v>1</v>
+      </c>
+      <c r="P162" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q162" s="17">
+        <v>1</v>
+      </c>
+      <c r="R162" s="17">
+        <v>1</v>
+      </c>
+      <c r="S162" s="17">
+        <v>1</v>
+      </c>
+      <c r="T162" s="17">
+        <v>1</v>
+      </c>
+      <c r="U162" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="V162" s="17">
+        <v>1</v>
+      </c>
+      <c r="W162" s="17">
+        <v>1</v>
+      </c>
+      <c r="X162" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y162" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Z162" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA162" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB162" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC162" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD162" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AE162" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF162" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG162" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH162" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AI162" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ162" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AK162" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AL162" s="17"/>
+      <c r="AM162" s="17"/>
+      <c r="AN162" s="17"/>
+      <c r="AO162" s="27"/>
+      <c r="AP162" s="27"/>
+      <c r="AQ162" s="3"/>
+      <c r="AR162" s="3"/>
+      <c r="AS162" s="27"/>
+      <c r="AT162" s="27"/>
+      <c r="AU162" s="27"/>
+      <c r="AV162" s="27"/>
+      <c r="AW162" s="3"/>
+      <c r="AX162" s="3"/>
+      <c r="AY162" s="3"/>
+      <c r="AZ162" s="3"/>
+      <c r="BA162" s="3"/>
     </row>
-    <row r="119" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B119" s="33"/>
+    <row r="163" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K163" s="13">
+        <v>157</v>
+      </c>
+      <c r="L163" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M163" s="17">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="N163" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="O163" s="17">
+        <v>0.98299999999999998</v>
+      </c>
+      <c r="P163" s="17">
+        <v>0.96599999999999997</v>
+      </c>
+      <c r="Q163" s="17">
+        <v>0.879</v>
+      </c>
+      <c r="R163" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="S163" s="17">
+        <v>0.97299999999999998</v>
+      </c>
+      <c r="T163" s="17">
+        <v>0.72899999999999998</v>
+      </c>
+      <c r="U163" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="V163" s="17">
+        <v>0.82</v>
+      </c>
+      <c r="W163" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="X163" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="Y163" s="17">
+        <v>0.82</v>
+      </c>
+      <c r="Z163" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="AA163" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="AB163" s="17">
+        <v>0.79400000000000004</v>
+      </c>
+      <c r="AC163" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="AD163" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="AE163" s="17">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="AF163" s="17">
+        <v>0.627</v>
+      </c>
+      <c r="AG163" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="AH163" s="17">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="AI163" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="AJ163" s="17">
+        <v>0.25800000000000001</v>
+      </c>
+      <c r="AK163" s="17">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="AL163" s="17"/>
+      <c r="AM163" s="17"/>
+      <c r="AN163" s="17"/>
+      <c r="AO163" s="27"/>
+      <c r="AP163" s="27"/>
+      <c r="AQ163" s="3"/>
+      <c r="AR163" s="3"/>
+      <c r="AS163" s="27"/>
+      <c r="AT163" s="27"/>
+      <c r="AU163" s="27"/>
+      <c r="AV163" s="27"/>
+      <c r="AW163" s="3"/>
+      <c r="AX163" s="3"/>
+      <c r="AY163" s="3"/>
+      <c r="AZ163" s="3"/>
+      <c r="BA163" s="3"/>
     </row>
-    <row r="120" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B120" s="33"/>
+    <row r="164" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K164" s="13">
+        <v>158</v>
+      </c>
+      <c r="L164" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M164" s="17">
+        <v>0.51400000000000001</v>
+      </c>
+      <c r="N164" s="17">
+        <v>0.74199999999999999</v>
+      </c>
+      <c r="O164" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="P164" s="17">
+        <v>0.624</v>
+      </c>
+      <c r="Q164" s="17">
+        <v>0.624</v>
+      </c>
+      <c r="R164" s="17">
+        <v>0.51100000000000001</v>
+      </c>
+      <c r="S164" s="17">
+        <v>0.58399999999999996</v>
+      </c>
+      <c r="T164" s="17">
+        <v>0.505</v>
+      </c>
+      <c r="U164" s="17">
+        <v>0.504</v>
+      </c>
+      <c r="V164" s="17">
+        <v>0.496</v>
+      </c>
+      <c r="W164" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="X164" s="17">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="Y164" s="17">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="Z164" s="17">
+        <v>0.45700000000000002</v>
+      </c>
+      <c r="AA164" s="17">
+        <v>0.49299999999999999</v>
+      </c>
+      <c r="AB164" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC164" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AD164" s="17">
+        <v>0.60399999999999998</v>
+      </c>
+      <c r="AE164" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AF164" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="AG164" s="17">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="AH164" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="AI164" s="17">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="AJ164" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AK164" s="17">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="AL164" s="17"/>
+      <c r="AM164" s="17"/>
+      <c r="AN164" s="17"/>
+      <c r="AO164" s="27"/>
+      <c r="AP164" s="27"/>
+      <c r="AQ164" s="3"/>
+      <c r="AR164" s="3"/>
+      <c r="AS164" s="27"/>
+      <c r="AT164" s="27"/>
+      <c r="AU164" s="27"/>
+      <c r="AV164" s="27"/>
+      <c r="AW164" s="3"/>
+      <c r="AX164" s="3"/>
+      <c r="AY164" s="3"/>
+      <c r="AZ164" s="3"/>
+      <c r="BA164" s="3"/>
     </row>
-    <row r="121" spans="2:2" x14ac:dyDescent="0.25">
-      <c r="B121" s="33"/>
+    <row r="165" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K165" s="13">
+        <v>159</v>
+      </c>
+      <c r="L165" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M165" s="17">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="N165" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="O165" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="P165" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="Q165" s="17">
+        <v>0.92500000000000004</v>
+      </c>
+      <c r="R165" s="17">
+        <v>0.92500000000000004</v>
+      </c>
+      <c r="S165" s="17">
+        <v>0.95099999999999996</v>
+      </c>
+      <c r="T165" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="U165" s="17">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="V165" s="17">
+        <v>0.78200000000000003</v>
+      </c>
+      <c r="W165" s="17">
+        <v>0.83899999999999997</v>
+      </c>
+      <c r="X165" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="Y165" s="17">
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="Z165" s="17">
+        <v>0.78</v>
+      </c>
+      <c r="AA165" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="AB165" s="17">
+        <v>0.71899999999999997</v>
+      </c>
+      <c r="AC165" s="17">
+        <v>0.63400000000000001</v>
+      </c>
+      <c r="AD165" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="AE165" s="17">
+        <v>0.66300000000000003</v>
+      </c>
+      <c r="AF165" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AG165" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="AH165" s="17">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="AI165" s="17">
+        <v>0.221</v>
+      </c>
+      <c r="AJ165" s="17">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="AK165" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="AL165" s="17"/>
+      <c r="AM165" s="17"/>
+      <c r="AN165" s="17"/>
+      <c r="AO165" s="27"/>
+      <c r="AP165" s="27"/>
+      <c r="AQ165" s="3"/>
+      <c r="AR165" s="3"/>
+      <c r="AS165" s="27"/>
+      <c r="AT165" s="27"/>
+      <c r="AU165" s="27"/>
+      <c r="AV165" s="27"/>
+      <c r="AW165" s="3"/>
+      <c r="AX165" s="3"/>
+      <c r="AY165" s="3"/>
+      <c r="AZ165" s="3"/>
+      <c r="BA165" s="3"/>
+    </row>
+    <row r="166" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K166" s="13">
+        <v>160</v>
+      </c>
+      <c r="L166" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="M166" s="17">
+        <v>1</v>
+      </c>
+      <c r="N166" s="17">
+        <v>0</v>
+      </c>
+      <c r="O166" s="17">
+        <v>1</v>
+      </c>
+      <c r="P166" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q166" s="17">
+        <v>0</v>
+      </c>
+      <c r="R166" s="17">
+        <v>1</v>
+      </c>
+      <c r="S166" s="17">
+        <v>1</v>
+      </c>
+      <c r="T166" s="17">
+        <v>1</v>
+      </c>
+      <c r="U166" s="17">
+        <v>0</v>
+      </c>
+      <c r="V166" s="17">
+        <v>1</v>
+      </c>
+      <c r="W166" s="17">
+        <v>1</v>
+      </c>
+      <c r="X166" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y166" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z166" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB166" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH166" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ166" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK166" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL166" s="17"/>
+      <c r="AM166" s="17"/>
+      <c r="AN166" s="17"/>
+      <c r="AO166" s="27"/>
+      <c r="AP166" s="27"/>
+      <c r="AQ166" s="3"/>
+      <c r="AR166" s="3"/>
+      <c r="AS166" s="27"/>
+      <c r="AT166" s="27"/>
+      <c r="AU166" s="27"/>
+      <c r="AV166" s="27"/>
+      <c r="AW166" s="3"/>
+      <c r="AX166" s="3"/>
+      <c r="AY166" s="3"/>
+      <c r="AZ166" s="3"/>
+      <c r="BA166" s="3"/>
+    </row>
+    <row r="167" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K167" s="13">
+        <v>161</v>
+      </c>
+      <c r="L167" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M167" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="N167" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="O167" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="P167" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="Q167" s="17">
+        <v>0.108</v>
+      </c>
+      <c r="R167" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="S167" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="T167" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="U167" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="V167" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="W167" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="X167" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="Y167" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Z167" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AA167" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AB167" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AC167" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AD167" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AE167" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AF167" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AG167" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AH167" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AI167" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AJ167" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK167" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AL167" s="17"/>
+      <c r="AM167" s="17"/>
+      <c r="AN167" s="17"/>
+      <c r="AO167" s="27"/>
+      <c r="AP167" s="27"/>
+      <c r="AQ167" s="3"/>
+      <c r="AR167" s="3"/>
+      <c r="AS167" s="27"/>
+      <c r="AT167" s="27"/>
+      <c r="AU167" s="27"/>
+      <c r="AV167" s="27"/>
+      <c r="AW167" s="3"/>
+      <c r="AX167" s="3"/>
+      <c r="AY167" s="3"/>
+      <c r="AZ167" s="3"/>
+      <c r="BA167" s="3"/>
+    </row>
+    <row r="168" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K168" s="13">
+        <v>162</v>
+      </c>
+      <c r="L168" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M168" s="17">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="N168" s="17">
+        <v>0.224</v>
+      </c>
+      <c r="O168" s="17">
+        <v>0.314</v>
+      </c>
+      <c r="P168" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="Q168" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="R168" s="17">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="S168" s="17">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="T168" s="17">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="U168" s="17">
+        <v>0.128</v>
+      </c>
+      <c r="V168" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="W168" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="X168" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="Y168" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="Z168" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AA168" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AB168" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AC168" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AD168" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AE168" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AF168" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG168" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AH168" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AI168" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AJ168" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AK168" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AL168" s="17"/>
+      <c r="AM168" s="17"/>
+      <c r="AN168" s="17"/>
+      <c r="AO168" s="27"/>
+      <c r="AP168" s="27"/>
+      <c r="AQ168" s="3"/>
+      <c r="AR168" s="3"/>
+      <c r="AS168" s="27"/>
+      <c r="AT168" s="27"/>
+      <c r="AU168" s="27"/>
+      <c r="AV168" s="27"/>
+      <c r="AW168" s="3"/>
+      <c r="AX168" s="3"/>
+      <c r="AY168" s="3"/>
+      <c r="AZ168" s="3"/>
+      <c r="BA168" s="3"/>
+    </row>
+    <row r="169" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K169" s="13">
+        <v>163</v>
+      </c>
+      <c r="L169" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M169" s="17">
+        <v>0.442</v>
+      </c>
+      <c r="N169" s="17">
+        <v>0.67200000000000004</v>
+      </c>
+      <c r="O169" s="17">
+        <v>0.86299999999999999</v>
+      </c>
+      <c r="P169" s="17">
+        <v>0.77</v>
+      </c>
+      <c r="Q169" s="17">
+        <v>0.73399999999999999</v>
+      </c>
+      <c r="R169" s="17">
+        <v>0.67</v>
+      </c>
+      <c r="S169" s="17">
+        <v>0.64200000000000002</v>
+      </c>
+      <c r="T169" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="U169" s="17">
+        <v>0.73599999999999999</v>
+      </c>
+      <c r="V169" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="W169" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="X169" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="Y169" s="17">
+        <v>0.70299999999999996</v>
+      </c>
+      <c r="Z169" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AA169" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="AB169" s="17">
+        <v>0.628</v>
+      </c>
+      <c r="AC169" s="17">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="AD169" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="AE169" s="17">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="AF169" s="17">
+        <v>0.57799999999999996</v>
+      </c>
+      <c r="AG169" s="17">
+        <v>0.45700000000000002</v>
+      </c>
+      <c r="AH169" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="AI169" s="17">
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="AJ169" s="17">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="AK169" s="17">
+        <v>0.246</v>
+      </c>
+      <c r="AL169" s="17"/>
+      <c r="AM169" s="17"/>
+      <c r="AN169" s="17"/>
+      <c r="AO169" s="27"/>
+      <c r="AP169" s="27"/>
+      <c r="AQ169" s="3"/>
+      <c r="AR169" s="3"/>
+      <c r="AS169" s="27"/>
+      <c r="AT169" s="27"/>
+      <c r="AU169" s="27"/>
+      <c r="AV169" s="27"/>
+      <c r="AW169" s="3"/>
+      <c r="AX169" s="3"/>
+      <c r="AY169" s="3"/>
+      <c r="AZ169" s="3"/>
+      <c r="BA169" s="3"/>
+    </row>
+    <row r="170" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K170" s="13">
+        <v>164</v>
+      </c>
+      <c r="L170" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M170" s="17">
+        <v>0.24</v>
+      </c>
+      <c r="N170" s="17">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="O170" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="P170" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="Q170" s="17">
+        <v>0.70299999999999996</v>
+      </c>
+      <c r="R170" s="17">
+        <v>0.60799999999999998</v>
+      </c>
+      <c r="S170" s="17">
+        <v>0.69699999999999995</v>
+      </c>
+      <c r="T170" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="U170" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="V170" s="17">
+        <v>0.317</v>
+      </c>
+      <c r="W170" s="17">
+        <v>0.22</v>
+      </c>
+      <c r="X170" s="17">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="Y170" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="Z170" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="AA170" s="17">
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="AB170" s="17">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="AC170" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AD170" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="AE170" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AF170" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AG170" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AH170" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AI170" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AJ170" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AK170" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AL170" s="17"/>
+      <c r="AM170" s="17"/>
+      <c r="AN170" s="17"/>
+      <c r="AO170" s="27"/>
+      <c r="AP170" s="27"/>
+      <c r="AQ170" s="3"/>
+      <c r="AR170" s="3"/>
+      <c r="AS170" s="27"/>
+      <c r="AT170" s="27"/>
+      <c r="AU170" s="27"/>
+      <c r="AV170" s="27"/>
+      <c r="AW170" s="3"/>
+      <c r="AX170" s="3"/>
+      <c r="AY170" s="3"/>
+      <c r="AZ170" s="3"/>
+      <c r="BA170" s="3"/>
+    </row>
+    <row r="171" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K171" s="13">
+        <v>165</v>
+      </c>
+      <c r="L171" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M171" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="N171" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="O171" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="P171" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Q171" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="R171" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="S171" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="T171" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="U171" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="V171" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="W171" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="X171" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="Y171" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="Z171" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AA171" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AB171" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AC171" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AD171" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AE171" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AF171" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AG171" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AH171" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AI171" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AJ171" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AK171" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AL171" s="17"/>
+      <c r="AM171" s="17"/>
+      <c r="AN171" s="17"/>
+      <c r="AO171" s="27"/>
+      <c r="AP171" s="27"/>
+      <c r="AQ171" s="3"/>
+      <c r="AR171" s="3"/>
+      <c r="AS171" s="27"/>
+      <c r="AT171" s="27"/>
+      <c r="AU171" s="27"/>
+      <c r="AV171" s="27"/>
+      <c r="AW171" s="3"/>
+      <c r="AX171" s="3"/>
+      <c r="AY171" s="3"/>
+      <c r="AZ171" s="3"/>
+      <c r="BA171" s="3"/>
+    </row>
+    <row r="172" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K172" s="13">
+        <v>166</v>
+      </c>
+      <c r="L172" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M172" s="17">
+        <v>0.108</v>
+      </c>
+      <c r="N172" s="17">
+        <v>0.32100000000000001</v>
+      </c>
+      <c r="O172" s="17">
+        <v>0.439</v>
+      </c>
+      <c r="P172" s="17">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="Q172" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="R172" s="17">
+        <v>0.47699999999999998</v>
+      </c>
+      <c r="S172" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="T172" s="17">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="U172" s="17">
+        <v>0.23899999999999999</v>
+      </c>
+      <c r="V172" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="W172" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="X172" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="Y172" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="Z172" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AA172" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AB172" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AC172" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AD172" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AE172" s="17">
+        <v>8.8999999999999996E-2</v>
+      </c>
+      <c r="AF172" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AG172" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AH172" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AI172" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AJ172" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AK172" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL172" s="17"/>
+      <c r="AM172" s="17"/>
+      <c r="AN172" s="17"/>
+      <c r="AO172" s="27"/>
+      <c r="AP172" s="27"/>
+      <c r="AQ172" s="3"/>
+      <c r="AR172" s="3"/>
+      <c r="AS172" s="27"/>
+      <c r="AT172" s="27"/>
+      <c r="AU172" s="27"/>
+      <c r="AV172" s="27"/>
+      <c r="AW172" s="3"/>
+      <c r="AX172" s="3"/>
+      <c r="AY172" s="3"/>
+      <c r="AZ172" s="3"/>
+      <c r="BA172" s="3"/>
+    </row>
+    <row r="173" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K173" s="13">
+        <v>167</v>
+      </c>
+      <c r="L173" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M173" s="17">
+        <v>1</v>
+      </c>
+      <c r="N173" s="17">
+        <v>1</v>
+      </c>
+      <c r="O173" s="17">
+        <v>1</v>
+      </c>
+      <c r="P173" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q173" s="17">
+        <v>1</v>
+      </c>
+      <c r="R173" s="17">
+        <v>1</v>
+      </c>
+      <c r="S173" s="17">
+        <v>1</v>
+      </c>
+      <c r="T173" s="17">
+        <v>1</v>
+      </c>
+      <c r="U173" s="17">
+        <v>1</v>
+      </c>
+      <c r="V173" s="17">
+        <v>1</v>
+      </c>
+      <c r="W173" s="17">
+        <v>1</v>
+      </c>
+      <c r="X173" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y173" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ173" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AK173" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL173" s="17"/>
+      <c r="AM173" s="17"/>
+      <c r="AN173" s="17"/>
+      <c r="AO173" s="27"/>
+      <c r="AP173" s="27"/>
+      <c r="AQ173" s="3"/>
+      <c r="AR173" s="3"/>
+      <c r="AS173" s="27"/>
+      <c r="AT173" s="27"/>
+      <c r="AU173" s="27"/>
+      <c r="AV173" s="27"/>
+      <c r="AW173" s="3"/>
+      <c r="AX173" s="3"/>
+      <c r="AY173" s="3"/>
+      <c r="AZ173" s="3"/>
+      <c r="BA173" s="3"/>
+    </row>
+    <row r="174" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K174" s="13">
+        <v>168</v>
+      </c>
+      <c r="L174" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M174" s="17">
+        <v>0.20499999999999999</v>
+      </c>
+      <c r="N174" s="17">
+        <v>0.28299999999999997</v>
+      </c>
+      <c r="O174" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="P174" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="Q174" s="17">
+        <v>0.314</v>
+      </c>
+      <c r="R174" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="S174" s="17">
+        <v>0.33400000000000002</v>
+      </c>
+      <c r="T174" s="17">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="U174" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="V174" s="17">
+        <v>0.19600000000000001</v>
+      </c>
+      <c r="W174" s="17">
+        <v>0.153</v>
+      </c>
+      <c r="X174" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="Y174" s="17">
+        <v>0.127</v>
+      </c>
+      <c r="Z174" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AA174" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AB174" s="17">
+        <v>0.128</v>
+      </c>
+      <c r="AC174" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="AD174" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AE174" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AF174" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AG174" s="17">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="AH174" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AI174" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AJ174" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AK174" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AL174" s="17"/>
+      <c r="AM174" s="17"/>
+      <c r="AN174" s="17"/>
+      <c r="AO174" s="27"/>
+      <c r="AP174" s="27"/>
+      <c r="AQ174" s="3"/>
+      <c r="AR174" s="3"/>
+      <c r="AS174" s="27"/>
+      <c r="AT174" s="27"/>
+      <c r="AU174" s="27"/>
+      <c r="AV174" s="27"/>
+      <c r="AW174" s="3"/>
+      <c r="AX174" s="3"/>
+      <c r="AY174" s="3"/>
+      <c r="AZ174" s="3"/>
+      <c r="BA174" s="3"/>
+    </row>
+    <row r="175" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K175" s="13">
+        <v>169</v>
+      </c>
+      <c r="M175" s="17"/>
+      <c r="N175" s="17"/>
+      <c r="O175" s="17"/>
+      <c r="P175" s="17"/>
+      <c r="Q175" s="17"/>
+      <c r="R175" s="17"/>
+      <c r="S175" s="17"/>
+      <c r="T175" s="17"/>
+      <c r="U175" s="17"/>
+      <c r="V175" s="17"/>
+      <c r="W175" s="17"/>
+      <c r="X175" s="17"/>
+      <c r="Y175" s="17"/>
+      <c r="Z175" s="17"/>
+      <c r="AA175" s="17"/>
+      <c r="AB175" s="17"/>
+      <c r="AC175" s="17"/>
+      <c r="AD175" s="17"/>
+      <c r="AE175" s="17"/>
+      <c r="AF175" s="17"/>
+      <c r="AG175" s="17"/>
+      <c r="AH175" s="17"/>
+      <c r="AI175" s="17"/>
+      <c r="AJ175" s="17"/>
+      <c r="AK175" s="17"/>
+      <c r="AL175" s="17"/>
+      <c r="AM175" s="17"/>
+      <c r="AN175" s="17"/>
+      <c r="AO175" s="27"/>
+      <c r="AP175" s="27"/>
+      <c r="AQ175" s="3"/>
+      <c r="AR175" s="3"/>
+      <c r="AS175" s="27"/>
+      <c r="AT175" s="27"/>
+      <c r="AU175" s="27"/>
+      <c r="AV175" s="27"/>
+      <c r="AW175" s="3"/>
+      <c r="AX175" s="3"/>
+      <c r="AY175" s="3"/>
+      <c r="AZ175" s="3"/>
+      <c r="BA175" s="3"/>
+    </row>
+    <row r="176" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K176" s="13">
+        <v>170</v>
+      </c>
+      <c r="L176" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="M176" s="17">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="N176" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="O176" s="17">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="P176" s="17">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="Q176" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="R176" s="17">
+        <v>0.19700000000000001</v>
+      </c>
+      <c r="S176" s="17">
+        <v>0.20599999999999999</v>
+      </c>
+      <c r="T176" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="U176" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="V176" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="W176" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="X176" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="Y176" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Z176" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AA176" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AB176" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AC176" s="18">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AD176" s="18">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AE176" s="18">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AF176" s="18">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AG176" s="18">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AH176" s="18">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AI176" s="18">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AJ176" s="18">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AK176" s="18">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AL176" s="18"/>
+      <c r="AM176" s="18"/>
+      <c r="AN176" s="18"/>
+      <c r="AO176" s="27"/>
+      <c r="AP176" s="27"/>
+      <c r="AQ176" s="3"/>
+      <c r="AR176" s="3"/>
+      <c r="AS176" s="27"/>
+      <c r="AT176" s="27"/>
+      <c r="AU176" s="27"/>
+      <c r="AV176" s="27"/>
+      <c r="AW176" s="3"/>
+      <c r="AX176" s="3"/>
+      <c r="AY176" s="3"/>
+      <c r="AZ176" s="3"/>
+      <c r="BA176" s="3"/>
+    </row>
+    <row r="177" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K177" s="13">
+        <v>171</v>
+      </c>
+      <c r="L177" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="M177" s="17">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="N177" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="O177" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="P177" s="17">
+        <v>0.79</v>
+      </c>
+      <c r="Q177" s="17">
+        <v>0.749</v>
+      </c>
+      <c r="R177" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="S177" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="T177" s="17">
+        <v>0.71099999999999997</v>
+      </c>
+      <c r="U177" s="17">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="V177" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="W177" s="17">
+        <v>0.60599999999999998</v>
+      </c>
+      <c r="X177" s="17">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="Y177" s="17">
+        <v>0.55400000000000005</v>
+      </c>
+      <c r="Z177" s="17">
+        <v>0.57699999999999996</v>
+      </c>
+      <c r="AA177" s="17">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="AB177" s="17">
+        <v>0.58199999999999996</v>
+      </c>
+      <c r="AC177" s="18">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AD177" s="18">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="AE177" s="18">
+        <v>0.52200000000000002</v>
+      </c>
+      <c r="AF177" s="18">
+        <v>0.439</v>
+      </c>
+      <c r="AG177" s="18">
+        <v>0.41499999999999998</v>
+      </c>
+      <c r="AH177" s="18">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="AI177" s="18">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="AJ177" s="18">
+        <v>0.191</v>
+      </c>
+      <c r="AK177" s="18">
+        <v>0.23599999999999999</v>
+      </c>
+      <c r="AL177" s="18"/>
+      <c r="AM177" s="18"/>
+      <c r="AN177" s="18"/>
+      <c r="AO177" s="27"/>
+      <c r="AP177" s="27"/>
+      <c r="AQ177" s="3"/>
+      <c r="AR177" s="3"/>
+      <c r="AS177" s="27"/>
+      <c r="AT177" s="27"/>
+      <c r="AU177" s="27"/>
+      <c r="AV177" s="27"/>
+      <c r="AW177" s="3"/>
+      <c r="AX177" s="3"/>
+      <c r="AY177" s="3"/>
+      <c r="AZ177" s="3"/>
+      <c r="BA177" s="3"/>
+    </row>
+    <row r="178" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K178" s="13">
+        <v>172</v>
+      </c>
+      <c r="L178" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="M178" s="17">
+        <v>0.20499999999999999</v>
+      </c>
+      <c r="N178" s="17">
+        <v>0.28299999999999997</v>
+      </c>
+      <c r="O178" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="P178" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="Q178" s="17">
+        <v>0.314</v>
+      </c>
+      <c r="R178" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="S178" s="17">
+        <v>0.33400000000000002</v>
+      </c>
+      <c r="T178" s="17">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="U178" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="V178" s="17">
+        <v>0.19600000000000001</v>
+      </c>
+      <c r="W178" s="17">
+        <v>0.153</v>
+      </c>
+      <c r="X178" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="Y178" s="17">
+        <v>0.127</v>
+      </c>
+      <c r="Z178" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AA178" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AB178" s="17">
+        <v>0.128</v>
+      </c>
+      <c r="AC178" s="18">
+        <v>0.11</v>
+      </c>
+      <c r="AD178" s="18">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AE178" s="18">
+        <v>0.1</v>
+      </c>
+      <c r="AF178" s="18">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AG178" s="18">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="AH178" s="18">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AI178" s="18">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AJ178" s="18">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AK178" s="18">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AL178" s="18"/>
+      <c r="AM178" s="18"/>
+      <c r="AN178" s="18"/>
+      <c r="AO178" s="27"/>
+      <c r="AP178" s="27"/>
+      <c r="AQ178" s="3"/>
+      <c r="AR178" s="3"/>
+      <c r="AS178" s="27"/>
+      <c r="AT178" s="27"/>
+      <c r="AU178" s="27"/>
+      <c r="AV178" s="27"/>
+      <c r="AW178" s="3"/>
+      <c r="AX178" s="3"/>
+      <c r="AY178" s="3"/>
+      <c r="AZ178" s="3"/>
+      <c r="BA178" s="3"/>
+    </row>
+    <row r="179" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K179" s="13">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="180" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K180" s="13">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="181" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K181" s="13">
+        <v>175</v>
+      </c>
+      <c r="L181" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="M181" s="15"/>
+      <c r="N181" s="15"/>
+      <c r="O181" s="15"/>
+      <c r="P181" s="15"/>
+      <c r="Q181" s="15"/>
+      <c r="R181" s="15"/>
+      <c r="S181" s="15"/>
+      <c r="T181" s="15"/>
+      <c r="U181" s="15"/>
+      <c r="V181" s="15"/>
+      <c r="W181" s="15"/>
+      <c r="AO181" s="16"/>
+      <c r="AP181" s="16"/>
+      <c r="AQ181" s="36"/>
+      <c r="AR181" s="36"/>
+      <c r="AS181" s="16"/>
+      <c r="AT181" s="16"/>
+      <c r="AU181" s="16"/>
+      <c r="AV181" s="16"/>
+      <c r="AW181" s="36"/>
+      <c r="AX181" s="36"/>
+      <c r="AY181" s="36"/>
+      <c r="AZ181" s="36"/>
+      <c r="BA181" s="36"/>
+    </row>
+    <row r="182" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K182" s="13">
+        <v>176</v>
+      </c>
+      <c r="L182" s="16" t="s">
+        <v>144</v>
+      </c>
+      <c r="M182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="O182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="R182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="S182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="T182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="U182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="V182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="W182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="X182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ182" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO182" s="12"/>
+      <c r="AP182" s="12"/>
+      <c r="AQ182" s="33"/>
+      <c r="AR182" s="33"/>
+      <c r="AS182" s="12"/>
+      <c r="AT182" s="12"/>
+      <c r="AU182" s="12"/>
+      <c r="AV182" s="12"/>
+      <c r="AW182" s="33"/>
+      <c r="AX182" s="33"/>
+      <c r="AY182" s="33"/>
+      <c r="AZ182" s="33"/>
+      <c r="BA182" s="33"/>
+    </row>
+    <row r="183" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K183" s="13">
+        <v>177</v>
+      </c>
+      <c r="L183" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="M183" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="N183" s="17">
+        <v>0.96899999999999997</v>
+      </c>
+      <c r="O183" s="17">
+        <v>1</v>
+      </c>
+      <c r="P183" s="17">
+        <v>0.97699999999999998</v>
+      </c>
+      <c r="Q183" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="R183" s="17">
+        <v>0.95499999999999996</v>
+      </c>
+      <c r="S183" s="17">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="T183" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="U183" s="17">
+        <v>0.93500000000000005</v>
+      </c>
+      <c r="V183" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="W183" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="X183" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="Y183" s="17">
+        <v>0.88400000000000001</v>
+      </c>
+      <c r="Z183" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="AA183" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="AB183" s="17">
+        <v>0.70299999999999996</v>
+      </c>
+      <c r="AC183" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="AD183" s="17">
+        <v>0.56799999999999995</v>
+      </c>
+      <c r="AE183" s="17">
+        <v>0.55800000000000005</v>
+      </c>
+      <c r="AF183" s="17">
+        <v>0.51200000000000001</v>
+      </c>
+      <c r="AG183" s="17">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="AH183" s="17">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="AI183" s="17">
+        <v>0.27100000000000002</v>
+      </c>
+      <c r="AJ183" s="17">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="AK183" s="17">
+        <v>0.22700000000000001</v>
+      </c>
+      <c r="AL183" s="17">
+        <v>0.40600000000000003</v>
+      </c>
+      <c r="AM183" s="17"/>
+      <c r="AN183" s="17"/>
+      <c r="AO183" s="12"/>
+      <c r="AP183" s="12"/>
+      <c r="AQ183" s="33"/>
+      <c r="AR183" s="33"/>
+      <c r="AS183" s="12"/>
+      <c r="AT183" s="12"/>
+      <c r="AU183" s="12"/>
+      <c r="AV183" s="12"/>
+      <c r="AW183" s="33"/>
+      <c r="AX183" s="33"/>
+      <c r="AY183" s="33"/>
+      <c r="AZ183" s="33"/>
+      <c r="BA183" s="33"/>
+    </row>
+    <row r="184" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K184" s="13">
+        <v>178</v>
+      </c>
+      <c r="L184" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="M184" s="17">
+        <v>1</v>
+      </c>
+      <c r="N184" s="17">
+        <v>1</v>
+      </c>
+      <c r="O184" s="17">
+        <v>1</v>
+      </c>
+      <c r="P184" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q184" s="17">
+        <v>1</v>
+      </c>
+      <c r="R184" s="17">
+        <v>1</v>
+      </c>
+      <c r="S184" s="17">
+        <v>1</v>
+      </c>
+      <c r="T184" s="17">
+        <v>1</v>
+      </c>
+      <c r="U184" s="17">
+        <v>1</v>
+      </c>
+      <c r="V184" s="17">
+        <v>0.96899999999999997</v>
+      </c>
+      <c r="W184" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="X184" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="Y184" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="Z184" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AA184" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AB184" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="AC184" s="17">
+        <v>0.745</v>
+      </c>
+      <c r="AD184" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AE184" s="17">
+        <v>0.76800000000000002</v>
+      </c>
+      <c r="AF184" s="17">
+        <v>0.74399999999999999</v>
+      </c>
+      <c r="AG184" s="17">
+        <v>0.86099999999999999</v>
+      </c>
+      <c r="AH184" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="AI184" s="17">
+        <v>0.48099999999999998</v>
+      </c>
+      <c r="AJ184" s="17">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="AK184" s="17">
+        <v>0.85299999999999998</v>
+      </c>
+      <c r="AL184" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM184" s="17"/>
+      <c r="AN184" s="17"/>
+      <c r="AO184" s="12"/>
+      <c r="AP184" s="12"/>
+      <c r="AQ184" s="33"/>
+      <c r="AR184" s="33"/>
+      <c r="AS184" s="12"/>
+      <c r="AT184" s="12"/>
+      <c r="AU184" s="12"/>
+      <c r="AV184" s="12"/>
+      <c r="AW184" s="33"/>
+      <c r="AX184" s="33"/>
+      <c r="AY184" s="33"/>
+      <c r="AZ184" s="33"/>
+      <c r="BA184" s="33"/>
+    </row>
+    <row r="185" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K185" s="13">
+        <v>179</v>
+      </c>
+      <c r="L185" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="M185" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="N185" s="17">
+        <v>0.83899999999999997</v>
+      </c>
+      <c r="O185" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="P185" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Q185" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="R185" s="17">
+        <v>0.77900000000000003</v>
+      </c>
+      <c r="S185" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="T185" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="U185" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="V185" s="17">
+        <v>0.82199999999999995</v>
+      </c>
+      <c r="W185" s="17">
+        <v>0.71699999999999997</v>
+      </c>
+      <c r="X185" s="17">
+        <v>0.65100000000000002</v>
+      </c>
+      <c r="Y185" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="Z185" s="17">
+        <v>0.65100000000000002</v>
+      </c>
+      <c r="AA185" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="AB185" s="17">
+        <v>0.81299999999999994</v>
+      </c>
+      <c r="AC185" s="17">
+        <v>0.81899999999999995</v>
+      </c>
+      <c r="AD185" s="17">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="AE185" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="AF185" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="AG185" s="17">
+        <v>0.622</v>
+      </c>
+      <c r="AH185" s="17">
+        <v>0.50600000000000001</v>
+      </c>
+      <c r="AI185" s="17">
+        <v>0.38600000000000001</v>
+      </c>
+      <c r="AJ185" s="17">
+        <v>0.50900000000000001</v>
+      </c>
+      <c r="AK185" s="17">
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="AL185" s="17">
+        <v>0.85499999999999998</v>
+      </c>
+      <c r="AM185" s="17"/>
+      <c r="AN185" s="17"/>
+      <c r="AO185" s="12"/>
+      <c r="AP185" s="12"/>
+      <c r="AQ185" s="33"/>
+      <c r="AR185" s="33"/>
+      <c r="AS185" s="12"/>
+      <c r="AT185" s="12"/>
+      <c r="AU185" s="12"/>
+      <c r="AV185" s="12"/>
+      <c r="AW185" s="33"/>
+      <c r="AX185" s="33"/>
+      <c r="AY185" s="33"/>
+      <c r="AZ185" s="33"/>
+      <c r="BA185" s="33"/>
+    </row>
+    <row r="186" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K186" s="13">
+        <v>180</v>
+      </c>
+      <c r="L186" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="M186" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="N186" s="17">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="O186" s="17">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="P186" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="Q186" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="R186" s="17">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="S186" s="17">
+        <v>0.318</v>
+      </c>
+      <c r="T186" s="17">
+        <v>0.23</v>
+      </c>
+      <c r="U186" s="17">
+        <v>7.8E-2</v>
+      </c>
+      <c r="V186" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="W186" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="X186" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Y186" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Z186" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AA186" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="AB186" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AC186" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AD186" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AE186" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AF186" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AG186" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AH186" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AI186" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AJ186" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AK186" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AL186" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AM186" s="17"/>
+      <c r="AN186" s="17"/>
+      <c r="AO186" s="12"/>
+      <c r="AP186" s="12"/>
+      <c r="AQ186" s="33"/>
+      <c r="AR186" s="33"/>
+      <c r="AS186" s="12"/>
+      <c r="AT186" s="12"/>
+      <c r="AU186" s="12"/>
+      <c r="AV186" s="12"/>
+      <c r="AW186" s="33"/>
+      <c r="AX186" s="33"/>
+      <c r="AY186" s="33"/>
+      <c r="AZ186" s="33"/>
+      <c r="BA186" s="33"/>
+    </row>
+    <row r="187" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K187" s="13">
+        <v>181</v>
+      </c>
+      <c r="L187" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="M187" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="N187" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="O187" s="17">
+        <v>0.95599999999999996</v>
+      </c>
+      <c r="P187" s="17">
+        <v>0.95399999999999996</v>
+      </c>
+      <c r="Q187" s="17">
+        <v>0.92100000000000004</v>
+      </c>
+      <c r="R187" s="17">
+        <v>0.89200000000000002</v>
+      </c>
+      <c r="S187" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="T187" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="U187" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="V187" s="17">
+        <v>0.88700000000000001</v>
+      </c>
+      <c r="W187" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="X187" s="17">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="Y187" s="17">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="Z187" s="17">
+        <v>0.76600000000000001</v>
+      </c>
+      <c r="AA187" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="AB187" s="17">
+        <v>0.78200000000000003</v>
+      </c>
+      <c r="AC187" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="AD187" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="AE187" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AF187" s="17">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="AG187" s="17">
+        <v>0.49299999999999999</v>
+      </c>
+      <c r="AH187" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AI187" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="AJ187" s="17">
+        <v>0.14499999999999999</v>
+      </c>
+      <c r="AK187" s="17">
+        <v>0.24399999999999999</v>
+      </c>
+      <c r="AL187" s="17">
+        <v>0.39300000000000002</v>
+      </c>
+      <c r="AM187" s="17"/>
+      <c r="AN187" s="17"/>
+      <c r="AO187" s="12"/>
+      <c r="AP187" s="12"/>
+      <c r="AQ187" s="33"/>
+      <c r="AR187" s="33"/>
+      <c r="AS187" s="12"/>
+      <c r="AT187" s="12"/>
+      <c r="AU187" s="12"/>
+      <c r="AV187" s="12"/>
+      <c r="AW187" s="33"/>
+      <c r="AX187" s="33"/>
+      <c r="AY187" s="33"/>
+      <c r="AZ187" s="33"/>
+      <c r="BA187" s="33"/>
+    </row>
+    <row r="188" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K188" s="13">
+        <v>182</v>
+      </c>
+      <c r="L188" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="M188" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="N188" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="O188" s="17">
+        <v>0.94</v>
+      </c>
+      <c r="P188" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="Q188" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="R188" s="17">
+        <v>0.92100000000000004</v>
+      </c>
+      <c r="S188" s="17">
+        <v>0.98399999999999999</v>
+      </c>
+      <c r="T188" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="U188" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="V188" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="W188" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="X188" s="17">
+        <v>0.752</v>
+      </c>
+      <c r="Y188" s="17">
+        <v>0.69099999999999995</v>
+      </c>
+      <c r="Z188" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="AA188" s="17">
+        <v>0.80100000000000005</v>
+      </c>
+      <c r="AB188" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="AC188" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="AD188" s="17">
+        <v>0.57399999999999995</v>
+      </c>
+      <c r="AE188" s="17">
+        <v>0.47799999999999998</v>
+      </c>
+      <c r="AF188" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="AG188" s="17">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="AH188" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AI188" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="AJ188" s="17">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="AK188" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="AL188" s="17">
+        <v>0.25800000000000001</v>
+      </c>
+      <c r="AM188" s="17"/>
+      <c r="AN188" s="17"/>
+      <c r="AO188" s="12"/>
+      <c r="AP188" s="12"/>
+      <c r="AQ188" s="33"/>
+      <c r="AR188" s="33"/>
+      <c r="AS188" s="12"/>
+      <c r="AT188" s="12"/>
+      <c r="AU188" s="12"/>
+      <c r="AV188" s="12"/>
+      <c r="AW188" s="33"/>
+      <c r="AX188" s="33"/>
+      <c r="AY188" s="33"/>
+      <c r="AZ188" s="33"/>
+      <c r="BA188" s="33"/>
+    </row>
+    <row r="189" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K189" s="13">
+        <v>183</v>
+      </c>
+      <c r="L189" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M189" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="N189" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="O189" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="P189" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="Q189" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="R189" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="S189" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="T189" s="17">
+        <v>0</v>
+      </c>
+      <c r="U189" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="V189" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="W189" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="X189" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="Y189" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="Z189" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AA189" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AB189" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AC189" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AD189" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AE189" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AF189" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG189" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AH189" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI189" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AJ189" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK189" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AL189" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AM189" s="17"/>
+      <c r="AN189" s="17"/>
+      <c r="AO189" s="12"/>
+      <c r="AP189" s="12"/>
+      <c r="AQ189" s="33"/>
+      <c r="AR189" s="33"/>
+      <c r="AS189" s="12"/>
+      <c r="AT189" s="12"/>
+      <c r="AU189" s="12"/>
+      <c r="AV189" s="12"/>
+      <c r="AW189" s="33"/>
+      <c r="AX189" s="33"/>
+      <c r="AY189" s="33"/>
+      <c r="AZ189" s="33"/>
+      <c r="BA189" s="33"/>
+    </row>
+    <row r="190" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K190" s="13">
+        <v>184</v>
+      </c>
+      <c r="L190" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M190" s="17">
+        <v>0.95099999999999996</v>
+      </c>
+      <c r="N190" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="O190" s="17">
+        <v>1</v>
+      </c>
+      <c r="P190" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="Q190" s="17">
+        <v>0.97299999999999998</v>
+      </c>
+      <c r="R190" s="17">
+        <v>0.91200000000000003</v>
+      </c>
+      <c r="S190" s="17">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="T190" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="U190" s="17">
+        <v>0.94899999999999995</v>
+      </c>
+      <c r="V190" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="W190" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="X190" s="17">
+        <v>0.80400000000000005</v>
+      </c>
+      <c r="Y190" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="Z190" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AA190" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="AB190" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="AC190" s="17">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="AD190" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="AE190" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="AF190" s="17">
+        <v>0.68100000000000005</v>
+      </c>
+      <c r="AG190" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="AH190" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="AI190" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AJ190" s="17">
+        <v>0.34</v>
+      </c>
+      <c r="AK190" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="AL190" s="17">
+        <v>0.47599999999999998</v>
+      </c>
+      <c r="AM190" s="17"/>
+      <c r="AN190" s="17"/>
+      <c r="AO190" s="12"/>
+      <c r="AP190" s="12"/>
+      <c r="AQ190" s="33"/>
+      <c r="AR190" s="33"/>
+      <c r="AS190" s="12"/>
+      <c r="AT190" s="12"/>
+      <c r="AU190" s="12"/>
+      <c r="AV190" s="12"/>
+      <c r="AW190" s="33"/>
+      <c r="AX190" s="33"/>
+      <c r="AY190" s="33"/>
+      <c r="AZ190" s="33"/>
+      <c r="BA190" s="33"/>
+    </row>
+    <row r="191" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K191" s="13">
+        <v>185</v>
+      </c>
+      <c r="L191" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="M191" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="N191" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="O191" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="P191" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Q191" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="R191" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="S191" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="T191" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="U191" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="V191" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="W191" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="X191" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="Y191" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Z191" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AA191" s="17">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="AB191" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AC191" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AD191" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE191" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AF191" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AG191" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AH191" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AI191" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AJ191" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AK191" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AL191" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AM191" s="17"/>
+      <c r="AN191" s="17"/>
+      <c r="AO191" s="12"/>
+      <c r="AP191" s="12"/>
+      <c r="AQ191" s="33"/>
+      <c r="AR191" s="33"/>
+      <c r="AS191" s="12"/>
+      <c r="AT191" s="12"/>
+      <c r="AU191" s="12"/>
+      <c r="AV191" s="12"/>
+      <c r="AW191" s="33"/>
+      <c r="AX191" s="33"/>
+      <c r="AY191" s="33"/>
+      <c r="AZ191" s="33"/>
+      <c r="BA191" s="33"/>
+    </row>
+    <row r="192" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K192" s="13">
+        <v>186</v>
+      </c>
+      <c r="L192" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="M192" s="17">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="N192" s="17">
+        <v>0.63300000000000001</v>
+      </c>
+      <c r="O192" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="P192" s="17">
+        <v>0.80700000000000005</v>
+      </c>
+      <c r="Q192" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="R192" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="S192" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="T192" s="17">
+        <v>0.82</v>
+      </c>
+      <c r="U192" s="17">
+        <v>0.51200000000000001</v>
+      </c>
+      <c r="V192" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="W192" s="17">
+        <v>0.247</v>
+      </c>
+      <c r="X192" s="17">
+        <v>0.32200000000000001</v>
+      </c>
+      <c r="Y192" s="17">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="Z192" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="AA192" s="17">
+        <v>0.378</v>
+      </c>
+      <c r="AB192" s="17">
+        <v>0.25900000000000001</v>
+      </c>
+      <c r="AC192" s="17">
+        <v>0.24399999999999999</v>
+      </c>
+      <c r="AD192" s="17">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="AE192" s="17">
+        <v>0.151</v>
+      </c>
+      <c r="AF192" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="AG192" s="17">
+        <v>0.151</v>
+      </c>
+      <c r="AH192" s="17">
+        <v>0.28199999999999997</v>
+      </c>
+      <c r="AI192" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="AJ192" s="17">
+        <v>0.22700000000000001</v>
+      </c>
+      <c r="AK192" s="17">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="AL192" s="17">
+        <v>0.22800000000000001</v>
+      </c>
+      <c r="AM192" s="17"/>
+      <c r="AN192" s="17"/>
+      <c r="AO192" s="12"/>
+      <c r="AP192" s="12"/>
+      <c r="AQ192" s="33"/>
+      <c r="AR192" s="33"/>
+      <c r="AS192" s="12"/>
+      <c r="AT192" s="12"/>
+      <c r="AU192" s="12"/>
+      <c r="AV192" s="12"/>
+      <c r="AW192" s="33"/>
+      <c r="AX192" s="33"/>
+      <c r="AY192" s="33"/>
+      <c r="AZ192" s="33"/>
+      <c r="BA192" s="33"/>
+    </row>
+    <row r="193" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K193" s="13">
+        <v>187</v>
+      </c>
+      <c r="L193" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="M193" s="17">
+        <v>1</v>
+      </c>
+      <c r="N193" s="17">
+        <v>1</v>
+      </c>
+      <c r="O193" s="17">
+        <v>1</v>
+      </c>
+      <c r="P193" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q193" s="17">
+        <v>1</v>
+      </c>
+      <c r="R193" s="17">
+        <v>1</v>
+      </c>
+      <c r="S193" s="17">
+        <v>1</v>
+      </c>
+      <c r="T193" s="17">
+        <v>1</v>
+      </c>
+      <c r="U193" s="17">
+        <v>1</v>
+      </c>
+      <c r="V193" s="17">
+        <v>1</v>
+      </c>
+      <c r="W193" s="17">
+        <v>1</v>
+      </c>
+      <c r="X193" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y193" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK193" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AL193" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM193" s="17"/>
+      <c r="AN193" s="17"/>
+      <c r="AO193" s="12"/>
+      <c r="AP193" s="12"/>
+      <c r="AQ193" s="33"/>
+      <c r="AR193" s="33"/>
+      <c r="AS193" s="12"/>
+      <c r="AT193" s="12"/>
+      <c r="AU193" s="12"/>
+      <c r="AV193" s="12"/>
+      <c r="AW193" s="33"/>
+      <c r="AX193" s="33"/>
+      <c r="AY193" s="33"/>
+      <c r="AZ193" s="33"/>
+      <c r="BA193" s="33"/>
+    </row>
+    <row r="194" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K194" s="13">
+        <v>188</v>
+      </c>
+      <c r="L194" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="M194" s="17">
+        <v>0.64400000000000002</v>
+      </c>
+      <c r="N194" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="O194" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="P194" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="Q194" s="17">
+        <v>0.85899999999999999</v>
+      </c>
+      <c r="R194" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="S194" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="T194" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="U194" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="V194" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="W194" s="17">
+        <v>0.873</v>
+      </c>
+      <c r="X194" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="Y194" s="17">
+        <v>0.80400000000000005</v>
+      </c>
+      <c r="Z194" s="17">
+        <v>0.81399999999999995</v>
+      </c>
+      <c r="AA194" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="AB194" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="AC194" s="17">
+        <v>0.68300000000000005</v>
+      </c>
+      <c r="AD194" s="17">
+        <v>0.65200000000000002</v>
+      </c>
+      <c r="AE194" s="17">
+        <v>0.67</v>
+      </c>
+      <c r="AF194" s="17">
+        <v>0.66</v>
+      </c>
+      <c r="AG194" s="17">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="AH194" s="17">
+        <v>0.54900000000000004</v>
+      </c>
+      <c r="AI194" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="AJ194" s="17">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="AK194" s="17">
+        <v>0.45300000000000001</v>
+      </c>
+      <c r="AL194" s="17">
+        <v>0.53600000000000003</v>
+      </c>
+      <c r="AM194" s="17"/>
+      <c r="AN194" s="17"/>
+      <c r="AO194" s="12"/>
+      <c r="AP194" s="12"/>
+      <c r="AQ194" s="33"/>
+      <c r="AR194" s="33"/>
+      <c r="AS194" s="12"/>
+      <c r="AT194" s="12"/>
+      <c r="AU194" s="12"/>
+      <c r="AV194" s="12"/>
+      <c r="AW194" s="33"/>
+      <c r="AX194" s="33"/>
+      <c r="AY194" s="33"/>
+      <c r="AZ194" s="33"/>
+      <c r="BA194" s="33"/>
+    </row>
+    <row r="195" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K195" s="13">
+        <v>189</v>
+      </c>
+      <c r="L195" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="M195" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="N195" s="17">
+        <v>0.89800000000000002</v>
+      </c>
+      <c r="O195" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="P195" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="Q195" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="R195" s="17">
+        <v>0.79800000000000004</v>
+      </c>
+      <c r="S195" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="T195" s="17">
+        <v>0.79400000000000004</v>
+      </c>
+      <c r="U195" s="17">
+        <v>0.51700000000000002</v>
+      </c>
+      <c r="V195" s="17">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="W195" s="17">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="X195" s="17">
+        <v>0.28399999999999997</v>
+      </c>
+      <c r="Y195" s="17">
+        <v>0.33100000000000002</v>
+      </c>
+      <c r="Z195" s="17">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="AA195" s="17">
+        <v>0.52800000000000002</v>
+      </c>
+      <c r="AB195" s="17">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="AC195" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="AD195" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="AE195" s="17">
+        <v>0.18</v>
+      </c>
+      <c r="AF195" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="AG195" s="17">
+        <v>0.245</v>
+      </c>
+      <c r="AH195" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="AI195" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AJ195" s="17">
+        <v>5.5E-2</v>
+      </c>
+      <c r="AK195" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AL195" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AM195" s="17"/>
+      <c r="AN195" s="17"/>
+      <c r="AO195" s="12"/>
+      <c r="AP195" s="12"/>
+      <c r="AQ195" s="33"/>
+      <c r="AR195" s="33"/>
+      <c r="AS195" s="12"/>
+      <c r="AT195" s="12"/>
+      <c r="AU195" s="12"/>
+      <c r="AV195" s="12"/>
+      <c r="AW195" s="33"/>
+      <c r="AX195" s="33"/>
+      <c r="AY195" s="33"/>
+      <c r="AZ195" s="33"/>
+      <c r="BA195" s="33"/>
+    </row>
+    <row r="196" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K196" s="13">
+        <v>190</v>
+      </c>
+      <c r="L196" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="M196" s="17">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="N196" s="17">
+        <v>0.73899999999999999</v>
+      </c>
+      <c r="O196" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="P196" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="Q196" s="17">
+        <v>0.82199999999999995</v>
+      </c>
+      <c r="R196" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="S196" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="T196" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="U196" s="17">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="V196" s="17">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="W196" s="17">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="X196" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="Y196" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="Z196" s="17">
+        <v>0.18</v>
+      </c>
+      <c r="AA196" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="AB196" s="17">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="AC196" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AD196" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AE196" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="AF196" s="17">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="AG196" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="AH196" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="AI196" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AJ196" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AK196" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AL196" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AM196" s="17"/>
+      <c r="AN196" s="17"/>
+      <c r="AO196" s="12"/>
+      <c r="AP196" s="12"/>
+      <c r="AQ196" s="33"/>
+      <c r="AR196" s="33"/>
+      <c r="AS196" s="12"/>
+      <c r="AT196" s="12"/>
+      <c r="AU196" s="12"/>
+      <c r="AV196" s="12"/>
+      <c r="AW196" s="33"/>
+      <c r="AX196" s="33"/>
+      <c r="AY196" s="33"/>
+      <c r="AZ196" s="33"/>
+      <c r="BA196" s="33"/>
+    </row>
+    <row r="197" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K197" s="13">
+        <v>191</v>
+      </c>
+      <c r="L197" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="M197" s="17">
+        <v>1</v>
+      </c>
+      <c r="N197" s="17">
+        <v>1</v>
+      </c>
+      <c r="O197" s="17">
+        <v>1</v>
+      </c>
+      <c r="P197" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q197" s="17">
+        <v>1</v>
+      </c>
+      <c r="R197" s="17">
+        <v>1</v>
+      </c>
+      <c r="S197" s="17">
+        <v>1</v>
+      </c>
+      <c r="T197" s="17">
+        <v>1</v>
+      </c>
+      <c r="U197" s="17">
+        <v>1</v>
+      </c>
+      <c r="V197" s="17">
+        <v>1</v>
+      </c>
+      <c r="W197" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="X197" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="Y197" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="Z197" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="AA197" s="17">
+        <v>0.96899999999999997</v>
+      </c>
+      <c r="AB197" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="AC197" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="AD197" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE197" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="AF197" s="17">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="AG197" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AH197" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="AI197" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="AJ197" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="AK197" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="AL197" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM197" s="17"/>
+      <c r="AN197" s="17"/>
+      <c r="AO197" s="12"/>
+      <c r="AP197" s="12"/>
+      <c r="AQ197" s="33"/>
+      <c r="AR197" s="33"/>
+      <c r="AS197" s="12"/>
+      <c r="AT197" s="12"/>
+      <c r="AU197" s="12"/>
+      <c r="AV197" s="12"/>
+      <c r="AW197" s="33"/>
+      <c r="AX197" s="33"/>
+      <c r="AY197" s="33"/>
+      <c r="AZ197" s="33"/>
+      <c r="BA197" s="33"/>
+    </row>
+    <row r="198" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K198" s="13">
+        <v>192</v>
+      </c>
+      <c r="L198" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="M198" s="17">
+        <v>0.95599999999999996</v>
+      </c>
+      <c r="N198" s="17">
+        <v>1</v>
+      </c>
+      <c r="O198" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="P198" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="Q198" s="17">
+        <v>1</v>
+      </c>
+      <c r="R198" s="17">
+        <v>0.88700000000000001</v>
+      </c>
+      <c r="S198" s="17">
+        <v>0.94299999999999995</v>
+      </c>
+      <c r="T198" s="17">
+        <v>1</v>
+      </c>
+      <c r="U198" s="17">
+        <v>0.91800000000000004</v>
+      </c>
+      <c r="V198" s="17">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="W198" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="X198" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="Y198" s="17">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="Z198" s="17">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="AA198" s="17">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="AB198" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="AC198" s="17">
+        <v>0.753</v>
+      </c>
+      <c r="AD198" s="17">
+        <v>0.72799999999999998</v>
+      </c>
+      <c r="AE198" s="17">
+        <v>0.60299999999999998</v>
+      </c>
+      <c r="AF198" s="17">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="AG198" s="17">
+        <v>0.47699999999999998</v>
+      </c>
+      <c r="AH198" s="17">
+        <v>0.40799999999999997</v>
+      </c>
+      <c r="AI198" s="17">
+        <v>0.20499999999999999</v>
+      </c>
+      <c r="AJ198" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AK198" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="AL198" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AM198" s="17"/>
+      <c r="AN198" s="17"/>
+      <c r="AO198" s="12"/>
+      <c r="AP198" s="12"/>
+      <c r="AQ198" s="33"/>
+      <c r="AR198" s="33"/>
+      <c r="AS198" s="12"/>
+      <c r="AT198" s="12"/>
+      <c r="AU198" s="12"/>
+      <c r="AV198" s="12"/>
+      <c r="AW198" s="33"/>
+      <c r="AX198" s="33"/>
+      <c r="AY198" s="33"/>
+      <c r="AZ198" s="33"/>
+      <c r="BA198" s="33"/>
+    </row>
+    <row r="199" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K199" s="13">
+        <v>193</v>
+      </c>
+      <c r="L199" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="M199" s="17">
+        <v>1</v>
+      </c>
+      <c r="N199" s="17">
+        <v>1</v>
+      </c>
+      <c r="O199" s="17">
+        <v>1</v>
+      </c>
+      <c r="P199" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q199" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="R199" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="S199" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="T199" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="U199" s="17">
+        <v>0.95899999999999996</v>
+      </c>
+      <c r="V199" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="W199" s="17">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="X199" s="17">
+        <v>0.95599999999999996</v>
+      </c>
+      <c r="Y199" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="Z199" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AA199" s="17">
+        <v>0.93600000000000005</v>
+      </c>
+      <c r="AB199" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC199" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="AD199" s="17">
+        <v>0.86799999999999999</v>
+      </c>
+      <c r="AE199" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AF199" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="AG199" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AH199" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="AI199" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="AJ199" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="AK199" s="17">
+        <v>0.53600000000000003</v>
+      </c>
+      <c r="AL199" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="AM199" s="17"/>
+      <c r="AN199" s="17"/>
+      <c r="AO199" s="12"/>
+      <c r="AP199" s="12"/>
+      <c r="AQ199" s="33"/>
+      <c r="AR199" s="33"/>
+      <c r="AS199" s="12"/>
+      <c r="AT199" s="12"/>
+      <c r="AU199" s="12"/>
+      <c r="AV199" s="12"/>
+      <c r="AW199" s="33"/>
+      <c r="AX199" s="33"/>
+      <c r="AY199" s="33"/>
+      <c r="AZ199" s="33"/>
+      <c r="BA199" s="33"/>
+    </row>
+    <row r="200" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K200" s="13">
+        <v>194</v>
+      </c>
+      <c r="L200" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M200" s="17">
+        <v>0.19600000000000001</v>
+      </c>
+      <c r="N200" s="17">
+        <v>0.29499999999999998</v>
+      </c>
+      <c r="O200" s="17">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="P200" s="17">
+        <v>0.434</v>
+      </c>
+      <c r="Q200" s="17">
+        <v>0.47499999999999998</v>
+      </c>
+      <c r="R200" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="S200" s="17">
+        <v>0.45700000000000002</v>
+      </c>
+      <c r="T200" s="17">
+        <v>0.35899999999999999</v>
+      </c>
+      <c r="U200" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="V200" s="17">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="W200" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="X200" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="Y200" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="Z200" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AA200" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="AB200" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AC200" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AD200" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AE200" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AF200" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AG200" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AH200" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AI200" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AJ200" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AK200" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AL200" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AM200" s="17"/>
+      <c r="AN200" s="17"/>
+      <c r="AO200" s="12"/>
+      <c r="AP200" s="12"/>
+      <c r="AQ200" s="33"/>
+      <c r="AR200" s="33"/>
+      <c r="AS200" s="12"/>
+      <c r="AT200" s="12"/>
+      <c r="AU200" s="12"/>
+      <c r="AV200" s="12"/>
+      <c r="AW200" s="33"/>
+      <c r="AX200" s="33"/>
+      <c r="AY200" s="33"/>
+      <c r="AZ200" s="33"/>
+      <c r="BA200" s="33"/>
+    </row>
+    <row r="201" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K201" s="13">
+        <v>195</v>
+      </c>
+      <c r="L201" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M201" s="17">
+        <v>0.99</v>
+      </c>
+      <c r="N201" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="O201" s="17">
+        <v>0.98099999999999998</v>
+      </c>
+      <c r="P201" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="Q201" s="17">
+        <v>0.91500000000000004</v>
+      </c>
+      <c r="R201" s="17">
+        <v>0.89800000000000002</v>
+      </c>
+      <c r="S201" s="17">
+        <v>0.97599999999999998</v>
+      </c>
+      <c r="T201" s="17">
+        <v>0.95299999999999996</v>
+      </c>
+      <c r="U201" s="17">
+        <v>0.85899999999999999</v>
+      </c>
+      <c r="V201" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="W201" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="X201" s="17">
+        <v>0.71499999999999997</v>
+      </c>
+      <c r="Y201" s="17">
+        <v>0.73899999999999999</v>
+      </c>
+      <c r="Z201" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="AA201" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AB201" s="17">
+        <v>0.69899999999999995</v>
+      </c>
+      <c r="AC201" s="17">
+        <v>0.73399999999999999</v>
+      </c>
+      <c r="AD201" s="17">
+        <v>0.64600000000000002</v>
+      </c>
+      <c r="AE201" s="17">
+        <v>0.65100000000000002</v>
+      </c>
+      <c r="AF201" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="AG201" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="AH201" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="AI201" s="17">
+        <v>0.221</v>
+      </c>
+      <c r="AJ201" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="AK201" s="17">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="AL201" s="17">
+        <v>0.46300000000000002</v>
+      </c>
+      <c r="AM201" s="17"/>
+      <c r="AN201" s="17"/>
+      <c r="AO201" s="12"/>
+      <c r="AP201" s="12"/>
+      <c r="AQ201" s="33"/>
+      <c r="AR201" s="33"/>
+      <c r="AS201" s="12"/>
+      <c r="AT201" s="12"/>
+      <c r="AU201" s="12"/>
+      <c r="AV201" s="12"/>
+      <c r="AW201" s="33"/>
+      <c r="AX201" s="33"/>
+      <c r="AY201" s="33"/>
+      <c r="AZ201" s="33"/>
+      <c r="BA201" s="33"/>
+    </row>
+    <row r="202" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K202" s="13">
+        <v>196</v>
+      </c>
+      <c r="L202" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="M202" s="17">
+        <v>0.60399999999999998</v>
+      </c>
+      <c r="N202" s="17">
+        <v>0.81399999999999995</v>
+      </c>
+      <c r="O202" s="17">
+        <v>0.874</v>
+      </c>
+      <c r="P202" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="Q202" s="17">
+        <v>0.81100000000000005</v>
+      </c>
+      <c r="R202" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="S202" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="T202" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="U202" s="17">
+        <v>0.499</v>
+      </c>
+      <c r="V202" s="17">
+        <v>0.42</v>
+      </c>
+      <c r="W202" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="X202" s="17">
+        <v>0.188</v>
+      </c>
+      <c r="Y202" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="Z202" s="17">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="AA202" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AB202" s="17">
+        <v>0.251</v>
+      </c>
+      <c r="AC202" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="AD202" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="AE202" s="17">
+        <v>8.8999999999999996E-2</v>
+      </c>
+      <c r="AF202" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="AG202" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AH202" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AI202" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AJ202" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AK202" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AL202" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AM202" s="17"/>
+      <c r="AN202" s="17"/>
+      <c r="AO202" s="12"/>
+      <c r="AP202" s="12"/>
+      <c r="AQ202" s="33"/>
+      <c r="AR202" s="33"/>
+      <c r="AS202" s="12"/>
+      <c r="AT202" s="12"/>
+      <c r="AU202" s="12"/>
+      <c r="AV202" s="12"/>
+      <c r="AW202" s="33"/>
+      <c r="AX202" s="33"/>
+      <c r="AY202" s="33"/>
+      <c r="AZ202" s="33"/>
+      <c r="BA202" s="33"/>
+    </row>
+    <row r="203" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K203" s="13">
+        <v>197</v>
+      </c>
+      <c r="L203" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="M203" s="17">
+        <v>1</v>
+      </c>
+      <c r="N203" s="17">
+        <v>1</v>
+      </c>
+      <c r="O203" s="17">
+        <v>1</v>
+      </c>
+      <c r="P203" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q203" s="17">
+        <v>1</v>
+      </c>
+      <c r="R203" s="17">
+        <v>1</v>
+      </c>
+      <c r="S203" s="17">
+        <v>1</v>
+      </c>
+      <c r="T203" s="17">
+        <v>1</v>
+      </c>
+      <c r="U203" s="17">
+        <v>1</v>
+      </c>
+      <c r="V203" s="17">
+        <v>1</v>
+      </c>
+      <c r="W203" s="17">
+        <v>1</v>
+      </c>
+      <c r="X203" s="17">
+        <v>0.97099999999999997</v>
+      </c>
+      <c r="Y203" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z203" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA203" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="AB203" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC203" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD203" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE203" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF203" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="AG203" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="AH203" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI203" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ203" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AK203" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="AL203" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AM203" s="17"/>
+      <c r="AN203" s="17"/>
+      <c r="AO203" s="12"/>
+      <c r="AP203" s="12"/>
+      <c r="AQ203" s="33"/>
+      <c r="AR203" s="33"/>
+      <c r="AS203" s="12"/>
+      <c r="AT203" s="12"/>
+      <c r="AU203" s="12"/>
+      <c r="AV203" s="12"/>
+      <c r="AW203" s="33"/>
+      <c r="AX203" s="33"/>
+      <c r="AY203" s="33"/>
+      <c r="AZ203" s="33"/>
+      <c r="BA203" s="33"/>
+    </row>
+    <row r="204" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K204" s="13">
+        <v>198</v>
+      </c>
+      <c r="L204" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="M204" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="N204" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="O204" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="P204" s="17">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="Q204" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="R204" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="S204" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="T204" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="U204" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="V204" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="W204" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="X204" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="Y204" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="Z204" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AA204" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AB204" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AC204" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AD204" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AE204" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AF204" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AG204" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AH204" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AI204" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AJ204" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AK204" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AL204" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AM204" s="17"/>
+      <c r="AN204" s="17"/>
+      <c r="AO204" s="12"/>
+      <c r="AP204" s="12"/>
+      <c r="AQ204" s="33"/>
+      <c r="AR204" s="33"/>
+      <c r="AS204" s="12"/>
+      <c r="AT204" s="12"/>
+      <c r="AU204" s="12"/>
+      <c r="AV204" s="12"/>
+      <c r="AW204" s="33"/>
+      <c r="AX204" s="33"/>
+      <c r="AY204" s="33"/>
+      <c r="AZ204" s="33"/>
+      <c r="BA204" s="33"/>
+    </row>
+    <row r="205" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K205" s="13">
+        <v>199</v>
+      </c>
+      <c r="L205" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="M205" s="17">
+        <v>1</v>
+      </c>
+      <c r="N205" s="17">
+        <v>0.98199999999999998</v>
+      </c>
+      <c r="O205" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="P205" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="Q205" s="17">
+        <v>0.95099999999999996</v>
+      </c>
+      <c r="R205" s="17">
+        <v>0.97599999999999998</v>
+      </c>
+      <c r="S205" s="17">
+        <v>0.93500000000000005</v>
+      </c>
+      <c r="T205" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="U205" s="17">
+        <v>0.85499999999999998</v>
+      </c>
+      <c r="V205" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="W205" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="X205" s="17">
+        <v>0.91200000000000003</v>
+      </c>
+      <c r="Y205" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="Z205" s="17">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="AA205" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="AB205" s="17">
+        <v>0.89200000000000002</v>
+      </c>
+      <c r="AC205" s="17">
+        <v>0.94499999999999995</v>
+      </c>
+      <c r="AD205" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AE205" s="17">
+        <v>0.96499999999999997</v>
+      </c>
+      <c r="AF205" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="AG205" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="AH205" s="17">
+        <v>0.52300000000000002</v>
+      </c>
+      <c r="AI205" s="17">
+        <v>0.35399999999999998</v>
+      </c>
+      <c r="AJ205" s="17">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="AK205" s="17">
+        <v>0.66</v>
+      </c>
+      <c r="AL205" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="AM205" s="17"/>
+      <c r="AN205" s="17"/>
+      <c r="AO205" s="12"/>
+      <c r="AP205" s="12"/>
+      <c r="AQ205" s="33"/>
+      <c r="AR205" s="33"/>
+      <c r="AS205" s="12"/>
+      <c r="AT205" s="12"/>
+      <c r="AU205" s="12"/>
+      <c r="AV205" s="12"/>
+      <c r="AW205" s="33"/>
+      <c r="AX205" s="33"/>
+      <c r="AY205" s="33"/>
+      <c r="AZ205" s="33"/>
+      <c r="BA205" s="33"/>
+    </row>
+    <row r="206" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K206" s="13">
+        <v>200</v>
+      </c>
+      <c r="L206" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M206" s="17">
+        <v>1</v>
+      </c>
+      <c r="N206" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="O206" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="P206" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="Q206" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="R206" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="S206" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="T206" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="U206" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="V206" s="17">
+        <v>0.73899999999999999</v>
+      </c>
+      <c r="W206" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="X206" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="Y206" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="Z206" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AA206" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AB206" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AC206" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="AD206" s="17">
+        <v>0.318</v>
+      </c>
+      <c r="AE206" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AF206" s="17">
+        <v>0.188</v>
+      </c>
+      <c r="AG206" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AH206" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AI206" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AJ206" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AK206" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AL206" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AM206" s="17"/>
+      <c r="AN206" s="17"/>
+      <c r="AO206" s="12"/>
+      <c r="AP206" s="12"/>
+      <c r="AQ206" s="33"/>
+      <c r="AR206" s="33"/>
+      <c r="AS206" s="12"/>
+      <c r="AT206" s="12"/>
+      <c r="AU206" s="12"/>
+      <c r="AV206" s="12"/>
+      <c r="AW206" s="33"/>
+      <c r="AX206" s="33"/>
+      <c r="AY206" s="33"/>
+      <c r="AZ206" s="33"/>
+      <c r="BA206" s="33"/>
+    </row>
+    <row r="207" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K207" s="13">
+        <v>201</v>
+      </c>
+      <c r="L207" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="M207" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="N207" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="O207" s="17">
+        <v>0.88400000000000001</v>
+      </c>
+      <c r="P207" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="Q207" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="R207" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="S207" s="17">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="T207" s="17">
+        <v>0.86599999999999999</v>
+      </c>
+      <c r="U207" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="V207" s="17">
+        <v>0.76800000000000002</v>
+      </c>
+      <c r="W207" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="X207" s="17">
+        <v>0.58399999999999996</v>
+      </c>
+      <c r="Y207" s="17">
+        <v>0.48299999999999998</v>
+      </c>
+      <c r="Z207" s="17">
+        <v>0.61399999999999999</v>
+      </c>
+      <c r="AA207" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="AB207" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="AC207" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AD207" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AE207" s="17">
+        <v>0.67</v>
+      </c>
+      <c r="AF207" s="17">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="AG207" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="AH207" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="AI207" s="17">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="AJ207" s="17">
+        <v>0.21</v>
+      </c>
+      <c r="AK207" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="AL207" s="17">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="AM207" s="17"/>
+      <c r="AN207" s="17"/>
+      <c r="AO207" s="12"/>
+      <c r="AP207" s="12"/>
+      <c r="AQ207" s="33"/>
+      <c r="AR207" s="33"/>
+      <c r="AS207" s="12"/>
+      <c r="AT207" s="12"/>
+      <c r="AU207" s="12"/>
+      <c r="AV207" s="12"/>
+      <c r="AW207" s="33"/>
+      <c r="AX207" s="33"/>
+      <c r="AY207" s="33"/>
+      <c r="AZ207" s="33"/>
+      <c r="BA207" s="33"/>
+    </row>
+    <row r="208" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K208" s="13">
+        <v>202</v>
+      </c>
+      <c r="L208" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="M208" s="17">
+        <v>0.77600000000000002</v>
+      </c>
+      <c r="N208" s="17">
+        <v>0.88700000000000001</v>
+      </c>
+      <c r="O208" s="17">
+        <v>0.95599999999999996</v>
+      </c>
+      <c r="P208" s="17">
+        <v>0.93200000000000005</v>
+      </c>
+      <c r="Q208" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="R208" s="17">
+        <v>0.877</v>
+      </c>
+      <c r="S208" s="17">
+        <v>0.89200000000000002</v>
+      </c>
+      <c r="T208" s="17">
+        <v>0.74399999999999999</v>
+      </c>
+      <c r="U208" s="17">
+        <v>0.34100000000000003</v>
+      </c>
+      <c r="V208" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="W208" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="X208" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="Y208" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="Z208" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AA208" s="17">
+        <v>0.18</v>
+      </c>
+      <c r="AB208" s="17">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="AC208" s="17">
+        <v>0.12</v>
+      </c>
+      <c r="AD208" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="AE208" s="17">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="AF208" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="AG208" s="17">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="AH208" s="17">
+        <v>0.126</v>
+      </c>
+      <c r="AI208" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AJ208" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AK208" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="AL208" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AM208" s="17"/>
+      <c r="AN208" s="17"/>
+      <c r="AO208" s="12"/>
+      <c r="AP208" s="12"/>
+      <c r="AQ208" s="33"/>
+      <c r="AR208" s="33"/>
+      <c r="AS208" s="12"/>
+      <c r="AT208" s="12"/>
+      <c r="AU208" s="12"/>
+      <c r="AV208" s="12"/>
+      <c r="AW208" s="33"/>
+      <c r="AX208" s="33"/>
+      <c r="AY208" s="33"/>
+      <c r="AZ208" s="33"/>
+      <c r="BA208" s="33"/>
+    </row>
+    <row r="209" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K209" s="13">
+        <v>203</v>
+      </c>
+      <c r="L209" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="M209" s="17">
+        <v>0.76600000000000001</v>
+      </c>
+      <c r="N209" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="O209" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="P209" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Q209" s="17">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="R209" s="17">
+        <v>0.71299999999999997</v>
+      </c>
+      <c r="S209" s="17">
+        <v>0.73799999999999999</v>
+      </c>
+      <c r="T209" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="U209" s="17">
+        <v>0.52300000000000002</v>
+      </c>
+      <c r="V209" s="17">
+        <v>0.505</v>
+      </c>
+      <c r="W209" s="17">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="X209" s="17">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="Y209" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="Z209" s="17">
+        <v>0.32900000000000001</v>
+      </c>
+      <c r="AA209" s="17">
+        <v>0.40799999999999997</v>
+      </c>
+      <c r="AB209" s="17">
+        <v>0.40899999999999997</v>
+      </c>
+      <c r="AC209" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="AD209" s="17">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="AE209" s="17">
+        <v>0.28699999999999998</v>
+      </c>
+      <c r="AF209" s="17">
+        <v>0.18</v>
+      </c>
+      <c r="AG209" s="17">
+        <v>0.24099999999999999</v>
+      </c>
+      <c r="AH209" s="17">
+        <v>0.128</v>
+      </c>
+      <c r="AI209" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="AJ209" s="17">
+        <v>0.152</v>
+      </c>
+      <c r="AK209" s="17">
+        <v>0.21</v>
+      </c>
+      <c r="AL209" s="17">
+        <v>0.27</v>
+      </c>
+      <c r="AM209" s="17"/>
+      <c r="AN209" s="17"/>
+      <c r="AO209" s="12"/>
+      <c r="AP209" s="12"/>
+      <c r="AQ209" s="33"/>
+      <c r="AR209" s="33"/>
+      <c r="AS209" s="12"/>
+      <c r="AT209" s="12"/>
+      <c r="AU209" s="12"/>
+      <c r="AV209" s="12"/>
+      <c r="AW209" s="33"/>
+      <c r="AX209" s="33"/>
+      <c r="AY209" s="33"/>
+      <c r="AZ209" s="33"/>
+      <c r="BA209" s="33"/>
+    </row>
+    <row r="210" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K210" s="13">
+        <v>204</v>
+      </c>
+      <c r="L210" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M210" s="17">
+        <v>0.64200000000000002</v>
+      </c>
+      <c r="N210" s="17">
+        <v>0.70799999999999996</v>
+      </c>
+      <c r="O210" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="P210" s="17">
+        <v>0.77200000000000002</v>
+      </c>
+      <c r="Q210" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="R210" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="S210" s="17">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="T210" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="U210" s="17">
+        <v>0.73399999999999999</v>
+      </c>
+      <c r="V210" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="W210" s="17">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="X210" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="Y210" s="17">
+        <v>0.72799999999999998</v>
+      </c>
+      <c r="Z210" s="17">
+        <v>0.752</v>
+      </c>
+      <c r="AA210" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="AB210" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="AC210" s="17">
+        <v>0.746</v>
+      </c>
+      <c r="AD210" s="17">
+        <v>0.66900000000000004</v>
+      </c>
+      <c r="AE210" s="17">
+        <v>0.67700000000000005</v>
+      </c>
+      <c r="AF210" s="17">
+        <v>0.64</v>
+      </c>
+      <c r="AG210" s="17">
+        <v>0.64200000000000002</v>
+      </c>
+      <c r="AH210" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="AI210" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="AJ210" s="17">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="AK210" s="17">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="AL210" s="17">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="AM210" s="17"/>
+      <c r="AN210" s="17"/>
+      <c r="AO210" s="12"/>
+      <c r="AP210" s="12"/>
+      <c r="AQ210" s="33"/>
+      <c r="AR210" s="33"/>
+      <c r="AS210" s="12"/>
+      <c r="AT210" s="12"/>
+      <c r="AU210" s="12"/>
+      <c r="AV210" s="12"/>
+      <c r="AW210" s="33"/>
+      <c r="AX210" s="33"/>
+      <c r="AY210" s="33"/>
+      <c r="AZ210" s="33"/>
+      <c r="BA210" s="33"/>
+    </row>
+    <row r="211" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K211" s="13">
+        <v>205</v>
+      </c>
+      <c r="L211" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="M211" s="17">
+        <v>1</v>
+      </c>
+      <c r="N211" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="O211" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="P211" s="17">
+        <v>0.96599999999999997</v>
+      </c>
+      <c r="Q211" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="R211" s="17">
+        <v>0.871</v>
+      </c>
+      <c r="S211" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="T211" s="17">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="U211" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="V211" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="W211" s="17">
+        <v>0.74199999999999999</v>
+      </c>
+      <c r="X211" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="Y211" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Z211" s="17">
+        <v>0.61</v>
+      </c>
+      <c r="AA211" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="AB211" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AC211" s="17">
+        <v>0.378</v>
+      </c>
+      <c r="AD211" s="17">
+        <v>0.433</v>
+      </c>
+      <c r="AE211" s="17">
+        <v>0.41199999999999998</v>
+      </c>
+      <c r="AF211" s="17">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="AG211" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AH211" s="17">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="AI211" s="17">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="AJ211" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AK211" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AL211" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AM211" s="17"/>
+      <c r="AN211" s="17"/>
+      <c r="AO211" s="12"/>
+      <c r="AP211" s="12"/>
+      <c r="AQ211" s="33"/>
+      <c r="AR211" s="33"/>
+      <c r="AS211" s="12"/>
+      <c r="AT211" s="12"/>
+      <c r="AU211" s="12"/>
+      <c r="AV211" s="12"/>
+      <c r="AW211" s="33"/>
+      <c r="AX211" s="33"/>
+      <c r="AY211" s="33"/>
+      <c r="AZ211" s="33"/>
+      <c r="BA211" s="33"/>
+    </row>
+    <row r="212" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K212" s="13">
+        <v>206</v>
+      </c>
+      <c r="L212" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M212" s="17">
+        <v>1</v>
+      </c>
+      <c r="N212" s="17">
+        <v>1</v>
+      </c>
+      <c r="O212" s="17">
+        <v>1</v>
+      </c>
+      <c r="P212" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q212" s="17">
+        <v>1</v>
+      </c>
+      <c r="R212" s="17">
+        <v>1</v>
+      </c>
+      <c r="S212" s="17">
+        <v>1</v>
+      </c>
+      <c r="T212" s="17">
+        <v>1</v>
+      </c>
+      <c r="U212" s="17">
+        <v>1</v>
+      </c>
+      <c r="V212" s="17">
+        <v>1</v>
+      </c>
+      <c r="W212" s="17">
+        <v>1</v>
+      </c>
+      <c r="X212" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y212" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH212" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AI212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ212" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="AK212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL212" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM212" s="17"/>
+      <c r="AN212" s="17"/>
+      <c r="AO212" s="12"/>
+      <c r="AP212" s="12"/>
+      <c r="AQ212" s="33"/>
+      <c r="AR212" s="33"/>
+      <c r="AS212" s="12"/>
+      <c r="AT212" s="12"/>
+      <c r="AU212" s="12"/>
+      <c r="AV212" s="12"/>
+      <c r="AW212" s="33"/>
+      <c r="AX212" s="33"/>
+      <c r="AY212" s="33"/>
+      <c r="AZ212" s="33"/>
+      <c r="BA212" s="33"/>
+    </row>
+    <row r="213" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K213" s="13">
+        <v>207</v>
+      </c>
+      <c r="L213" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M213" s="17">
+        <v>0.27400000000000002</v>
+      </c>
+      <c r="N213" s="17">
+        <v>0.40100000000000002</v>
+      </c>
+      <c r="O213" s="17">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="P213" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="Q213" s="17">
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="R213" s="17">
+        <v>0.57399999999999995</v>
+      </c>
+      <c r="S213" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="T213" s="17">
+        <v>0.48599999999999999</v>
+      </c>
+      <c r="U213" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="V213" s="17">
+        <v>0.128</v>
+      </c>
+      <c r="W213" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="X213" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="Y213" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="Z213" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AA213" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="AB213" s="17">
+        <v>7.8E-2</v>
+      </c>
+      <c r="AC213" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AD213" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AE213" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AF213" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AG213" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AH213" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AI213" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="AJ213" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AK213" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AL213" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AM213" s="17"/>
+      <c r="AN213" s="17"/>
+      <c r="AO213" s="12"/>
+      <c r="AP213" s="12"/>
+      <c r="AQ213" s="33"/>
+      <c r="AR213" s="33"/>
+      <c r="AS213" s="12"/>
+      <c r="AT213" s="12"/>
+      <c r="AU213" s="12"/>
+      <c r="AV213" s="12"/>
+      <c r="AW213" s="33"/>
+      <c r="AX213" s="33"/>
+      <c r="AY213" s="33"/>
+      <c r="AZ213" s="33"/>
+      <c r="BA213" s="33"/>
+    </row>
+    <row r="214" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K214" s="13">
+        <v>208</v>
+      </c>
+      <c r="L214" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="M214" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="N214" s="17">
+        <v>0.879</v>
+      </c>
+      <c r="O214" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="P214" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="Q214" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="R214" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="S214" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="T214" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="U214" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="V214" s="17">
+        <v>0.88800000000000001</v>
+      </c>
+      <c r="W214" s="17">
+        <v>0.871</v>
+      </c>
+      <c r="X214" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="Y214" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="Z214" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AA214" s="17">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="AB214" s="17">
+        <v>0.64200000000000002</v>
+      </c>
+      <c r="AC214" s="17">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="AD214" s="17">
+        <v>0.72899999999999998</v>
+      </c>
+      <c r="AE214" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="AF214" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="AG214" s="17">
+        <v>0.753</v>
+      </c>
+      <c r="AH214" s="17">
+        <v>0.50600000000000001</v>
+      </c>
+      <c r="AI214" s="17">
+        <v>0.49199999999999999</v>
+      </c>
+      <c r="AJ214" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AK214" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="AL214" s="17">
+        <v>0.67700000000000005</v>
+      </c>
+      <c r="AM214" s="17"/>
+      <c r="AN214" s="17"/>
+      <c r="AO214" s="12"/>
+      <c r="AP214" s="12"/>
+      <c r="AQ214" s="33"/>
+      <c r="AR214" s="33"/>
+      <c r="AS214" s="12"/>
+      <c r="AT214" s="12"/>
+      <c r="AU214" s="12"/>
+      <c r="AV214" s="12"/>
+      <c r="AW214" s="33"/>
+      <c r="AX214" s="33"/>
+      <c r="AY214" s="33"/>
+      <c r="AZ214" s="33"/>
+      <c r="BA214" s="33"/>
+    </row>
+    <row r="215" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K215" s="13">
+        <v>209</v>
+      </c>
+      <c r="L215" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="M215" s="17">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="N215" s="17">
+        <v>0.63800000000000001</v>
+      </c>
+      <c r="O215" s="17">
+        <v>0.80400000000000005</v>
+      </c>
+      <c r="P215" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="Q215" s="17">
+        <v>0.82299999999999995</v>
+      </c>
+      <c r="R215" s="17">
+        <v>0.79300000000000004</v>
+      </c>
+      <c r="S215" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="T215" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="U215" s="17">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="V215" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="W215" s="17">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="X215" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="Y215" s="17">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="Z215" s="17">
+        <v>0.217</v>
+      </c>
+      <c r="AA215" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="AB215" s="17">
+        <v>0.17799999999999999</v>
+      </c>
+      <c r="AC215" s="17">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="AD215" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="AE215" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="AF215" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AG215" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AH215" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="AI215" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AJ215" s="17">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="AK215" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AL215" s="17">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="AM215" s="17"/>
+      <c r="AN215" s="17"/>
+      <c r="AO215" s="12"/>
+      <c r="AP215" s="12"/>
+      <c r="AQ215" s="33"/>
+      <c r="AR215" s="33"/>
+      <c r="AS215" s="12"/>
+      <c r="AT215" s="12"/>
+      <c r="AU215" s="12"/>
+      <c r="AV215" s="12"/>
+      <c r="AW215" s="33"/>
+      <c r="AX215" s="33"/>
+      <c r="AY215" s="33"/>
+      <c r="AZ215" s="33"/>
+      <c r="BA215" s="33"/>
+    </row>
+    <row r="216" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K216" s="13">
+        <v>210</v>
+      </c>
+      <c r="L216" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="M216" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="N216" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="O216" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="P216" s="17">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="Q216" s="17">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="R216" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="S216" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="T216" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="U216" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="V216" s="17">
+        <v>0.92100000000000004</v>
+      </c>
+      <c r="W216" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="X216" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Y216" s="17">
+        <v>0.65100000000000002</v>
+      </c>
+      <c r="Z216" s="17">
+        <v>0.76300000000000001</v>
+      </c>
+      <c r="AA216" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AB216" s="17">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="AC216" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="AD216" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="AE216" s="17">
+        <v>0.53100000000000003</v>
+      </c>
+      <c r="AF216" s="17">
+        <v>0.64700000000000002</v>
+      </c>
+      <c r="AG216" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="AH216" s="17">
+        <v>0.379</v>
+      </c>
+      <c r="AI216" s="17">
+        <v>0.24099999999999999</v>
+      </c>
+      <c r="AJ216" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AK216" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AL216" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AM216" s="17"/>
+      <c r="AN216" s="17"/>
+      <c r="AO216" s="12"/>
+      <c r="AP216" s="12"/>
+      <c r="AQ216" s="33"/>
+      <c r="AR216" s="33"/>
+      <c r="AS216" s="12"/>
+      <c r="AT216" s="12"/>
+      <c r="AU216" s="12"/>
+      <c r="AV216" s="12"/>
+      <c r="AW216" s="33"/>
+      <c r="AX216" s="33"/>
+      <c r="AY216" s="33"/>
+      <c r="AZ216" s="33"/>
+      <c r="BA216" s="33"/>
+    </row>
+    <row r="217" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K217" s="13">
+        <v>211</v>
+      </c>
+      <c r="L217" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="M217" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="N217" s="17">
+        <v>0.183</v>
+      </c>
+      <c r="O217" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="P217" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="Q217" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="R217" s="17">
+        <v>0.26200000000000001</v>
+      </c>
+      <c r="S217" s="17">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="T217" s="17">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="U217" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="V217" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="W217" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="X217" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="Y217" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Z217" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AA217" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="AB217" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AC217" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AD217" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AE217" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AF217" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AG217" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AH217" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AI217" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AJ217" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK217" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AL217" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AM217" s="17"/>
+      <c r="AN217" s="17"/>
+      <c r="AO217" s="12"/>
+      <c r="AP217" s="12"/>
+      <c r="AQ217" s="33"/>
+      <c r="AR217" s="33"/>
+      <c r="AS217" s="12"/>
+      <c r="AT217" s="12"/>
+      <c r="AU217" s="12"/>
+      <c r="AV217" s="12"/>
+      <c r="AW217" s="33"/>
+      <c r="AX217" s="33"/>
+      <c r="AY217" s="33"/>
+      <c r="AZ217" s="33"/>
+      <c r="BA217" s="33"/>
+    </row>
+    <row r="218" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K218" s="13">
+        <v>212</v>
+      </c>
+      <c r="L218" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="M218" s="17">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="N218" s="17">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="O218" s="17">
+        <v>0.59599999999999997</v>
+      </c>
+      <c r="P218" s="17">
+        <v>0.48399999999999999</v>
+      </c>
+      <c r="Q218" s="17">
+        <v>0.502</v>
+      </c>
+      <c r="R218" s="17">
+        <v>0.48599999999999999</v>
+      </c>
+      <c r="S218" s="17">
+        <v>0.504</v>
+      </c>
+      <c r="T218" s="17">
+        <v>0.371</v>
+      </c>
+      <c r="U218" s="17">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="V218" s="17">
+        <v>0.127</v>
+      </c>
+      <c r="W218" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="X218" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="Y218" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="Z218" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AA218" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AB218" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AC218" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AD218" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AE218" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AF218" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AG218" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AH218" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AI218" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AJ218" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AK218" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AL218" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AM218" s="17"/>
+      <c r="AN218" s="17"/>
+      <c r="AO218" s="12"/>
+      <c r="AP218" s="12"/>
+      <c r="AQ218" s="33"/>
+      <c r="AR218" s="33"/>
+      <c r="AS218" s="12"/>
+      <c r="AT218" s="12"/>
+      <c r="AU218" s="12"/>
+      <c r="AV218" s="12"/>
+      <c r="AW218" s="33"/>
+      <c r="AX218" s="33"/>
+      <c r="AY218" s="33"/>
+      <c r="AZ218" s="33"/>
+      <c r="BA218" s="33"/>
+    </row>
+    <row r="219" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K219" s="13">
+        <v>213</v>
+      </c>
+      <c r="L219" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="M219" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="N219" s="17">
+        <v>0.98899999999999999</v>
+      </c>
+      <c r="O219" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="P219" s="17">
+        <v>0.94899999999999995</v>
+      </c>
+      <c r="Q219" s="17">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="R219" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="S219" s="17">
+        <v>0.93700000000000006</v>
+      </c>
+      <c r="T219" s="17">
+        <v>0.92800000000000005</v>
+      </c>
+      <c r="U219" s="17">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="V219" s="17">
+        <v>0.92200000000000004</v>
+      </c>
+      <c r="W219" s="17">
+        <v>0.86899999999999999</v>
+      </c>
+      <c r="X219" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="Y219" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Z219" s="17">
+        <v>0.871</v>
+      </c>
+      <c r="AA219" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="AB219" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="AC219" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="AD219" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="AE219" s="17">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="AF219" s="17">
+        <v>0.81899999999999995</v>
+      </c>
+      <c r="AG219" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="AH219" s="17">
+        <v>0.55400000000000005</v>
+      </c>
+      <c r="AI219" s="17">
+        <v>0.45300000000000001</v>
+      </c>
+      <c r="AJ219" s="17">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="AK219" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AL219" s="17">
+        <v>0.70199999999999996</v>
+      </c>
+      <c r="AM219" s="17"/>
+      <c r="AN219" s="17"/>
+      <c r="AO219" s="12"/>
+      <c r="AP219" s="12"/>
+      <c r="AQ219" s="33"/>
+      <c r="AR219" s="33"/>
+      <c r="AS219" s="12"/>
+      <c r="AT219" s="12"/>
+      <c r="AU219" s="12"/>
+      <c r="AV219" s="12"/>
+      <c r="AW219" s="33"/>
+      <c r="AX219" s="33"/>
+      <c r="AY219" s="33"/>
+      <c r="AZ219" s="33"/>
+      <c r="BA219" s="33"/>
+    </row>
+    <row r="220" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K220" s="13">
+        <v>214</v>
+      </c>
+      <c r="L220" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="M220" s="17">
+        <v>1</v>
+      </c>
+      <c r="N220" s="17">
+        <v>1</v>
+      </c>
+      <c r="O220" s="17">
+        <v>1</v>
+      </c>
+      <c r="P220" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q220" s="17">
+        <v>1</v>
+      </c>
+      <c r="R220" s="17">
+        <v>1</v>
+      </c>
+      <c r="S220" s="17">
+        <v>1</v>
+      </c>
+      <c r="T220" s="17">
+        <v>1</v>
+      </c>
+      <c r="U220" s="17">
+        <v>1</v>
+      </c>
+      <c r="V220" s="17">
+        <v>1</v>
+      </c>
+      <c r="W220" s="17">
+        <v>1</v>
+      </c>
+      <c r="X220" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y220" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Z220" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA220" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB220" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC220" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD220" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AE220" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AF220" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG220" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH220" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AI220" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AJ220" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK220" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL220" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AM220" s="17"/>
+      <c r="AN220" s="17"/>
+      <c r="AO220" s="12"/>
+      <c r="AP220" s="12"/>
+      <c r="AQ220" s="33"/>
+      <c r="AR220" s="33"/>
+      <c r="AS220" s="12"/>
+      <c r="AT220" s="12"/>
+      <c r="AU220" s="12"/>
+      <c r="AV220" s="12"/>
+      <c r="AW220" s="33"/>
+      <c r="AX220" s="33"/>
+      <c r="AY220" s="33"/>
+      <c r="AZ220" s="33"/>
+      <c r="BA220" s="33"/>
+    </row>
+    <row r="221" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K221" s="13">
+        <v>215</v>
+      </c>
+      <c r="L221" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="M221" s="17">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="N221" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="O221" s="17">
+        <v>0.77600000000000002</v>
+      </c>
+      <c r="P221" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="Q221" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="R221" s="17">
+        <v>0.67800000000000005</v>
+      </c>
+      <c r="S221" s="17">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="T221" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="U221" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="V221" s="17">
+        <v>0.54300000000000004</v>
+      </c>
+      <c r="W221" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="X221" s="17">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="Y221" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="Z221" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AA221" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="AB221" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AC221" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AD221" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AE221" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="AF221" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG221" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="AH221" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AI221" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AJ221" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AK221" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AL221" s="17">
+        <v>0.123</v>
+      </c>
+      <c r="AM221" s="17"/>
+      <c r="AN221" s="17"/>
+      <c r="AO221" s="12"/>
+      <c r="AP221" s="12"/>
+      <c r="AQ221" s="33"/>
+      <c r="AR221" s="33"/>
+      <c r="AS221" s="12"/>
+      <c r="AT221" s="12"/>
+      <c r="AU221" s="12"/>
+      <c r="AV221" s="12"/>
+      <c r="AW221" s="33"/>
+      <c r="AX221" s="33"/>
+      <c r="AY221" s="33"/>
+      <c r="AZ221" s="33"/>
+      <c r="BA221" s="33"/>
+    </row>
+    <row r="222" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K222" s="13">
+        <v>216</v>
+      </c>
+      <c r="L222" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="M222" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="N222" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="O222" s="17">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="P222" s="17">
+        <v>0.17799999999999999</v>
+      </c>
+      <c r="Q222" s="17">
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="R222" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="S222" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="T222" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="U222" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="V222" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="W222" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="X222" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="Y222" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="Z222" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AA222" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AB222" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AC222" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AD222" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AE222" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF222" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AG222" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AH222" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AI222" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AJ222" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AK222" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AL222" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM222" s="17"/>
+      <c r="AN222" s="17"/>
+      <c r="AO222" s="12"/>
+      <c r="AP222" s="12"/>
+      <c r="AQ222" s="33"/>
+      <c r="AR222" s="33"/>
+      <c r="AS222" s="12"/>
+      <c r="AT222" s="12"/>
+      <c r="AU222" s="12"/>
+      <c r="AV222" s="12"/>
+      <c r="AW222" s="33"/>
+      <c r="AX222" s="33"/>
+      <c r="AY222" s="33"/>
+      <c r="AZ222" s="33"/>
+      <c r="BA222" s="33"/>
+    </row>
+    <row r="223" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K223" s="13">
+        <v>217</v>
+      </c>
+      <c r="L223" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="M223" s="17">
+        <v>1</v>
+      </c>
+      <c r="N223" s="17">
+        <v>1</v>
+      </c>
+      <c r="O223" s="17">
+        <v>1</v>
+      </c>
+      <c r="P223" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Q223" s="17">
+        <v>1</v>
+      </c>
+      <c r="R223" s="17">
+        <v>0.73899999999999999</v>
+      </c>
+      <c r="S223" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="T223" s="17">
+        <v>0.90300000000000002</v>
+      </c>
+      <c r="U223" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="V223" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="W223" s="17">
+        <v>0.84399999999999997</v>
+      </c>
+      <c r="X223" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Y223" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Z223" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="AA223" s="17">
+        <v>0.59399999999999997</v>
+      </c>
+      <c r="AB223" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="AC223" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AD223" s="17">
+        <v>0.318</v>
+      </c>
+      <c r="AE223" s="17">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="AF223" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="AG223" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="AH223" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AI223" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="AJ223" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AK223" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AL223" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AM223" s="17"/>
+      <c r="AN223" s="17"/>
+      <c r="AO223" s="12"/>
+      <c r="AP223" s="12"/>
+      <c r="AQ223" s="33"/>
+      <c r="AR223" s="33"/>
+      <c r="AS223" s="12"/>
+      <c r="AT223" s="12"/>
+      <c r="AU223" s="12"/>
+      <c r="AV223" s="12"/>
+      <c r="AW223" s="33"/>
+      <c r="AX223" s="33"/>
+      <c r="AY223" s="33"/>
+      <c r="AZ223" s="33"/>
+      <c r="BA223" s="33"/>
+    </row>
+    <row r="224" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K224" s="13">
+        <v>218</v>
+      </c>
+      <c r="L224" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="M224" s="17">
+        <v>0.32900000000000001</v>
+      </c>
+      <c r="N224" s="17">
+        <v>0.42199999999999999</v>
+      </c>
+      <c r="O224" s="17">
+        <v>0.47799999999999998</v>
+      </c>
+      <c r="P224" s="17">
+        <v>0.40300000000000002</v>
+      </c>
+      <c r="Q224" s="17">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="R224" s="17">
+        <v>0.39500000000000002</v>
+      </c>
+      <c r="S224" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="T224" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="U224" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="V224" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="W224" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="X224" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="Y224" s="17">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="Z224" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="AA224" s="17">
+        <v>0.113</v>
+      </c>
+      <c r="AB224" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="AC224" s="17">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="AD224" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AE224" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AF224" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AG224" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AH224" s="17">
+        <v>5.5E-2</v>
+      </c>
+      <c r="AI224" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AJ224" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AK224" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AL224" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AM224" s="17"/>
+      <c r="AN224" s="17"/>
+      <c r="AO224" s="12"/>
+      <c r="AP224" s="12"/>
+      <c r="AQ224" s="33"/>
+      <c r="AR224" s="33"/>
+      <c r="AS224" s="12"/>
+      <c r="AT224" s="12"/>
+      <c r="AU224" s="12"/>
+      <c r="AV224" s="12"/>
+      <c r="AW224" s="33"/>
+      <c r="AX224" s="33"/>
+      <c r="AY224" s="33"/>
+      <c r="AZ224" s="33"/>
+      <c r="BA224" s="33"/>
+    </row>
+    <row r="225" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K225" s="13">
+        <v>219</v>
+      </c>
+      <c r="L225" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="M225" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="N225" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="O225" s="17">
+        <v>0.63500000000000001</v>
+      </c>
+      <c r="P225" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="Q225" s="17">
+        <v>0.63500000000000001</v>
+      </c>
+      <c r="R225" s="17">
+        <v>0.42199999999999999</v>
+      </c>
+      <c r="S225" s="17">
+        <v>0.52200000000000002</v>
+      </c>
+      <c r="T225" s="17">
+        <v>0.433</v>
+      </c>
+      <c r="U225" s="17">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="V225" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="W225" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="X225" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="Y225" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="Z225" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AA225" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AB225" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AC225" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AD225" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AE225" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AF225" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AG225" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AH225" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AI225" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AJ225" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AK225" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AL225" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AM225" s="17"/>
+      <c r="AN225" s="17"/>
+      <c r="AO225" s="12"/>
+      <c r="AP225" s="12"/>
+      <c r="AQ225" s="33"/>
+      <c r="AR225" s="33"/>
+      <c r="AS225" s="12"/>
+      <c r="AT225" s="12"/>
+      <c r="AU225" s="12"/>
+      <c r="AV225" s="12"/>
+      <c r="AW225" s="33"/>
+      <c r="AX225" s="33"/>
+      <c r="AY225" s="33"/>
+      <c r="AZ225" s="33"/>
+      <c r="BA225" s="33"/>
+    </row>
+    <row r="226" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K226" s="13">
+        <v>220</v>
+      </c>
+      <c r="L226" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="M226" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="N226" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="O226" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="P226" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="Q226" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="R226" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="S226" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="T226" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="U226" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="V226" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="W226" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="X226" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="Y226" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Z226" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AA226" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AB226" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AC226" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AD226" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AE226" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AF226" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AG226" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AH226" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="AI226" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AJ226" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AK226" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AL226" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AM226" s="17"/>
+      <c r="AN226" s="17"/>
+      <c r="AO226" s="12"/>
+      <c r="AP226" s="12"/>
+      <c r="AQ226" s="33"/>
+      <c r="AR226" s="33"/>
+      <c r="AS226" s="12"/>
+      <c r="AT226" s="12"/>
+      <c r="AU226" s="12"/>
+      <c r="AV226" s="12"/>
+      <c r="AW226" s="33"/>
+      <c r="AX226" s="33"/>
+      <c r="AY226" s="33"/>
+      <c r="AZ226" s="33"/>
+      <c r="BA226" s="33"/>
+    </row>
+    <row r="227" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K227" s="13">
+        <v>221</v>
+      </c>
+      <c r="L227" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="M227" s="17">
+        <v>0.82199999999999995</v>
+      </c>
+      <c r="N227" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="O227" s="17">
+        <v>0.82299999999999995</v>
+      </c>
+      <c r="P227" s="17">
+        <v>0.67900000000000005</v>
+      </c>
+      <c r="Q227" s="17">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="R227" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="S227" s="17">
+        <v>0.85799999999999998</v>
+      </c>
+      <c r="T227" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="U227" s="17">
+        <v>0.61</v>
+      </c>
+      <c r="V227" s="17">
+        <v>0.53200000000000003</v>
+      </c>
+      <c r="W227" s="17">
+        <v>0.47</v>
+      </c>
+      <c r="X227" s="17">
+        <v>0.53100000000000003</v>
+      </c>
+      <c r="Y227" s="17">
+        <v>0.56899999999999995</v>
+      </c>
+      <c r="Z227" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AA227" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="AB227" s="17">
+        <v>0.46800000000000003</v>
+      </c>
+      <c r="AC227" s="17">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="AD227" s="17">
+        <v>0.32200000000000001</v>
+      </c>
+      <c r="AE227" s="17">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="AF227" s="17">
+        <v>0.22800000000000001</v>
+      </c>
+      <c r="AG227" s="17">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="AH227" s="17">
+        <v>0.36899999999999999</v>
+      </c>
+      <c r="AI227" s="17">
+        <v>0.38</v>
+      </c>
+      <c r="AJ227" s="17">
+        <v>0.307</v>
+      </c>
+      <c r="AK227" s="17">
+        <v>0.32300000000000001</v>
+      </c>
+      <c r="AL227" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AM227" s="17"/>
+      <c r="AN227" s="17"/>
+      <c r="AO227" s="12"/>
+      <c r="AP227" s="12"/>
+      <c r="AQ227" s="33"/>
+      <c r="AR227" s="33"/>
+      <c r="AS227" s="12"/>
+      <c r="AT227" s="12"/>
+      <c r="AU227" s="12"/>
+      <c r="AV227" s="12"/>
+      <c r="AW227" s="33"/>
+      <c r="AX227" s="33"/>
+      <c r="AY227" s="33"/>
+      <c r="AZ227" s="33"/>
+      <c r="BA227" s="33"/>
+    </row>
+    <row r="228" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K228" s="13">
+        <v>222</v>
+      </c>
+      <c r="L228" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M228" s="17">
+        <v>0.629</v>
+      </c>
+      <c r="N228" s="17">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="O228" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="P228" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Q228" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="R228" s="17">
+        <v>0.82299999999999995</v>
+      </c>
+      <c r="S228" s="17">
+        <v>0.89600000000000002</v>
+      </c>
+      <c r="T228" s="17">
+        <v>0.89200000000000002</v>
+      </c>
+      <c r="U228" s="17">
+        <v>0.92400000000000004</v>
+      </c>
+      <c r="V228" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="W228" s="17">
+        <v>0.88800000000000001</v>
+      </c>
+      <c r="X228" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="Y228" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="Z228" s="17">
+        <v>0.79</v>
+      </c>
+      <c r="AA228" s="17">
+        <v>0.80100000000000005</v>
+      </c>
+      <c r="AB228" s="17">
+        <v>0.751</v>
+      </c>
+      <c r="AC228" s="17">
+        <v>0.72499999999999998</v>
+      </c>
+      <c r="AD228" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AE228" s="17">
+        <v>0.64400000000000002</v>
+      </c>
+      <c r="AF228" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AG228" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="AH228" s="17">
+        <v>0.46600000000000003</v>
+      </c>
+      <c r="AI228" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AJ228" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AK228" s="17">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="AL228" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="AM228" s="17"/>
+      <c r="AN228" s="17"/>
+      <c r="AO228" s="12"/>
+      <c r="AP228" s="12"/>
+      <c r="AQ228" s="33"/>
+      <c r="AR228" s="33"/>
+      <c r="AS228" s="12"/>
+      <c r="AT228" s="12"/>
+      <c r="AU228" s="12"/>
+      <c r="AV228" s="12"/>
+      <c r="AW228" s="33"/>
+      <c r="AX228" s="33"/>
+      <c r="AY228" s="33"/>
+      <c r="AZ228" s="33"/>
+      <c r="BA228" s="33"/>
+    </row>
+    <row r="229" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K229" s="13">
+        <v>223</v>
+      </c>
+      <c r="L229" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="M229" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="N229" s="17">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="O229" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="P229" s="17">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="Q229" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="R229" s="17">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="S229" s="17">
+        <v>0.88800000000000001</v>
+      </c>
+      <c r="T229" s="17">
+        <v>0.94199999999999995</v>
+      </c>
+      <c r="U229" s="17">
+        <v>0.77600000000000002</v>
+      </c>
+      <c r="V229" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="W229" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="X229" s="17">
+        <v>0.55100000000000005</v>
+      </c>
+      <c r="Y229" s="17">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="Z229" s="17">
+        <v>0.64800000000000002</v>
+      </c>
+      <c r="AA229" s="17">
+        <v>0.745</v>
+      </c>
+      <c r="AB229" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="AC229" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AD229" s="17">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="AE229" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="AF229" s="17">
+        <v>0.41599999999999998</v>
+      </c>
+      <c r="AG229" s="17">
+        <v>0.45100000000000001</v>
+      </c>
+      <c r="AH229" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="AI229" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="AJ229" s="17">
+        <v>0.41299999999999998</v>
+      </c>
+      <c r="AK229" s="17">
+        <v>0.45100000000000001</v>
+      </c>
+      <c r="AL229" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="AM229" s="17"/>
+      <c r="AN229" s="17"/>
+      <c r="AO229" s="12"/>
+      <c r="AP229" s="12"/>
+      <c r="AQ229" s="33"/>
+      <c r="AR229" s="33"/>
+      <c r="AS229" s="12"/>
+      <c r="AT229" s="12"/>
+      <c r="AU229" s="12"/>
+      <c r="AV229" s="12"/>
+      <c r="AW229" s="33"/>
+      <c r="AX229" s="33"/>
+      <c r="AY229" s="33"/>
+      <c r="AZ229" s="33"/>
+      <c r="BA229" s="33"/>
+    </row>
+    <row r="230" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K230" s="13">
+        <v>224</v>
+      </c>
+      <c r="L230" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="M230" s="17">
+        <v>0.98599999999999999</v>
+      </c>
+      <c r="N230" s="17">
+        <v>0.98599999999999999</v>
+      </c>
+      <c r="O230" s="17">
+        <v>0.98099999999999998</v>
+      </c>
+      <c r="P230" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q230" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="R230" s="17">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="S230" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="T230" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="U230" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="V230" s="17">
+        <v>0.91800000000000004</v>
+      </c>
+      <c r="W230" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="X230" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="Y230" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Z230" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="AA230" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="AB230" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="AC230" s="17">
+        <v>0.73899999999999999</v>
+      </c>
+      <c r="AD230" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="AE230" s="17">
+        <v>0.67400000000000004</v>
+      </c>
+      <c r="AF230" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="AG230" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="AH230" s="17">
+        <v>0.58199999999999996</v>
+      </c>
+      <c r="AI230" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AJ230" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="AK230" s="17">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="AL230" s="17">
+        <v>0.53600000000000003</v>
+      </c>
+      <c r="AM230" s="17"/>
+      <c r="AN230" s="17"/>
+      <c r="AO230" s="12"/>
+      <c r="AP230" s="12"/>
+      <c r="AQ230" s="33"/>
+      <c r="AR230" s="33"/>
+      <c r="AS230" s="12"/>
+      <c r="AT230" s="12"/>
+      <c r="AU230" s="12"/>
+      <c r="AV230" s="12"/>
+      <c r="AW230" s="33"/>
+      <c r="AX230" s="33"/>
+      <c r="AY230" s="33"/>
+      <c r="AZ230" s="33"/>
+      <c r="BA230" s="33"/>
+    </row>
+    <row r="231" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K231" s="13">
+        <v>225</v>
+      </c>
+      <c r="L231" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="M231" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="N231" s="17">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="O231" s="17">
+        <v>0.378</v>
+      </c>
+      <c r="P231" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="Q231" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="R231" s="17">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="S231" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="T231" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="U231" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="V231" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="W231" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="X231" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="Y231" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="Z231" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AA231" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AB231" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AC231" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AD231" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AE231" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AF231" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AG231" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AH231" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AI231" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AJ231" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AK231" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AL231" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AM231" s="17"/>
+      <c r="AN231" s="17"/>
+      <c r="AO231" s="12"/>
+      <c r="AP231" s="12"/>
+      <c r="AQ231" s="33"/>
+      <c r="AR231" s="33"/>
+      <c r="AS231" s="12"/>
+      <c r="AT231" s="12"/>
+      <c r="AU231" s="12"/>
+      <c r="AV231" s="12"/>
+      <c r="AW231" s="33"/>
+      <c r="AX231" s="33"/>
+      <c r="AY231" s="33"/>
+      <c r="AZ231" s="33"/>
+      <c r="BA231" s="33"/>
+    </row>
+    <row r="232" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K232" s="13">
+        <v>226</v>
+      </c>
+      <c r="L232" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="M232" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="N232" s="17">
+        <v>0.104</v>
+      </c>
+      <c r="O232" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="P232" s="17">
+        <v>0.32300000000000001</v>
+      </c>
+      <c r="Q232" s="17">
+        <v>0.378</v>
+      </c>
+      <c r="R232" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="S232" s="17">
+        <v>0.313</v>
+      </c>
+      <c r="T232" s="17">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="U232" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="V232" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="W232" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="X232" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="Y232" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="Z232" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AA232" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="AB232" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AC232" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AD232" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AE232" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AF232" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AG232" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AH232" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AI232" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AJ232" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AK232" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AL232" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AM232" s="17"/>
+      <c r="AN232" s="17"/>
+      <c r="AO232" s="12"/>
+      <c r="AP232" s="12"/>
+      <c r="AQ232" s="33"/>
+      <c r="AR232" s="33"/>
+      <c r="AS232" s="12"/>
+      <c r="AT232" s="12"/>
+      <c r="AU232" s="12"/>
+      <c r="AV232" s="12"/>
+      <c r="AW232" s="33"/>
+      <c r="AX232" s="33"/>
+      <c r="AY232" s="33"/>
+      <c r="AZ232" s="33"/>
+      <c r="BA232" s="33"/>
+    </row>
+    <row r="233" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K233" s="13">
+        <v>227</v>
+      </c>
+      <c r="L233" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="M233" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="N233" s="17">
+        <v>0.96699999999999997</v>
+      </c>
+      <c r="O233" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="P233" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="Q233" s="17">
+        <v>0.95099999999999996</v>
+      </c>
+      <c r="R233" s="17">
+        <v>0.88300000000000001</v>
+      </c>
+      <c r="S233" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="T233" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="U233" s="17">
+        <v>0.81399999999999995</v>
+      </c>
+      <c r="V233" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="W233" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="X233" s="17">
+        <v>0.49099999999999999</v>
+      </c>
+      <c r="Y233" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="Z233" s="17">
+        <v>0.60799999999999998</v>
+      </c>
+      <c r="AA233" s="17">
+        <v>0.70899999999999996</v>
+      </c>
+      <c r="AB233" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="AC233" s="17">
+        <v>0.52100000000000002</v>
+      </c>
+      <c r="AD233" s="17">
+        <v>0.38200000000000001</v>
+      </c>
+      <c r="AE233" s="17">
+        <v>0.307</v>
+      </c>
+      <c r="AF233" s="17">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="AG233" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AH233" s="17">
+        <v>0.13200000000000001</v>
+      </c>
+      <c r="AI233" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AJ233" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AK233" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AL233" s="17">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="AM233" s="17"/>
+      <c r="AN233" s="17"/>
+      <c r="AO233" s="12"/>
+      <c r="AP233" s="12"/>
+      <c r="AQ233" s="33"/>
+      <c r="AR233" s="33"/>
+      <c r="AS233" s="12"/>
+      <c r="AT233" s="12"/>
+      <c r="AU233" s="12"/>
+      <c r="AV233" s="12"/>
+      <c r="AW233" s="33"/>
+      <c r="AX233" s="33"/>
+      <c r="AY233" s="33"/>
+      <c r="AZ233" s="33"/>
+      <c r="BA233" s="33"/>
+    </row>
+    <row r="234" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K234" s="13">
+        <v>228</v>
+      </c>
+      <c r="L234" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="M234" s="17">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="N234" s="17">
+        <v>0.22800000000000001</v>
+      </c>
+      <c r="O234" s="17">
+        <v>0.42699999999999999</v>
+      </c>
+      <c r="P234" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="Q234" s="17">
+        <v>0.40300000000000002</v>
+      </c>
+      <c r="R234" s="17">
+        <v>0.38400000000000001</v>
+      </c>
+      <c r="S234" s="17">
+        <v>0.432</v>
+      </c>
+      <c r="T234" s="17">
+        <v>0.26200000000000001</v>
+      </c>
+      <c r="U234" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="V234" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="W234" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="X234" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="Y234" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="Z234" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="AA234" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AB234" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AC234" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AD234" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AE234" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AF234" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AG234" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AH234" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="AI234" s="17">
+        <v>0.107</v>
+      </c>
+      <c r="AJ234" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AK234" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AL234" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AM234" s="17"/>
+      <c r="AN234" s="17"/>
+      <c r="AO234" s="12"/>
+      <c r="AP234" s="12"/>
+      <c r="AQ234" s="33"/>
+      <c r="AR234" s="33"/>
+      <c r="AS234" s="12"/>
+      <c r="AT234" s="12"/>
+      <c r="AU234" s="12"/>
+      <c r="AV234" s="12"/>
+      <c r="AW234" s="33"/>
+      <c r="AX234" s="33"/>
+      <c r="AY234" s="33"/>
+      <c r="AZ234" s="33"/>
+      <c r="BA234" s="33"/>
+    </row>
+    <row r="235" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K235" s="13">
+        <v>229</v>
+      </c>
+      <c r="L235" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="M235" s="17">
+        <v>0.64400000000000002</v>
+      </c>
+      <c r="N235" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="O235" s="17">
+        <v>0.749</v>
+      </c>
+      <c r="P235" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="Q235" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="R235" s="17">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="S235" s="17">
+        <v>0.71099999999999997</v>
+      </c>
+      <c r="T235" s="17">
+        <v>0.70799999999999996</v>
+      </c>
+      <c r="U235" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="V235" s="17">
+        <v>0.40200000000000002</v>
+      </c>
+      <c r="W235" s="17">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="X235" s="17">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="Y235" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="Z235" s="17">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="AA235" s="17">
+        <v>0.28199999999999997</v>
+      </c>
+      <c r="AB235" s="17">
+        <v>0.24399999999999999</v>
+      </c>
+      <c r="AC235" s="17">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="AD235" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="AE235" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="AF235" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="AG235" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AH235" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AI235" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AJ235" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AK235" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AL235" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AM235" s="17"/>
+      <c r="AN235" s="17"/>
+      <c r="AO235" s="12"/>
+      <c r="AP235" s="12"/>
+      <c r="AQ235" s="33"/>
+      <c r="AR235" s="33"/>
+      <c r="AS235" s="12"/>
+      <c r="AT235" s="12"/>
+      <c r="AU235" s="12"/>
+      <c r="AV235" s="12"/>
+      <c r="AW235" s="33"/>
+      <c r="AX235" s="33"/>
+      <c r="AY235" s="33"/>
+      <c r="AZ235" s="33"/>
+      <c r="BA235" s="33"/>
+    </row>
+    <row r="236" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K236" s="13">
+        <v>230</v>
+      </c>
+      <c r="L236" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="M236" s="17">
+        <v>1</v>
+      </c>
+      <c r="N236" s="17">
+        <v>0.97899999999999998</v>
+      </c>
+      <c r="O236" s="17">
+        <v>1</v>
+      </c>
+      <c r="P236" s="17">
+        <v>0.97599999999999998</v>
+      </c>
+      <c r="Q236" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="R236" s="17">
+        <v>0.91100000000000003</v>
+      </c>
+      <c r="S236" s="17">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="T236" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="U236" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="V236" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="W236" s="17">
+        <v>0.61299999999999999</v>
+      </c>
+      <c r="X236" s="17">
+        <v>0.59399999999999997</v>
+      </c>
+      <c r="Y236" s="17">
+        <v>0.40400000000000003</v>
+      </c>
+      <c r="Z236" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="AA236" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AB236" s="17">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="AC236" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AD236" s="17">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="AE236" s="17">
+        <v>0.41</v>
+      </c>
+      <c r="AF236" s="17">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="AG236" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AH236" s="17">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="AI236" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AJ236" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="AK236" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="AL236" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AM236" s="17"/>
+      <c r="AN236" s="17"/>
+      <c r="AO236" s="12"/>
+      <c r="AP236" s="12"/>
+      <c r="AQ236" s="33"/>
+      <c r="AR236" s="33"/>
+      <c r="AS236" s="12"/>
+      <c r="AT236" s="12"/>
+      <c r="AU236" s="12"/>
+      <c r="AV236" s="12"/>
+      <c r="AW236" s="33"/>
+      <c r="AX236" s="33"/>
+      <c r="AY236" s="33"/>
+      <c r="AZ236" s="33"/>
+      <c r="BA236" s="33"/>
+    </row>
+    <row r="237" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K237" s="13">
+        <v>231</v>
+      </c>
+      <c r="L237" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="M237" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="N237" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="O237" s="17">
+        <v>1</v>
+      </c>
+      <c r="P237" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="Q237" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="R237" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="S237" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="T237" s="17">
+        <v>0.91900000000000004</v>
+      </c>
+      <c r="U237" s="17">
+        <v>0.90200000000000002</v>
+      </c>
+      <c r="V237" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="W237" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="X237" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Y237" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Z237" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AA237" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AB237" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="AC237" s="17">
+        <v>0.64700000000000002</v>
+      </c>
+      <c r="AD237" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="AE237" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="AF237" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AG237" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="AH237" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="AI237" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="AJ237" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AK237" s="17">
+        <v>0.17599999999999999</v>
+      </c>
+      <c r="AL237" s="17">
+        <v>0.52600000000000002</v>
+      </c>
+      <c r="AM237" s="17"/>
+      <c r="AN237" s="17"/>
+      <c r="AO237" s="12"/>
+      <c r="AP237" s="12"/>
+      <c r="AQ237" s="33"/>
+      <c r="AR237" s="33"/>
+      <c r="AS237" s="12"/>
+      <c r="AT237" s="12"/>
+      <c r="AU237" s="12"/>
+      <c r="AV237" s="12"/>
+      <c r="AW237" s="33"/>
+      <c r="AX237" s="33"/>
+      <c r="AY237" s="33"/>
+      <c r="AZ237" s="33"/>
+      <c r="BA237" s="33"/>
+    </row>
+    <row r="238" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K238" s="13">
+        <v>232</v>
+      </c>
+      <c r="L238" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="M238" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="N238" s="17">
+        <v>1</v>
+      </c>
+      <c r="O238" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="P238" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="Q238" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="R238" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="S238" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="T238" s="17">
+        <v>1</v>
+      </c>
+      <c r="U238" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="V238" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="W238" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="X238" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Y238" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="Z238" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="AA238" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="AB238" s="17">
+        <v>0.74199999999999999</v>
+      </c>
+      <c r="AC238" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AD238" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="AE238" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AF238" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AG238" s="17">
+        <v>0.51500000000000001</v>
+      </c>
+      <c r="AH238" s="17">
+        <v>0.39400000000000002</v>
+      </c>
+      <c r="AI238" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="AJ238" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AK238" s="17">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="AL238" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AM238" s="17"/>
+      <c r="AN238" s="17"/>
+      <c r="AO238" s="12"/>
+      <c r="AP238" s="12"/>
+      <c r="AQ238" s="33"/>
+      <c r="AR238" s="33"/>
+      <c r="AS238" s="12"/>
+      <c r="AT238" s="12"/>
+      <c r="AU238" s="12"/>
+      <c r="AV238" s="12"/>
+      <c r="AW238" s="33"/>
+      <c r="AX238" s="33"/>
+      <c r="AY238" s="33"/>
+      <c r="AZ238" s="33"/>
+      <c r="BA238" s="33"/>
+    </row>
+    <row r="239" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K239" s="13">
+        <v>233</v>
+      </c>
+      <c r="L239" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="M239" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="N239" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="O239" s="17">
+        <v>0.159</v>
+      </c>
+      <c r="P239" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="Q239" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="R239" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="S239" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="T239" s="17">
+        <v>0.14599999999999999</v>
+      </c>
+      <c r="U239" s="17">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="V239" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="W239" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="X239" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Y239" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="Z239" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="AA239" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AB239" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="AC239" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AD239" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="AE239" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AF239" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AG239" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AH239" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AI239" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AJ239" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AK239" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AL239" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AM239" s="17"/>
+      <c r="AN239" s="17"/>
+      <c r="AO239" s="12"/>
+      <c r="AP239" s="12"/>
+      <c r="AQ239" s="33"/>
+      <c r="AR239" s="33"/>
+      <c r="AS239" s="12"/>
+      <c r="AT239" s="12"/>
+      <c r="AU239" s="12"/>
+      <c r="AV239" s="12"/>
+      <c r="AW239" s="33"/>
+      <c r="AX239" s="33"/>
+      <c r="AY239" s="33"/>
+      <c r="AZ239" s="33"/>
+      <c r="BA239" s="33"/>
+    </row>
+    <row r="240" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K240" s="13">
+        <v>234</v>
+      </c>
+      <c r="L240" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="M240" s="17">
+        <v>1</v>
+      </c>
+      <c r="N240" s="17">
+        <v>1</v>
+      </c>
+      <c r="O240" s="17">
+        <v>1</v>
+      </c>
+      <c r="P240" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q240" s="17">
+        <v>1</v>
+      </c>
+      <c r="R240" s="17">
+        <v>0.97099999999999997</v>
+      </c>
+      <c r="S240" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="T240" s="17">
+        <v>1</v>
+      </c>
+      <c r="U240" s="17">
+        <v>1</v>
+      </c>
+      <c r="V240" s="17">
+        <v>1</v>
+      </c>
+      <c r="W240" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="X240" s="17">
+        <v>0.97099999999999997</v>
+      </c>
+      <c r="Y240" s="17">
+        <v>0.97299999999999998</v>
+      </c>
+      <c r="Z240" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="AA240" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB240" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC240" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD240" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE240" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="AF240" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AG240" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AH240" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="AI240" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="AJ240" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AK240" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AL240" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="AM240" s="17"/>
+      <c r="AN240" s="17"/>
+      <c r="AO240" s="12"/>
+      <c r="AP240" s="12"/>
+      <c r="AQ240" s="33"/>
+      <c r="AR240" s="33"/>
+      <c r="AS240" s="12"/>
+      <c r="AT240" s="12"/>
+      <c r="AU240" s="12"/>
+      <c r="AV240" s="12"/>
+      <c r="AW240" s="33"/>
+      <c r="AX240" s="33"/>
+      <c r="AY240" s="33"/>
+      <c r="AZ240" s="33"/>
+      <c r="BA240" s="33"/>
+    </row>
+    <row r="241" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K241" s="13">
+        <v>235</v>
+      </c>
+      <c r="L241" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="M241" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="N241" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="O241" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="P241" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Q241" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="R241" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="S241" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="T241" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="U241" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="V241" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="W241" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="X241" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="Y241" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="Z241" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AA241" s="17">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="AB241" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AC241" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AD241" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE241" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AF241" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AG241" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="AH241" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AI241" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AJ241" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AK241" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AL241" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AM241" s="17"/>
+      <c r="AN241" s="17"/>
+      <c r="AO241" s="12"/>
+      <c r="AP241" s="12"/>
+      <c r="AQ241" s="33"/>
+      <c r="AR241" s="33"/>
+      <c r="AS241" s="12"/>
+      <c r="AT241" s="12"/>
+      <c r="AU241" s="12"/>
+      <c r="AV241" s="12"/>
+      <c r="AW241" s="33"/>
+      <c r="AX241" s="33"/>
+      <c r="AY241" s="33"/>
+      <c r="AZ241" s="33"/>
+      <c r="BA241" s="33"/>
+    </row>
+    <row r="242" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K242" s="13">
+        <v>236</v>
+      </c>
+      <c r="L242" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="M242" s="17">
+        <v>1</v>
+      </c>
+      <c r="N242" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="O242" s="17">
+        <v>1</v>
+      </c>
+      <c r="P242" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q242" s="17">
+        <v>1</v>
+      </c>
+      <c r="R242" s="17">
+        <v>1</v>
+      </c>
+      <c r="S242" s="17">
+        <v>1</v>
+      </c>
+      <c r="T242" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="U242" s="17">
+        <v>1</v>
+      </c>
+      <c r="V242" s="17">
+        <v>1</v>
+      </c>
+      <c r="W242" s="17">
+        <v>1</v>
+      </c>
+      <c r="X242" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y242" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Z242" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AA242" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB242" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AC242" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="AD242" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="AE242" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AF242" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AG242" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AH242" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI242" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AJ242" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AK242" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AL242" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="AM242" s="17"/>
+      <c r="AN242" s="17"/>
+      <c r="AO242" s="12"/>
+      <c r="AP242" s="12"/>
+      <c r="AQ242" s="33"/>
+      <c r="AR242" s="33"/>
+      <c r="AS242" s="12"/>
+      <c r="AT242" s="12"/>
+      <c r="AU242" s="12"/>
+      <c r="AV242" s="12"/>
+      <c r="AW242" s="33"/>
+      <c r="AX242" s="33"/>
+      <c r="AY242" s="33"/>
+      <c r="AZ242" s="33"/>
+      <c r="BA242" s="33"/>
+    </row>
+    <row r="243" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K243" s="13">
+        <v>237</v>
+      </c>
+      <c r="L243" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="M243" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="N243" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="O243" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="P243" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Q243" s="17">
+        <v>1</v>
+      </c>
+      <c r="R243" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="S243" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="T243" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="U243" s="17">
+        <v>0</v>
+      </c>
+      <c r="V243" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="W243" s="17">
+        <v>0</v>
+      </c>
+      <c r="X243" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="Y243" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB243" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AC243" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AD243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE243" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AF243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL243" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM243" s="17"/>
+      <c r="AN243" s="17"/>
+      <c r="AO243" s="12"/>
+      <c r="AP243" s="12"/>
+      <c r="AQ243" s="33"/>
+      <c r="AR243" s="33"/>
+      <c r="AS243" s="12"/>
+      <c r="AT243" s="12"/>
+      <c r="AU243" s="12"/>
+      <c r="AV243" s="12"/>
+      <c r="AW243" s="33"/>
+      <c r="AX243" s="33"/>
+      <c r="AY243" s="33"/>
+      <c r="AZ243" s="33"/>
+      <c r="BA243" s="33"/>
+    </row>
+    <row r="244" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K244" s="13">
+        <v>238</v>
+      </c>
+      <c r="L244" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="M244" s="17">
+        <v>1</v>
+      </c>
+      <c r="N244" s="17">
+        <v>1</v>
+      </c>
+      <c r="O244" s="17">
+        <v>1</v>
+      </c>
+      <c r="P244" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="Q244" s="17">
+        <v>1</v>
+      </c>
+      <c r="R244" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="S244" s="17">
+        <v>1</v>
+      </c>
+      <c r="T244" s="17">
+        <v>0.97899999999999998</v>
+      </c>
+      <c r="U244" s="17">
+        <v>0.89200000000000002</v>
+      </c>
+      <c r="V244" s="17">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="W244" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="X244" s="17">
+        <v>0.89400000000000002</v>
+      </c>
+      <c r="Y244" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Z244" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="AA244" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="AB244" s="17">
+        <v>0.90300000000000002</v>
+      </c>
+      <c r="AC244" s="17">
+        <v>0.91</v>
+      </c>
+      <c r="AD244" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AE244" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AF244" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="AG244" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="AH244" s="17">
+        <v>0.54900000000000004</v>
+      </c>
+      <c r="AI244" s="17">
+        <v>0.313</v>
+      </c>
+      <c r="AJ244" s="17">
+        <v>0.33900000000000002</v>
+      </c>
+      <c r="AK244" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AL244" s="17">
+        <v>0.65700000000000003</v>
+      </c>
+      <c r="AM244" s="17"/>
+      <c r="AN244" s="17"/>
+      <c r="AO244" s="12"/>
+      <c r="AP244" s="12"/>
+      <c r="AQ244" s="33"/>
+      <c r="AR244" s="33"/>
+      <c r="AS244" s="12"/>
+      <c r="AT244" s="12"/>
+      <c r="AU244" s="12"/>
+      <c r="AV244" s="12"/>
+      <c r="AW244" s="33"/>
+      <c r="AX244" s="33"/>
+      <c r="AY244" s="33"/>
+      <c r="AZ244" s="33"/>
+      <c r="BA244" s="33"/>
+    </row>
+    <row r="245" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K245" s="13">
+        <v>239</v>
+      </c>
+      <c r="L245" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="M245" s="17">
+        <v>0.95299999999999996</v>
+      </c>
+      <c r="N245" s="17">
+        <v>1</v>
+      </c>
+      <c r="O245" s="17">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="P245" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="Q245" s="17">
+        <v>0.90300000000000002</v>
+      </c>
+      <c r="R245" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="S245" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="T245" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="U245" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="V245" s="17">
+        <v>0.89800000000000002</v>
+      </c>
+      <c r="W245" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="X245" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="Y245" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Z245" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="AA245" s="17">
+        <v>0.97599999999999998</v>
+      </c>
+      <c r="AB245" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="AC245" s="17">
+        <v>0.96499999999999997</v>
+      </c>
+      <c r="AD245" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AE245" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="AF245" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AG245" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="AH245" s="17">
+        <v>0.71099999999999997</v>
+      </c>
+      <c r="AI245" s="17">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="AJ245" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AK245" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="AL245" s="17">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="AM245" s="17"/>
+      <c r="AN245" s="17"/>
+      <c r="AO245" s="12"/>
+      <c r="AP245" s="12"/>
+      <c r="AQ245" s="33"/>
+      <c r="AR245" s="33"/>
+      <c r="AS245" s="12"/>
+      <c r="AT245" s="12"/>
+      <c r="AU245" s="12"/>
+      <c r="AV245" s="12"/>
+      <c r="AW245" s="33"/>
+      <c r="AX245" s="33"/>
+      <c r="AY245" s="33"/>
+      <c r="AZ245" s="33"/>
+      <c r="BA245" s="33"/>
+    </row>
+    <row r="246" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K246" s="13">
+        <v>240</v>
+      </c>
+      <c r="L246" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="M246" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="N246" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="O246" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="P246" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="Q246" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="R246" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="S246" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="T246" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="U246" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="V246" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="W246" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="X246" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="Y246" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="Z246" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AA246" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="AB246" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AC246" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AD246" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AE246" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AF246" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AG246" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AH246" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AI246" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AJ246" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AK246" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AL246" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AM246" s="17"/>
+      <c r="AN246" s="17"/>
+      <c r="AO246" s="12"/>
+      <c r="AP246" s="12"/>
+      <c r="AQ246" s="33"/>
+      <c r="AR246" s="33"/>
+      <c r="AS246" s="12"/>
+      <c r="AT246" s="12"/>
+      <c r="AU246" s="12"/>
+      <c r="AV246" s="12"/>
+      <c r="AW246" s="33"/>
+      <c r="AX246" s="33"/>
+      <c r="AY246" s="33"/>
+      <c r="AZ246" s="33"/>
+      <c r="BA246" s="33"/>
+    </row>
+    <row r="247" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K247" s="13">
+        <v>241</v>
+      </c>
+      <c r="L247" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="M247" s="17">
+        <v>1</v>
+      </c>
+      <c r="N247" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="O247" s="17">
+        <v>1</v>
+      </c>
+      <c r="P247" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="Q247" s="17">
+        <v>1</v>
+      </c>
+      <c r="R247" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="S247" s="17">
+        <v>1</v>
+      </c>
+      <c r="T247" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="U247" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="V247" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="W247" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="X247" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Y247" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Z247" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AA247" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AB247" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="AC247" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="AD247" s="17">
+        <v>0.65400000000000003</v>
+      </c>
+      <c r="AE247" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="AF247" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AG247" s="17">
+        <v>0.61299999999999999</v>
+      </c>
+      <c r="AH247" s="17">
+        <v>0.42099999999999999</v>
+      </c>
+      <c r="AI247" s="17">
+        <v>0.44800000000000001</v>
+      </c>
+      <c r="AJ247" s="17">
+        <v>0.22700000000000001</v>
+      </c>
+      <c r="AK247" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="AL247" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="AM247" s="17"/>
+      <c r="AN247" s="17"/>
+      <c r="AO247" s="12"/>
+      <c r="AP247" s="12"/>
+      <c r="AQ247" s="33"/>
+      <c r="AR247" s="33"/>
+      <c r="AS247" s="12"/>
+      <c r="AT247" s="12"/>
+      <c r="AU247" s="12"/>
+      <c r="AV247" s="12"/>
+      <c r="AW247" s="33"/>
+      <c r="AX247" s="33"/>
+      <c r="AY247" s="33"/>
+      <c r="AZ247" s="33"/>
+      <c r="BA247" s="33"/>
+    </row>
+    <row r="248" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K248" s="13">
+        <v>242</v>
+      </c>
+      <c r="L248" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="M248" s="17">
+        <v>0.63900000000000001</v>
+      </c>
+      <c r="N248" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="O248" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="P248" s="17">
+        <v>0.51700000000000002</v>
+      </c>
+      <c r="Q248" s="17">
+        <v>0.64100000000000001</v>
+      </c>
+      <c r="R248" s="17">
+        <v>0.35199999999999998</v>
+      </c>
+      <c r="S248" s="17">
+        <v>0.377</v>
+      </c>
+      <c r="T248" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="U248" s="17">
+        <v>0.40400000000000003</v>
+      </c>
+      <c r="V248" s="17">
+        <v>0.215</v>
+      </c>
+      <c r="W248" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="X248" s="17">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="Y248" s="17">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="Z248" s="17">
+        <v>0.107</v>
+      </c>
+      <c r="AA248" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AB248" s="17">
+        <v>9.9000000000000005E-2</v>
+      </c>
+      <c r="AC248" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="AD248" s="17">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="AE248" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AF248" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG248" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AH248" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AI248" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AJ248" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AK248" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AL248" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AM248" s="17"/>
+      <c r="AN248" s="17"/>
+      <c r="AO248" s="12"/>
+      <c r="AP248" s="12"/>
+      <c r="AQ248" s="33"/>
+      <c r="AR248" s="33"/>
+      <c r="AS248" s="12"/>
+      <c r="AT248" s="12"/>
+      <c r="AU248" s="12"/>
+      <c r="AV248" s="12"/>
+      <c r="AW248" s="33"/>
+      <c r="AX248" s="33"/>
+      <c r="AY248" s="33"/>
+      <c r="AZ248" s="33"/>
+      <c r="BA248" s="33"/>
+    </row>
+    <row r="249" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K249" s="13">
+        <v>243</v>
+      </c>
+      <c r="L249" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M249" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="N249" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="O249" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="P249" s="17">
+        <v>0.94</v>
+      </c>
+      <c r="Q249" s="17">
+        <v>0.89400000000000002</v>
+      </c>
+      <c r="R249" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="S249" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="T249" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="U249" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="V249" s="17">
+        <v>0.91800000000000004</v>
+      </c>
+      <c r="W249" s="17">
+        <v>0.90400000000000003</v>
+      </c>
+      <c r="X249" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="Y249" s="17">
+        <v>0.88400000000000001</v>
+      </c>
+      <c r="Z249" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="AA249" s="17">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="AB249" s="17">
+        <v>0.89200000000000002</v>
+      </c>
+      <c r="AC249" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="AD249" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="AE249" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AF249" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AG249" s="17">
+        <v>0.64700000000000002</v>
+      </c>
+      <c r="AH249" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AI249" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="AJ249" s="17">
+        <v>0.51700000000000002</v>
+      </c>
+      <c r="AK249" s="17">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="AL249" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AM249" s="17"/>
+      <c r="AN249" s="17"/>
+      <c r="AO249" s="12"/>
+      <c r="AP249" s="12"/>
+      <c r="AQ249" s="33"/>
+      <c r="AR249" s="33"/>
+      <c r="AS249" s="12"/>
+      <c r="AT249" s="12"/>
+      <c r="AU249" s="12"/>
+      <c r="AV249" s="12"/>
+      <c r="AW249" s="33"/>
+      <c r="AX249" s="33"/>
+      <c r="AY249" s="33"/>
+      <c r="AZ249" s="33"/>
+      <c r="BA249" s="33"/>
+    </row>
+    <row r="250" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K250" s="13">
+        <v>244</v>
+      </c>
+      <c r="L250" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="M250" s="17">
+        <v>1</v>
+      </c>
+      <c r="N250" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="O250" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="P250" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q250" s="17">
+        <v>1</v>
+      </c>
+      <c r="R250" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="S250" s="17">
+        <v>1</v>
+      </c>
+      <c r="T250" s="17">
+        <v>1</v>
+      </c>
+      <c r="U250" s="17">
+        <v>1</v>
+      </c>
+      <c r="V250" s="17">
+        <v>1</v>
+      </c>
+      <c r="W250" s="17">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="X250" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="Y250" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="Z250" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AA250" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB250" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC250" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="AD250" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AE250" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF250" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AG250" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AH250" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AI250" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AJ250" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AK250" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AL250" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AM250" s="17"/>
+      <c r="AN250" s="17"/>
+      <c r="AO250" s="12"/>
+      <c r="AP250" s="12"/>
+      <c r="AQ250" s="33"/>
+      <c r="AR250" s="33"/>
+      <c r="AS250" s="12"/>
+      <c r="AT250" s="12"/>
+      <c r="AU250" s="12"/>
+      <c r="AV250" s="12"/>
+      <c r="AW250" s="33"/>
+      <c r="AX250" s="33"/>
+      <c r="AY250" s="33"/>
+      <c r="AZ250" s="33"/>
+      <c r="BA250" s="33"/>
+    </row>
+    <row r="251" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K251" s="13">
+        <v>245</v>
+      </c>
+      <c r="L251" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M251" s="17">
+        <v>0.95599999999999996</v>
+      </c>
+      <c r="N251" s="17">
+        <v>0.95399999999999996</v>
+      </c>
+      <c r="O251" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="P251" s="17">
+        <v>0.97199999999999998</v>
+      </c>
+      <c r="Q251" s="17">
+        <v>0.90300000000000002</v>
+      </c>
+      <c r="R251" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="S251" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="T251" s="17">
+        <v>0.94899999999999995</v>
+      </c>
+      <c r="U251" s="17">
+        <v>0.85299999999999998</v>
+      </c>
+      <c r="V251" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="W251" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="X251" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="Y251" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="Z251" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="AA251" s="17">
+        <v>0.66200000000000003</v>
+      </c>
+      <c r="AB251" s="17">
+        <v>0.79400000000000004</v>
+      </c>
+      <c r="AC251" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="AD251" s="17">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="AE251" s="17">
+        <v>0.73399999999999999</v>
+      </c>
+      <c r="AF251" s="17">
+        <v>0.58399999999999996</v>
+      </c>
+      <c r="AG251" s="17">
+        <v>0.55300000000000005</v>
+      </c>
+      <c r="AH251" s="17">
+        <v>0.23899999999999999</v>
+      </c>
+      <c r="AI251" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AJ251" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AK251" s="17">
+        <v>0.371</v>
+      </c>
+      <c r="AL251" s="17">
+        <v>0.47599999999999998</v>
+      </c>
+      <c r="AM251" s="17"/>
+      <c r="AN251" s="17"/>
+      <c r="AO251" s="12"/>
+      <c r="AP251" s="12"/>
+      <c r="AQ251" s="33"/>
+      <c r="AR251" s="33"/>
+      <c r="AS251" s="12"/>
+      <c r="AT251" s="12"/>
+      <c r="AU251" s="12"/>
+      <c r="AV251" s="12"/>
+      <c r="AW251" s="33"/>
+      <c r="AX251" s="33"/>
+      <c r="AY251" s="33"/>
+      <c r="AZ251" s="33"/>
+      <c r="BA251" s="33"/>
+    </row>
+    <row r="252" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K252" s="13">
+        <v>246</v>
+      </c>
+      <c r="L252" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M252" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="N252" s="17">
+        <v>0.747</v>
+      </c>
+      <c r="O252" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="P252" s="17">
+        <v>0.69799999999999995</v>
+      </c>
+      <c r="Q252" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="R252" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="S252" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="T252" s="17">
+        <v>0.66300000000000003</v>
+      </c>
+      <c r="U252" s="17">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="V252" s="17">
+        <v>0.54</v>
+      </c>
+      <c r="W252" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="X252" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="Y252" s="17">
+        <v>0.28299999999999997</v>
+      </c>
+      <c r="Z252" s="17">
+        <v>0.41599999999999998</v>
+      </c>
+      <c r="AA252" s="17">
+        <v>0.47899999999999998</v>
+      </c>
+      <c r="AB252" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AC252" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AD252" s="17">
+        <v>0.442</v>
+      </c>
+      <c r="AE252" s="17">
+        <v>0.46600000000000003</v>
+      </c>
+      <c r="AF252" s="17">
+        <v>0.252</v>
+      </c>
+      <c r="AG252" s="17">
+        <v>0.27100000000000002</v>
+      </c>
+      <c r="AH252" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AI252" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="AJ252" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AK252" s="17">
+        <v>0.17</v>
+      </c>
+      <c r="AL252" s="17">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="AM252" s="17"/>
+      <c r="AN252" s="17"/>
+      <c r="AO252" s="12"/>
+      <c r="AP252" s="12"/>
+      <c r="AQ252" s="33"/>
+      <c r="AR252" s="33"/>
+      <c r="AS252" s="12"/>
+      <c r="AT252" s="12"/>
+      <c r="AU252" s="12"/>
+      <c r="AV252" s="12"/>
+      <c r="AW252" s="33"/>
+      <c r="AX252" s="33"/>
+      <c r="AY252" s="33"/>
+      <c r="AZ252" s="33"/>
+      <c r="BA252" s="33"/>
+    </row>
+    <row r="253" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K253" s="13">
+        <v>247</v>
+      </c>
+      <c r="L253" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M253" s="17">
+        <v>0.92400000000000004</v>
+      </c>
+      <c r="N253" s="17">
+        <v>0.96699999999999997</v>
+      </c>
+      <c r="O253" s="17">
+        <v>0.95899999999999996</v>
+      </c>
+      <c r="P253" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="Q253" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="R253" s="17">
+        <v>0.91600000000000004</v>
+      </c>
+      <c r="S253" s="17">
+        <v>0.94299999999999995</v>
+      </c>
+      <c r="T253" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="U253" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="V253" s="17">
+        <v>0.78700000000000003</v>
+      </c>
+      <c r="W253" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="X253" s="17">
+        <v>0.79800000000000004</v>
+      </c>
+      <c r="Y253" s="17">
+        <v>0.86599999999999999</v>
+      </c>
+      <c r="Z253" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="AA253" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="AB253" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="AC253" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="AD253" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="AE253" s="17">
+        <v>0.81100000000000005</v>
+      </c>
+      <c r="AF253" s="17">
+        <v>0.71299999999999997</v>
+      </c>
+      <c r="AG253" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AH253" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="AI253" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="AJ253" s="17">
+        <v>0.37</v>
+      </c>
+      <c r="AK253" s="17">
+        <v>0.56699999999999995</v>
+      </c>
+      <c r="AL253" s="17">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="AM253" s="17"/>
+      <c r="AN253" s="17"/>
+      <c r="AO253" s="12"/>
+      <c r="AP253" s="12"/>
+      <c r="AQ253" s="33"/>
+      <c r="AR253" s="33"/>
+      <c r="AS253" s="12"/>
+      <c r="AT253" s="12"/>
+      <c r="AU253" s="12"/>
+      <c r="AV253" s="12"/>
+      <c r="AW253" s="33"/>
+      <c r="AX253" s="33"/>
+      <c r="AY253" s="33"/>
+      <c r="AZ253" s="33"/>
+      <c r="BA253" s="33"/>
+    </row>
+    <row r="254" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K254" s="13">
+        <v>248</v>
+      </c>
+      <c r="L254" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="M254" s="17">
+        <v>1</v>
+      </c>
+      <c r="N254" s="17">
+        <v>1</v>
+      </c>
+      <c r="O254" s="17">
+        <v>1</v>
+      </c>
+      <c r="P254" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q254" s="17">
+        <v>1</v>
+      </c>
+      <c r="R254" s="17">
+        <v>1</v>
+      </c>
+      <c r="S254" s="17">
+        <v>1</v>
+      </c>
+      <c r="T254" s="17">
+        <v>1</v>
+      </c>
+      <c r="U254" s="17">
+        <v>1</v>
+      </c>
+      <c r="V254" s="17">
+        <v>1</v>
+      </c>
+      <c r="W254" s="17">
+        <v>1</v>
+      </c>
+      <c r="X254" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y254" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ254" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AK254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL254" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM254" s="17"/>
+      <c r="AN254" s="17"/>
+      <c r="AO254" s="12"/>
+      <c r="AP254" s="12"/>
+      <c r="AQ254" s="33"/>
+      <c r="AR254" s="33"/>
+      <c r="AS254" s="12"/>
+      <c r="AT254" s="12"/>
+      <c r="AU254" s="12"/>
+      <c r="AV254" s="12"/>
+      <c r="AW254" s="33"/>
+      <c r="AX254" s="33"/>
+      <c r="AY254" s="33"/>
+      <c r="AZ254" s="33"/>
+      <c r="BA254" s="33"/>
+    </row>
+    <row r="255" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K255" s="13">
+        <v>249</v>
+      </c>
+      <c r="L255" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M255" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="N255" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="O255" s="17">
+        <v>0.20499999999999999</v>
+      </c>
+      <c r="P255" s="17">
+        <v>0.24199999999999999</v>
+      </c>
+      <c r="Q255" s="17">
+        <v>0.187</v>
+      </c>
+      <c r="R255" s="17">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="S255" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="T255" s="17">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="U255" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="V255" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="W255" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="X255" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="Y255" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="Z255" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AA255" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="AB255" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AC255" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AD255" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AE255" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AF255" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AG255" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AH255" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AI255" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AJ255" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK255" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AL255" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AM255" s="17"/>
+      <c r="AN255" s="17"/>
+      <c r="AO255" s="12"/>
+      <c r="AP255" s="12"/>
+      <c r="AQ255" s="33"/>
+      <c r="AR255" s="33"/>
+      <c r="AS255" s="12"/>
+      <c r="AT255" s="12"/>
+      <c r="AU255" s="12"/>
+      <c r="AV255" s="12"/>
+      <c r="AW255" s="33"/>
+      <c r="AX255" s="33"/>
+      <c r="AY255" s="33"/>
+      <c r="AZ255" s="33"/>
+      <c r="BA255" s="33"/>
+    </row>
+    <row r="256" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K256" s="13">
+        <v>250</v>
+      </c>
+      <c r="L256" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M256" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="N256" s="17">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="O256" s="17">
+        <v>0.71499999999999997</v>
+      </c>
+      <c r="P256" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="Q256" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="R256" s="17">
+        <v>0.65100000000000002</v>
+      </c>
+      <c r="S256" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="T256" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="U256" s="17">
+        <v>0.21199999999999999</v>
+      </c>
+      <c r="V256" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="W256" s="17">
+        <v>5.5E-2</v>
+      </c>
+      <c r="X256" s="17">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="Y256" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="Z256" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="AA256" s="17">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="AB256" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="AC256" s="17">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="AD256" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="AE256" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AF256" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AG256" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AH256" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AI256" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="AJ256" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AK256" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AL256" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AM256" s="17"/>
+      <c r="AN256" s="17"/>
+      <c r="AO256" s="12"/>
+      <c r="AP256" s="12"/>
+      <c r="AQ256" s="33"/>
+      <c r="AR256" s="33"/>
+      <c r="AS256" s="12"/>
+      <c r="AT256" s="12"/>
+      <c r="AU256" s="12"/>
+      <c r="AV256" s="12"/>
+      <c r="AW256" s="33"/>
+      <c r="AX256" s="33"/>
+      <c r="AY256" s="33"/>
+      <c r="AZ256" s="33"/>
+      <c r="BA256" s="33"/>
+    </row>
+    <row r="257" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K257" s="13">
+        <v>251</v>
+      </c>
+      <c r="L257" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M257" s="17">
+        <v>0.66400000000000003</v>
+      </c>
+      <c r="N257" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="O257" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="P257" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="Q257" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="R257" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="S257" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="T257" s="17">
+        <v>0.66900000000000004</v>
+      </c>
+      <c r="U257" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="V257" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="W257" s="17">
+        <v>0.73399999999999999</v>
+      </c>
+      <c r="X257" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="Y257" s="17">
+        <v>0.56200000000000006</v>
+      </c>
+      <c r="Z257" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AA257" s="17">
+        <v>0.62</v>
+      </c>
+      <c r="AB257" s="17">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="AC257" s="17">
+        <v>0.621</v>
+      </c>
+      <c r="AD257" s="17">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="AE257" s="17">
+        <v>0.60599999999999998</v>
+      </c>
+      <c r="AF257" s="17">
+        <v>0.38800000000000001</v>
+      </c>
+      <c r="AG257" s="17">
+        <v>0.50700000000000001</v>
+      </c>
+      <c r="AH257" s="17">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="AI257" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AJ257" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="AK257" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="AL257" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="AM257" s="17"/>
+      <c r="AN257" s="17"/>
+      <c r="AO257" s="12"/>
+      <c r="AP257" s="12"/>
+      <c r="AQ257" s="33"/>
+      <c r="AR257" s="33"/>
+      <c r="AS257" s="12"/>
+      <c r="AT257" s="12"/>
+      <c r="AU257" s="12"/>
+      <c r="AV257" s="12"/>
+      <c r="AW257" s="33"/>
+      <c r="AX257" s="33"/>
+      <c r="AY257" s="33"/>
+      <c r="AZ257" s="33"/>
+      <c r="BA257" s="33"/>
+    </row>
+    <row r="258" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K258" s="13">
+        <v>252</v>
+      </c>
+      <c r="L258" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M258" s="17">
+        <v>0.59199999999999997</v>
+      </c>
+      <c r="N258" s="17">
+        <v>0.73599999999999999</v>
+      </c>
+      <c r="O258" s="17">
+        <v>0.86599999999999999</v>
+      </c>
+      <c r="P258" s="17">
+        <v>0.79700000000000004</v>
+      </c>
+      <c r="Q258" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="R258" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="S258" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="T258" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="U258" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="V258" s="17">
+        <v>0.55700000000000005</v>
+      </c>
+      <c r="W258" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="X258" s="17">
+        <v>0.50700000000000001</v>
+      </c>
+      <c r="Y258" s="17">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="Z258" s="17">
+        <v>0.56200000000000006</v>
+      </c>
+      <c r="AA258" s="17">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="AB258" s="17">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="AC258" s="17">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="AD258" s="17">
+        <v>0.192</v>
+      </c>
+      <c r="AE258" s="17">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="AF258" s="17">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="AG258" s="17">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="AH258" s="17">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="AI258" s="17">
+        <v>0.40799999999999997</v>
+      </c>
+      <c r="AJ258" s="17">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="AK258" s="17">
+        <v>0.217</v>
+      </c>
+      <c r="AL258" s="17">
+        <v>0.45300000000000001</v>
+      </c>
+      <c r="AM258" s="17"/>
+      <c r="AN258" s="17"/>
+      <c r="AO258" s="12"/>
+      <c r="AP258" s="12"/>
+      <c r="AQ258" s="33"/>
+      <c r="AR258" s="33"/>
+      <c r="AS258" s="12"/>
+      <c r="AT258" s="12"/>
+      <c r="AU258" s="12"/>
+      <c r="AV258" s="12"/>
+      <c r="AW258" s="33"/>
+      <c r="AX258" s="33"/>
+      <c r="AY258" s="33"/>
+      <c r="AZ258" s="33"/>
+      <c r="BA258" s="33"/>
+    </row>
+    <row r="259" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K259" s="13">
+        <v>253</v>
+      </c>
+      <c r="L259" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M259" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="N259" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="O259" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="P259" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="Q259" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="R259" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="S259" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="T259" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="U259" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="V259" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="W259" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="X259" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Y259" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Z259" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AA259" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AB259" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AC259" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AD259" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AE259" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AF259" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AG259" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AH259" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AI259" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AJ259" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AK259" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AL259" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AM259" s="17"/>
+      <c r="AN259" s="17"/>
+      <c r="AO259" s="12"/>
+      <c r="AP259" s="12"/>
+      <c r="AQ259" s="33"/>
+      <c r="AR259" s="33"/>
+      <c r="AS259" s="12"/>
+      <c r="AT259" s="12"/>
+      <c r="AU259" s="12"/>
+      <c r="AV259" s="12"/>
+      <c r="AW259" s="33"/>
+      <c r="AX259" s="33"/>
+      <c r="AY259" s="33"/>
+      <c r="AZ259" s="33"/>
+      <c r="BA259" s="33"/>
+    </row>
+    <row r="260" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K260" s="13">
+        <v>254</v>
+      </c>
+      <c r="L260" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M260" s="17">
+        <v>0.47199999999999998</v>
+      </c>
+      <c r="N260" s="17">
+        <v>0.63500000000000001</v>
+      </c>
+      <c r="O260" s="17">
+        <v>0.71499999999999997</v>
+      </c>
+      <c r="P260" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="Q260" s="17">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="R260" s="17">
+        <v>0.61599999999999999</v>
+      </c>
+      <c r="S260" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="T260" s="17">
+        <v>0.58099999999999996</v>
+      </c>
+      <c r="U260" s="17">
+        <v>0.28699999999999998</v>
+      </c>
+      <c r="V260" s="17">
+        <v>0.215</v>
+      </c>
+      <c r="W260" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="X260" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="Y260" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="Z260" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AA260" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="AB260" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="AC260" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AD260" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AE260" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AF260" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AG260" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AH260" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AI260" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AJ260" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AK260" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AL260" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM260" s="17"/>
+      <c r="AN260" s="17"/>
+      <c r="AO260" s="12"/>
+      <c r="AP260" s="12"/>
+      <c r="AQ260" s="33"/>
+      <c r="AR260" s="33"/>
+      <c r="AS260" s="12"/>
+      <c r="AT260" s="12"/>
+      <c r="AU260" s="12"/>
+      <c r="AV260" s="12"/>
+      <c r="AW260" s="33"/>
+      <c r="AX260" s="33"/>
+      <c r="AY260" s="33"/>
+      <c r="AZ260" s="33"/>
+      <c r="BA260" s="33"/>
+    </row>
+    <row r="261" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K261" s="13">
+        <v>255</v>
+      </c>
+      <c r="L261" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M261" s="17">
+        <v>1</v>
+      </c>
+      <c r="N261" s="17">
+        <v>1</v>
+      </c>
+      <c r="O261" s="17">
+        <v>1</v>
+      </c>
+      <c r="P261" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q261" s="17">
+        <v>1</v>
+      </c>
+      <c r="R261" s="17">
+        <v>1</v>
+      </c>
+      <c r="S261" s="17">
+        <v>1</v>
+      </c>
+      <c r="T261" s="17">
+        <v>1</v>
+      </c>
+      <c r="U261" s="17">
+        <v>1</v>
+      </c>
+      <c r="V261" s="17">
+        <v>1</v>
+      </c>
+      <c r="W261" s="17">
+        <v>1</v>
+      </c>
+      <c r="X261" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y261" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ261" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="AK261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL261" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM261" s="17"/>
+      <c r="AN261" s="17"/>
+      <c r="AO261" s="12"/>
+      <c r="AP261" s="12"/>
+      <c r="AQ261" s="33"/>
+      <c r="AR261" s="33"/>
+      <c r="AS261" s="12"/>
+      <c r="AT261" s="12"/>
+      <c r="AU261" s="12"/>
+      <c r="AV261" s="12"/>
+      <c r="AW261" s="33"/>
+      <c r="AX261" s="33"/>
+      <c r="AY261" s="33"/>
+      <c r="AZ261" s="33"/>
+      <c r="BA261" s="33"/>
+    </row>
+    <row r="262" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K262" s="13">
+        <v>256</v>
+      </c>
+      <c r="L262" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M262" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="N262" s="17">
+        <v>0.50700000000000001</v>
+      </c>
+      <c r="O262" s="17">
+        <v>0.61199999999999999</v>
+      </c>
+      <c r="P262" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="Q262" s="17">
+        <v>0.60599999999999998</v>
+      </c>
+      <c r="R262" s="17">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="S262" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="T262" s="17">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="U262" s="17">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="V262" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="W262" s="17">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="X262" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="Y262" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="Z262" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="AA262" s="17">
+        <v>0.33800000000000002</v>
+      </c>
+      <c r="AB262" s="17">
+        <v>0.30299999999999999</v>
+      </c>
+      <c r="AC262" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="AD262" s="17">
+        <v>0.218</v>
+      </c>
+      <c r="AE262" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="AF262" s="17">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="AG262" s="17">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="AH262" s="17">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="AI262" s="17">
+        <v>0.14499999999999999</v>
+      </c>
+      <c r="AJ262" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AK262" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="AL262" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="AM262" s="17"/>
+      <c r="AN262" s="17"/>
+      <c r="AO262" s="12"/>
+      <c r="AP262" s="12"/>
+      <c r="AQ262" s="33"/>
+      <c r="AR262" s="33"/>
+      <c r="AS262" s="12"/>
+      <c r="AT262" s="12"/>
+      <c r="AU262" s="12"/>
+      <c r="AV262" s="12"/>
+      <c r="AW262" s="33"/>
+      <c r="AX262" s="33"/>
+      <c r="AY262" s="33"/>
+      <c r="AZ262" s="33"/>
+      <c r="BA262" s="33"/>
+    </row>
+    <row r="263" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K263" s="13">
+        <v>257</v>
+      </c>
+      <c r="M263" s="17"/>
+      <c r="N263" s="17"/>
+      <c r="O263" s="17"/>
+      <c r="P263" s="17"/>
+      <c r="Q263" s="17"/>
+      <c r="R263" s="17"/>
+      <c r="S263" s="17"/>
+      <c r="T263" s="17"/>
+      <c r="U263" s="17"/>
+      <c r="V263" s="17"/>
+      <c r="W263" s="17"/>
+      <c r="X263" s="17"/>
+      <c r="Y263" s="17"/>
+      <c r="Z263" s="17"/>
+      <c r="AA263" s="17"/>
+      <c r="AB263" s="17"/>
+      <c r="AC263" s="17"/>
+      <c r="AD263" s="17"/>
+      <c r="AE263" s="17"/>
+      <c r="AF263" s="17"/>
+      <c r="AG263" s="17"/>
+      <c r="AH263" s="17"/>
+      <c r="AI263" s="17"/>
+      <c r="AJ263" s="17"/>
+      <c r="AK263" s="17"/>
+      <c r="AL263" s="17"/>
+      <c r="AM263" s="17"/>
+      <c r="AN263" s="17"/>
+      <c r="AO263" s="12"/>
+      <c r="AP263" s="12"/>
+      <c r="AQ263" s="33"/>
+      <c r="AR263" s="33"/>
+      <c r="AS263" s="12"/>
+      <c r="AT263" s="12"/>
+      <c r="AU263" s="12"/>
+      <c r="AV263" s="12"/>
+      <c r="AW263" s="33"/>
+      <c r="AX263" s="33"/>
+      <c r="AY263" s="33"/>
+      <c r="AZ263" s="33"/>
+      <c r="BA263" s="33"/>
+    </row>
+    <row r="264" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K264" s="13">
+        <v>258</v>
+      </c>
+      <c r="L264" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="M264" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="N264" s="17">
+        <v>0.372</v>
+      </c>
+      <c r="O264" s="17">
+        <v>0.497</v>
+      </c>
+      <c r="P264" s="17">
+        <v>0.48199999999999998</v>
+      </c>
+      <c r="Q264" s="17">
+        <v>0.50600000000000001</v>
+      </c>
+      <c r="R264" s="17">
+        <v>0.47799999999999998</v>
+      </c>
+      <c r="S264" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="T264" s="17">
+        <v>0.45900000000000002</v>
+      </c>
+      <c r="U264" s="17">
+        <v>0.252</v>
+      </c>
+      <c r="V264" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="W264" s="17">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="X264" s="17">
+        <v>0.14499999999999999</v>
+      </c>
+      <c r="Y264" s="17">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="Z264" s="17">
+        <v>0.16</v>
+      </c>
+      <c r="AA264" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="AB264" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="AC264" s="18">
+        <v>0.123</v>
+      </c>
+      <c r="AD264" s="18">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AE264" s="18">
+        <v>7.8E-2</v>
+      </c>
+      <c r="AF264" s="18">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AG264" s="18">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="AH264" s="18">
+        <v>0.115</v>
+      </c>
+      <c r="AI264" s="18">
+        <v>0.11</v>
+      </c>
+      <c r="AJ264" s="18">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="AK264" s="18">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="AL264" s="18">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="AM264" s="18"/>
+      <c r="AN264" s="18"/>
+      <c r="AO264" s="12"/>
+      <c r="AP264" s="12"/>
+      <c r="AQ264" s="33"/>
+      <c r="AR264" s="33"/>
+      <c r="AS264" s="12"/>
+      <c r="AT264" s="12"/>
+      <c r="AU264" s="12"/>
+      <c r="AV264" s="12"/>
+      <c r="AW264" s="33"/>
+      <c r="AX264" s="33"/>
+      <c r="AY264" s="33"/>
+      <c r="AZ264" s="33"/>
+      <c r="BA264" s="33"/>
+    </row>
+    <row r="265" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K265" s="13">
+        <v>259</v>
+      </c>
+      <c r="L265" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="M265" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="N265" s="17">
+        <v>0.86299999999999999</v>
+      </c>
+      <c r="O265" s="17">
+        <v>0.89800000000000002</v>
+      </c>
+      <c r="P265" s="17">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="Q265" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="R265" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="S265" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="T265" s="17">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="U265" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="V265" s="17">
+        <v>0.76800000000000002</v>
+      </c>
+      <c r="W265" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="X265" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="Y265" s="17">
+        <v>0.60599999999999998</v>
+      </c>
+      <c r="Z265" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AA265" s="17">
+        <v>0.68500000000000005</v>
+      </c>
+      <c r="AB265" s="17">
+        <v>0.66900000000000004</v>
+      </c>
+      <c r="AC265" s="18">
+        <v>0.66100000000000003</v>
+      </c>
+      <c r="AD265" s="18">
+        <v>0.59799999999999998</v>
+      </c>
+      <c r="AE265" s="18">
+        <v>0.58099999999999996</v>
+      </c>
+      <c r="AF265" s="18">
+        <v>0.47599999999999998</v>
+      </c>
+      <c r="AG265" s="18">
+        <v>0.502</v>
+      </c>
+      <c r="AH265" s="18">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="AI265" s="18">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="AJ265" s="18">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="AK265" s="18">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="AL265" s="18">
+        <v>0.44</v>
+      </c>
+      <c r="AM265" s="18"/>
+      <c r="AN265" s="18"/>
+      <c r="AO265" s="12"/>
+      <c r="AP265" s="12"/>
+      <c r="AQ265" s="33"/>
+      <c r="AR265" s="33"/>
+      <c r="AS265" s="12"/>
+      <c r="AT265" s="12"/>
+      <c r="AU265" s="12"/>
+      <c r="AV265" s="12"/>
+      <c r="AW265" s="33"/>
+      <c r="AX265" s="33"/>
+      <c r="AY265" s="33"/>
+      <c r="AZ265" s="33"/>
+      <c r="BA265" s="33"/>
+    </row>
+    <row r="266" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K266" s="13">
+        <v>260</v>
+      </c>
+      <c r="L266" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="M266" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="N266" s="17">
+        <v>0.50700000000000001</v>
+      </c>
+      <c r="O266" s="17">
+        <v>0.61199999999999999</v>
+      </c>
+      <c r="P266" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="Q266" s="17">
+        <v>0.60599999999999998</v>
+      </c>
+      <c r="R266" s="17">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="S266" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="T266" s="17">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="U266" s="17">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="V266" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="W266" s="17">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="X266" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="Y266" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="Z266" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="AA266" s="17">
+        <v>0.33800000000000002</v>
+      </c>
+      <c r="AB266" s="17">
+        <v>0.30299999999999999</v>
+      </c>
+      <c r="AC266" s="18">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="AD266" s="18">
+        <v>0.223</v>
+      </c>
+      <c r="AE266" s="18">
+        <v>0.216</v>
+      </c>
+      <c r="AF266" s="18">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="AG266" s="18">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="AH266" s="18">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="AI266" s="18">
+        <v>0.14499999999999999</v>
+      </c>
+      <c r="AJ266" s="18">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AK266" s="18">
+        <v>0.156</v>
+      </c>
+      <c r="AL266" s="18">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="AM266" s="18"/>
+      <c r="AN266" s="18"/>
+      <c r="AO266" s="12"/>
+      <c r="AP266" s="12"/>
+      <c r="AQ266" s="33"/>
+      <c r="AR266" s="33"/>
+      <c r="AS266" s="12"/>
+      <c r="AT266" s="12"/>
+      <c r="AU266" s="12"/>
+      <c r="AV266" s="12"/>
+      <c r="AW266" s="33"/>
+      <c r="AX266" s="33"/>
+      <c r="AY266" s="33"/>
+      <c r="AZ266" s="33"/>
+      <c r="BA266" s="33"/>
+    </row>
+    <row r="267" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K267" s="13">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="268" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K268" s="13">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="269" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K269" s="13">
+        <v>263</v>
+      </c>
+      <c r="L269" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="M269" s="15"/>
+      <c r="N269" s="15"/>
+      <c r="O269" s="15"/>
+      <c r="P269" s="15"/>
+      <c r="Q269" s="15"/>
+      <c r="R269" s="15"/>
+      <c r="S269" s="15"/>
+      <c r="T269" s="15"/>
+      <c r="U269" s="15"/>
+      <c r="V269" s="15"/>
+      <c r="W269" s="15"/>
+      <c r="AO269" s="12"/>
+      <c r="AP269" s="12"/>
+      <c r="AQ269" s="33"/>
+      <c r="AR269" s="33"/>
+      <c r="AS269" s="12"/>
+      <c r="AT269" s="12"/>
+      <c r="AU269" s="12"/>
+      <c r="AV269" s="12"/>
+      <c r="AW269" s="33"/>
+      <c r="AX269" s="33"/>
+      <c r="AY269" s="33"/>
+      <c r="AZ269" s="33"/>
+      <c r="BA269" s="33"/>
+    </row>
+    <row r="270" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K270" s="13">
+        <v>264</v>
+      </c>
+      <c r="L270" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="M270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="O270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="R270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="S270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="T270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="U270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="V270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="W270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="X270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ270" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO270" s="12"/>
+      <c r="AP270" s="12"/>
+      <c r="AQ270" s="33"/>
+      <c r="AR270" s="33"/>
+      <c r="AS270" s="12"/>
+      <c r="AT270" s="12"/>
+      <c r="AU270" s="12"/>
+      <c r="AV270" s="12"/>
+      <c r="AW270" s="33"/>
+      <c r="AX270" s="33"/>
+      <c r="AY270" s="33"/>
+      <c r="AZ270" s="33"/>
+      <c r="BA270" s="33"/>
+    </row>
+    <row r="271" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K271" s="13">
+        <v>265</v>
+      </c>
+      <c r="L271" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="M271" s="17">
+        <v>1</v>
+      </c>
+      <c r="N271" s="17">
+        <v>1</v>
+      </c>
+      <c r="O271" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="P271" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q271" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="R271" s="17">
+        <v>1</v>
+      </c>
+      <c r="S271" s="17">
+        <v>1</v>
+      </c>
+      <c r="T271" s="17">
+        <v>1</v>
+      </c>
+      <c r="U271" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="V271" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="W271" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="X271" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="Y271" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Z271" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="AA271" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AB271" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AC271" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AD271" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AE271" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="AF271" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AG271" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AH271" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="AI271" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AJ271" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AK271" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AL271" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AM271" s="17"/>
+      <c r="AN271" s="17"/>
+      <c r="AO271" s="12"/>
+      <c r="AP271" s="12"/>
+      <c r="AQ271" s="33"/>
+      <c r="AR271" s="33"/>
+      <c r="AS271" s="12"/>
+      <c r="AT271" s="12"/>
+      <c r="AU271" s="12"/>
+      <c r="AV271" s="12"/>
+      <c r="AW271" s="33"/>
+      <c r="AX271" s="33"/>
+      <c r="AY271" s="33"/>
+      <c r="AZ271" s="33"/>
+      <c r="BA271" s="33"/>
+    </row>
+    <row r="272" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K272" s="13">
+        <v>266</v>
+      </c>
+      <c r="L272" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="M272" s="17">
+        <v>1</v>
+      </c>
+      <c r="N272" s="17">
+        <v>1</v>
+      </c>
+      <c r="O272" s="17">
+        <v>1</v>
+      </c>
+      <c r="P272" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q272" s="17">
+        <v>1</v>
+      </c>
+      <c r="R272" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="S272" s="17">
+        <v>1</v>
+      </c>
+      <c r="T272" s="17">
+        <v>1</v>
+      </c>
+      <c r="U272" s="17">
+        <v>1</v>
+      </c>
+      <c r="V272" s="17">
+        <v>1</v>
+      </c>
+      <c r="W272" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="X272" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Y272" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="Z272" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AA272" s="17">
+        <v>0.81299999999999994</v>
+      </c>
+      <c r="AB272" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AC272" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="AD272" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AE272" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="AF272" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AG272" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AH272" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AI272" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AJ272" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="AK272" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="AL272" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AM272" s="17"/>
+      <c r="AN272" s="17"/>
+      <c r="AO272" s="12"/>
+      <c r="AP272" s="12"/>
+      <c r="AQ272" s="33"/>
+      <c r="AR272" s="33"/>
+      <c r="AS272" s="12"/>
+      <c r="AT272" s="12"/>
+      <c r="AU272" s="12"/>
+      <c r="AV272" s="12"/>
+      <c r="AW272" s="33"/>
+      <c r="AX272" s="33"/>
+      <c r="AY272" s="33"/>
+      <c r="AZ272" s="33"/>
+      <c r="BA272" s="33"/>
+    </row>
+    <row r="273" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K273" s="13">
+        <v>267</v>
+      </c>
+      <c r="L273" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="M273" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="N273" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="O273" s="17">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="P273" s="17">
+        <v>0.66100000000000003</v>
+      </c>
+      <c r="Q273" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="R273" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="S273" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="T273" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="U273" s="17">
+        <v>0.61799999999999999</v>
+      </c>
+      <c r="V273" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="W273" s="17">
+        <v>0.627</v>
+      </c>
+      <c r="X273" s="17">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="Y273" s="17">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="Z273" s="17">
+        <v>0.63800000000000001</v>
+      </c>
+      <c r="AA273" s="17">
+        <v>0.70299999999999996</v>
+      </c>
+      <c r="AB273" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="AC273" s="17">
+        <v>0.71699999999999997</v>
+      </c>
+      <c r="AD273" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="AE273" s="17">
+        <v>0.63300000000000001</v>
+      </c>
+      <c r="AF273" s="17">
+        <v>0.432</v>
+      </c>
+      <c r="AG273" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AH273" s="17">
+        <v>0.621</v>
+      </c>
+      <c r="AI273" s="17">
+        <v>0.51400000000000001</v>
+      </c>
+      <c r="AJ273" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="AK273" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="AL273" s="17">
+        <v>0.873</v>
+      </c>
+      <c r="AM273" s="17"/>
+      <c r="AN273" s="17"/>
+      <c r="AO273" s="12"/>
+      <c r="AP273" s="12"/>
+      <c r="AQ273" s="33"/>
+      <c r="AR273" s="33"/>
+      <c r="AS273" s="12"/>
+      <c r="AT273" s="12"/>
+      <c r="AU273" s="12"/>
+      <c r="AV273" s="12"/>
+      <c r="AW273" s="33"/>
+      <c r="AX273" s="33"/>
+      <c r="AY273" s="33"/>
+      <c r="AZ273" s="33"/>
+      <c r="BA273" s="33"/>
+    </row>
+    <row r="274" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K274" s="13">
+        <v>268</v>
+      </c>
+      <c r="L274" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="M274" s="17">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="N274" s="17">
+        <v>0.373</v>
+      </c>
+      <c r="O274" s="17">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="P274" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="Q274" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="R274" s="17">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="S274" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="T274" s="17">
+        <v>0.20399999999999999</v>
+      </c>
+      <c r="U274" s="17">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="V274" s="17">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="W274" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="X274" s="17">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="Y274" s="17">
+        <v>9.9000000000000005E-2</v>
+      </c>
+      <c r="Z274" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="AA274" s="17">
+        <v>0.127</v>
+      </c>
+      <c r="AB274" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AC274" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="AD274" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AE274" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AF274" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AG274" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AH274" s="17">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="AI274" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AJ274" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AK274" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AL274" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AM274" s="17"/>
+      <c r="AN274" s="17"/>
+      <c r="AO274" s="12"/>
+      <c r="AP274" s="12"/>
+      <c r="AQ274" s="33"/>
+      <c r="AR274" s="33"/>
+      <c r="AS274" s="12"/>
+      <c r="AT274" s="12"/>
+      <c r="AU274" s="12"/>
+      <c r="AV274" s="12"/>
+      <c r="AW274" s="33"/>
+      <c r="AX274" s="33"/>
+      <c r="AY274" s="33"/>
+      <c r="AZ274" s="33"/>
+      <c r="BA274" s="33"/>
+    </row>
+    <row r="275" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K275" s="13">
+        <v>269</v>
+      </c>
+      <c r="L275" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="M275" s="17">
+        <v>1</v>
+      </c>
+      <c r="N275" s="17">
+        <v>1</v>
+      </c>
+      <c r="O275" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="P275" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q275" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="R275" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="S275" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="T275" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="U275" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="V275" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="W275" s="17">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="X275" s="17">
+        <v>0.19700000000000001</v>
+      </c>
+      <c r="Y275" s="17">
+        <v>0.55400000000000005</v>
+      </c>
+      <c r="Z275" s="17">
+        <v>0.80700000000000005</v>
+      </c>
+      <c r="AA275" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="AB275" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="AC275" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AD275" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AE275" s="17">
+        <v>0.46400000000000002</v>
+      </c>
+      <c r="AF275" s="17">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="AG275" s="17">
+        <v>0.61599999999999999</v>
+      </c>
+      <c r="AH275" s="17">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="AI275" s="17">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="AJ275" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AK275" s="17">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="AL275" s="17">
+        <v>0.372</v>
+      </c>
+      <c r="AM275" s="17"/>
+      <c r="AN275" s="17"/>
+      <c r="AO275" s="12"/>
+      <c r="AP275" s="12"/>
+      <c r="AQ275" s="33"/>
+      <c r="AR275" s="33"/>
+      <c r="AS275" s="12"/>
+      <c r="AT275" s="12"/>
+      <c r="AU275" s="12"/>
+      <c r="AV275" s="12"/>
+      <c r="AW275" s="33"/>
+      <c r="AX275" s="33"/>
+      <c r="AY275" s="33"/>
+      <c r="AZ275" s="33"/>
+      <c r="BA275" s="33"/>
+    </row>
+    <row r="276" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K276" s="13">
+        <v>270</v>
+      </c>
+      <c r="L276" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="M276" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="N276" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="O276" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="P276" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="Q276" s="17">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="R276" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="S276" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="T276" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="U276" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="V276" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="W276" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="X276" s="17">
+        <v>0.76300000000000001</v>
+      </c>
+      <c r="Y276" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="Z276" s="17">
+        <v>0.89</v>
+      </c>
+      <c r="AA276" s="17">
+        <v>0.879</v>
+      </c>
+      <c r="AB276" s="17">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="AC276" s="17">
+        <v>0.747</v>
+      </c>
+      <c r="AD276" s="17">
+        <v>0.64800000000000002</v>
+      </c>
+      <c r="AE276" s="17">
+        <v>0.46300000000000002</v>
+      </c>
+      <c r="AF276" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="AG276" s="17">
+        <v>0.626</v>
+      </c>
+      <c r="AH276" s="17">
+        <v>0.39200000000000002</v>
+      </c>
+      <c r="AI276" s="17">
+        <v>0.223</v>
+      </c>
+      <c r="AJ276" s="17">
+        <v>0.157</v>
+      </c>
+      <c r="AK276" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AL276" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="AM276" s="17"/>
+      <c r="AN276" s="17"/>
+      <c r="AO276" s="12"/>
+      <c r="AP276" s="12"/>
+      <c r="AQ276" s="33"/>
+      <c r="AR276" s="33"/>
+      <c r="AS276" s="12"/>
+      <c r="AT276" s="12"/>
+      <c r="AU276" s="12"/>
+      <c r="AV276" s="12"/>
+      <c r="AW276" s="33"/>
+      <c r="AX276" s="33"/>
+      <c r="AY276" s="33"/>
+      <c r="AZ276" s="33"/>
+      <c r="BA276" s="33"/>
+    </row>
+    <row r="277" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K277" s="13">
+        <v>271</v>
+      </c>
+      <c r="L277" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M277" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="N277" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="O277" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="P277" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="Q277" s="17">
+        <v>0</v>
+      </c>
+      <c r="R277" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="S277" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="T277" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="U277" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="V277" s="17">
+        <v>0</v>
+      </c>
+      <c r="W277" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="X277" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="Y277" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="Z277" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AA277" s="17">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="AB277" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AC277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG277" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AH277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL277" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM277" s="17"/>
+      <c r="AN277" s="17"/>
+      <c r="AO277" s="12"/>
+      <c r="AP277" s="12"/>
+      <c r="AQ277" s="33"/>
+      <c r="AR277" s="33"/>
+      <c r="AS277" s="12"/>
+      <c r="AT277" s="12"/>
+      <c r="AU277" s="12"/>
+      <c r="AV277" s="12"/>
+      <c r="AW277" s="33"/>
+      <c r="AX277" s="33"/>
+      <c r="AY277" s="33"/>
+      <c r="AZ277" s="33"/>
+      <c r="BA277" s="33"/>
+    </row>
+    <row r="278" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K278" s="13">
+        <v>272</v>
+      </c>
+      <c r="L278" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M278" s="17">
+        <v>1</v>
+      </c>
+      <c r="N278" s="17">
+        <v>1</v>
+      </c>
+      <c r="O278" s="17">
+        <v>1</v>
+      </c>
+      <c r="P278" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q278" s="17">
+        <v>1</v>
+      </c>
+      <c r="R278" s="17">
+        <v>1</v>
+      </c>
+      <c r="S278" s="17">
+        <v>1</v>
+      </c>
+      <c r="T278" s="17">
+        <v>1</v>
+      </c>
+      <c r="U278" s="17">
+        <v>1</v>
+      </c>
+      <c r="V278" s="17">
+        <v>1</v>
+      </c>
+      <c r="W278" s="17">
+        <v>1</v>
+      </c>
+      <c r="X278" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y278" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="Z278" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="AA278" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AB278" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AC278" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD278" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="AE278" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AF278" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AG278" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AH278" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AI278" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AJ278" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AK278" s="17">
+        <v>0.316</v>
+      </c>
+      <c r="AL278" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AM278" s="17"/>
+      <c r="AN278" s="17"/>
+      <c r="AO278" s="12"/>
+      <c r="AP278" s="12"/>
+      <c r="AQ278" s="33"/>
+      <c r="AR278" s="33"/>
+      <c r="AS278" s="12"/>
+      <c r="AT278" s="12"/>
+      <c r="AU278" s="12"/>
+      <c r="AV278" s="12"/>
+      <c r="AW278" s="33"/>
+      <c r="AX278" s="33"/>
+      <c r="AY278" s="33"/>
+      <c r="AZ278" s="33"/>
+      <c r="BA278" s="33"/>
+    </row>
+    <row r="279" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K279" s="13">
+        <v>273</v>
+      </c>
+      <c r="L279" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="M279" s="17">
+        <v>0</v>
+      </c>
+      <c r="N279" s="17">
+        <v>0</v>
+      </c>
+      <c r="O279" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="P279" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="Q279" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="R279" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="S279" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="T279" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="U279" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="V279" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="W279" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="X279" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="Y279" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Z279" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA279" s="17">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="AB279" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AC279" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AD279" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AE279" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AF279" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AG279" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AH279" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AI279" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AJ279" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK279" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AL279" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AM279" s="17"/>
+      <c r="AN279" s="17"/>
+      <c r="AO279" s="12"/>
+      <c r="AP279" s="12"/>
+      <c r="AQ279" s="33"/>
+      <c r="AR279" s="33"/>
+      <c r="AS279" s="12"/>
+      <c r="AT279" s="12"/>
+      <c r="AU279" s="12"/>
+      <c r="AV279" s="12"/>
+      <c r="AW279" s="33"/>
+      <c r="AX279" s="33"/>
+      <c r="AY279" s="33"/>
+      <c r="AZ279" s="33"/>
+      <c r="BA279" s="33"/>
+    </row>
+    <row r="280" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K280" s="13">
+        <v>274</v>
+      </c>
+      <c r="L280" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="M280" s="17">
+        <v>0.42599999999999999</v>
+      </c>
+      <c r="N280" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="O280" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="P280" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="Q280" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="R280" s="17">
+        <v>0.75700000000000001</v>
+      </c>
+      <c r="S280" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="T280" s="17">
+        <v>0.71899999999999997</v>
+      </c>
+      <c r="U280" s="17">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="V280" s="17">
+        <v>0.70299999999999996</v>
+      </c>
+      <c r="W280" s="17">
+        <v>0.58699999999999997</v>
+      </c>
+      <c r="X280" s="17">
+        <v>0.48099999999999998</v>
+      </c>
+      <c r="Y280" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="Z280" s="17">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="AA280" s="17">
+        <v>0.55800000000000005</v>
+      </c>
+      <c r="AB280" s="17">
+        <v>0.53700000000000003</v>
+      </c>
+      <c r="AC280" s="17">
+        <v>0.40600000000000003</v>
+      </c>
+      <c r="AD280" s="17">
+        <v>0.307</v>
+      </c>
+      <c r="AE280" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="AF280" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="AG280" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="AH280" s="17">
+        <v>0.51200000000000001</v>
+      </c>
+      <c r="AI280" s="17">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="AJ280" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="AK280" s="17">
+        <v>0.22800000000000001</v>
+      </c>
+      <c r="AL280" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="AM280" s="17"/>
+      <c r="AN280" s="17"/>
+      <c r="AO280" s="12"/>
+      <c r="AP280" s="12"/>
+      <c r="AQ280" s="33"/>
+      <c r="AR280" s="33"/>
+      <c r="AS280" s="12"/>
+      <c r="AT280" s="12"/>
+      <c r="AU280" s="12"/>
+      <c r="AV280" s="12"/>
+      <c r="AW280" s="33"/>
+      <c r="AX280" s="33"/>
+      <c r="AY280" s="33"/>
+      <c r="AZ280" s="33"/>
+      <c r="BA280" s="33"/>
+    </row>
+    <row r="281" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K281" s="13">
+        <v>275</v>
+      </c>
+      <c r="L281" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="M281" s="17">
+        <v>1</v>
+      </c>
+      <c r="N281" s="17">
+        <v>0</v>
+      </c>
+      <c r="O281" s="17">
+        <v>1</v>
+      </c>
+      <c r="P281" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q281" s="17">
+        <v>0</v>
+      </c>
+      <c r="R281" s="17">
+        <v>0</v>
+      </c>
+      <c r="S281" s="17">
+        <v>1</v>
+      </c>
+      <c r="T281" s="17">
+        <v>1</v>
+      </c>
+      <c r="U281" s="17">
+        <v>1</v>
+      </c>
+      <c r="V281" s="17">
+        <v>1</v>
+      </c>
+      <c r="W281" s="17">
+        <v>1</v>
+      </c>
+      <c r="X281" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y281" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z281" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AA281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC281" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI281" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL281" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM281" s="17"/>
+      <c r="AN281" s="17"/>
+      <c r="AO281" s="12"/>
+      <c r="AP281" s="12"/>
+      <c r="AQ281" s="33"/>
+      <c r="AR281" s="33"/>
+      <c r="AS281" s="12"/>
+      <c r="AT281" s="12"/>
+      <c r="AU281" s="12"/>
+      <c r="AV281" s="12"/>
+      <c r="AW281" s="33"/>
+      <c r="AX281" s="33"/>
+      <c r="AY281" s="33"/>
+      <c r="AZ281" s="33"/>
+      <c r="BA281" s="33"/>
+    </row>
+    <row r="282" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K282" s="13">
+        <v>276</v>
+      </c>
+      <c r="L282" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="M282" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="N282" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="O282" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="P282" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Q282" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="R282" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="S282" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="T282" s="17">
+        <v>1</v>
+      </c>
+      <c r="U282" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="V282" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="W282" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="X282" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="Y282" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Z282" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="AA282" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AB282" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AC282" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="AD282" s="17">
+        <v>0.60899999999999999</v>
+      </c>
+      <c r="AE282" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="AF282" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AG282" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="AH282" s="17">
+        <v>0.36</v>
+      </c>
+      <c r="AI282" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="AJ282" s="17">
+        <v>0.36699999999999999</v>
+      </c>
+      <c r="AK282" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="AL282" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AM282" s="17"/>
+      <c r="AN282" s="17"/>
+      <c r="AO282" s="12"/>
+      <c r="AP282" s="12"/>
+      <c r="AQ282" s="33"/>
+      <c r="AR282" s="33"/>
+      <c r="AS282" s="12"/>
+      <c r="AT282" s="12"/>
+      <c r="AU282" s="12"/>
+      <c r="AV282" s="12"/>
+      <c r="AW282" s="33"/>
+      <c r="AX282" s="33"/>
+      <c r="AY282" s="33"/>
+      <c r="AZ282" s="33"/>
+      <c r="BA282" s="33"/>
+    </row>
+    <row r="283" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K283" s="13">
+        <v>277</v>
+      </c>
+      <c r="L283" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="M283" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="N283" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="O283" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="P283" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Q283" s="17">
+        <v>0.89700000000000002</v>
+      </c>
+      <c r="R283" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="S283" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="T283" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="U283" s="17">
+        <v>0.68500000000000005</v>
+      </c>
+      <c r="V283" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="W283" s="17">
+        <v>0.65900000000000003</v>
+      </c>
+      <c r="X283" s="17">
+        <v>0.50700000000000001</v>
+      </c>
+      <c r="Y283" s="17">
+        <v>0.67200000000000004</v>
+      </c>
+      <c r="Z283" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="AA283" s="17">
+        <v>0.70099999999999996</v>
+      </c>
+      <c r="AB283" s="17">
+        <v>0.70199999999999996</v>
+      </c>
+      <c r="AC283" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="AD283" s="17">
+        <v>0.496</v>
+      </c>
+      <c r="AE283" s="17">
+        <v>0.48</v>
+      </c>
+      <c r="AF283" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="AG283" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="AH283" s="17">
+        <v>0.53100000000000003</v>
+      </c>
+      <c r="AI283" s="17">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="AJ283" s="17">
+        <v>0.108</v>
+      </c>
+      <c r="AK283" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AL283" s="17">
+        <v>7.3999999999999996E-2</v>
+      </c>
+      <c r="AM283" s="17"/>
+      <c r="AN283" s="17"/>
+      <c r="AO283" s="12"/>
+      <c r="AP283" s="12"/>
+      <c r="AQ283" s="33"/>
+      <c r="AR283" s="33"/>
+      <c r="AS283" s="12"/>
+      <c r="AT283" s="12"/>
+      <c r="AU283" s="12"/>
+      <c r="AV283" s="12"/>
+      <c r="AW283" s="33"/>
+      <c r="AX283" s="33"/>
+      <c r="AY283" s="33"/>
+      <c r="AZ283" s="33"/>
+      <c r="BA283" s="33"/>
+    </row>
+    <row r="284" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K284" s="13">
+        <v>278</v>
+      </c>
+      <c r="L284" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="M284" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="N284" s="17">
+        <v>0.58699999999999997</v>
+      </c>
+      <c r="O284" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="P284" s="17">
+        <v>0.86099999999999999</v>
+      </c>
+      <c r="Q284" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="R284" s="17">
+        <v>0.71099999999999997</v>
+      </c>
+      <c r="S284" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="T284" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="U284" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="V284" s="17">
+        <v>0.42</v>
+      </c>
+      <c r="W284" s="17">
+        <v>0.32300000000000001</v>
+      </c>
+      <c r="X284" s="17">
+        <v>0.20899999999999999</v>
+      </c>
+      <c r="Y284" s="17">
+        <v>0.25900000000000001</v>
+      </c>
+      <c r="Z284" s="17">
+        <v>0.34</v>
+      </c>
+      <c r="AA284" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="AB284" s="17">
+        <v>0.33900000000000002</v>
+      </c>
+      <c r="AC284" s="17">
+        <v>0.254</v>
+      </c>
+      <c r="AD284" s="17">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="AE284" s="17">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="AF284" s="17">
+        <v>0.25800000000000001</v>
+      </c>
+      <c r="AG284" s="17">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="AH284" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="AI284" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AJ284" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AK284" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AL284" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AM284" s="17"/>
+      <c r="AN284" s="17"/>
+      <c r="AO284" s="12"/>
+      <c r="AP284" s="12"/>
+      <c r="AQ284" s="33"/>
+      <c r="AR284" s="33"/>
+      <c r="AS284" s="12"/>
+      <c r="AT284" s="12"/>
+      <c r="AU284" s="12"/>
+      <c r="AV284" s="12"/>
+      <c r="AW284" s="33"/>
+      <c r="AX284" s="33"/>
+      <c r="AY284" s="33"/>
+      <c r="AZ284" s="33"/>
+      <c r="BA284" s="33"/>
+    </row>
+    <row r="285" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K285" s="13">
+        <v>279</v>
+      </c>
+      <c r="L285" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="M285" s="17">
+        <v>1</v>
+      </c>
+      <c r="N285" s="17">
+        <v>1</v>
+      </c>
+      <c r="O285" s="17">
+        <v>0</v>
+      </c>
+      <c r="P285" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q285" s="17">
+        <v>1</v>
+      </c>
+      <c r="R285" s="17">
+        <v>1</v>
+      </c>
+      <c r="S285" s="17">
+        <v>1</v>
+      </c>
+      <c r="T285" s="17">
+        <v>1</v>
+      </c>
+      <c r="U285" s="17">
+        <v>1</v>
+      </c>
+      <c r="V285" s="17">
+        <v>1</v>
+      </c>
+      <c r="W285" s="17">
+        <v>1</v>
+      </c>
+      <c r="X285" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y285" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB285" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AC285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ285" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AK285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL285" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM285" s="17"/>
+      <c r="AN285" s="17"/>
+      <c r="AO285" s="12"/>
+      <c r="AP285" s="12"/>
+      <c r="AQ285" s="33"/>
+      <c r="AR285" s="33"/>
+      <c r="AS285" s="12"/>
+      <c r="AT285" s="12"/>
+      <c r="AU285" s="12"/>
+      <c r="AV285" s="12"/>
+      <c r="AW285" s="33"/>
+      <c r="AX285" s="33"/>
+      <c r="AY285" s="33"/>
+      <c r="AZ285" s="33"/>
+      <c r="BA285" s="33"/>
+    </row>
+    <row r="286" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K286" s="13">
+        <v>280</v>
+      </c>
+      <c r="L286" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="M286" s="17">
+        <v>1</v>
+      </c>
+      <c r="N286" s="17">
+        <v>1</v>
+      </c>
+      <c r="O286" s="17">
+        <v>1</v>
+      </c>
+      <c r="P286" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Q286" s="17">
+        <v>1</v>
+      </c>
+      <c r="R286" s="17">
+        <v>1</v>
+      </c>
+      <c r="S286" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="T286" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="U286" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="V286" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="W286" s="17">
+        <v>1</v>
+      </c>
+      <c r="X286" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="Y286" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Z286" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA286" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AB286" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AC286" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="AD286" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="AE286" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AF286" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="AG286" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AH286" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AI286" s="17">
+        <v>0.26300000000000001</v>
+      </c>
+      <c r="AJ286" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AK286" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="AL286" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AM286" s="17"/>
+      <c r="AN286" s="17"/>
+      <c r="AO286" s="12"/>
+      <c r="AP286" s="12"/>
+      <c r="AQ286" s="33"/>
+      <c r="AR286" s="33"/>
+      <c r="AS286" s="12"/>
+      <c r="AT286" s="12"/>
+      <c r="AU286" s="12"/>
+      <c r="AV286" s="12"/>
+      <c r="AW286" s="33"/>
+      <c r="AX286" s="33"/>
+      <c r="AY286" s="33"/>
+      <c r="AZ286" s="33"/>
+      <c r="BA286" s="33"/>
+    </row>
+    <row r="287" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K287" s="13">
+        <v>281</v>
+      </c>
+      <c r="L287" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="M287" s="17">
+        <v>1</v>
+      </c>
+      <c r="N287" s="17">
+        <v>1</v>
+      </c>
+      <c r="O287" s="17">
+        <v>1</v>
+      </c>
+      <c r="P287" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q287" s="17">
+        <v>1</v>
+      </c>
+      <c r="R287" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="S287" s="17">
+        <v>1</v>
+      </c>
+      <c r="T287" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="U287" s="17">
+        <v>1</v>
+      </c>
+      <c r="V287" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="W287" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="X287" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="Y287" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z287" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA287" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB287" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="AC287" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="AD287" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AE287" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AF287" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AG287" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH287" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI287" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AJ287" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AK287" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AL287" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM287" s="17"/>
+      <c r="AN287" s="17"/>
+      <c r="AO287" s="12"/>
+      <c r="AP287" s="12"/>
+      <c r="AQ287" s="33"/>
+      <c r="AR287" s="33"/>
+      <c r="AS287" s="12"/>
+      <c r="AT287" s="12"/>
+      <c r="AU287" s="12"/>
+      <c r="AV287" s="12"/>
+      <c r="AW287" s="33"/>
+      <c r="AX287" s="33"/>
+      <c r="AY287" s="33"/>
+      <c r="AZ287" s="33"/>
+      <c r="BA287" s="33"/>
+    </row>
+    <row r="288" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K288" s="13">
+        <v>282</v>
+      </c>
+      <c r="L288" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M288" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="N288" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="O288" s="17">
+        <v>0.64900000000000002</v>
+      </c>
+      <c r="P288" s="17">
+        <v>0.45200000000000001</v>
+      </c>
+      <c r="Q288" s="17">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="R288" s="17">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="S288" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="T288" s="17">
+        <v>0.52</v>
+      </c>
+      <c r="U288" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="V288" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="W288" s="17">
+        <v>0.192</v>
+      </c>
+      <c r="X288" s="17">
+        <v>0.12</v>
+      </c>
+      <c r="Y288" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="Z288" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="AA288" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="AB288" s="17">
+        <v>0.18</v>
+      </c>
+      <c r="AC288" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AD288" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="AE288" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="AF288" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AG288" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="AH288" s="17">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="AI288" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="AJ288" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AK288" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AL288" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AM288" s="17"/>
+      <c r="AN288" s="17"/>
+      <c r="AO288" s="12"/>
+      <c r="AP288" s="12"/>
+      <c r="AQ288" s="33"/>
+      <c r="AR288" s="33"/>
+      <c r="AS288" s="12"/>
+      <c r="AT288" s="12"/>
+      <c r="AU288" s="12"/>
+      <c r="AV288" s="12"/>
+      <c r="AW288" s="33"/>
+      <c r="AX288" s="33"/>
+      <c r="AY288" s="33"/>
+      <c r="AZ288" s="33"/>
+      <c r="BA288" s="33"/>
+    </row>
+    <row r="289" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K289" s="13">
+        <v>283</v>
+      </c>
+      <c r="L289" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M289" s="17">
+        <v>1</v>
+      </c>
+      <c r="N289" s="17">
+        <v>1</v>
+      </c>
+      <c r="O289" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="P289" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q289" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="R289" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="S289" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="T289" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="U289" s="17">
+        <v>0.93799999999999994</v>
+      </c>
+      <c r="V289" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="W289" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="X289" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="Y289" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="Z289" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="AA289" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AB289" s="17">
+        <v>0.77200000000000002</v>
+      </c>
+      <c r="AC289" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AD289" s="17">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="AE289" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AF289" s="17">
+        <v>0.71099999999999997</v>
+      </c>
+      <c r="AG289" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="AH289" s="17">
+        <v>0.63300000000000001</v>
+      </c>
+      <c r="AI289" s="17">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="AJ289" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="AK289" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AL289" s="17">
+        <v>0.433</v>
+      </c>
+      <c r="AM289" s="17"/>
+      <c r="AN289" s="17"/>
+      <c r="AO289" s="12"/>
+      <c r="AP289" s="12"/>
+      <c r="AQ289" s="33"/>
+      <c r="AR289" s="33"/>
+      <c r="AS289" s="12"/>
+      <c r="AT289" s="12"/>
+      <c r="AU289" s="12"/>
+      <c r="AV289" s="12"/>
+      <c r="AW289" s="33"/>
+      <c r="AX289" s="33"/>
+      <c r="AY289" s="33"/>
+      <c r="AZ289" s="33"/>
+      <c r="BA289" s="33"/>
+    </row>
+    <row r="290" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K290" s="13">
+        <v>284</v>
+      </c>
+      <c r="L290" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="M290" s="17">
+        <v>0.61799999999999999</v>
+      </c>
+      <c r="N290" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="O290" s="17">
+        <v>0.85099999999999998</v>
+      </c>
+      <c r="P290" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="Q290" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="R290" s="17">
+        <v>0.69099999999999995</v>
+      </c>
+      <c r="S290" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="T290" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="U290" s="17">
+        <v>0.52800000000000002</v>
+      </c>
+      <c r="V290" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="W290" s="17">
+        <v>0.34</v>
+      </c>
+      <c r="X290" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="Y290" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="Z290" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="AA290" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="AB290" s="17">
+        <v>0.374</v>
+      </c>
+      <c r="AC290" s="17">
+        <v>0.218</v>
+      </c>
+      <c r="AD290" s="17">
+        <v>0.113</v>
+      </c>
+      <c r="AE290" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AF290" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="AG290" s="17">
+        <v>0.16200000000000001</v>
+      </c>
+      <c r="AH290" s="17">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="AI290" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AJ290" s="17">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="AK290" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AL290" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AM290" s="17"/>
+      <c r="AN290" s="17"/>
+      <c r="AO290" s="12"/>
+      <c r="AP290" s="12"/>
+      <c r="AQ290" s="33"/>
+      <c r="AR290" s="33"/>
+      <c r="AS290" s="12"/>
+      <c r="AT290" s="12"/>
+      <c r="AU290" s="12"/>
+      <c r="AV290" s="12"/>
+      <c r="AW290" s="33"/>
+      <c r="AX290" s="33"/>
+      <c r="AY290" s="33"/>
+      <c r="AZ290" s="33"/>
+      <c r="BA290" s="33"/>
+    </row>
+    <row r="291" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K291" s="13">
+        <v>285</v>
+      </c>
+      <c r="L291" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="M291" s="17">
+        <v>1</v>
+      </c>
+      <c r="N291" s="17">
+        <v>1</v>
+      </c>
+      <c r="O291" s="17">
+        <v>1</v>
+      </c>
+      <c r="P291" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q291" s="17">
+        <v>1</v>
+      </c>
+      <c r="R291" s="17">
+        <v>1</v>
+      </c>
+      <c r="S291" s="17">
+        <v>1</v>
+      </c>
+      <c r="T291" s="17">
+        <v>1</v>
+      </c>
+      <c r="U291" s="17">
+        <v>1</v>
+      </c>
+      <c r="V291" s="17">
+        <v>1</v>
+      </c>
+      <c r="W291" s="17">
+        <v>1</v>
+      </c>
+      <c r="X291" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y291" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG291" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL291" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM291" s="17"/>
+      <c r="AN291" s="17"/>
+      <c r="AO291" s="12"/>
+      <c r="AP291" s="12"/>
+      <c r="AQ291" s="33"/>
+      <c r="AR291" s="33"/>
+      <c r="AS291" s="12"/>
+      <c r="AT291" s="12"/>
+      <c r="AU291" s="12"/>
+      <c r="AV291" s="12"/>
+      <c r="AW291" s="33"/>
+      <c r="AX291" s="33"/>
+      <c r="AY291" s="33"/>
+      <c r="AZ291" s="33"/>
+      <c r="BA291" s="33"/>
+    </row>
+    <row r="292" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K292" s="13">
+        <v>286</v>
+      </c>
+      <c r="L292" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="M292" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="N292" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="O292" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="P292" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="Q292" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="R292" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="S292" s="17">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="T292" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="U292" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="V292" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="W292" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="X292" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="Y292" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Z292" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AA292" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AB292" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="AC292" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AD292" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AE292" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AF292" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AG292" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AH292" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AI292" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AJ292" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AK292" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AL292" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AM292" s="17"/>
+      <c r="AN292" s="17"/>
+      <c r="AO292" s="12"/>
+      <c r="AP292" s="12"/>
+      <c r="AQ292" s="33"/>
+      <c r="AR292" s="33"/>
+      <c r="AS292" s="12"/>
+      <c r="AT292" s="12"/>
+      <c r="AU292" s="12"/>
+      <c r="AV292" s="12"/>
+      <c r="AW292" s="33"/>
+      <c r="AX292" s="33"/>
+      <c r="AY292" s="33"/>
+      <c r="AZ292" s="33"/>
+      <c r="BA292" s="33"/>
+    </row>
+    <row r="293" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K293" s="13">
+        <v>287</v>
+      </c>
+      <c r="L293" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="M293" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="N293" s="17">
+        <v>1</v>
+      </c>
+      <c r="O293" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="P293" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Q293" s="17">
+        <v>1</v>
+      </c>
+      <c r="R293" s="17">
+        <v>1</v>
+      </c>
+      <c r="S293" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="T293" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="U293" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="V293" s="17">
+        <v>1</v>
+      </c>
+      <c r="W293" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="X293" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Y293" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Z293" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA293" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB293" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC293" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD293" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE293" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="AF293" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AG293" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AH293" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="AI293" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AJ293" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="AK293" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="AL293" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="AM293" s="17"/>
+      <c r="AN293" s="17"/>
+      <c r="AO293" s="12"/>
+      <c r="AP293" s="12"/>
+      <c r="AQ293" s="33"/>
+      <c r="AR293" s="33"/>
+      <c r="AS293" s="12"/>
+      <c r="AT293" s="12"/>
+      <c r="AU293" s="12"/>
+      <c r="AV293" s="12"/>
+      <c r="AW293" s="33"/>
+      <c r="AX293" s="33"/>
+      <c r="AY293" s="33"/>
+      <c r="AZ293" s="33"/>
+      <c r="BA293" s="33"/>
+    </row>
+    <row r="294" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K294" s="13">
+        <v>288</v>
+      </c>
+      <c r="L294" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M294" s="17">
+        <v>1</v>
+      </c>
+      <c r="N294" s="17">
+        <v>1</v>
+      </c>
+      <c r="O294" s="17">
+        <v>1</v>
+      </c>
+      <c r="P294" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Q294" s="17">
+        <v>1</v>
+      </c>
+      <c r="R294" s="17">
+        <v>1</v>
+      </c>
+      <c r="S294" s="17">
+        <v>1</v>
+      </c>
+      <c r="T294" s="17">
+        <v>1</v>
+      </c>
+      <c r="U294" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="V294" s="17">
+        <v>1</v>
+      </c>
+      <c r="W294" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="X294" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Y294" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="Z294" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AA294" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="AB294" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AC294" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AD294" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AE294" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AF294" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AG294" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AH294" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="AI294" s="17">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="AJ294" s="17">
+        <v>0.35499999999999998</v>
+      </c>
+      <c r="AK294" s="17">
+        <v>0.71899999999999997</v>
+      </c>
+      <c r="AL294" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="AM294" s="17"/>
+      <c r="AN294" s="17"/>
+      <c r="AO294" s="12"/>
+      <c r="AP294" s="12"/>
+      <c r="AQ294" s="33"/>
+      <c r="AR294" s="33"/>
+      <c r="AS294" s="12"/>
+      <c r="AT294" s="12"/>
+      <c r="AU294" s="12"/>
+      <c r="AV294" s="12"/>
+      <c r="AW294" s="33"/>
+      <c r="AX294" s="33"/>
+      <c r="AY294" s="33"/>
+      <c r="AZ294" s="33"/>
+      <c r="BA294" s="33"/>
+    </row>
+    <row r="295" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K295" s="13">
+        <v>289</v>
+      </c>
+      <c r="L295" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="M295" s="17">
+        <v>0.63400000000000001</v>
+      </c>
+      <c r="N295" s="17">
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="O295" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="P295" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Q295" s="17">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="R295" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="S295" s="17">
+        <v>0.89400000000000002</v>
+      </c>
+      <c r="T295" s="17">
+        <v>0.90200000000000002</v>
+      </c>
+      <c r="U295" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="V295" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="W295" s="17">
+        <v>0.66200000000000003</v>
+      </c>
+      <c r="X295" s="17">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="Y295" s="17">
+        <v>0.504</v>
+      </c>
+      <c r="Z295" s="17">
+        <v>0.78200000000000003</v>
+      </c>
+      <c r="AA295" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="AB295" s="17">
+        <v>0.81899999999999995</v>
+      </c>
+      <c r="AC295" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="AD295" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="AE295" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="AF295" s="17">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="AG295" s="17">
+        <v>0.624</v>
+      </c>
+      <c r="AH295" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="AI295" s="17">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="AJ295" s="17">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="AK295" s="17">
+        <v>0.38600000000000001</v>
+      </c>
+      <c r="AL295" s="17">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="AM295" s="17"/>
+      <c r="AN295" s="17"/>
+      <c r="AO295" s="12"/>
+      <c r="AP295" s="12"/>
+      <c r="AQ295" s="33"/>
+      <c r="AR295" s="33"/>
+      <c r="AS295" s="12"/>
+      <c r="AT295" s="12"/>
+      <c r="AU295" s="12"/>
+      <c r="AV295" s="12"/>
+      <c r="AW295" s="33"/>
+      <c r="AX295" s="33"/>
+      <c r="AY295" s="33"/>
+      <c r="AZ295" s="33"/>
+      <c r="BA295" s="33"/>
+    </row>
+    <row r="296" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K296" s="13">
+        <v>290</v>
+      </c>
+      <c r="L296" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="M296" s="17">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="N296" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="O296" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="P296" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q296" s="17">
+        <v>1</v>
+      </c>
+      <c r="R296" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="S296" s="17">
+        <v>0.97099999999999997</v>
+      </c>
+      <c r="T296" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="U296" s="17">
+        <v>0.56200000000000006</v>
+      </c>
+      <c r="V296" s="17">
+        <v>0.38200000000000001</v>
+      </c>
+      <c r="W296" s="17">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="X296" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="Y296" s="17">
+        <v>0.255</v>
+      </c>
+      <c r="Z296" s="17">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="AA296" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="AB296" s="17">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="AC296" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="AD296" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AE296" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="AF296" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="AG296" s="17">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="AH296" s="17">
+        <v>0.26300000000000001</v>
+      </c>
+      <c r="AI296" s="17">
+        <v>0.14099999999999999</v>
+      </c>
+      <c r="AJ296" s="17">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="AK296" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AL296" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AM296" s="17"/>
+      <c r="AN296" s="17"/>
+      <c r="AO296" s="12"/>
+      <c r="AP296" s="12"/>
+      <c r="AQ296" s="33"/>
+      <c r="AR296" s="33"/>
+      <c r="AS296" s="12"/>
+      <c r="AT296" s="12"/>
+      <c r="AU296" s="12"/>
+      <c r="AV296" s="12"/>
+      <c r="AW296" s="33"/>
+      <c r="AX296" s="33"/>
+      <c r="AY296" s="33"/>
+      <c r="AZ296" s="33"/>
+      <c r="BA296" s="33"/>
+    </row>
+    <row r="297" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K297" s="13">
+        <v>291</v>
+      </c>
+      <c r="L297" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="M297" s="17">
+        <v>0.65900000000000003</v>
+      </c>
+      <c r="N297" s="17">
+        <v>0.58699999999999997</v>
+      </c>
+      <c r="O297" s="17">
+        <v>0.70099999999999996</v>
+      </c>
+      <c r="P297" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="Q297" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="R297" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="S297" s="17">
+        <v>0.69699999999999995</v>
+      </c>
+      <c r="T297" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="U297" s="17">
+        <v>0.622</v>
+      </c>
+      <c r="V297" s="17">
+        <v>0.52800000000000002</v>
+      </c>
+      <c r="W297" s="17">
+        <v>0.377</v>
+      </c>
+      <c r="X297" s="17">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="Y297" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="Z297" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="AA297" s="17">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="AB297" s="17">
+        <v>0.46400000000000002</v>
+      </c>
+      <c r="AC297" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="AD297" s="17">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="AE297" s="17">
+        <v>0.217</v>
+      </c>
+      <c r="AF297" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="AG297" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="AH297" s="17">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="AI297" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AJ297" s="17">
+        <v>0.123</v>
+      </c>
+      <c r="AK297" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="AL297" s="17">
+        <v>0.40699999999999997</v>
+      </c>
+      <c r="AM297" s="17"/>
+      <c r="AN297" s="17"/>
+      <c r="AO297" s="12"/>
+      <c r="AP297" s="12"/>
+      <c r="AQ297" s="33"/>
+      <c r="AR297" s="33"/>
+      <c r="AS297" s="12"/>
+      <c r="AT297" s="12"/>
+      <c r="AU297" s="12"/>
+      <c r="AV297" s="12"/>
+      <c r="AW297" s="33"/>
+      <c r="AX297" s="33"/>
+      <c r="AY297" s="33"/>
+      <c r="AZ297" s="33"/>
+      <c r="BA297" s="33"/>
+    </row>
+    <row r="298" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K298" s="13">
+        <v>292</v>
+      </c>
+      <c r="L298" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M298" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="N298" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="O298" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="P298" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="Q298" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="R298" s="17">
+        <v>0.74199999999999999</v>
+      </c>
+      <c r="S298" s="17">
+        <v>0.58099999999999996</v>
+      </c>
+      <c r="T298" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="U298" s="17">
+        <v>0.62</v>
+      </c>
+      <c r="V298" s="17">
+        <v>0.68500000000000005</v>
+      </c>
+      <c r="W298" s="17">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="X298" s="17">
+        <v>0.59599999999999997</v>
+      </c>
+      <c r="Y298" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="Z298" s="17">
+        <v>0.86299999999999999</v>
+      </c>
+      <c r="AA298" s="17">
+        <v>0.78</v>
+      </c>
+      <c r="AB298" s="17">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="AC298" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AD298" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="AE298" s="17">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="AF298" s="17">
+        <v>0.51700000000000002</v>
+      </c>
+      <c r="AG298" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AH298" s="17">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="AI298" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="AJ298" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="AK298" s="17">
+        <v>0.27900000000000003</v>
+      </c>
+      <c r="AL298" s="17">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="AM298" s="17"/>
+      <c r="AN298" s="17"/>
+      <c r="AO298" s="12"/>
+      <c r="AP298" s="12"/>
+      <c r="AQ298" s="33"/>
+      <c r="AR298" s="33"/>
+      <c r="AS298" s="12"/>
+      <c r="AT298" s="12"/>
+      <c r="AU298" s="12"/>
+      <c r="AV298" s="12"/>
+      <c r="AW298" s="33"/>
+      <c r="AX298" s="33"/>
+      <c r="AY298" s="33"/>
+      <c r="AZ298" s="33"/>
+      <c r="BA298" s="33"/>
+    </row>
+    <row r="299" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K299" s="13">
+        <v>293</v>
+      </c>
+      <c r="L299" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="M299" s="17">
+        <v>1</v>
+      </c>
+      <c r="N299" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="O299" s="17">
+        <v>1</v>
+      </c>
+      <c r="P299" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q299" s="17">
+        <v>1</v>
+      </c>
+      <c r="R299" s="17">
+        <v>1</v>
+      </c>
+      <c r="S299" s="17">
+        <v>1</v>
+      </c>
+      <c r="T299" s="17">
+        <v>1</v>
+      </c>
+      <c r="U299" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="V299" s="17">
+        <v>1</v>
+      </c>
+      <c r="W299" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="X299" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y299" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z299" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AA299" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AB299" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="AC299" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AD299" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AE299" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AF299" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AG299" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AH299" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AI299" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AJ299" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AK299" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AL299" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AM299" s="17"/>
+      <c r="AN299" s="17"/>
+      <c r="AO299" s="12"/>
+      <c r="AP299" s="12"/>
+      <c r="AQ299" s="33"/>
+      <c r="AR299" s="33"/>
+      <c r="AS299" s="12"/>
+      <c r="AT299" s="12"/>
+      <c r="AU299" s="12"/>
+      <c r="AV299" s="12"/>
+      <c r="AW299" s="33"/>
+      <c r="AX299" s="33"/>
+      <c r="AY299" s="33"/>
+      <c r="AZ299" s="33"/>
+      <c r="BA299" s="33"/>
+    </row>
+    <row r="300" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K300" s="13">
+        <v>294</v>
+      </c>
+      <c r="L300" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M300" s="17">
+        <v>1</v>
+      </c>
+      <c r="N300" s="17">
+        <v>0</v>
+      </c>
+      <c r="O300" s="17">
+        <v>1</v>
+      </c>
+      <c r="P300" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q300" s="17">
+        <v>0</v>
+      </c>
+      <c r="R300" s="17">
+        <v>1</v>
+      </c>
+      <c r="S300" s="17">
+        <v>1</v>
+      </c>
+      <c r="T300" s="17">
+        <v>1</v>
+      </c>
+      <c r="U300" s="17">
+        <v>1</v>
+      </c>
+      <c r="V300" s="17">
+        <v>1</v>
+      </c>
+      <c r="W300" s="17">
+        <v>1</v>
+      </c>
+      <c r="X300" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y300" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z300" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG300" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL300" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM300" s="17"/>
+      <c r="AN300" s="17"/>
+      <c r="AO300" s="12"/>
+      <c r="AP300" s="12"/>
+      <c r="AQ300" s="33"/>
+      <c r="AR300" s="33"/>
+      <c r="AS300" s="12"/>
+      <c r="AT300" s="12"/>
+      <c r="AU300" s="12"/>
+      <c r="AV300" s="12"/>
+      <c r="AW300" s="33"/>
+      <c r="AX300" s="33"/>
+      <c r="AY300" s="33"/>
+      <c r="AZ300" s="33"/>
+      <c r="BA300" s="33"/>
+    </row>
+    <row r="301" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K301" s="13">
+        <v>295</v>
+      </c>
+      <c r="L301" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M301" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="N301" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="O301" s="17">
+        <v>0.44800000000000001</v>
+      </c>
+      <c r="P301" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Q301" s="17">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="R301" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="S301" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="T301" s="17">
+        <v>0.54300000000000004</v>
+      </c>
+      <c r="U301" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="V301" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="W301" s="17">
+        <v>0.27</v>
+      </c>
+      <c r="X301" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="Y301" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="Z301" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="AA301" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="AB301" s="17">
+        <v>0.16400000000000001</v>
+      </c>
+      <c r="AC301" s="17">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="AD301" s="17">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="AE301" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AF301" s="17">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="AG301" s="17">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="AH301" s="17">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="AI301" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AJ301" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AK301" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AL301" s="17">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="AM301" s="17"/>
+      <c r="AN301" s="17"/>
+      <c r="AO301" s="12"/>
+      <c r="AP301" s="12"/>
+      <c r="AQ301" s="33"/>
+      <c r="AR301" s="33"/>
+      <c r="AS301" s="12"/>
+      <c r="AT301" s="12"/>
+      <c r="AU301" s="12"/>
+      <c r="AV301" s="12"/>
+      <c r="AW301" s="33"/>
+      <c r="AX301" s="33"/>
+      <c r="AY301" s="33"/>
+      <c r="AZ301" s="33"/>
+      <c r="BA301" s="33"/>
+    </row>
+    <row r="302" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K302" s="13">
+        <v>296</v>
+      </c>
+      <c r="L302" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="M302" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="N302" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="O302" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="P302" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q302" s="17">
+        <v>1</v>
+      </c>
+      <c r="R302" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="S302" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="T302" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="U302" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="V302" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="W302" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="X302" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="Y302" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="Z302" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AA302" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AB302" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AC302" s="17">
+        <v>0.64700000000000002</v>
+      </c>
+      <c r="AD302" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="AE302" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="AF302" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AG302" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AH302" s="17">
+        <v>0.313</v>
+      </c>
+      <c r="AI302" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AJ302" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AK302" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AL302" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="AM302" s="17"/>
+      <c r="AN302" s="17"/>
+      <c r="AO302" s="12"/>
+      <c r="AP302" s="12"/>
+      <c r="AQ302" s="33"/>
+      <c r="AR302" s="33"/>
+      <c r="AS302" s="12"/>
+      <c r="AT302" s="12"/>
+      <c r="AU302" s="12"/>
+      <c r="AV302" s="12"/>
+      <c r="AW302" s="33"/>
+      <c r="AX302" s="33"/>
+      <c r="AY302" s="33"/>
+      <c r="AZ302" s="33"/>
+      <c r="BA302" s="33"/>
+    </row>
+    <row r="303" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K303" s="13">
+        <v>297</v>
+      </c>
+      <c r="L303" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="M303" s="17">
+        <v>0.57499999999999996</v>
+      </c>
+      <c r="N303" s="17">
+        <v>0.622</v>
+      </c>
+      <c r="O303" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="P303" s="17">
+        <v>0.79700000000000004</v>
+      </c>
+      <c r="Q303" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="R303" s="17">
+        <v>0.85899999999999999</v>
+      </c>
+      <c r="S303" s="17">
+        <v>0.77500000000000002</v>
+      </c>
+      <c r="T303" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="U303" s="17">
+        <v>0.43</v>
+      </c>
+      <c r="V303" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="W303" s="17">
+        <v>0.29699999999999999</v>
+      </c>
+      <c r="X303" s="17">
+        <v>0.246</v>
+      </c>
+      <c r="Y303" s="17">
+        <v>0.46400000000000002</v>
+      </c>
+      <c r="Z303" s="17">
+        <v>0.498</v>
+      </c>
+      <c r="AA303" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="AB303" s="17">
+        <v>0.60399999999999998</v>
+      </c>
+      <c r="AC303" s="17">
+        <v>0.44800000000000001</v>
+      </c>
+      <c r="AD303" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="AE303" s="17">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="AF303" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="AG303" s="17">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="AH303" s="17">
+        <v>0.42799999999999999</v>
+      </c>
+      <c r="AI303" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AJ303" s="17">
+        <v>0.20799999999999999</v>
+      </c>
+      <c r="AK303" s="17">
+        <v>0.159</v>
+      </c>
+      <c r="AL303" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="AM303" s="17"/>
+      <c r="AN303" s="17"/>
+      <c r="AO303" s="12"/>
+      <c r="AP303" s="12"/>
+      <c r="AQ303" s="33"/>
+      <c r="AR303" s="33"/>
+      <c r="AS303" s="12"/>
+      <c r="AT303" s="12"/>
+      <c r="AU303" s="12"/>
+      <c r="AV303" s="12"/>
+      <c r="AW303" s="33"/>
+      <c r="AX303" s="33"/>
+      <c r="AY303" s="33"/>
+      <c r="AZ303" s="33"/>
+      <c r="BA303" s="33"/>
+    </row>
+    <row r="304" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K304" s="13">
+        <v>298</v>
+      </c>
+      <c r="L304" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="M304" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="N304" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="O304" s="17">
+        <v>1</v>
+      </c>
+      <c r="P304" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q304" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="R304" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="S304" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="T304" s="17">
+        <v>1</v>
+      </c>
+      <c r="U304" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="V304" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="W304" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="X304" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="Y304" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="Z304" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AA304" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AB304" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AC304" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AD304" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="AE304" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AF304" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AG304" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AH304" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AI304" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AJ304" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AK304" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AL304" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AM304" s="17"/>
+      <c r="AN304" s="17"/>
+      <c r="AO304" s="12"/>
+      <c r="AP304" s="12"/>
+      <c r="AQ304" s="33"/>
+      <c r="AR304" s="33"/>
+      <c r="AS304" s="12"/>
+      <c r="AT304" s="12"/>
+      <c r="AU304" s="12"/>
+      <c r="AV304" s="12"/>
+      <c r="AW304" s="33"/>
+      <c r="AX304" s="33"/>
+      <c r="AY304" s="33"/>
+      <c r="AZ304" s="33"/>
+      <c r="BA304" s="33"/>
+    </row>
+    <row r="305" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K305" s="13">
+        <v>299</v>
+      </c>
+      <c r="L305" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="M305" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="N305" s="17">
+        <v>0.19700000000000001</v>
+      </c>
+      <c r="O305" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="P305" s="17">
+        <v>0.28299999999999997</v>
+      </c>
+      <c r="Q305" s="17">
+        <v>0.33900000000000002</v>
+      </c>
+      <c r="R305" s="17">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="S305" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="T305" s="17">
+        <v>0.23599999999999999</v>
+      </c>
+      <c r="U305" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="V305" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="W305" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="X305" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="Y305" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="Z305" s="17">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="AA305" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AB305" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AC305" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AD305" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AE305" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AF305" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AG305" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AH305" s="17">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="AI305" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AJ305" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AK305" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AL305" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AM305" s="17"/>
+      <c r="AN305" s="17"/>
+      <c r="AO305" s="12"/>
+      <c r="AP305" s="12"/>
+      <c r="AQ305" s="33"/>
+      <c r="AR305" s="33"/>
+      <c r="AS305" s="12"/>
+      <c r="AT305" s="12"/>
+      <c r="AU305" s="12"/>
+      <c r="AV305" s="12"/>
+      <c r="AW305" s="33"/>
+      <c r="AX305" s="33"/>
+      <c r="AY305" s="33"/>
+      <c r="AZ305" s="33"/>
+      <c r="BA305" s="33"/>
+    </row>
+    <row r="306" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K306" s="13">
+        <v>300</v>
+      </c>
+      <c r="L306" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="M306" s="17">
+        <v>0.27</v>
+      </c>
+      <c r="N306" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="O306" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="P306" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="Q306" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="R306" s="17">
+        <v>0.44600000000000001</v>
+      </c>
+      <c r="S306" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="T306" s="17">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="U306" s="17">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="V306" s="17">
+        <v>0.245</v>
+      </c>
+      <c r="W306" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="X306" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="Y306" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="Z306" s="17">
+        <v>0.107</v>
+      </c>
+      <c r="AA306" s="17">
+        <v>0.126</v>
+      </c>
+      <c r="AB306" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AC306" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AD306" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="AE306" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AF306" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AG306" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="AH306" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AI306" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AJ306" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AK306" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AL306" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AM306" s="17"/>
+      <c r="AN306" s="17"/>
+      <c r="AO306" s="12"/>
+      <c r="AP306" s="12"/>
+      <c r="AQ306" s="33"/>
+      <c r="AR306" s="33"/>
+      <c r="AS306" s="12"/>
+      <c r="AT306" s="12"/>
+      <c r="AU306" s="12"/>
+      <c r="AV306" s="12"/>
+      <c r="AW306" s="33"/>
+      <c r="AX306" s="33"/>
+      <c r="AY306" s="33"/>
+      <c r="AZ306" s="33"/>
+      <c r="BA306" s="33"/>
+    </row>
+    <row r="307" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K307" s="13">
+        <v>301</v>
+      </c>
+      <c r="L307" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="M307" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="N307" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="O307" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="P307" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="Q307" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="R307" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="S307" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="T307" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="U307" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="V307" s="17">
+        <v>0.74099999999999999</v>
+      </c>
+      <c r="W307" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="X307" s="17">
+        <v>0.746</v>
+      </c>
+      <c r="Y307" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="Z307" s="17">
+        <v>0.71199999999999997</v>
+      </c>
+      <c r="AA307" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AB307" s="17">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="AC307" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="AD307" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="AE307" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="AF307" s="17">
+        <v>0.64</v>
+      </c>
+      <c r="AG307" s="17">
+        <v>0.70099999999999996</v>
+      </c>
+      <c r="AH307" s="17">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="AI307" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="AJ307" s="17">
+        <v>0.377</v>
+      </c>
+      <c r="AK307" s="17">
+        <v>0.54400000000000004</v>
+      </c>
+      <c r="AL307" s="17">
+        <v>0.44800000000000001</v>
+      </c>
+      <c r="AM307" s="17"/>
+      <c r="AN307" s="17"/>
+      <c r="AO307" s="12"/>
+      <c r="AP307" s="12"/>
+      <c r="AQ307" s="33"/>
+      <c r="AR307" s="33"/>
+      <c r="AS307" s="12"/>
+      <c r="AT307" s="12"/>
+      <c r="AU307" s="12"/>
+      <c r="AV307" s="12"/>
+      <c r="AW307" s="33"/>
+      <c r="AX307" s="33"/>
+      <c r="AY307" s="33"/>
+      <c r="AZ307" s="33"/>
+      <c r="BA307" s="33"/>
+    </row>
+    <row r="308" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K308" s="13">
+        <v>302</v>
+      </c>
+      <c r="L308" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="M308" s="17">
+        <v>0</v>
+      </c>
+      <c r="N308" s="17">
+        <v>1</v>
+      </c>
+      <c r="O308" s="17">
+        <v>0</v>
+      </c>
+      <c r="P308" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q308" s="17">
+        <v>0</v>
+      </c>
+      <c r="R308" s="17">
+        <v>1</v>
+      </c>
+      <c r="S308" s="17">
+        <v>1</v>
+      </c>
+      <c r="T308" s="17">
+        <v>1</v>
+      </c>
+      <c r="U308" s="17">
+        <v>1</v>
+      </c>
+      <c r="V308" s="17">
+        <v>1</v>
+      </c>
+      <c r="W308" s="17">
+        <v>1</v>
+      </c>
+      <c r="X308" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y308" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z308" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA308" s="17">
+        <v>0</v>
+      </c>
+      <c r="AB308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF308" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH308" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK308" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL308" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM308" s="17"/>
+      <c r="AN308" s="17"/>
+      <c r="AO308" s="12"/>
+      <c r="AP308" s="12"/>
+      <c r="AQ308" s="33"/>
+      <c r="AR308" s="33"/>
+      <c r="AS308" s="12"/>
+      <c r="AT308" s="12"/>
+      <c r="AU308" s="12"/>
+      <c r="AV308" s="12"/>
+      <c r="AW308" s="33"/>
+      <c r="AX308" s="33"/>
+      <c r="AY308" s="33"/>
+      <c r="AZ308" s="33"/>
+      <c r="BA308" s="33"/>
+    </row>
+    <row r="309" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K309" s="13">
+        <v>303</v>
+      </c>
+      <c r="L309" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="M309" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="N309" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="O309" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="P309" s="17">
+        <v>0.80800000000000005</v>
+      </c>
+      <c r="Q309" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="R309" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="S309" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="T309" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="U309" s="17">
+        <v>0.60699999999999998</v>
+      </c>
+      <c r="V309" s="17">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="W309" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="X309" s="17">
+        <v>0.14599999999999999</v>
+      </c>
+      <c r="Y309" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="Z309" s="17">
+        <v>0.38900000000000001</v>
+      </c>
+      <c r="AA309" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="AB309" s="17">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="AC309" s="17">
+        <v>0.224</v>
+      </c>
+      <c r="AD309" s="17">
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="AE309" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AF309" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AG309" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AH309" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AI309" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AJ309" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AK309" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AL309" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AM309" s="17"/>
+      <c r="AN309" s="17"/>
+      <c r="AO309" s="12"/>
+      <c r="AP309" s="12"/>
+      <c r="AQ309" s="33"/>
+      <c r="AR309" s="33"/>
+      <c r="AS309" s="12"/>
+      <c r="AT309" s="12"/>
+      <c r="AU309" s="12"/>
+      <c r="AV309" s="12"/>
+      <c r="AW309" s="33"/>
+      <c r="AX309" s="33"/>
+      <c r="AY309" s="33"/>
+      <c r="AZ309" s="33"/>
+      <c r="BA309" s="33"/>
+    </row>
+    <row r="310" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K310" s="13">
+        <v>304</v>
+      </c>
+      <c r="L310" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="M310" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="N310" s="17">
+        <v>0.126</v>
+      </c>
+      <c r="O310" s="17">
+        <v>0.113</v>
+      </c>
+      <c r="P310" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="Q310" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="R310" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="S310" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="T310" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="U310" s="17">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="V310" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="W310" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="X310" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="Y310" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Z310" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AA310" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AB310" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AC310" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AD310" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE310" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AF310" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AG310" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AH310" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AI310" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AJ310" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AK310" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AL310" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AM310" s="17"/>
+      <c r="AN310" s="17"/>
+      <c r="AO310" s="12"/>
+      <c r="AP310" s="12"/>
+      <c r="AQ310" s="33"/>
+      <c r="AR310" s="33"/>
+      <c r="AS310" s="12"/>
+      <c r="AT310" s="12"/>
+      <c r="AU310" s="12"/>
+      <c r="AV310" s="12"/>
+      <c r="AW310" s="33"/>
+      <c r="AX310" s="33"/>
+      <c r="AY310" s="33"/>
+      <c r="AZ310" s="33"/>
+      <c r="BA310" s="33"/>
+    </row>
+    <row r="311" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K311" s="13">
+        <v>305</v>
+      </c>
+      <c r="L311" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="M311" s="17">
+        <v>1</v>
+      </c>
+      <c r="N311" s="17">
+        <v>1</v>
+      </c>
+      <c r="O311" s="17">
+        <v>1</v>
+      </c>
+      <c r="P311" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q311" s="17">
+        <v>1</v>
+      </c>
+      <c r="R311" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="S311" s="17">
+        <v>1</v>
+      </c>
+      <c r="T311" s="17">
+        <v>1</v>
+      </c>
+      <c r="U311" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="V311" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="W311" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="X311" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Y311" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Z311" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AA311" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AB311" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC311" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AD311" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AE311" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AF311" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AG311" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AH311" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AI311" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AJ311" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AK311" s="17">
+        <v>0.111</v>
+      </c>
+      <c r="AL311" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="AM311" s="17"/>
+      <c r="AN311" s="17"/>
+      <c r="AO311" s="12"/>
+      <c r="AP311" s="12"/>
+      <c r="AQ311" s="33"/>
+      <c r="AR311" s="33"/>
+      <c r="AS311" s="12"/>
+      <c r="AT311" s="12"/>
+      <c r="AU311" s="12"/>
+      <c r="AV311" s="12"/>
+      <c r="AW311" s="33"/>
+      <c r="AX311" s="33"/>
+      <c r="AY311" s="33"/>
+      <c r="AZ311" s="33"/>
+      <c r="BA311" s="33"/>
+    </row>
+    <row r="312" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K312" s="13">
+        <v>306</v>
+      </c>
+      <c r="L312" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="M312" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="N312" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="O312" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="P312" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Q312" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="R312" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="S312" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="T312" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="U312" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="V312" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="W312" s="17">
+        <v>0.316</v>
+      </c>
+      <c r="X312" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="Y312" s="17">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="Z312" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AA312" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="AB312" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="AC312" s="17">
+        <v>0.183</v>
+      </c>
+      <c r="AD312" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="AE312" s="17">
+        <v>8.8999999999999996E-2</v>
+      </c>
+      <c r="AF312" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AG312" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AH312" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="AI312" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AJ312" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AK312" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AL312" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AM312" s="17"/>
+      <c r="AN312" s="17"/>
+      <c r="AO312" s="12"/>
+      <c r="AP312" s="12"/>
+      <c r="AQ312" s="33"/>
+      <c r="AR312" s="33"/>
+      <c r="AS312" s="12"/>
+      <c r="AT312" s="12"/>
+      <c r="AU312" s="12"/>
+      <c r="AV312" s="12"/>
+      <c r="AW312" s="33"/>
+      <c r="AX312" s="33"/>
+      <c r="AY312" s="33"/>
+      <c r="AZ312" s="33"/>
+      <c r="BA312" s="33"/>
+    </row>
+    <row r="313" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K313" s="13">
+        <v>307</v>
+      </c>
+      <c r="L313" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="M313" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="N313" s="17">
+        <v>0.34100000000000003</v>
+      </c>
+      <c r="O313" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="P313" s="17">
+        <v>0.441</v>
+      </c>
+      <c r="Q313" s="17">
+        <v>0.51200000000000001</v>
+      </c>
+      <c r="R313" s="17">
+        <v>0.48599999999999999</v>
+      </c>
+      <c r="S313" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="T313" s="17">
+        <v>0.316</v>
+      </c>
+      <c r="U313" s="17">
+        <v>0.32400000000000001</v>
+      </c>
+      <c r="V313" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="W313" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="X313" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="Y313" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="Z313" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AA313" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="AB313" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="AC313" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AD313" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AE313" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AF313" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AG313" s="17">
+        <v>8.8999999999999996E-2</v>
+      </c>
+      <c r="AH313" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="AI313" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AJ313" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AK313" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AL313" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AM313" s="17"/>
+      <c r="AN313" s="17"/>
+      <c r="AO313" s="12"/>
+      <c r="AP313" s="12"/>
+      <c r="AQ313" s="33"/>
+      <c r="AR313" s="33"/>
+      <c r="AS313" s="12"/>
+      <c r="AT313" s="12"/>
+      <c r="AU313" s="12"/>
+      <c r="AV313" s="12"/>
+      <c r="AW313" s="33"/>
+      <c r="AX313" s="33"/>
+      <c r="AY313" s="33"/>
+      <c r="AZ313" s="33"/>
+      <c r="BA313" s="33"/>
+    </row>
+    <row r="314" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K314" s="13">
+        <v>308</v>
+      </c>
+      <c r="L314" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="M314" s="17">
+        <v>0</v>
+      </c>
+      <c r="N314" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="O314" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="P314" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="Q314" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="R314" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="S314" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="T314" s="17">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="U314" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="V314" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="W314" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="X314" s="17">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="Y314" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="Z314" s="17">
+        <v>0.122</v>
+      </c>
+      <c r="AA314" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AB314" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AC314" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AD314" s="17">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="AE314" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AF314" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AG314" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AH314" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AI314" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AJ314" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AK314" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AL314" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AM314" s="17"/>
+      <c r="AN314" s="17"/>
+      <c r="AO314" s="12"/>
+      <c r="AP314" s="12"/>
+      <c r="AQ314" s="33"/>
+      <c r="AR314" s="33"/>
+      <c r="AS314" s="12"/>
+      <c r="AT314" s="12"/>
+      <c r="AU314" s="12"/>
+      <c r="AV314" s="12"/>
+      <c r="AW314" s="33"/>
+      <c r="AX314" s="33"/>
+      <c r="AY314" s="33"/>
+      <c r="AZ314" s="33"/>
+      <c r="BA314" s="33"/>
+    </row>
+    <row r="315" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K315" s="13">
+        <v>309</v>
+      </c>
+      <c r="L315" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="M315" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="N315" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="O315" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="P315" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Q315" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="R315" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="S315" s="17">
+        <v>0.92200000000000004</v>
+      </c>
+      <c r="T315" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="U315" s="17">
+        <v>0.57499999999999996</v>
+      </c>
+      <c r="V315" s="17">
+        <v>0.752</v>
+      </c>
+      <c r="W315" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="X315" s="17">
+        <v>0.63700000000000001</v>
+      </c>
+      <c r="Y315" s="17">
+        <v>0.77700000000000002</v>
+      </c>
+      <c r="Z315" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="AA315" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="AB315" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="AC315" s="17">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="AD315" s="17">
+        <v>0.53100000000000003</v>
+      </c>
+      <c r="AE315" s="17">
+        <v>0.47899999999999998</v>
+      </c>
+      <c r="AF315" s="17">
+        <v>0.433</v>
+      </c>
+      <c r="AG315" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="AH315" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="AI315" s="17">
+        <v>0.628</v>
+      </c>
+      <c r="AJ315" s="17">
+        <v>0.52800000000000002</v>
+      </c>
+      <c r="AK315" s="17">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="AL315" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="AM315" s="17"/>
+      <c r="AN315" s="17"/>
+      <c r="AO315" s="12"/>
+      <c r="AP315" s="12"/>
+      <c r="AQ315" s="33"/>
+      <c r="AR315" s="33"/>
+      <c r="AS315" s="12"/>
+      <c r="AT315" s="12"/>
+      <c r="AU315" s="12"/>
+      <c r="AV315" s="12"/>
+      <c r="AW315" s="33"/>
+      <c r="AX315" s="33"/>
+      <c r="AY315" s="33"/>
+      <c r="AZ315" s="33"/>
+      <c r="BA315" s="33"/>
+    </row>
+    <row r="316" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K316" s="13">
+        <v>310</v>
+      </c>
+      <c r="L316" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M316" s="17">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="N316" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="O316" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="P316" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="Q316" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="R316" s="17">
+        <v>0.79300000000000004</v>
+      </c>
+      <c r="S316" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="T316" s="17">
+        <v>0.871</v>
+      </c>
+      <c r="U316" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="V316" s="17">
+        <v>0.91100000000000003</v>
+      </c>
+      <c r="W316" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="X316" s="17">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="Y316" s="17">
+        <v>0.81399999999999995</v>
+      </c>
+      <c r="Z316" s="17">
+        <v>0.76600000000000001</v>
+      </c>
+      <c r="AA316" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AB316" s="17">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="AC316" s="17">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="AD316" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AE316" s="17">
+        <v>0.69799999999999995</v>
+      </c>
+      <c r="AF316" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AG316" s="17">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="AH316" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AI316" s="17">
+        <v>8.8999999999999996E-2</v>
+      </c>
+      <c r="AJ316" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AK316" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AL316" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AM316" s="17"/>
+      <c r="AN316" s="17"/>
+      <c r="AO316" s="12"/>
+      <c r="AP316" s="12"/>
+      <c r="AQ316" s="33"/>
+      <c r="AR316" s="33"/>
+      <c r="AS316" s="12"/>
+      <c r="AT316" s="12"/>
+      <c r="AU316" s="12"/>
+      <c r="AV316" s="12"/>
+      <c r="AW316" s="33"/>
+      <c r="AX316" s="33"/>
+      <c r="AY316" s="33"/>
+      <c r="AZ316" s="33"/>
+      <c r="BA316" s="33"/>
+    </row>
+    <row r="317" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K317" s="13">
+        <v>311</v>
+      </c>
+      <c r="L317" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="M317" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="N317" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="O317" s="17">
+        <v>1</v>
+      </c>
+      <c r="P317" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="Q317" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="R317" s="17">
+        <v>0.73099999999999998</v>
+      </c>
+      <c r="S317" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="T317" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="U317" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="V317" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="W317" s="17">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="X317" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="Y317" s="17">
+        <v>0.61199999999999999</v>
+      </c>
+      <c r="Z317" s="17">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="AA317" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="AB317" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AC317" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="AD317" s="17">
+        <v>0.72299999999999998</v>
+      </c>
+      <c r="AE317" s="17">
+        <v>0.66300000000000003</v>
+      </c>
+      <c r="AF317" s="17">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="AG317" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AH317" s="17">
+        <v>0.73099999999999998</v>
+      </c>
+      <c r="AI317" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AJ317" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AK317" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AL317" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="AM317" s="17"/>
+      <c r="AN317" s="17"/>
+      <c r="AO317" s="12"/>
+      <c r="AP317" s="12"/>
+      <c r="AQ317" s="33"/>
+      <c r="AR317" s="33"/>
+      <c r="AS317" s="12"/>
+      <c r="AT317" s="12"/>
+      <c r="AU317" s="12"/>
+      <c r="AV317" s="12"/>
+      <c r="AW317" s="33"/>
+      <c r="AX317" s="33"/>
+      <c r="AY317" s="33"/>
+      <c r="AZ317" s="33"/>
+      <c r="BA317" s="33"/>
+    </row>
+    <row r="318" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K318" s="13">
+        <v>312</v>
+      </c>
+      <c r="L318" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="M318" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="N318" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="O318" s="17">
+        <v>1</v>
+      </c>
+      <c r="P318" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Q318" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="R318" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="S318" s="17">
+        <v>1</v>
+      </c>
+      <c r="T318" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="U318" s="17">
+        <v>1</v>
+      </c>
+      <c r="V318" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="W318" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="X318" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="Y318" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="Z318" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="AA318" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="AB318" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="AC318" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="AD318" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="AE318" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="AF318" s="17">
+        <v>0.46400000000000002</v>
+      </c>
+      <c r="AG318" s="17">
+        <v>0.61299999999999999</v>
+      </c>
+      <c r="AH318" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AI318" s="17">
+        <v>0.66400000000000003</v>
+      </c>
+      <c r="AJ318" s="17">
+        <v>0.72899999999999998</v>
+      </c>
+      <c r="AK318" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AL318" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AM318" s="17"/>
+      <c r="AN318" s="17"/>
+      <c r="AO318" s="12"/>
+      <c r="AP318" s="12"/>
+      <c r="AQ318" s="33"/>
+      <c r="AR318" s="33"/>
+      <c r="AS318" s="12"/>
+      <c r="AT318" s="12"/>
+      <c r="AU318" s="12"/>
+      <c r="AV318" s="12"/>
+      <c r="AW318" s="33"/>
+      <c r="AX318" s="33"/>
+      <c r="AY318" s="33"/>
+      <c r="AZ318" s="33"/>
+      <c r="BA318" s="33"/>
+    </row>
+    <row r="319" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K319" s="13">
+        <v>313</v>
+      </c>
+      <c r="L319" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="M319" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="N319" s="17">
+        <v>0.252</v>
+      </c>
+      <c r="O319" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="P319" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="Q319" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="R319" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="S319" s="17">
+        <v>0.32900000000000001</v>
+      </c>
+      <c r="T319" s="17">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="U319" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="V319" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="W319" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="X319" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="Y319" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="Z319" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="AA319" s="17">
+        <v>5.5E-2</v>
+      </c>
+      <c r="AB319" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AC319" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AD319" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AE319" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AF319" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AG319" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AH319" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AI319" s="17">
+        <v>0.44</v>
+      </c>
+      <c r="AJ319" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="AK319" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AL319" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AM319" s="17"/>
+      <c r="AN319" s="17"/>
+      <c r="AO319" s="12"/>
+      <c r="AP319" s="12"/>
+      <c r="AQ319" s="33"/>
+      <c r="AR319" s="33"/>
+      <c r="AS319" s="12"/>
+      <c r="AT319" s="12"/>
+      <c r="AU319" s="12"/>
+      <c r="AV319" s="12"/>
+      <c r="AW319" s="33"/>
+      <c r="AX319" s="33"/>
+      <c r="AY319" s="33"/>
+      <c r="AZ319" s="33"/>
+      <c r="BA319" s="33"/>
+    </row>
+    <row r="320" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K320" s="13">
+        <v>314</v>
+      </c>
+      <c r="L320" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="M320" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="N320" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="O320" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="P320" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="Q320" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="R320" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="S320" s="17">
+        <v>0.26300000000000001</v>
+      </c>
+      <c r="T320" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="U320" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="V320" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="W320" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="X320" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="Y320" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="Z320" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="AA320" s="17">
+        <v>0.12</v>
+      </c>
+      <c r="AB320" s="17">
+        <v>0.155</v>
+      </c>
+      <c r="AC320" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD320" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="AE320" s="17">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="AF320" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="AG320" s="17">
+        <v>0.127</v>
+      </c>
+      <c r="AH320" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="AI320" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="AJ320" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AK320" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AL320" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AM320" s="17"/>
+      <c r="AN320" s="17"/>
+      <c r="AO320" s="12"/>
+      <c r="AP320" s="12"/>
+      <c r="AQ320" s="33"/>
+      <c r="AR320" s="33"/>
+      <c r="AS320" s="12"/>
+      <c r="AT320" s="12"/>
+      <c r="AU320" s="12"/>
+      <c r="AV320" s="12"/>
+      <c r="AW320" s="33"/>
+      <c r="AX320" s="33"/>
+      <c r="AY320" s="33"/>
+      <c r="AZ320" s="33"/>
+      <c r="BA320" s="33"/>
+    </row>
+    <row r="321" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K321" s="13">
+        <v>315</v>
+      </c>
+      <c r="L321" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="M321" s="17">
+        <v>1</v>
+      </c>
+      <c r="N321" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="O321" s="17">
+        <v>1</v>
+      </c>
+      <c r="P321" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="Q321" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="R321" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="S321" s="17">
+        <v>1</v>
+      </c>
+      <c r="T321" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="U321" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="V321" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="W321" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="X321" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="Y321" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="Z321" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="AA321" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="AB321" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="AC321" s="17">
+        <v>0.83899999999999997</v>
+      </c>
+      <c r="AD321" s="17">
+        <v>0.60599999999999998</v>
+      </c>
+      <c r="AE321" s="17">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="AF321" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AG321" s="17">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="AH321" s="17">
+        <v>0.39300000000000002</v>
+      </c>
+      <c r="AI321" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AJ321" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AK321" s="17">
+        <v>0.49199999999999999</v>
+      </c>
+      <c r="AL321" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AM321" s="17"/>
+      <c r="AN321" s="17"/>
+      <c r="AO321" s="12"/>
+      <c r="AP321" s="12"/>
+      <c r="AQ321" s="33"/>
+      <c r="AR321" s="33"/>
+      <c r="AS321" s="12"/>
+      <c r="AT321" s="12"/>
+      <c r="AU321" s="12"/>
+      <c r="AV321" s="12"/>
+      <c r="AW321" s="33"/>
+      <c r="AX321" s="33"/>
+      <c r="AY321" s="33"/>
+      <c r="AZ321" s="33"/>
+      <c r="BA321" s="33"/>
+    </row>
+    <row r="322" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K322" s="13">
+        <v>316</v>
+      </c>
+      <c r="L322" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="M322" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="N322" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="O322" s="17">
+        <v>0.58099999999999996</v>
+      </c>
+      <c r="P322" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="Q322" s="17">
+        <v>0.35299999999999998</v>
+      </c>
+      <c r="R322" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="S322" s="17">
+        <v>0.40699999999999997</v>
+      </c>
+      <c r="T322" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="U322" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="V322" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="W322" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="X322" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="Y322" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="Z322" s="17">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="AA322" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="AB322" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AC322" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="AD322" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AE322" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AF322" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AG322" s="17">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="AH322" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="AI322" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AJ322" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AK322" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AL322" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AM322" s="17"/>
+      <c r="AN322" s="17"/>
+      <c r="AO322" s="12"/>
+      <c r="AP322" s="12"/>
+      <c r="AQ322" s="33"/>
+      <c r="AR322" s="33"/>
+      <c r="AS322" s="12"/>
+      <c r="AT322" s="12"/>
+      <c r="AU322" s="12"/>
+      <c r="AV322" s="12"/>
+      <c r="AW322" s="33"/>
+      <c r="AX322" s="33"/>
+      <c r="AY322" s="33"/>
+      <c r="AZ322" s="33"/>
+      <c r="BA322" s="33"/>
+    </row>
+    <row r="323" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K323" s="13">
+        <v>317</v>
+      </c>
+      <c r="L323" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="M323" s="17">
+        <v>0.39</v>
+      </c>
+      <c r="N323" s="17">
+        <v>0.443</v>
+      </c>
+      <c r="O323" s="17">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="P323" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="Q323" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="R323" s="17">
+        <v>0.496</v>
+      </c>
+      <c r="S323" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="T323" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="U323" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="V323" s="17">
+        <v>0.377</v>
+      </c>
+      <c r="W323" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="X323" s="17">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="Y323" s="17">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="Z323" s="17">
+        <v>0.24099999999999999</v>
+      </c>
+      <c r="AA323" s="17">
+        <v>0.245</v>
+      </c>
+      <c r="AB323" s="17">
+        <v>0.23400000000000001</v>
+      </c>
+      <c r="AC323" s="17">
+        <v>0.14000000000000001</v>
+      </c>
+      <c r="AD323" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AE323" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AF323" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="AG323" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AH323" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AI323" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AJ323" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AK323" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AL323" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM323" s="17"/>
+      <c r="AN323" s="17"/>
+      <c r="AO323" s="12"/>
+      <c r="AP323" s="12"/>
+      <c r="AQ323" s="33"/>
+      <c r="AR323" s="33"/>
+      <c r="AS323" s="12"/>
+      <c r="AT323" s="12"/>
+      <c r="AU323" s="12"/>
+      <c r="AV323" s="12"/>
+      <c r="AW323" s="33"/>
+      <c r="AX323" s="33"/>
+      <c r="AY323" s="33"/>
+      <c r="AZ323" s="33"/>
+      <c r="BA323" s="33"/>
+    </row>
+    <row r="324" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K324" s="13">
+        <v>318</v>
+      </c>
+      <c r="L324" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="M324" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="N324" s="17">
+        <v>1</v>
+      </c>
+      <c r="O324" s="17">
+        <v>1</v>
+      </c>
+      <c r="P324" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q324" s="17">
+        <v>1</v>
+      </c>
+      <c r="R324" s="17">
+        <v>1</v>
+      </c>
+      <c r="S324" s="17">
+        <v>1</v>
+      </c>
+      <c r="T324" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="U324" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="V324" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="W324" s="17">
+        <v>1</v>
+      </c>
+      <c r="X324" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="Y324" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="Z324" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AA324" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AB324" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AC324" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AD324" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="AE324" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AF324" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AG324" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="AH324" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AI324" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AJ324" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK324" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AL324" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AM324" s="17"/>
+      <c r="AN324" s="17"/>
+      <c r="AO324" s="12"/>
+      <c r="AP324" s="12"/>
+      <c r="AQ324" s="33"/>
+      <c r="AR324" s="33"/>
+      <c r="AS324" s="12"/>
+      <c r="AT324" s="12"/>
+      <c r="AU324" s="12"/>
+      <c r="AV324" s="12"/>
+      <c r="AW324" s="33"/>
+      <c r="AX324" s="33"/>
+      <c r="AY324" s="33"/>
+      <c r="AZ324" s="33"/>
+      <c r="BA324" s="33"/>
+    </row>
+    <row r="325" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K325" s="13">
+        <v>319</v>
+      </c>
+      <c r="L325" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="M325" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="N325" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="O325" s="17">
+        <v>1</v>
+      </c>
+      <c r="P325" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q325" s="17">
+        <v>1</v>
+      </c>
+      <c r="R325" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="S325" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="T325" s="17">
+        <v>1</v>
+      </c>
+      <c r="U325" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="V325" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="W325" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="X325" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="Y325" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Z325" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AA325" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AB325" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AC325" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AD325" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AE325" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AF325" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AG325" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AH325" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AI325" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AJ325" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AK325" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AL325" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AM325" s="17"/>
+      <c r="AN325" s="17"/>
+      <c r="AO325" s="12"/>
+      <c r="AP325" s="12"/>
+      <c r="AQ325" s="33"/>
+      <c r="AR325" s="33"/>
+      <c r="AS325" s="12"/>
+      <c r="AT325" s="12"/>
+      <c r="AU325" s="12"/>
+      <c r="AV325" s="12"/>
+      <c r="AW325" s="33"/>
+      <c r="AX325" s="33"/>
+      <c r="AY325" s="33"/>
+      <c r="AZ325" s="33"/>
+      <c r="BA325" s="33"/>
+    </row>
+    <row r="326" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K326" s="13">
+        <v>320</v>
+      </c>
+      <c r="L326" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="M326" s="17">
+        <v>1</v>
+      </c>
+      <c r="N326" s="17">
+        <v>1</v>
+      </c>
+      <c r="O326" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="P326" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q326" s="17">
+        <v>1</v>
+      </c>
+      <c r="R326" s="17">
+        <v>1</v>
+      </c>
+      <c r="S326" s="17">
+        <v>1</v>
+      </c>
+      <c r="T326" s="17">
+        <v>1</v>
+      </c>
+      <c r="U326" s="17">
+        <v>1</v>
+      </c>
+      <c r="V326" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="W326" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="X326" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Y326" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="Z326" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AA326" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AB326" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AC326" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AD326" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AE326" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AF326" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AG326" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH326" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AI326" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AJ326" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AK326" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AL326" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AM326" s="17"/>
+      <c r="AN326" s="17"/>
+      <c r="AO326" s="12"/>
+      <c r="AP326" s="12"/>
+      <c r="AQ326" s="33"/>
+      <c r="AR326" s="33"/>
+      <c r="AS326" s="12"/>
+      <c r="AT326" s="12"/>
+      <c r="AU326" s="12"/>
+      <c r="AV326" s="12"/>
+      <c r="AW326" s="33"/>
+      <c r="AX326" s="33"/>
+      <c r="AY326" s="33"/>
+      <c r="AZ326" s="33"/>
+      <c r="BA326" s="33"/>
+    </row>
+    <row r="327" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K327" s="13">
+        <v>321</v>
+      </c>
+      <c r="L327" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="M327" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="N327" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="O327" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="P327" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="Q327" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="R327" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="S327" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="T327" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="U327" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="V327" s="17">
+        <v>0</v>
+      </c>
+      <c r="W327" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="X327" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="Y327" s="17">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="Z327" s="17">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="AA327" s="17">
+        <v>0.43</v>
+      </c>
+      <c r="AB327" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="AC327" s="17">
+        <v>0.496</v>
+      </c>
+      <c r="AD327" s="17">
+        <v>0.36699999999999999</v>
+      </c>
+      <c r="AE327" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="AF327" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="AG327" s="17">
+        <v>0.33100000000000002</v>
+      </c>
+      <c r="AH327" s="17">
+        <v>0.372</v>
+      </c>
+      <c r="AI327" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="AJ327" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AK327" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AL327" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AM327" s="17"/>
+      <c r="AN327" s="17"/>
+      <c r="AO327" s="12"/>
+      <c r="AP327" s="12"/>
+      <c r="AQ327" s="33"/>
+      <c r="AR327" s="33"/>
+      <c r="AS327" s="12"/>
+      <c r="AT327" s="12"/>
+      <c r="AU327" s="12"/>
+      <c r="AV327" s="12"/>
+      <c r="AW327" s="33"/>
+      <c r="AX327" s="33"/>
+      <c r="AY327" s="33"/>
+      <c r="AZ327" s="33"/>
+      <c r="BA327" s="33"/>
+    </row>
+    <row r="328" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K328" s="13">
+        <v>322</v>
+      </c>
+      <c r="L328" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="M328" s="17">
+        <v>1</v>
+      </c>
+      <c r="N328" s="17">
+        <v>1</v>
+      </c>
+      <c r="O328" s="17">
+        <v>1</v>
+      </c>
+      <c r="P328" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Q328" s="17">
+        <v>1</v>
+      </c>
+      <c r="R328" s="17">
+        <v>1</v>
+      </c>
+      <c r="S328" s="17">
+        <v>1</v>
+      </c>
+      <c r="T328" s="17">
+        <v>1</v>
+      </c>
+      <c r="U328" s="17">
+        <v>1</v>
+      </c>
+      <c r="V328" s="17">
+        <v>1</v>
+      </c>
+      <c r="W328" s="17">
+        <v>1</v>
+      </c>
+      <c r="X328" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="Y328" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Z328" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AA328" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB328" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC328" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AD328" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE328" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF328" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG328" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AH328" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI328" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="AJ328" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK328" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AL328" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AM328" s="17"/>
+      <c r="AN328" s="17"/>
+      <c r="AO328" s="12"/>
+      <c r="AP328" s="12"/>
+      <c r="AQ328" s="33"/>
+      <c r="AR328" s="33"/>
+      <c r="AS328" s="12"/>
+      <c r="AT328" s="12"/>
+      <c r="AU328" s="12"/>
+      <c r="AV328" s="12"/>
+      <c r="AW328" s="33"/>
+      <c r="AX328" s="33"/>
+      <c r="AY328" s="33"/>
+      <c r="AZ328" s="33"/>
+      <c r="BA328" s="33"/>
+    </row>
+    <row r="329" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K329" s="13">
+        <v>323</v>
+      </c>
+      <c r="L329" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="M329" s="17">
+        <v>0</v>
+      </c>
+      <c r="N329" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="O329" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="P329" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="Q329" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="R329" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="S329" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="T329" s="17">
+        <v>0</v>
+      </c>
+      <c r="U329" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="V329" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="W329" s="17">
+        <v>0</v>
+      </c>
+      <c r="X329" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="Y329" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="Z329" s="17">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="AA329" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AB329" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AC329" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="AD329" s="17">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="AE329" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AF329" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AG329" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AH329" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI329" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="AJ329" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AK329" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AL329" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AM329" s="17"/>
+      <c r="AN329" s="17"/>
+      <c r="AO329" s="12"/>
+      <c r="AP329" s="12"/>
+      <c r="AQ329" s="33"/>
+      <c r="AR329" s="33"/>
+      <c r="AS329" s="12"/>
+      <c r="AT329" s="12"/>
+      <c r="AU329" s="12"/>
+      <c r="AV329" s="12"/>
+      <c r="AW329" s="33"/>
+      <c r="AX329" s="33"/>
+      <c r="AY329" s="33"/>
+      <c r="AZ329" s="33"/>
+      <c r="BA329" s="33"/>
+    </row>
+    <row r="330" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K330" s="13">
+        <v>324</v>
+      </c>
+      <c r="L330" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="M330" s="17">
+        <v>0</v>
+      </c>
+      <c r="N330" s="17">
+        <v>1</v>
+      </c>
+      <c r="O330" s="17">
+        <v>1</v>
+      </c>
+      <c r="P330" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q330" s="17">
+        <v>0</v>
+      </c>
+      <c r="R330" s="17">
+        <v>0</v>
+      </c>
+      <c r="S330" s="17">
+        <v>1</v>
+      </c>
+      <c r="T330" s="17">
+        <v>0</v>
+      </c>
+      <c r="U330" s="17">
+        <v>1</v>
+      </c>
+      <c r="V330" s="17">
+        <v>1</v>
+      </c>
+      <c r="W330" s="17">
+        <v>1</v>
+      </c>
+      <c r="X330" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="Y330" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD330" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH330" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL330" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM330" s="17"/>
+      <c r="AN330" s="17"/>
+      <c r="AO330" s="12"/>
+      <c r="AP330" s="12"/>
+      <c r="AQ330" s="33"/>
+      <c r="AR330" s="33"/>
+      <c r="AS330" s="12"/>
+      <c r="AT330" s="12"/>
+      <c r="AU330" s="12"/>
+      <c r="AV330" s="12"/>
+      <c r="AW330" s="33"/>
+      <c r="AX330" s="33"/>
+      <c r="AY330" s="33"/>
+      <c r="AZ330" s="33"/>
+      <c r="BA330" s="33"/>
+    </row>
+    <row r="331" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K331" s="13">
+        <v>325</v>
+      </c>
+      <c r="L331" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="M331" s="17">
+        <v>1</v>
+      </c>
+      <c r="N331" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="O331" s="17">
+        <v>1</v>
+      </c>
+      <c r="P331" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="Q331" s="17">
+        <v>1</v>
+      </c>
+      <c r="R331" s="17">
+        <v>0</v>
+      </c>
+      <c r="S331" s="17">
+        <v>1</v>
+      </c>
+      <c r="T331" s="17">
+        <v>1</v>
+      </c>
+      <c r="U331" s="17">
+        <v>0</v>
+      </c>
+      <c r="V331" s="17">
+        <v>0</v>
+      </c>
+      <c r="W331" s="17">
+        <v>0</v>
+      </c>
+      <c r="X331" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Y331" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z331" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AA331" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC331" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AD331" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AE331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL331" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM331" s="17"/>
+      <c r="AN331" s="17"/>
+      <c r="AO331" s="12"/>
+      <c r="AP331" s="12"/>
+      <c r="AQ331" s="33"/>
+      <c r="AR331" s="33"/>
+      <c r="AS331" s="12"/>
+      <c r="AT331" s="12"/>
+      <c r="AU331" s="12"/>
+      <c r="AV331" s="12"/>
+      <c r="AW331" s="33"/>
+      <c r="AX331" s="33"/>
+      <c r="AY331" s="33"/>
+      <c r="AZ331" s="33"/>
+      <c r="BA331" s="33"/>
+    </row>
+    <row r="332" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K332" s="13">
+        <v>326</v>
+      </c>
+      <c r="L332" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="M332" s="17">
+        <v>1</v>
+      </c>
+      <c r="N332" s="17">
+        <v>1</v>
+      </c>
+      <c r="O332" s="17">
+        <v>1</v>
+      </c>
+      <c r="P332" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q332" s="17">
+        <v>1</v>
+      </c>
+      <c r="R332" s="17">
+        <v>1</v>
+      </c>
+      <c r="S332" s="17">
+        <v>1</v>
+      </c>
+      <c r="T332" s="17">
+        <v>1</v>
+      </c>
+      <c r="U332" s="17">
+        <v>1</v>
+      </c>
+      <c r="V332" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="W332" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="X332" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="Y332" s="17">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="Z332" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="AA332" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="AB332" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="AC332" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AD332" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="AE332" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="AF332" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AG332" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AH332" s="17">
+        <v>0.61899999999999999</v>
+      </c>
+      <c r="AI332" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AJ332" s="17">
+        <v>0.37</v>
+      </c>
+      <c r="AK332" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AL332" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="AM332" s="17"/>
+      <c r="AN332" s="17"/>
+      <c r="AO332" s="12"/>
+      <c r="AP332" s="12"/>
+      <c r="AQ332" s="33"/>
+      <c r="AR332" s="33"/>
+      <c r="AS332" s="12"/>
+      <c r="AT332" s="12"/>
+      <c r="AU332" s="12"/>
+      <c r="AV332" s="12"/>
+      <c r="AW332" s="33"/>
+      <c r="AX332" s="33"/>
+      <c r="AY332" s="33"/>
+      <c r="AZ332" s="33"/>
+      <c r="BA332" s="33"/>
+    </row>
+    <row r="333" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K333" s="13">
+        <v>327</v>
+      </c>
+      <c r="L333" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="M333" s="17">
+        <v>1</v>
+      </c>
+      <c r="N333" s="17">
+        <v>1</v>
+      </c>
+      <c r="O333" s="17">
+        <v>1</v>
+      </c>
+      <c r="P333" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q333" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="R333" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="S333" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="T333" s="17">
+        <v>1</v>
+      </c>
+      <c r="U333" s="17">
+        <v>1</v>
+      </c>
+      <c r="V333" s="17">
+        <v>1</v>
+      </c>
+      <c r="W333" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="X333" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Y333" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="Z333" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AA333" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AB333" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AC333" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="AD333" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AE333" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AF333" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AG333" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AH333" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="AI333" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AJ333" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AK333" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="AL333" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AM333" s="17"/>
+      <c r="AN333" s="17"/>
+      <c r="AO333" s="12"/>
+      <c r="AP333" s="12"/>
+      <c r="AQ333" s="33"/>
+      <c r="AR333" s="33"/>
+      <c r="AS333" s="12"/>
+      <c r="AT333" s="12"/>
+      <c r="AU333" s="12"/>
+      <c r="AV333" s="12"/>
+      <c r="AW333" s="33"/>
+      <c r="AX333" s="33"/>
+      <c r="AY333" s="33"/>
+      <c r="AZ333" s="33"/>
+      <c r="BA333" s="33"/>
+    </row>
+    <row r="334" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K334" s="13">
+        <v>328</v>
+      </c>
+      <c r="L334" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="M334" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="N334" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="O334" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="P334" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Q334" s="17">
+        <v>0</v>
+      </c>
+      <c r="R334" s="17">
+        <v>0</v>
+      </c>
+      <c r="S334" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="T334" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="U334" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="V334" s="17">
+        <v>0</v>
+      </c>
+      <c r="W334" s="17">
+        <v>0</v>
+      </c>
+      <c r="X334" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Y334" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="Z334" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AA334" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AB334" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AC334" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="AD334" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AE334" s="17">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="AF334" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG334" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="AH334" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="AI334" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AJ334" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AK334" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AL334" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AM334" s="17"/>
+      <c r="AN334" s="17"/>
+      <c r="AO334" s="12"/>
+      <c r="AP334" s="12"/>
+      <c r="AQ334" s="33"/>
+      <c r="AR334" s="33"/>
+      <c r="AS334" s="12"/>
+      <c r="AT334" s="12"/>
+      <c r="AU334" s="12"/>
+      <c r="AV334" s="12"/>
+      <c r="AW334" s="33"/>
+      <c r="AX334" s="33"/>
+      <c r="AY334" s="33"/>
+      <c r="AZ334" s="33"/>
+      <c r="BA334" s="33"/>
+    </row>
+    <row r="335" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K335" s="13">
+        <v>329</v>
+      </c>
+      <c r="L335" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="M335" s="17">
+        <v>1</v>
+      </c>
+      <c r="N335" s="17">
+        <v>1</v>
+      </c>
+      <c r="O335" s="17">
+        <v>1</v>
+      </c>
+      <c r="P335" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q335" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="R335" s="17">
+        <v>1</v>
+      </c>
+      <c r="S335" s="17">
+        <v>0</v>
+      </c>
+      <c r="T335" s="17">
+        <v>1</v>
+      </c>
+      <c r="U335" s="17">
+        <v>1</v>
+      </c>
+      <c r="V335" s="17">
+        <v>1</v>
+      </c>
+      <c r="W335" s="17">
+        <v>1</v>
+      </c>
+      <c r="X335" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="Y335" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z335" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AA335" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AB335" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AC335" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AD335" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE335" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF335" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AG335" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH335" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AI335" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AJ335" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AK335" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AL335" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AM335" s="17"/>
+      <c r="AN335" s="17"/>
+      <c r="AO335" s="12"/>
+      <c r="AP335" s="12"/>
+      <c r="AQ335" s="33"/>
+      <c r="AR335" s="33"/>
+      <c r="AS335" s="12"/>
+      <c r="AT335" s="12"/>
+      <c r="AU335" s="12"/>
+      <c r="AV335" s="12"/>
+      <c r="AW335" s="33"/>
+      <c r="AX335" s="33"/>
+      <c r="AY335" s="33"/>
+      <c r="AZ335" s="33"/>
+      <c r="BA335" s="33"/>
+    </row>
+    <row r="336" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K336" s="13">
+        <v>330</v>
+      </c>
+      <c r="L336" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="M336" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="N336" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="O336" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="P336" s="17">
+        <v>0.70599999999999996</v>
+      </c>
+      <c r="Q336" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="R336" s="17">
+        <v>0.48399999999999999</v>
+      </c>
+      <c r="S336" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="T336" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="U336" s="17">
+        <v>0.20599999999999999</v>
+      </c>
+      <c r="V336" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="W336" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="X336" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="Y336" s="17">
+        <v>0.151</v>
+      </c>
+      <c r="Z336" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="AA336" s="17">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="AB336" s="17">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="AC336" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AD336" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AE336" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AF336" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AG336" s="17">
+        <v>0.185</v>
+      </c>
+      <c r="AH336" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AI336" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AJ336" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AK336" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AL336" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="AM336" s="17"/>
+      <c r="AN336" s="17"/>
+      <c r="AO336" s="12"/>
+      <c r="AP336" s="12"/>
+      <c r="AQ336" s="33"/>
+      <c r="AR336" s="33"/>
+      <c r="AS336" s="12"/>
+      <c r="AT336" s="12"/>
+      <c r="AU336" s="12"/>
+      <c r="AV336" s="12"/>
+      <c r="AW336" s="33"/>
+      <c r="AX336" s="33"/>
+      <c r="AY336" s="33"/>
+      <c r="AZ336" s="33"/>
+      <c r="BA336" s="33"/>
+    </row>
+    <row r="337" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K337" s="13">
+        <v>331</v>
+      </c>
+      <c r="L337" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M337" s="17">
+        <v>1</v>
+      </c>
+      <c r="N337" s="17">
+        <v>1</v>
+      </c>
+      <c r="O337" s="17">
+        <v>1</v>
+      </c>
+      <c r="P337" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q337" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="R337" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="S337" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="T337" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="U337" s="17">
+        <v>1</v>
+      </c>
+      <c r="V337" s="17">
+        <v>1</v>
+      </c>
+      <c r="W337" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="X337" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="Y337" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="Z337" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA337" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AB337" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AC337" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AD337" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="AE337" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AF337" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AG337" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="AH337" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AI337" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AJ337" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AK337" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AL337" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AM337" s="17"/>
+      <c r="AN337" s="17"/>
+      <c r="AO337" s="12"/>
+      <c r="AP337" s="12"/>
+      <c r="AQ337" s="33"/>
+      <c r="AR337" s="33"/>
+      <c r="AS337" s="12"/>
+      <c r="AT337" s="12"/>
+      <c r="AU337" s="12"/>
+      <c r="AV337" s="12"/>
+      <c r="AW337" s="33"/>
+      <c r="AX337" s="33"/>
+      <c r="AY337" s="33"/>
+      <c r="AZ337" s="33"/>
+      <c r="BA337" s="33"/>
+    </row>
+    <row r="338" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K338" s="13">
+        <v>332</v>
+      </c>
+      <c r="L338" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="M338" s="17">
+        <v>0</v>
+      </c>
+      <c r="N338" s="17">
+        <v>1</v>
+      </c>
+      <c r="O338" s="17">
+        <v>1</v>
+      </c>
+      <c r="P338" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q338" s="17">
+        <v>1</v>
+      </c>
+      <c r="R338" s="17">
+        <v>1</v>
+      </c>
+      <c r="S338" s="17">
+        <v>1</v>
+      </c>
+      <c r="T338" s="17">
+        <v>1</v>
+      </c>
+      <c r="U338" s="17">
+        <v>1</v>
+      </c>
+      <c r="V338" s="17">
+        <v>1</v>
+      </c>
+      <c r="W338" s="17">
+        <v>1</v>
+      </c>
+      <c r="X338" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y338" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="Z338" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA338" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AB338" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC338" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD338" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AE338" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AF338" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AG338" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH338" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AI338" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ338" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK338" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL338" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM338" s="17"/>
+      <c r="AN338" s="17"/>
+      <c r="AO338" s="12"/>
+      <c r="AP338" s="12"/>
+      <c r="AQ338" s="33"/>
+      <c r="AR338" s="33"/>
+      <c r="AS338" s="12"/>
+      <c r="AT338" s="12"/>
+      <c r="AU338" s="12"/>
+      <c r="AV338" s="12"/>
+      <c r="AW338" s="33"/>
+      <c r="AX338" s="33"/>
+      <c r="AY338" s="33"/>
+      <c r="AZ338" s="33"/>
+      <c r="BA338" s="33"/>
+    </row>
+    <row r="339" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K339" s="13">
+        <v>333</v>
+      </c>
+      <c r="L339" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M339" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="N339" s="17">
+        <v>1</v>
+      </c>
+      <c r="O339" s="17">
+        <v>1</v>
+      </c>
+      <c r="P339" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="Q339" s="17">
+        <v>1</v>
+      </c>
+      <c r="R339" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="S339" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="T339" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="U339" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="V339" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="W339" s="17">
+        <v>1</v>
+      </c>
+      <c r="X339" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="Y339" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="Z339" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AA339" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AB339" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="AC339" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AD339" s="17">
+        <v>0.67700000000000005</v>
+      </c>
+      <c r="AE339" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="AF339" s="17">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="AG339" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="AH339" s="17">
+        <v>0.44</v>
+      </c>
+      <c r="AI339" s="17">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="AJ339" s="17">
+        <v>0.27600000000000002</v>
+      </c>
+      <c r="AK339" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="AL339" s="17">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="AM339" s="17"/>
+      <c r="AN339" s="17"/>
+      <c r="AO339" s="12"/>
+      <c r="AP339" s="12"/>
+      <c r="AQ339" s="33"/>
+      <c r="AR339" s="33"/>
+      <c r="AS339" s="12"/>
+      <c r="AT339" s="12"/>
+      <c r="AU339" s="12"/>
+      <c r="AV339" s="12"/>
+      <c r="AW339" s="33"/>
+      <c r="AX339" s="33"/>
+      <c r="AY339" s="33"/>
+      <c r="AZ339" s="33"/>
+      <c r="BA339" s="33"/>
+    </row>
+    <row r="340" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K340" s="13">
+        <v>334</v>
+      </c>
+      <c r="L340" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M340" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="N340" s="17">
+        <v>0.81200000000000006</v>
+      </c>
+      <c r="O340" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="P340" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Q340" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="R340" s="17">
+        <v>0.48299999999999998</v>
+      </c>
+      <c r="S340" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="T340" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="U340" s="17">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="V340" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="W340" s="17">
+        <v>0.152</v>
+      </c>
+      <c r="X340" s="17">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="Y340" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="Z340" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="AA340" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AB340" s="17">
+        <v>0.59</v>
+      </c>
+      <c r="AC340" s="17">
+        <v>0.441</v>
+      </c>
+      <c r="AD340" s="17">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="AE340" s="17">
+        <v>0.32400000000000001</v>
+      </c>
+      <c r="AF340" s="17">
+        <v>0.378</v>
+      </c>
+      <c r="AG340" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AH340" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="AI340" s="17">
+        <v>0.12</v>
+      </c>
+      <c r="AJ340" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AK340" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL340" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM340" s="17"/>
+      <c r="AN340" s="17"/>
+      <c r="AO340" s="12"/>
+      <c r="AP340" s="12"/>
+      <c r="AQ340" s="33"/>
+      <c r="AR340" s="33"/>
+      <c r="AS340" s="12"/>
+      <c r="AT340" s="12"/>
+      <c r="AU340" s="12"/>
+      <c r="AV340" s="12"/>
+      <c r="AW340" s="33"/>
+      <c r="AX340" s="33"/>
+      <c r="AY340" s="33"/>
+      <c r="AZ340" s="33"/>
+      <c r="BA340" s="33"/>
+    </row>
+    <row r="341" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K341" s="13">
+        <v>335</v>
+      </c>
+      <c r="L341" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M341" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="N341" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="O341" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="P341" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="Q341" s="17">
+        <v>1</v>
+      </c>
+      <c r="R341" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="S341" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="T341" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="U341" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="V341" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="W341" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="X341" s="17">
+        <v>0.629</v>
+      </c>
+      <c r="Y341" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="Z341" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="AA341" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="AB341" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="AC341" s="17">
+        <v>0.63400000000000001</v>
+      </c>
+      <c r="AD341" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="AE341" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="AF341" s="17">
+        <v>0.78</v>
+      </c>
+      <c r="AG341" s="17">
+        <v>0.65400000000000003</v>
+      </c>
+      <c r="AH341" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="AI341" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AJ341" s="17">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="AK341" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="AL341" s="17">
+        <v>0.52100000000000002</v>
+      </c>
+      <c r="AM341" s="17"/>
+      <c r="AN341" s="17"/>
+      <c r="AO341" s="12"/>
+      <c r="AP341" s="12"/>
+      <c r="AQ341" s="33"/>
+      <c r="AR341" s="33"/>
+      <c r="AS341" s="12"/>
+      <c r="AT341" s="12"/>
+      <c r="AU341" s="12"/>
+      <c r="AV341" s="12"/>
+      <c r="AW341" s="33"/>
+      <c r="AX341" s="33"/>
+      <c r="AY341" s="33"/>
+      <c r="AZ341" s="33"/>
+      <c r="BA341" s="33"/>
+    </row>
+    <row r="342" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K342" s="13">
+        <v>336</v>
+      </c>
+      <c r="L342" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="M342" s="17">
+        <v>0</v>
+      </c>
+      <c r="N342" s="17">
+        <v>0</v>
+      </c>
+      <c r="O342" s="17">
+        <v>1</v>
+      </c>
+      <c r="P342" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q342" s="17">
+        <v>0</v>
+      </c>
+      <c r="R342" s="17">
+        <v>0</v>
+      </c>
+      <c r="S342" s="17">
+        <v>0</v>
+      </c>
+      <c r="T342" s="17">
+        <v>1</v>
+      </c>
+      <c r="U342" s="17">
+        <v>1</v>
+      </c>
+      <c r="V342" s="17">
+        <v>1</v>
+      </c>
+      <c r="W342" s="17">
+        <v>0</v>
+      </c>
+      <c r="X342" s="17">
+        <v>0</v>
+      </c>
+      <c r="Y342" s="17">
+        <v>0</v>
+      </c>
+      <c r="Z342" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA342" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB342" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AE342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AF342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH342" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK342" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL342" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM342" s="17"/>
+      <c r="AN342" s="17"/>
+      <c r="AO342" s="12"/>
+      <c r="AP342" s="12"/>
+      <c r="AQ342" s="33"/>
+      <c r="AR342" s="33"/>
+      <c r="AS342" s="12"/>
+      <c r="AT342" s="12"/>
+      <c r="AU342" s="12"/>
+      <c r="AV342" s="12"/>
+      <c r="AW342" s="33"/>
+      <c r="AX342" s="33"/>
+      <c r="AY342" s="33"/>
+      <c r="AZ342" s="33"/>
+      <c r="BA342" s="33"/>
+    </row>
+    <row r="343" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K343" s="13">
+        <v>337</v>
+      </c>
+      <c r="L343" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M343" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="N343" s="17">
+        <v>0.19700000000000001</v>
+      </c>
+      <c r="O343" s="17">
+        <v>0.246</v>
+      </c>
+      <c r="P343" s="17">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="Q343" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="R343" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="S343" s="17">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="T343" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="U343" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="V343" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="W343" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="X343" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="Y343" s="17">
+        <v>7.1999999999999995E-2</v>
+      </c>
+      <c r="Z343" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="AA343" s="17">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="AB343" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AC343" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AD343" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AE343" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AF343" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AG343" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AH343" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AI343" s="17">
+        <v>5.5E-2</v>
+      </c>
+      <c r="AJ343" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AK343" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AL343" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AM343" s="17"/>
+      <c r="AN343" s="17"/>
+      <c r="AO343" s="12"/>
+      <c r="AP343" s="12"/>
+      <c r="AQ343" s="33"/>
+      <c r="AR343" s="33"/>
+      <c r="AS343" s="12"/>
+      <c r="AT343" s="12"/>
+      <c r="AU343" s="12"/>
+      <c r="AV343" s="12"/>
+      <c r="AW343" s="33"/>
+      <c r="AX343" s="33"/>
+      <c r="AY343" s="33"/>
+      <c r="AZ343" s="33"/>
+      <c r="BA343" s="33"/>
+    </row>
+    <row r="344" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K344" s="13">
+        <v>338</v>
+      </c>
+      <c r="L344" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M344" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="N344" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="O344" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="P344" s="17">
+        <v>0.73099999999999998</v>
+      </c>
+      <c r="Q344" s="17">
+        <v>0.56899999999999995</v>
+      </c>
+      <c r="R344" s="17">
+        <v>0.72899999999999998</v>
+      </c>
+      <c r="S344" s="17">
+        <v>0.51100000000000001</v>
+      </c>
+      <c r="T344" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="U344" s="17">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="V344" s="17">
+        <v>0.27</v>
+      </c>
+      <c r="W344" s="17">
+        <v>0.19600000000000001</v>
+      </c>
+      <c r="X344" s="17">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="Y344" s="17">
+        <v>0.40600000000000003</v>
+      </c>
+      <c r="Z344" s="17">
+        <v>0.55700000000000005</v>
+      </c>
+      <c r="AA344" s="17">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="AB344" s="17">
+        <v>0.59199999999999997</v>
+      </c>
+      <c r="AC344" s="17">
+        <v>0.53200000000000003</v>
+      </c>
+      <c r="AD344" s="17">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="AE344" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="AF344" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="AG344" s="17">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="AH344" s="17">
+        <v>0.46300000000000002</v>
+      </c>
+      <c r="AI344" s="17">
+        <v>0.25900000000000001</v>
+      </c>
+      <c r="AJ344" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="AK344" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AL344" s="17">
+        <v>0.32300000000000001</v>
+      </c>
+      <c r="AM344" s="17"/>
+      <c r="AN344" s="17"/>
+      <c r="AO344" s="12"/>
+      <c r="AP344" s="12"/>
+      <c r="AQ344" s="33"/>
+      <c r="AR344" s="33"/>
+      <c r="AS344" s="12"/>
+      <c r="AT344" s="12"/>
+      <c r="AU344" s="12"/>
+      <c r="AV344" s="12"/>
+      <c r="AW344" s="33"/>
+      <c r="AX344" s="33"/>
+      <c r="AY344" s="33"/>
+      <c r="AZ344" s="33"/>
+      <c r="BA344" s="33"/>
+    </row>
+    <row r="345" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K345" s="13">
+        <v>339</v>
+      </c>
+      <c r="L345" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M345" s="17">
+        <v>0.42099999999999999</v>
+      </c>
+      <c r="N345" s="17">
+        <v>0.52600000000000002</v>
+      </c>
+      <c r="O345" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="P345" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="Q345" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="R345" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="S345" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="T345" s="17">
+        <v>0.52600000000000002</v>
+      </c>
+      <c r="U345" s="17">
+        <v>0.65300000000000002</v>
+      </c>
+      <c r="V345" s="17">
+        <v>0.61699999999999999</v>
+      </c>
+      <c r="W345" s="17">
+        <v>0.61699999999999999</v>
+      </c>
+      <c r="X345" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="Y345" s="17">
+        <v>0.47599999999999998</v>
+      </c>
+      <c r="Z345" s="17">
+        <v>0.51700000000000002</v>
+      </c>
+      <c r="AA345" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="AB345" s="17">
+        <v>0.66300000000000003</v>
+      </c>
+      <c r="AC345" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="AD345" s="17">
+        <v>0.55700000000000005</v>
+      </c>
+      <c r="AE345" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AF345" s="17">
+        <v>0.42899999999999999</v>
+      </c>
+      <c r="AG345" s="17">
+        <v>0.39500000000000002</v>
+      </c>
+      <c r="AH345" s="17">
+        <v>0.20200000000000001</v>
+      </c>
+      <c r="AI345" s="17">
+        <v>0.14799999999999999</v>
+      </c>
+      <c r="AJ345" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="AK345" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="AL345" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AM345" s="17"/>
+      <c r="AN345" s="17"/>
+      <c r="AO345" s="12"/>
+      <c r="AP345" s="12"/>
+      <c r="AQ345" s="33"/>
+      <c r="AR345" s="33"/>
+      <c r="AS345" s="12"/>
+      <c r="AT345" s="12"/>
+      <c r="AU345" s="12"/>
+      <c r="AV345" s="12"/>
+      <c r="AW345" s="33"/>
+      <c r="AX345" s="33"/>
+      <c r="AY345" s="33"/>
+      <c r="AZ345" s="33"/>
+      <c r="BA345" s="33"/>
+    </row>
+    <row r="346" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K346" s="13">
+        <v>340</v>
+      </c>
+      <c r="L346" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M346" s="17">
+        <v>0.41199999999999998</v>
+      </c>
+      <c r="N346" s="17">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="O346" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="P346" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="Q346" s="17">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="R346" s="17">
+        <v>0.57499999999999996</v>
+      </c>
+      <c r="S346" s="17">
+        <v>0.82199999999999995</v>
+      </c>
+      <c r="T346" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="U346" s="17">
+        <v>0.44500000000000001</v>
+      </c>
+      <c r="V346" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="W346" s="17">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="X346" s="17">
+        <v>0.60899999999999999</v>
+      </c>
+      <c r="Y346" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="Z346" s="17">
+        <v>0.66600000000000004</v>
+      </c>
+      <c r="AA346" s="17">
+        <v>0.63700000000000001</v>
+      </c>
+      <c r="AB346" s="17">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="AC346" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="AD346" s="17">
+        <v>0.42</v>
+      </c>
+      <c r="AE346" s="17">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="AF346" s="17">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="AG346" s="17">
+        <v>0.61499999999999999</v>
+      </c>
+      <c r="AH346" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="AI346" s="17">
+        <v>0.65700000000000003</v>
+      </c>
+      <c r="AJ346" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="AK346" s="17">
+        <v>0.32200000000000001</v>
+      </c>
+      <c r="AL346" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="AM346" s="17"/>
+      <c r="AN346" s="17"/>
+      <c r="AO346" s="12"/>
+      <c r="AP346" s="12"/>
+      <c r="AQ346" s="33"/>
+      <c r="AR346" s="33"/>
+      <c r="AS346" s="12"/>
+      <c r="AT346" s="12"/>
+      <c r="AU346" s="12"/>
+      <c r="AV346" s="12"/>
+      <c r="AW346" s="33"/>
+      <c r="AX346" s="33"/>
+      <c r="AY346" s="33"/>
+      <c r="AZ346" s="33"/>
+      <c r="BA346" s="33"/>
+    </row>
+    <row r="347" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K347" s="13">
+        <v>341</v>
+      </c>
+      <c r="L347" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M347" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="N347" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="O347" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="P347" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="Q347" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="R347" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="S347" s="17">
+        <v>0</v>
+      </c>
+      <c r="T347" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="U347" s="17">
+        <v>0</v>
+      </c>
+      <c r="V347" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="W347" s="17">
+        <v>0</v>
+      </c>
+      <c r="X347" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="Y347" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="Z347" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="AA347" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AB347" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AC347" s="17">
+        <v>0</v>
+      </c>
+      <c r="AD347" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AE347" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="AF347" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AG347" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AH347" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AI347" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AJ347" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AK347" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AL347" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AM347" s="17"/>
+      <c r="AN347" s="17"/>
+      <c r="AO347" s="12"/>
+      <c r="AP347" s="12"/>
+      <c r="AQ347" s="33"/>
+      <c r="AR347" s="33"/>
+      <c r="AS347" s="12"/>
+      <c r="AT347" s="12"/>
+      <c r="AU347" s="12"/>
+      <c r="AV347" s="12"/>
+      <c r="AW347" s="33"/>
+      <c r="AX347" s="33"/>
+      <c r="AY347" s="33"/>
+      <c r="AZ347" s="33"/>
+      <c r="BA347" s="33"/>
+    </row>
+    <row r="348" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K348" s="13">
+        <v>342</v>
+      </c>
+      <c r="L348" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M348" s="17">
+        <v>0.53700000000000003</v>
+      </c>
+      <c r="N348" s="17">
+        <v>0.57799999999999996</v>
+      </c>
+      <c r="O348" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="P348" s="17">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="Q348" s="17">
+        <v>0.67400000000000004</v>
+      </c>
+      <c r="R348" s="17">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="S348" s="17">
+        <v>0.64400000000000002</v>
+      </c>
+      <c r="T348" s="17">
+        <v>0.52100000000000002</v>
+      </c>
+      <c r="U348" s="17">
+        <v>0.38200000000000001</v>
+      </c>
+      <c r="V348" s="17">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="W348" s="17">
+        <v>0.159</v>
+      </c>
+      <c r="X348" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="Y348" s="17">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="Z348" s="17">
+        <v>0.191</v>
+      </c>
+      <c r="AA348" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="AB348" s="17">
+        <v>0.184</v>
+      </c>
+      <c r="AC348" s="17">
+        <v>0.192</v>
+      </c>
+      <c r="AD348" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="AE348" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AF348" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AG348" s="17">
+        <v>5.5E-2</v>
+      </c>
+      <c r="AH348" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AI348" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="AJ348" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AK348" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="AL348" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AM348" s="17"/>
+      <c r="AN348" s="17"/>
+      <c r="AO348" s="12"/>
+      <c r="AP348" s="12"/>
+      <c r="AQ348" s="33"/>
+      <c r="AR348" s="33"/>
+      <c r="AS348" s="12"/>
+      <c r="AT348" s="12"/>
+      <c r="AU348" s="12"/>
+      <c r="AV348" s="12"/>
+      <c r="AW348" s="33"/>
+      <c r="AX348" s="33"/>
+      <c r="AY348" s="33"/>
+      <c r="AZ348" s="33"/>
+      <c r="BA348" s="33"/>
+    </row>
+    <row r="349" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K349" s="13">
+        <v>343</v>
+      </c>
+      <c r="L349" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M349" s="17">
+        <v>0</v>
+      </c>
+      <c r="N349" s="17">
+        <v>1</v>
+      </c>
+      <c r="O349" s="17">
+        <v>1</v>
+      </c>
+      <c r="P349" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q349" s="17">
+        <v>1</v>
+      </c>
+      <c r="R349" s="17">
+        <v>1</v>
+      </c>
+      <c r="S349" s="17">
+        <v>0</v>
+      </c>
+      <c r="T349" s="17">
+        <v>1</v>
+      </c>
+      <c r="U349" s="17">
+        <v>1</v>
+      </c>
+      <c r="V349" s="17">
+        <v>1</v>
+      </c>
+      <c r="W349" s="17">
+        <v>1</v>
+      </c>
+      <c r="X349" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y349" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z349" s="17">
+        <v>0</v>
+      </c>
+      <c r="AA349" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB349" s="17">
+        <v>0</v>
+      </c>
+      <c r="AC349" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD349" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE349" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF349" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG349" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH349" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AI349" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ349" s="17">
+        <v>1</v>
+      </c>
+      <c r="AK349" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL349" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM349" s="17"/>
+      <c r="AN349" s="17"/>
+      <c r="AO349" s="12"/>
+      <c r="AP349" s="12"/>
+      <c r="AQ349" s="33"/>
+      <c r="AR349" s="33"/>
+      <c r="AS349" s="12"/>
+      <c r="AT349" s="12"/>
+      <c r="AU349" s="12"/>
+      <c r="AV349" s="12"/>
+      <c r="AW349" s="33"/>
+      <c r="AX349" s="33"/>
+      <c r="AY349" s="33"/>
+      <c r="AZ349" s="33"/>
+      <c r="BA349" s="33"/>
+    </row>
+    <row r="350" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K350" s="13">
+        <v>344</v>
+      </c>
+      <c r="L350" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M350" s="17">
+        <v>0.39700000000000002</v>
+      </c>
+      <c r="N350" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="O350" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="P350" s="17">
+        <v>0.55800000000000005</v>
+      </c>
+      <c r="Q350" s="17">
+        <v>0.58199999999999996</v>
+      </c>
+      <c r="R350" s="17">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="S350" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="T350" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="U350" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="V350" s="17">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="W350" s="17">
+        <v>0.371</v>
+      </c>
+      <c r="X350" s="17">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="Y350" s="17">
+        <v>0.40200000000000002</v>
+      </c>
+      <c r="Z350" s="17">
+        <v>0.439</v>
+      </c>
+      <c r="AA350" s="17">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="AB350" s="17">
+        <v>0.432</v>
+      </c>
+      <c r="AC350" s="17">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="AD350" s="17">
+        <v>0.307</v>
+      </c>
+      <c r="AE350" s="17">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="AF350" s="17">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="AG350" s="17">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="AH350" s="17">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="AI350" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="AJ350" s="17">
+        <v>0.221</v>
+      </c>
+      <c r="AK350" s="17">
+        <v>0.24399999999999999</v>
+      </c>
+      <c r="AL350" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="AM350" s="17"/>
+      <c r="AN350" s="17"/>
+      <c r="AO350" s="12"/>
+      <c r="AP350" s="12"/>
+      <c r="AQ350" s="33"/>
+      <c r="AR350" s="33"/>
+      <c r="AS350" s="12"/>
+      <c r="AT350" s="12"/>
+      <c r="AU350" s="12"/>
+      <c r="AV350" s="12"/>
+      <c r="AW350" s="33"/>
+      <c r="AX350" s="33"/>
+      <c r="AY350" s="33"/>
+      <c r="AZ350" s="33"/>
+      <c r="BA350" s="33"/>
+    </row>
+    <row r="351" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K351" s="13">
+        <v>345</v>
+      </c>
+      <c r="M351" s="17"/>
+      <c r="N351" s="17"/>
+      <c r="O351" s="17"/>
+      <c r="P351" s="17"/>
+      <c r="Q351" s="17"/>
+      <c r="R351" s="17"/>
+      <c r="S351" s="17"/>
+      <c r="T351" s="17"/>
+      <c r="U351" s="17"/>
+      <c r="V351" s="17"/>
+      <c r="W351" s="17"/>
+      <c r="X351" s="17"/>
+      <c r="Y351" s="17"/>
+      <c r="Z351" s="17"/>
+      <c r="AA351" s="17"/>
+      <c r="AB351" s="17"/>
+      <c r="AC351" s="17"/>
+      <c r="AD351" s="17"/>
+      <c r="AE351" s="17"/>
+      <c r="AF351" s="17"/>
+      <c r="AG351" s="17"/>
+      <c r="AH351" s="17"/>
+      <c r="AI351" s="17"/>
+      <c r="AJ351" s="17"/>
+      <c r="AK351" s="17"/>
+      <c r="AL351" s="17"/>
+      <c r="AM351" s="17"/>
+      <c r="AN351" s="17"/>
+      <c r="AO351" s="12"/>
+      <c r="AP351" s="12"/>
+      <c r="AQ351" s="33"/>
+      <c r="AR351" s="33"/>
+      <c r="AS351" s="12"/>
+      <c r="AT351" s="12"/>
+      <c r="AU351" s="12"/>
+      <c r="AV351" s="12"/>
+      <c r="AW351" s="33"/>
+      <c r="AX351" s="33"/>
+      <c r="AY351" s="33"/>
+      <c r="AZ351" s="33"/>
+      <c r="BA351" s="33"/>
+    </row>
+    <row r="352" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K352" s="13">
+        <v>346</v>
+      </c>
+      <c r="L352" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="M352" s="17">
+        <v>0.24199999999999999</v>
+      </c>
+      <c r="N352" s="17">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="O352" s="17">
+        <v>0.436</v>
+      </c>
+      <c r="P352" s="17">
+        <v>0.47699999999999998</v>
+      </c>
+      <c r="Q352" s="17">
+        <v>0.502</v>
+      </c>
+      <c r="R352" s="17">
+        <v>0.46800000000000003</v>
+      </c>
+      <c r="S352" s="17">
+        <v>0.49</v>
+      </c>
+      <c r="T352" s="17">
+        <v>0.47</v>
+      </c>
+      <c r="U352" s="17">
+        <v>0.33100000000000002</v>
+      </c>
+      <c r="V352" s="17">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="W352" s="17">
+        <v>0.28699999999999998</v>
+      </c>
+      <c r="X352" s="17">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="Y352" s="17">
+        <v>0.33900000000000002</v>
+      </c>
+      <c r="Z352" s="17">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="AA352" s="17">
+        <v>0.33600000000000002</v>
+      </c>
+      <c r="AB352" s="18">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="AC352" s="18">
+        <v>0.27</v>
+      </c>
+      <c r="AD352" s="18">
+        <v>0.217</v>
+      </c>
+      <c r="AE352" s="18">
+        <v>0.183</v>
+      </c>
+      <c r="AF352" s="18">
+        <v>0.189</v>
+      </c>
+      <c r="AG352" s="18">
+        <v>0.308</v>
+      </c>
+      <c r="AH352" s="18">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="AI352" s="18">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="AJ352" s="18">
+        <v>0.19</v>
+      </c>
+      <c r="AK352" s="18">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="AL352" s="18">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="AM352" s="18"/>
+      <c r="AN352" s="18"/>
+      <c r="AO352" s="12"/>
+      <c r="AP352" s="12"/>
+      <c r="AQ352" s="33"/>
+      <c r="AR352" s="33"/>
+      <c r="AS352" s="12"/>
+      <c r="AT352" s="12"/>
+      <c r="AU352" s="12"/>
+      <c r="AV352" s="12"/>
+      <c r="AW352" s="33"/>
+      <c r="AX352" s="33"/>
+      <c r="AY352" s="33"/>
+      <c r="AZ352" s="33"/>
+      <c r="BA352" s="33"/>
+    </row>
+    <row r="353" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K353" s="13">
+        <v>347</v>
+      </c>
+      <c r="L353" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="M353" s="17">
+        <v>0.77200000000000002</v>
+      </c>
+      <c r="N353" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="O353" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="P353" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="Q353" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="R353" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="S353" s="17">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="T353" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="U353" s="17">
+        <v>0.752</v>
+      </c>
+      <c r="V353" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="W353" s="17">
+        <v>0.61199999999999999</v>
+      </c>
+      <c r="X353" s="17">
+        <v>0.55200000000000005</v>
+      </c>
+      <c r="Y353" s="17">
+        <v>0.60299999999999998</v>
+      </c>
+      <c r="Z353" s="17">
+        <v>0.66400000000000003</v>
+      </c>
+      <c r="AA353" s="17">
+        <v>0.66400000000000003</v>
+      </c>
+      <c r="AB353" s="18">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="AC353" s="18">
+        <v>0.624</v>
+      </c>
+      <c r="AD353" s="18">
+        <v>0.59599999999999997</v>
+      </c>
+      <c r="AE353" s="18">
+        <v>0.51400000000000001</v>
+      </c>
+      <c r="AF353" s="18">
+        <v>0.41099999999999998</v>
+      </c>
+      <c r="AG353" s="18">
+        <v>0.53400000000000003</v>
+      </c>
+      <c r="AH353" s="18">
+        <v>0.39800000000000002</v>
+      </c>
+      <c r="AI353" s="18">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="AJ353" s="18">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="AK353" s="18">
+        <v>0.45</v>
+      </c>
+      <c r="AL353" s="18">
+        <v>0.46800000000000003</v>
+      </c>
+      <c r="AM353" s="18"/>
+      <c r="AN353" s="18"/>
+      <c r="AO353" s="12"/>
+      <c r="AP353" s="12"/>
+      <c r="AQ353" s="33"/>
+      <c r="AR353" s="33"/>
+      <c r="AS353" s="12"/>
+      <c r="AT353" s="12"/>
+      <c r="AU353" s="12"/>
+      <c r="AV353" s="12"/>
+      <c r="AW353" s="33"/>
+      <c r="AX353" s="33"/>
+      <c r="AY353" s="33"/>
+      <c r="AZ353" s="33"/>
+      <c r="BA353" s="33"/>
+    </row>
+    <row r="354" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K354" s="13">
+        <v>348</v>
+      </c>
+      <c r="L354" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="M354" s="17">
+        <v>0.39700000000000002</v>
+      </c>
+      <c r="N354" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="O354" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="P354" s="17">
+        <v>0.55800000000000005</v>
+      </c>
+      <c r="Q354" s="17">
+        <v>0.58199999999999996</v>
+      </c>
+      <c r="R354" s="17">
+        <v>0.56000000000000005</v>
+      </c>
+      <c r="S354" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="T354" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="U354" s="17">
+        <v>0.45800000000000002</v>
+      </c>
+      <c r="V354" s="17">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="W354" s="17">
+        <v>0.371</v>
+      </c>
+      <c r="X354" s="17">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="Y354" s="17">
+        <v>0.40200000000000002</v>
+      </c>
+      <c r="Z354" s="17">
+        <v>0.439</v>
+      </c>
+      <c r="AA354" s="17">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="AB354" s="18">
+        <v>0.432</v>
+      </c>
+      <c r="AC354" s="18">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="AD354" s="18">
+        <v>0.311</v>
+      </c>
+      <c r="AE354" s="18">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="AF354" s="18">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="AG354" s="18">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="AH354" s="18">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="AI354" s="18">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="AJ354" s="18">
+        <v>0.221</v>
+      </c>
+      <c r="AK354" s="18">
+        <v>0.24399999999999999</v>
+      </c>
+      <c r="AL354" s="18">
+        <v>0.311</v>
+      </c>
+      <c r="AM354" s="18"/>
+      <c r="AN354" s="18"/>
+      <c r="AO354" s="12"/>
+      <c r="AP354" s="12"/>
+      <c r="AQ354" s="33"/>
+      <c r="AR354" s="33"/>
+      <c r="AS354" s="12"/>
+      <c r="AT354" s="12"/>
+      <c r="AU354" s="12"/>
+      <c r="AV354" s="12"/>
+      <c r="AW354" s="33"/>
+      <c r="AX354" s="33"/>
+      <c r="AY354" s="33"/>
+      <c r="AZ354" s="33"/>
+      <c r="BA354" s="33"/>
+    </row>
+    <row r="355" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K355" s="13">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="356" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K356" s="13">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="357" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K357" s="13">
+        <v>351</v>
+      </c>
+      <c r="L357" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="M357" s="15"/>
+      <c r="N357" s="15"/>
+      <c r="O357" s="15"/>
+      <c r="P357" s="15"/>
+      <c r="Q357" s="15"/>
+      <c r="R357" s="15"/>
+      <c r="S357" s="15"/>
+      <c r="T357" s="15"/>
+      <c r="U357" s="15"/>
+      <c r="V357" s="15"/>
+      <c r="W357" s="15"/>
+      <c r="AO357" s="12"/>
+      <c r="AP357" s="12"/>
+      <c r="AQ357" s="33"/>
+      <c r="AR357" s="33"/>
+      <c r="AS357" s="12"/>
+      <c r="AT357" s="12"/>
+      <c r="AU357" s="12"/>
+      <c r="AV357" s="12"/>
+      <c r="AW357" s="33"/>
+      <c r="AX357" s="33"/>
+      <c r="AY357" s="33"/>
+      <c r="AZ357" s="33"/>
+      <c r="BA357" s="33"/>
+    </row>
+    <row r="358" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K358" s="13">
+        <v>352</v>
+      </c>
+      <c r="L358" s="16" t="s">
+        <v>148</v>
+      </c>
+      <c r="M358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="N358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="O358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="R358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="S358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="T358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="U358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="V358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="W358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="X358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AB358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AD358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AE358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AG358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AH358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AI358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AJ358" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="AO358" s="12"/>
+      <c r="AP358" s="12"/>
+      <c r="AQ358" s="33"/>
+      <c r="AR358" s="33"/>
+      <c r="AS358" s="12"/>
+      <c r="AT358" s="12"/>
+      <c r="AU358" s="12"/>
+      <c r="AV358" s="12"/>
+      <c r="AW358" s="33"/>
+      <c r="AX358" s="33"/>
+      <c r="AY358" s="33"/>
+      <c r="AZ358" s="33"/>
+      <c r="BA358" s="33"/>
+    </row>
+    <row r="359" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K359" s="13">
+        <v>353</v>
+      </c>
+      <c r="L359" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="M359" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="N359" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="O359" s="17">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="P359" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="Q359" s="17">
+        <v>0.88700000000000001</v>
+      </c>
+      <c r="R359" s="17">
+        <v>0.85899999999999999</v>
+      </c>
+      <c r="S359" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="T359" s="17">
+        <v>0.78200000000000003</v>
+      </c>
+      <c r="U359" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="V359" s="17">
+        <v>0.85099999999999998</v>
+      </c>
+      <c r="W359" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="X359" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="Y359" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="Z359" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="AA359" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="AB359" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="AC359" s="17">
+        <v>0.69899999999999995</v>
+      </c>
+      <c r="AD359" s="17">
+        <v>0.49399999999999999</v>
+      </c>
+      <c r="AE359" s="17">
+        <v>0.48599999999999999</v>
+      </c>
+      <c r="AF359" s="17">
+        <v>0.46100000000000002</v>
+      </c>
+      <c r="AG359" s="17">
+        <v>0.45300000000000001</v>
+      </c>
+      <c r="AH359" s="17">
+        <v>0.221</v>
+      </c>
+      <c r="AI359" s="17">
+        <v>0.24199999999999999</v>
+      </c>
+      <c r="AJ359" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="AK359" s="17">
+        <v>0.218</v>
+      </c>
+      <c r="AL359" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="AM359" s="17"/>
+      <c r="AN359" s="17"/>
+      <c r="AO359" s="12"/>
+      <c r="AP359" s="12"/>
+      <c r="AQ359" s="33"/>
+      <c r="AR359" s="33"/>
+      <c r="AS359" s="12"/>
+      <c r="AT359" s="12"/>
+      <c r="AU359" s="12"/>
+      <c r="AV359" s="12"/>
+      <c r="AW359" s="33"/>
+      <c r="AX359" s="33"/>
+      <c r="AY359" s="33"/>
+      <c r="AZ359" s="33"/>
+      <c r="BA359" s="33"/>
+    </row>
+    <row r="360" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K360" s="13">
+        <v>354</v>
+      </c>
+      <c r="L360" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="M360" s="17">
+        <v>1</v>
+      </c>
+      <c r="N360" s="17">
+        <v>1</v>
+      </c>
+      <c r="O360" s="17">
+        <v>1</v>
+      </c>
+      <c r="P360" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q360" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="R360" s="17">
+        <v>0.90400000000000003</v>
+      </c>
+      <c r="S360" s="17">
+        <v>0.93200000000000005</v>
+      </c>
+      <c r="T360" s="17">
+        <v>0.97599999999999998</v>
+      </c>
+      <c r="U360" s="17">
+        <v>0.98499999999999999</v>
+      </c>
+      <c r="V360" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="W360" s="17">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="X360" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="Y360" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Z360" s="17">
+        <v>0.58099999999999996</v>
+      </c>
+      <c r="AA360" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="AB360" s="17">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="AC360" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AD360" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="AE360" s="17">
+        <v>0.64300000000000002</v>
+      </c>
+      <c r="AF360" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="AG360" s="17">
+        <v>0.77</v>
+      </c>
+      <c r="AH360" s="17">
+        <v>0.58799999999999997</v>
+      </c>
+      <c r="AI360" s="17">
+        <v>0.41499999999999998</v>
+      </c>
+      <c r="AJ360" s="17">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="AK360" s="17">
+        <v>0.59</v>
+      </c>
+      <c r="AL360" s="17">
+        <v>0.86399999999999999</v>
+      </c>
+      <c r="AM360" s="17"/>
+      <c r="AN360" s="17"/>
+      <c r="AO360" s="12"/>
+      <c r="AP360" s="12"/>
+      <c r="AQ360" s="33"/>
+      <c r="AR360" s="33"/>
+      <c r="AS360" s="12"/>
+      <c r="AT360" s="12"/>
+      <c r="AU360" s="12"/>
+      <c r="AV360" s="12"/>
+      <c r="AW360" s="33"/>
+      <c r="AX360" s="33"/>
+      <c r="AY360" s="33"/>
+      <c r="AZ360" s="33"/>
+      <c r="BA360" s="33"/>
+    </row>
+    <row r="361" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K361" s="13">
+        <v>355</v>
+      </c>
+      <c r="L361" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="M361" s="17">
+        <v>0.66400000000000003</v>
+      </c>
+      <c r="N361" s="17">
+        <v>0.77100000000000002</v>
+      </c>
+      <c r="O361" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="P361" s="17">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="Q361" s="17">
+        <v>0.76800000000000002</v>
+      </c>
+      <c r="R361" s="17">
+        <v>0.753</v>
+      </c>
+      <c r="S361" s="17">
+        <v>0.79400000000000004</v>
+      </c>
+      <c r="T361" s="17">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="U361" s="17">
+        <v>0.69099999999999995</v>
+      </c>
+      <c r="V361" s="17">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="W361" s="17">
+        <v>0.626</v>
+      </c>
+      <c r="X361" s="17">
+        <v>0.51200000000000001</v>
+      </c>
+      <c r="Y361" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="Z361" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AA361" s="17">
+        <v>0.64800000000000002</v>
+      </c>
+      <c r="AB361" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="AC361" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="AD361" s="17">
+        <v>0.68100000000000005</v>
+      </c>
+      <c r="AE361" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="AF361" s="17">
+        <v>0.48899999999999999</v>
+      </c>
+      <c r="AG361" s="17">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="AH361" s="17">
+        <v>0.47799999999999998</v>
+      </c>
+      <c r="AI361" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AJ361" s="17">
+        <v>0.48</v>
+      </c>
+      <c r="AK361" s="17">
+        <v>0.69</v>
+      </c>
+      <c r="AL361" s="17">
+        <v>0.69799999999999995</v>
+      </c>
+      <c r="AM361" s="17"/>
+      <c r="AN361" s="17"/>
+      <c r="AO361" s="12"/>
+      <c r="AP361" s="12"/>
+      <c r="AQ361" s="33"/>
+      <c r="AR361" s="33"/>
+      <c r="AS361" s="12"/>
+      <c r="AT361" s="12"/>
+      <c r="AU361" s="12"/>
+      <c r="AV361" s="12"/>
+      <c r="AW361" s="33"/>
+      <c r="AX361" s="33"/>
+      <c r="AY361" s="33"/>
+      <c r="AZ361" s="33"/>
+      <c r="BA361" s="33"/>
+    </row>
+    <row r="362" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K362" s="13">
+        <v>356</v>
+      </c>
+      <c r="L362" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="M362" s="17">
+        <v>8.6999999999999994E-2</v>
+      </c>
+      <c r="N362" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="O362" s="17">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="P362" s="17">
+        <v>0.186</v>
+      </c>
+      <c r="Q362" s="17">
+        <v>0.183</v>
+      </c>
+      <c r="R362" s="17">
+        <v>0.22700000000000001</v>
+      </c>
+      <c r="S362" s="17">
+        <v>0.20100000000000001</v>
+      </c>
+      <c r="T362" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="U362" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="V362" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="W362" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="X362" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="Y362" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="Z362" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AA362" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="AB362" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AC362" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AD362" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AE362" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AF362" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AG362" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AH362" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AI362" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AJ362" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AK362" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AL362" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM362" s="17"/>
+      <c r="AN362" s="17"/>
+      <c r="AO362" s="12"/>
+      <c r="AP362" s="12"/>
+      <c r="AQ362" s="33"/>
+      <c r="AR362" s="33"/>
+      <c r="AS362" s="12"/>
+      <c r="AT362" s="12"/>
+      <c r="AU362" s="12"/>
+      <c r="AV362" s="12"/>
+      <c r="AW362" s="33"/>
+      <c r="AX362" s="33"/>
+      <c r="AY362" s="33"/>
+      <c r="AZ362" s="33"/>
+      <c r="BA362" s="33"/>
+    </row>
+    <row r="363" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K363" s="13">
+        <v>357</v>
+      </c>
+      <c r="L363" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="M363" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="N363" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="O363" s="17">
+        <v>0.94</v>
+      </c>
+      <c r="P363" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="Q363" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="R363" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="S363" s="17">
+        <v>0.91800000000000004</v>
+      </c>
+      <c r="T363" s="17">
+        <v>0.88400000000000001</v>
+      </c>
+      <c r="U363" s="17">
+        <v>0.83199999999999996</v>
+      </c>
+      <c r="V363" s="17">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="W363" s="17">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="X363" s="17">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="Y363" s="17">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="Z363" s="17">
+        <v>0.70699999999999996</v>
+      </c>
+      <c r="AA363" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AB363" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="AC363" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="AD363" s="17">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="AE363" s="17">
+        <v>0.45100000000000001</v>
+      </c>
+      <c r="AF363" s="17">
+        <v>0.42799999999999999</v>
+      </c>
+      <c r="AG363" s="17">
+        <v>0.45600000000000002</v>
+      </c>
+      <c r="AH363" s="17">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="AI363" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="AJ363" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="AK363" s="17">
+        <v>0.218</v>
+      </c>
+      <c r="AL363" s="17">
+        <v>0.316</v>
+      </c>
+      <c r="AM363" s="17"/>
+      <c r="AN363" s="17"/>
+      <c r="AO363" s="12"/>
+      <c r="AP363" s="12"/>
+      <c r="AQ363" s="33"/>
+      <c r="AR363" s="33"/>
+      <c r="AS363" s="12"/>
+      <c r="AT363" s="12"/>
+      <c r="AU363" s="12"/>
+      <c r="AV363" s="12"/>
+      <c r="AW363" s="33"/>
+      <c r="AX363" s="33"/>
+      <c r="AY363" s="33"/>
+      <c r="AZ363" s="33"/>
+      <c r="BA363" s="33"/>
+    </row>
+    <row r="364" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K364" s="13">
+        <v>358</v>
+      </c>
+      <c r="L364" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="M364" s="17">
+        <v>0.80300000000000005</v>
+      </c>
+      <c r="N364" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="O364" s="17">
+        <v>0.90300000000000002</v>
+      </c>
+      <c r="P364" s="17">
+        <v>0.88700000000000001</v>
+      </c>
+      <c r="Q364" s="17">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="R364" s="17">
+        <v>0.88300000000000001</v>
+      </c>
+      <c r="S364" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="T364" s="17">
+        <v>0.90300000000000002</v>
+      </c>
+      <c r="U364" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="V364" s="17">
+        <v>0.79400000000000004</v>
+      </c>
+      <c r="W364" s="17">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="X364" s="17">
+        <v>0.65200000000000002</v>
+      </c>
+      <c r="Y364" s="17">
+        <v>0.67</v>
+      </c>
+      <c r="Z364" s="17">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="AA364" s="17">
+        <v>0.72899999999999998</v>
+      </c>
+      <c r="AB364" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="AC364" s="17">
+        <v>0.64800000000000002</v>
+      </c>
+      <c r="AD364" s="17">
+        <v>0.53</v>
+      </c>
+      <c r="AE364" s="17">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="AF364" s="17">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="AG364" s="17">
+        <v>0.50700000000000001</v>
+      </c>
+      <c r="AH364" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="AI364" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="AJ364" s="17">
+        <v>0.123</v>
+      </c>
+      <c r="AK364" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="AL364" s="17">
+        <v>0.159</v>
+      </c>
+      <c r="AM364" s="17"/>
+      <c r="AN364" s="17"/>
+      <c r="AO364" s="12"/>
+      <c r="AP364" s="12"/>
+      <c r="AQ364" s="33"/>
+      <c r="AR364" s="33"/>
+      <c r="AS364" s="12"/>
+      <c r="AT364" s="12"/>
+      <c r="AU364" s="12"/>
+      <c r="AV364" s="12"/>
+      <c r="AW364" s="33"/>
+      <c r="AX364" s="33"/>
+      <c r="AY364" s="33"/>
+      <c r="AZ364" s="33"/>
+      <c r="BA364" s="33"/>
+    </row>
+    <row r="365" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K365" s="13">
+        <v>359</v>
+      </c>
+      <c r="L365" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="M365" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="N365" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="O365" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="P365" s="17">
+        <v>4.5999999999999999E-2</v>
+      </c>
+      <c r="Q365" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="R365" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="S365" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="T365" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="U365" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="V365" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="W365" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="X365" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="Y365" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Z365" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AA365" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AB365" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AC365" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AD365" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AE365" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AF365" s="17">
+        <v>1E-3</v>
+      </c>
+      <c r="AG365" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AH365" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI365" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="AJ365" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AK365" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AL365" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AM365" s="17"/>
+      <c r="AN365" s="17"/>
+      <c r="AO365" s="12"/>
+      <c r="AP365" s="12"/>
+      <c r="AQ365" s="33"/>
+      <c r="AR365" s="33"/>
+      <c r="AS365" s="12"/>
+      <c r="AT365" s="12"/>
+      <c r="AU365" s="12"/>
+      <c r="AV365" s="12"/>
+      <c r="AW365" s="33"/>
+      <c r="AX365" s="33"/>
+      <c r="AY365" s="33"/>
+      <c r="AZ365" s="33"/>
+      <c r="BA365" s="33"/>
+    </row>
+    <row r="366" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K366" s="13">
+        <v>360</v>
+      </c>
+      <c r="L366" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="M366" s="17">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="N366" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="O366" s="17">
+        <v>0.96699999999999997</v>
+      </c>
+      <c r="P366" s="17">
+        <v>0.93200000000000005</v>
+      </c>
+      <c r="Q366" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="R366" s="17">
+        <v>0.874</v>
+      </c>
+      <c r="S366" s="17">
+        <v>0.89700000000000002</v>
+      </c>
+      <c r="T366" s="17">
+        <v>0.88800000000000001</v>
+      </c>
+      <c r="U366" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="V366" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="W366" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="X366" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="Y366" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="Z366" s="17">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="AA366" s="17">
+        <v>0.78700000000000003</v>
+      </c>
+      <c r="AB366" s="17">
+        <v>0.83199999999999996</v>
+      </c>
+      <c r="AC366" s="17">
+        <v>0.81100000000000005</v>
+      </c>
+      <c r="AD366" s="17">
+        <v>0.88300000000000001</v>
+      </c>
+      <c r="AE366" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="AF366" s="17">
+        <v>0.65300000000000002</v>
+      </c>
+      <c r="AG366" s="17">
+        <v>0.54500000000000004</v>
+      </c>
+      <c r="AH366" s="17">
+        <v>0.38</v>
+      </c>
+      <c r="AI366" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AJ366" s="17">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="AK366" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AL366" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AM366" s="17"/>
+      <c r="AN366" s="17"/>
+      <c r="AO366" s="12"/>
+      <c r="AP366" s="12"/>
+      <c r="AQ366" s="33"/>
+      <c r="AR366" s="33"/>
+      <c r="AS366" s="12"/>
+      <c r="AT366" s="12"/>
+      <c r="AU366" s="12"/>
+      <c r="AV366" s="12"/>
+      <c r="AW366" s="33"/>
+      <c r="AX366" s="33"/>
+      <c r="AY366" s="33"/>
+      <c r="AZ366" s="33"/>
+      <c r="BA366" s="33"/>
+    </row>
+    <row r="367" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K367" s="13">
+        <v>361</v>
+      </c>
+      <c r="L367" s="12" t="s">
+        <v>15</v>
+      </c>
+      <c r="M367" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="N367" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="O367" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="P367" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Q367" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="R367" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="S367" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="T367" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="U367" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="V367" s="17">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="W367" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="X367" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Y367" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Z367" s="17">
+        <v>2E-3</v>
+      </c>
+      <c r="AA367" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AB367" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AC367" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AD367" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AE367" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AF367" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AG367" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AH367" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AI367" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AJ367" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AK367" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AL367" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AM367" s="17"/>
+      <c r="AN367" s="17"/>
+      <c r="AO367" s="12"/>
+      <c r="AP367" s="12"/>
+      <c r="AQ367" s="33"/>
+      <c r="AR367" s="33"/>
+      <c r="AS367" s="12"/>
+      <c r="AT367" s="12"/>
+      <c r="AU367" s="12"/>
+      <c r="AV367" s="12"/>
+      <c r="AW367" s="33"/>
+      <c r="AX367" s="33"/>
+      <c r="AY367" s="33"/>
+      <c r="AZ367" s="33"/>
+      <c r="BA367" s="33"/>
+    </row>
+    <row r="368" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K368" s="13">
+        <v>362</v>
+      </c>
+      <c r="L368" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="M368" s="17">
+        <v>0.48799999999999999</v>
+      </c>
+      <c r="N368" s="17">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="O368" s="17">
+        <v>0.747</v>
+      </c>
+      <c r="P368" s="17">
+        <v>0.73599999999999999</v>
+      </c>
+      <c r="Q368" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="R368" s="17">
+        <v>0.745</v>
+      </c>
+      <c r="S368" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="T368" s="17">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="U368" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="V368" s="17">
+        <v>0.36699999999999999</v>
+      </c>
+      <c r="W368" s="17">
+        <v>0.27500000000000002</v>
+      </c>
+      <c r="X368" s="17">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="Y368" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="Z368" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="AA368" s="17">
+        <v>0.33200000000000002</v>
+      </c>
+      <c r="AB368" s="17">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="AC368" s="17">
+        <v>0.23599999999999999</v>
+      </c>
+      <c r="AD368" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="AE368" s="17">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="AF368" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="AG368" s="17">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="AH368" s="17">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="AI368" s="17">
+        <v>0.26400000000000001</v>
+      </c>
+      <c r="AJ368" s="17">
+        <v>0.193</v>
+      </c>
+      <c r="AK368" s="17">
+        <v>0.17599999999999999</v>
+      </c>
+      <c r="AL368" s="17">
+        <v>0.17599999999999999</v>
+      </c>
+      <c r="AM368" s="17"/>
+      <c r="AN368" s="17"/>
+      <c r="AO368" s="12"/>
+      <c r="AP368" s="12"/>
+      <c r="AQ368" s="33"/>
+      <c r="AR368" s="33"/>
+      <c r="AS368" s="12"/>
+      <c r="AT368" s="12"/>
+      <c r="AU368" s="12"/>
+      <c r="AV368" s="12"/>
+      <c r="AW368" s="33"/>
+      <c r="AX368" s="33"/>
+      <c r="AY368" s="33"/>
+      <c r="AZ368" s="33"/>
+      <c r="BA368" s="33"/>
+    </row>
+    <row r="369" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K369" s="13">
+        <v>363</v>
+      </c>
+      <c r="L369" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="M369" s="17">
+        <v>1</v>
+      </c>
+      <c r="N369" s="17">
+        <v>1</v>
+      </c>
+      <c r="O369" s="17">
+        <v>1</v>
+      </c>
+      <c r="P369" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q369" s="17">
+        <v>1</v>
+      </c>
+      <c r="R369" s="17">
+        <v>1</v>
+      </c>
+      <c r="S369" s="17">
+        <v>1</v>
+      </c>
+      <c r="T369" s="17">
+        <v>1</v>
+      </c>
+      <c r="U369" s="17">
+        <v>1</v>
+      </c>
+      <c r="V369" s="17">
+        <v>1</v>
+      </c>
+      <c r="W369" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="X369" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y369" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z369" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="AA369" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB369" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AC369" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD369" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE369" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF369" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AG369" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH369" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI369" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AJ369" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AK369" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="AL369" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM369" s="17"/>
+      <c r="AN369" s="17"/>
+      <c r="AO369" s="12"/>
+      <c r="AP369" s="12"/>
+      <c r="AQ369" s="33"/>
+      <c r="AR369" s="33"/>
+      <c r="AS369" s="12"/>
+      <c r="AT369" s="12"/>
+      <c r="AU369" s="12"/>
+      <c r="AV369" s="12"/>
+      <c r="AW369" s="33"/>
+      <c r="AX369" s="33"/>
+      <c r="AY369" s="33"/>
+      <c r="AZ369" s="33"/>
+      <c r="BA369" s="33"/>
+    </row>
+    <row r="370" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K370" s="13">
+        <v>364</v>
+      </c>
+      <c r="L370" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="M370" s="17">
+        <v>0.60299999999999998</v>
+      </c>
+      <c r="N370" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="O370" s="17">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="P370" s="17">
+        <v>0.76300000000000001</v>
+      </c>
+      <c r="Q370" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="R370" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="S370" s="17">
+        <v>0.874</v>
+      </c>
+      <c r="T370" s="17">
+        <v>0.82299999999999995</v>
+      </c>
+      <c r="U370" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="V370" s="17">
+        <v>0.85299999999999998</v>
+      </c>
+      <c r="W370" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="X370" s="17">
+        <v>0.80400000000000005</v>
+      </c>
+      <c r="Y370" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="Z370" s="17">
+        <v>0.77600000000000002</v>
+      </c>
+      <c r="AA370" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="AB370" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="AC370" s="17">
+        <v>0.67800000000000005</v>
+      </c>
+      <c r="AD370" s="17">
+        <v>0.67900000000000005</v>
+      </c>
+      <c r="AE370" s="17">
+        <v>0.70699999999999996</v>
+      </c>
+      <c r="AF370" s="17">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="AG370" s="17">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="AH370" s="17">
+        <v>0.51600000000000001</v>
+      </c>
+      <c r="AI370" s="17">
+        <v>0.34100000000000003</v>
+      </c>
+      <c r="AJ370" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AK370" s="17">
+        <v>0.38200000000000001</v>
+      </c>
+      <c r="AL370" s="17">
+        <v>0.40799999999999997</v>
+      </c>
+      <c r="AM370" s="17"/>
+      <c r="AN370" s="17"/>
+      <c r="AO370" s="12"/>
+      <c r="AP370" s="12"/>
+      <c r="AQ370" s="33"/>
+      <c r="AR370" s="33"/>
+      <c r="AS370" s="12"/>
+      <c r="AT370" s="12"/>
+      <c r="AU370" s="12"/>
+      <c r="AV370" s="12"/>
+      <c r="AW370" s="33"/>
+      <c r="AX370" s="33"/>
+      <c r="AY370" s="33"/>
+      <c r="AZ370" s="33"/>
+      <c r="BA370" s="33"/>
+    </row>
+    <row r="371" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K371" s="13">
+        <v>365</v>
+      </c>
+      <c r="L371" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="M371" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="N371" s="17">
+        <v>0.76600000000000001</v>
+      </c>
+      <c r="O371" s="17">
+        <v>0.80600000000000005</v>
+      </c>
+      <c r="P371" s="17">
+        <v>0.81100000000000005</v>
+      </c>
+      <c r="Q371" s="17">
+        <v>0.82199999999999995</v>
+      </c>
+      <c r="R371" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="S371" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="T371" s="17">
+        <v>0.747</v>
+      </c>
+      <c r="U371" s="17">
+        <v>0.51400000000000001</v>
+      </c>
+      <c r="V371" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="W371" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="X371" s="17">
+        <v>0.314</v>
+      </c>
+      <c r="Y371" s="17">
+        <v>0.40400000000000003</v>
+      </c>
+      <c r="Z371" s="17">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="AA371" s="17">
+        <v>0.504</v>
+      </c>
+      <c r="AB371" s="17">
+        <v>0.42499999999999999</v>
+      </c>
+      <c r="AC371" s="17">
+        <v>0.35299999999999998</v>
+      </c>
+      <c r="AD371" s="17">
+        <v>0.28699999999999998</v>
+      </c>
+      <c r="AE371" s="17">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="AF371" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="AG371" s="17">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="AH371" s="17">
+        <v>0.26600000000000001</v>
+      </c>
+      <c r="AI371" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AJ371" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AK371" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AL371" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="AM371" s="17"/>
+      <c r="AN371" s="17"/>
+      <c r="AO371" s="12"/>
+      <c r="AP371" s="12"/>
+      <c r="AQ371" s="33"/>
+      <c r="AR371" s="33"/>
+      <c r="AS371" s="12"/>
+      <c r="AT371" s="12"/>
+      <c r="AU371" s="12"/>
+      <c r="AV371" s="12"/>
+      <c r="AW371" s="33"/>
+      <c r="AX371" s="33"/>
+      <c r="AY371" s="33"/>
+      <c r="AZ371" s="33"/>
+      <c r="BA371" s="33"/>
+    </row>
+    <row r="372" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K372" s="13">
+        <v>366</v>
+      </c>
+      <c r="L372" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="M372" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="N372" s="17">
+        <v>0.621</v>
+      </c>
+      <c r="O372" s="17">
+        <v>0.74399999999999999</v>
+      </c>
+      <c r="P372" s="17">
+        <v>0.77</v>
+      </c>
+      <c r="Q372" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="R372" s="17">
+        <v>0.71699999999999997</v>
+      </c>
+      <c r="S372" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="T372" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="U372" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="V372" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="W372" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="X372" s="17">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="Y372" s="17">
+        <v>0.16</v>
+      </c>
+      <c r="Z372" s="17">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="AA372" s="17">
+        <v>0.215</v>
+      </c>
+      <c r="AB372" s="17">
+        <v>0.20799999999999999</v>
+      </c>
+      <c r="AC372" s="17">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="AD372" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AE372" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="AF372" s="17">
+        <v>0.153</v>
+      </c>
+      <c r="AG372" s="17">
+        <v>0.193</v>
+      </c>
+      <c r="AH372" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AI372" s="17">
+        <v>0.104</v>
+      </c>
+      <c r="AJ372" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AK372" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AL372" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AM372" s="17"/>
+      <c r="AN372" s="17"/>
+      <c r="AO372" s="12"/>
+      <c r="AP372" s="12"/>
+      <c r="AQ372" s="33"/>
+      <c r="AR372" s="33"/>
+      <c r="AS372" s="12"/>
+      <c r="AT372" s="12"/>
+      <c r="AU372" s="12"/>
+      <c r="AV372" s="12"/>
+      <c r="AW372" s="33"/>
+      <c r="AX372" s="33"/>
+      <c r="AY372" s="33"/>
+      <c r="AZ372" s="33"/>
+      <c r="BA372" s="33"/>
+    </row>
+    <row r="373" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K373" s="13">
+        <v>367</v>
+      </c>
+      <c r="L373" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="M373" s="17">
+        <v>0.98399999999999999</v>
+      </c>
+      <c r="N373" s="17">
+        <v>1</v>
+      </c>
+      <c r="O373" s="17">
+        <v>1</v>
+      </c>
+      <c r="P373" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q373" s="17">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="R373" s="17">
+        <v>1</v>
+      </c>
+      <c r="S373" s="17">
+        <v>1</v>
+      </c>
+      <c r="T373" s="17">
+        <v>0.98299999999999998</v>
+      </c>
+      <c r="U373" s="17">
+        <v>0.92500000000000004</v>
+      </c>
+      <c r="V373" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="W373" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="X373" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="Y373" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="Z373" s="17">
+        <v>0.92500000000000004</v>
+      </c>
+      <c r="AA373" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="AB373" s="17">
+        <v>0.93700000000000006</v>
+      </c>
+      <c r="AC373" s="17">
+        <v>0.89200000000000002</v>
+      </c>
+      <c r="AD373" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE373" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="AF373" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AG373" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="AH373" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="AI373" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="AJ373" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AK373" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="AL373" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AM373" s="17"/>
+      <c r="AN373" s="17"/>
+      <c r="AO373" s="12"/>
+      <c r="AP373" s="12"/>
+      <c r="AQ373" s="33"/>
+      <c r="AR373" s="33"/>
+      <c r="AS373" s="12"/>
+      <c r="AT373" s="12"/>
+      <c r="AU373" s="12"/>
+      <c r="AV373" s="12"/>
+      <c r="AW373" s="33"/>
+      <c r="AX373" s="33"/>
+      <c r="AY373" s="33"/>
+      <c r="AZ373" s="33"/>
+      <c r="BA373" s="33"/>
+    </row>
+    <row r="374" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K374" s="13">
+        <v>368</v>
+      </c>
+      <c r="L374" s="12" t="s">
+        <v>22</v>
+      </c>
+      <c r="M374" s="17">
+        <v>0.85399999999999998</v>
+      </c>
+      <c r="N374" s="17">
+        <v>0.91900000000000004</v>
+      </c>
+      <c r="O374" s="17">
+        <v>0.871</v>
+      </c>
+      <c r="P374" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="Q374" s="17">
+        <v>0.874</v>
+      </c>
+      <c r="R374" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="S374" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="T374" s="17">
+        <v>0.86899999999999999</v>
+      </c>
+      <c r="U374" s="17">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="V374" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="W374" s="17">
+        <v>0.79800000000000004</v>
+      </c>
+      <c r="X374" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="Y374" s="17">
+        <v>0.64600000000000002</v>
+      </c>
+      <c r="Z374" s="17">
+        <v>0.67800000000000005</v>
+      </c>
+      <c r="AA374" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="AB374" s="17">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="AC374" s="17">
+        <v>0.67600000000000005</v>
+      </c>
+      <c r="AD374" s="17">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="AE374" s="17">
+        <v>0.57799999999999996</v>
+      </c>
+      <c r="AF374" s="17">
+        <v>0.376</v>
+      </c>
+      <c r="AG374" s="17">
+        <v>0.47</v>
+      </c>
+      <c r="AH374" s="17">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="AI374" s="17">
+        <v>0.191</v>
+      </c>
+      <c r="AJ374" s="17">
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="AK374" s="17">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="AL374" s="17">
+        <v>0.35199999999999998</v>
+      </c>
+      <c r="AM374" s="17"/>
+      <c r="AN374" s="17"/>
+      <c r="AO374" s="12"/>
+      <c r="AP374" s="12"/>
+      <c r="AQ374" s="33"/>
+      <c r="AR374" s="33"/>
+      <c r="AS374" s="12"/>
+      <c r="AT374" s="12"/>
+      <c r="AU374" s="12"/>
+      <c r="AV374" s="12"/>
+      <c r="AW374" s="33"/>
+      <c r="AX374" s="33"/>
+      <c r="AY374" s="33"/>
+      <c r="AZ374" s="33"/>
+      <c r="BA374" s="33"/>
+    </row>
+    <row r="375" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K375" s="13">
+        <v>369</v>
+      </c>
+      <c r="L375" s="12" t="s">
+        <v>23</v>
+      </c>
+      <c r="M375" s="17">
+        <v>1</v>
+      </c>
+      <c r="N375" s="17">
+        <v>1</v>
+      </c>
+      <c r="O375" s="17">
+        <v>1</v>
+      </c>
+      <c r="P375" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q375" s="17">
+        <v>0.91800000000000004</v>
+      </c>
+      <c r="R375" s="17">
+        <v>0.73799999999999999</v>
+      </c>
+      <c r="S375" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="T375" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="U375" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="V375" s="17">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="W375" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="X375" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="Y375" s="17">
+        <v>0.91400000000000003</v>
+      </c>
+      <c r="Z375" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="AA375" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AB375" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AC375" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="AD375" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="AE375" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="AF375" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="AG375" s="17">
+        <v>0.79300000000000004</v>
+      </c>
+      <c r="AH375" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="AI375" s="17">
+        <v>0.47599999999999998</v>
+      </c>
+      <c r="AJ375" s="17">
+        <v>0.57399999999999995</v>
+      </c>
+      <c r="AK375" s="17">
+        <v>0.47299999999999998</v>
+      </c>
+      <c r="AL375" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AM375" s="17"/>
+      <c r="AN375" s="17"/>
+      <c r="AO375" s="12"/>
+      <c r="AP375" s="12"/>
+      <c r="AQ375" s="33"/>
+      <c r="AR375" s="33"/>
+      <c r="AS375" s="12"/>
+      <c r="AT375" s="12"/>
+      <c r="AU375" s="12"/>
+      <c r="AV375" s="12"/>
+      <c r="AW375" s="33"/>
+      <c r="AX375" s="33"/>
+      <c r="AY375" s="33"/>
+      <c r="AZ375" s="33"/>
+      <c r="BA375" s="33"/>
+    </row>
+    <row r="376" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K376" s="13">
+        <v>370</v>
+      </c>
+      <c r="L376" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M376" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="N376" s="17">
+        <v>0.192</v>
+      </c>
+      <c r="O376" s="17">
+        <v>0.248</v>
+      </c>
+      <c r="P376" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="Q376" s="17">
+        <v>0.255</v>
+      </c>
+      <c r="R376" s="17">
+        <v>0.224</v>
+      </c>
+      <c r="S376" s="17">
+        <v>0.255</v>
+      </c>
+      <c r="T376" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="U376" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="V376" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="W376" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="X376" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="Y376" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="Z376" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AA376" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AB376" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AC376" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AD376" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AE376" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AF376" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AG376" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AH376" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AI376" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AJ376" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="AK376" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AL376" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AM376" s="17"/>
+      <c r="AN376" s="17"/>
+      <c r="AO376" s="12"/>
+      <c r="AP376" s="12"/>
+      <c r="AQ376" s="33"/>
+      <c r="AR376" s="33"/>
+      <c r="AS376" s="12"/>
+      <c r="AT376" s="12"/>
+      <c r="AU376" s="12"/>
+      <c r="AV376" s="12"/>
+      <c r="AW376" s="33"/>
+      <c r="AX376" s="33"/>
+      <c r="AY376" s="33"/>
+      <c r="AZ376" s="33"/>
+      <c r="BA376" s="33"/>
+    </row>
+    <row r="377" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K377" s="13">
+        <v>371</v>
+      </c>
+      <c r="L377" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M377" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="N377" s="17">
+        <v>0.91800000000000004</v>
+      </c>
+      <c r="O377" s="17">
+        <v>0.95499999999999996</v>
+      </c>
+      <c r="P377" s="17">
+        <v>0.91600000000000004</v>
+      </c>
+      <c r="Q377" s="17">
+        <v>0.878</v>
+      </c>
+      <c r="R377" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="S377" s="17">
+        <v>0.879</v>
+      </c>
+      <c r="T377" s="17">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="U377" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="V377" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="W377" s="17">
+        <v>0.75700000000000001</v>
+      </c>
+      <c r="X377" s="17">
+        <v>0.64700000000000002</v>
+      </c>
+      <c r="Y377" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="Z377" s="17">
+        <v>0.73699999999999999</v>
+      </c>
+      <c r="AA377" s="17">
+        <v>0.72</v>
+      </c>
+      <c r="AB377" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AC377" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="AD377" s="17">
+        <v>0.71899999999999997</v>
+      </c>
+      <c r="AE377" s="17">
+        <v>0.66900000000000004</v>
+      </c>
+      <c r="AF377" s="17">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="AG377" s="17">
+        <v>0.59</v>
+      </c>
+      <c r="AH377" s="17">
+        <v>0.378</v>
+      </c>
+      <c r="AI377" s="17">
+        <v>0.21299999999999999</v>
+      </c>
+      <c r="AJ377" s="17">
+        <v>0.26300000000000001</v>
+      </c>
+      <c r="AK377" s="17">
+        <v>0.38200000000000001</v>
+      </c>
+      <c r="AL377" s="17">
+        <v>0.376</v>
+      </c>
+      <c r="AM377" s="17"/>
+      <c r="AN377" s="17"/>
+      <c r="AO377" s="12"/>
+      <c r="AP377" s="12"/>
+      <c r="AQ377" s="33"/>
+      <c r="AR377" s="33"/>
+      <c r="AS377" s="12"/>
+      <c r="AT377" s="12"/>
+      <c r="AU377" s="12"/>
+      <c r="AV377" s="12"/>
+      <c r="AW377" s="33"/>
+      <c r="AX377" s="33"/>
+      <c r="AY377" s="33"/>
+      <c r="AZ377" s="33"/>
+      <c r="BA377" s="33"/>
+    </row>
+    <row r="378" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K378" s="13">
+        <v>372</v>
+      </c>
+      <c r="L378" s="12" t="s">
+        <v>26</v>
+      </c>
+      <c r="M378" s="17">
+        <v>0.495</v>
+      </c>
+      <c r="N378" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="O378" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="P378" s="17">
+        <v>0.75700000000000001</v>
+      </c>
+      <c r="Q378" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="R378" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="S378" s="17">
+        <v>0.70699999999999996</v>
+      </c>
+      <c r="T378" s="17">
+        <v>0.629</v>
+      </c>
+      <c r="U378" s="17">
+        <v>0.437</v>
+      </c>
+      <c r="V378" s="17">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="W378" s="17">
+        <v>0.21</v>
+      </c>
+      <c r="X378" s="17">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="Y378" s="17">
+        <v>0.20100000000000001</v>
+      </c>
+      <c r="Z378" s="17">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="AA378" s="17">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="AB378" s="17">
+        <v>0.24</v>
+      </c>
+      <c r="AC378" s="17">
+        <v>0.158</v>
+      </c>
+      <c r="AD378" s="17">
+        <v>0.107</v>
+      </c>
+      <c r="AE378" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AF378" s="17">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="AG378" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="AH378" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AI378" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AJ378" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="AK378" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AL378" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AM378" s="17"/>
+      <c r="AN378" s="17"/>
+      <c r="AO378" s="12"/>
+      <c r="AP378" s="12"/>
+      <c r="AQ378" s="33"/>
+      <c r="AR378" s="33"/>
+      <c r="AS378" s="12"/>
+      <c r="AT378" s="12"/>
+      <c r="AU378" s="12"/>
+      <c r="AV378" s="12"/>
+      <c r="AW378" s="33"/>
+      <c r="AX378" s="33"/>
+      <c r="AY378" s="33"/>
+      <c r="AZ378" s="33"/>
+      <c r="BA378" s="33"/>
+    </row>
+    <row r="379" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K379" s="13">
+        <v>373</v>
+      </c>
+      <c r="L379" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="M379" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="N379" s="17">
+        <v>1</v>
+      </c>
+      <c r="O379" s="17">
+        <v>1</v>
+      </c>
+      <c r="P379" s="17">
+        <v>0.96</v>
+      </c>
+      <c r="Q379" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="R379" s="17">
+        <v>1</v>
+      </c>
+      <c r="S379" s="17">
+        <v>0.98299999999999998</v>
+      </c>
+      <c r="T379" s="17">
+        <v>1</v>
+      </c>
+      <c r="U379" s="17">
+        <v>1</v>
+      </c>
+      <c r="V379" s="17">
+        <v>0.96899999999999997</v>
+      </c>
+      <c r="W379" s="17">
+        <v>0.98399999999999999</v>
+      </c>
+      <c r="X379" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="Y379" s="17">
+        <v>0.96099999999999997</v>
+      </c>
+      <c r="Z379" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA379" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="AB379" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC379" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="AD379" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="AE379" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF379" s="17">
+        <v>0.98199999999999998</v>
+      </c>
+      <c r="AG379" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="AH379" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AI379" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ379" s="17">
+        <v>0.74099999999999999</v>
+      </c>
+      <c r="AK379" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="AL379" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="AM379" s="17"/>
+      <c r="AN379" s="17"/>
+      <c r="AO379" s="12"/>
+      <c r="AP379" s="12"/>
+      <c r="AQ379" s="33"/>
+      <c r="AR379" s="33"/>
+      <c r="AS379" s="12"/>
+      <c r="AT379" s="12"/>
+      <c r="AU379" s="12"/>
+      <c r="AV379" s="12"/>
+      <c r="AW379" s="33"/>
+      <c r="AX379" s="33"/>
+      <c r="AY379" s="33"/>
+      <c r="AZ379" s="33"/>
+      <c r="BA379" s="33"/>
+    </row>
+    <row r="380" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K380" s="13">
+        <v>374</v>
+      </c>
+      <c r="L380" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="M380" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="N380" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="O380" s="17">
+        <v>3.7999999999999999E-2</v>
+      </c>
+      <c r="P380" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="Q380" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="R380" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="S380" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="T380" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="U380" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="V380" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="W380" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="X380" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="Y380" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Z380" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AA380" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AB380" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AC380" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AD380" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AE380" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AF380" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AG380" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AH380" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AI380" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AJ380" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AK380" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AL380" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AM380" s="17"/>
+      <c r="AN380" s="17"/>
+      <c r="AO380" s="12"/>
+      <c r="AP380" s="12"/>
+      <c r="AQ380" s="33"/>
+      <c r="AR380" s="33"/>
+      <c r="AS380" s="12"/>
+      <c r="AT380" s="12"/>
+      <c r="AU380" s="12"/>
+      <c r="AV380" s="12"/>
+      <c r="AW380" s="33"/>
+      <c r="AX380" s="33"/>
+      <c r="AY380" s="33"/>
+      <c r="AZ380" s="33"/>
+      <c r="BA380" s="33"/>
+    </row>
+    <row r="381" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K381" s="13">
+        <v>375</v>
+      </c>
+      <c r="L381" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="M381" s="17">
+        <v>0.97699999999999998</v>
+      </c>
+      <c r="N381" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="O381" s="17">
+        <v>0.95299999999999996</v>
+      </c>
+      <c r="P381" s="17">
+        <v>0.94899999999999995</v>
+      </c>
+      <c r="Q381" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="R381" s="17">
+        <v>0.88</v>
+      </c>
+      <c r="S381" s="17">
+        <v>0.874</v>
+      </c>
+      <c r="T381" s="17">
+        <v>0.81399999999999995</v>
+      </c>
+      <c r="U381" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="V381" s="17">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="W381" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="X381" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="Y381" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="Z381" s="17">
+        <v>0.876</v>
+      </c>
+      <c r="AA381" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AB381" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="AC381" s="17">
+        <v>0.89</v>
+      </c>
+      <c r="AD381" s="17">
+        <v>0.86299999999999999</v>
+      </c>
+      <c r="AE381" s="17">
+        <v>0.86799999999999999</v>
+      </c>
+      <c r="AF381" s="17">
+        <v>0.74</v>
+      </c>
+      <c r="AG381" s="17">
+        <v>0.56599999999999995</v>
+      </c>
+      <c r="AH381" s="17">
+        <v>0.435</v>
+      </c>
+      <c r="AI381" s="17">
+        <v>0.375</v>
+      </c>
+      <c r="AJ381" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="AK381" s="17">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="AL381" s="17">
+        <v>0.53200000000000003</v>
+      </c>
+      <c r="AM381" s="17"/>
+      <c r="AN381" s="17"/>
+      <c r="AO381" s="12"/>
+      <c r="AP381" s="12"/>
+      <c r="AQ381" s="33"/>
+      <c r="AR381" s="33"/>
+      <c r="AS381" s="12"/>
+      <c r="AT381" s="12"/>
+      <c r="AU381" s="12"/>
+      <c r="AV381" s="12"/>
+      <c r="AW381" s="33"/>
+      <c r="AX381" s="33"/>
+      <c r="AY381" s="33"/>
+      <c r="AZ381" s="33"/>
+      <c r="BA381" s="33"/>
+    </row>
+    <row r="382" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K382" s="13">
+        <v>376</v>
+      </c>
+      <c r="L382" s="12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M382" s="17">
+        <v>1</v>
+      </c>
+      <c r="N382" s="17">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="O382" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="P382" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="Q382" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="R382" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="S382" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="T382" s="17">
+        <v>0.88500000000000001</v>
+      </c>
+      <c r="U382" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="V382" s="17">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="W382" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="X382" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="Y382" s="17">
+        <v>0.378</v>
+      </c>
+      <c r="Z382" s="17">
+        <v>0.48599999999999999</v>
+      </c>
+      <c r="AA382" s="17">
+        <v>0.48799999999999999</v>
+      </c>
+      <c r="AB382" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="AC382" s="17">
+        <v>0.35</v>
+      </c>
+      <c r="AD382" s="17">
+        <v>0.316</v>
+      </c>
+      <c r="AE382" s="17">
+        <v>0.29499999999999998</v>
+      </c>
+      <c r="AF382" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="AG382" s="17">
+        <v>0.245</v>
+      </c>
+      <c r="AH382" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="AI382" s="17">
+        <v>0.27100000000000002</v>
+      </c>
+      <c r="AJ382" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="AK382" s="17">
+        <v>0.628</v>
+      </c>
+      <c r="AL382" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="AM382" s="17"/>
+      <c r="AN382" s="17"/>
+      <c r="AO382" s="12"/>
+      <c r="AP382" s="12"/>
+      <c r="AQ382" s="33"/>
+      <c r="AR382" s="33"/>
+      <c r="AS382" s="12"/>
+      <c r="AT382" s="12"/>
+      <c r="AU382" s="12"/>
+      <c r="AV382" s="12"/>
+      <c r="AW382" s="33"/>
+      <c r="AX382" s="33"/>
+      <c r="AY382" s="33"/>
+      <c r="AZ382" s="33"/>
+      <c r="BA382" s="33"/>
+    </row>
+    <row r="383" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K383" s="13">
+        <v>377</v>
+      </c>
+      <c r="L383" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="M383" s="17">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="N383" s="17">
+        <v>0.80400000000000005</v>
+      </c>
+      <c r="O383" s="17">
+        <v>0.83</v>
+      </c>
+      <c r="P383" s="17">
+        <v>0.76500000000000001</v>
+      </c>
+      <c r="Q383" s="17">
+        <v>0.72899999999999998</v>
+      </c>
+      <c r="R383" s="17">
+        <v>0.71699999999999997</v>
+      </c>
+      <c r="S383" s="17">
+        <v>0.747</v>
+      </c>
+      <c r="T383" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="U383" s="17">
+        <v>0.70799999999999996</v>
+      </c>
+      <c r="V383" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="W383" s="17">
+        <v>0.58399999999999996</v>
+      </c>
+      <c r="X383" s="17">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="Y383" s="17">
+        <v>0.441</v>
+      </c>
+      <c r="Z383" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="AA383" s="17">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="AB383" s="17">
+        <v>0.66100000000000003</v>
+      </c>
+      <c r="AC383" s="17">
+        <v>0.65700000000000003</v>
+      </c>
+      <c r="AD383" s="17">
+        <v>0.66900000000000004</v>
+      </c>
+      <c r="AE383" s="17">
+        <v>0.621</v>
+      </c>
+      <c r="AF383" s="17">
+        <v>0.53200000000000003</v>
+      </c>
+      <c r="AG383" s="17">
+        <v>0.51300000000000001</v>
+      </c>
+      <c r="AH383" s="17">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="AI383" s="17">
+        <v>0.183</v>
+      </c>
+      <c r="AJ383" s="17">
+        <v>0.19800000000000001</v>
+      </c>
+      <c r="AK383" s="17">
+        <v>0.29499999999999998</v>
+      </c>
+      <c r="AL383" s="17">
+        <v>0.28899999999999998</v>
+      </c>
+      <c r="AM383" s="17"/>
+      <c r="AN383" s="17"/>
+      <c r="AO383" s="12"/>
+      <c r="AP383" s="12"/>
+      <c r="AQ383" s="33"/>
+      <c r="AR383" s="33"/>
+      <c r="AS383" s="12"/>
+      <c r="AT383" s="12"/>
+      <c r="AU383" s="12"/>
+      <c r="AV383" s="12"/>
+      <c r="AW383" s="33"/>
+      <c r="AX383" s="33"/>
+      <c r="AY383" s="33"/>
+      <c r="AZ383" s="33"/>
+      <c r="BA383" s="33"/>
+    </row>
+    <row r="384" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K384" s="13">
+        <v>378</v>
+      </c>
+      <c r="L384" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="M384" s="17">
+        <v>0.54400000000000004</v>
+      </c>
+      <c r="N384" s="17">
+        <v>0.71499999999999997</v>
+      </c>
+      <c r="O384" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="P384" s="17">
+        <v>0.81699999999999995</v>
+      </c>
+      <c r="Q384" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="R384" s="17">
+        <v>0.77200000000000002</v>
+      </c>
+      <c r="S384" s="17">
+        <v>0.748</v>
+      </c>
+      <c r="T384" s="17">
+        <v>0.61799999999999999</v>
+      </c>
+      <c r="U384" s="17">
+        <v>0.32900000000000001</v>
+      </c>
+      <c r="V384" s="17">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="W384" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="X384" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="Y384" s="17">
+        <v>9.6000000000000002E-2</v>
+      </c>
+      <c r="Z384" s="17">
+        <v>0.14399999999999999</v>
+      </c>
+      <c r="AA384" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="AB384" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="AC384" s="17">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="AD384" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="AE384" s="17">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AF384" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AG384" s="17">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="AH384" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="AI384" s="17">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="AJ384" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AK384" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AL384" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AM384" s="17"/>
+      <c r="AN384" s="17"/>
+      <c r="AO384" s="12"/>
+      <c r="AP384" s="12"/>
+      <c r="AQ384" s="33"/>
+      <c r="AR384" s="33"/>
+      <c r="AS384" s="12"/>
+      <c r="AT384" s="12"/>
+      <c r="AU384" s="12"/>
+      <c r="AV384" s="12"/>
+      <c r="AW384" s="33"/>
+      <c r="AX384" s="33"/>
+      <c r="AY384" s="33"/>
+      <c r="AZ384" s="33"/>
+      <c r="BA384" s="33"/>
+    </row>
+    <row r="385" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K385" s="13">
+        <v>379</v>
+      </c>
+      <c r="L385" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="M385" s="17">
+        <v>0.62</v>
+      </c>
+      <c r="N385" s="17">
+        <v>0.71699999999999997</v>
+      </c>
+      <c r="O385" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="P385" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="Q385" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="R385" s="17">
+        <v>0.66800000000000004</v>
+      </c>
+      <c r="S385" s="17">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="T385" s="17">
+        <v>0.59</v>
+      </c>
+      <c r="U385" s="17">
+        <v>0.46200000000000002</v>
+      </c>
+      <c r="V385" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="W385" s="17">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="X385" s="17">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="Y385" s="17">
+        <v>0.245</v>
+      </c>
+      <c r="Z385" s="17">
+        <v>0.26700000000000002</v>
+      </c>
+      <c r="AA385" s="17">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="AB385" s="17">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="AC385" s="17">
+        <v>0.29699999999999999</v>
+      </c>
+      <c r="AD385" s="17">
+        <v>0.252</v>
+      </c>
+      <c r="AE385" s="17">
+        <v>0.22</v>
+      </c>
+      <c r="AF385" s="17">
+        <v>0.151</v>
+      </c>
+      <c r="AG385" s="17">
+        <v>0.23</v>
+      </c>
+      <c r="AH385" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="AI385" s="17">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="AJ385" s="17">
+        <v>0.108</v>
+      </c>
+      <c r="AK385" s="17">
+        <v>0.183</v>
+      </c>
+      <c r="AL385" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="AM385" s="17"/>
+      <c r="AN385" s="17"/>
+      <c r="AO385" s="12"/>
+      <c r="AP385" s="12"/>
+      <c r="AQ385" s="33"/>
+      <c r="AR385" s="33"/>
+      <c r="AS385" s="12"/>
+      <c r="AT385" s="12"/>
+      <c r="AU385" s="12"/>
+      <c r="AV385" s="12"/>
+      <c r="AW385" s="33"/>
+      <c r="AX385" s="33"/>
+      <c r="AY385" s="33"/>
+      <c r="AZ385" s="33"/>
+      <c r="BA385" s="33"/>
+    </row>
+    <row r="386" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K386" s="13">
+        <v>380</v>
+      </c>
+      <c r="L386" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="M386" s="17">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="N386" s="17">
+        <v>0.67</v>
+      </c>
+      <c r="O386" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="P386" s="17">
+        <v>0.753</v>
+      </c>
+      <c r="Q386" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="R386" s="17">
+        <v>0.73199999999999998</v>
+      </c>
+      <c r="S386" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="T386" s="17">
+        <v>0.77900000000000003</v>
+      </c>
+      <c r="U386" s="17">
+        <v>0.71699999999999997</v>
+      </c>
+      <c r="V386" s="17">
+        <v>0.72299999999999998</v>
+      </c>
+      <c r="W386" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="X386" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="Y386" s="17">
+        <v>0.67400000000000004</v>
+      </c>
+      <c r="Z386" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="AA386" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="AB386" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="AC386" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="AD386" s="17">
+        <v>0.68300000000000005</v>
+      </c>
+      <c r="AE386" s="17">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="AF386" s="17">
+        <v>0.58699999999999997</v>
+      </c>
+      <c r="AG386" s="17">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="AH386" s="17">
+        <v>0.52900000000000003</v>
+      </c>
+      <c r="AI386" s="17">
+        <v>0.376</v>
+      </c>
+      <c r="AJ386" s="17">
+        <v>0.32200000000000001</v>
+      </c>
+      <c r="AK386" s="17">
+        <v>0.312</v>
+      </c>
+      <c r="AL386" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="AM386" s="17"/>
+      <c r="AN386" s="17"/>
+      <c r="AO386" s="12"/>
+      <c r="AP386" s="12"/>
+      <c r="AQ386" s="33"/>
+      <c r="AR386" s="33"/>
+      <c r="AS386" s="12"/>
+      <c r="AT386" s="12"/>
+      <c r="AU386" s="12"/>
+      <c r="AV386" s="12"/>
+      <c r="AW386" s="33"/>
+      <c r="AX386" s="33"/>
+      <c r="AY386" s="33"/>
+      <c r="AZ386" s="33"/>
+      <c r="BA386" s="33"/>
+    </row>
+    <row r="387" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K387" s="13">
+        <v>381</v>
+      </c>
+      <c r="L387" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="M387" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="N387" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="O387" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="P387" s="17">
+        <v>0.81299999999999994</v>
+      </c>
+      <c r="Q387" s="17">
+        <v>0.77200000000000002</v>
+      </c>
+      <c r="R387" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="S387" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="T387" s="17">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="U387" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="V387" s="17">
+        <v>0.70099999999999996</v>
+      </c>
+      <c r="W387" s="17">
+        <v>0.58499999999999996</v>
+      </c>
+      <c r="X387" s="17">
+        <v>0.45500000000000002</v>
+      </c>
+      <c r="Y387" s="17">
+        <v>0.42299999999999999</v>
+      </c>
+      <c r="Z387" s="17">
+        <v>0.40799999999999997</v>
+      </c>
+      <c r="AA387" s="17">
+        <v>0.54900000000000004</v>
+      </c>
+      <c r="AB387" s="17">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="AC387" s="17">
+        <v>0.41599999999999998</v>
+      </c>
+      <c r="AD387" s="17">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="AE387" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="AF387" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AG387" s="17">
+        <v>0.307</v>
+      </c>
+      <c r="AH387" s="17">
+        <v>0.26200000000000001</v>
+      </c>
+      <c r="AI387" s="17">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="AJ387" s="17">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="AK387" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AL387" s="17">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="AM387" s="17"/>
+      <c r="AN387" s="17"/>
+      <c r="AO387" s="12"/>
+      <c r="AP387" s="12"/>
+      <c r="AQ387" s="33"/>
+      <c r="AR387" s="33"/>
+      <c r="AS387" s="12"/>
+      <c r="AT387" s="12"/>
+      <c r="AU387" s="12"/>
+      <c r="AV387" s="12"/>
+      <c r="AW387" s="33"/>
+      <c r="AX387" s="33"/>
+      <c r="AY387" s="33"/>
+      <c r="AZ387" s="33"/>
+      <c r="BA387" s="33"/>
+    </row>
+    <row r="388" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K388" s="13">
+        <v>382</v>
+      </c>
+      <c r="L388" s="12" t="s">
+        <v>36</v>
+      </c>
+      <c r="M388" s="17">
+        <v>1</v>
+      </c>
+      <c r="N388" s="17">
+        <v>1</v>
+      </c>
+      <c r="O388" s="17">
+        <v>1</v>
+      </c>
+      <c r="P388" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q388" s="17">
+        <v>1</v>
+      </c>
+      <c r="R388" s="17">
+        <v>1</v>
+      </c>
+      <c r="S388" s="17">
+        <v>1</v>
+      </c>
+      <c r="T388" s="17">
+        <v>1</v>
+      </c>
+      <c r="U388" s="17">
+        <v>1</v>
+      </c>
+      <c r="V388" s="17">
+        <v>1</v>
+      </c>
+      <c r="W388" s="17">
+        <v>1</v>
+      </c>
+      <c r="X388" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y388" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="Z388" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA388" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB388" s="17">
+        <v>0.96299999999999997</v>
+      </c>
+      <c r="AC388" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD388" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE388" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF388" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="AG388" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH388" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="AI388" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ388" s="17">
+        <v>0.93899999999999995</v>
+      </c>
+      <c r="AK388" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AL388" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AM388" s="17"/>
+      <c r="AN388" s="17"/>
+      <c r="AO388" s="12"/>
+      <c r="AP388" s="12"/>
+      <c r="AQ388" s="33"/>
+      <c r="AR388" s="33"/>
+      <c r="AS388" s="12"/>
+      <c r="AT388" s="12"/>
+      <c r="AU388" s="12"/>
+      <c r="AV388" s="12"/>
+      <c r="AW388" s="33"/>
+      <c r="AX388" s="33"/>
+      <c r="AY388" s="33"/>
+      <c r="AZ388" s="33"/>
+      <c r="BA388" s="33"/>
+    </row>
+    <row r="389" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K389" s="13">
+        <v>383</v>
+      </c>
+      <c r="L389" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M389" s="17">
+        <v>0.185</v>
+      </c>
+      <c r="N389" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="O389" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="P389" s="17">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="Q389" s="17">
+        <v>0.436</v>
+      </c>
+      <c r="R389" s="17">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="S389" s="17">
+        <v>0.36599999999999999</v>
+      </c>
+      <c r="T389" s="17">
+        <v>0.30299999999999999</v>
+      </c>
+      <c r="U389" s="17">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="V389" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="W389" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="X389" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="Y389" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="Z389" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AA389" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AB389" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AC389" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="AD389" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AE389" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="AF389" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AG389" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AH389" s="17">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AI389" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="AJ389" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="AK389" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AL389" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="AM389" s="17"/>
+      <c r="AN389" s="17"/>
+      <c r="AO389" s="12"/>
+      <c r="AP389" s="12"/>
+      <c r="AQ389" s="33"/>
+      <c r="AR389" s="33"/>
+      <c r="AS389" s="12"/>
+      <c r="AT389" s="12"/>
+      <c r="AU389" s="12"/>
+      <c r="AV389" s="12"/>
+      <c r="AW389" s="33"/>
+      <c r="AX389" s="33"/>
+      <c r="AY389" s="33"/>
+      <c r="AZ389" s="33"/>
+      <c r="BA389" s="33"/>
+    </row>
+    <row r="390" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K390" s="13">
+        <v>384</v>
+      </c>
+      <c r="L390" s="12" t="s">
+        <v>38</v>
+      </c>
+      <c r="M390" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="N390" s="17">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="O390" s="17">
+        <v>0.90400000000000003</v>
+      </c>
+      <c r="P390" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="Q390" s="17">
+        <v>0.91900000000000004</v>
+      </c>
+      <c r="R390" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="S390" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="T390" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="U390" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="V390" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="W390" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="X390" s="17">
+        <v>0.79100000000000004</v>
+      </c>
+      <c r="Y390" s="17">
+        <v>0.78500000000000003</v>
+      </c>
+      <c r="Z390" s="17">
+        <v>0.66900000000000004</v>
+      </c>
+      <c r="AA390" s="17">
+        <v>0.71699999999999997</v>
+      </c>
+      <c r="AB390" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="AC390" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AD390" s="17">
+        <v>0.70499999999999996</v>
+      </c>
+      <c r="AE390" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="AF390" s="17">
+        <v>0.61199999999999999</v>
+      </c>
+      <c r="AG390" s="17">
+        <v>0.64200000000000002</v>
+      </c>
+      <c r="AH390" s="17">
+        <v>0.46</v>
+      </c>
+      <c r="AI390" s="17">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="AJ390" s="17">
+        <v>0.374</v>
+      </c>
+      <c r="AK390" s="17">
+        <v>0.61599999999999999</v>
+      </c>
+      <c r="AL390" s="17">
+        <v>0.621</v>
+      </c>
+      <c r="AM390" s="17"/>
+      <c r="AN390" s="17"/>
+      <c r="AO390" s="12"/>
+      <c r="AP390" s="12"/>
+      <c r="AQ390" s="33"/>
+      <c r="AR390" s="33"/>
+      <c r="AS390" s="12"/>
+      <c r="AT390" s="12"/>
+      <c r="AU390" s="12"/>
+      <c r="AV390" s="12"/>
+      <c r="AW390" s="33"/>
+      <c r="AX390" s="33"/>
+      <c r="AY390" s="33"/>
+      <c r="AZ390" s="33"/>
+      <c r="BA390" s="33"/>
+    </row>
+    <row r="391" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K391" s="13">
+        <v>385</v>
+      </c>
+      <c r="L391" s="12" t="s">
+        <v>39</v>
+      </c>
+      <c r="M391" s="17">
+        <v>0.35899999999999999</v>
+      </c>
+      <c r="N391" s="17">
+        <v>0.54400000000000004</v>
+      </c>
+      <c r="O391" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="P391" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="Q391" s="17">
+        <v>0.71199999999999997</v>
+      </c>
+      <c r="R391" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="S391" s="17">
+        <v>0.746</v>
+      </c>
+      <c r="T391" s="17">
+        <v>0.68300000000000005</v>
+      </c>
+      <c r="U391" s="17">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="V391" s="17">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="W391" s="17">
+        <v>0.14199999999999999</v>
+      </c>
+      <c r="X391" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="Y391" s="17">
+        <v>0.19</v>
+      </c>
+      <c r="Z391" s="17">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="AA391" s="17">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="AB391" s="17">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="AC391" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="AD391" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="AE391" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="AF391" s="17">
+        <v>7.2999999999999995E-2</v>
+      </c>
+      <c r="AG391" s="17">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="AH391" s="17">
+        <v>0.23200000000000001</v>
+      </c>
+      <c r="AI391" s="17">
+        <v>0.18099999999999999</v>
+      </c>
+      <c r="AJ391" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="AK391" s="17">
+        <v>0.12</v>
+      </c>
+      <c r="AL391" s="17">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="AM391" s="17"/>
+      <c r="AN391" s="17"/>
+      <c r="AO391" s="12"/>
+      <c r="AP391" s="12"/>
+      <c r="AQ391" s="33"/>
+      <c r="AR391" s="33"/>
+      <c r="AS391" s="12"/>
+      <c r="AT391" s="12"/>
+      <c r="AU391" s="12"/>
+      <c r="AV391" s="12"/>
+      <c r="AW391" s="33"/>
+      <c r="AX391" s="33"/>
+      <c r="AY391" s="33"/>
+      <c r="AZ391" s="33"/>
+      <c r="BA391" s="33"/>
+    </row>
+    <row r="392" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K392" s="13">
+        <v>386</v>
+      </c>
+      <c r="L392" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="M392" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="N392" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="O392" s="17">
+        <v>0.97499999999999998</v>
+      </c>
+      <c r="P392" s="17">
+        <v>0.94199999999999995</v>
+      </c>
+      <c r="Q392" s="17">
+        <v>0.871</v>
+      </c>
+      <c r="R392" s="17">
+        <v>0.84699999999999998</v>
+      </c>
+      <c r="S392" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="T392" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="U392" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="V392" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="W392" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="X392" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="Y392" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="Z392" s="17">
+        <v>0.81399999999999995</v>
+      </c>
+      <c r="AA392" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="AB392" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="AC392" s="17">
+        <v>0.60399999999999998</v>
+      </c>
+      <c r="AD392" s="17">
+        <v>0.54200000000000004</v>
+      </c>
+      <c r="AE392" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AF392" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AG392" s="17">
+        <v>0.66</v>
+      </c>
+      <c r="AH392" s="17">
+        <v>0.39700000000000002</v>
+      </c>
+      <c r="AI392" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AJ392" s="17">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="AK392" s="17">
+        <v>0.35099999999999998</v>
+      </c>
+      <c r="AL392" s="17">
+        <v>0.308</v>
+      </c>
+      <c r="AM392" s="17"/>
+      <c r="AN392" s="17"/>
+      <c r="AO392" s="12"/>
+      <c r="AP392" s="12"/>
+      <c r="AQ392" s="33"/>
+      <c r="AR392" s="33"/>
+      <c r="AS392" s="12"/>
+      <c r="AT392" s="12"/>
+      <c r="AU392" s="12"/>
+      <c r="AV392" s="12"/>
+      <c r="AW392" s="33"/>
+      <c r="AX392" s="33"/>
+      <c r="AY392" s="33"/>
+      <c r="AZ392" s="33"/>
+      <c r="BA392" s="33"/>
+    </row>
+    <row r="393" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K393" s="13">
+        <v>387</v>
+      </c>
+      <c r="L393" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="M393" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="N393" s="17">
+        <v>0.192</v>
+      </c>
+      <c r="O393" s="17">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="P393" s="17">
+        <v>0.251</v>
+      </c>
+      <c r="Q393" s="17">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="R393" s="17">
+        <v>0.222</v>
+      </c>
+      <c r="S393" s="17">
+        <v>0.24199999999999999</v>
+      </c>
+      <c r="T393" s="17">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="U393" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="V393" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="W393" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="X393" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="Y393" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Z393" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AA393" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AB393" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AC393" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AD393" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AE393" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AF393" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AG393" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AH393" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AI393" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AJ393" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AK393" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AL393" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AM393" s="17"/>
+      <c r="AN393" s="17"/>
+      <c r="AO393" s="12"/>
+      <c r="AP393" s="12"/>
+      <c r="AQ393" s="33"/>
+      <c r="AR393" s="33"/>
+      <c r="AS393" s="12"/>
+      <c r="AT393" s="12"/>
+      <c r="AU393" s="12"/>
+      <c r="AV393" s="12"/>
+      <c r="AW393" s="33"/>
+      <c r="AX393" s="33"/>
+      <c r="AY393" s="33"/>
+      <c r="AZ393" s="33"/>
+      <c r="BA393" s="33"/>
+    </row>
+    <row r="394" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K394" s="13">
+        <v>388</v>
+      </c>
+      <c r="L394" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="M394" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="N394" s="17">
+        <v>0.29499999999999998</v>
+      </c>
+      <c r="O394" s="17">
+        <v>0.50900000000000001</v>
+      </c>
+      <c r="P394" s="17">
+        <v>0.436</v>
+      </c>
+      <c r="Q394" s="17">
+        <v>0.441</v>
+      </c>
+      <c r="R394" s="17">
+        <v>0.42699999999999999</v>
+      </c>
+      <c r="S394" s="17">
+        <v>0.41799999999999998</v>
+      </c>
+      <c r="T394" s="17">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="U394" s="17">
+        <v>0.113</v>
+      </c>
+      <c r="V394" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="W394" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="X394" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="Y394" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="Z394" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AA394" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AB394" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AC394" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="AD394" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AE394" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AF394" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AG394" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AH394" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AI394" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AJ394" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AK394" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AL394" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AM394" s="17"/>
+      <c r="AN394" s="17"/>
+      <c r="AO394" s="12"/>
+      <c r="AP394" s="12"/>
+      <c r="AQ394" s="33"/>
+      <c r="AR394" s="33"/>
+      <c r="AS394" s="12"/>
+      <c r="AT394" s="12"/>
+      <c r="AU394" s="12"/>
+      <c r="AV394" s="12"/>
+      <c r="AW394" s="33"/>
+      <c r="AX394" s="33"/>
+      <c r="AY394" s="33"/>
+      <c r="AZ394" s="33"/>
+      <c r="BA394" s="33"/>
+    </row>
+    <row r="395" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K395" s="13">
+        <v>389</v>
+      </c>
+      <c r="L395" s="12" t="s">
+        <v>43</v>
+      </c>
+      <c r="M395" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="N395" s="17">
+        <v>0.95399999999999996</v>
+      </c>
+      <c r="O395" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="P395" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="Q395" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="R395" s="17">
+        <v>0.90300000000000002</v>
+      </c>
+      <c r="S395" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="T395" s="17">
+        <v>0.89900000000000002</v>
+      </c>
+      <c r="U395" s="17">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="V395" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="W395" s="17">
+        <v>0.82199999999999995</v>
+      </c>
+      <c r="X395" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="Y395" s="17">
+        <v>0.83099999999999996</v>
+      </c>
+      <c r="Z395" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="AA395" s="17">
+        <v>0.78800000000000003</v>
+      </c>
+      <c r="AB395" s="17">
+        <v>0.81499999999999995</v>
+      </c>
+      <c r="AC395" s="17">
+        <v>0.80700000000000005</v>
+      </c>
+      <c r="AD395" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="AE395" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="AF395" s="17">
+        <v>0.73599999999999999</v>
+      </c>
+      <c r="AG395" s="17">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="AH395" s="17">
+        <v>0.51100000000000001</v>
+      </c>
+      <c r="AI395" s="17">
+        <v>0.432</v>
+      </c>
+      <c r="AJ395" s="17">
+        <v>0.47699999999999998</v>
+      </c>
+      <c r="AK395" s="17">
+        <v>0.53600000000000003</v>
+      </c>
+      <c r="AL395" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="AM395" s="17"/>
+      <c r="AN395" s="17"/>
+      <c r="AO395" s="12"/>
+      <c r="AP395" s="12"/>
+      <c r="AQ395" s="33"/>
+      <c r="AR395" s="33"/>
+      <c r="AS395" s="12"/>
+      <c r="AT395" s="12"/>
+      <c r="AU395" s="12"/>
+      <c r="AV395" s="12"/>
+      <c r="AW395" s="33"/>
+      <c r="AX395" s="33"/>
+      <c r="AY395" s="33"/>
+      <c r="AZ395" s="33"/>
+      <c r="BA395" s="33"/>
+    </row>
+    <row r="396" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K396" s="13">
+        <v>390</v>
+      </c>
+      <c r="L396" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="M396" s="17">
+        <v>1</v>
+      </c>
+      <c r="N396" s="17">
+        <v>1</v>
+      </c>
+      <c r="O396" s="17">
+        <v>1</v>
+      </c>
+      <c r="P396" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q396" s="17">
+        <v>1</v>
+      </c>
+      <c r="R396" s="17">
+        <v>1</v>
+      </c>
+      <c r="S396" s="17">
+        <v>1</v>
+      </c>
+      <c r="T396" s="17">
+        <v>1</v>
+      </c>
+      <c r="U396" s="17">
+        <v>1</v>
+      </c>
+      <c r="V396" s="17">
+        <v>1</v>
+      </c>
+      <c r="W396" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="X396" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y396" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="Z396" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA396" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB396" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC396" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD396" s="17">
+        <v>0.94399999999999995</v>
+      </c>
+      <c r="AE396" s="17">
+        <v>0.86699999999999999</v>
+      </c>
+      <c r="AF396" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG396" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH396" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AI396" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AJ396" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AK396" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AL396" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AM396" s="17"/>
+      <c r="AN396" s="17"/>
+      <c r="AO396" s="12"/>
+      <c r="AP396" s="12"/>
+      <c r="AQ396" s="33"/>
+      <c r="AR396" s="33"/>
+      <c r="AS396" s="12"/>
+      <c r="AT396" s="12"/>
+      <c r="AU396" s="12"/>
+      <c r="AV396" s="12"/>
+      <c r="AW396" s="33"/>
+      <c r="AX396" s="33"/>
+      <c r="AY396" s="33"/>
+      <c r="AZ396" s="33"/>
+      <c r="BA396" s="33"/>
+    </row>
+    <row r="397" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K397" s="13">
+        <v>391</v>
+      </c>
+      <c r="L397" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="M397" s="17">
+        <v>0.48099999999999998</v>
+      </c>
+      <c r="N397" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="O397" s="17">
+        <v>0.78300000000000003</v>
+      </c>
+      <c r="P397" s="17">
+        <v>0.68799999999999994</v>
+      </c>
+      <c r="Q397" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="R397" s="17">
+        <v>0.66800000000000004</v>
+      </c>
+      <c r="S397" s="17">
+        <v>0.69899999999999995</v>
+      </c>
+      <c r="T397" s="17">
+        <v>0.69499999999999995</v>
+      </c>
+      <c r="U397" s="17">
+        <v>0.57999999999999996</v>
+      </c>
+      <c r="V397" s="17">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="W397" s="17">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="X397" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="Y397" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="Z397" s="17">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="AA397" s="17">
+        <v>0.248</v>
+      </c>
+      <c r="AB397" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AC397" s="17">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="AD397" s="17">
+        <v>0.153</v>
+      </c>
+      <c r="AE397" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AF397" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AG397" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="AH397" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AI397" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AJ397" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="AK397" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AL397" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AM397" s="17"/>
+      <c r="AN397" s="17"/>
+      <c r="AO397" s="12"/>
+      <c r="AP397" s="12"/>
+      <c r="AQ397" s="33"/>
+      <c r="AR397" s="33"/>
+      <c r="AS397" s="12"/>
+      <c r="AT397" s="12"/>
+      <c r="AU397" s="12"/>
+      <c r="AV397" s="12"/>
+      <c r="AW397" s="33"/>
+      <c r="AX397" s="33"/>
+      <c r="AY397" s="33"/>
+      <c r="AZ397" s="33"/>
+      <c r="BA397" s="33"/>
+    </row>
+    <row r="398" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K398" s="13">
+        <v>392</v>
+      </c>
+      <c r="L398" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="M398" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="N398" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="O398" s="17">
+        <v>0.13700000000000001</v>
+      </c>
+      <c r="P398" s="17">
+        <v>0.13</v>
+      </c>
+      <c r="Q398" s="17">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="R398" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="S398" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="T398" s="17">
+        <v>0.08</v>
+      </c>
+      <c r="U398" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="V398" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="W398" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="X398" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="Y398" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="Z398" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AA398" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AB398" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AC398" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AD398" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AE398" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AF398" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AG398" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AH398" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AI398" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AJ398" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AK398" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AL398" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AM398" s="17"/>
+      <c r="AN398" s="17"/>
+      <c r="AO398" s="12"/>
+      <c r="AP398" s="12"/>
+      <c r="AQ398" s="33"/>
+      <c r="AR398" s="33"/>
+      <c r="AS398" s="12"/>
+      <c r="AT398" s="12"/>
+      <c r="AU398" s="12"/>
+      <c r="AV398" s="12"/>
+      <c r="AW398" s="33"/>
+      <c r="AX398" s="33"/>
+      <c r="AY398" s="33"/>
+      <c r="AZ398" s="33"/>
+      <c r="BA398" s="33"/>
+    </row>
+    <row r="399" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K399" s="13">
+        <v>393</v>
+      </c>
+      <c r="L399" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="M399" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="N399" s="17">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="O399" s="17">
+        <v>1</v>
+      </c>
+      <c r="P399" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="Q399" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="R399" s="17">
+        <v>0.68100000000000005</v>
+      </c>
+      <c r="S399" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="T399" s="17">
+        <v>0.69199999999999995</v>
+      </c>
+      <c r="U399" s="17">
+        <v>0.60799999999999998</v>
+      </c>
+      <c r="V399" s="17">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="W399" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="X399" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="Y399" s="17">
+        <v>0.65900000000000003</v>
+      </c>
+      <c r="Z399" s="17">
+        <v>0.56799999999999995</v>
+      </c>
+      <c r="AA399" s="17">
+        <v>0.53100000000000003</v>
+      </c>
+      <c r="AB399" s="17">
+        <v>0.59199999999999997</v>
+      </c>
+      <c r="AC399" s="17">
+        <v>0.56699999999999995</v>
+      </c>
+      <c r="AD399" s="17">
+        <v>0.35199999999999998</v>
+      </c>
+      <c r="AE399" s="17">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="AF399" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="AG399" s="17">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="AH399" s="17">
+        <v>0.157</v>
+      </c>
+      <c r="AI399" s="17">
+        <v>7.0999999999999994E-2</v>
+      </c>
+      <c r="AJ399" s="17">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="AK399" s="17">
+        <v>9.2999999999999999E-2</v>
+      </c>
+      <c r="AL399" s="17">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="AM399" s="17"/>
+      <c r="AN399" s="17"/>
+      <c r="AO399" s="12"/>
+      <c r="AP399" s="12"/>
+      <c r="AQ399" s="33"/>
+      <c r="AR399" s="33"/>
+      <c r="AS399" s="12"/>
+      <c r="AT399" s="12"/>
+      <c r="AU399" s="12"/>
+      <c r="AV399" s="12"/>
+      <c r="AW399" s="33"/>
+      <c r="AX399" s="33"/>
+      <c r="AY399" s="33"/>
+      <c r="AZ399" s="33"/>
+      <c r="BA399" s="33"/>
+    </row>
+    <row r="400" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K400" s="13">
+        <v>394</v>
+      </c>
+      <c r="L400" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="M400" s="17">
+        <v>0.29899999999999999</v>
+      </c>
+      <c r="N400" s="17">
+        <v>0.44800000000000001</v>
+      </c>
+      <c r="O400" s="17">
+        <v>0.434</v>
+      </c>
+      <c r="P400" s="17">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="Q400" s="17">
+        <v>0.35199999999999998</v>
+      </c>
+      <c r="R400" s="17">
+        <v>0.371</v>
+      </c>
+      <c r="S400" s="17">
+        <v>0.311</v>
+      </c>
+      <c r="T400" s="17">
+        <v>0.19900000000000001</v>
+      </c>
+      <c r="U400" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="V400" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="W400" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="X400" s="17">
+        <v>0.05</v>
+      </c>
+      <c r="Y400" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="Z400" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AA400" s="17">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="AB400" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AC400" s="17">
+        <v>4.8000000000000001E-2</v>
+      </c>
+      <c r="AD400" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AE400" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AF400" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AG400" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="AH400" s="17">
+        <v>5.8000000000000003E-2</v>
+      </c>
+      <c r="AI400" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AJ400" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AK400" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AL400" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM400" s="17"/>
+      <c r="AN400" s="17"/>
+      <c r="AO400" s="12"/>
+      <c r="AP400" s="12"/>
+      <c r="AQ400" s="33"/>
+      <c r="AR400" s="33"/>
+      <c r="AS400" s="12"/>
+      <c r="AT400" s="12"/>
+      <c r="AU400" s="12"/>
+      <c r="AV400" s="12"/>
+      <c r="AW400" s="33"/>
+      <c r="AX400" s="33"/>
+      <c r="AY400" s="33"/>
+      <c r="AZ400" s="33"/>
+      <c r="BA400" s="33"/>
+    </row>
+    <row r="401" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K401" s="13">
+        <v>395</v>
+      </c>
+      <c r="L401" s="12" t="s">
+        <v>49</v>
+      </c>
+      <c r="M401" s="17">
+        <v>0.15</v>
+      </c>
+      <c r="N401" s="17">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="O401" s="17">
+        <v>0.433</v>
+      </c>
+      <c r="P401" s="17">
+        <v>0.42399999999999999</v>
+      </c>
+      <c r="Q401" s="17">
+        <v>0.45600000000000002</v>
+      </c>
+      <c r="R401" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="S401" s="17">
+        <v>0.39700000000000002</v>
+      </c>
+      <c r="T401" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="U401" s="17">
+        <v>9.4E-2</v>
+      </c>
+      <c r="V401" s="17">
+        <v>0.06</v>
+      </c>
+      <c r="W401" s="17">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="X401" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="Y401" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="Z401" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AA401" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="AB401" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AC401" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AD401" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AE401" s="17">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="AF401" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AG401" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AH401" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AI401" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AJ401" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AK401" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AL401" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM401" s="17"/>
+      <c r="AN401" s="17"/>
+      <c r="AO401" s="12"/>
+      <c r="AP401" s="12"/>
+      <c r="AQ401" s="33"/>
+      <c r="AR401" s="33"/>
+      <c r="AS401" s="12"/>
+      <c r="AT401" s="12"/>
+      <c r="AU401" s="12"/>
+      <c r="AV401" s="12"/>
+      <c r="AW401" s="33"/>
+      <c r="AX401" s="33"/>
+      <c r="AY401" s="33"/>
+      <c r="AZ401" s="33"/>
+      <c r="BA401" s="33"/>
+    </row>
+    <row r="402" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K402" s="13">
+        <v>396</v>
+      </c>
+      <c r="L402" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="M402" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="N402" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="O402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="P402" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Q402" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="R402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="S402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="T402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="U402" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="V402" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="W402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="X402" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="Y402" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="Z402" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AA402" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AB402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AC402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AD402" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AE402" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="AF402" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AG402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AH402" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AI402" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AJ402" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AK402" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AL402" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AM402" s="17"/>
+      <c r="AN402" s="17"/>
+      <c r="AO402" s="12"/>
+      <c r="AP402" s="12"/>
+      <c r="AQ402" s="33"/>
+      <c r="AR402" s="33"/>
+      <c r="AS402" s="12"/>
+      <c r="AT402" s="12"/>
+      <c r="AU402" s="12"/>
+      <c r="AV402" s="12"/>
+      <c r="AW402" s="33"/>
+      <c r="AX402" s="33"/>
+      <c r="AY402" s="33"/>
+      <c r="AZ402" s="33"/>
+      <c r="BA402" s="33"/>
+    </row>
+    <row r="403" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K403" s="13">
+        <v>397</v>
+      </c>
+      <c r="L403" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="M403" s="17">
+        <v>0.71099999999999997</v>
+      </c>
+      <c r="N403" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="O403" s="17">
+        <v>0.83399999999999996</v>
+      </c>
+      <c r="P403" s="17">
+        <v>0.745</v>
+      </c>
+      <c r="Q403" s="17">
+        <v>0.84299999999999997</v>
+      </c>
+      <c r="R403" s="17">
+        <v>0.78100000000000003</v>
+      </c>
+      <c r="S403" s="17">
+        <v>0.83499999999999996</v>
+      </c>
+      <c r="T403" s="17">
+        <v>0.753</v>
+      </c>
+      <c r="U403" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="V403" s="17">
+        <v>0.55400000000000005</v>
+      </c>
+      <c r="W403" s="17">
+        <v>0.505</v>
+      </c>
+      <c r="X403" s="17">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="Y403" s="17">
+        <v>0.61199999999999999</v>
+      </c>
+      <c r="Z403" s="17">
+        <v>0.59199999999999997</v>
+      </c>
+      <c r="AA403" s="17">
+        <v>0.52300000000000002</v>
+      </c>
+      <c r="AB403" s="17">
+        <v>0.51300000000000001</v>
+      </c>
+      <c r="AC403" s="17">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="AD403" s="17">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="AE403" s="17">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="AF403" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="AG403" s="17">
+        <v>0.46600000000000003</v>
+      </c>
+      <c r="AH403" s="17">
+        <v>0.505</v>
+      </c>
+      <c r="AI403" s="17">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="AJ403" s="17">
+        <v>0.40699999999999997</v>
+      </c>
+      <c r="AK403" s="17">
+        <v>0.40899999999999997</v>
+      </c>
+      <c r="AL403" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="AM403" s="17"/>
+      <c r="AN403" s="17"/>
+      <c r="AO403" s="12"/>
+      <c r="AP403" s="12"/>
+      <c r="AQ403" s="33"/>
+      <c r="AR403" s="33"/>
+      <c r="AS403" s="12"/>
+      <c r="AT403" s="12"/>
+      <c r="AU403" s="12"/>
+      <c r="AV403" s="12"/>
+      <c r="AW403" s="33"/>
+      <c r="AX403" s="33"/>
+      <c r="AY403" s="33"/>
+      <c r="AZ403" s="33"/>
+      <c r="BA403" s="33"/>
+    </row>
+    <row r="404" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K404" s="13">
+        <v>398</v>
+      </c>
+      <c r="L404" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M404" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="N404" s="17">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="O404" s="17">
+        <v>0.246</v>
+      </c>
+      <c r="P404" s="17">
+        <v>0.21099999999999999</v>
+      </c>
+      <c r="Q404" s="17">
+        <v>0.245</v>
+      </c>
+      <c r="R404" s="17">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="S404" s="17">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="T404" s="17">
+        <v>0.14599999999999999</v>
+      </c>
+      <c r="U404" s="17">
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="V404" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="W404" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="X404" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Y404" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="Z404" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AA404" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AB404" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AC404" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AD404" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AE404" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AF404" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AG404" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AH404" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AI404" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AJ404" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AK404" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AL404" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AM404" s="17"/>
+      <c r="AN404" s="17"/>
+      <c r="AO404" s="12"/>
+      <c r="AP404" s="12"/>
+      <c r="AQ404" s="33"/>
+      <c r="AR404" s="33"/>
+      <c r="AS404" s="12"/>
+      <c r="AT404" s="12"/>
+      <c r="AU404" s="12"/>
+      <c r="AV404" s="12"/>
+      <c r="AW404" s="33"/>
+      <c r="AX404" s="33"/>
+      <c r="AY404" s="33"/>
+      <c r="AZ404" s="33"/>
+      <c r="BA404" s="33"/>
+    </row>
+    <row r="405" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K405" s="13">
+        <v>399</v>
+      </c>
+      <c r="L405" s="12" t="s">
+        <v>53</v>
+      </c>
+      <c r="M405" s="17">
+        <v>0.61199999999999999</v>
+      </c>
+      <c r="N405" s="17">
+        <v>0.76800000000000002</v>
+      </c>
+      <c r="O405" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="P405" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="Q405" s="17">
+        <v>0.82299999999999995</v>
+      </c>
+      <c r="R405" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="S405" s="17">
+        <v>0.85899999999999999</v>
+      </c>
+      <c r="T405" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="U405" s="17">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="V405" s="17">
+        <v>0.89800000000000002</v>
+      </c>
+      <c r="W405" s="17">
+        <v>0.879</v>
+      </c>
+      <c r="X405" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="Y405" s="17">
+        <v>0.83699999999999997</v>
+      </c>
+      <c r="Z405" s="17">
+        <v>0.78200000000000003</v>
+      </c>
+      <c r="AA405" s="17">
+        <v>0.752</v>
+      </c>
+      <c r="AB405" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="AC405" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="AD405" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="AE405" s="17">
+        <v>0.66100000000000003</v>
+      </c>
+      <c r="AF405" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="AG405" s="17">
+        <v>0.59699999999999998</v>
+      </c>
+      <c r="AH405" s="17">
+        <v>0.49299999999999999</v>
+      </c>
+      <c r="AI405" s="17">
+        <v>0.42599999999999999</v>
+      </c>
+      <c r="AJ405" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="AK405" s="17">
+        <v>0.40100000000000002</v>
+      </c>
+      <c r="AL405" s="17">
+        <v>0.33400000000000002</v>
+      </c>
+      <c r="AM405" s="17"/>
+      <c r="AN405" s="17"/>
+      <c r="AO405" s="12"/>
+      <c r="AP405" s="12"/>
+      <c r="AQ405" s="33"/>
+      <c r="AR405" s="33"/>
+      <c r="AS405" s="12"/>
+      <c r="AT405" s="12"/>
+      <c r="AU405" s="12"/>
+      <c r="AV405" s="12"/>
+      <c r="AW405" s="33"/>
+      <c r="AX405" s="33"/>
+      <c r="AY405" s="33"/>
+      <c r="AZ405" s="33"/>
+      <c r="BA405" s="33"/>
+    </row>
+    <row r="406" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K406" s="13">
+        <v>400</v>
+      </c>
+      <c r="L406" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="M406" s="17">
+        <v>0.748</v>
+      </c>
+      <c r="N406" s="17">
+        <v>0.879</v>
+      </c>
+      <c r="O406" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="P406" s="17">
+        <v>0.84399999999999997</v>
+      </c>
+      <c r="Q406" s="17">
+        <v>0.77200000000000002</v>
+      </c>
+      <c r="R406" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="S406" s="17">
+        <v>0.85499999999999998</v>
+      </c>
+      <c r="T406" s="17">
+        <v>0.872</v>
+      </c>
+      <c r="U406" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="V406" s="17">
+        <v>0.63600000000000001</v>
+      </c>
+      <c r="W406" s="17">
+        <v>0.628</v>
+      </c>
+      <c r="X406" s="17">
+        <v>0.45200000000000001</v>
+      </c>
+      <c r="Y406" s="17">
+        <v>0.497</v>
+      </c>
+      <c r="Z406" s="17">
+        <v>0.66</v>
+      </c>
+      <c r="AA406" s="17">
+        <v>0.71099999999999997</v>
+      </c>
+      <c r="AB406" s="17">
+        <v>0.71</v>
+      </c>
+      <c r="AC406" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AD406" s="17">
+        <v>0.624</v>
+      </c>
+      <c r="AE406" s="17">
+        <v>0.51400000000000001</v>
+      </c>
+      <c r="AF406" s="17">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="AG406" s="17">
+        <v>0.55300000000000005</v>
+      </c>
+      <c r="AH406" s="17">
+        <v>0.53100000000000003</v>
+      </c>
+      <c r="AI406" s="17">
+        <v>0.46400000000000002</v>
+      </c>
+      <c r="AJ406" s="17">
+        <v>0.497</v>
+      </c>
+      <c r="AK406" s="17">
+        <v>0.59299999999999997</v>
+      </c>
+      <c r="AL406" s="17">
+        <v>0.76300000000000001</v>
+      </c>
+      <c r="AM406" s="17"/>
+      <c r="AN406" s="17"/>
+      <c r="AO406" s="12"/>
+      <c r="AP406" s="12"/>
+      <c r="AQ406" s="33"/>
+      <c r="AR406" s="33"/>
+      <c r="AS406" s="12"/>
+      <c r="AT406" s="12"/>
+      <c r="AU406" s="12"/>
+      <c r="AV406" s="12"/>
+      <c r="AW406" s="33"/>
+      <c r="AX406" s="33"/>
+      <c r="AY406" s="33"/>
+      <c r="AZ406" s="33"/>
+      <c r="BA406" s="33"/>
+    </row>
+    <row r="407" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K407" s="13">
+        <v>401</v>
+      </c>
+      <c r="L407" s="12" t="s">
+        <v>55</v>
+      </c>
+      <c r="M407" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="N407" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="O407" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="P407" s="17">
+        <v>0.97899999999999998</v>
+      </c>
+      <c r="Q407" s="17">
+        <v>0.879</v>
+      </c>
+      <c r="R407" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="S407" s="17">
+        <v>0.876</v>
+      </c>
+      <c r="T407" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="U407" s="17">
+        <v>0.88600000000000001</v>
+      </c>
+      <c r="V407" s="17">
+        <v>0.91200000000000003</v>
+      </c>
+      <c r="W407" s="17">
+        <v>0.85</v>
+      </c>
+      <c r="X407" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="Y407" s="17">
+        <v>0.79500000000000004</v>
+      </c>
+      <c r="Z407" s="17">
+        <v>0.79900000000000004</v>
+      </c>
+      <c r="AA407" s="17">
+        <v>0.80300000000000005</v>
+      </c>
+      <c r="AB407" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="AC407" s="17">
+        <v>0.73599999999999999</v>
+      </c>
+      <c r="AD407" s="17">
+        <v>0.76700000000000002</v>
+      </c>
+      <c r="AE407" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="AF407" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AG407" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="AH407" s="17">
+        <v>0.57599999999999996</v>
+      </c>
+      <c r="AI407" s="17">
+        <v>0.44400000000000001</v>
+      </c>
+      <c r="AJ407" s="17">
+        <v>0.40699999999999997</v>
+      </c>
+      <c r="AK407" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AL407" s="17">
+        <v>0.43099999999999999</v>
+      </c>
+      <c r="AM407" s="17"/>
+      <c r="AN407" s="17"/>
+      <c r="AO407" s="12"/>
+      <c r="AP407" s="12"/>
+      <c r="AQ407" s="33"/>
+      <c r="AR407" s="33"/>
+      <c r="AS407" s="12"/>
+      <c r="AT407" s="12"/>
+      <c r="AU407" s="12"/>
+      <c r="AV407" s="12"/>
+      <c r="AW407" s="33"/>
+      <c r="AX407" s="33"/>
+      <c r="AY407" s="33"/>
+      <c r="AZ407" s="33"/>
+      <c r="BA407" s="33"/>
+    </row>
+    <row r="408" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K408" s="13">
+        <v>402</v>
+      </c>
+      <c r="L408" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="M408" s="17">
+        <v>7.9000000000000001E-2</v>
+      </c>
+      <c r="N408" s="17">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="O408" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="P408" s="17">
+        <v>0.24099999999999999</v>
+      </c>
+      <c r="Q408" s="17">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="R408" s="17">
+        <v>0.20100000000000001</v>
+      </c>
+      <c r="S408" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="T408" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="U408" s="17">
+        <v>6.2E-2</v>
+      </c>
+      <c r="V408" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="W408" s="17">
+        <v>5.6000000000000001E-2</v>
+      </c>
+      <c r="X408" s="17">
+        <v>0.04</v>
+      </c>
+      <c r="Y408" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="Z408" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AA408" s="17">
+        <v>3.5000000000000003E-2</v>
+      </c>
+      <c r="AB408" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AC408" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AD408" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AE408" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AF408" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AG408" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AH408" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AI408" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AJ408" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AK408" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AL408" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AM408" s="17"/>
+      <c r="AN408" s="17"/>
+      <c r="AO408" s="12"/>
+      <c r="AP408" s="12"/>
+      <c r="AQ408" s="33"/>
+      <c r="AR408" s="33"/>
+      <c r="AS408" s="12"/>
+      <c r="AT408" s="12"/>
+      <c r="AU408" s="12"/>
+      <c r="AV408" s="12"/>
+      <c r="AW408" s="33"/>
+      <c r="AX408" s="33"/>
+      <c r="AY408" s="33"/>
+      <c r="AZ408" s="33"/>
+      <c r="BA408" s="33"/>
+    </row>
+    <row r="409" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K409" s="13">
+        <v>403</v>
+      </c>
+      <c r="L409" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="M409" s="17">
+        <v>7.4999999999999997E-2</v>
+      </c>
+      <c r="N409" s="17">
+        <v>0.09</v>
+      </c>
+      <c r="O409" s="17">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="P409" s="17">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="Q409" s="17">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="R409" s="17">
+        <v>0.152</v>
+      </c>
+      <c r="S409" s="17">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="T409" s="17">
+        <v>0.109</v>
+      </c>
+      <c r="U409" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="V409" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="W409" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="X409" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="Y409" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="Z409" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AA409" s="17">
+        <v>3.1E-2</v>
+      </c>
+      <c r="AB409" s="17">
+        <v>3.5999999999999997E-2</v>
+      </c>
+      <c r="AC409" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AD409" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AE409" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AF409" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AG409" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="AH409" s="17">
+        <v>3.3000000000000002E-2</v>
+      </c>
+      <c r="AI409" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AJ409" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AK409" s="17">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="AL409" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="AM409" s="17"/>
+      <c r="AN409" s="17"/>
+      <c r="AO409" s="12"/>
+      <c r="AP409" s="12"/>
+      <c r="AQ409" s="33"/>
+      <c r="AR409" s="33"/>
+      <c r="AS409" s="12"/>
+      <c r="AT409" s="12"/>
+      <c r="AU409" s="12"/>
+      <c r="AV409" s="12"/>
+      <c r="AW409" s="33"/>
+      <c r="AX409" s="33"/>
+      <c r="AY409" s="33"/>
+      <c r="AZ409" s="33"/>
+      <c r="BA409" s="33"/>
+    </row>
+    <row r="410" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K410" s="13">
+        <v>404</v>
+      </c>
+      <c r="L410" s="12" t="s">
+        <v>58</v>
+      </c>
+      <c r="M410" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="N410" s="17">
+        <v>0.91</v>
+      </c>
+      <c r="O410" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="P410" s="17">
+        <v>0.86799999999999999</v>
+      </c>
+      <c r="Q410" s="17">
+        <v>0.91500000000000004</v>
+      </c>
+      <c r="R410" s="17">
+        <v>0.85599999999999998</v>
+      </c>
+      <c r="S410" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="T410" s="17">
+        <v>0.82099999999999995</v>
+      </c>
+      <c r="U410" s="17">
+        <v>0.67700000000000005</v>
+      </c>
+      <c r="V410" s="17">
+        <v>0.745</v>
+      </c>
+      <c r="W410" s="17">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="X410" s="17">
+        <v>0.59499999999999997</v>
+      </c>
+      <c r="Y410" s="17">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="Z410" s="17">
+        <v>0.65</v>
+      </c>
+      <c r="AA410" s="17">
+        <v>0.70699999999999996</v>
+      </c>
+      <c r="AB410" s="17">
+        <v>0.60899999999999999</v>
+      </c>
+      <c r="AC410" s="17">
+        <v>0.54100000000000004</v>
+      </c>
+      <c r="AD410" s="17">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="AE410" s="17">
+        <v>0.40899999999999997</v>
+      </c>
+      <c r="AF410" s="17">
+        <v>0.307</v>
+      </c>
+      <c r="AG410" s="17">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="AH410" s="17">
+        <v>0.23499999999999999</v>
+      </c>
+      <c r="AI410" s="17">
+        <v>0.13100000000000001</v>
+      </c>
+      <c r="AJ410" s="17">
+        <v>0.218</v>
+      </c>
+      <c r="AK410" s="17">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="AL410" s="17">
+        <v>0.33600000000000002</v>
+      </c>
+      <c r="AM410" s="17"/>
+      <c r="AN410" s="17"/>
+      <c r="AO410" s="12"/>
+      <c r="AP410" s="12"/>
+      <c r="AQ410" s="33"/>
+      <c r="AR410" s="33"/>
+      <c r="AS410" s="12"/>
+      <c r="AT410" s="12"/>
+      <c r="AU410" s="12"/>
+      <c r="AV410" s="12"/>
+      <c r="AW410" s="33"/>
+      <c r="AX410" s="33"/>
+      <c r="AY410" s="33"/>
+      <c r="AZ410" s="33"/>
+      <c r="BA410" s="33"/>
+    </row>
+    <row r="411" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K411" s="13">
+        <v>405</v>
+      </c>
+      <c r="L411" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="M411" s="17">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="N411" s="17">
+        <v>0.61599999999999999</v>
+      </c>
+      <c r="O411" s="17">
+        <v>0.67700000000000005</v>
+      </c>
+      <c r="P411" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="Q411" s="17">
+        <v>0.69699999999999995</v>
+      </c>
+      <c r="R411" s="17">
+        <v>0.63300000000000001</v>
+      </c>
+      <c r="S411" s="17">
+        <v>0.65800000000000003</v>
+      </c>
+      <c r="T411" s="17">
+        <v>0.61299999999999999</v>
+      </c>
+      <c r="U411" s="17">
+        <v>0.434</v>
+      </c>
+      <c r="V411" s="17">
+        <v>0.34799999999999998</v>
+      </c>
+      <c r="W411" s="17">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="X411" s="17">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="Y411" s="17">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="Z411" s="17">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="AA411" s="17">
+        <v>0.22500000000000001</v>
+      </c>
+      <c r="AB411" s="17">
+        <v>0.21</v>
+      </c>
+      <c r="AC411" s="17">
+        <v>0.11700000000000001</v>
+      </c>
+      <c r="AD411" s="17">
+        <v>8.1000000000000003E-2</v>
+      </c>
+      <c r="AE411" s="17">
+        <v>7.5999999999999998E-2</v>
+      </c>
+      <c r="AF411" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AG411" s="17">
+        <v>6.9000000000000006E-2</v>
+      </c>
+      <c r="AH411" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AI411" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AJ411" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AK411" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AL411" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AM411" s="17"/>
+      <c r="AN411" s="17"/>
+      <c r="AO411" s="12"/>
+      <c r="AP411" s="12"/>
+      <c r="AQ411" s="33"/>
+      <c r="AR411" s="33"/>
+      <c r="AS411" s="12"/>
+      <c r="AT411" s="12"/>
+      <c r="AU411" s="12"/>
+      <c r="AV411" s="12"/>
+      <c r="AW411" s="33"/>
+      <c r="AX411" s="33"/>
+      <c r="AY411" s="33"/>
+      <c r="AZ411" s="33"/>
+      <c r="BA411" s="33"/>
+    </row>
+    <row r="412" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K412" s="13">
+        <v>406</v>
+      </c>
+      <c r="L412" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="M412" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="N412" s="17">
+        <v>0.92100000000000004</v>
+      </c>
+      <c r="O412" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="P412" s="17">
+        <v>0.84</v>
+      </c>
+      <c r="Q412" s="17">
+        <v>0.73399999999999999</v>
+      </c>
+      <c r="R412" s="17">
+        <v>0.79800000000000004</v>
+      </c>
+      <c r="S412" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="T412" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="U412" s="17">
+        <v>0.73099999999999998</v>
+      </c>
+      <c r="V412" s="17">
+        <v>0.74299999999999999</v>
+      </c>
+      <c r="W412" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="X412" s="17">
+        <v>0.40300000000000002</v>
+      </c>
+      <c r="Y412" s="17">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="Z412" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="AA412" s="17">
+        <v>0.374</v>
+      </c>
+      <c r="AB412" s="17">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="AC412" s="17">
+        <v>0.33</v>
+      </c>
+      <c r="AD412" s="17">
+        <v>0.253</v>
+      </c>
+      <c r="AE412" s="17">
+        <v>0.32900000000000001</v>
+      </c>
+      <c r="AF412" s="17">
+        <v>0.152</v>
+      </c>
+      <c r="AG412" s="17">
+        <v>0.193</v>
+      </c>
+      <c r="AH412" s="17">
+        <v>0.17799999999999999</v>
+      </c>
+      <c r="AI412" s="17">
+        <v>6.0999999999999999E-2</v>
+      </c>
+      <c r="AJ412" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="AK412" s="17">
+        <v>0.215</v>
+      </c>
+      <c r="AL412" s="17">
+        <v>0.21199999999999999</v>
+      </c>
+      <c r="AM412" s="17"/>
+      <c r="AN412" s="17"/>
+      <c r="AO412" s="12"/>
+      <c r="AP412" s="12"/>
+      <c r="AQ412" s="33"/>
+      <c r="AR412" s="33"/>
+      <c r="AS412" s="12"/>
+      <c r="AT412" s="12"/>
+      <c r="AU412" s="12"/>
+      <c r="AV412" s="12"/>
+      <c r="AW412" s="33"/>
+      <c r="AX412" s="33"/>
+      <c r="AY412" s="33"/>
+      <c r="AZ412" s="33"/>
+      <c r="BA412" s="33"/>
+    </row>
+    <row r="413" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K413" s="13">
+        <v>407</v>
+      </c>
+      <c r="L413" s="12" t="s">
+        <v>61</v>
+      </c>
+      <c r="M413" s="17">
+        <v>0.91100000000000003</v>
+      </c>
+      <c r="N413" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="O413" s="17">
+        <v>0.92700000000000005</v>
+      </c>
+      <c r="P413" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="Q413" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="R413" s="17">
+        <v>0.71199999999999997</v>
+      </c>
+      <c r="S413" s="17">
+        <v>0.67200000000000004</v>
+      </c>
+      <c r="T413" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="U413" s="17">
+        <v>0.82599999999999996</v>
+      </c>
+      <c r="V413" s="17">
+        <v>0.78</v>
+      </c>
+      <c r="W413" s="17">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="X413" s="17">
+        <v>0.45700000000000002</v>
+      </c>
+      <c r="Y413" s="17">
+        <v>0.67200000000000004</v>
+      </c>
+      <c r="Z413" s="17">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="AA413" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="AB413" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="AC413" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AD413" s="17">
+        <v>0.61299999999999999</v>
+      </c>
+      <c r="AE413" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AF413" s="17">
+        <v>0.34</v>
+      </c>
+      <c r="AG413" s="17">
+        <v>0.434</v>
+      </c>
+      <c r="AH413" s="17">
+        <v>0.22700000000000001</v>
+      </c>
+      <c r="AI413" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="AJ413" s="17">
+        <v>0.23300000000000001</v>
+      </c>
+      <c r="AK413" s="17">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="AL413" s="17">
+        <v>0.35299999999999998</v>
+      </c>
+      <c r="AM413" s="17"/>
+      <c r="AN413" s="17"/>
+      <c r="AO413" s="12"/>
+      <c r="AP413" s="12"/>
+      <c r="AQ413" s="33"/>
+      <c r="AR413" s="33"/>
+      <c r="AS413" s="12"/>
+      <c r="AT413" s="12"/>
+      <c r="AU413" s="12"/>
+      <c r="AV413" s="12"/>
+      <c r="AW413" s="33"/>
+      <c r="AX413" s="33"/>
+      <c r="AY413" s="33"/>
+      <c r="AZ413" s="33"/>
+      <c r="BA413" s="33"/>
+    </row>
+    <row r="414" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K414" s="13">
+        <v>408</v>
+      </c>
+      <c r="L414" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="M414" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="N414" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="O414" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="P414" s="17">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="Q414" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="R414" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="S414" s="17">
+        <v>0.87</v>
+      </c>
+      <c r="T414" s="17">
+        <v>0.90400000000000003</v>
+      </c>
+      <c r="U414" s="17">
+        <v>0.85099999999999998</v>
+      </c>
+      <c r="V414" s="17">
+        <v>0.68300000000000005</v>
+      </c>
+      <c r="W414" s="17">
+        <v>0.67200000000000004</v>
+      </c>
+      <c r="X414" s="17">
+        <v>0.60399999999999998</v>
+      </c>
+      <c r="Y414" s="17">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="Z414" s="17">
+        <v>0.754</v>
+      </c>
+      <c r="AA414" s="17">
+        <v>0.78700000000000003</v>
+      </c>
+      <c r="AB414" s="17">
+        <v>0.70899999999999996</v>
+      </c>
+      <c r="AC414" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="AD414" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="AE414" s="17">
+        <v>0.58899999999999997</v>
+      </c>
+      <c r="AF414" s="17">
+        <v>0.56299999999999994</v>
+      </c>
+      <c r="AG414" s="17">
+        <v>0.54400000000000004</v>
+      </c>
+      <c r="AH414" s="17">
+        <v>0.40600000000000003</v>
+      </c>
+      <c r="AI414" s="17">
+        <v>0.24</v>
+      </c>
+      <c r="AJ414" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="AK414" s="17">
+        <v>0.54700000000000004</v>
+      </c>
+      <c r="AL414" s="17">
+        <v>0.57899999999999996</v>
+      </c>
+      <c r="AM414" s="17"/>
+      <c r="AN414" s="17"/>
+      <c r="AO414" s="12"/>
+      <c r="AP414" s="12"/>
+      <c r="AQ414" s="33"/>
+      <c r="AR414" s="33"/>
+      <c r="AS414" s="12"/>
+      <c r="AT414" s="12"/>
+      <c r="AU414" s="12"/>
+      <c r="AV414" s="12"/>
+      <c r="AW414" s="33"/>
+      <c r="AX414" s="33"/>
+      <c r="AY414" s="33"/>
+      <c r="AZ414" s="33"/>
+      <c r="BA414" s="33"/>
+    </row>
+    <row r="415" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K415" s="13">
+        <v>409</v>
+      </c>
+      <c r="L415" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="M415" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="N415" s="17">
+        <v>4.1000000000000002E-2</v>
+      </c>
+      <c r="O415" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="P415" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="Q415" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="R415" s="17">
+        <v>0.11600000000000001</v>
+      </c>
+      <c r="S415" s="17">
+        <v>0.13600000000000001</v>
+      </c>
+      <c r="T415" s="17">
+        <v>0.113</v>
+      </c>
+      <c r="U415" s="17">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="V415" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="W415" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="X415" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="Y415" s="17">
+        <v>0.247</v>
+      </c>
+      <c r="Z415" s="17">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="AA415" s="17">
+        <v>0.24299999999999999</v>
+      </c>
+      <c r="AB415" s="17">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="AC415" s="17">
+        <v>0.214</v>
+      </c>
+      <c r="AD415" s="17">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="AE415" s="17">
+        <v>0.128</v>
+      </c>
+      <c r="AF415" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="AG415" s="17">
+        <v>0.16</v>
+      </c>
+      <c r="AH415" s="17">
+        <v>0.20699999999999999</v>
+      </c>
+      <c r="AI415" s="17">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="AJ415" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="AK415" s="17">
+        <v>4.3999999999999997E-2</v>
+      </c>
+      <c r="AL415" s="17">
+        <v>8.2000000000000003E-2</v>
+      </c>
+      <c r="AM415" s="17"/>
+      <c r="AN415" s="17"/>
+      <c r="AO415" s="12"/>
+      <c r="AP415" s="12"/>
+      <c r="AQ415" s="33"/>
+      <c r="AR415" s="33"/>
+      <c r="AS415" s="12"/>
+      <c r="AT415" s="12"/>
+      <c r="AU415" s="12"/>
+      <c r="AV415" s="12"/>
+      <c r="AW415" s="33"/>
+      <c r="AX415" s="33"/>
+      <c r="AY415" s="33"/>
+      <c r="AZ415" s="33"/>
+      <c r="BA415" s="33"/>
+    </row>
+    <row r="416" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K416" s="13">
+        <v>410</v>
+      </c>
+      <c r="L416" s="12" t="s">
+        <v>64</v>
+      </c>
+      <c r="M416" s="17">
+        <v>0.98399999999999999</v>
+      </c>
+      <c r="N416" s="17">
+        <v>1</v>
+      </c>
+      <c r="O416" s="17">
+        <v>0.98599999999999999</v>
+      </c>
+      <c r="P416" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="Q416" s="17">
+        <v>1</v>
+      </c>
+      <c r="R416" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="S416" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="T416" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="U416" s="17">
+        <v>0.92400000000000004</v>
+      </c>
+      <c r="V416" s="17">
+        <v>0.97099999999999997</v>
+      </c>
+      <c r="W416" s="17">
+        <v>0.93200000000000005</v>
+      </c>
+      <c r="X416" s="17">
+        <v>0.96799999999999997</v>
+      </c>
+      <c r="Y416" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="Z416" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="AA416" s="17">
+        <v>0.94199999999999995</v>
+      </c>
+      <c r="AB416" s="17">
+        <v>0.94199999999999995</v>
+      </c>
+      <c r="AC416" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="AD416" s="17">
+        <v>0.97099999999999997</v>
+      </c>
+      <c r="AE416" s="17">
+        <v>0.90500000000000003</v>
+      </c>
+      <c r="AF416" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="AG416" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AH416" s="17">
+        <v>0.76200000000000001</v>
+      </c>
+      <c r="AI416" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AJ416" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="AK416" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="AL416" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="AM416" s="17"/>
+      <c r="AN416" s="17"/>
+      <c r="AO416" s="12"/>
+      <c r="AP416" s="12"/>
+      <c r="AQ416" s="33"/>
+      <c r="AR416" s="33"/>
+      <c r="AS416" s="12"/>
+      <c r="AT416" s="12"/>
+      <c r="AU416" s="12"/>
+      <c r="AV416" s="12"/>
+      <c r="AW416" s="33"/>
+      <c r="AX416" s="33"/>
+      <c r="AY416" s="33"/>
+      <c r="AZ416" s="33"/>
+      <c r="BA416" s="33"/>
+    </row>
+    <row r="417" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K417" s="13">
+        <v>411</v>
+      </c>
+      <c r="L417" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="M417" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="N417" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="O417" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="P417" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Q417" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="R417" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="S417" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="T417" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="U417" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="V417" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="W417" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="X417" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Y417" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="Z417" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AA417" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AB417" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AC417" s="17">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AD417" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AE417" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AF417" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AG417" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AH417" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AI417" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AJ417" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AK417" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AL417" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AM417" s="17"/>
+      <c r="AN417" s="17"/>
+      <c r="AO417" s="12"/>
+      <c r="AP417" s="12"/>
+      <c r="AQ417" s="33"/>
+      <c r="AR417" s="33"/>
+      <c r="AS417" s="12"/>
+      <c r="AT417" s="12"/>
+      <c r="AU417" s="12"/>
+      <c r="AV417" s="12"/>
+      <c r="AW417" s="33"/>
+      <c r="AX417" s="33"/>
+      <c r="AY417" s="33"/>
+      <c r="AZ417" s="33"/>
+      <c r="BA417" s="33"/>
+    </row>
+    <row r="418" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K418" s="13">
+        <v>412</v>
+      </c>
+      <c r="L418" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="M418" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="N418" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="O418" s="17">
+        <v>1</v>
+      </c>
+      <c r="P418" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q418" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="R418" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="S418" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="T418" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="U418" s="17">
+        <v>1</v>
+      </c>
+      <c r="V418" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="W418" s="17">
+        <v>0.92300000000000004</v>
+      </c>
+      <c r="X418" s="17">
+        <v>0.93300000000000005</v>
+      </c>
+      <c r="Y418" s="17">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="Z418" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="AA418" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AB418" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="AC418" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AD418" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="AE418" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="AF418" s="17">
+        <v>0.78600000000000003</v>
+      </c>
+      <c r="AG418" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="AH418" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AI418" s="17">
+        <v>0.72699999999999998</v>
+      </c>
+      <c r="AJ418" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="AK418" s="17">
+        <v>0.72199999999999998</v>
+      </c>
+      <c r="AL418" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AM418" s="17"/>
+      <c r="AN418" s="17"/>
+      <c r="AO418" s="12"/>
+      <c r="AP418" s="12"/>
+      <c r="AQ418" s="33"/>
+      <c r="AR418" s="33"/>
+      <c r="AS418" s="12"/>
+      <c r="AT418" s="12"/>
+      <c r="AU418" s="12"/>
+      <c r="AV418" s="12"/>
+      <c r="AW418" s="33"/>
+      <c r="AX418" s="33"/>
+      <c r="AY418" s="33"/>
+      <c r="AZ418" s="33"/>
+      <c r="BA418" s="33"/>
+    </row>
+    <row r="419" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K419" s="13">
+        <v>413</v>
+      </c>
+      <c r="L419" s="12" t="s">
+        <v>67</v>
+      </c>
+      <c r="M419" s="17">
+        <v>0.57099999999999995</v>
+      </c>
+      <c r="N419" s="17">
+        <v>0.6</v>
+      </c>
+      <c r="O419" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="P419" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="Q419" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="R419" s="17">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="S419" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="T419" s="17">
+        <v>0.438</v>
+      </c>
+      <c r="U419" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="V419" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="W419" s="17">
+        <v>0</v>
+      </c>
+      <c r="X419" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Y419" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="Z419" s="17">
+        <v>0.1</v>
+      </c>
+      <c r="AA419" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="AB419" s="17">
+        <v>0.4</v>
+      </c>
+      <c r="AC419" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="AD419" s="17">
+        <v>0.125</v>
+      </c>
+      <c r="AE419" s="17">
+        <v>0.2</v>
+      </c>
+      <c r="AF419" s="17">
+        <v>0</v>
+      </c>
+      <c r="AG419" s="17">
+        <v>0</v>
+      </c>
+      <c r="AH419" s="17">
+        <v>0</v>
+      </c>
+      <c r="AI419" s="17">
+        <v>0</v>
+      </c>
+      <c r="AJ419" s="17">
+        <v>0</v>
+      </c>
+      <c r="AK419" s="17">
+        <v>0</v>
+      </c>
+      <c r="AL419" s="17">
+        <v>0</v>
+      </c>
+      <c r="AM419" s="17"/>
+      <c r="AN419" s="17"/>
+      <c r="AO419" s="12"/>
+      <c r="AP419" s="12"/>
+      <c r="AQ419" s="33"/>
+      <c r="AR419" s="33"/>
+      <c r="AS419" s="12"/>
+      <c r="AT419" s="12"/>
+      <c r="AU419" s="12"/>
+      <c r="AV419" s="12"/>
+      <c r="AW419" s="33"/>
+      <c r="AX419" s="33"/>
+      <c r="AY419" s="33"/>
+      <c r="AZ419" s="33"/>
+      <c r="BA419" s="33"/>
+    </row>
+    <row r="420" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K420" s="13">
+        <v>414</v>
+      </c>
+      <c r="L420" s="12" t="s">
+        <v>68</v>
+      </c>
+      <c r="M420" s="17">
+        <v>0.98199999999999998</v>
+      </c>
+      <c r="N420" s="17">
+        <v>0.97899999999999998</v>
+      </c>
+      <c r="O420" s="17">
+        <v>0.96699999999999997</v>
+      </c>
+      <c r="P420" s="17">
+        <v>0.91100000000000003</v>
+      </c>
+      <c r="Q420" s="17">
+        <v>0.91500000000000004</v>
+      </c>
+      <c r="R420" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="S420" s="17">
+        <v>0.94599999999999995</v>
+      </c>
+      <c r="T420" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="U420" s="17">
+        <v>0.85399999999999998</v>
+      </c>
+      <c r="V420" s="17">
+        <v>0.84799999999999998</v>
+      </c>
+      <c r="W420" s="17">
+        <v>0.83199999999999996</v>
+      </c>
+      <c r="X420" s="17">
+        <v>0.70899999999999996</v>
+      </c>
+      <c r="Y420" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="Z420" s="17">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="AA420" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="AB420" s="17">
+        <v>0.86599999999999999</v>
+      </c>
+      <c r="AC420" s="17">
+        <v>0.83599999999999997</v>
+      </c>
+      <c r="AD420" s="17">
+        <v>0.81799999999999995</v>
+      </c>
+      <c r="AE420" s="17">
+        <v>0.81899999999999995</v>
+      </c>
+      <c r="AF420" s="17">
+        <v>0.73599999999999999</v>
+      </c>
+      <c r="AG420" s="17">
+        <v>0.67200000000000004</v>
+      </c>
+      <c r="AH420" s="17">
+        <v>0.47499999999999998</v>
+      </c>
+      <c r="AI420" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AJ420" s="17">
+        <v>0.3</v>
+      </c>
+      <c r="AK420" s="17">
+        <v>0.495</v>
+      </c>
+      <c r="AL420" s="17">
+        <v>0.51300000000000001</v>
+      </c>
+      <c r="AM420" s="17"/>
+      <c r="AN420" s="17"/>
+      <c r="AO420" s="12"/>
+      <c r="AP420" s="12"/>
+      <c r="AQ420" s="33"/>
+      <c r="AR420" s="33"/>
+      <c r="AS420" s="12"/>
+      <c r="AT420" s="12"/>
+      <c r="AU420" s="12"/>
+      <c r="AV420" s="12"/>
+      <c r="AW420" s="33"/>
+      <c r="AX420" s="33"/>
+      <c r="AY420" s="33"/>
+      <c r="AZ420" s="33"/>
+      <c r="BA420" s="33"/>
+    </row>
+    <row r="421" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K421" s="13">
+        <v>415</v>
+      </c>
+      <c r="L421" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="M421" s="17">
+        <v>0.93</v>
+      </c>
+      <c r="N421" s="17">
+        <v>1</v>
+      </c>
+      <c r="O421" s="17">
+        <v>0.98599999999999999</v>
+      </c>
+      <c r="P421" s="17">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="Q421" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="R421" s="17">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="S421" s="17">
+        <v>0.64600000000000002</v>
+      </c>
+      <c r="T421" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="U421" s="17">
+        <v>0.86</v>
+      </c>
+      <c r="V421" s="17">
+        <v>0.85299999999999998</v>
+      </c>
+      <c r="W421" s="17">
+        <v>0.82899999999999996</v>
+      </c>
+      <c r="X421" s="17">
+        <v>0.67900000000000005</v>
+      </c>
+      <c r="Y421" s="17">
+        <v>0.69599999999999995</v>
+      </c>
+      <c r="Z421" s="17">
+        <v>0.79200000000000004</v>
+      </c>
+      <c r="AA421" s="17">
+        <v>0.89900000000000002</v>
+      </c>
+      <c r="AB421" s="17">
+        <v>0.89100000000000001</v>
+      </c>
+      <c r="AC421" s="17">
+        <v>0.89800000000000002</v>
+      </c>
+      <c r="AD421" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="AE421" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="AF421" s="17">
+        <v>0.73099999999999998</v>
+      </c>
+      <c r="AG421" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="AH421" s="17">
+        <v>0.63</v>
+      </c>
+      <c r="AI421" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="AJ421" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="AK421" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AL421" s="17">
+        <v>0.747</v>
+      </c>
+      <c r="AM421" s="17"/>
+      <c r="AN421" s="17"/>
+      <c r="AO421" s="12"/>
+      <c r="AP421" s="12"/>
+      <c r="AQ421" s="33"/>
+      <c r="AR421" s="33"/>
+      <c r="AS421" s="12"/>
+      <c r="AT421" s="12"/>
+      <c r="AU421" s="12"/>
+      <c r="AV421" s="12"/>
+      <c r="AW421" s="33"/>
+      <c r="AX421" s="33"/>
+      <c r="AY421" s="33"/>
+      <c r="AZ421" s="33"/>
+      <c r="BA421" s="33"/>
+    </row>
+    <row r="422" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K422" s="13">
+        <v>416</v>
+      </c>
+      <c r="L422" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="M422" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="N422" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="O422" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="P422" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="Q422" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="R422" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="S422" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="T422" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="U422" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="V422" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="W422" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="X422" s="17">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="Y422" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="Z422" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AA422" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="AB422" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AC422" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AD422" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AE422" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AF422" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AG422" s="17">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="AH422" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AI422" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="AJ422" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK422" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AL422" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="AM422" s="17"/>
+      <c r="AN422" s="17"/>
+      <c r="AO422" s="12"/>
+      <c r="AP422" s="12"/>
+      <c r="AQ422" s="33"/>
+      <c r="AR422" s="33"/>
+      <c r="AS422" s="12"/>
+      <c r="AT422" s="12"/>
+      <c r="AU422" s="12"/>
+      <c r="AV422" s="12"/>
+      <c r="AW422" s="33"/>
+      <c r="AX422" s="33"/>
+      <c r="AY422" s="33"/>
+      <c r="AZ422" s="33"/>
+      <c r="BA422" s="33"/>
+    </row>
+    <row r="423" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K423" s="13">
+        <v>417</v>
+      </c>
+      <c r="L423" s="12" t="s">
+        <v>71</v>
+      </c>
+      <c r="M423" s="17">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="N423" s="17">
+        <v>0.97799999999999998</v>
+      </c>
+      <c r="O423" s="17">
+        <v>1</v>
+      </c>
+      <c r="P423" s="17">
+        <v>0.97399999999999998</v>
+      </c>
+      <c r="Q423" s="17">
+        <v>0.96199999999999997</v>
+      </c>
+      <c r="R423" s="17">
+        <v>0.92900000000000005</v>
+      </c>
+      <c r="S423" s="17">
+        <v>0.86099999999999999</v>
+      </c>
+      <c r="T423" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="U423" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="V423" s="17">
+        <v>0.86199999999999999</v>
+      </c>
+      <c r="W423" s="17">
+        <v>0.67300000000000004</v>
+      </c>
+      <c r="X423" s="17">
+        <v>0.68899999999999995</v>
+      </c>
+      <c r="Y423" s="17">
+        <v>0.77400000000000002</v>
+      </c>
+      <c r="Z423" s="17">
+        <v>0.68400000000000005</v>
+      </c>
+      <c r="AA423" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="AB423" s="17">
+        <v>0.69099999999999995</v>
+      </c>
+      <c r="AC423" s="17">
+        <v>0.8</v>
+      </c>
+      <c r="AD423" s="17">
+        <v>0.68600000000000005</v>
+      </c>
+      <c r="AE423" s="17">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="AF423" s="17">
+        <v>0.53700000000000003</v>
+      </c>
+      <c r="AG423" s="17">
+        <v>0.63300000000000001</v>
+      </c>
+      <c r="AH423" s="17">
+        <v>0.317</v>
+      </c>
+      <c r="AI423" s="17">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="AJ423" s="17">
+        <v>0.189</v>
+      </c>
+      <c r="AK423" s="17">
+        <v>0.35</v>
+      </c>
+      <c r="AL423" s="17">
+        <v>0.25</v>
+      </c>
+      <c r="AM423" s="17"/>
+      <c r="AN423" s="17"/>
+      <c r="AO423" s="12"/>
+      <c r="AP423" s="12"/>
+      <c r="AQ423" s="33"/>
+      <c r="AR423" s="33"/>
+      <c r="AS423" s="12"/>
+      <c r="AT423" s="12"/>
+      <c r="AU423" s="12"/>
+      <c r="AV423" s="12"/>
+      <c r="AW423" s="33"/>
+      <c r="AX423" s="33"/>
+      <c r="AY423" s="33"/>
+      <c r="AZ423" s="33"/>
+      <c r="BA423" s="33"/>
+    </row>
+    <row r="424" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K424" s="13">
+        <v>418</v>
+      </c>
+      <c r="L424" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="M424" s="17">
+        <v>0.49399999999999999</v>
+      </c>
+      <c r="N424" s="17">
+        <v>0.437</v>
+      </c>
+      <c r="O424" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="P424" s="17">
+        <v>0.53</v>
+      </c>
+      <c r="Q424" s="17">
+        <v>0.53700000000000003</v>
+      </c>
+      <c r="R424" s="17">
+        <v>0.39700000000000002</v>
+      </c>
+      <c r="S424" s="17">
+        <v>0.38400000000000001</v>
+      </c>
+      <c r="T424" s="17">
+        <v>0.28399999999999997</v>
+      </c>
+      <c r="U424" s="17">
+        <v>0.27800000000000002</v>
+      </c>
+      <c r="V424" s="17">
+        <v>0.191</v>
+      </c>
+      <c r="W424" s="17">
+        <v>0.126</v>
+      </c>
+      <c r="X424" s="17">
+        <v>0.13500000000000001</v>
+      </c>
+      <c r="Y424" s="17">
+        <v>0.107</v>
+      </c>
+      <c r="Z424" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="AA424" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AB424" s="17">
+        <v>0.13200000000000001</v>
+      </c>
+      <c r="AC424" s="17">
+        <v>9.0999999999999998E-2</v>
+      </c>
+      <c r="AD424" s="17">
+        <v>6.5000000000000002E-2</v>
+      </c>
+      <c r="AE424" s="17">
+        <v>3.4000000000000002E-2</v>
+      </c>
+      <c r="AF424" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AG424" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="AH424" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AI424" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AJ424" s="17">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="AK424" s="17">
+        <v>0.156</v>
+      </c>
+      <c r="AL424" s="17">
+        <v>0.11899999999999999</v>
+      </c>
+      <c r="AM424" s="17"/>
+      <c r="AN424" s="17"/>
+      <c r="AO424" s="12"/>
+      <c r="AP424" s="12"/>
+      <c r="AQ424" s="33"/>
+      <c r="AR424" s="33"/>
+      <c r="AS424" s="12"/>
+      <c r="AT424" s="12"/>
+      <c r="AU424" s="12"/>
+      <c r="AV424" s="12"/>
+      <c r="AW424" s="33"/>
+      <c r="AX424" s="33"/>
+      <c r="AY424" s="33"/>
+      <c r="AZ424" s="33"/>
+      <c r="BA424" s="33"/>
+    </row>
+    <row r="425" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K425" s="13">
+        <v>419</v>
+      </c>
+      <c r="L425" s="12" t="s">
+        <v>73</v>
+      </c>
+      <c r="M425" s="17">
+        <v>0.68100000000000005</v>
+      </c>
+      <c r="N425" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="O425" s="17">
+        <v>0.90700000000000003</v>
+      </c>
+      <c r="P425" s="17">
+        <v>0.92</v>
+      </c>
+      <c r="Q425" s="17">
+        <v>0.85899999999999999</v>
+      </c>
+      <c r="R425" s="17">
+        <v>0.80900000000000005</v>
+      </c>
+      <c r="S425" s="17">
+        <v>0.876</v>
+      </c>
+      <c r="T425" s="17">
+        <v>0.79700000000000004</v>
+      </c>
+      <c r="U425" s="17">
+        <v>0.79800000000000004</v>
+      </c>
+      <c r="V425" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="W425" s="17">
+        <v>0.85399999999999998</v>
+      </c>
+      <c r="X425" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="Y425" s="17">
+        <v>0.86099999999999999</v>
+      </c>
+      <c r="Z425" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="AA425" s="17">
+        <v>0.81299999999999994</v>
+      </c>
+      <c r="AB425" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="AC425" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="AD425" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="AE425" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="AF425" s="17">
+        <v>0.73699999999999999</v>
+      </c>
+      <c r="AG425" s="17">
+        <v>0.61699999999999999</v>
+      </c>
+      <c r="AH425" s="17">
+        <v>0.495</v>
+      </c>
+      <c r="AI425" s="17">
+        <v>0.50600000000000001</v>
+      </c>
+      <c r="AJ425" s="17">
+        <v>0.47899999999999998</v>
+      </c>
+      <c r="AK425" s="17">
+        <v>0.43</v>
+      </c>
+      <c r="AL425" s="17">
+        <v>0.45100000000000001</v>
+      </c>
+      <c r="AM425" s="17"/>
+      <c r="AN425" s="17"/>
+      <c r="AO425" s="12"/>
+      <c r="AP425" s="12"/>
+      <c r="AQ425" s="33"/>
+      <c r="AR425" s="33"/>
+      <c r="AS425" s="12"/>
+      <c r="AT425" s="12"/>
+      <c r="AU425" s="12"/>
+      <c r="AV425" s="12"/>
+      <c r="AW425" s="33"/>
+      <c r="AX425" s="33"/>
+      <c r="AY425" s="33"/>
+      <c r="AZ425" s="33"/>
+      <c r="BA425" s="33"/>
+    </row>
+    <row r="426" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K426" s="13">
+        <v>420</v>
+      </c>
+      <c r="L426" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="M426" s="17">
+        <v>1</v>
+      </c>
+      <c r="N426" s="17">
+        <v>0.88900000000000001</v>
+      </c>
+      <c r="O426" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="P426" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="Q426" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="R426" s="17">
+        <v>0.94099999999999995</v>
+      </c>
+      <c r="S426" s="17">
+        <v>1</v>
+      </c>
+      <c r="T426" s="17">
+        <v>1</v>
+      </c>
+      <c r="U426" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="V426" s="17">
+        <v>0.95799999999999996</v>
+      </c>
+      <c r="W426" s="17">
+        <v>0.96399999999999997</v>
+      </c>
+      <c r="X426" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="Y426" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="Z426" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="AA426" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="AB426" s="17">
+        <v>0.94699999999999995</v>
+      </c>
+      <c r="AC426" s="17">
+        <v>0.95699999999999996</v>
+      </c>
+      <c r="AD426" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="AE426" s="17">
+        <v>0.95199999999999996</v>
+      </c>
+      <c r="AF426" s="17">
+        <v>0.82799999999999996</v>
+      </c>
+      <c r="AG426" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="AH426" s="17">
+        <v>0.7</v>
+      </c>
+      <c r="AI426" s="17">
+        <v>0.47399999999999998</v>
+      </c>
+      <c r="AJ426" s="17">
+        <v>0.5</v>
+      </c>
+      <c r="AK426" s="17">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="AL426" s="17">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AM426" s="17"/>
+      <c r="AN426" s="17"/>
+      <c r="AO426" s="12"/>
+      <c r="AP426" s="12"/>
+      <c r="AQ426" s="33"/>
+      <c r="AR426" s="33"/>
+      <c r="AS426" s="12"/>
+      <c r="AT426" s="12"/>
+      <c r="AU426" s="12"/>
+      <c r="AV426" s="12"/>
+      <c r="AW426" s="33"/>
+      <c r="AX426" s="33"/>
+      <c r="AY426" s="33"/>
+      <c r="AZ426" s="33"/>
+      <c r="BA426" s="33"/>
+    </row>
+    <row r="427" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K427" s="13">
+        <v>421</v>
+      </c>
+      <c r="L427" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="M427" s="17">
+        <v>0.83799999999999997</v>
+      </c>
+      <c r="N427" s="17">
+        <v>0.96499999999999997</v>
+      </c>
+      <c r="O427" s="17">
+        <v>0.97199999999999998</v>
+      </c>
+      <c r="P427" s="17">
+        <v>0.96899999999999997</v>
+      </c>
+      <c r="Q427" s="17">
+        <v>0.90600000000000003</v>
+      </c>
+      <c r="R427" s="17">
+        <v>0.84499999999999997</v>
+      </c>
+      <c r="S427" s="17">
+        <v>0.81</v>
+      </c>
+      <c r="T427" s="17">
+        <v>0.81399999999999995</v>
+      </c>
+      <c r="U427" s="17">
+        <v>0.83199999999999996</v>
+      </c>
+      <c r="V427" s="17">
+        <v>0.80500000000000005</v>
+      </c>
+      <c r="W427" s="17">
+        <v>0.76900000000000002</v>
+      </c>
+      <c r="X427" s="17">
+        <v>0.77800000000000002</v>
+      </c>
+      <c r="Y427" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="Z427" s="17">
+        <v>0.76600000000000001</v>
+      </c>
+      <c r="AA427" s="17">
+        <v>0.68200000000000005</v>
+      </c>
+      <c r="AB427" s="17">
+        <v>0.76100000000000001</v>
+      </c>
+      <c r="AC427" s="17">
+        <v>0.75800000000000001</v>
+      </c>
+      <c r="AD427" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="AE427" s="17">
+        <v>0.67100000000000004</v>
+      </c>
+      <c r="AF427" s="17">
+        <v>0.53500000000000003</v>
+      </c>
+      <c r="AG427" s="17">
+        <v>0.51800000000000002</v>
+      </c>
+      <c r="AH427" s="17">
+        <v>0.31</v>
+      </c>
+      <c r="AI427" s="17">
+        <v>0.216</v>
+      </c>
+      <c r="AJ427" s="17">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="AK427" s="17">
+        <v>0.32300000000000001</v>
+      </c>
+      <c r="AL427" s="17">
+        <v>0.41799999999999998</v>
+      </c>
+      <c r="AM427" s="17"/>
+      <c r="AN427" s="17"/>
+      <c r="AO427" s="12"/>
+      <c r="AP427" s="12"/>
+      <c r="AQ427" s="33"/>
+      <c r="AR427" s="33"/>
+      <c r="AS427" s="12"/>
+      <c r="AT427" s="12"/>
+      <c r="AU427" s="12"/>
+      <c r="AV427" s="12"/>
+      <c r="AW427" s="33"/>
+      <c r="AX427" s="33"/>
+      <c r="AY427" s="33"/>
+      <c r="AZ427" s="33"/>
+      <c r="BA427" s="33"/>
+    </row>
+    <row r="428" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K428" s="13">
+        <v>422</v>
+      </c>
+      <c r="L428" s="12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M428" s="17">
+        <v>0.62</v>
+      </c>
+      <c r="N428" s="17">
+        <v>0.76400000000000001</v>
+      </c>
+      <c r="O428" s="17">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="P428" s="17">
+        <v>0.68</v>
+      </c>
+      <c r="Q428" s="17">
+        <v>0.625</v>
+      </c>
+      <c r="R428" s="17">
+        <v>0.52800000000000002</v>
+      </c>
+      <c r="S428" s="17">
+        <v>0.627</v>
+      </c>
+      <c r="T428" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="U428" s="17">
+        <v>0.52400000000000002</v>
+      </c>
+      <c r="V428" s="17">
+        <v>0.503</v>
+      </c>
+      <c r="W428" s="17">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="X428" s="17">
+        <v>0.29599999999999999</v>
+      </c>
+      <c r="Y428" s="17">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="Z428" s="17">
+        <v>0.39700000000000002</v>
+      </c>
+      <c r="AA428" s="17">
+        <v>0.46600000000000003</v>
+      </c>
+      <c r="AB428" s="17">
+        <v>0.46600000000000003</v>
+      </c>
+      <c r="AC428" s="17">
+        <v>0.45700000000000002</v>
+      </c>
+      <c r="AD428" s="17">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="AE428" s="17">
+        <v>0.45900000000000002</v>
+      </c>
+      <c r="AF428" s="17">
+        <v>0.28699999999999998</v>
+      </c>
+      <c r="AG428" s="17">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="AH428" s="17">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="AI428" s="17">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="AJ428" s="17">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AK428" s="17">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="AL428" s="17">
+        <v>0.10299999999999999</v>
+      </c>
+      <c r="AM428" s="17"/>
+      <c r="AN428" s="17"/>
+      <c r="AO428" s="12"/>
+      <c r="AP428" s="12"/>
+      <c r="AQ428" s="33"/>
+      <c r="AR428" s="33"/>
+      <c r="AS428" s="12"/>
+      <c r="AT428" s="12"/>
+      <c r="AU428" s="12"/>
+      <c r="AV428" s="12"/>
+      <c r="AW428" s="33"/>
+      <c r="AX428" s="33"/>
+      <c r="AY428" s="33"/>
+      <c r="AZ428" s="33"/>
+      <c r="BA428" s="33"/>
+    </row>
+    <row r="429" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K429" s="13">
+        <v>423</v>
+      </c>
+      <c r="L429" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="M429" s="17">
+        <v>0.91600000000000004</v>
+      </c>
+      <c r="N429" s="17">
+        <v>0.95</v>
+      </c>
+      <c r="O429" s="17">
+        <v>0.92600000000000005</v>
+      </c>
+      <c r="P429" s="17">
+        <v>0.88200000000000001</v>
+      </c>
+      <c r="Q429" s="17">
+        <v>0.91100000000000003</v>
+      </c>
+      <c r="R429" s="17">
+        <v>0.89300000000000002</v>
+      </c>
+      <c r="S429" s="17">
+        <v>0.89500000000000002</v>
+      </c>
+      <c r="T429" s="17">
+        <v>0.89400000000000002</v>
+      </c>
+      <c r="U429" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="V429" s="17">
+        <v>0.73299999999999998</v>
+      </c>
+      <c r="W429" s="17">
+        <v>0.75</v>
+      </c>
+      <c r="X429" s="17">
+        <v>0.69899999999999995</v>
+      </c>
+      <c r="Y429" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="Z429" s="17">
+        <v>0.71499999999999997</v>
+      </c>
+      <c r="AA429" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="AB429" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="AC429" s="17">
+        <v>0.64400000000000002</v>
+      </c>
+      <c r="AD429" s="17">
+        <v>0.73099999999999998</v>
+      </c>
+      <c r="AE429" s="17">
+        <v>0.751</v>
+      </c>
+      <c r="AF429" s="17">
+        <v>0.67500000000000004</v>
+      </c>
+      <c r="AG429" s="17">
+        <v>0.60899999999999999</v>
+      </c>
+      <c r="AH429" s="17">
+        <v>0.41499999999999998</v>
+      </c>
+      <c r="AI429" s="17">
+        <v>0.25800000000000001</v>
+      </c>
+      <c r="AJ429" s="17">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="AK429" s="17">
+        <v>0.47299999999999998</v>
+      </c>
+      <c r="AL429" s="17">
+        <v>0.47499999999999998</v>
+      </c>
+      <c r="AM429" s="17"/>
+      <c r="AN429" s="17"/>
+      <c r="AO429" s="12"/>
+      <c r="AP429" s="12"/>
+      <c r="AQ429" s="33"/>
+      <c r="AR429" s="33"/>
+      <c r="AS429" s="12"/>
+      <c r="AT429" s="12"/>
+      <c r="AU429" s="12"/>
+      <c r="AV429" s="12"/>
+      <c r="AW429" s="33"/>
+      <c r="AX429" s="33"/>
+      <c r="AY429" s="33"/>
+      <c r="AZ429" s="33"/>
+      <c r="BA429" s="33"/>
+    </row>
+    <row r="430" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K430" s="13">
+        <v>424</v>
+      </c>
+      <c r="L430" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="M430" s="17">
+        <v>1</v>
+      </c>
+      <c r="N430" s="17">
+        <v>1</v>
+      </c>
+      <c r="O430" s="17">
+        <v>1</v>
+      </c>
+      <c r="P430" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q430" s="17">
+        <v>1</v>
+      </c>
+      <c r="R430" s="17">
+        <v>1</v>
+      </c>
+      <c r="S430" s="17">
+        <v>1</v>
+      </c>
+      <c r="T430" s="17">
+        <v>1</v>
+      </c>
+      <c r="U430" s="17">
+        <v>1</v>
+      </c>
+      <c r="V430" s="17">
+        <v>1</v>
+      </c>
+      <c r="W430" s="17">
+        <v>1</v>
+      </c>
+      <c r="X430" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y430" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE430" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AF430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH430" s="17">
+        <v>0.91700000000000004</v>
+      </c>
+      <c r="AI430" s="17">
+        <v>0.85699999999999998</v>
+      </c>
+      <c r="AJ430" s="17">
+        <v>0.90900000000000003</v>
+      </c>
+      <c r="AK430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL430" s="17">
+        <v>1</v>
+      </c>
+      <c r="AM430" s="17"/>
+      <c r="AN430" s="17"/>
+      <c r="AO430" s="12"/>
+      <c r="AP430" s="12"/>
+      <c r="AQ430" s="33"/>
+      <c r="AR430" s="33"/>
+      <c r="AS430" s="12"/>
+      <c r="AT430" s="12"/>
+      <c r="AU430" s="12"/>
+      <c r="AV430" s="12"/>
+      <c r="AW430" s="33"/>
+      <c r="AX430" s="33"/>
+      <c r="AY430" s="33"/>
+      <c r="AZ430" s="33"/>
+      <c r="BA430" s="33"/>
+    </row>
+    <row r="431" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K431" s="13">
+        <v>425</v>
+      </c>
+      <c r="L431" s="12" t="s">
+        <v>79</v>
+      </c>
+      <c r="M431" s="17">
+        <v>4.2999999999999997E-2</v>
+      </c>
+      <c r="N431" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="O431" s="17">
+        <v>0.157</v>
+      </c>
+      <c r="P431" s="17">
+        <v>0.182</v>
+      </c>
+      <c r="Q431" s="17">
+        <v>0.16500000000000001</v>
+      </c>
+      <c r="R431" s="17">
+        <v>0.14699999999999999</v>
+      </c>
+      <c r="S431" s="17">
+        <v>0.121</v>
+      </c>
+      <c r="T431" s="17">
+        <v>8.4000000000000005E-2</v>
+      </c>
+      <c r="U431" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="V431" s="17">
+        <v>2.7E-2</v>
+      </c>
+      <c r="W431" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="X431" s="17">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="Y431" s="17">
+        <v>2.5000000000000001E-2</v>
+      </c>
+      <c r="Z431" s="17">
+        <v>2.3E-2</v>
+      </c>
+      <c r="AA431" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AB431" s="17">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="AC431" s="17">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="AD431" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="AE431" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AF431" s="17">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="AG431" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AH431" s="17">
+        <v>1.9E-2</v>
+      </c>
+      <c r="AI431" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AJ431" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AK431" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="AL431" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="AM431" s="17"/>
+      <c r="AN431" s="17"/>
+      <c r="AO431" s="12"/>
+      <c r="AP431" s="12"/>
+      <c r="AQ431" s="33"/>
+      <c r="AR431" s="33"/>
+      <c r="AS431" s="12"/>
+      <c r="AT431" s="12"/>
+      <c r="AU431" s="12"/>
+      <c r="AV431" s="12"/>
+      <c r="AW431" s="33"/>
+      <c r="AX431" s="33"/>
+      <c r="AY431" s="33"/>
+      <c r="AZ431" s="33"/>
+      <c r="BA431" s="33"/>
+    </row>
+    <row r="432" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K432" s="13">
+        <v>426</v>
+      </c>
+      <c r="L432" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="M432" s="17">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="N432" s="17">
+        <v>0.43</v>
+      </c>
+      <c r="O432" s="17">
+        <v>0.58599999999999997</v>
+      </c>
+      <c r="P432" s="17">
+        <v>0.60599999999999998</v>
+      </c>
+      <c r="Q432" s="17">
+        <v>0.60699999999999998</v>
+      </c>
+      <c r="R432" s="17">
+        <v>0.57199999999999995</v>
+      </c>
+      <c r="S432" s="17">
+        <v>0.624</v>
+      </c>
+      <c r="T432" s="17">
+        <v>0.54900000000000004</v>
+      </c>
+      <c r="U432" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="V432" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="W432" s="17">
+        <v>7.6999999999999999E-2</v>
+      </c>
+      <c r="X432" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="Y432" s="17">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="Z432" s="17">
+        <v>0.17899999999999999</v>
+      </c>
+      <c r="AA432" s="17">
+        <v>0.217</v>
+      </c>
+      <c r="AB432" s="17">
+        <v>0.19500000000000001</v>
+      </c>
+      <c r="AC432" s="17">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="AD432" s="17">
+        <v>0.123</v>
+      </c>
+      <c r="AE432" s="17">
+        <v>9.7000000000000003E-2</v>
+      </c>
+      <c r="AF432" s="17">
+        <v>6.4000000000000001E-2</v>
+      </c>
+      <c r="AG432" s="17">
+        <v>0.14599999999999999</v>
+      </c>
+      <c r="AH432" s="17">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="AI432" s="17">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="AJ432" s="17">
+        <v>0.107</v>
+      </c>
+      <c r="AK432" s="17">
+        <v>6.8000000000000005E-2</v>
+      </c>
+      <c r="AL432" s="17">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="AM432" s="17"/>
+      <c r="AN432" s="17"/>
+      <c r="AO432" s="12"/>
+      <c r="AP432" s="12"/>
+      <c r="AQ432" s="33"/>
+      <c r="AR432" s="33"/>
+      <c r="AS432" s="12"/>
+      <c r="AT432" s="12"/>
+      <c r="AU432" s="12"/>
+      <c r="AV432" s="12"/>
+      <c r="AW432" s="33"/>
+      <c r="AX432" s="33"/>
+      <c r="AY432" s="33"/>
+      <c r="AZ432" s="33"/>
+      <c r="BA432" s="33"/>
+    </row>
+    <row r="433" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K433" s="13">
+        <v>427</v>
+      </c>
+      <c r="L433" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M433" s="17">
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="N433" s="17">
+        <v>0.73</v>
+      </c>
+      <c r="O433" s="17">
+        <v>0.83299999999999996</v>
+      </c>
+      <c r="P433" s="17">
+        <v>0.73799999999999999</v>
+      </c>
+      <c r="Q433" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="R433" s="17">
+        <v>0.63900000000000001</v>
+      </c>
+      <c r="S433" s="17">
+        <v>0.60399999999999998</v>
+      </c>
+      <c r="T433" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="U433" s="17">
+        <v>0.68700000000000006</v>
+      </c>
+      <c r="V433" s="17">
+        <v>0.64500000000000002</v>
+      </c>
+      <c r="W433" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="X433" s="17">
+        <v>0.65600000000000003</v>
+      </c>
+      <c r="Y433" s="17">
+        <v>0.57499999999999996</v>
+      </c>
+      <c r="Z433" s="17">
+        <v>0.64100000000000001</v>
+      </c>
+      <c r="AA433" s="17">
+        <v>0.56599999999999995</v>
+      </c>
+      <c r="AB433" s="17">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="AC433" s="17">
+        <v>0.58399999999999996</v>
+      </c>
+      <c r="AD433" s="17">
+        <v>0.58299999999999996</v>
+      </c>
+      <c r="AE433" s="17">
+        <v>0.59399999999999997</v>
+      </c>
+      <c r="AF433" s="17">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="AG433" s="17">
+        <v>0.45100000000000001</v>
+      </c>
+      <c r="AH433" s="17">
+        <v>0.26800000000000002</v>
+      </c>
+      <c r="AI433" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="AJ433" s="17">
+        <v>0.13400000000000001</v>
+      </c>
+      <c r="AK433" s="17">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="AL433" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="AM433" s="17"/>
+      <c r="AN433" s="17"/>
+      <c r="AO433" s="12"/>
+      <c r="AP433" s="12"/>
+      <c r="AQ433" s="33"/>
+      <c r="AR433" s="33"/>
+      <c r="AS433" s="12"/>
+      <c r="AT433" s="12"/>
+      <c r="AU433" s="12"/>
+      <c r="AV433" s="12"/>
+      <c r="AW433" s="33"/>
+      <c r="AX433" s="33"/>
+      <c r="AY433" s="33"/>
+      <c r="AZ433" s="33"/>
+      <c r="BA433" s="33"/>
+    </row>
+    <row r="434" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K434" s="13">
+        <v>428</v>
+      </c>
+      <c r="L434" s="12" t="s">
+        <v>82</v>
+      </c>
+      <c r="M434" s="17">
+        <v>0.46100000000000002</v>
+      </c>
+      <c r="N434" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="O434" s="17">
+        <v>0.76</v>
+      </c>
+      <c r="P434" s="17">
+        <v>0.75900000000000001</v>
+      </c>
+      <c r="Q434" s="17">
+        <v>0.755</v>
+      </c>
+      <c r="R434" s="17">
+        <v>0.64200000000000002</v>
+      </c>
+      <c r="S434" s="17">
+        <v>0.75600000000000001</v>
+      </c>
+      <c r="T434" s="17">
+        <v>0.747</v>
+      </c>
+      <c r="U434" s="17">
+        <v>0.502</v>
+      </c>
+      <c r="V434" s="17">
+        <v>0.53200000000000003</v>
+      </c>
+      <c r="W434" s="17">
+        <v>0.46300000000000002</v>
+      </c>
+      <c r="X434" s="17">
+        <v>0.48699999999999999</v>
+      </c>
+      <c r="Y434" s="17">
+        <v>0.54800000000000004</v>
+      </c>
+      <c r="Z434" s="17">
+        <v>0.54400000000000004</v>
+      </c>
+      <c r="AA434" s="17">
+        <v>0.52500000000000002</v>
+      </c>
+      <c r="AB434" s="17">
+        <v>0.48499999999999999</v>
+      </c>
+      <c r="AC434" s="17">
+        <v>0.38400000000000001</v>
+      </c>
+      <c r="AD434" s="17">
+        <v>0.28100000000000003</v>
+      </c>
+      <c r="AE434" s="17">
+        <v>0.23400000000000001</v>
+      </c>
+      <c r="AF434" s="17">
+        <v>0.253</v>
+      </c>
+      <c r="AG434" s="17">
+        <v>0.41599999999999998</v>
+      </c>
+      <c r="AH434" s="17">
+        <v>0.55600000000000005</v>
+      </c>
+      <c r="AI434" s="17">
+        <v>0.49099999999999999</v>
+      </c>
+      <c r="AJ434" s="17">
+        <v>0.32</v>
+      </c>
+      <c r="AK434" s="17">
+        <v>0.26</v>
+      </c>
+      <c r="AL434" s="17">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="AM434" s="17"/>
+      <c r="AN434" s="17"/>
+      <c r="AO434" s="12"/>
+      <c r="AP434" s="12"/>
+      <c r="AQ434" s="33"/>
+      <c r="AR434" s="33"/>
+      <c r="AS434" s="12"/>
+      <c r="AT434" s="12"/>
+      <c r="AU434" s="12"/>
+      <c r="AV434" s="12"/>
+      <c r="AW434" s="33"/>
+      <c r="AX434" s="33"/>
+      <c r="AY434" s="33"/>
+      <c r="AZ434" s="33"/>
+      <c r="BA434" s="33"/>
+    </row>
+    <row r="435" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K435" s="13">
+        <v>429</v>
+      </c>
+      <c r="L435" s="12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M435" s="17">
+        <v>1.6E-2</v>
+      </c>
+      <c r="N435" s="17">
+        <v>0.02</v>
+      </c>
+      <c r="O435" s="17">
+        <v>1.4E-2</v>
+      </c>
+      <c r="P435" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="Q435" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="R435" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="S435" s="17">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="T435" s="17">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="U435" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="V435" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="W435" s="17">
+        <v>7.0000000000000001E-3</v>
+      </c>
+      <c r="X435" s="17">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="Y435" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="Z435" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AA435" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AB435" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AC435" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AD435" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AE435" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AF435" s="17">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="AG435" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AH435" s="17">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="AI435" s="17">
+        <v>0.01</v>
+      </c>
+      <c r="AJ435" s="17">
+        <v>1.0999999999999999E-2</v>
+      </c>
+      <c r="AK435" s="17">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AL435" s="17">
+        <v>1.2E-2</v>
+      </c>
+      <c r="AM435" s="17"/>
+      <c r="AN435" s="17"/>
+      <c r="AO435" s="12"/>
+      <c r="AP435" s="12"/>
+      <c r="AQ435" s="33"/>
+      <c r="AR435" s="33"/>
+      <c r="AS435" s="12"/>
+      <c r="AT435" s="12"/>
+      <c r="AU435" s="12"/>
+      <c r="AV435" s="12"/>
+      <c r="AW435" s="33"/>
+      <c r="AX435" s="33"/>
+      <c r="AY435" s="33"/>
+      <c r="AZ435" s="33"/>
+      <c r="BA435" s="33"/>
+    </row>
+    <row r="436" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K436" s="13">
+        <v>430</v>
+      </c>
+      <c r="L436" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M436" s="17">
+        <v>0.33800000000000002</v>
+      </c>
+      <c r="N436" s="17">
+        <v>0.50900000000000001</v>
+      </c>
+      <c r="O436" s="17">
+        <v>0.58399999999999996</v>
+      </c>
+      <c r="P436" s="17">
+        <v>0.56999999999999995</v>
+      </c>
+      <c r="Q436" s="17">
+        <v>0.56899999999999995</v>
+      </c>
+      <c r="R436" s="17">
+        <v>0.53300000000000003</v>
+      </c>
+      <c r="S436" s="17">
+        <v>0.61</v>
+      </c>
+      <c r="T436" s="17">
+        <v>0.46899999999999997</v>
+      </c>
+      <c r="U436" s="17">
+        <v>0.26500000000000001</v>
+      </c>
+      <c r="V436" s="17">
+        <v>0.188</v>
+      </c>
+      <c r="W436" s="17">
+        <v>0.115</v>
+      </c>
+      <c r="X436" s="17">
+        <v>0.114</v>
+      </c>
+      <c r="Y436" s="17">
+        <v>0.108</v>
+      </c>
+      <c r="Z436" s="17">
+        <v>0.10199999999999999</v>
+      </c>
+      <c r="AA436" s="17">
+        <v>0.13800000000000001</v>
+      </c>
+      <c r="AB436" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AC436" s="17">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="AD436" s="17">
+        <v>5.7000000000000002E-2</v>
+      </c>
+      <c r="AE436" s="17">
+        <v>7.0000000000000007E-2</v>
+      </c>
+      <c r="AF436" s="17">
+        <v>5.2999999999999999E-2</v>
+      </c>
+      <c r="AG436" s="17">
+        <v>3.9E-2</v>
+      </c>
+      <c r="AH436" s="17">
+        <v>4.7E-2</v>
+      </c>
+      <c r="AI436" s="17">
+        <v>0.03</v>
+      </c>
+      <c r="AJ436" s="17">
+        <v>2.5999999999999999E-2</v>
+      </c>
+      <c r="AK436" s="17">
+        <v>4.2000000000000003E-2</v>
+      </c>
+      <c r="AL436" s="17">
+        <v>2.4E-2</v>
+      </c>
+      <c r="AM436" s="17"/>
+      <c r="AN436" s="17"/>
+      <c r="AO436" s="12"/>
+      <c r="AP436" s="12"/>
+      <c r="AQ436" s="33"/>
+      <c r="AR436" s="33"/>
+      <c r="AS436" s="12"/>
+      <c r="AT436" s="12"/>
+      <c r="AU436" s="12"/>
+      <c r="AV436" s="12"/>
+      <c r="AW436" s="33"/>
+      <c r="AX436" s="33"/>
+      <c r="AY436" s="33"/>
+      <c r="AZ436" s="33"/>
+      <c r="BA436" s="33"/>
+    </row>
+    <row r="437" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K437" s="13">
+        <v>431</v>
+      </c>
+      <c r="L437" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="M437" s="17">
+        <v>1</v>
+      </c>
+      <c r="N437" s="17">
+        <v>1</v>
+      </c>
+      <c r="O437" s="17">
+        <v>1</v>
+      </c>
+      <c r="P437" s="17">
+        <v>1</v>
+      </c>
+      <c r="Q437" s="17">
+        <v>1</v>
+      </c>
+      <c r="R437" s="17">
+        <v>1</v>
+      </c>
+      <c r="S437" s="17">
+        <v>1</v>
+      </c>
+      <c r="T437" s="17">
+        <v>1</v>
+      </c>
+      <c r="U437" s="17">
+        <v>1</v>
+      </c>
+      <c r="V437" s="17">
+        <v>1</v>
+      </c>
+      <c r="W437" s="17">
+        <v>1</v>
+      </c>
+      <c r="X437" s="17">
+        <v>1</v>
+      </c>
+      <c r="Y437" s="17">
+        <v>1</v>
+      </c>
+      <c r="Z437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AA437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AB437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AC437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AD437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AE437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AF437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AG437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AH437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AI437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AJ437" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AK437" s="17">
+        <v>1</v>
+      </c>
+      <c r="AL437" s="17">
+        <v>0.9</v>
+      </c>
+      <c r="AM437" s="17"/>
+      <c r="AN437" s="17"/>
+      <c r="AO437" s="12"/>
+      <c r="AP437" s="12"/>
+      <c r="AQ437" s="33"/>
+      <c r="AR437" s="33"/>
+      <c r="AS437" s="12"/>
+      <c r="AT437" s="12"/>
+      <c r="AU437" s="12"/>
+      <c r="AV437" s="12"/>
+      <c r="AW437" s="33"/>
+      <c r="AX437" s="33"/>
+      <c r="AY437" s="33"/>
+      <c r="AZ437" s="33"/>
+      <c r="BA437" s="33"/>
+    </row>
+    <row r="438" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K438" s="13">
+        <v>432</v>
+      </c>
+      <c r="L438" s="12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M438" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="N438" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="O438" s="17">
+        <v>0.42599999999999999</v>
+      </c>
+      <c r="P438" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="Q438" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="R438" s="17">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="S438" s="17">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="T438" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="U438" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="V438" s="17">
+        <v>0.27100000000000002</v>
+      </c>
+      <c r="W438" s="17">
+        <v>0.224</v>
+      </c>
+      <c r="X438" s="17">
+        <v>0.20599999999999999</v>
+      </c>
+      <c r="Y438" s="17">
+        <v>0.21</v>
+      </c>
+      <c r="Z438" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AA438" s="17">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="AB438" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AC438" s="17">
+        <v>0.193</v>
+      </c>
+      <c r="AD438" s="17">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="AE438" s="17">
+        <v>0.157</v>
+      </c>
+      <c r="AF438" s="17">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AG438" s="17">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="AH438" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="AI438" s="17">
+        <v>0.11</v>
+      </c>
+      <c r="AJ438" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AK438" s="17">
+        <v>0.124</v>
+      </c>
+      <c r="AL438" s="17">
+        <v>0.154</v>
+      </c>
+      <c r="AM438" s="17"/>
+      <c r="AN438" s="17"/>
+      <c r="AO438" s="12"/>
+      <c r="AP438" s="12"/>
+      <c r="AQ438" s="33"/>
+      <c r="AR438" s="33"/>
+      <c r="AS438" s="12"/>
+      <c r="AT438" s="12"/>
+      <c r="AU438" s="12"/>
+      <c r="AV438" s="12"/>
+      <c r="AW438" s="33"/>
+      <c r="AX438" s="33"/>
+      <c r="AY438" s="33"/>
+      <c r="AZ438" s="33"/>
+      <c r="BA438" s="33"/>
+    </row>
+    <row r="439" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K439" s="13">
+        <v>433</v>
+      </c>
+      <c r="M439" s="17"/>
+      <c r="N439" s="17"/>
+      <c r="O439" s="17"/>
+      <c r="P439" s="17"/>
+      <c r="Q439" s="17"/>
+      <c r="R439" s="17"/>
+      <c r="S439" s="17"/>
+      <c r="T439" s="17"/>
+      <c r="U439" s="17"/>
+      <c r="V439" s="17"/>
+      <c r="W439" s="17"/>
+      <c r="X439" s="17"/>
+      <c r="Y439" s="17"/>
+      <c r="Z439" s="17"/>
+      <c r="AA439" s="17"/>
+      <c r="AB439" s="17"/>
+      <c r="AC439" s="17"/>
+      <c r="AD439" s="17"/>
+      <c r="AE439" s="17"/>
+      <c r="AF439" s="17"/>
+      <c r="AG439" s="17"/>
+      <c r="AH439" s="17"/>
+      <c r="AI439" s="17"/>
+      <c r="AJ439" s="17"/>
+      <c r="AK439" s="17"/>
+      <c r="AL439" s="17"/>
+      <c r="AM439" s="17"/>
+      <c r="AN439" s="17"/>
+      <c r="AO439" s="12"/>
+      <c r="AP439" s="12"/>
+      <c r="AQ439" s="33"/>
+      <c r="AR439" s="33"/>
+      <c r="AS439" s="12"/>
+      <c r="AT439" s="12"/>
+      <c r="AU439" s="12"/>
+      <c r="AV439" s="12"/>
+      <c r="AW439" s="33"/>
+      <c r="AX439" s="33"/>
+      <c r="AY439" s="33"/>
+      <c r="AZ439" s="33"/>
+      <c r="BA439" s="33"/>
+    </row>
+    <row r="440" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K440" s="13">
+        <v>434</v>
+      </c>
+      <c r="L440" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="M440" s="17">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="N440" s="17">
+        <v>0.23200000000000001</v>
+      </c>
+      <c r="O440" s="17">
+        <v>0.29699999999999999</v>
+      </c>
+      <c r="P440" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="Q440" s="17">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="R440" s="17">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="S440" s="17">
+        <v>0.30099999999999999</v>
+      </c>
+      <c r="T440" s="17">
+        <v>0.255</v>
+      </c>
+      <c r="U440" s="17">
+        <v>0.151</v>
+      </c>
+      <c r="V440" s="17">
+        <v>0.129</v>
+      </c>
+      <c r="W440" s="17">
+        <v>9.9000000000000005E-2</v>
+      </c>
+      <c r="X440" s="17">
+        <v>9.8000000000000004E-2</v>
+      </c>
+      <c r="Y440" s="17">
+        <v>0.106</v>
+      </c>
+      <c r="Z440" s="17">
+        <v>0.112</v>
+      </c>
+      <c r="AA440" s="17">
+        <v>0.11799999999999999</v>
+      </c>
+      <c r="AB440" s="17">
+        <v>0.105</v>
+      </c>
+      <c r="AC440" s="18">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="AD440" s="18">
+        <v>6.6000000000000003E-2</v>
+      </c>
+      <c r="AE440" s="18">
+        <v>6.3E-2</v>
+      </c>
+      <c r="AF440" s="18">
+        <v>5.8999999999999997E-2</v>
+      </c>
+      <c r="AG440" s="18">
+        <v>8.7999999999999995E-2</v>
+      </c>
+      <c r="AH440" s="18">
+        <v>9.1999999999999998E-2</v>
+      </c>
+      <c r="AI440" s="18">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="AJ440" s="18">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AK440" s="18">
+        <v>6.7000000000000004E-2</v>
+      </c>
+      <c r="AL440" s="18">
+        <v>0.10100000000000001</v>
+      </c>
+      <c r="AM440" s="18"/>
+      <c r="AN440" s="18"/>
+      <c r="AO440" s="12"/>
+      <c r="AP440" s="12"/>
+      <c r="AQ440" s="33"/>
+      <c r="AR440" s="33"/>
+      <c r="AS440" s="12"/>
+      <c r="AT440" s="12"/>
+      <c r="AU440" s="12"/>
+      <c r="AV440" s="12"/>
+      <c r="AW440" s="33"/>
+      <c r="AX440" s="33"/>
+      <c r="AY440" s="33"/>
+      <c r="AZ440" s="33"/>
+      <c r="BA440" s="33"/>
+    </row>
+    <row r="441" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K441" s="13">
+        <v>435</v>
+      </c>
+      <c r="L441" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="M441" s="17">
+        <v>0.73499999999999999</v>
+      </c>
+      <c r="N441" s="17">
+        <v>0.82299999999999995</v>
+      </c>
+      <c r="O441" s="17">
+        <v>0.85199999999999998</v>
+      </c>
+      <c r="P441" s="17">
+        <v>0.81599999999999995</v>
+      </c>
+      <c r="Q441" s="17">
+        <v>0.79800000000000004</v>
+      </c>
+      <c r="R441" s="17">
+        <v>0.76800000000000002</v>
+      </c>
+      <c r="S441" s="17">
+        <v>0.78900000000000003</v>
+      </c>
+      <c r="T441" s="17">
+        <v>0.77300000000000002</v>
+      </c>
+      <c r="U441" s="17">
+        <v>0.71799999999999997</v>
+      </c>
+      <c r="V441" s="17">
+        <v>0.69299999999999995</v>
+      </c>
+      <c r="W441" s="17">
+        <v>0.627</v>
+      </c>
+      <c r="X441" s="17">
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="Y441" s="17">
+        <v>0.56399999999999995</v>
+      </c>
+      <c r="Z441" s="17">
+        <v>0.59399999999999997</v>
+      </c>
+      <c r="AA441" s="17">
+        <v>0.60499999999999998</v>
+      </c>
+      <c r="AB441" s="17">
+        <v>0.623</v>
+      </c>
+      <c r="AC441" s="18">
+        <v>0.59099999999999997</v>
+      </c>
+      <c r="AD441" s="18">
+        <v>0.57799999999999996</v>
+      </c>
+      <c r="AE441" s="18">
+        <v>0.53800000000000003</v>
+      </c>
+      <c r="AF441" s="18">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="AG441" s="18">
+        <v>0.47099999999999997</v>
+      </c>
+      <c r="AH441" s="18">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="AI441" s="18">
+        <v>0.245</v>
+      </c>
+      <c r="AJ441" s="18">
+        <v>0.26900000000000002</v>
+      </c>
+      <c r="AK441" s="18">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="AL441" s="18">
+        <v>0.38700000000000001</v>
+      </c>
+      <c r="AM441" s="18"/>
+      <c r="AN441" s="18"/>
+      <c r="AO441" s="12"/>
+      <c r="AP441" s="12"/>
+      <c r="AQ441" s="33"/>
+      <c r="AR441" s="33"/>
+      <c r="AS441" s="12"/>
+      <c r="AT441" s="12"/>
+      <c r="AU441" s="12"/>
+      <c r="AV441" s="12"/>
+      <c r="AW441" s="33"/>
+      <c r="AX441" s="33"/>
+      <c r="AY441" s="33"/>
+      <c r="AZ441" s="33"/>
+      <c r="BA441" s="33"/>
+    </row>
+    <row r="442" spans="11:53" x14ac:dyDescent="0.35">
+      <c r="K442" s="13">
+        <v>436</v>
+      </c>
+      <c r="L442" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="M442" s="17">
+        <v>0.30399999999999999</v>
+      </c>
+      <c r="N442" s="17">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="O442" s="17">
+        <v>0.42599999999999999</v>
+      </c>
+      <c r="P442" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="Q442" s="17">
+        <v>0.41699999999999998</v>
+      </c>
+      <c r="R442" s="17">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="S442" s="17">
+        <v>0.41899999999999998</v>
+      </c>
+      <c r="T442" s="17">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="U442" s="17">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="V442" s="17">
+        <v>0.27100000000000002</v>
+      </c>
+      <c r="W442" s="17">
+        <v>0.224</v>
+      </c>
+      <c r="X442" s="17">
+        <v>0.20599999999999999</v>
+      </c>
+      <c r="Y442" s="17">
+        <v>0.21</v>
+      </c>
+      <c r="Z442" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AA442" s="17">
+        <v>0.22600000000000001</v>
+      </c>
+      <c r="AB442" s="17">
+        <v>0.219</v>
+      </c>
+      <c r="AC442" s="18">
+        <v>0.193</v>
+      </c>
+      <c r="AD442" s="18">
+        <v>0.17299999999999999</v>
+      </c>
+      <c r="AE442" s="18">
+        <v>0.157</v>
+      </c>
+      <c r="AF442" s="18">
+        <v>0.13300000000000001</v>
+      </c>
+      <c r="AG442" s="18">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="AH442" s="18">
+        <v>0.129</v>
+      </c>
+      <c r="AI442" s="18">
+        <v>0.11</v>
+      </c>
+      <c r="AJ442" s="18">
+        <v>0.105</v>
+      </c>
+      <c r="AK442" s="18">
+        <v>0.124</v>
+      </c>
+      <c r="AL442" s="18">
+        <v>0.154</v>
+      </c>
+      <c r="AM442" s="18"/>
+      <c r="AN442" s="18"/>
+      <c r="AO442" s="12"/>
+      <c r="AP442" s="12"/>
+      <c r="AQ442" s="33"/>
+      <c r="AR442" s="33"/>
+      <c r="AS442" s="12"/>
+      <c r="AT442" s="12"/>
+      <c r="AU442" s="12"/>
+      <c r="AV442" s="12"/>
+      <c r="AW442" s="33"/>
+      <c r="AX442" s="33"/>
+      <c r="AY442" s="33"/>
+      <c r="AZ442" s="33"/>
+      <c r="BA442" s="33"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
-[...2 lines deleted...]
-    <mergeCell ref="C3:E3"/>
+  <sheetProtection sheet="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="J7:J85">
+    <sortCondition ref="J7:J85"/>
+  </sortState>
+  <mergeCells count="1">
+    <mergeCell ref="B1:H1"/>
   </mergeCells>
-  <pageMargins left="1.1811023622047245" right="0.74803149606299213" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
-[...1 lines deleted...]
-  <headerFooter alignWithMargins="0"/>
+  <pageMargins left="1.5748031496062993" right="0.39370078740157483" top="0.78740157480314965" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="87" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
-</worksheet>
-[...1271 lines deleted...]
-  <drawing r:id="rId2"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x14">
+      <controls>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="2049" r:id="rId4" name="Drop Down 1">
+              <controlPr defaultSize="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>2</xdr:col>
+                    <xdr:colOff>6350</xdr:colOff>
+                    <xdr:row>3</xdr:row>
+                    <xdr:rowOff>101600</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>469900</xdr:colOff>
+                    <xdr:row>5</xdr:row>
+                    <xdr:rowOff>19050</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="2050" r:id="rId5" name="Drop Down 2">
+              <controlPr defaultSize="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>2</xdr:col>
+                    <xdr:colOff>6350</xdr:colOff>
+                    <xdr:row>2</xdr:row>
+                    <xdr:rowOff>6350</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>469900</xdr:colOff>
+                    <xdr:row>3</xdr:row>
+                    <xdr:rowOff>50800</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+        <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+          <mc:Choice Requires="x14">
+            <control shapeId="2051" r:id="rId6" name="Drop Down 3">
+              <controlPr locked="0" defaultSize="0" autoLine="0" autoPict="0">
+                <anchor moveWithCells="1">
+                  <from>
+                    <xdr:col>4</xdr:col>
+                    <xdr:colOff>901700</xdr:colOff>
+                    <xdr:row>3</xdr:row>
+                    <xdr:rowOff>50800</xdr:rowOff>
+                  </from>
+                  <to>
+                    <xdr:col>7</xdr:col>
+                    <xdr:colOff>469900</xdr:colOff>
+                    <xdr:row>4</xdr:row>
+                    <xdr:rowOff>228600</xdr:rowOff>
+                  </to>
+                </anchor>
+              </controlPr>
+            </control>
+          </mc:Choice>
+        </mc:AlternateContent>
+      </controls>
+    </mc:Choice>
+  </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A11584069</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2024Dec Gambling Losses - All Legal Forms</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2024-12-08T21:08:32Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-10-20T07:05:59Z</value>
+      <value order="0">2025-11-24T02:48:00Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-10-20T07:05:59Z</value>
+      <value order="0">2025-11-24T02:48:01Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA15764070</value>
+      <value order="0">vA15894352</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">2.0</value>
+      <value order="0">3.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">2</value>
+      <value order="0">3</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">Updated statistics</value>
+      <value order="0">Update of data</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
@@ -38009,142 +46757,136 @@
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="8" baseType="lpstr">
-[...7 lines deleted...]
-      <vt:lpstr>'Govt Revenue'!Print_Area</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Data</vt:lpstr>
+      <vt:lpstr>Data!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>City of Greater Dandenong</Company>
+  <Company>Department of Human Services</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>hbrown</dc:creator>
+  <dc:creator>rasp1106</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A11584069</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>2024Dec Gambling Losses - All Legal Forms</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2024-12-08T21:08:32Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-10-20T07:05:59Z</vt:filetime>
+    <vt:filetime>2025-11-24T02:48:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-10-20T07:05:59Z</vt:filetime>
+    <vt:filetime>2025-11-24T02:48:01Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA15764070</vt:lpwstr>
+    <vt:lpwstr>vA15894352</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>2.0</vt:lpwstr>
+    <vt:lpwstr>3.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>2</vt:r8>
+    <vt:r8>3</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>Updated statistics</vt:lpwstr>
+    <vt:lpwstr>Update of data</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>