--- v2 (2025-12-15)
+++ v3 (2026-01-05)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R322a5080165c4b10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R78eb6ecb0e95472f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{0CD2848A-8008-4C5D-84CB-39AFB86F0430}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{652BEC9D-1B4B-4CF3-8A87-4A8B9B3AC0C4}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Data!$A$1:$H$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -1104,51 +1104,51 @@
     <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{F7095103-DF3C-4DDE-A15A-F0BA8785E01C}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="3" xr:uid="{993B843B-1192-445C-87DC-D9AC998078E5}"/>
     <cellStyle name="Percent 3" xfId="4" xr:uid="{1EBDFB5E-43B7-490B-9AC2-6C7FACAAF953}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Reb99539d87f442ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R08a1cf0e4d55446e" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="5.4935768936920232E-2"/>
           <c:y val="1.4738423877112963E-2"/>