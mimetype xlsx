--- v3 (2026-01-05)
+++ v4 (2026-01-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R78eb6ecb0e95472f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re685be10b2384e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{0CD2848A-8008-4C5D-84CB-39AFB86F0430}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{652BEC9D-1B4B-4CF3-8A87-4A8B9B3AC0C4}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Data!$A$1:$H$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -1104,51 +1104,51 @@
     <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{F7095103-DF3C-4DDE-A15A-F0BA8785E01C}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="3" xr:uid="{993B843B-1192-445C-87DC-D9AC998078E5}"/>
     <cellStyle name="Percent 3" xfId="4" xr:uid="{1EBDFB5E-43B7-490B-9AC2-6C7FACAAF953}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R08a1cf0e4d55446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re426365ba6034de4" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="5.4935768936920232E-2"/>
           <c:y val="1.4738423877112963E-2"/>