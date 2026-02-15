--- v4 (2026-01-26)
+++ v5 (2026-02-15)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re685be10b2384e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc04a82c9d132424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{0CD2848A-8008-4C5D-84CB-39AFB86F0430}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{652BEC9D-1B4B-4CF3-8A87-4A8B9B3AC0C4}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Data!$A$1:$H$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -1104,51 +1104,51 @@
     <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{F7095103-DF3C-4DDE-A15A-F0BA8785E01C}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="3" xr:uid="{993B843B-1192-445C-87DC-D9AC998078E5}"/>
     <cellStyle name="Percent 3" xfId="4" xr:uid="{1EBDFB5E-43B7-490B-9AC2-6C7FACAAF953}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re426365ba6034de4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R4d2d0f8c61ed4813" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="5.4935768936920232E-2"/>
           <c:y val="1.4738423877112963E-2"/>