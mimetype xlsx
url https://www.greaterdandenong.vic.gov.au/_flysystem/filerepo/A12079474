--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R3beee0e531f046b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4139abfb62064b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R359799d6af2b460e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0299c32753a847a8" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -1936,63 +1936,63 @@
       <c r="B215" s="2"/>
       <c r="C215" s="5"/>
       <c r="D215" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A12079474</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Membership List Template - Website</value>
     </field>
     <field name="Objective-Description">
       <value order="0">A template to assist grant applicants provide a membership list for their small grant application</value>
     </field>
     <field name="Objective-CreationStamp">
-      <value order="0">2025-05-29T06:03:12Z</value>
+      <value order="0">2025-05-29T05:03:12Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-05-29T07:03:19Z</value>
+      <value order="0">2025-05-29T06:03:19Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-05-29T07:03:19Z</value>
+      <value order="0">2025-05-29T06:03:19Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Lauren Clair</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Community Funding Documents linked to Website</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Community Funding Documents linked to Website</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
       <value order="0">vA15234759</value>
     </field>
     <field name="Objective-Version">
       <value order="0">1.0</value>
     </field>
     <field name="Objective-VersionNumber">
       <value order="0">1</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
@@ -2069,63 +2069,63 @@
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Lauren Clair</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A12079474</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>Membership List Template - Website</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr>A template to assist grant applicants provide a membership list for their small grant application</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
-    <vt:filetime>2025-05-29T06:03:12Z</vt:filetime>
+    <vt:filetime>2025-05-29T05:03:12Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-05-29T07:03:19Z</vt:filetime>
+    <vt:filetime>2025-05-29T06:03:19Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-05-29T07:03:19Z</vt:filetime>
+    <vt:filetime>2025-05-29T06:03:19Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Lauren Clair</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Community Funding Documents linked to Website</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Community Funding Documents linked to Website</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
     <vt:lpwstr>vA15234759</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
     <vt:lpwstr>1.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
     <vt:r8>1</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>