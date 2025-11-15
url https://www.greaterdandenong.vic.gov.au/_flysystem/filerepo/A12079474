--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4139abfb62064b5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re1272cc6f67c49cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0299c32753a847a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5da7cd3d99674cfd" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>