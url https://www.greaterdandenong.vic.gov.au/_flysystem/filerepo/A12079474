--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re1272cc6f67c49cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5826c65e4f574753" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5da7cd3d99674cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1233dd959b3b4eda" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>