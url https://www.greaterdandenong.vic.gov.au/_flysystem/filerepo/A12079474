--- v3 (2025-12-06)
+++ v4 (2025-12-28)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5826c65e4f574753" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc9a75d7e39fd41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1233dd959b3b4eda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0bcffda1f7324be7" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>