--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc9a75d7e39fd41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R2c0d0d5cf64f4509" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0bcffda1f7324be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re995890e5b0e4247" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>