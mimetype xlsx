--- v5 (2026-01-17)
+++ v6 (2026-02-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R2c0d0d5cf64f4509" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4fddee3e5a874d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re995890e5b0e4247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra1c4b7e0f4824591" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>