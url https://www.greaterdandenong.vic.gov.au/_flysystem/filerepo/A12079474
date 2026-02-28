--- v6 (2026-02-08)
+++ v7 (2026-02-28)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4fddee3e5a874d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4ced8d254b3f484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra1c4b7e0f4824591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R6c216799f46c422c" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>