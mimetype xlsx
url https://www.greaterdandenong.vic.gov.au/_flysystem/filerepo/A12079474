--- v7 (2026-02-28)
+++ v8 (2026-03-20)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4ced8d254b3f484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rf21dca8a47544581" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="6" documentId="8_{0880E3D4-6BE8-4198-820F-C2C0973EB2E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D1A616F2-CE2D-402D-8336-742127F32F58}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -266,51 +266,51 @@
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R6c216799f46c422c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R8d79aa46f9d34b6c" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>