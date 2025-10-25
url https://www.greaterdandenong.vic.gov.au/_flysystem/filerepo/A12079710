--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rcbb44abd49464adb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R90f0045c95d04a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="64" documentId="8_{56AA3E61-E17F-46DC-9557-AC3F5575F9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B1478C2-BE04-401B-B9FE-F60034BF4114}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Financial Statement" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -470,51 +470,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf1ba43a696404ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R6b6dc40b5f394d2b" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -1087,63 +1087,63 @@
         <v>500</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A12079710</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Financial Statement Template - Website</value>
     </field>
     <field name="Objective-Description">
       <value order="0">Template to assist applicants provide their financial statement, to go with grant applications.</value>
     </field>
     <field name="Objective-CreationStamp">
-      <value order="0">2025-05-29T07:01:53Z</value>
+      <value order="0">2025-05-29T06:01:53Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-05-29T07:03:37Z</value>
+      <value order="0">2025-05-29T06:03:37Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-05-29T07:13:27Z</value>
+      <value order="0">2025-05-29T06:13:27Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Lauren Clair</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Community Funding Documents linked to Website</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Community Funding Documents linked to Website</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
       <value order="0">vA15235042</value>
     </field>
     <field name="Objective-Version">
       <value order="0">1.0</value>
     </field>
     <field name="Objective-VersionNumber">
       <value order="0">1</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
@@ -1230,63 +1230,63 @@
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A12079710</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>Financial Statement Template - Website</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr>Template to assist applicants provide their financial statement, to go with grant applications.</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
-    <vt:filetime>2025-05-29T07:01:53Z</vt:filetime>
+    <vt:filetime>2025-05-29T06:01:53Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-05-29T07:03:37Z</vt:filetime>
+    <vt:filetime>2025-05-29T06:03:37Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-05-29T07:13:27Z</vt:filetime>
+    <vt:filetime>2025-05-29T06:13:27Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Lauren Clair</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Community Funding Documents linked to Website</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Community Funding Documents linked to Website</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
     <vt:lpwstr>vA15235042</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
     <vt:lpwstr>1.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
     <vt:r8>1</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>