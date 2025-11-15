--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R90f0045c95d04a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rbd5360b982bf40c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="64" documentId="8_{56AA3E61-E17F-46DC-9557-AC3F5575F9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B1478C2-BE04-401B-B9FE-F60034BF4114}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Financial Statement" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -470,51 +470,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R6b6dc40b5f394d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra90b2191096f4066" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>