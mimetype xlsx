--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rbd5360b982bf40c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1a21800ad0c14daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="64" documentId="8_{56AA3E61-E17F-46DC-9557-AC3F5575F9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B1478C2-BE04-401B-B9FE-F60034BF4114}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Financial Statement" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -470,51 +470,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra90b2191096f4066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rec8f6e556e7044ab" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>