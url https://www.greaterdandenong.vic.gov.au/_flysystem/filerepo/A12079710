--- v3 (2025-12-06)
+++ v4 (2026-01-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1a21800ad0c14daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1856050557ab445b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="64" documentId="8_{56AA3E61-E17F-46DC-9557-AC3F5575F9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B1478C2-BE04-401B-B9FE-F60034BF4114}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Financial Statement" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -470,51 +470,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rec8f6e556e7044ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R07c22d20ea624a98" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>