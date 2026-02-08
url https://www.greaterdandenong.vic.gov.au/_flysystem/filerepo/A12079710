--- v4 (2026-01-17)
+++ v5 (2026-02-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1856050557ab445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Ra4b8dada2ff94d95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="64" documentId="8_{56AA3E61-E17F-46DC-9557-AC3F5575F9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B1478C2-BE04-401B-B9FE-F60034BF4114}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Financial Statement" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -470,51 +470,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R07c22d20ea624a98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1dab74d32b1f4e8c" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>