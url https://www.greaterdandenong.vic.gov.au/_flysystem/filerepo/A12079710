--- v5 (2026-02-08)
+++ v6 (2026-02-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Ra4b8dada2ff94d95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R796dad3186154158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="64" documentId="8_{56AA3E61-E17F-46DC-9557-AC3F5575F9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B1478C2-BE04-401B-B9FE-F60034BF4114}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Financial Statement" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -470,51 +470,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1dab74d32b1f4e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ree4d1883e6fe4c7f" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>