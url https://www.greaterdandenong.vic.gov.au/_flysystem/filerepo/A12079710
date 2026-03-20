--- v6 (2026-02-28)
+++ v7 (2026-03-20)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R796dad3186154158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Reaf6672118074b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://greaterdandenong-my.sharepoint.com/personal/lauren_clair_cgd_vic_gov_au/Documents/Documents/Small Grants including Endorsements/"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="64" documentId="8_{56AA3E61-E17F-46DC-9557-AC3F5575F9D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B1478C2-BE04-401B-B9FE-F60034BF4114}"/>
   <bookViews>
     <workbookView xWindow="-28920" yWindow="1800" windowWidth="29040" windowHeight="15720" xr2:uid="{1875266A-5471-4588-9247-76C45360DC7F}"/>
   </bookViews>
   <sheets>
     <sheet name="Financial Statement" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -470,51 +470,51 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ree4d1883e6fe4c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rb610381012e4485a" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>