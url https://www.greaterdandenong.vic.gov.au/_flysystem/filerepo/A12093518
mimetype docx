--- v0 (2025-10-12)
+++ v1 (2025-11-03)
@@ -13687,51 +13687,51 @@
     <w:rsid w:val="00434809"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rb1b1e8bd704044df" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc677097218a84093" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>