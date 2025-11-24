--- v1 (2025-11-03)
+++ v2 (2025-11-24)
@@ -13687,51 +13687,51 @@
     <w:rsid w:val="00434809"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc677097218a84093" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R47c41db31ced46a5" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>