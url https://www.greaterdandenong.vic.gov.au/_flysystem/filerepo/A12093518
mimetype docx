--- v2 (2025-11-24)
+++ v3 (2025-12-16)
@@ -13687,51 +13687,51 @@
     <w:rsid w:val="00434809"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R47c41db31ced46a5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R4922b70ef4e04297" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>