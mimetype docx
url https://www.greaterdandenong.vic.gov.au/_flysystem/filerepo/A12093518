--- v3 (2025-12-16)
+++ v4 (2026-01-08)
@@ -13687,51 +13687,51 @@
     <w:rsid w:val="00434809"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R4922b70ef4e04297" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:council@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R107634d558a644df" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>