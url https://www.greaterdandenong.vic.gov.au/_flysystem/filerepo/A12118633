--- v0 (2025-10-11)
+++ v1 (2025-11-04)
@@ -5548,51 +5548,51 @@
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC3A7E1"/>
       <color rgb="FFEBF8F9"/>
       <color rgb="FF287E84"/>
       <color rgb="FF5C308D"/>
       <color rgb="FFCAEBED"/>
       <color rgb="FFD7C5EB"/>
       <color rgb="FFE2D3ED"/>
       <color rgb="FFEDEDED"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rd17880ce4d254f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R5d10a563a72f4fa8" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Chelsea Hayes" id="{46F1D9A8-1BDC-4717-A7D1-EFF8D08609AF}" userId="S::Chelsea.Hayes@cgd.vic.gov.au::0b06201e-5996-4e38-a604-38ab53d3e391" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D7C0DC83-C5C4-4A63-9076-17B0755CBA47}" name="TABLE_GIA" displayName="TABLE_GIA" ref="B8:I34" totalsRowShown="0" headerRowDxfId="74" dataDxfId="72" headerRowBorderDxfId="73" tableBorderDxfId="71" totalsRowBorderDxfId="70">
   <autoFilter ref="B8:I34" xr:uid="{D7C0DC83-C5C4-4A63-9076-17B0755CBA47}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{AF1D579B-9142-47D9-B10A-88756255FBAE}" name="Title" dataDxfId="69"/>
     <tableColumn id="2" xr3:uid="{D9FAC0C5-4769-4CBE-BE6D-17AE0DB0D9DC}" name="Subject" dataDxfId="68"/>
     <tableColumn id="3" xr3:uid="{62789888-506C-4905-8801-771108B18EB0}" name="Description" dataDxfId="67"/>
     <tableColumn id="4" xr3:uid="{75445BFC-1B13-47FF-A66A-AF15EFF4ABED}" name="Status" dataDxfId="66"/>