--- v1 (2025-11-04)
+++ v2 (2026-01-01)
@@ -5548,51 +5548,51 @@
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC3A7E1"/>
       <color rgb="FFEBF8F9"/>
       <color rgb="FF287E84"/>
       <color rgb="FF5C308D"/>
       <color rgb="FFCAEBED"/>
       <color rgb="FFD7C5EB"/>
       <color rgb="FFE2D3ED"/>
       <color rgb="FFEDEDED"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R5d10a563a72f4fa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R1942480246514e41" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Chelsea Hayes" id="{46F1D9A8-1BDC-4717-A7D1-EFF8D08609AF}" userId="S::Chelsea.Hayes@cgd.vic.gov.au::0b06201e-5996-4e38-a604-38ab53d3e391" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D7C0DC83-C5C4-4A63-9076-17B0755CBA47}" name="TABLE_GIA" displayName="TABLE_GIA" ref="B8:I34" totalsRowShown="0" headerRowDxfId="74" dataDxfId="72" headerRowBorderDxfId="73" tableBorderDxfId="71" totalsRowBorderDxfId="70">
   <autoFilter ref="B8:I34" xr:uid="{D7C0DC83-C5C4-4A63-9076-17B0755CBA47}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{AF1D579B-9142-47D9-B10A-88756255FBAE}" name="Title" dataDxfId="69"/>
     <tableColumn id="2" xr3:uid="{D9FAC0C5-4769-4CBE-BE6D-17AE0DB0D9DC}" name="Subject" dataDxfId="68"/>
     <tableColumn id="3" xr3:uid="{62789888-506C-4905-8801-771108B18EB0}" name="Description" dataDxfId="67"/>
     <tableColumn id="4" xr3:uid="{75445BFC-1B13-47FF-A66A-AF15EFF4ABED}" name="Status" dataDxfId="66"/>