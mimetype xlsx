--- v2 (2026-01-01)
+++ v3 (2026-01-29)
@@ -5548,51 +5548,51 @@
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC3A7E1"/>
       <color rgb="FFEBF8F9"/>
       <color rgb="FF287E84"/>
       <color rgb="FF5C308D"/>
       <color rgb="FFCAEBED"/>
       <color rgb="FFD7C5EB"/>
       <color rgb="FFE2D3ED"/>
       <color rgb="FFEDEDED"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R1942480246514e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R922bcd5d273143d3" /></Relationships>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Chelsea Hayes" id="{46F1D9A8-1BDC-4717-A7D1-EFF8D08609AF}" userId="S::Chelsea.Hayes@cgd.vic.gov.au::0b06201e-5996-4e38-a604-38ab53d3e391" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D7C0DC83-C5C4-4A63-9076-17B0755CBA47}" name="TABLE_GIA" displayName="TABLE_GIA" ref="B8:I34" totalsRowShown="0" headerRowDxfId="74" dataDxfId="72" headerRowBorderDxfId="73" tableBorderDxfId="71" totalsRowBorderDxfId="70">
   <autoFilter ref="B8:I34" xr:uid="{D7C0DC83-C5C4-4A63-9076-17B0755CBA47}">
     <filterColumn colId="0" hiddenButton="1"/>
     <filterColumn colId="1" hiddenButton="1"/>
     <filterColumn colId="2" hiddenButton="1"/>
     <filterColumn colId="3" hiddenButton="1"/>
     <filterColumn colId="4" hiddenButton="1"/>
     <filterColumn colId="5" hiddenButton="1"/>
     <filterColumn colId="6" hiddenButton="1"/>
     <filterColumn colId="7" hiddenButton="1"/>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{AF1D579B-9142-47D9-B10A-88756255FBAE}" name="Title" dataDxfId="69"/>
     <tableColumn id="2" xr3:uid="{D9FAC0C5-4769-4CBE-BE6D-17AE0DB0D9DC}" name="Subject" dataDxfId="68"/>
     <tableColumn id="3" xr3:uid="{62789888-506C-4905-8801-771108B18EB0}" name="Description" dataDxfId="67"/>
     <tableColumn id="4" xr3:uid="{75445BFC-1B13-47FF-A66A-AF15EFF4ABED}" name="Status" dataDxfId="66"/>