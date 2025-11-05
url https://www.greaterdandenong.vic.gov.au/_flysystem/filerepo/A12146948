--- v0 (2025-10-08)
+++ v1 (2025-11-05)
@@ -5560,51 +5560,51 @@
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R155d21fa3f6e45d8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re455841bd5ee4e13" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>