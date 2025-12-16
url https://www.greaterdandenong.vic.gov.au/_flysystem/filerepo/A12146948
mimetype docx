--- v1 (2025-11-05)
+++ v2 (2025-12-16)
@@ -5560,51 +5560,51 @@
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re455841bd5ee4e13" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R02ee2ccf26924400" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>