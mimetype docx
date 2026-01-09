--- v2 (2025-12-16)
+++ v3 (2026-01-09)
@@ -5560,51 +5560,51 @@
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R02ee2ccf26924400" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R643b74b6328d4e6a" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>