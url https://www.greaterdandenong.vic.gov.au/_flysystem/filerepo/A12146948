--- v3 (2026-01-09)
+++ v4 (2026-02-17)
@@ -5560,51 +5560,51 @@
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R643b74b6328d4e6a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R1abc888616db418f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>