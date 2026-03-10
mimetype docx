--- v4 (2026-02-17)
+++ v5 (2026-03-10)
@@ -5560,51 +5560,51 @@
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00502A26"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R1abc888616db418f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fran.McKechnie@cgd.vic.gov.au" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.greaterdandenong.vic.gov.au/multiculturalism-and-people-seeking-asylum/expressions-interest-multicultural-and-people-seeking" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rd9eab89ff5254db6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>