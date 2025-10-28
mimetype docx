--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -7581,51 +7581,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1434746432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rcf0a586b96234571" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R92c0cf788c4b4f7a" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nbilli\ObjectiveHome\objective-8008\Objects\Form%20template%202%20pages%20(unlocked)%20(A2637115).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>