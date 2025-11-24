--- v1 (2025-10-28)
+++ v2 (2025-11-24)
@@ -7581,51 +7581,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1434746432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R92c0cf788c4b4f7a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4b067d4fcf74455f" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nbilli\ObjectiveHome\objective-8008\Objects\Form%20template%202%20pages%20(unlocked)%20(A2637115).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>