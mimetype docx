--- v2 (2025-11-24)
+++ v3 (2025-12-14)
@@ -7581,51 +7581,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1434746432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4b067d4fcf74455f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Re6f2ebfe133e4296" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nbilli\ObjectiveHome\objective-8008\Objects\Form%20template%202%20pages%20(unlocked)%20(A2637115).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>