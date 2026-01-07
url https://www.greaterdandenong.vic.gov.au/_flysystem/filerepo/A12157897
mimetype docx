--- v3 (2025-12-14)
+++ v4 (2026-01-07)
@@ -7581,51 +7581,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1434746432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Re6f2ebfe133e4296" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rca7ccefc5cf14e3c" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nbilli\ObjectiveHome\objective-8008\Objects\Form%20template%202%20pages%20(unlocked)%20(A2637115).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>