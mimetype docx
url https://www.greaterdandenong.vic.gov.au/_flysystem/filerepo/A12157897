--- v4 (2026-01-07)
+++ v5 (2026-02-16)
@@ -7581,51 +7581,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1434746432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rca7ccefc5cf14e3c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R8a746f60d8864aa6" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nbilli\ObjectiveHome\objective-8008\Objects\Form%20template%202%20pages%20(unlocked)%20(A2637115).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>