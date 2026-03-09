--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -7581,51 +7581,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1434746432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R8a746f60d8864aa6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R0ab1065154df4813" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nbilli\ObjectiveHome\objective-8008\Objects\Form%20template%202%20pages%20(unlocked)%20(A2637115).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>