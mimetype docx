--- v6 (2026-03-09)
+++ v7 (2026-03-29)
@@ -7581,51 +7581,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1434746432">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R0ab1065154df4813" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R06eb742d4af543a0" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nbilli\ObjectiveHome\objective-8008\Objects\Form%20template%202%20pages%20(unlocked)%20(A2637115).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>