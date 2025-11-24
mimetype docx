--- v0 (2025-10-29)
+++ v1 (2025-11-24)
@@ -7812,51 +7812,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129709353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R58287bf0e6b147cd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R912399fe35e64e59" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>