--- v1 (2025-11-24)
+++ v2 (2025-12-15)
@@ -7812,51 +7812,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129709353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R912399fe35e64e59" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R79e0e5a6eb4b4002" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>