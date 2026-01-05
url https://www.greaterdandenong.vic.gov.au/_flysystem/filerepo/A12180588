--- v2 (2025-12-15)
+++ v3 (2026-01-05)
@@ -7812,51 +7812,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129709353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R79e0e5a6eb4b4002" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rc69d2758d21048fe" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>