--- v3 (2026-01-05)
+++ v4 (2026-02-14)
@@ -7812,51 +7812,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129709353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rc69d2758d21048fe" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rb618bed43ad442ab" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>