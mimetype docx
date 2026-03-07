--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -7812,51 +7812,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129709353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rb618bed43ad442ab" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rdef510e5cb304b5a" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>