--- v5 (2026-03-07)
+++ v6 (2026-03-29)
@@ -7812,51 +7812,51 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="129709353">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rdef510e5cb304b5a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAAdmin@cgd.vic.gov.au" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R3dcb288d3ef34b1a" /></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>