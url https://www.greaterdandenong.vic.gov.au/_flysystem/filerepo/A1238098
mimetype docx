--- v0 (2025-10-29)
+++ v1 (2025-11-19)
@@ -6687,51 +6687,51 @@
       <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R01a6b54628df4bc1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R51675eb1e9234379" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>