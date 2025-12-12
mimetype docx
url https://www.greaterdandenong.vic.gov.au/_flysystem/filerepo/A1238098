--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -6687,51 +6687,51 @@
       <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R51675eb1e9234379" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rcd1caa06a2ac45d7" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>