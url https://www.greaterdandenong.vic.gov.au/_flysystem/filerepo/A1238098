--- v2 (2025-12-12)
+++ v3 (2026-01-02)
@@ -6687,51 +6687,51 @@
       <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rcd1caa06a2ac45d7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4330ee5ec7b64db3" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>