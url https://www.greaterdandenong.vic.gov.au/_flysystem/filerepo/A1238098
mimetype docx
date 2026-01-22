--- v3 (2026-01-02)
+++ v4 (2026-01-22)
@@ -6687,51 +6687,51 @@
       <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4330ee5ec7b64db3" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra9fbddd0dd9d448b" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>