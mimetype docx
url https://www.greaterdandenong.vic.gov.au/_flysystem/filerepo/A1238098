--- v4 (2026-01-22)
+++ v5 (2026-02-11)
@@ -6687,51 +6687,51 @@
       <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra9fbddd0dd9d448b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R15c628fa90314abc" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>