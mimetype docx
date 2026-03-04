--- v5 (2026-02-11)
+++ v6 (2026-03-04)
@@ -6687,51 +6687,51 @@
       <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R15c628fa90314abc" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R9052fda4b7c64535" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>