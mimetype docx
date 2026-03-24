--- v6 (2026-03-04)
+++ v7 (2026-03-24)
@@ -6687,51 +6687,51 @@
       <w:rFonts w:ascii="Consolas" w:eastAsia="Calibri" w:hAnsi="Consolas" w:cs="Times New Roman"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF7A14"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R9052fda4b7c64535" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rbfd699b93e8e4e13" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>