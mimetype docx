--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6c20e24c173c4067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R45ccabc088d7432f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4B8E84" w14:textId="74B4B617" w:rsidR="002D2422" w:rsidRPr="001B233B" w:rsidRDefault="00A274BA" w:rsidP="002D2422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -9366,51 +9366,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881355487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R70696c29e4d54f12" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rcf5039bd6ac647a6" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>