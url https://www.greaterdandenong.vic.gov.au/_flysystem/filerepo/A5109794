--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R45ccabc088d7432f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd1738da036254f71" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4B8E84" w14:textId="74B4B617" w:rsidR="002D2422" w:rsidRPr="001B233B" w:rsidRDefault="00A274BA" w:rsidP="002D2422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -9366,51 +9366,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881355487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rcf5039bd6ac647a6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra2071c03359d42cf" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>