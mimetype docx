--- v2 (2025-11-18)
+++ v3 (2025-12-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd1738da036254f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rf1cca2962e7847ab" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4B8E84" w14:textId="74B4B617" w:rsidR="002D2422" w:rsidRPr="001B233B" w:rsidRDefault="00A274BA" w:rsidP="002D2422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -9366,51 +9366,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881355487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra2071c03359d42cf" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Raba8dc0aafee41de" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>