--- v3 (2025-12-09)
+++ v4 (2026-01-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rf1cca2962e7847ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re5414b84fd2d42fe" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4B8E84" w14:textId="74B4B617" w:rsidR="002D2422" w:rsidRPr="001B233B" w:rsidRDefault="00A274BA" w:rsidP="002D2422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -9366,51 +9366,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881355487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Raba8dc0aafee41de" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R70293a8e83664505" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>