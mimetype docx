--- v4 (2026-01-18)
+++ v5 (2026-02-07)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Re5414b84fd2d42fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1166bc5a053c4310" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4B8E84" w14:textId="74B4B617" w:rsidR="002D2422" w:rsidRPr="001B233B" w:rsidRDefault="00A274BA" w:rsidP="002D2422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -9366,51 +9366,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881355487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R70293a8e83664505" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R9c6ea205dc49485f" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>