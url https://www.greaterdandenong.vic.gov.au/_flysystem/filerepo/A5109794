--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1166bc5a053c4310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R2e94ec75fe564a87" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4B8E84" w14:textId="74B4B617" w:rsidR="002D2422" w:rsidRPr="001B233B" w:rsidRDefault="00A274BA" w:rsidP="002D2422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -9366,51 +9366,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881355487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R9c6ea205dc49485f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R84141c08494b416a" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>