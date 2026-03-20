--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R2e94ec75fe564a87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R404334db15104f5b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E4B8E84" w14:textId="74B4B617" w:rsidR="002D2422" w:rsidRPr="001B233B" w:rsidRDefault="00A274BA" w:rsidP="002D2422">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
@@ -9366,51 +9366,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881355487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R84141c08494b416a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.greaterdandenong.vic.gov.au" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rb9eae9399201452f" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>