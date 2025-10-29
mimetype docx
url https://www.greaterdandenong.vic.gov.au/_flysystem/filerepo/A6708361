--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -8503,51 +8503,51 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4a426c04d5d44611" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R2a7d0eff72f84949" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\MLysen\ObjectiveHome\objective-8008\Objects\Events%20template%20orange%20portrait%20(A3738561).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:shade val="80000"/>
       </a:schemeClr>