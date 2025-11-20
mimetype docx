--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -8503,51 +8503,51 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R2a7d0eff72f84949" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R0114b773980f42db" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\MLysen\ObjectiveHome\objective-8008\Objects\Events%20template%20orange%20portrait%20(A3738561).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:shade val="80000"/>
       </a:schemeClr>