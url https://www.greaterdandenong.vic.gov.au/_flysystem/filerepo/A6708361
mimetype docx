--- v2 (2025-11-20)
+++ v3 (2025-12-15)
@@ -8503,51 +8503,51 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R0114b773980f42db" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra07cf4ac70914455" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\MLysen\ObjectiveHome\objective-8008\Objects\Events%20template%20orange%20portrait%20(A3738561).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:shade val="80000"/>
       </a:schemeClr>