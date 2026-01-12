--- v3 (2025-12-15)
+++ v4 (2026-01-12)
@@ -8503,51 +8503,51 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra07cf4ac70914455" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R7822844232a64ff9" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\MLysen\ObjectiveHome\objective-8008\Objects\Events%20template%20orange%20portrait%20(A3738561).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:shade val="80000"/>
       </a:schemeClr>