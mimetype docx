--- v4 (2026-01-12)
+++ v5 (2026-02-20)
@@ -8503,51 +8503,51 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R7822844232a64ff9" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Re79d6a2bd47d48cb" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\MLysen\ObjectiveHome\objective-8008\Objects\Events%20template%20orange%20portrait%20(A3738561).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:shade val="80000"/>
       </a:schemeClr>