--- v5 (2026-02-20)
+++ v6 (2026-03-15)
@@ -8503,51 +8503,51 @@
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Re79d6a2bd47d48cb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:springvale.uni@police.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dandenong.uni@police.vic.gov.au" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.com.au/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=imgres&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwj6pYCNz6vMAhVBHaYKHV_4BEkQjRwIBw&amp;url=http://thinkworkplacesafety.com.au/emergency-dial-000-in-case-of-emergency-sign.html&amp;psig=AFQjCNGiSg3XhJVU68gv-Kg4y_wsisIkLg&amp;ust=1461736543133712" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra29ff55cfc95486c" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\MLysen\ObjectiveHome\objective-8008\Objects\Events%20template%20orange%20portrait%20(A3738561).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent0_1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="mainScheme" pri="10100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="dk1">
         <a:shade val="80000"/>
       </a:schemeClr>