--- v0 (2025-11-03)
+++ v1 (2025-12-15)
@@ -12643,51 +12643,51 @@
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00986911"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R86d2bf99233f4a9a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R4773bdc89e534b4b" /></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///N:\Health\Templates\Health%20Act\Prescribed%20Accom%20-%20Rooming%20House%20Renewal%20Form.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>