--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -4293,51 +4293,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1917090711">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R2455cc1b71804ef7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.emf" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R659884adcc524ce4" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>