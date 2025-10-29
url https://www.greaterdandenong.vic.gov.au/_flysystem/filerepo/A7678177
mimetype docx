--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -6524,51 +6524,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA515B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R420ef57b14e94768" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rd0a6d28fa14b42c0" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LGatti\ObjectiveHome\objective-8008\Objects\Make%20Your%20Move%20template%20(A5761972).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>