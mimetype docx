--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -6524,51 +6524,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA515B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rd0a6d28fa14b42c0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rbf35ec95a95b4551" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LGatti\ObjectiveHome\objective-8008\Objects\Make%20Your%20Move%20template%20(A5761972).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>