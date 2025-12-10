--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -6524,51 +6524,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA515B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rbf35ec95a95b4551" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rdf309feedaeb4700" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LGatti\ObjectiveHome\objective-8008\Objects\Make%20Your%20Move%20template%20(A5761972).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>