--- v3 (2025-12-10)
+++ v4 (2026-01-09)
@@ -6524,51 +6524,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA515B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rdf309feedaeb4700" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R5a5ad87c309d4811" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LGatti\ObjectiveHome\objective-8008\Objects\Make%20Your%20Move%20template%20(A5761972).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>