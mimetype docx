--- v4 (2026-01-09)
+++ v5 (2026-01-29)
@@ -6524,51 +6524,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA515B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R5a5ad87c309d4811" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R7af0b1773cf54ab8" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LGatti\ObjectiveHome\objective-8008\Objects\Make%20Your%20Move%20template%20(A5761972).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>