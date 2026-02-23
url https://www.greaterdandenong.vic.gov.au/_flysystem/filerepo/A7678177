--- v5 (2026-01-29)
+++ v6 (2026-02-23)
@@ -6524,51 +6524,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA515B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R7af0b1773cf54ab8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R70efe4b37cb04785" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LGatti\ObjectiveHome\objective-8008\Objects\Make%20Your%20Move%20template%20(A5761972).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>