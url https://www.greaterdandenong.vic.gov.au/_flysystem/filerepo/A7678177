--- v6 (2026-02-23)
+++ v7 (2026-03-15)
@@ -6524,51 +6524,51 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FA515B"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R70efe4b37cb04785" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clubhelp.org.au/club-resources" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.clubhelp.org.au/marketing" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ourcommunity.com.au/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sport.nsw.gov.au/clubs/ryc/marketing" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.abs.gov.au/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://secure.ausport.gov.au/clearinghouse" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rdfc03c4f79a8448b" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\LGatti\ObjectiveHome\objective-8008\Objects\Make%20Your%20Move%20template%20(A5761972).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>