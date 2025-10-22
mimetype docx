--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -23794,51 +23794,51 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120F7E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="R44a7c6e3a5954264" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="Refeb3993da684b50" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>
@@ -24203,63 +24203,63 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps7.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A7781465</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Advocacy Document 2021</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
-      <value order="0">2021-06-10T05:03:52Z</value>
+      <value order="0">2021-06-10T04:03:52Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2022-07-13T01:24:37Z</value>
+      <value order="0">2022-07-13T00:24:37Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2022-07-13T01:24:37Z</value>
+      <value order="0">2022-07-13T00:24:37Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Kylie Sprague</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Classified Object:Media and Comms</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Media and Comms</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
       <value order="0">vA11411504</value>
     </field>
     <field name="Objective-Version">
       <value order="0">11.0</value>
     </field>
     <field name="Objective-VersionNumber">
       <value order="0">12</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
@@ -24608,63 +24608,63 @@
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Chris Nesci</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A7781465</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>Advocacy Document 2021</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
-    <vt:filetime>2021-06-10T05:03:52Z</vt:filetime>
+    <vt:filetime>2021-06-10T04:03:52Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2022-07-13T01:24:37Z</vt:filetime>
+    <vt:filetime>2022-07-13T00:24:37Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2022-07-13T01:24:37Z</vt:filetime>
+    <vt:filetime>2022-07-13T00:24:37Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Kylie Sprague</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Classified Object:Media and Comms</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Media and Comms</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
     <vt:lpwstr>vA11411504</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
     <vt:lpwstr>11.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
     <vt:r8>12</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>