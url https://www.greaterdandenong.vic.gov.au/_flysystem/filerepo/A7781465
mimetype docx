--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -23794,51 +23794,51 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120F7E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="Refeb3993da684b50" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="Rc49b2474384041ef" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>