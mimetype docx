--- v2 (2025-11-14)
+++ v3 (2025-12-15)
@@ -23794,51 +23794,51 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120F7E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="Rc49b2474384041ef" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="R204de6adefe64771" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>