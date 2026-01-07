--- v3 (2025-12-15)
+++ v4 (2026-01-07)
@@ -23794,51 +23794,51 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00120F7E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="R204de6adefe64771" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.memeti@cgd.vic.gov.au" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.jpeg" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jim.davine@cgd.vic.gov.au" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.jpeg" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpeg" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.jpeg" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpeg" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer9.xml" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:angela.long@cgd.vic.gov.au" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tim.dark@cgd.vic.gov.au" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.oreilly@cgd.vic.gov.au" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpeg" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header9.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jody.bosman@cgd.vic.gov.au" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer8.xml" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpeg" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bob.milkovic@cgd.vic.gov.au" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpeg" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.jpeg" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.tan@cgd.vic.gov.au" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:loi.truong@cgd.vic.gov.au" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john.bennie@cgd.vic.gov.au" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpeg" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header8.xml" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.jpeg" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.fidler@cgd.vic.gov.au" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.kearsley@cgd.vic.gov.au" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header10.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item7.xml" Id="Rbacb2e410f6445c7" /></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpeg"/></Relationships>
 </file>