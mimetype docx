--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R2df6f83405564774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rf1ada36f56e2402e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0EE76C03" w14:textId="7EE19C08" w:rsidR="009E171E" w:rsidRDefault="00D415E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For a limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -2846,51 +2846,51 @@
     <w:rsid w:val="004A45FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd0496e729feb491a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R027bff9e984b4196" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>