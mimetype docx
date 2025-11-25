--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rf1ada36f56e2402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R99e32f81fc95425a" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0EE76C03" w14:textId="7EE19C08" w:rsidR="009E171E" w:rsidRDefault="00D415E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For a limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -2846,51 +2846,51 @@
     <w:rsid w:val="004A45FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R027bff9e984b4196" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R609b047e82cd4662" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>