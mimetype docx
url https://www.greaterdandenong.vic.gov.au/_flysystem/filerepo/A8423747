--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R99e32f81fc95425a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R3dff0635a537467e" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0EE76C03" w14:textId="7EE19C08" w:rsidR="009E171E" w:rsidRDefault="00D415E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For a limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -2846,51 +2846,51 @@
     <w:rsid w:val="004A45FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R609b047e82cd4662" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf65eb527cf5144ad" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>