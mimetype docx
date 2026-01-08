--- v3 (2025-12-16)
+++ v4 (2026-01-08)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R3dff0635a537467e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4c973550068d4b44" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0EE76C03" w14:textId="7EE19C08" w:rsidR="009E171E" w:rsidRDefault="00D415E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For a limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -2846,51 +2846,51 @@
     <w:rsid w:val="004A45FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf65eb527cf5144ad" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rfb6e4b0d4d764db7" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>