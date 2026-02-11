--- v4 (2026-01-08)
+++ v5 (2026-02-11)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4c973550068d4b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rcfae8318c837464f" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0EE76C03" w14:textId="7EE19C08" w:rsidR="009E171E" w:rsidRDefault="00D415E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For a limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -2846,51 +2846,51 @@
     <w:rsid w:val="004A45FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rfb6e4b0d4d764db7" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R14d7683587b246ce" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>