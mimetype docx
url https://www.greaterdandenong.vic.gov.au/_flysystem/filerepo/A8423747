--- v5 (2026-02-11)
+++ v6 (2026-03-05)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rcfae8318c837464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Ra39203e601a945a5" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0EE76C03" w14:textId="7EE19C08" w:rsidR="009E171E" w:rsidRDefault="00D415E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For a limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -2846,51 +2846,51 @@
     <w:rsid w:val="004A45FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R14d7683587b246ce" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd90ca414323c49ba" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>