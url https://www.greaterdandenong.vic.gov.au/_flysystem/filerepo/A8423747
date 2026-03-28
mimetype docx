--- v6 (2026-03-05)
+++ v7 (2026-03-28)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Ra39203e601a945a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6fabdc253d9c43b4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0EE76C03" w14:textId="7EE19C08" w:rsidR="009E171E" w:rsidRDefault="00D415E9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">For a limited </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>period of time</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
@@ -2846,51 +2846,51 @@
     <w:rsid w:val="004A45FF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd90ca414323c49ba" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R92520bd5305446fd" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>