--- v0 (2025-10-16)
+++ v1 (2025-11-25)
@@ -42649,51 +42649,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rfdeeb7c315be4a17" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R2df8cf38cec244eb" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>