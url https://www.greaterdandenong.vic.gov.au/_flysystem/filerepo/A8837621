--- v1 (2025-11-25)
+++ v2 (2025-12-16)
@@ -42649,51 +42649,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R2df8cf38cec244eb" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rba77d384da15439f" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>