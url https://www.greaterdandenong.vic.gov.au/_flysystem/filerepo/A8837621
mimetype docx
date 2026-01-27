--- v2 (2025-12-16)
+++ v3 (2026-01-27)
@@ -42649,51 +42649,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rba77d384da15439f" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R56d4b0802a13429d" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>