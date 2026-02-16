--- v3 (2026-01-27)
+++ v4 (2026-02-16)
@@ -42649,51 +42649,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R56d4b0802a13429d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Re18f618cb0344539" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>