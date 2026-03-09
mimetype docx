--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -42649,51 +42649,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Re18f618cb0344539" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra9a016107ee645b1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>