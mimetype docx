--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -42649,51 +42649,51 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Ra9a016107ee645b1" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R5d195272e9b94b90" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>