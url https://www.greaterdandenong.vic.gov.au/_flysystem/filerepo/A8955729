--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R906c4b49585341b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R8a32ee0c469c4cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{691696BF-C03B-41EE-8E0B-FC7555423662}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="CF21" lockStructure="1"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Front" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Front!$A$1:$Q$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -1437,51 +1437,51 @@
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra43be5bf45bf486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf26a95489dd04654" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.16868460558748261"/>
           <c:y val="2.2766341359976787E-2"/>