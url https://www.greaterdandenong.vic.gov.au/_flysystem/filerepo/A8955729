--- v1 (2025-11-18)
+++ v2 (2025-12-15)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R8a32ee0c469c4cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R72882b3dbd6d47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{691696BF-C03B-41EE-8E0B-FC7555423662}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="CF21" lockStructure="1"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Front" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Front!$A$1:$Q$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -1437,51 +1437,51 @@
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf26a95489dd04654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R89343a7831db452e" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.16868460558748261"/>
           <c:y val="2.2766341359976787E-2"/>