--- v2 (2025-12-15)
+++ v3 (2026-01-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R72882b3dbd6d47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6ed8ec93ae824e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{691696BF-C03B-41EE-8E0B-FC7555423662}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="CF21" lockStructure="1"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Front" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Front!$A$1:$Q$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -1437,51 +1437,51 @@
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R89343a7831db452e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R9a4b77f2ee7e4258" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.16868460558748261"/>
           <c:y val="2.2766341359976787E-2"/>