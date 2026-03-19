--- v3 (2026-01-21)
+++ v4 (2026-03-19)
@@ -1,68 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXML/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6ed8ec93ae824e88" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25330"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{691696BF-C03B-41EE-8E0B-FC7555423662}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{672B70EC-344B-4CF6-9A75-B9F824AD372A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="CF21" lockStructure="1"/>
   <bookViews>
-    <workbookView showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showSheetTabs="0" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Front" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Front!$A$1:$Q$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="L10" i="2" l="1"/>
@@ -1327,161 +1329,157 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R9a4b77f2ee7e4258" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R02458af5d09a48bc" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.16868460558748261"/>
           <c:y val="2.2766341359976787E-2"/>
@@ -1528,531 +1526,531 @@
                 <a:pPr>
                   <a:defRPr sz="700"/>
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="0"/>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Front!$G$6:$G$84</c:f>
               <c:strCache>
                 <c:ptCount val="79"/>
                 <c:pt idx="0">
+                  <c:v>Nillumbik </c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Surf Coast </c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Boroondara </c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>Bayside </c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>Stonnington </c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>Queenscliffe </c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>Glen Eira </c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>Maroondah </c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>Manningham </c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>Macedon Ranges </c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>Knox </c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>Banyule </c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>Yarra Ranges </c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>Port Phillip </c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>Whitehorse </c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>Moonee Valley </c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>Monash </c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>Kingston </c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>Yarra </c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>Indigo </c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>Southern Grampians </c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>Moyne </c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>Mornington Peninsula </c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>Golden Plains </c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>Corangamite </c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>Greater Geelong </c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>Baw Baw </c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>Wyndham </c:v>
+                </c:pt>
+                <c:pt idx="28">
                   <c:v>West Wimmera </c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="29">
                   <c:v>Towong </c:v>
                 </c:pt>
-                <c:pt idx="2">
-[...5 lines deleted...]
-                <c:pt idx="4">
+                <c:pt idx="30">
+                  <c:v>Mansfield </c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>Hobsons Bay </c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>Cardinia </c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>Warrnambool </c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>South Gippsland </c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>Moreland </c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>Melbourne </c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>Casey </c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>Moorabool </c:v>
+                </c:pt>
+                <c:pt idx="39">
                   <c:v>Buloke </c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...5 lines deleted...]
-                <c:pt idx="7">
+                <c:pt idx="40">
+                  <c:v>Alpine </c:v>
+                </c:pt>
+                <c:pt idx="41">
                   <c:v>Strathbogie </c:v>
                 </c:pt>
-                <c:pt idx="8">
-[...83 lines deleted...]
-                <c:pt idx="36">
+                <c:pt idx="42">
+                  <c:v>Frankston </c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>Darebin </c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>Horsham </c:v>
+                </c:pt>
+                <c:pt idx="45">
                   <c:v>Whittlesea </c:v>
                 </c:pt>
-                <c:pt idx="37">
-[...5 lines deleted...]
-                <c:pt idx="39">
+                <c:pt idx="46">
                   <c:v>Mount Alexander </c:v>
-                </c:pt>
-[...19 lines deleted...]
-                  <c:v>Moira </c:v>
                 </c:pt>
                 <c:pt idx="47">
                   <c:v>Melton </c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>Macedon Ranges </c:v>
+                  <c:v>Maribyrnong </c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>Kingston </c:v>
+                  <c:v>Ballarat </c:v>
                 </c:pt>
                 <c:pt idx="50">
+                  <c:v>Wangaratta </c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>Murrindindi </c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>Mitchell </c:v>
+                </c:pt>
+                <c:pt idx="53">
                   <c:v>Hepburn </c:v>
                 </c:pt>
-                <c:pt idx="51">
-[...7 lines deleted...]
-                </c:pt>
                 <c:pt idx="54">
+                  <c:v>Greater Bendigo </c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>Glenelg </c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>Colac-Otway </c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>Wodonga </c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>Gannawarra </c:v>
+                </c:pt>
+                <c:pt idx="59">
                   <c:v>Campaspe </c:v>
                 </c:pt>
-                <c:pt idx="55">
+                <c:pt idx="60">
+                  <c:v>Yarriambiak </c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>Ararat </c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>Northern Grampians </c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>Hindmarsh </c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>Moira </c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>Benalla </c:v>
+                </c:pt>
+                <c:pt idx="66">
                   <c:v>Bass Coast </c:v>
                 </c:pt>
-                <c:pt idx="56">
-[...14 lines deleted...]
-                <c:pt idx="61">
+                <c:pt idx="67">
+                  <c:v>Wellington </c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>Pyrenees </c:v>
+                </c:pt>
+                <c:pt idx="69">
                   <c:v>Hume </c:v>
                 </c:pt>
-                <c:pt idx="62">
-[...8 lines deleted...]
-                <c:pt idx="65">
+                <c:pt idx="70">
+                  <c:v>Swan Hill </c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>Loddon </c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>Greater Shepparton </c:v>
+                </c:pt>
+                <c:pt idx="73">
                   <c:v>East Gippsland </c:v>
                 </c:pt>
-                <c:pt idx="66">
-[...5 lines deleted...]
-                <c:pt idx="68">
+                <c:pt idx="74">
                   <c:v>Brimbank </c:v>
                 </c:pt>
-                <c:pt idx="69">
-[...14 lines deleted...]
-                <c:pt idx="74">
+                <c:pt idx="75">
                   <c:v>Mildura </c:v>
                 </c:pt>
-                <c:pt idx="75">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="76">
-                  <c:v>Greater Shepparton </c:v>
+                  <c:v>Latrobe </c:v>
                 </c:pt>
                 <c:pt idx="77">
                   <c:v>Greater Dandenong </c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>Latrobe </c:v>
+                  <c:v>Central Goldfields </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Front!$H$6:$H$84</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="79"/>
                 <c:pt idx="0">
-                  <c:v>9.6999999999999993</c:v>
+                  <c:v>8.6</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>9.6999999999999993</c:v>
+                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>9.6999999999999993</c:v>
+                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>9.6999999999999993</c:v>
+                  <c:v>8.3000000000000007</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>9.6999999999999993</c:v>
+                  <c:v>7.9</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>9.3000000000000007</c:v>
+                  <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>9.3000000000000007</c:v>
+                  <c:v>7.8</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>9</c:v>
+                  <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>9</c:v>
+                  <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>8.6999999999999993</c:v>
+                  <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>8.3000000000000007</c:v>
+                  <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>8.3000000000000007</c:v>
+                  <c:v>7.6</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>8.3000000000000007</c:v>
+                  <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>8</c:v>
+                  <c:v>7.4</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>8</c:v>
+                  <c:v>7.3</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>7.7</c:v>
+                  <c:v>7.2</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>7.7</c:v>
+                  <c:v>7.2</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>7.7</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>7.7</c:v>
+                  <c:v>6.9</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>7.3</c:v>
+                  <c:v>6.9</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>7.3</c:v>
+                  <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>7.3</c:v>
+                  <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>7</c:v>
+                  <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>7</c:v>
+                  <c:v>6.8</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>7</c:v>
+                  <c:v>6.6</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>7</c:v>
+                  <c:v>6.5</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>7</c:v>
+                  <c:v>6.5</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>7</c:v>
+                  <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>6.7</c:v>
+                  <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>6.7</c:v>
+                  <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>6.7</c:v>
+                  <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>6.7</c:v>
+                  <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>6.3</c:v>
+                  <c:v>6.4</c:v>
                 </c:pt>
                 <c:pt idx="33">
                   <c:v>6.3</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>6.3</c:v>
+                  <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>6.3</c:v>
+                  <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>6</c:v>
+                  <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>6</c:v>
+                  <c:v>6.2</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>6</c:v>
+                  <c:v>6.1</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>6</c:v>
+                  <c:v>6.1</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>6</c:v>
+                  <c:v>6.1</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="42">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="43">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>6</c:v>
+                  <c:v>5.9</c:v>
                 </c:pt>
                 <c:pt idx="45">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>5.8</c:v>
+                </c:pt>
+                <c:pt idx="50">
                   <c:v>5.7</c:v>
                 </c:pt>
-                <c:pt idx="46">
+                <c:pt idx="51">
                   <c:v>5.7</c:v>
                 </c:pt>
-                <c:pt idx="47">
+                <c:pt idx="52">
                   <c:v>5.7</c:v>
                 </c:pt>
-                <c:pt idx="48">
+                <c:pt idx="53">
                   <c:v>5.7</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="54">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>5.7</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>5.6</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>5.5</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>5.5</c:v>
+                </c:pt>
+                <c:pt idx="62">
                   <c:v>5.3</c:v>
                 </c:pt>
-                <c:pt idx="50">
+                <c:pt idx="63">
                   <c:v>5.3</c:v>
                 </c:pt>
-                <c:pt idx="51">
-[...2 lines deleted...]
-                <c:pt idx="52">
+                <c:pt idx="64">
+                  <c:v>5.2</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>5.2</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>5.2</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>5.0999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="68">
                   <c:v>5</c:v>
                 </c:pt>
-                <c:pt idx="53">
+                <c:pt idx="69">
                   <c:v>5</c:v>
                 </c:pt>
-                <c:pt idx="54">
-[...14 lines deleted...]
-                <c:pt idx="59">
+                <c:pt idx="70">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>4.9000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>4.8</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>4.5999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>4.5999999999999996</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="77">
                   <c:v>4.3</c:v>
                 </c:pt>
-                <c:pt idx="60">
-[...52 lines deleted...]
-                </c:pt>
                 <c:pt idx="78">
-                  <c:v>2</c:v>
+                  <c:v>4.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-FC77-4A42-B173-43B497130EDD}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="70"/>
         <c:axId val="96257152"/>
         <c:axId val="96258688"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="96257152"/>
         <c:scaling>
@@ -2142,51 +2140,51 @@
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.14670185900568833"/>
           <c:y val="1.6509708632461588E-2"/>
           <c:w val="0.83139190492716186"/>
           <c:h val="0.92637620383292107"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="bar"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Front!$K$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Nillumbik </c:v>
+                  <c:v>Metro Melb. Average</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent3">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
@@ -2240,98 +2238,98 @@
                 <c:pt idx="5">
                   <c:v>Accessibility</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Work Life Balance</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Safety</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Health</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Overall</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Front!$K$9:$K$18</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>7</c:v>
+                  <c:v>3.4032258064516121</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>9</c:v>
+                  <c:v>7.0838709677419383</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>8.8000000000000007</c:v>
+                  <c:v>7.0451612903225831</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>9.8000000000000007</c:v>
+                  <c:v>7.1516129032258089</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>10</c:v>
+                  <c:v>7.3774193548387093</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>10</c:v>
+                  <c:v>7.661290322580645</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>6.5</c:v>
+                  <c:v>8.112903225806452</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>7</c:v>
+                  <c:v>5.9903225806451621</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>9.4</c:v>
+                  <c:v>7.161290322580645</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>8.6</c:v>
+                  <c:v>6.7612903225806456</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-9DF9-4AC9-9BE7-17F560F1D2AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Front!$L$8</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>Central Goldfields </c:v>
+                  <c:v>Greater Dandenong </c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="tx2">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:effectLst>
               <a:outerShdw blurRad="50800" dist="38100" dir="18900000" algn="bl" rotWithShape="0">
                 <a:prstClr val="black">
                   <a:alpha val="40000"/>
                 </a:prstClr>
               </a:outerShdw>
             </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:numFmt formatCode="#,##0.0" sourceLinked="0"/>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
@@ -2384,78 +2382,78 @@
                 <c:pt idx="5">
                   <c:v>Accessibility</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Work Life Balance</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Safety</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Health</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Overall</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Front!$L$9:$L$18</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
+                  <c:v>1.5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>4.5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>2.5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1.7</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2.2999999999999998</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>4.4000000000000004</c:v>
+                </c:pt>
+                <c:pt idx="9">
                   <c:v>4.3</c:v>
-                </c:pt>
-[...25 lines deleted...]
-                  <c:v>4.2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-9DF9-4AC9-9BE7-17F560F1D2AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="66"/>
         <c:axId val="96292224"/>
         <c:axId val="96298112"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="96292224"/>
         <c:scaling>
@@ -2510,75 +2508,75 @@
   </c:chart>
   <c:spPr>
     <a:ln>
       <a:noFill/>
     </a:ln>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr sz="800"/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="10" dropStyle="combo" dx="16" fmlaLink="$F$4" fmlaRange="$AE$6:$AE$15" sel="8" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="10" dropStyle="combo" dx="16" fmlaLink="$F$4" fmlaRange="$AE$6:$AE$15" sel="10" val="0"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$K$6" fmlaRange="$C$6:$C$86" sel="57" val="36"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$K$6" fmlaRange="$C$6:$C$86" sel="81" val="36"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
-<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$K$4" fmlaRange="$C$6:$C$86" sel="15" val="0"/>
+<formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="45" dropStyle="combo" dx="16" fmlaLink="$K$4" fmlaRange="$C$6:$C$86" sel="26" val="14"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
-          <xdr:colOff>657225</xdr:colOff>
+          <xdr:colOff>660400</xdr:colOff>
           <xdr:row>2</xdr:row>
-          <xdr:rowOff>238125</xdr:rowOff>
+          <xdr:rowOff>241300</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>6</xdr:col>
           <xdr:colOff>590550</xdr:colOff>
           <xdr:row>4</xdr:row>
           <xdr:rowOff>19050</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1025" name="Drop Down 1" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1025"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000001040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
@@ -2634,51 +2632,51 @@
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>628650</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>0</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>11</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>6</xdr:row>
-          <xdr:rowOff>9525</xdr:rowOff>
+          <xdr:rowOff>12700</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1026" name="Drop Down 2" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1026"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -2692,51 +2690,51 @@
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>9</xdr:col>
           <xdr:colOff>628650</xdr:colOff>
           <xdr:row>2</xdr:row>
           <xdr:rowOff>228600</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>11</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>3</xdr:row>
-          <xdr:rowOff>180975</xdr:rowOff>
+          <xdr:rowOff>184150</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>
             <xdr:cNvPr id="1027" name="Drop Down 3" hidden="1">
               <a:extLst>
                 <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
                   <a14:compatExt spid="_x0000_s1027"/>
                 </a:ext>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003040000}"/>
                 </a:ext>
               </a:extLst>
             </xdr:cNvPr>
             <xdr:cNvSpPr/>
           </xdr:nvSpPr>
           <xdr:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="0" y="0"/>
               <a:ext cx="0" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
             <a:ln>
@@ -2777,197 +2775,163 @@
         <xdr:cNvPr id="3" name="Chart 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3114,340 +3078,340 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:CE16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" ySplit="4" topLeftCell="C5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="bottomRight" activeCell="X9" sqref="X9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.86328125" customWidth="1"/>
+    <col min="1" max="1" width="3.81640625" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
-    <col min="3" max="18" width="9.265625" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="20" max="41" width="9.265625" style="2" customWidth="1"/>
+    <col min="3" max="18" width="9.26953125" style="2" customWidth="1"/>
+    <col min="19" max="19" width="10.36328125" style="2" customWidth="1"/>
+    <col min="20" max="41" width="9.26953125" style="2" customWidth="1"/>
     <col min="42" max="42" width="10" style="2" customWidth="1"/>
-    <col min="43" max="43" width="9.265625" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="82" max="83" width="9.265625" customWidth="1"/>
+    <col min="43" max="43" width="9.26953125" style="2" customWidth="1"/>
+    <col min="44" max="71" width="9.26953125" customWidth="1"/>
+    <col min="72" max="72" width="10.7265625" customWidth="1"/>
+    <col min="73" max="80" width="9.26953125" customWidth="1"/>
+    <col min="81" max="81" width="10.81640625" customWidth="1"/>
+    <col min="82" max="83" width="9.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:83" ht="36" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="B1" s="26" t="s">
+    <row r="1" spans="1:83" ht="36" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B1" s="24" t="s">
         <v>91</v>
       </c>
-      <c r="C1" s="26"/>
-[...15 lines deleted...]
-      <c r="S1" s="26"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
+      <c r="I1" s="24"/>
+      <c r="J1" s="24"/>
+      <c r="K1" s="24"/>
+      <c r="L1" s="24"/>
+      <c r="M1" s="24"/>
+      <c r="N1" s="24"/>
+      <c r="O1" s="24"/>
+      <c r="P1" s="24"/>
+      <c r="Q1" s="24"/>
+      <c r="R1" s="24"/>
+      <c r="S1" s="24"/>
     </row>
-    <row r="3" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A3" s="6">
+    <row r="3" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A3" s="5">
         <v>1</v>
       </c>
-      <c r="B3" s="6">
+      <c r="B3" s="5">
         <v>2</v>
       </c>
-      <c r="C3" s="6">
+      <c r="C3" s="5">
         <v>3</v>
       </c>
-      <c r="D3" s="6">
+      <c r="D3" s="5">
         <v>4</v>
       </c>
-      <c r="E3" s="6">
+      <c r="E3" s="5">
         <v>5</v>
       </c>
-      <c r="F3" s="6">
+      <c r="F3" s="5">
         <v>6</v>
       </c>
-      <c r="G3" s="6">
+      <c r="G3" s="5">
         <v>7</v>
       </c>
-      <c r="H3" s="6">
+      <c r="H3" s="5">
         <v>8</v>
       </c>
-      <c r="I3" s="6">
+      <c r="I3" s="5">
         <v>9</v>
       </c>
-      <c r="J3" s="6">
+      <c r="J3" s="5">
         <v>10</v>
       </c>
-      <c r="K3" s="6">
+      <c r="K3" s="5">
         <v>11</v>
       </c>
-      <c r="L3" s="6">
+      <c r="L3" s="5">
         <v>12</v>
       </c>
-      <c r="M3" s="6">
+      <c r="M3" s="5">
         <v>13</v>
       </c>
-      <c r="N3" s="6">
+      <c r="N3" s="5">
         <v>14</v>
       </c>
-      <c r="O3" s="6">
+      <c r="O3" s="5">
         <v>15</v>
       </c>
-      <c r="P3" s="6">
+      <c r="P3" s="5">
         <v>16</v>
       </c>
-      <c r="Q3" s="6">
+      <c r="Q3" s="5">
         <v>17</v>
       </c>
-      <c r="R3" s="6">
+      <c r="R3" s="5">
         <v>18</v>
       </c>
-      <c r="S3" s="6">
+      <c r="S3" s="5">
         <v>19</v>
       </c>
-      <c r="T3" s="6">
+      <c r="T3" s="5">
         <v>20</v>
       </c>
-      <c r="U3" s="6">
+      <c r="U3" s="5">
         <v>21</v>
       </c>
-      <c r="V3" s="6">
+      <c r="V3" s="5">
         <v>22</v>
       </c>
-      <c r="W3" s="6">
+      <c r="W3" s="5">
         <v>23</v>
       </c>
-      <c r="X3" s="6">
+      <c r="X3" s="5">
         <v>24</v>
       </c>
-      <c r="Y3" s="6">
+      <c r="Y3" s="5">
         <v>25</v>
       </c>
-      <c r="Z3" s="6">
+      <c r="Z3" s="5">
         <v>26</v>
       </c>
-      <c r="AA3" s="6">
+      <c r="AA3" s="5">
         <v>27</v>
       </c>
-      <c r="AB3" s="6">
+      <c r="AB3" s="5">
         <v>28</v>
       </c>
-      <c r="AC3" s="6">
+      <c r="AC3" s="5">
         <v>29</v>
       </c>
-      <c r="AD3" s="6">
+      <c r="AD3" s="5">
         <v>30</v>
       </c>
-      <c r="AE3" s="6">
+      <c r="AE3" s="5">
         <v>31</v>
       </c>
-      <c r="AF3" s="6">
+      <c r="AF3" s="5">
         <v>32</v>
       </c>
-      <c r="AG3" s="6">
+      <c r="AG3" s="5">
         <v>33</v>
       </c>
-      <c r="AH3" s="6">
+      <c r="AH3" s="5">
         <v>34</v>
       </c>
-      <c r="AI3" s="6">
+      <c r="AI3" s="5">
         <v>35</v>
       </c>
-      <c r="AJ3" s="6">
+      <c r="AJ3" s="5">
         <v>36</v>
       </c>
-      <c r="AK3" s="6">
+      <c r="AK3" s="5">
         <v>37</v>
       </c>
-      <c r="AL3" s="6">
+      <c r="AL3" s="5">
         <v>38</v>
       </c>
-      <c r="AM3" s="6">
+      <c r="AM3" s="5">
         <v>39</v>
       </c>
-      <c r="AN3" s="6">
+      <c r="AN3" s="5">
         <v>40</v>
       </c>
-      <c r="AO3" s="6">
+      <c r="AO3" s="5">
         <v>41</v>
       </c>
-      <c r="AP3" s="6">
+      <c r="AP3" s="5">
         <v>42</v>
       </c>
-      <c r="AQ3" s="6">
+      <c r="AQ3" s="5">
         <v>43</v>
       </c>
-      <c r="AR3" s="6">
+      <c r="AR3" s="5">
         <v>44</v>
       </c>
-      <c r="AS3" s="6">
+      <c r="AS3" s="5">
         <v>45</v>
       </c>
-      <c r="AT3" s="6">
+      <c r="AT3" s="5">
         <v>46</v>
       </c>
-      <c r="AU3" s="6">
+      <c r="AU3" s="5">
         <v>47</v>
       </c>
-      <c r="AV3" s="6">
+      <c r="AV3" s="5">
         <v>48</v>
       </c>
-      <c r="AW3" s="6">
+      <c r="AW3" s="5">
         <v>49</v>
       </c>
-      <c r="AX3" s="6">
+      <c r="AX3" s="5">
         <v>50</v>
       </c>
-      <c r="AY3" s="6">
+      <c r="AY3" s="5">
         <v>51</v>
       </c>
-      <c r="AZ3" s="6">
+      <c r="AZ3" s="5">
         <v>52</v>
       </c>
-      <c r="BA3" s="6">
+      <c r="BA3" s="5">
         <v>53</v>
       </c>
-      <c r="BB3" s="6">
+      <c r="BB3" s="5">
         <v>54</v>
       </c>
-      <c r="BC3" s="6">
+      <c r="BC3" s="5">
         <v>55</v>
       </c>
-      <c r="BD3" s="6">
+      <c r="BD3" s="5">
         <v>56</v>
       </c>
-      <c r="BE3" s="6">
+      <c r="BE3" s="5">
         <v>57</v>
       </c>
-      <c r="BF3" s="6">
+      <c r="BF3" s="5">
         <v>58</v>
       </c>
-      <c r="BG3" s="6">
+      <c r="BG3" s="5">
         <v>59</v>
       </c>
-      <c r="BH3" s="6">
+      <c r="BH3" s="5">
         <v>60</v>
       </c>
-      <c r="BI3" s="6">
+      <c r="BI3" s="5">
         <v>61</v>
       </c>
-      <c r="BJ3" s="6">
+      <c r="BJ3" s="5">
         <v>62</v>
       </c>
-      <c r="BK3" s="6">
+      <c r="BK3" s="5">
         <v>63</v>
       </c>
-      <c r="BL3" s="6">
+      <c r="BL3" s="5">
         <v>64</v>
       </c>
-      <c r="BM3" s="6">
+      <c r="BM3" s="5">
         <v>65</v>
       </c>
-      <c r="BN3" s="6">
+      <c r="BN3" s="5">
         <v>66</v>
       </c>
-      <c r="BO3" s="6">
+      <c r="BO3" s="5">
         <v>67</v>
       </c>
-      <c r="BP3" s="6">
+      <c r="BP3" s="5">
         <v>68</v>
       </c>
-      <c r="BQ3" s="6">
+      <c r="BQ3" s="5">
         <v>69</v>
       </c>
-      <c r="BR3" s="6">
+      <c r="BR3" s="5">
         <v>70</v>
       </c>
-      <c r="BS3" s="6">
+      <c r="BS3" s="5">
         <v>71</v>
       </c>
-      <c r="BT3" s="6">
+      <c r="BT3" s="5">
         <v>72</v>
       </c>
-      <c r="BU3" s="6">
+      <c r="BU3" s="5">
         <v>73</v>
       </c>
-      <c r="BV3" s="6">
+      <c r="BV3" s="5">
         <v>74</v>
       </c>
-      <c r="BW3" s="6">
+      <c r="BW3" s="5">
         <v>75</v>
       </c>
-      <c r="BX3" s="6">
+      <c r="BX3" s="5">
         <v>76</v>
       </c>
-      <c r="BY3" s="6">
+      <c r="BY3" s="5">
         <v>77</v>
       </c>
-      <c r="BZ3" s="6">
+      <c r="BZ3" s="5">
         <v>78</v>
       </c>
-      <c r="CA3" s="6">
+      <c r="CA3" s="5">
         <v>79</v>
       </c>
-      <c r="CB3" s="6">
+      <c r="CB3" s="5">
         <v>80</v>
       </c>
-      <c r="CC3" s="6">
+      <c r="CC3" s="5">
         <v>81</v>
       </c>
-      <c r="CD3" s="6">
+      <c r="CD3" s="5">
         <v>82</v>
       </c>
-      <c r="CE3" s="6">
+      <c r="CE3" s="5">
         <v>83</v>
       </c>
     </row>
-    <row r="4" spans="1:83" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:83" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="4" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="4" t="s">
         <v>15</v>
       </c>
       <c r="J4" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="4" t="s">
@@ -3648,52 +3612,52 @@
       <c r="BX4" s="4" t="s">
         <v>82</v>
       </c>
       <c r="BY4" s="4" t="s">
         <v>83</v>
       </c>
       <c r="BZ4" s="4" t="s">
         <v>84</v>
       </c>
       <c r="CA4" s="4" t="s">
         <v>85</v>
       </c>
       <c r="CB4" s="4" t="s">
         <v>86</v>
       </c>
       <c r="CC4" s="4" t="s">
         <v>87</v>
       </c>
       <c r="CD4" s="4" t="s">
         <v>89</v>
       </c>
       <c r="CE4" s="4" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="5" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A5" s="6">
+    <row r="5" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A5" s="5">
         <v>1</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="1">
         <v>5.3</v>
       </c>
       <c r="D5" s="1">
         <v>6.5</v>
       </c>
       <c r="E5" s="1">
         <v>5</v>
       </c>
       <c r="F5" s="1">
         <v>4.5</v>
       </c>
       <c r="G5" s="1">
         <v>3.8</v>
       </c>
       <c r="H5" s="1">
         <v>5.3</v>
       </c>
       <c r="I5" s="1">
         <v>5.8</v>
@@ -3892,61 +3856,61 @@
       </c>
       <c r="BV5" s="1">
         <v>9.8000000000000007</v>
       </c>
       <c r="BW5" s="1">
         <v>2.2999999999999998</v>
       </c>
       <c r="BX5" s="1">
         <v>2.8</v>
       </c>
       <c r="BY5" s="1">
         <v>5.5</v>
       </c>
       <c r="BZ5" s="1">
         <v>3.5</v>
       </c>
       <c r="CA5" s="1">
         <v>3.3</v>
       </c>
       <c r="CB5" s="1">
         <v>4.5</v>
       </c>
       <c r="CC5" s="1">
         <v>8.5</v>
       </c>
-      <c r="CD5" s="7">
+      <c r="CD5" s="6">
         <f>AVERAGE(C5:CC5)</f>
         <v>4.9177215189873458</v>
       </c>
-      <c r="CE5" s="7">
+      <c r="CE5" s="6">
         <f>AVERAGE(F5,I5,K5:L5,O5:P5,T5,V5,X5,AB5,AG5,AI5,AK5:AL5,AP5,AR5:AU5,AY5:AZ5,BB5:BC5,BG5,BI5,BN5,BW5:BX5,BZ5:CB5)</f>
         <v>3.4032258064516121</v>
       </c>
     </row>
-    <row r="6" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A6" s="6">
+    <row r="6" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A6" s="5">
         <v>2</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="1">
         <v>6.3</v>
       </c>
       <c r="D6" s="1">
         <v>4.8</v>
       </c>
       <c r="E6" s="1">
         <v>6.8</v>
       </c>
       <c r="F6" s="1">
         <v>8</v>
       </c>
       <c r="G6" s="1">
         <v>5</v>
       </c>
       <c r="H6" s="1">
         <v>5.8</v>
       </c>
       <c r="I6" s="1">
         <v>8.8000000000000007</v>
@@ -4145,61 +4109,61 @@
       </c>
       <c r="BV6" s="1">
         <v>7</v>
       </c>
       <c r="BW6" s="1">
         <v>8</v>
       </c>
       <c r="BX6" s="1">
         <v>6.3</v>
       </c>
       <c r="BY6" s="1">
         <v>5.5</v>
       </c>
       <c r="BZ6" s="1">
         <v>6.8</v>
       </c>
       <c r="CA6" s="1">
         <v>6.8</v>
       </c>
       <c r="CB6" s="1">
         <v>6.8</v>
       </c>
       <c r="CC6" s="1">
         <v>4.5</v>
       </c>
-      <c r="CD6" s="7">
+      <c r="CD6" s="6">
         <f t="shared" ref="CD6:CD14" si="0">AVERAGE(C6:CC6)</f>
         <v>6.4253164556962057</v>
       </c>
-      <c r="CE6" s="7">
+      <c r="CE6" s="6">
         <f t="shared" ref="CE6:CE14" si="1">AVERAGE(F6,I6,K6:L6,O6:P6,T6,V6,X6,AB6,AG6,AI6,AK6:AL6,AP6,AR6:AU6,AY6:AZ6,BB6:BC6,BG6,BI6,BN6,BW6:BX6,BZ6:CB6)</f>
         <v>7.0838709677419383</v>
       </c>
     </row>
-    <row r="7" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A7" s="6">
+    <row r="7" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A7" s="5">
         <v>3</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="1">
         <v>8.5</v>
       </c>
       <c r="D7" s="1">
         <v>7.8</v>
       </c>
       <c r="E7" s="1">
         <v>7.5</v>
       </c>
       <c r="F7" s="1">
         <v>7.8</v>
       </c>
       <c r="G7" s="1">
         <v>7.5</v>
       </c>
       <c r="H7" s="1">
         <v>7.8</v>
       </c>
       <c r="I7" s="1">
         <v>8.8000000000000007</v>
@@ -4398,61 +4362,61 @@
       </c>
       <c r="BV7" s="1">
         <v>8.3000000000000007</v>
       </c>
       <c r="BW7" s="1">
         <v>7.8</v>
       </c>
       <c r="BX7" s="1">
         <v>5.8</v>
       </c>
       <c r="BY7" s="1">
         <v>6.8</v>
       </c>
       <c r="BZ7" s="1">
         <v>5.8</v>
       </c>
       <c r="CA7" s="1">
         <v>8</v>
       </c>
       <c r="CB7" s="1">
         <v>8</v>
       </c>
       <c r="CC7" s="1">
         <v>8.3000000000000007</v>
       </c>
-      <c r="CD7" s="7">
+      <c r="CD7" s="6">
         <f t="shared" si="0"/>
         <v>7.5025316455696194</v>
       </c>
-      <c r="CE7" s="7">
+      <c r="CE7" s="6">
         <f t="shared" si="1"/>
         <v>7.0451612903225831</v>
       </c>
     </row>
-    <row r="8" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A8" s="6">
+    <row r="8" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A8" s="5">
         <v>4</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C8" s="1">
         <v>6</v>
       </c>
       <c r="D8" s="1">
         <v>3.3</v>
       </c>
       <c r="E8" s="1">
         <v>4.8</v>
       </c>
       <c r="F8" s="1">
         <v>8.5</v>
       </c>
       <c r="G8" s="1">
         <v>2.5</v>
       </c>
       <c r="H8" s="1">
         <v>5.8</v>
       </c>
       <c r="I8" s="1">
         <v>8.8000000000000007</v>
@@ -4651,61 +4615,61 @@
       </c>
       <c r="BV8" s="1">
         <v>6.8</v>
       </c>
       <c r="BW8" s="1">
         <v>6.5</v>
       </c>
       <c r="BX8" s="1">
         <v>6</v>
       </c>
       <c r="BY8" s="1">
         <v>6.3</v>
       </c>
       <c r="BZ8" s="1">
         <v>6.8</v>
       </c>
       <c r="CA8" s="1">
         <v>8.3000000000000007</v>
       </c>
       <c r="CB8" s="1">
         <v>7.8</v>
       </c>
       <c r="CC8" s="1">
         <v>3.3</v>
       </c>
-      <c r="CD8" s="7">
+      <c r="CD8" s="6">
         <f t="shared" si="0"/>
         <v>5.835443037974688</v>
       </c>
-      <c r="CE8" s="7">
+      <c r="CE8" s="6">
         <f t="shared" si="1"/>
         <v>7.1516129032258089</v>
       </c>
     </row>
-    <row r="9" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A9" s="6">
+    <row r="9" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A9" s="5">
         <v>5</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="1">
         <v>4.7</v>
       </c>
       <c r="D9" s="1">
         <v>4</v>
       </c>
       <c r="E9" s="1">
         <v>5</v>
       </c>
       <c r="F9" s="1">
         <v>9</v>
       </c>
       <c r="G9" s="1">
         <v>3.3</v>
       </c>
       <c r="H9" s="1">
         <v>6.3</v>
       </c>
       <c r="I9" s="1">
         <v>10</v>
@@ -4904,61 +4868,61 @@
       </c>
       <c r="BV9" s="1">
         <v>3.7</v>
       </c>
       <c r="BW9" s="1">
         <v>9</v>
       </c>
       <c r="BX9" s="1">
         <v>4.7</v>
       </c>
       <c r="BY9" s="1">
         <v>5</v>
       </c>
       <c r="BZ9" s="1">
         <v>7</v>
       </c>
       <c r="CA9" s="1">
         <v>9</v>
       </c>
       <c r="CB9" s="1">
         <v>8</v>
       </c>
       <c r="CC9" s="1">
         <v>2.7</v>
       </c>
-      <c r="CD9" s="7">
+      <c r="CD9" s="6">
         <f t="shared" si="0"/>
         <v>5.7113924050632905</v>
       </c>
-      <c r="CE9" s="7">
+      <c r="CE9" s="6">
         <f t="shared" si="1"/>
         <v>7.3774193548387093</v>
       </c>
     </row>
-    <row r="10" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A10" s="6">
+    <row r="10" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A10" s="5">
         <v>6</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1">
         <v>6.3</v>
       </c>
       <c r="D10" s="1">
         <v>5.7</v>
       </c>
       <c r="E10" s="1">
         <v>6.7</v>
       </c>
       <c r="F10" s="1">
         <v>7.7</v>
       </c>
       <c r="G10" s="1">
         <v>6</v>
       </c>
       <c r="H10" s="1">
         <v>7.7</v>
       </c>
       <c r="I10" s="1">
         <v>9.3000000000000007</v>
@@ -5157,61 +5121,61 @@
       </c>
       <c r="BV10" s="1">
         <v>5.3</v>
       </c>
       <c r="BW10" s="1">
         <v>8.3000000000000007</v>
       </c>
       <c r="BX10" s="1">
         <v>6.3</v>
       </c>
       <c r="BY10" s="1">
         <v>6.7</v>
       </c>
       <c r="BZ10" s="1">
         <v>8</v>
       </c>
       <c r="CA10" s="1">
         <v>7</v>
       </c>
       <c r="CB10" s="1">
         <v>9.3000000000000007</v>
       </c>
       <c r="CC10" s="1">
         <v>5.3</v>
       </c>
-      <c r="CD10" s="7">
+      <c r="CD10" s="6">
         <f t="shared" si="0"/>
         <v>6.7936708860759483</v>
       </c>
-      <c r="CE10" s="7">
+      <c r="CE10" s="6">
         <f t="shared" si="1"/>
         <v>7.661290322580645</v>
       </c>
     </row>
-    <row r="11" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A11" s="6">
+    <row r="11" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A11" s="5">
         <v>7</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="1">
         <v>5</v>
       </c>
       <c r="D11" s="1">
         <v>6.5</v>
       </c>
       <c r="E11" s="1">
         <v>8</v>
       </c>
       <c r="F11" s="1">
         <v>7.5</v>
       </c>
       <c r="G11" s="1">
         <v>6.5</v>
       </c>
       <c r="H11" s="1">
         <v>5</v>
       </c>
       <c r="I11" s="1">
         <v>5.5</v>
@@ -5410,61 +5374,61 @@
       </c>
       <c r="BV11" s="1">
         <v>3</v>
       </c>
       <c r="BW11" s="1">
         <v>8.5</v>
       </c>
       <c r="BX11" s="1">
         <v>9.5</v>
       </c>
       <c r="BY11" s="1">
         <v>7</v>
       </c>
       <c r="BZ11" s="1">
         <v>9</v>
       </c>
       <c r="CA11" s="1">
         <v>7</v>
       </c>
       <c r="CB11" s="1">
         <v>7</v>
       </c>
       <c r="CC11" s="1">
         <v>4</v>
       </c>
-      <c r="CD11" s="7">
+      <c r="CD11" s="6">
         <f t="shared" si="0"/>
         <v>6.4493670886075947</v>
       </c>
-      <c r="CE11" s="7">
+      <c r="CE11" s="6">
         <f t="shared" si="1"/>
         <v>8.112903225806452</v>
       </c>
     </row>
-    <row r="12" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A12" s="6">
+    <row r="12" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A12" s="5">
         <v>8</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C12" s="1">
         <v>7</v>
       </c>
       <c r="D12" s="1">
         <v>6.3</v>
       </c>
       <c r="E12" s="1">
         <v>3.7</v>
       </c>
       <c r="F12" s="1">
         <v>6.7</v>
       </c>
       <c r="G12" s="1">
         <v>5</v>
       </c>
       <c r="H12" s="1">
         <v>7.7</v>
       </c>
       <c r="I12" s="1">
         <v>7.7</v>
@@ -5600,51 +5564,51 @@
       </c>
       <c r="BA12" s="1">
         <v>4.3</v>
       </c>
       <c r="BB12" s="1">
         <v>4.7</v>
       </c>
       <c r="BC12" s="1">
         <v>5</v>
       </c>
       <c r="BD12" s="1">
         <v>6</v>
       </c>
       <c r="BE12" s="1">
         <v>7</v>
       </c>
       <c r="BF12" s="1">
         <v>6</v>
       </c>
       <c r="BG12" s="1">
         <v>7</v>
       </c>
       <c r="BH12" s="1">
         <v>6.7</v>
       </c>
-      <c r="BI12" s="5">
+      <c r="BI12" s="2">
         <v>7</v>
       </c>
       <c r="BJ12" s="1">
         <v>8.3000000000000007</v>
       </c>
       <c r="BK12" s="1">
         <v>9.6999999999999993</v>
       </c>
       <c r="BL12" s="1">
         <v>6.7</v>
       </c>
       <c r="BM12" s="1">
         <v>8.6999999999999993</v>
       </c>
       <c r="BN12" s="1">
         <v>7.3</v>
       </c>
       <c r="BO12" s="1">
         <v>9</v>
       </c>
       <c r="BP12" s="1">
         <v>9.6999999999999993</v>
       </c>
       <c r="BQ12" s="1">
         <v>2.7</v>
@@ -5663,61 +5627,61 @@
       </c>
       <c r="BV12" s="1">
         <v>9.6999999999999993</v>
       </c>
       <c r="BW12" s="1">
         <v>7</v>
       </c>
       <c r="BX12" s="1">
         <v>6</v>
       </c>
       <c r="BY12" s="1">
         <v>3.7</v>
       </c>
       <c r="BZ12" s="1">
         <v>5.7</v>
       </c>
       <c r="CA12" s="1">
         <v>6.3</v>
       </c>
       <c r="CB12" s="1">
         <v>7.3</v>
       </c>
       <c r="CC12" s="1">
         <v>8</v>
       </c>
-      <c r="CD12" s="7">
+      <c r="CD12" s="6">
         <f t="shared" si="0"/>
         <v>6.0405063291139234</v>
       </c>
-      <c r="CE12" s="7">
+      <c r="CE12" s="6">
         <f t="shared" si="1"/>
         <v>5.9903225806451621</v>
       </c>
     </row>
-    <row r="13" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A13" s="6">
+    <row r="13" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A13" s="5">
         <v>9</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="1">
         <v>6.2</v>
       </c>
       <c r="D13" s="1">
         <v>5</v>
       </c>
       <c r="E13" s="1">
         <v>5.2</v>
       </c>
       <c r="F13" s="1">
         <v>8.4</v>
       </c>
       <c r="G13" s="1">
         <v>7.4</v>
       </c>
       <c r="H13" s="1">
         <v>7.4</v>
       </c>
       <c r="I13" s="1">
         <v>9.8000000000000007</v>
@@ -5916,106 +5880,106 @@
       </c>
       <c r="BV13" s="1">
         <v>4.2</v>
       </c>
       <c r="BW13" s="1">
         <v>8.8000000000000007</v>
       </c>
       <c r="BX13" s="1">
         <v>4.8</v>
       </c>
       <c r="BY13" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="BZ13" s="1">
         <v>5.6</v>
       </c>
       <c r="CA13" s="1">
         <v>6.6</v>
       </c>
       <c r="CB13" s="1">
         <v>7.6</v>
       </c>
       <c r="CC13" s="1">
         <v>5.4</v>
       </c>
-      <c r="CD13" s="7">
+      <c r="CD13" s="6">
         <f t="shared" si="0"/>
         <v>6.3341772151898761</v>
       </c>
-      <c r="CE13" s="7">
+      <c r="CE13" s="6">
         <f t="shared" si="1"/>
         <v>7.161290322580645</v>
       </c>
     </row>
-    <row r="14" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A14" s="6">
+    <row r="14" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A14" s="5">
         <v>10</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="1">
         <v>6.1</v>
       </c>
       <c r="D14" s="1">
         <v>5.5</v>
       </c>
       <c r="E14" s="1">
         <v>5.8</v>
       </c>
       <c r="F14" s="1">
         <v>7.6</v>
       </c>
       <c r="G14" s="1">
         <v>5.2</v>
       </c>
       <c r="H14" s="1">
         <v>6.5</v>
       </c>
       <c r="I14" s="1">
         <v>8.3000000000000007</v>
       </c>
       <c r="J14" s="1">
         <v>5.2</v>
       </c>
       <c r="K14" s="1">
         <v>8.3000000000000007</v>
       </c>
       <c r="L14" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="M14" s="1">
         <v>6.1</v>
       </c>
       <c r="N14" s="1">
         <v>5.6</v>
       </c>
       <c r="O14" s="2">
         <v>6.4</v>
       </c>
-      <c r="P14" s="5">
+      <c r="P14" s="2">
         <v>6.2</v>
       </c>
       <c r="Q14" s="1">
         <v>4.2</v>
       </c>
       <c r="R14" s="1">
         <v>5.7</v>
       </c>
       <c r="S14" s="1">
         <v>6.6</v>
       </c>
       <c r="T14" s="1">
         <v>6</v>
       </c>
       <c r="U14" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="V14" s="1">
         <v>6</v>
       </c>
       <c r="W14" s="1">
         <v>5.6</v>
       </c>
       <c r="X14" s="1">
         <v>7.8</v>
@@ -6169,104 +6133,103 @@
       </c>
       <c r="BV14" s="1">
         <v>6.4</v>
       </c>
       <c r="BW14" s="1">
         <v>7.3</v>
       </c>
       <c r="BX14" s="1">
         <v>5.8</v>
       </c>
       <c r="BY14" s="1">
         <v>5.6</v>
       </c>
       <c r="BZ14" s="1">
         <v>6.4</v>
       </c>
       <c r="CA14" s="1">
         <v>6.9</v>
       </c>
       <c r="CB14" s="1">
         <v>7.4</v>
       </c>
       <c r="CC14" s="1">
         <v>5.5</v>
       </c>
-      <c r="CD14" s="7">
+      <c r="CD14" s="6">
         <f t="shared" si="0"/>
         <v>6.2037974683544297</v>
       </c>
-      <c r="CE14" s="7">
+      <c r="CE14" s="6">
         <f t="shared" si="1"/>
         <v>6.7612903225806456</v>
       </c>
     </row>
-    <row r="15" spans="1:83" x14ac:dyDescent="0.45">
-      <c r="A15" s="6"/>
+    <row r="15" spans="1:83" x14ac:dyDescent="0.35">
+      <c r="A15" s="5"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15"/>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15"/>
       <c r="N15"/>
       <c r="O15"/>
-      <c r="P15" s="5"/>
       <c r="Q15"/>
       <c r="R15"/>
       <c r="S15"/>
       <c r="T15"/>
       <c r="U15"/>
       <c r="V15"/>
       <c r="W15"/>
       <c r="X15"/>
       <c r="Y15"/>
       <c r="Z15"/>
       <c r="AA15"/>
       <c r="AB15"/>
       <c r="AC15"/>
       <c r="AD15"/>
       <c r="AE15"/>
       <c r="AF15"/>
       <c r="AG15"/>
       <c r="AH15"/>
       <c r="AI15"/>
       <c r="AJ15"/>
       <c r="AK15"/>
       <c r="AL15"/>
       <c r="AM15"/>
       <c r="AN15"/>
       <c r="AO15"/>
       <c r="AP15"/>
       <c r="AQ15"/>
     </row>
-    <row r="16" spans="1:83" x14ac:dyDescent="0.45">
+    <row r="16" spans="1:83" x14ac:dyDescent="0.35">
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16"/>
       <c r="J16"/>
       <c r="K16"/>
       <c r="L16"/>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
       <c r="Q16"/>
       <c r="R16"/>
       <c r="S16"/>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16"/>
       <c r="W16"/>
       <c r="X16"/>
       <c r="Y16"/>
       <c r="Z16"/>
       <c r="AA16"/>
@@ -6282,3713 +6245,3713 @@
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="B1:S1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE87"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
       <pane xSplit="17" ySplit="6" topLeftCell="R7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="R1" sqref="R1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="S1" sqref="S1"/>
+      <selection pane="bottomRight" activeCell="R20" sqref="R20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.59765625" style="8" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="21" max="16384" width="9.1328125" style="8"/>
+    <col min="1" max="1" width="2.6328125" style="7" customWidth="1"/>
+    <col min="2" max="2" width="2.36328125" style="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.26953125" style="7" bestFit="1" customWidth="1"/>
+    <col min="4" max="6" width="10" style="7" customWidth="1"/>
+    <col min="7" max="7" width="15.08984375" style="7" customWidth="1"/>
+    <col min="8" max="8" width="20" style="7" customWidth="1"/>
+    <col min="9" max="9" width="1.81640625" style="7" customWidth="1"/>
+    <col min="10" max="10" width="14.7265625" style="7" customWidth="1"/>
+    <col min="11" max="12" width="15.26953125" style="7" customWidth="1"/>
+    <col min="13" max="16" width="9.08984375" style="7"/>
+    <col min="17" max="17" width="1.6328125" style="7" customWidth="1"/>
+    <col min="18" max="18" width="4.08984375" style="7" customWidth="1"/>
+    <col min="19" max="19" width="9.08984375" style="7"/>
+    <col min="20" max="20" width="26.7265625" style="7" customWidth="1"/>
+    <col min="21" max="16384" width="9.08984375" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31" ht="39" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="C1" s="28" t="s">
+    <row r="1" spans="1:31" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="23"/>
+      <c r="B1" s="23"/>
+      <c r="C1" s="26" t="s">
         <v>108</v>
       </c>
-      <c r="D1" s="28"/>
-[...12 lines deleted...]
-      <c r="Q1" s="28"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
+      <c r="I1" s="26"/>
+      <c r="J1" s="26"/>
+      <c r="K1" s="26"/>
+      <c r="L1" s="26"/>
+      <c r="M1" s="26"/>
+      <c r="N1" s="26"/>
+      <c r="O1" s="26"/>
+      <c r="P1" s="26"/>
+      <c r="Q1" s="26"/>
     </row>
-    <row r="3" spans="1:31" s="9" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="C3" s="10" t="s">
+    <row r="3" spans="1:31" s="8" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C3" s="9" t="s">
         <v>95</v>
       </c>
-      <c r="D3" s="11"/>
-[...5 lines deleted...]
-      <c r="J3" s="10" t="s">
+      <c r="D3" s="10"/>
+      <c r="E3" s="10"/>
+      <c r="F3" s="10"/>
+      <c r="G3" s="10"/>
+      <c r="H3" s="10"/>
+      <c r="I3" s="10"/>
+      <c r="J3" s="9" t="s">
         <v>96</v>
       </c>
-      <c r="K3" s="11"/>
-[...5 lines deleted...]
-      <c r="Q3" s="11"/>
+      <c r="K3" s="10"/>
+      <c r="L3" s="10"/>
+      <c r="M3" s="10"/>
+      <c r="N3" s="10"/>
+      <c r="O3" s="10"/>
+      <c r="P3" s="10"/>
+      <c r="Q3" s="10"/>
     </row>
-    <row r="4" spans="1:31" x14ac:dyDescent="0.45">
-      <c r="C4" s="12" t="s">
+    <row r="4" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="C4" s="11" t="s">
         <v>94</v>
       </c>
-      <c r="F4" s="13">
+      <c r="F4" s="12">
+        <v>10</v>
+      </c>
+      <c r="K4" s="21">
+        <v>26</v>
+      </c>
+      <c r="L4" s="11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="5" spans="1:31" ht="8.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J5" s="13"/>
+      <c r="L5" s="11"/>
+    </row>
+    <row r="6" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B6" s="14">
+        <v>1</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B6)</f>
+        <v>6.1</v>
+      </c>
+      <c r="E6" s="15">
+        <f>D6+B6*0.0001</f>
+        <v>6.1000999999999994</v>
+      </c>
+      <c r="F6" s="15">
+        <f>RANK(E6,E$6:E$84)</f>
+        <v>41</v>
+      </c>
+      <c r="G6" s="15" t="str">
+        <f>VLOOKUP(MATCH(B6,F$6:F$84,0),$B$6:$D$84,2)</f>
+        <v xml:space="preserve">Nillumbik </v>
+      </c>
+      <c r="H6" s="15">
+        <f>VLOOKUP(MATCH(B6,F$6:F$84,0),$B$6:$D$84,3)</f>
+        <v>8.6</v>
+      </c>
+      <c r="I6" s="16"/>
+      <c r="J6" s="16"/>
+      <c r="K6" s="22">
+        <v>81</v>
+      </c>
+      <c r="L6" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="M6" s="16"/>
+      <c r="N6" s="16"/>
+      <c r="O6" s="16"/>
+      <c r="P6" s="16"/>
+      <c r="Q6" s="16"/>
+      <c r="R6" s="16"/>
+      <c r="S6" s="16"/>
+      <c r="AE6" s="15" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B7" s="14">
+        <v>2</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B7)</f>
+        <v>5.5</v>
+      </c>
+      <c r="E7" s="15">
+        <f t="shared" ref="E7:E70" si="0">D7+B7*0.0001</f>
+        <v>5.5002000000000004</v>
+      </c>
+      <c r="F7" s="15">
+        <f t="shared" ref="F7:F70" si="1">RANK(E7,E$6:E$84)</f>
+        <v>62</v>
+      </c>
+      <c r="G7" s="15" t="str">
+        <f t="shared" ref="G7:G70" si="2">VLOOKUP(MATCH(B7,F$6:F$84,0),$B$6:$D$84,2)</f>
+        <v xml:space="preserve">Surf Coast </v>
+      </c>
+      <c r="H7" s="15">
+        <f t="shared" ref="H7:H70" si="3">VLOOKUP(MATCH(B7,F$6:F$84,0),$B$6:$D$84,3)</f>
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I7" s="16"/>
+      <c r="J7" s="16"/>
+      <c r="K7" s="16"/>
+      <c r="L7" s="16"/>
+      <c r="M7" s="16"/>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16"/>
+      <c r="Q7" s="16"/>
+      <c r="R7" s="16"/>
+      <c r="S7" s="16"/>
+      <c r="AE7" s="15" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="8" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B8" s="14">
+        <v>3</v>
+      </c>
+      <c r="C8" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B8)</f>
+        <v>5.8</v>
+      </c>
+      <c r="E8" s="15">
+        <f t="shared" si="0"/>
+        <v>5.8003</v>
+      </c>
+      <c r="F8" s="15">
+        <f t="shared" si="1"/>
+        <v>50</v>
+      </c>
+      <c r="G8" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Boroondara </v>
+      </c>
+      <c r="H8" s="15">
+        <f t="shared" si="3"/>
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I8" s="16"/>
+      <c r="J8" s="16"/>
+      <c r="K8" s="18" t="str">
+        <f>INDEX(C6:C86,K6)</f>
+        <v>Metro Melb. Average</v>
+      </c>
+      <c r="L8" s="18" t="str">
+        <f>INDEX(C6:C86,K4)</f>
+        <v xml:space="preserve">Greater Dandenong </v>
+      </c>
+      <c r="M8" s="16"/>
+      <c r="N8" s="16"/>
+      <c r="O8" s="16"/>
+      <c r="P8" s="16"/>
+      <c r="Q8" s="16"/>
+      <c r="R8" s="16"/>
+      <c r="S8" s="16"/>
+      <c r="AE8" s="15" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="9" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B9" s="14">
+        <v>4</v>
+      </c>
+      <c r="C9" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B9)</f>
+        <v>7.6</v>
+      </c>
+      <c r="E9" s="15">
+        <f t="shared" si="0"/>
+        <v>7.6003999999999996</v>
+      </c>
+      <c r="F9" s="15">
+        <f t="shared" si="1"/>
+        <v>12</v>
+      </c>
+      <c r="G9" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Bayside </v>
+      </c>
+      <c r="H9" s="15">
+        <f t="shared" si="3"/>
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="I9" s="17">
+        <v>1</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="K9" s="19">
+        <f>VLOOKUP($I9,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>3.4032258064516121</v>
+      </c>
+      <c r="L9" s="19">
+        <f>VLOOKUP($I9,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>1.5</v>
+      </c>
+      <c r="M9" s="16"/>
+      <c r="N9" s="16"/>
+      <c r="O9" s="16"/>
+      <c r="P9" s="16"/>
+      <c r="Q9" s="16"/>
+      <c r="R9" s="16"/>
+      <c r="S9" s="16"/>
+      <c r="AE9" s="15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B10" s="14">
+        <v>5</v>
+      </c>
+      <c r="C10" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B10)</f>
+        <v>5.2</v>
+      </c>
+      <c r="E10" s="15">
+        <f t="shared" si="0"/>
+        <v>5.2004999999999999</v>
+      </c>
+      <c r="F10" s="15">
+        <f t="shared" si="1"/>
+        <v>67</v>
+      </c>
+      <c r="G10" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Stonnington </v>
+      </c>
+      <c r="H10" s="15">
+        <f t="shared" si="3"/>
+        <v>7.9</v>
+      </c>
+      <c r="I10" s="17">
+        <v>2</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>1</v>
+      </c>
+      <c r="K10" s="19">
+        <f>VLOOKUP($I10,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>7.0838709677419383</v>
+      </c>
+      <c r="L10" s="19">
+        <f>VLOOKUP($I10,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>6</v>
+      </c>
+      <c r="M10" s="16"/>
+      <c r="N10" s="16"/>
+      <c r="O10" s="16"/>
+      <c r="P10" s="16"/>
+      <c r="Q10" s="16"/>
+      <c r="R10" s="16"/>
+      <c r="S10" s="16"/>
+      <c r="AE10" s="15" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B11" s="14">
+        <v>6</v>
+      </c>
+      <c r="C11" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B11)</f>
+        <v>6.5</v>
+      </c>
+      <c r="E11" s="15">
+        <f t="shared" si="0"/>
+        <v>6.5006000000000004</v>
+      </c>
+      <c r="F11" s="15">
+        <f t="shared" si="1"/>
+        <v>27</v>
+      </c>
+      <c r="G11" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Queenscliffe </v>
+      </c>
+      <c r="H11" s="15">
+        <f t="shared" si="3"/>
+        <v>7.8</v>
+      </c>
+      <c r="I11" s="17">
+        <v>3</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="K11" s="19">
+        <f>VLOOKUP($I11,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>7.0451612903225831</v>
+      </c>
+      <c r="L11" s="19">
+        <f>VLOOKUP($I11,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>4.5</v>
+      </c>
+      <c r="M11" s="16"/>
+      <c r="N11" s="16"/>
+      <c r="O11" s="16"/>
+      <c r="P11" s="16"/>
+      <c r="Q11" s="16"/>
+      <c r="R11" s="16"/>
+      <c r="S11" s="16"/>
+      <c r="AE11" s="15" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B12" s="14">
+        <v>7</v>
+      </c>
+      <c r="C12" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B12)</f>
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="E12" s="15">
+        <f t="shared" si="0"/>
+        <v>8.3007000000000009</v>
+      </c>
+      <c r="F12" s="15">
+        <f t="shared" si="1"/>
+        <v>4</v>
+      </c>
+      <c r="G12" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Glen Eira </v>
+      </c>
+      <c r="H12" s="15">
+        <f t="shared" si="3"/>
+        <v>7.8</v>
+      </c>
+      <c r="I12" s="17">
+        <v>4</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" s="19">
+        <f>VLOOKUP($I12,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>7.1516129032258089</v>
+      </c>
+      <c r="L12" s="19">
+        <f>VLOOKUP($I12,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>2.5</v>
+      </c>
+      <c r="M12" s="16"/>
+      <c r="N12" s="16"/>
+      <c r="O12" s="16"/>
+      <c r="P12" s="16"/>
+      <c r="Q12" s="16"/>
+      <c r="R12" s="16"/>
+      <c r="S12" s="16"/>
+      <c r="AE12" s="15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B13" s="14">
         <v>8</v>
       </c>
-      <c r="K4" s="23">
+      <c r="C13" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B13)</f>
+        <v>5.2</v>
+      </c>
+      <c r="E13" s="15">
+        <f t="shared" si="0"/>
+        <v>5.2008000000000001</v>
+      </c>
+      <c r="F13" s="15">
+        <f t="shared" si="1"/>
+        <v>66</v>
+      </c>
+      <c r="G13" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Maroondah </v>
+      </c>
+      <c r="H13" s="15">
+        <f t="shared" si="3"/>
+        <v>7.6</v>
+      </c>
+      <c r="I13" s="17">
+        <v>5</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>3</v>
+      </c>
+      <c r="K13" s="19">
+        <f>VLOOKUP($I13,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>7.3774193548387093</v>
+      </c>
+      <c r="L13" s="19">
+        <f>VLOOKUP($I13,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>1.7</v>
+      </c>
+      <c r="M13" s="16"/>
+      <c r="N13" s="16"/>
+      <c r="O13" s="16"/>
+      <c r="P13" s="16"/>
+      <c r="Q13" s="16"/>
+      <c r="R13" s="16"/>
+      <c r="S13" s="16"/>
+      <c r="AE13" s="15" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="14" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B14" s="14">
+        <v>9</v>
+      </c>
+      <c r="C14" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B14)</f>
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="E14" s="15">
+        <f t="shared" si="0"/>
+        <v>8.3009000000000004</v>
+      </c>
+      <c r="F14" s="15">
+        <f t="shared" si="1"/>
+        <v>3</v>
+      </c>
+      <c r="G14" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Manningham </v>
+      </c>
+      <c r="H14" s="15">
+        <f t="shared" si="3"/>
+        <v>7.6</v>
+      </c>
+      <c r="I14" s="17">
+        <v>6</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="K14" s="19">
+        <f>VLOOKUP($I14,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>7.661290322580645</v>
+      </c>
+      <c r="L14" s="19">
+        <f>VLOOKUP($I14,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>6</v>
+      </c>
+      <c r="M14" s="16"/>
+      <c r="N14" s="16"/>
+      <c r="O14" s="16"/>
+      <c r="P14" s="16"/>
+      <c r="Q14" s="16"/>
+      <c r="R14" s="16"/>
+      <c r="S14" s="16"/>
+      <c r="AE14" s="15" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B15" s="14">
+        <v>10</v>
+      </c>
+      <c r="C15" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B15)</f>
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E15" s="15">
+        <f t="shared" si="0"/>
+        <v>4.601</v>
+      </c>
+      <c r="F15" s="15">
+        <f t="shared" si="1"/>
+        <v>75</v>
+      </c>
+      <c r="G15" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Macedon Ranges </v>
+      </c>
+      <c r="H15" s="15">
+        <f t="shared" si="3"/>
+        <v>7.6</v>
+      </c>
+      <c r="I15" s="17">
+        <v>7</v>
+      </c>
+      <c r="J15" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="K15" s="19">
+        <f>VLOOKUP($I15,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>8.112903225806452</v>
+      </c>
+      <c r="L15" s="19">
+        <f>VLOOKUP($I15,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>10</v>
+      </c>
+      <c r="M15" s="16"/>
+      <c r="N15" s="16"/>
+      <c r="O15" s="16"/>
+      <c r="P15" s="16"/>
+      <c r="Q15" s="16"/>
+      <c r="R15" s="16"/>
+      <c r="S15" s="16"/>
+      <c r="AE15" s="15" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:31" x14ac:dyDescent="0.35">
+      <c r="B16" s="14">
+        <v>11</v>
+      </c>
+      <c r="C16" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="D16" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B16)</f>
+        <v>6.1</v>
+      </c>
+      <c r="E16" s="15">
+        <f t="shared" si="0"/>
+        <v>6.1010999999999997</v>
+      </c>
+      <c r="F16" s="15">
+        <f t="shared" si="1"/>
+        <v>40</v>
+      </c>
+      <c r="G16" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Knox </v>
+      </c>
+      <c r="H16" s="15">
+        <f t="shared" si="3"/>
+        <v>7.6</v>
+      </c>
+      <c r="I16" s="17">
+        <v>8</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>6</v>
+      </c>
+      <c r="K16" s="19">
+        <f>VLOOKUP($I16,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>5.9903225806451621</v>
+      </c>
+      <c r="L16" s="19">
+        <f>VLOOKUP($I16,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="M16" s="16"/>
+      <c r="N16" s="16"/>
+      <c r="O16" s="16"/>
+      <c r="P16" s="16"/>
+      <c r="Q16" s="16"/>
+      <c r="R16" s="16"/>
+      <c r="S16" s="16"/>
+      <c r="AE16" s="16"/>
+    </row>
+    <row r="17" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B17" s="14">
+        <v>12</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B17)</f>
+        <v>5.6</v>
+      </c>
+      <c r="E17" s="15">
+        <f t="shared" si="0"/>
+        <v>5.6011999999999995</v>
+      </c>
+      <c r="F17" s="15">
+        <f t="shared" si="1"/>
+        <v>60</v>
+      </c>
+      <c r="G17" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Banyule </v>
+      </c>
+      <c r="H17" s="15">
+        <f t="shared" si="3"/>
+        <v>7.6</v>
+      </c>
+      <c r="I17" s="17">
+        <v>9</v>
+      </c>
+      <c r="J17" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="K17" s="19">
+        <f>VLOOKUP($I17,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>7.161290322580645</v>
+      </c>
+      <c r="L17" s="19">
+        <f>VLOOKUP($I17,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="M17" s="16"/>
+      <c r="N17" s="16"/>
+      <c r="O17" s="16"/>
+      <c r="P17" s="16"/>
+      <c r="Q17" s="16"/>
+      <c r="R17" s="16"/>
+      <c r="S17" s="16"/>
+      <c r="AE17" s="16"/>
+    </row>
+    <row r="18" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B18" s="14">
+        <v>13</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B18)</f>
+        <v>6.4</v>
+      </c>
+      <c r="E18" s="15">
+        <f t="shared" si="0"/>
+        <v>6.4013</v>
+      </c>
+      <c r="F18" s="15">
+        <f t="shared" si="1"/>
+        <v>33</v>
+      </c>
+      <c r="G18" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Yarra Ranges </v>
+      </c>
+      <c r="H18" s="15">
+        <f t="shared" si="3"/>
+        <v>7.4</v>
+      </c>
+      <c r="I18" s="17">
+        <v>10</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="K18" s="19">
+        <f>VLOOKUP($I18,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>6.7612903225806456</v>
+      </c>
+      <c r="L18" s="19">
+        <f>VLOOKUP($I18,Data!$A$5:$CE$14,2+$K$4)</f>
+        <v>4.3</v>
+      </c>
+      <c r="M18" s="16"/>
+      <c r="N18" s="16"/>
+      <c r="O18" s="16"/>
+      <c r="P18" s="16"/>
+      <c r="Q18" s="16"/>
+      <c r="R18" s="16"/>
+      <c r="S18" s="16"/>
+      <c r="T18" s="16"/>
+    </row>
+    <row r="19" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B19" s="14">
+        <v>14</v>
+      </c>
+      <c r="C19" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B19)</f>
+        <v>6.2</v>
+      </c>
+      <c r="E19" s="15">
+        <f t="shared" si="0"/>
+        <v>6.2014000000000005</v>
+      </c>
+      <c r="F19" s="15">
+        <f t="shared" si="1"/>
+        <v>38</v>
+      </c>
+      <c r="G19" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Port Phillip </v>
+      </c>
+      <c r="H19" s="15">
+        <f t="shared" si="3"/>
+        <v>7.4</v>
+      </c>
+      <c r="I19" s="16"/>
+      <c r="J19" s="16"/>
+      <c r="K19" s="16"/>
+      <c r="L19" s="16"/>
+      <c r="M19" s="16"/>
+      <c r="N19" s="16"/>
+      <c r="O19" s="16"/>
+      <c r="P19" s="16"/>
+      <c r="Q19" s="16"/>
+      <c r="R19" s="16"/>
+      <c r="S19" s="16"/>
+      <c r="T19" s="16"/>
+    </row>
+    <row r="20" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B20" s="14">
         <v>15</v>
       </c>
-      <c r="L4" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C20" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="D20" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B20)</f>
+        <v>4.2</v>
+      </c>
+      <c r="E20" s="15">
+        <f t="shared" si="0"/>
+        <v>4.2015000000000002</v>
+      </c>
+      <c r="F20" s="15">
+        <f t="shared" si="1"/>
+        <v>79</v>
+      </c>
+      <c r="G20" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Whitehorse </v>
+      </c>
+      <c r="H20" s="15">
+        <f t="shared" si="3"/>
+        <v>7.3</v>
+      </c>
+      <c r="I20" s="16"/>
+      <c r="J20" s="16"/>
+      <c r="K20" s="16"/>
+      <c r="L20" s="16"/>
+      <c r="M20" s="16"/>
+      <c r="N20" s="16"/>
+      <c r="O20" s="16"/>
+      <c r="P20" s="16"/>
+      <c r="Q20" s="16"/>
+      <c r="R20" s="16"/>
+      <c r="S20" s="16"/>
+      <c r="T20" s="16"/>
     </row>
-    <row r="5" spans="1:31" ht="8.25" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="L5" s="12"/>
+    <row r="21" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B21" s="14">
+        <v>16</v>
+      </c>
+      <c r="C21" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="D21" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B21)</f>
+        <v>5.7</v>
+      </c>
+      <c r="E21" s="15">
+        <f t="shared" si="0"/>
+        <v>5.7016</v>
+      </c>
+      <c r="F21" s="15">
+        <f t="shared" si="1"/>
+        <v>57</v>
+      </c>
+      <c r="G21" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Moonee Valley </v>
+      </c>
+      <c r="H21" s="15">
+        <f t="shared" si="3"/>
+        <v>7.2</v>
+      </c>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
+      <c r="K21" s="16"/>
+      <c r="L21" s="16"/>
+      <c r="M21" s="16"/>
+      <c r="N21" s="16"/>
+      <c r="O21" s="16"/>
+      <c r="P21" s="16"/>
+      <c r="Q21" s="16"/>
+      <c r="R21" s="16"/>
+      <c r="S21" s="16"/>
+      <c r="T21" s="16"/>
     </row>
-    <row r="6" spans="1:31" x14ac:dyDescent="0.45">
-[...7 lines deleted...]
-        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B6)</f>
+    <row r="22" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B22" s="14">
+        <v>17</v>
+      </c>
+      <c r="C22" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B22)</f>
+        <v>6.6</v>
+      </c>
+      <c r="E22" s="15">
+        <f t="shared" si="0"/>
+        <v>6.6016999999999992</v>
+      </c>
+      <c r="F22" s="15">
+        <f t="shared" si="1"/>
+        <v>25</v>
+      </c>
+      <c r="G22" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Monash </v>
+      </c>
+      <c r="H22" s="15">
+        <f t="shared" si="3"/>
+        <v>7.2</v>
+      </c>
+      <c r="I22" s="16"/>
+      <c r="J22" s="16"/>
+      <c r="K22" s="16"/>
+      <c r="L22" s="16"/>
+      <c r="M22" s="16"/>
+      <c r="N22" s="16"/>
+      <c r="O22" s="16"/>
+      <c r="P22" s="16"/>
+      <c r="Q22" s="16"/>
+      <c r="R22" s="16"/>
+      <c r="S22" s="16"/>
+      <c r="T22" s="16"/>
+    </row>
+    <row r="23" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B23" s="14">
+        <v>18</v>
+      </c>
+      <c r="C23" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="D23" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B23)</f>
+        <v>6</v>
+      </c>
+      <c r="E23" s="15">
+        <f t="shared" si="0"/>
+        <v>6.0018000000000002</v>
+      </c>
+      <c r="F23" s="15">
+        <f t="shared" si="1"/>
+        <v>44</v>
+      </c>
+      <c r="G23" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Kingston </v>
+      </c>
+      <c r="H23" s="15">
+        <f t="shared" si="3"/>
         <v>7</v>
       </c>
-      <c r="E6" s="16">
-[...4 lines deleted...]
-        <f>RANK(E6,E$6:E$84)</f>
+      <c r="I23" s="16"/>
+      <c r="J23" s="16"/>
+      <c r="K23" s="16"/>
+      <c r="L23" s="16"/>
+      <c r="M23" s="16"/>
+      <c r="N23" s="16"/>
+      <c r="O23" s="16"/>
+      <c r="P23" s="16"/>
+      <c r="Q23" s="16"/>
+      <c r="R23" s="16"/>
+      <c r="S23" s="16"/>
+      <c r="T23" s="16"/>
+    </row>
+    <row r="24" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B24" s="14">
+        <v>19</v>
+      </c>
+      <c r="C24" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B24)</f>
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="E24" s="15">
+        <f t="shared" si="0"/>
+        <v>4.6018999999999997</v>
+      </c>
+      <c r="F24" s="15">
+        <f t="shared" si="1"/>
+        <v>74</v>
+      </c>
+      <c r="G24" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Yarra </v>
+      </c>
+      <c r="H24" s="15">
+        <f t="shared" si="3"/>
+        <v>6.9</v>
+      </c>
+      <c r="I24" s="16"/>
+      <c r="J24" s="16"/>
+      <c r="K24" s="16"/>
+      <c r="L24" s="16"/>
+      <c r="M24" s="16"/>
+      <c r="N24" s="16"/>
+      <c r="O24" s="16"/>
+      <c r="P24" s="16"/>
+      <c r="Q24" s="16"/>
+      <c r="R24" s="16"/>
+      <c r="S24" s="16"/>
+      <c r="T24" s="16"/>
+    </row>
+    <row r="25" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B25" s="14">
+        <v>20</v>
+      </c>
+      <c r="C25" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="G6" s="16" t="str">
-        <f>VLOOKUP(MATCH(B6,F$6:F$84,0),$B$6:$D$84,2)</f>
+      <c r="D25" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B25)</f>
+        <v>6</v>
+      </c>
+      <c r="E25" s="15">
+        <f t="shared" si="0"/>
+        <v>6.0019999999999998</v>
+      </c>
+      <c r="F25" s="15">
+        <f t="shared" si="1"/>
+        <v>43</v>
+      </c>
+      <c r="G25" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Indigo </v>
+      </c>
+      <c r="H25" s="15">
+        <f t="shared" si="3"/>
+        <v>6.9</v>
+      </c>
+      <c r="I25" s="16"/>
+      <c r="J25" s="16"/>
+      <c r="K25" s="16"/>
+      <c r="L25" s="16"/>
+      <c r="M25" s="16"/>
+      <c r="N25" s="16"/>
+      <c r="O25" s="16"/>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="16"/>
+      <c r="R25" s="16"/>
+      <c r="S25" s="16"/>
+      <c r="T25" s="16"/>
+    </row>
+    <row r="26" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B26" s="14">
+        <v>21</v>
+      </c>
+      <c r="C26" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B26)</f>
+        <v>5.6</v>
+      </c>
+      <c r="E26" s="15">
+        <f t="shared" si="0"/>
+        <v>5.6021000000000001</v>
+      </c>
+      <c r="F26" s="15">
+        <f t="shared" si="1"/>
+        <v>59</v>
+      </c>
+      <c r="G26" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Southern Grampians </v>
+      </c>
+      <c r="H26" s="15">
+        <f t="shared" si="3"/>
+        <v>6.8</v>
+      </c>
+      <c r="I26" s="16"/>
+      <c r="J26" s="16"/>
+      <c r="K26" s="16"/>
+      <c r="L26" s="16"/>
+      <c r="M26" s="16"/>
+      <c r="N26" s="16"/>
+      <c r="O26" s="16"/>
+      <c r="P26" s="16"/>
+      <c r="Q26" s="16"/>
+      <c r="R26" s="16"/>
+      <c r="S26" s="16"/>
+      <c r="T26" s="16"/>
+    </row>
+    <row r="27" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B27" s="14">
+        <v>22</v>
+      </c>
+      <c r="C27" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B27)</f>
+        <v>7.8</v>
+      </c>
+      <c r="E27" s="15">
+        <f t="shared" si="0"/>
+        <v>7.8022</v>
+      </c>
+      <c r="F27" s="15">
+        <f t="shared" si="1"/>
+        <v>7</v>
+      </c>
+      <c r="G27" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Moyne </v>
+      </c>
+      <c r="H27" s="15">
+        <f t="shared" si="3"/>
+        <v>6.8</v>
+      </c>
+      <c r="I27" s="16"/>
+      <c r="J27" s="16"/>
+      <c r="K27" s="16"/>
+      <c r="L27" s="16"/>
+      <c r="M27" s="16"/>
+      <c r="N27" s="16"/>
+      <c r="O27" s="16"/>
+      <c r="P27" s="16"/>
+      <c r="Q27" s="16"/>
+      <c r="R27" s="16"/>
+      <c r="S27" s="16"/>
+      <c r="T27" s="16"/>
+    </row>
+    <row r="28" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B28" s="14">
+        <v>23</v>
+      </c>
+      <c r="C28" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B28)</f>
+        <v>5.7</v>
+      </c>
+      <c r="E28" s="15">
+        <f t="shared" si="0"/>
+        <v>5.7023000000000001</v>
+      </c>
+      <c r="F28" s="15">
+        <f t="shared" si="1"/>
+        <v>56</v>
+      </c>
+      <c r="G28" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Mornington Peninsula </v>
+      </c>
+      <c r="H28" s="15">
+        <f t="shared" si="3"/>
+        <v>6.8</v>
+      </c>
+      <c r="I28" s="16"/>
+      <c r="J28" s="16"/>
+      <c r="K28" s="16"/>
+      <c r="L28" s="16"/>
+      <c r="M28" s="16"/>
+      <c r="N28" s="16"/>
+      <c r="O28" s="16"/>
+      <c r="P28" s="16"/>
+      <c r="Q28" s="16"/>
+      <c r="R28" s="16"/>
+      <c r="S28" s="16"/>
+      <c r="T28" s="16"/>
+    </row>
+    <row r="29" spans="2:31" ht="39" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="14">
+        <v>24</v>
+      </c>
+      <c r="C29" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B29)</f>
+        <v>6.8</v>
+      </c>
+      <c r="E29" s="15">
+        <f t="shared" si="0"/>
+        <v>6.8023999999999996</v>
+      </c>
+      <c r="F29" s="15">
+        <f t="shared" si="1"/>
+        <v>24</v>
+      </c>
+      <c r="G29" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Golden Plains </v>
+      </c>
+      <c r="H29" s="15">
+        <f t="shared" si="3"/>
+        <v>6.8</v>
+      </c>
+      <c r="I29" s="16"/>
+      <c r="J29" s="28" t="s">
+        <v>109</v>
+      </c>
+      <c r="K29" s="28"/>
+      <c r="L29" s="28"/>
+      <c r="M29" s="28"/>
+      <c r="N29" s="28"/>
+      <c r="O29" s="28"/>
+      <c r="P29" s="28"/>
+      <c r="Q29" s="20"/>
+      <c r="R29" s="16"/>
+      <c r="S29" s="16"/>
+      <c r="T29" s="16"/>
+    </row>
+    <row r="30" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B30" s="14">
+        <v>25</v>
+      </c>
+      <c r="C30" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B30)</f>
+        <v>5.7</v>
+      </c>
+      <c r="E30" s="15">
+        <f t="shared" si="0"/>
+        <v>5.7025000000000006</v>
+      </c>
+      <c r="F30" s="15">
+        <f t="shared" si="1"/>
+        <v>55</v>
+      </c>
+      <c r="G30" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Corangamite </v>
+      </c>
+      <c r="H30" s="15">
+        <f t="shared" si="3"/>
+        <v>6.6</v>
+      </c>
+      <c r="I30" s="16"/>
+      <c r="J30" s="27" t="s">
+        <v>97</v>
+      </c>
+      <c r="K30" s="27"/>
+      <c r="L30" s="27"/>
+      <c r="M30" s="27"/>
+      <c r="N30" s="27"/>
+      <c r="O30" s="27"/>
+      <c r="P30" s="27"/>
+      <c r="Q30" s="27"/>
+      <c r="R30" s="16"/>
+      <c r="S30" s="16"/>
+      <c r="T30" s="16"/>
+    </row>
+    <row r="31" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B31" s="14">
+        <v>26</v>
+      </c>
+      <c r="C31" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D31" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B31)</f>
+        <v>4.3</v>
+      </c>
+      <c r="E31" s="15">
+        <f t="shared" si="0"/>
+        <v>4.3026</v>
+      </c>
+      <c r="F31" s="15">
+        <f t="shared" si="1"/>
+        <v>78</v>
+      </c>
+      <c r="G31" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Greater Geelong </v>
+      </c>
+      <c r="H31" s="15">
+        <f t="shared" si="3"/>
+        <v>6.5</v>
+      </c>
+      <c r="I31" s="16"/>
+      <c r="J31" s="27"/>
+      <c r="K31" s="27"/>
+      <c r="L31" s="27"/>
+      <c r="M31" s="27"/>
+      <c r="N31" s="27"/>
+      <c r="O31" s="27"/>
+      <c r="P31" s="27"/>
+      <c r="Q31" s="27"/>
+      <c r="R31" s="16"/>
+      <c r="S31" s="16"/>
+      <c r="T31" s="16"/>
+    </row>
+    <row r="32" spans="2:31" x14ac:dyDescent="0.35">
+      <c r="B32" s="14">
+        <v>27</v>
+      </c>
+      <c r="C32" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D32" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B32)</f>
+        <v>6.5</v>
+      </c>
+      <c r="E32" s="15">
+        <f t="shared" si="0"/>
+        <v>6.5026999999999999</v>
+      </c>
+      <c r="F32" s="15">
+        <f t="shared" si="1"/>
+        <v>26</v>
+      </c>
+      <c r="G32" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Baw Baw </v>
+      </c>
+      <c r="H32" s="15">
+        <f t="shared" si="3"/>
+        <v>6.5</v>
+      </c>
+      <c r="I32" s="16"/>
+      <c r="J32" s="25" t="s">
+        <v>98</v>
+      </c>
+      <c r="K32" s="25"/>
+      <c r="L32" s="25"/>
+      <c r="M32" s="25"/>
+      <c r="N32" s="25"/>
+      <c r="O32" s="25"/>
+      <c r="P32" s="25"/>
+      <c r="Q32" s="25"/>
+      <c r="R32" s="16"/>
+      <c r="S32" s="16"/>
+      <c r="T32" s="16"/>
+    </row>
+    <row r="33" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B33" s="14">
+        <v>28</v>
+      </c>
+      <c r="C33" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B33)</f>
+        <v>4.8</v>
+      </c>
+      <c r="E33" s="15">
+        <f t="shared" si="0"/>
+        <v>4.8027999999999995</v>
+      </c>
+      <c r="F33" s="15">
+        <f t="shared" si="1"/>
+        <v>73</v>
+      </c>
+      <c r="G33" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Wyndham </v>
+      </c>
+      <c r="H33" s="15">
+        <f t="shared" si="3"/>
+        <v>6.4</v>
+      </c>
+      <c r="I33" s="16"/>
+      <c r="J33" s="25"/>
+      <c r="K33" s="25"/>
+      <c r="L33" s="25"/>
+      <c r="M33" s="25"/>
+      <c r="N33" s="25"/>
+      <c r="O33" s="25"/>
+      <c r="P33" s="25"/>
+      <c r="Q33" s="25"/>
+      <c r="R33" s="16"/>
+      <c r="S33" s="16"/>
+      <c r="T33" s="16"/>
+    </row>
+    <row r="34" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="14">
+        <v>29</v>
+      </c>
+      <c r="C34" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D34" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B34)</f>
+        <v>5.7</v>
+      </c>
+      <c r="E34" s="15">
+        <f t="shared" si="0"/>
+        <v>5.7029000000000005</v>
+      </c>
+      <c r="F34" s="15">
+        <f t="shared" si="1"/>
+        <v>54</v>
+      </c>
+      <c r="G34" s="15" t="str">
+        <f t="shared" si="2"/>
         <v xml:space="preserve">West Wimmera </v>
       </c>
-      <c r="H6" s="16">
-[...20 lines deleted...]
-      </c>
+      <c r="H34" s="15">
+        <f t="shared" si="3"/>
+        <v>6.4</v>
+      </c>
+      <c r="I34" s="16"/>
+      <c r="J34" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="K34" s="27"/>
+      <c r="L34" s="27"/>
+      <c r="M34" s="27"/>
+      <c r="N34" s="27"/>
+      <c r="O34" s="27"/>
+      <c r="P34" s="27"/>
+      <c r="Q34" s="27"/>
+      <c r="R34" s="16"/>
+      <c r="S34" s="16"/>
+      <c r="T34" s="16"/>
     </row>
-    <row r="7" spans="1:31" x14ac:dyDescent="0.45">
-[...19 lines deleted...]
-        <f t="shared" ref="G7:G70" si="2">VLOOKUP(MATCH(B7,F$6:F$84,0),$B$6:$D$84,2)</f>
+    <row r="35" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B35" s="14">
+        <v>30</v>
+      </c>
+      <c r="C35" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D35" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B35)</f>
+        <v>5.3</v>
+      </c>
+      <c r="E35" s="15">
+        <f t="shared" si="0"/>
+        <v>5.3029999999999999</v>
+      </c>
+      <c r="F35" s="15">
+        <f t="shared" si="1"/>
+        <v>64</v>
+      </c>
+      <c r="G35" s="15" t="str">
+        <f t="shared" si="2"/>
         <v xml:space="preserve">Towong </v>
       </c>
-      <c r="H7" s="16">
-[...16 lines deleted...]
-      </c>
+      <c r="H35" s="15">
+        <f t="shared" si="3"/>
+        <v>6.4</v>
+      </c>
+      <c r="I35" s="16"/>
+      <c r="J35" s="27"/>
+      <c r="K35" s="27"/>
+      <c r="L35" s="27"/>
+      <c r="M35" s="27"/>
+      <c r="N35" s="27"/>
+      <c r="O35" s="27"/>
+      <c r="P35" s="27"/>
+      <c r="Q35" s="27"/>
+      <c r="R35" s="16"/>
+      <c r="S35" s="16"/>
+      <c r="T35" s="16"/>
     </row>
-    <row r="8" spans="1:31" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E8" s="16">
+    <row r="36" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="14">
+        <v>31</v>
+      </c>
+      <c r="C36" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D36" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B36)</f>
+        <v>6.4</v>
+      </c>
+      <c r="E36" s="15">
         <f t="shared" si="0"/>
-        <v>3.7003000000000004</v>
-[...1 lines deleted...]
-      <c r="F8" s="16">
+        <v>6.4031000000000002</v>
+      </c>
+      <c r="F36" s="15">
+        <f t="shared" si="1"/>
+        <v>32</v>
+      </c>
+      <c r="G36" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Mansfield </v>
+      </c>
+      <c r="H36" s="15">
+        <f t="shared" si="3"/>
+        <v>6.4</v>
+      </c>
+      <c r="I36" s="16"/>
+      <c r="J36" s="25" t="s">
+        <v>100</v>
+      </c>
+      <c r="K36" s="25"/>
+      <c r="L36" s="25"/>
+      <c r="M36" s="25"/>
+      <c r="N36" s="25"/>
+      <c r="O36" s="25"/>
+      <c r="P36" s="25"/>
+      <c r="Q36" s="25"/>
+      <c r="R36" s="16"/>
+      <c r="S36" s="16"/>
+      <c r="T36" s="16"/>
+    </row>
+    <row r="37" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B37" s="14">
+        <v>32</v>
+      </c>
+      <c r="C37" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D37" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B37)</f>
+        <v>5.9</v>
+      </c>
+      <c r="E37" s="15">
+        <f t="shared" si="0"/>
+        <v>5.9032</v>
+      </c>
+      <c r="F37" s="15">
+        <f t="shared" si="1"/>
+        <v>45</v>
+      </c>
+      <c r="G37" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Hobsons Bay </v>
+      </c>
+      <c r="H37" s="15">
+        <f t="shared" si="3"/>
+        <v>6.4</v>
+      </c>
+      <c r="I37" s="16"/>
+      <c r="J37" s="25"/>
+      <c r="K37" s="25"/>
+      <c r="L37" s="25"/>
+      <c r="M37" s="25"/>
+      <c r="N37" s="25"/>
+      <c r="O37" s="25"/>
+      <c r="P37" s="25"/>
+      <c r="Q37" s="25"/>
+      <c r="R37" s="16"/>
+      <c r="S37" s="16"/>
+      <c r="T37" s="16"/>
+    </row>
+    <row r="38" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="14">
+        <v>33</v>
+      </c>
+      <c r="C38" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D38" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B38)</f>
+        <v>5</v>
+      </c>
+      <c r="E38" s="15">
+        <f t="shared" si="0"/>
+        <v>5.0033000000000003</v>
+      </c>
+      <c r="F38" s="15">
         <f t="shared" si="1"/>
         <v>70</v>
       </c>
-      <c r="G8" s="16" t="str">
+      <c r="G38" s="15" t="str">
         <f t="shared" si="2"/>
-        <v xml:space="preserve">Surf Coast </v>
-[...1 lines deleted...]
-      <c r="H8" s="16">
+        <v xml:space="preserve">Cardinia </v>
+      </c>
+      <c r="H38" s="15">
         <f t="shared" si="3"/>
-        <v>9.6999999999999993</v>
-[...20 lines deleted...]
-      </c>
+        <v>6.4</v>
+      </c>
+      <c r="I38" s="16"/>
+      <c r="J38" s="27" t="s">
+        <v>101</v>
+      </c>
+      <c r="K38" s="27"/>
+      <c r="L38" s="27"/>
+      <c r="M38" s="27"/>
+      <c r="N38" s="27"/>
+      <c r="O38" s="27"/>
+      <c r="P38" s="27"/>
+      <c r="Q38" s="27"/>
+      <c r="R38" s="16"/>
+      <c r="S38" s="16"/>
+      <c r="T38" s="16"/>
     </row>
-    <row r="9" spans="1:31" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E9" s="16">
+    <row r="39" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B39" s="14">
+        <v>34</v>
+      </c>
+      <c r="C39" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D39" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B39)</f>
+        <v>6.9</v>
+      </c>
+      <c r="E39" s="15">
         <f t="shared" si="0"/>
-        <v>6.7004000000000001</v>
-[...1 lines deleted...]
-      <c r="F9" s="16">
+        <v>6.9034000000000004</v>
+      </c>
+      <c r="F39" s="15">
         <f t="shared" si="1"/>
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G9" s="16" t="str">
+        <v>20</v>
+      </c>
+      <c r="G39" s="15" t="str">
         <f t="shared" si="2"/>
-        <v xml:space="preserve">Queenscliffe </v>
-[...1 lines deleted...]
-      <c r="H9" s="16">
+        <v xml:space="preserve">Warrnambool </v>
+      </c>
+      <c r="H39" s="15">
         <f t="shared" si="3"/>
-        <v>9.6999999999999993</v>
-[...8 lines deleted...]
-        <f>VLOOKUP($I9,Data!$A$5:$CE$14,2+$K$6)</f>
+        <v>6.3</v>
+      </c>
+      <c r="I39" s="16"/>
+      <c r="J39" s="27"/>
+      <c r="K39" s="27"/>
+      <c r="L39" s="27"/>
+      <c r="M39" s="27"/>
+      <c r="N39" s="27"/>
+      <c r="O39" s="27"/>
+      <c r="P39" s="27"/>
+      <c r="Q39" s="27"/>
+      <c r="R39" s="16"/>
+      <c r="S39" s="16"/>
+      <c r="T39" s="16"/>
+    </row>
+    <row r="40" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="14">
+        <v>35</v>
+      </c>
+      <c r="C40" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D40" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B40)</f>
         <v>7</v>
       </c>
-      <c r="L9" s="21">
-[...12 lines deleted...]
-      </c>
+      <c r="E40" s="15">
+        <f t="shared" si="0"/>
+        <v>7.0034999999999998</v>
+      </c>
+      <c r="F40" s="15">
+        <f t="shared" si="1"/>
+        <v>18</v>
+      </c>
+      <c r="G40" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">South Gippsland </v>
+      </c>
+      <c r="H40" s="15">
+        <f t="shared" si="3"/>
+        <v>6.2</v>
+      </c>
+      <c r="I40" s="16"/>
+      <c r="J40" s="25" t="s">
+        <v>102</v>
+      </c>
+      <c r="K40" s="25"/>
+      <c r="L40" s="25"/>
+      <c r="M40" s="25"/>
+      <c r="N40" s="25"/>
+      <c r="O40" s="25"/>
+      <c r="P40" s="25"/>
+      <c r="Q40" s="25"/>
+      <c r="R40" s="16"/>
+      <c r="S40" s="16"/>
+      <c r="T40" s="16"/>
     </row>
-    <row r="10" spans="1:31" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E10" s="16">
+    <row r="41" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B41" s="14">
+        <v>36</v>
+      </c>
+      <c r="C41" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D41" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B41)</f>
+        <v>7.6</v>
+      </c>
+      <c r="E41" s="15">
         <f t="shared" si="0"/>
-        <v>5.0004999999999997</v>
-[...1 lines deleted...]
-      <c r="F10" s="16">
+        <v>7.6035999999999992</v>
+      </c>
+      <c r="F41" s="15">
         <f t="shared" si="1"/>
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="G10" s="16" t="str">
+        <v>11</v>
+      </c>
+      <c r="G41" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Moreland </v>
+      </c>
+      <c r="H41" s="15">
+        <f t="shared" si="3"/>
+        <v>6.2</v>
+      </c>
+      <c r="I41" s="16"/>
+      <c r="J41" s="25"/>
+      <c r="K41" s="25"/>
+      <c r="L41" s="25"/>
+      <c r="M41" s="25"/>
+      <c r="N41" s="25"/>
+      <c r="O41" s="25"/>
+      <c r="P41" s="25"/>
+      <c r="Q41" s="25"/>
+      <c r="R41" s="16"/>
+      <c r="S41" s="16"/>
+      <c r="T41" s="16"/>
+    </row>
+    <row r="42" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="14">
+        <v>37</v>
+      </c>
+      <c r="C42" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D42" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B42)</f>
+        <v>4.5</v>
+      </c>
+      <c r="E42" s="15">
+        <f t="shared" si="0"/>
+        <v>4.5037000000000003</v>
+      </c>
+      <c r="F42" s="15">
+        <f t="shared" si="1"/>
+        <v>77</v>
+      </c>
+      <c r="G42" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Melbourne </v>
+      </c>
+      <c r="H42" s="15">
+        <f t="shared" si="3"/>
+        <v>6.2</v>
+      </c>
+      <c r="I42" s="16"/>
+      <c r="J42" s="27" t="s">
+        <v>103</v>
+      </c>
+      <c r="K42" s="27"/>
+      <c r="L42" s="27"/>
+      <c r="M42" s="27"/>
+      <c r="N42" s="27"/>
+      <c r="O42" s="27"/>
+      <c r="P42" s="27"/>
+      <c r="Q42" s="27"/>
+      <c r="R42" s="16"/>
+      <c r="S42" s="16"/>
+      <c r="T42" s="16"/>
+    </row>
+    <row r="43" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B43" s="14">
+        <v>38</v>
+      </c>
+      <c r="C43" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D43" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B43)</f>
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="E43" s="15">
+        <f t="shared" si="0"/>
+        <v>4.9038000000000004</v>
+      </c>
+      <c r="F43" s="15">
+        <f t="shared" si="1"/>
+        <v>72</v>
+      </c>
+      <c r="G43" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Casey </v>
+      </c>
+      <c r="H43" s="15">
+        <f t="shared" si="3"/>
+        <v>6.2</v>
+      </c>
+      <c r="I43" s="16"/>
+      <c r="J43" s="27"/>
+      <c r="K43" s="27"/>
+      <c r="L43" s="27"/>
+      <c r="M43" s="27"/>
+      <c r="N43" s="27"/>
+      <c r="O43" s="27"/>
+      <c r="P43" s="27"/>
+      <c r="Q43" s="27"/>
+      <c r="R43" s="16"/>
+      <c r="S43" s="16"/>
+      <c r="T43" s="16"/>
+    </row>
+    <row r="44" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="14">
+        <v>39</v>
+      </c>
+      <c r="C44" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D44" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B44)</f>
+        <v>7.6</v>
+      </c>
+      <c r="E44" s="15">
+        <f t="shared" si="0"/>
+        <v>7.6038999999999994</v>
+      </c>
+      <c r="F44" s="15">
+        <f t="shared" si="1"/>
+        <v>10</v>
+      </c>
+      <c r="G44" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Moorabool </v>
+      </c>
+      <c r="H44" s="15">
+        <f t="shared" si="3"/>
+        <v>6.1</v>
+      </c>
+      <c r="I44" s="16"/>
+      <c r="J44" s="25" t="s">
+        <v>104</v>
+      </c>
+      <c r="K44" s="25"/>
+      <c r="L44" s="25"/>
+      <c r="M44" s="25"/>
+      <c r="N44" s="25"/>
+      <c r="O44" s="25"/>
+      <c r="P44" s="25"/>
+      <c r="Q44" s="25"/>
+      <c r="R44" s="16"/>
+      <c r="S44" s="16"/>
+      <c r="T44" s="16"/>
+    </row>
+    <row r="45" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B45" s="14">
+        <v>40</v>
+      </c>
+      <c r="C45" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D45" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B45)</f>
+        <v>7.6</v>
+      </c>
+      <c r="E45" s="15">
+        <f t="shared" si="0"/>
+        <v>7.6039999999999992</v>
+      </c>
+      <c r="F45" s="15">
+        <f t="shared" si="1"/>
+        <v>9</v>
+      </c>
+      <c r="G45" s="15" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">Buloke </v>
       </c>
-      <c r="H10" s="16">
+      <c r="H45" s="15">
         <f t="shared" si="3"/>
-        <v>9.6999999999999993</v>
-[...24 lines deleted...]
-      </c>
+        <v>6.1</v>
+      </c>
+      <c r="I45" s="16"/>
+      <c r="J45" s="25"/>
+      <c r="K45" s="25"/>
+      <c r="L45" s="25"/>
+      <c r="M45" s="25"/>
+      <c r="N45" s="25"/>
+      <c r="O45" s="25"/>
+      <c r="P45" s="25"/>
+      <c r="Q45" s="25"/>
+      <c r="R45" s="16"/>
+      <c r="S45" s="16"/>
+      <c r="T45" s="16"/>
     </row>
-    <row r="11" spans="1:31" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E11" s="16">
+    <row r="46" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="14">
+        <v>41</v>
+      </c>
+      <c r="C46" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D46" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B46)</f>
+        <v>6.4</v>
+      </c>
+      <c r="E46" s="15">
         <f t="shared" si="0"/>
-        <v>7.7006000000000006</v>
-[...1 lines deleted...]
-      <c r="F11" s="16">
+        <v>6.4041000000000006</v>
+      </c>
+      <c r="F46" s="15">
         <f t="shared" si="1"/>
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11" s="16" t="str">
+        <v>31</v>
+      </c>
+      <c r="G46" s="15" t="str">
         <f t="shared" si="2"/>
-        <v xml:space="preserve">Loddon </v>
-[...1 lines deleted...]
-      <c r="H11" s="16">
+        <v xml:space="preserve">Alpine </v>
+      </c>
+      <c r="H46" s="15">
         <f t="shared" si="3"/>
-        <v>9.3000000000000007</v>
-[...24 lines deleted...]
-      </c>
+        <v>6.1</v>
+      </c>
+      <c r="I46" s="16"/>
+      <c r="J46" s="27" t="s">
+        <v>105</v>
+      </c>
+      <c r="K46" s="27"/>
+      <c r="L46" s="27"/>
+      <c r="M46" s="27"/>
+      <c r="N46" s="27"/>
+      <c r="O46" s="27"/>
+      <c r="P46" s="27"/>
+      <c r="Q46" s="27"/>
+      <c r="R46" s="16"/>
+      <c r="S46" s="16"/>
+      <c r="T46" s="16"/>
     </row>
-    <row r="12" spans="1:31" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E12" s="16">
+    <row r="47" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B47" s="14">
+        <v>42</v>
+      </c>
+      <c r="C47" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D47" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B47)</f>
+        <v>5.8</v>
+      </c>
+      <c r="E47" s="15">
         <f t="shared" si="0"/>
-        <v>7.7007000000000003</v>
-[...1 lines deleted...]
-      <c r="F12" s="16">
+        <v>5.8041999999999998</v>
+      </c>
+      <c r="F47" s="15">
         <f t="shared" si="1"/>
-        <v>18</v>
-[...53 lines deleted...]
-      <c r="G13" s="16" t="str">
+        <v>49</v>
+      </c>
+      <c r="G47" s="15" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">Strathbogie </v>
       </c>
-      <c r="H13" s="16">
+      <c r="H47" s="15">
         <f t="shared" si="3"/>
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="I13" s="18">
+        <v>6</v>
+      </c>
+      <c r="I47" s="16"/>
+      <c r="J47" s="27"/>
+      <c r="K47" s="27"/>
+      <c r="L47" s="27"/>
+      <c r="M47" s="27"/>
+      <c r="N47" s="27"/>
+      <c r="O47" s="27"/>
+      <c r="P47" s="27"/>
+      <c r="Q47" s="27"/>
+      <c r="R47" s="16"/>
+      <c r="S47" s="16"/>
+      <c r="T47" s="16"/>
+    </row>
+    <row r="48" spans="2:20" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="14">
+        <v>43</v>
+      </c>
+      <c r="C48" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D48" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B48)</f>
+        <v>7.6</v>
+      </c>
+      <c r="E48" s="15">
+        <f t="shared" si="0"/>
+        <v>7.6042999999999994</v>
+      </c>
+      <c r="F48" s="15">
+        <f t="shared" si="1"/>
+        <v>8</v>
+      </c>
+      <c r="G48" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Frankston </v>
+      </c>
+      <c r="H48" s="15">
+        <f t="shared" si="3"/>
+        <v>6</v>
+      </c>
+      <c r="I48" s="16"/>
+      <c r="J48" s="25" t="s">
+        <v>106</v>
+      </c>
+      <c r="K48" s="25"/>
+      <c r="L48" s="25"/>
+      <c r="M48" s="25"/>
+      <c r="N48" s="25"/>
+      <c r="O48" s="25"/>
+      <c r="P48" s="25"/>
+      <c r="Q48" s="25"/>
+      <c r="R48" s="16"/>
+      <c r="S48" s="16"/>
+      <c r="T48" s="16"/>
+    </row>
+    <row r="49" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B49" s="14">
+        <v>44</v>
+      </c>
+      <c r="C49" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D49" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B49)</f>
+        <v>6.2</v>
+      </c>
+      <c r="E49" s="15">
+        <f t="shared" si="0"/>
+        <v>6.2044000000000006</v>
+      </c>
+      <c r="F49" s="15">
+        <f t="shared" si="1"/>
+        <v>37</v>
+      </c>
+      <c r="G49" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Darebin </v>
+      </c>
+      <c r="H49" s="15">
+        <f t="shared" si="3"/>
+        <v>6</v>
+      </c>
+      <c r="I49" s="16"/>
+      <c r="J49" s="25"/>
+      <c r="K49" s="25"/>
+      <c r="L49" s="25"/>
+      <c r="M49" s="25"/>
+      <c r="N49" s="25"/>
+      <c r="O49" s="25"/>
+      <c r="P49" s="25"/>
+      <c r="Q49" s="25"/>
+      <c r="R49" s="16"/>
+      <c r="S49" s="16"/>
+      <c r="T49" s="16"/>
+    </row>
+    <row r="50" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B50" s="14">
+        <v>45</v>
+      </c>
+      <c r="C50" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D50" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B50)</f>
+        <v>5.8</v>
+      </c>
+      <c r="E50" s="15">
+        <f t="shared" si="0"/>
+        <v>5.8045</v>
+      </c>
+      <c r="F50" s="15">
+        <f t="shared" si="1"/>
+        <v>48</v>
+      </c>
+      <c r="G50" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Horsham </v>
+      </c>
+      <c r="H50" s="15">
+        <f t="shared" si="3"/>
+        <v>5.9</v>
+      </c>
+      <c r="I50" s="16"/>
+      <c r="J50" s="16"/>
+      <c r="K50" s="16"/>
+      <c r="L50" s="16"/>
+      <c r="M50" s="16"/>
+      <c r="N50" s="16"/>
+      <c r="O50" s="16"/>
+      <c r="P50" s="16"/>
+      <c r="Q50" s="16"/>
+      <c r="R50" s="16"/>
+      <c r="S50" s="16"/>
+      <c r="T50" s="16"/>
+    </row>
+    <row r="51" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B51" s="14">
+        <v>46</v>
+      </c>
+      <c r="C51" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D51" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B51)</f>
+        <v>4.5</v>
+      </c>
+      <c r="E51" s="15">
+        <f t="shared" si="0"/>
+        <v>4.5045999999999999</v>
+      </c>
+      <c r="F51" s="15">
+        <f t="shared" si="1"/>
+        <v>76</v>
+      </c>
+      <c r="G51" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Whittlesea </v>
+      </c>
+      <c r="H51" s="15">
+        <f t="shared" si="3"/>
+        <v>5.8</v>
+      </c>
+      <c r="I51" s="16"/>
+      <c r="J51" s="16"/>
+      <c r="K51" s="16"/>
+      <c r="L51" s="16"/>
+      <c r="M51" s="16"/>
+      <c r="N51" s="16"/>
+      <c r="O51" s="16"/>
+      <c r="P51" s="16"/>
+      <c r="Q51" s="16"/>
+      <c r="R51" s="16"/>
+      <c r="S51" s="16"/>
+      <c r="T51" s="16"/>
+    </row>
+    <row r="52" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B52" s="14">
+        <v>47</v>
+      </c>
+      <c r="C52" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D52" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B52)</f>
+        <v>5.7</v>
+      </c>
+      <c r="E52" s="15">
+        <f t="shared" si="0"/>
+        <v>5.7046999999999999</v>
+      </c>
+      <c r="F52" s="15">
+        <f t="shared" si="1"/>
+        <v>53</v>
+      </c>
+      <c r="G52" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Mount Alexander </v>
+      </c>
+      <c r="H52" s="15">
+        <f t="shared" si="3"/>
+        <v>5.8</v>
+      </c>
+      <c r="I52" s="16"/>
+      <c r="J52" s="16"/>
+      <c r="K52" s="16"/>
+      <c r="L52" s="16"/>
+      <c r="M52" s="16"/>
+      <c r="N52" s="16"/>
+      <c r="O52" s="16"/>
+      <c r="P52" s="16"/>
+      <c r="Q52" s="16"/>
+      <c r="R52" s="16"/>
+      <c r="S52" s="16"/>
+      <c r="T52" s="16"/>
+    </row>
+    <row r="53" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B53" s="14">
+        <v>48</v>
+      </c>
+      <c r="C53" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D53" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B53)</f>
+        <v>5.2</v>
+      </c>
+      <c r="E53" s="15">
+        <f t="shared" si="0"/>
+        <v>5.2048000000000005</v>
+      </c>
+      <c r="F53" s="15">
+        <f t="shared" si="1"/>
+        <v>65</v>
+      </c>
+      <c r="G53" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Melton </v>
+      </c>
+      <c r="H53" s="15">
+        <f t="shared" si="3"/>
+        <v>5.8</v>
+      </c>
+      <c r="I53" s="16"/>
+      <c r="J53" s="16"/>
+      <c r="K53" s="16"/>
+      <c r="L53" s="16"/>
+      <c r="M53" s="16"/>
+      <c r="N53" s="16"/>
+      <c r="O53" s="16"/>
+      <c r="P53" s="16"/>
+      <c r="Q53" s="16"/>
+      <c r="R53" s="16"/>
+      <c r="S53" s="16"/>
+      <c r="T53" s="16"/>
+    </row>
+    <row r="54" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B54" s="14">
+        <v>49</v>
+      </c>
+      <c r="C54" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D54" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B54)</f>
+        <v>7.2</v>
+      </c>
+      <c r="E54" s="15">
+        <f t="shared" si="0"/>
+        <v>7.2049000000000003</v>
+      </c>
+      <c r="F54" s="15">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="G54" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Maribyrnong </v>
+      </c>
+      <c r="H54" s="15">
+        <f t="shared" si="3"/>
+        <v>5.8</v>
+      </c>
+      <c r="I54" s="16"/>
+      <c r="J54" s="16"/>
+      <c r="K54" s="16"/>
+      <c r="L54" s="16"/>
+      <c r="M54" s="16"/>
+      <c r="N54" s="16"/>
+      <c r="O54" s="16"/>
+      <c r="P54" s="16"/>
+      <c r="Q54" s="16"/>
+      <c r="R54" s="16"/>
+      <c r="S54" s="16"/>
+      <c r="T54" s="16"/>
+    </row>
+    <row r="55" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B55" s="14">
+        <v>50</v>
+      </c>
+      <c r="C55" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D55" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B55)</f>
+        <v>7.2</v>
+      </c>
+      <c r="E55" s="15">
+        <f t="shared" si="0"/>
+        <v>7.2050000000000001</v>
+      </c>
+      <c r="F55" s="15">
+        <f t="shared" si="1"/>
+        <v>16</v>
+      </c>
+      <c r="G55" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Ballarat </v>
+      </c>
+      <c r="H55" s="15">
+        <f t="shared" si="3"/>
+        <v>5.8</v>
+      </c>
+      <c r="I55" s="16"/>
+      <c r="J55" s="16"/>
+      <c r="K55" s="16"/>
+      <c r="L55" s="16"/>
+      <c r="M55" s="16"/>
+      <c r="N55" s="16"/>
+      <c r="O55" s="16"/>
+      <c r="P55" s="16"/>
+      <c r="Q55" s="16"/>
+      <c r="R55" s="16"/>
+      <c r="S55" s="16"/>
+      <c r="T55" s="16"/>
+    </row>
+    <row r="56" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B56" s="14">
+        <v>51</v>
+      </c>
+      <c r="C56" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D56" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B56)</f>
+        <v>6.1</v>
+      </c>
+      <c r="E56" s="15">
+        <f t="shared" si="0"/>
+        <v>6.1050999999999993</v>
+      </c>
+      <c r="F56" s="15">
+        <f t="shared" si="1"/>
+        <v>39</v>
+      </c>
+      <c r="G56" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Wangaratta </v>
+      </c>
+      <c r="H56" s="15">
+        <f t="shared" si="3"/>
+        <v>5.7</v>
+      </c>
+      <c r="I56" s="16"/>
+      <c r="J56" s="16"/>
+      <c r="K56" s="16"/>
+      <c r="L56" s="16"/>
+      <c r="M56" s="16"/>
+      <c r="N56" s="16"/>
+      <c r="O56" s="16"/>
+      <c r="P56" s="16"/>
+      <c r="Q56" s="16"/>
+      <c r="R56" s="16"/>
+      <c r="S56" s="16"/>
+      <c r="T56" s="16"/>
+    </row>
+    <row r="57" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B57" s="14">
+        <v>52</v>
+      </c>
+      <c r="C57" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D57" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B57)</f>
+        <v>6.2</v>
+      </c>
+      <c r="E57" s="15">
+        <f t="shared" si="0"/>
+        <v>6.2052000000000005</v>
+      </c>
+      <c r="F57" s="15">
+        <f t="shared" si="1"/>
+        <v>36</v>
+      </c>
+      <c r="G57" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Murrindindi </v>
+      </c>
+      <c r="H57" s="15">
+        <f t="shared" si="3"/>
+        <v>5.7</v>
+      </c>
+      <c r="I57" s="16"/>
+      <c r="J57" s="16"/>
+      <c r="K57" s="16"/>
+      <c r="L57" s="16"/>
+      <c r="M57" s="16"/>
+      <c r="N57" s="16"/>
+      <c r="O57" s="16"/>
+      <c r="P57" s="16"/>
+      <c r="Q57" s="16"/>
+      <c r="R57" s="16"/>
+      <c r="S57" s="16"/>
+      <c r="T57" s="16"/>
+    </row>
+    <row r="58" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B58" s="14">
+        <v>53</v>
+      </c>
+      <c r="C58" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D58" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B58)</f>
+        <v>6.8</v>
+      </c>
+      <c r="E58" s="15">
+        <f t="shared" si="0"/>
+        <v>6.8052999999999999</v>
+      </c>
+      <c r="F58" s="15">
+        <f t="shared" si="1"/>
+        <v>23</v>
+      </c>
+      <c r="G58" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Mitchell </v>
+      </c>
+      <c r="H58" s="15">
+        <f t="shared" si="3"/>
+        <v>5.7</v>
+      </c>
+      <c r="I58" s="16"/>
+      <c r="J58" s="16"/>
+      <c r="K58" s="16"/>
+      <c r="L58" s="16"/>
+      <c r="M58" s="16"/>
+      <c r="N58" s="16"/>
+      <c r="O58" s="16"/>
+      <c r="P58" s="16"/>
+      <c r="Q58" s="16"/>
+      <c r="R58" s="16"/>
+      <c r="S58" s="16"/>
+      <c r="T58" s="16"/>
+    </row>
+    <row r="59" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B59" s="14">
+        <v>54</v>
+      </c>
+      <c r="C59" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D59" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B59)</f>
+        <v>5.8</v>
+      </c>
+      <c r="E59" s="15">
+        <f t="shared" si="0"/>
+        <v>5.8053999999999997</v>
+      </c>
+      <c r="F59" s="15">
+        <f t="shared" si="1"/>
+        <v>47</v>
+      </c>
+      <c r="G59" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Hepburn </v>
+      </c>
+      <c r="H59" s="15">
+        <f t="shared" si="3"/>
+        <v>5.7</v>
+      </c>
+      <c r="I59" s="16"/>
+      <c r="J59" s="16"/>
+      <c r="K59" s="16"/>
+      <c r="L59" s="16"/>
+      <c r="M59" s="16"/>
+      <c r="N59" s="16"/>
+      <c r="O59" s="16"/>
+      <c r="P59" s="16"/>
+      <c r="Q59" s="16"/>
+      <c r="R59" s="16"/>
+      <c r="S59" s="16"/>
+      <c r="T59" s="16"/>
+    </row>
+    <row r="60" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B60" s="14">
+        <v>55</v>
+      </c>
+      <c r="C60" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D60" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B60)</f>
+        <v>6.8</v>
+      </c>
+      <c r="E60" s="15">
+        <f t="shared" si="0"/>
+        <v>6.8054999999999994</v>
+      </c>
+      <c r="F60" s="15">
+        <f t="shared" si="1"/>
+        <v>22</v>
+      </c>
+      <c r="G60" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Greater Bendigo </v>
+      </c>
+      <c r="H60" s="15">
+        <f t="shared" si="3"/>
+        <v>5.7</v>
+      </c>
+      <c r="I60" s="16"/>
+      <c r="J60" s="16"/>
+      <c r="K60" s="16"/>
+      <c r="L60" s="16"/>
+      <c r="M60" s="16"/>
+      <c r="N60" s="16"/>
+      <c r="O60" s="16"/>
+      <c r="P60" s="16"/>
+      <c r="Q60" s="16"/>
+      <c r="R60" s="16"/>
+      <c r="S60" s="16"/>
+      <c r="T60" s="16"/>
+    </row>
+    <row r="61" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B61" s="14">
+        <v>56</v>
+      </c>
+      <c r="C61" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D61" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B61)</f>
+        <v>5.7</v>
+      </c>
+      <c r="E61" s="15">
+        <f t="shared" si="0"/>
+        <v>5.7056000000000004</v>
+      </c>
+      <c r="F61" s="15">
+        <f t="shared" si="1"/>
+        <v>52</v>
+      </c>
+      <c r="G61" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Glenelg </v>
+      </c>
+      <c r="H61" s="15">
+        <f t="shared" si="3"/>
+        <v>5.7</v>
+      </c>
+      <c r="I61" s="16"/>
+      <c r="J61" s="16"/>
+      <c r="K61" s="16"/>
+      <c r="L61" s="16"/>
+      <c r="M61" s="16"/>
+      <c r="N61" s="16"/>
+      <c r="O61" s="16"/>
+      <c r="P61" s="16"/>
+      <c r="Q61" s="16"/>
+      <c r="R61" s="16"/>
+      <c r="S61" s="16"/>
+      <c r="T61" s="16"/>
+    </row>
+    <row r="62" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B62" s="14">
+        <v>57</v>
+      </c>
+      <c r="C62" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D62" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B62)</f>
+        <v>8.6</v>
+      </c>
+      <c r="E62" s="15">
+        <f t="shared" si="0"/>
+        <v>8.6056999999999988</v>
+      </c>
+      <c r="F62" s="15">
+        <f t="shared" si="1"/>
+        <v>1</v>
+      </c>
+      <c r="G62" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Colac-Otway </v>
+      </c>
+      <c r="H62" s="15">
+        <f t="shared" si="3"/>
+        <v>5.7</v>
+      </c>
+      <c r="I62" s="16"/>
+      <c r="J62" s="16"/>
+      <c r="K62" s="16"/>
+      <c r="L62" s="16"/>
+      <c r="M62" s="16"/>
+      <c r="N62" s="16"/>
+      <c r="O62" s="16"/>
+      <c r="P62" s="16"/>
+      <c r="Q62" s="16"/>
+      <c r="R62" s="16"/>
+      <c r="S62" s="16"/>
+      <c r="T62" s="16"/>
+    </row>
+    <row r="63" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B63" s="14">
+        <v>58</v>
+      </c>
+      <c r="C63" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D63" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B63)</f>
+        <v>5.3</v>
+      </c>
+      <c r="E63" s="15">
+        <f t="shared" si="0"/>
+        <v>5.3057999999999996</v>
+      </c>
+      <c r="F63" s="15">
+        <f t="shared" si="1"/>
+        <v>63</v>
+      </c>
+      <c r="G63" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Wodonga </v>
+      </c>
+      <c r="H63" s="15">
+        <f t="shared" si="3"/>
+        <v>5.6</v>
+      </c>
+      <c r="I63" s="16"/>
+      <c r="J63" s="16"/>
+      <c r="K63" s="16"/>
+      <c r="L63" s="16"/>
+      <c r="M63" s="16"/>
+      <c r="N63" s="16"/>
+      <c r="O63" s="16"/>
+      <c r="P63" s="16"/>
+      <c r="Q63" s="16"/>
+      <c r="R63" s="16"/>
+      <c r="S63" s="16"/>
+      <c r="T63" s="16"/>
+    </row>
+    <row r="64" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B64" s="14">
+        <v>59</v>
+      </c>
+      <c r="C64" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D64" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B64)</f>
+        <v>7.4</v>
+      </c>
+      <c r="E64" s="15">
+        <f t="shared" si="0"/>
+        <v>7.4058999999999999</v>
+      </c>
+      <c r="F64" s="15">
+        <f t="shared" si="1"/>
+        <v>14</v>
+      </c>
+      <c r="G64" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Gannawarra </v>
+      </c>
+      <c r="H64" s="15">
+        <f t="shared" si="3"/>
+        <v>5.6</v>
+      </c>
+      <c r="I64" s="16"/>
+      <c r="J64" s="16"/>
+      <c r="K64" s="16"/>
+      <c r="L64" s="16"/>
+      <c r="M64" s="16"/>
+      <c r="N64" s="16"/>
+      <c r="O64" s="16"/>
+      <c r="P64" s="16"/>
+      <c r="Q64" s="16"/>
+      <c r="R64" s="16"/>
+      <c r="S64" s="16"/>
+      <c r="T64" s="16"/>
+    </row>
+    <row r="65" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B65" s="14">
+        <v>60</v>
+      </c>
+      <c r="C65" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D65" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B65)</f>
         <v>5</v>
       </c>
-      <c r="J13" s="16" t="s">
-[...32 lines deleted...]
-      <c r="E14" s="16">
+      <c r="E65" s="15">
         <f t="shared" si="0"/>
-        <v>9.0008999999999997</v>
-[...53 lines deleted...]
-      <c r="F15" s="16">
+        <v>5.0060000000000002</v>
+      </c>
+      <c r="F65" s="15">
         <f t="shared" si="1"/>
         <v>69</v>
       </c>
-      <c r="G15" s="16" t="str">
+      <c r="G65" s="15" t="str">
         <f t="shared" si="2"/>
-        <v xml:space="preserve">Southern Grampians </v>
-[...1 lines deleted...]
-      <c r="H15" s="16">
+        <v xml:space="preserve">Campaspe </v>
+      </c>
+      <c r="H65" s="15">
         <f t="shared" si="3"/>
-        <v>8.6999999999999993</v>
-[...24 lines deleted...]
-      </c>
+        <v>5.6</v>
+      </c>
+      <c r="I65" s="16"/>
+      <c r="J65" s="16"/>
+      <c r="K65" s="16"/>
+      <c r="L65" s="16"/>
+      <c r="M65" s="16"/>
+      <c r="N65" s="16"/>
+      <c r="O65" s="16"/>
+      <c r="P65" s="16"/>
+      <c r="Q65" s="16"/>
+      <c r="R65" s="16"/>
+      <c r="S65" s="16"/>
+      <c r="T65" s="16"/>
     </row>
-    <row r="16" spans="1:31" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E16" s="16">
+    <row r="66" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B66" s="14">
+        <v>61</v>
+      </c>
+      <c r="C66" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D66" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B66)</f>
+        <v>7.8</v>
+      </c>
+      <c r="E66" s="15">
         <f t="shared" si="0"/>
-        <v>9.7010999999999985</v>
-[...1 lines deleted...]
-      <c r="F16" s="16">
+        <v>7.8060999999999998</v>
+      </c>
+      <c r="F66" s="15">
+        <f t="shared" si="1"/>
+        <v>6</v>
+      </c>
+      <c r="G66" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Yarriambiak </v>
+      </c>
+      <c r="H66" s="15">
+        <f t="shared" si="3"/>
+        <v>5.5</v>
+      </c>
+      <c r="I66" s="16"/>
+      <c r="J66" s="16"/>
+      <c r="K66" s="16"/>
+      <c r="L66" s="16"/>
+      <c r="M66" s="16"/>
+      <c r="N66" s="16"/>
+      <c r="O66" s="16"/>
+      <c r="P66" s="16"/>
+      <c r="Q66" s="16"/>
+      <c r="R66" s="16"/>
+      <c r="S66" s="16"/>
+      <c r="T66" s="16"/>
+    </row>
+    <row r="67" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B67" s="14">
+        <v>62</v>
+      </c>
+      <c r="C67" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D67" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B67)</f>
+        <v>6.2</v>
+      </c>
+      <c r="E67" s="15">
+        <f t="shared" si="0"/>
+        <v>6.2061999999999999</v>
+      </c>
+      <c r="F67" s="15">
+        <f t="shared" si="1"/>
+        <v>35</v>
+      </c>
+      <c r="G67" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Ararat </v>
+      </c>
+      <c r="H67" s="15">
+        <f t="shared" si="3"/>
+        <v>5.5</v>
+      </c>
+      <c r="I67" s="16"/>
+      <c r="J67" s="16"/>
+      <c r="K67" s="16"/>
+      <c r="L67" s="16"/>
+      <c r="M67" s="16"/>
+      <c r="N67" s="16"/>
+      <c r="O67" s="16"/>
+      <c r="P67" s="16"/>
+      <c r="Q67" s="16"/>
+      <c r="R67" s="16"/>
+      <c r="S67" s="16"/>
+      <c r="T67" s="16"/>
+    </row>
+    <row r="68" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B68" s="14">
+        <v>63</v>
+      </c>
+      <c r="C68" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D68" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B68)</f>
+        <v>6.8</v>
+      </c>
+      <c r="E68" s="15">
+        <f t="shared" si="0"/>
+        <v>6.8063000000000002</v>
+      </c>
+      <c r="F68" s="15">
+        <f t="shared" si="1"/>
+        <v>21</v>
+      </c>
+      <c r="G68" s="15" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve">Northern Grampians </v>
+      </c>
+      <c r="H68" s="15">
+        <f t="shared" si="3"/>
+        <v>5.3</v>
+      </c>
+      <c r="I68" s="16"/>
+      <c r="J68" s="16"/>
+      <c r="K68" s="16"/>
+      <c r="L68" s="16"/>
+      <c r="M68" s="16"/>
+      <c r="N68" s="16"/>
+      <c r="O68" s="16"/>
+      <c r="P68" s="16"/>
+      <c r="Q68" s="16"/>
+      <c r="R68" s="16"/>
+      <c r="S68" s="16"/>
+      <c r="T68" s="16"/>
+    </row>
+    <row r="69" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B69" s="14">
+        <v>64</v>
+      </c>
+      <c r="C69" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D69" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B69)</f>
+        <v>7.9</v>
+      </c>
+      <c r="E69" s="15">
+        <f t="shared" si="0"/>
+        <v>7.9064000000000005</v>
+      </c>
+      <c r="F69" s="15">
         <f t="shared" si="1"/>
         <v>5</v>
       </c>
-      <c r="G16" s="16" t="str">
-[...49 lines deleted...]
-      <c r="G17" s="16" t="str">
+      <c r="G69" s="15" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">Hindmarsh </v>
       </c>
-      <c r="H17" s="16">
+      <c r="H69" s="15">
         <f t="shared" si="3"/>
-        <v>8.3000000000000007</v>
-[...22 lines deleted...]
-      <c r="AE17" s="17"/>
+        <v>5.3</v>
+      </c>
+      <c r="I69" s="16"/>
+      <c r="J69" s="16"/>
+      <c r="K69" s="16"/>
+      <c r="L69" s="16"/>
+      <c r="M69" s="16"/>
+      <c r="N69" s="16"/>
+      <c r="O69" s="16"/>
+      <c r="P69" s="16"/>
+      <c r="Q69" s="16"/>
+      <c r="R69" s="16"/>
+      <c r="S69" s="16"/>
+      <c r="T69" s="16"/>
     </row>
-    <row r="18" spans="2:31" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E18" s="16">
+    <row r="70" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B70" s="14">
+        <v>65</v>
+      </c>
+      <c r="C70" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D70" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B70)</f>
+        <v>6</v>
+      </c>
+      <c r="E70" s="15">
         <f t="shared" si="0"/>
-        <v>4.7012999999999998</v>
-[...739 lines deleted...]
-      <c r="F36" s="16">
+        <v>6.0065</v>
+      </c>
+      <c r="F70" s="15">
         <f t="shared" si="1"/>
         <v>42</v>
       </c>
-      <c r="G36" s="16" t="str">
-[...653 lines deleted...]
-      <c r="G52" s="16" t="str">
+      <c r="G70" s="15" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">Moira </v>
       </c>
-      <c r="H52" s="16">
+      <c r="H70" s="15">
         <f t="shared" si="3"/>
+        <v>5.2</v>
+      </c>
+      <c r="I70" s="16"/>
+      <c r="J70" s="16"/>
+      <c r="K70" s="16"/>
+      <c r="L70" s="16"/>
+      <c r="M70" s="16"/>
+      <c r="N70" s="16"/>
+      <c r="O70" s="16"/>
+      <c r="P70" s="16"/>
+      <c r="Q70" s="16"/>
+      <c r="R70" s="16"/>
+      <c r="S70" s="16"/>
+      <c r="T70" s="16"/>
+    </row>
+    <row r="71" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B71" s="14">
+        <v>66</v>
+      </c>
+      <c r="C71" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D71" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B71)</f>
+        <v>8.3000000000000007</v>
+      </c>
+      <c r="E71" s="15">
+        <f t="shared" ref="E71:E85" si="4">D71+B71*0.0001</f>
+        <v>8.3066000000000013</v>
+      </c>
+      <c r="F71" s="15">
+        <f t="shared" ref="F71:F84" si="5">RANK(E71,E$6:E$84)</f>
+        <v>2</v>
+      </c>
+      <c r="G71" s="15" t="str">
+        <f t="shared" ref="G71:G84" si="6">VLOOKUP(MATCH(B71,F$6:F$84,0),$B$6:$D$84,2)</f>
+        <v xml:space="preserve">Benalla </v>
+      </c>
+      <c r="H71" s="15">
+        <f t="shared" ref="H71:H84" si="7">VLOOKUP(MATCH(B71,F$6:F$84,0),$B$6:$D$84,3)</f>
+        <v>5.2</v>
+      </c>
+      <c r="I71" s="16"/>
+      <c r="J71" s="16"/>
+      <c r="K71" s="16"/>
+      <c r="L71" s="16"/>
+      <c r="M71" s="16"/>
+      <c r="N71" s="16"/>
+      <c r="O71" s="16"/>
+      <c r="P71" s="16"/>
+      <c r="Q71" s="16"/>
+      <c r="R71" s="16"/>
+      <c r="S71" s="16"/>
+      <c r="T71" s="16"/>
+    </row>
+    <row r="72" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B72" s="14">
+        <v>67</v>
+      </c>
+      <c r="C72" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D72" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B72)</f>
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="E72" s="15">
+        <f t="shared" si="4"/>
+        <v>4.9067000000000007</v>
+      </c>
+      <c r="F72" s="15">
+        <f t="shared" si="5"/>
+        <v>71</v>
+      </c>
+      <c r="G72" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">Bass Coast </v>
+      </c>
+      <c r="H72" s="15">
+        <f t="shared" si="7"/>
+        <v>5.2</v>
+      </c>
+      <c r="I72" s="16"/>
+      <c r="J72" s="16"/>
+      <c r="K72" s="16"/>
+      <c r="L72" s="16"/>
+      <c r="M72" s="16"/>
+      <c r="N72" s="16"/>
+      <c r="O72" s="16"/>
+      <c r="P72" s="16"/>
+      <c r="Q72" s="16"/>
+      <c r="R72" s="16"/>
+      <c r="S72" s="16"/>
+      <c r="T72" s="16"/>
+    </row>
+    <row r="73" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B73" s="14">
+        <v>68</v>
+      </c>
+      <c r="C73" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D73" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B73)</f>
+        <v>6.4</v>
+      </c>
+      <c r="E73" s="15">
+        <f t="shared" si="4"/>
+        <v>6.4068000000000005</v>
+      </c>
+      <c r="F73" s="15">
+        <f t="shared" si="5"/>
+        <v>30</v>
+      </c>
+      <c r="G73" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">Wellington </v>
+      </c>
+      <c r="H73" s="15">
+        <f t="shared" si="7"/>
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="I73" s="16"/>
+      <c r="J73" s="16"/>
+      <c r="K73" s="16"/>
+      <c r="L73" s="16"/>
+      <c r="M73" s="16"/>
+      <c r="N73" s="16"/>
+      <c r="O73" s="16"/>
+      <c r="P73" s="16"/>
+      <c r="Q73" s="16"/>
+      <c r="R73" s="16"/>
+      <c r="S73" s="16"/>
+      <c r="T73" s="16"/>
+    </row>
+    <row r="74" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B74" s="14">
+        <v>69</v>
+      </c>
+      <c r="C74" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D74" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B74)</f>
         <v>5.7</v>
       </c>
-      <c r="I52" s="17"/>
-[...10 lines deleted...]
-      <c r="T52" s="17"/>
+      <c r="E74" s="15">
+        <f t="shared" si="4"/>
+        <v>5.7069000000000001</v>
+      </c>
+      <c r="F74" s="15">
+        <f t="shared" si="5"/>
+        <v>51</v>
+      </c>
+      <c r="G74" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">Pyrenees </v>
+      </c>
+      <c r="H74" s="15">
+        <f t="shared" si="7"/>
+        <v>5</v>
+      </c>
+      <c r="I74" s="16"/>
+      <c r="J74" s="16"/>
+      <c r="K74" s="16"/>
+      <c r="L74" s="16"/>
+      <c r="M74" s="16"/>
+      <c r="N74" s="16"/>
+      <c r="O74" s="16"/>
+      <c r="P74" s="16"/>
+      <c r="Q74" s="16"/>
+      <c r="R74" s="16"/>
+      <c r="S74" s="16"/>
+      <c r="T74" s="16"/>
     </row>
-    <row r="53" spans="2:20" x14ac:dyDescent="0.45">
-[...37 lines deleted...]
-      <c r="T53" s="17"/>
+    <row r="75" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B75" s="14">
+        <v>70</v>
+      </c>
+      <c r="C75" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D75" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B75)</f>
+        <v>6.3</v>
+      </c>
+      <c r="E75" s="15">
+        <f t="shared" si="4"/>
+        <v>6.3069999999999995</v>
+      </c>
+      <c r="F75" s="15">
+        <f t="shared" si="5"/>
+        <v>34</v>
+      </c>
+      <c r="G75" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">Hume </v>
+      </c>
+      <c r="H75" s="15">
+        <f t="shared" si="7"/>
+        <v>5</v>
+      </c>
+      <c r="I75" s="16"/>
+      <c r="J75" s="16"/>
+      <c r="K75" s="16"/>
+      <c r="L75" s="16"/>
+      <c r="M75" s="16"/>
+      <c r="N75" s="16"/>
+      <c r="O75" s="16"/>
+      <c r="P75" s="16"/>
+      <c r="Q75" s="16"/>
+      <c r="R75" s="16"/>
+      <c r="S75" s="16"/>
+      <c r="T75" s="16"/>
     </row>
-    <row r="54" spans="2:20" x14ac:dyDescent="0.45">
-[...37 lines deleted...]
-      <c r="T54" s="17"/>
+    <row r="76" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B76" s="14">
+        <v>71</v>
+      </c>
+      <c r="C76" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D76" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B76)</f>
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="E76" s="15">
+        <f t="shared" si="4"/>
+        <v>5.1071</v>
+      </c>
+      <c r="F76" s="15">
+        <f t="shared" si="5"/>
+        <v>68</v>
+      </c>
+      <c r="G76" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">Swan Hill </v>
+      </c>
+      <c r="H76" s="15">
+        <f t="shared" si="7"/>
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I76" s="16"/>
+      <c r="J76" s="16"/>
+      <c r="K76" s="16"/>
+      <c r="L76" s="16"/>
+      <c r="M76" s="16"/>
+      <c r="N76" s="16"/>
+      <c r="O76" s="16"/>
+      <c r="P76" s="16"/>
+      <c r="Q76" s="16"/>
+      <c r="R76" s="16"/>
+      <c r="S76" s="16"/>
+      <c r="T76" s="16"/>
     </row>
-    <row r="55" spans="2:20" x14ac:dyDescent="0.45">
-[...3 lines deleted...]
-      <c r="C55" s="16" t="s">
+    <row r="77" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B77" s="14">
+        <v>72</v>
+      </c>
+      <c r="C77" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D77" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B77)</f>
+        <v>6.4</v>
+      </c>
+      <c r="E77" s="15">
+        <f t="shared" si="4"/>
+        <v>6.4072000000000005</v>
+      </c>
+      <c r="F77" s="15">
+        <f t="shared" si="5"/>
+        <v>29</v>
+      </c>
+      <c r="G77" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">Loddon </v>
+      </c>
+      <c r="H77" s="15">
+        <f t="shared" si="7"/>
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I77" s="16"/>
+      <c r="J77" s="16"/>
+      <c r="K77" s="16"/>
+      <c r="L77" s="16"/>
+      <c r="M77" s="16"/>
+      <c r="N77" s="16"/>
+      <c r="O77" s="16"/>
+      <c r="P77" s="16"/>
+      <c r="Q77" s="16"/>
+      <c r="R77" s="16"/>
+      <c r="S77" s="16"/>
+      <c r="T77" s="16"/>
+    </row>
+    <row r="78" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B78" s="14">
+        <v>73</v>
+      </c>
+      <c r="C78" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D78" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B78)</f>
+        <v>7.3</v>
+      </c>
+      <c r="E78" s="15">
+        <f t="shared" si="4"/>
+        <v>7.3072999999999997</v>
+      </c>
+      <c r="F78" s="15">
+        <f t="shared" si="5"/>
+        <v>15</v>
+      </c>
+      <c r="G78" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">Greater Shepparton </v>
+      </c>
+      <c r="H78" s="15">
+        <f t="shared" si="7"/>
+        <v>4.8</v>
+      </c>
+      <c r="I78" s="16"/>
+      <c r="J78" s="16"/>
+      <c r="K78" s="16"/>
+      <c r="L78" s="16"/>
+      <c r="M78" s="16"/>
+      <c r="N78" s="16"/>
+      <c r="O78" s="16"/>
+      <c r="P78" s="16"/>
+      <c r="Q78" s="16"/>
+      <c r="R78" s="16"/>
+      <c r="S78" s="16"/>
+      <c r="T78" s="16"/>
+    </row>
+    <row r="79" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B79" s="14">
+        <v>74</v>
+      </c>
+      <c r="C79" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D79" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B79)</f>
+        <v>5.8</v>
+      </c>
+      <c r="E79" s="15">
+        <f t="shared" si="4"/>
+        <v>5.8073999999999995</v>
+      </c>
+      <c r="F79" s="15">
+        <f t="shared" si="5"/>
+        <v>46</v>
+      </c>
+      <c r="G79" s="15" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve">East Gippsland </v>
+      </c>
+      <c r="H79" s="15">
+        <f t="shared" si="7"/>
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I79" s="16"/>
+      <c r="J79" s="16"/>
+      <c r="K79" s="16"/>
+      <c r="L79" s="16"/>
+      <c r="M79" s="16"/>
+      <c r="N79" s="16"/>
+      <c r="O79" s="16"/>
+      <c r="P79" s="16"/>
+      <c r="Q79" s="16"/>
+      <c r="R79" s="16"/>
+      <c r="S79" s="16"/>
+      <c r="T79" s="16"/>
+    </row>
+    <row r="80" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B80" s="14">
+        <v>75</v>
+      </c>
+      <c r="C80" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D80" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B80)</f>
+        <v>5.6</v>
+      </c>
+      <c r="E80" s="15">
+        <f t="shared" si="4"/>
+        <v>5.6074999999999999</v>
+      </c>
+      <c r="F80" s="15">
+        <f t="shared" si="5"/>
         <v>58</v>
       </c>
-      <c r="D55" s="16">
-[...771 lines deleted...]
-      <c r="G74" s="16" t="str">
+      <c r="G80" s="15" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve">Brimbank </v>
       </c>
-      <c r="H74" s="16">
+      <c r="H80" s="15">
         <f t="shared" si="7"/>
-        <v>3.7</v>
-[...12 lines deleted...]
-      <c r="T74" s="17"/>
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="I80" s="16"/>
+      <c r="J80" s="16"/>
+      <c r="K80" s="16"/>
+      <c r="L80" s="16"/>
+      <c r="M80" s="16"/>
+      <c r="N80" s="16"/>
+      <c r="O80" s="16"/>
+      <c r="P80" s="16"/>
+      <c r="Q80" s="16"/>
+      <c r="R80" s="16"/>
+      <c r="S80" s="16"/>
+      <c r="T80" s="16"/>
     </row>
-    <row r="75" spans="2:20" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E75" s="16">
+    <row r="81" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B81" s="14">
+        <v>76</v>
+      </c>
+      <c r="C81" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D81" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B81)</f>
+        <v>6.4</v>
+      </c>
+      <c r="E81" s="15">
         <f t="shared" si="4"/>
-        <v>6.0069999999999997</v>
-[...1 lines deleted...]
-      <c r="F75" s="16">
+        <v>6.4076000000000004</v>
+      </c>
+      <c r="F81" s="15">
         <f t="shared" si="5"/>
-        <v>38</v>
-[...201 lines deleted...]
-      <c r="G80" s="16" t="str">
+        <v>28</v>
+      </c>
+      <c r="G81" s="15" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve">Mildura </v>
       </c>
-      <c r="H80" s="16">
+      <c r="H81" s="15">
         <f t="shared" si="7"/>
-        <v>2.7</v>
-[...12 lines deleted...]
-      <c r="T80" s="17"/>
+        <v>4.5</v>
+      </c>
+      <c r="I81" s="16"/>
+      <c r="J81" s="16"/>
+      <c r="K81" s="16"/>
+      <c r="L81" s="16"/>
+      <c r="M81" s="16"/>
+      <c r="N81" s="16"/>
+      <c r="O81" s="16"/>
+      <c r="P81" s="16"/>
+      <c r="Q81" s="16"/>
+      <c r="R81" s="16"/>
+      <c r="S81" s="16"/>
+      <c r="T81" s="16"/>
     </row>
-    <row r="81" spans="2:20" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E81" s="16">
+    <row r="82" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B82" s="14">
+        <v>77</v>
+      </c>
+      <c r="C82" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D82" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B82)</f>
+        <v>6.9</v>
+      </c>
+      <c r="E82" s="15">
         <f t="shared" si="4"/>
-        <v>5.7076000000000002</v>
-[...1 lines deleted...]
-      <c r="F81" s="16">
+        <v>6.9077000000000002</v>
+      </c>
+      <c r="F82" s="15">
         <f t="shared" si="5"/>
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="G81" s="16" t="str">
+        <v>19</v>
+      </c>
+      <c r="G82" s="15" t="str">
         <f t="shared" si="6"/>
-        <v xml:space="preserve">Horsham </v>
-[...1 lines deleted...]
-      <c r="H81" s="16">
+        <v xml:space="preserve">Latrobe </v>
+      </c>
+      <c r="H82" s="15">
         <f t="shared" si="7"/>
-        <v>2.7</v>
-[...12 lines deleted...]
-      <c r="T81" s="17"/>
+        <v>4.5</v>
+      </c>
+      <c r="I82" s="16"/>
+      <c r="J82" s="16"/>
+      <c r="K82" s="16"/>
+      <c r="L82" s="16"/>
+      <c r="M82" s="16"/>
+      <c r="N82" s="16"/>
+      <c r="O82" s="16"/>
+      <c r="P82" s="16"/>
+      <c r="Q82" s="16"/>
+      <c r="R82" s="16"/>
+      <c r="S82" s="16"/>
+      <c r="T82" s="16"/>
     </row>
-    <row r="82" spans="2:20" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="E82" s="16">
+    <row r="83" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B83" s="14">
+        <v>78</v>
+      </c>
+      <c r="C83" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D83" s="15">
+        <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B83)</f>
+        <v>7.4</v>
+      </c>
+      <c r="E83" s="15">
         <f t="shared" si="4"/>
-        <v>6.3076999999999996</v>
-[...1 lines deleted...]
-      <c r="F82" s="16">
+        <v>7.4077999999999999</v>
+      </c>
+      <c r="F83" s="15">
         <f t="shared" si="5"/>
-        <v>33</v>
-[...41 lines deleted...]
-      <c r="G83" s="16" t="str">
+        <v>13</v>
+      </c>
+      <c r="G83" s="15" t="str">
         <f t="shared" si="6"/>
         <v xml:space="preserve">Greater Dandenong </v>
       </c>
-      <c r="H83" s="16">
+      <c r="H83" s="15">
         <f t="shared" si="7"/>
-        <v>2.2999999999999998</v>
-[...12 lines deleted...]
-      <c r="T83" s="17"/>
+        <v>4.3</v>
+      </c>
+      <c r="I83" s="16"/>
+      <c r="J83" s="16"/>
+      <c r="K83" s="16"/>
+      <c r="L83" s="16"/>
+      <c r="M83" s="16"/>
+      <c r="N83" s="16"/>
+      <c r="O83" s="16"/>
+      <c r="P83" s="16"/>
+      <c r="Q83" s="16"/>
+      <c r="R83" s="16"/>
+      <c r="S83" s="16"/>
+      <c r="T83" s="16"/>
     </row>
-    <row r="84" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B84" s="15">
+    <row r="84" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B84" s="14">
         <v>79</v>
       </c>
-      <c r="C84" s="16" t="s">
+      <c r="C84" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="D84" s="16">
+      <c r="D84" s="15">
         <f>VLOOKUP($F$4,Data!$A$5:$CC$14,2+$B84)</f>
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="E84" s="16">
+        <v>5.5</v>
+      </c>
+      <c r="E84" s="15">
         <f t="shared" si="4"/>
-        <v>8.0078999999999994</v>
-[...1 lines deleted...]
-      <c r="F84" s="16">
+        <v>5.5079000000000002</v>
+      </c>
+      <c r="F84" s="15">
         <f t="shared" si="5"/>
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G84" s="16" t="str">
+        <v>61</v>
+      </c>
+      <c r="G84" s="15" t="str">
         <f t="shared" si="6"/>
-        <v xml:space="preserve">Latrobe </v>
-[...1 lines deleted...]
-      <c r="H84" s="16">
+        <v xml:space="preserve">Central Goldfields </v>
+      </c>
+      <c r="H84" s="15">
         <f t="shared" si="7"/>
-        <v>2</v>
-[...12 lines deleted...]
-      <c r="T84" s="17"/>
+        <v>4.2</v>
+      </c>
+      <c r="I84" s="16"/>
+      <c r="J84" s="16"/>
+      <c r="K84" s="16"/>
+      <c r="L84" s="16"/>
+      <c r="M84" s="16"/>
+      <c r="N84" s="16"/>
+      <c r="O84" s="16"/>
+      <c r="P84" s="16"/>
+      <c r="Q84" s="16"/>
+      <c r="R84" s="16"/>
+      <c r="S84" s="16"/>
+      <c r="T84" s="16"/>
     </row>
-    <row r="85" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B85" s="15">
+    <row r="85" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B85" s="14">
         <v>80</v>
       </c>
-      <c r="C85" s="16" t="s">
+      <c r="C85" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D85" s="16">
+      <c r="D85" s="15">
         <f>VLOOKUP($F$4,Data!$A$5:$CE$14,2+$B85)</f>
-        <v>6.0405063291139234</v>
-[...1 lines deleted...]
-      <c r="E85" s="16">
+        <v>6.2037974683544297</v>
+      </c>
+      <c r="E85" s="15">
         <f t="shared" si="4"/>
-        <v>6.0485063291139234</v>
-[...15 lines deleted...]
-      <c r="T85" s="17"/>
+        <v>6.2117974683544297</v>
+      </c>
+      <c r="F85" s="16"/>
+      <c r="G85" s="16"/>
+      <c r="H85" s="16"/>
+      <c r="I85" s="16"/>
+      <c r="J85" s="16"/>
+      <c r="K85" s="16"/>
+      <c r="L85" s="16"/>
+      <c r="M85" s="16"/>
+      <c r="N85" s="16"/>
+      <c r="O85" s="16"/>
+      <c r="P85" s="16"/>
+      <c r="Q85" s="16"/>
+      <c r="R85" s="16"/>
+      <c r="S85" s="16"/>
+      <c r="T85" s="16"/>
     </row>
-    <row r="86" spans="2:20" x14ac:dyDescent="0.45">
-      <c r="B86" s="15">
+    <row r="86" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B86" s="14">
         <v>81</v>
       </c>
-      <c r="C86" s="16" t="s">
+      <c r="C86" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="D86" s="16">
+      <c r="D86" s="15">
         <f>VLOOKUP($F$4,Data!$A$5:$CE$14,2+$B86)</f>
-        <v>5.9903225806451621</v>
-[...16 lines deleted...]
-      <c r="T86" s="17"/>
+        <v>6.7612903225806456</v>
+      </c>
+      <c r="E86" s="16"/>
+      <c r="F86" s="16"/>
+      <c r="G86" s="16"/>
+      <c r="H86" s="16"/>
+      <c r="I86" s="16"/>
+      <c r="J86" s="16"/>
+      <c r="K86" s="16"/>
+      <c r="L86" s="16"/>
+      <c r="M86" s="16"/>
+      <c r="N86" s="16"/>
+      <c r="O86" s="16"/>
+      <c r="P86" s="16"/>
+      <c r="Q86" s="16"/>
+      <c r="R86" s="16"/>
+      <c r="S86" s="16"/>
+      <c r="T86" s="16"/>
     </row>
-    <row r="87" spans="2:20" x14ac:dyDescent="0.45">
-[...18 lines deleted...]
-      <c r="T87" s="17"/>
+    <row r="87" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B87" s="16"/>
+      <c r="C87" s="16"/>
+      <c r="D87" s="16"/>
+      <c r="E87" s="16"/>
+      <c r="F87" s="16"/>
+      <c r="G87" s="16"/>
+      <c r="H87" s="16"/>
+      <c r="I87" s="16"/>
+      <c r="J87" s="16"/>
+      <c r="K87" s="16"/>
+      <c r="L87" s="16"/>
+      <c r="M87" s="16"/>
+      <c r="N87" s="16"/>
+      <c r="O87" s="16"/>
+      <c r="P87" s="16"/>
+      <c r="Q87" s="16"/>
+      <c r="R87" s="16"/>
+      <c r="S87" s="16"/>
+      <c r="T87" s="16"/>
     </row>
   </sheetData>
   <sheetProtection password="CF21" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="12">
     <mergeCell ref="J48:Q49"/>
     <mergeCell ref="C1:Q1"/>
     <mergeCell ref="J30:Q31"/>
     <mergeCell ref="J32:Q33"/>
     <mergeCell ref="J34:Q35"/>
     <mergeCell ref="J36:Q37"/>
     <mergeCell ref="J29:P29"/>
     <mergeCell ref="J38:Q39"/>
     <mergeCell ref="J40:Q41"/>
     <mergeCell ref="J42:Q43"/>
     <mergeCell ref="J44:Q45"/>
     <mergeCell ref="J46:Q47"/>
   </mergeCells>
   <pageMargins left="1.1811023622047245" right="0.39370078740157483" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1025" r:id="rId4" name="Drop Down 1">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
-                    <xdr:colOff>657225</xdr:colOff>
+                    <xdr:colOff>660400</xdr:colOff>
                     <xdr:row>2</xdr:row>
-                    <xdr:rowOff>238125</xdr:rowOff>
+                    <xdr:rowOff>241300</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>590550</xdr:colOff>
                     <xdr:row>4</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1026" r:id="rId5" name="Drop Down 2">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>628650</xdr:colOff>
                     <xdr:row>5</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>6</xdr:row>
-                    <xdr:rowOff>9525</xdr:rowOff>
+                    <xdr:rowOff>12700</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="1027" r:id="rId6" name="Drop Down 3">
               <controlPr defaultSize="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>9</xdr:col>
                     <xdr:colOff>628650</xdr:colOff>
                     <xdr:row>2</xdr:row>
                     <xdr:rowOff>228600</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>11</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>3</xdr:row>
-                    <xdr:rowOff>180975</xdr:rowOff>
+                    <xdr:rowOff>184150</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
-<file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
+<file path=customXML/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps2.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
-<file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A8955729</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Quality of Life Measures</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2022-07-22T02:11:31Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2022-07-23T10:30:19Z</value>
+      <value order="0">2026-03-03T03:38:34Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2023-05-02T03:36:20Z</value>
+      <value order="0">2026-03-03T03:38:34Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Themes Z 2011</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Themes Z 2011</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA11447326</value>
+      <value order="0">vA16872422</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">1.0</value>
+      <value order="0">2.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">1</value>
+      <value order="0">2</value>
     </field>
     <field name="Objective-VersionComment">
-      <value order="0">First version</value>
+      <value order="0">Updating data</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA268988</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0"/>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Date">
         <value order="0"/>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Bulk Update Status">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
-<file path=customXML/itemProps.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXML/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
@@ -10022,78 +9985,78 @@
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A8955729</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>Quality of Life Measures</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2022-07-22T02:11:31Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2022-07-23T10:30:19Z</vt:filetime>
+    <vt:filetime>2026-03-03T03:38:34Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2023-05-02T03:36:20Z</vt:filetime>
+    <vt:filetime>2026-03-03T03:38:34Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Themes Z 2011</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Themes Z 2011</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA11447326</vt:lpwstr>
+    <vt:lpwstr>vA16872422</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>1</vt:r8>
+    <vt:r8>2</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr>First version</vt:lpwstr>
+    <vt:lpwstr>Updating data</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA268988</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>