--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -22,51 +22,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rf7cb5eedef8447ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Ra65afa901aaa4b43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3E257F9-FF46-4D5C-BFD8-163AE3D7A801}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="815" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All" sheetId="10" state="hidden" r:id="rId1"/>
     <sheet name="Municipal Details" sheetId="12" state="hidden" r:id="rId2"/>
     <sheet name="Comparison" sheetId="11" state="hidden" r:id="rId3"/>
     <sheet name="Sheet1" sheetId="13" r:id="rId4"/>
     <sheet name="Comparison data" sheetId="14" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Comparison!$B$1:$I$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Municipal Details'!$C$1:$H$53</definedName>
@@ -6152,51 +6152,51 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF003399"/>
       <color rgb="FF990000"/>
       <color rgb="FF000099"/>
       <color rgb="FF008000"/>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFF99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rda6de26d2146469f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd67c28971de1436a" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">