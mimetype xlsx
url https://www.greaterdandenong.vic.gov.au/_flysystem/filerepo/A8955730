--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -22,51 +22,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Ra65afa901aaa4b43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R30c817dd45364517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3E257F9-FF46-4D5C-BFD8-163AE3D7A801}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="815" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All" sheetId="10" state="hidden" r:id="rId1"/>
     <sheet name="Municipal Details" sheetId="12" state="hidden" r:id="rId2"/>
     <sheet name="Comparison" sheetId="11" state="hidden" r:id="rId3"/>
     <sheet name="Sheet1" sheetId="13" r:id="rId4"/>
     <sheet name="Comparison data" sheetId="14" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Comparison!$B$1:$I$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Municipal Details'!$C$1:$H$53</definedName>
@@ -6152,51 +6152,51 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF003399"/>
       <color rgb="FF990000"/>
       <color rgb="FF000099"/>
       <color rgb="FF008000"/>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFF99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd67c28971de1436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5cbc91f8316d48ba" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">