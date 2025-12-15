--- v2 (2025-11-18)
+++ v3 (2025-12-15)
@@ -22,51 +22,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R30c817dd45364517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R59783996e0cd490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3E257F9-FF46-4D5C-BFD8-163AE3D7A801}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="815" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All" sheetId="10" state="hidden" r:id="rId1"/>
     <sheet name="Municipal Details" sheetId="12" state="hidden" r:id="rId2"/>
     <sheet name="Comparison" sheetId="11" state="hidden" r:id="rId3"/>
     <sheet name="Sheet1" sheetId="13" r:id="rId4"/>
     <sheet name="Comparison data" sheetId="14" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Comparison!$B$1:$I$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Municipal Details'!$C$1:$H$53</definedName>
@@ -6152,51 +6152,51 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF003399"/>
       <color rgb="FF990000"/>
       <color rgb="FF000099"/>
       <color rgb="FF008000"/>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFF99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5cbc91f8316d48ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2f5c5aa6e3624698" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">