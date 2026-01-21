--- v3 (2025-12-15)
+++ v4 (2026-01-21)
@@ -22,51 +22,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R59783996e0cd490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6d0ee4a460be4c53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3E257F9-FF46-4D5C-BFD8-163AE3D7A801}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="815" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All" sheetId="10" state="hidden" r:id="rId1"/>
     <sheet name="Municipal Details" sheetId="12" state="hidden" r:id="rId2"/>
     <sheet name="Comparison" sheetId="11" state="hidden" r:id="rId3"/>
     <sheet name="Sheet1" sheetId="13" r:id="rId4"/>
     <sheet name="Comparison data" sheetId="14" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Comparison!$B$1:$I$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Municipal Details'!$C$1:$H$53</definedName>
@@ -6152,51 +6152,51 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF003399"/>
       <color rgb="FF990000"/>
       <color rgb="FF000099"/>
       <color rgb="FF008000"/>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFF99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2f5c5aa6e3624698" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R927a780ddda14b6a" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">