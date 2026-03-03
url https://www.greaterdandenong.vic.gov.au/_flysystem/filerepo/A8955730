--- v4 (2026-01-21)
+++ v5 (2026-03-03)
@@ -22,51 +22,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6d0ee4a460be4c53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R0c92f49bb4b64fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3E257F9-FF46-4D5C-BFD8-163AE3D7A801}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="815" firstSheet="3" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="All" sheetId="10" state="hidden" r:id="rId1"/>
     <sheet name="Municipal Details" sheetId="12" state="hidden" r:id="rId2"/>
     <sheet name="Comparison" sheetId="11" state="hidden" r:id="rId3"/>
     <sheet name="Sheet1" sheetId="13" r:id="rId4"/>
     <sheet name="Comparison data" sheetId="14" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Comparison!$B$1:$I$85</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Municipal Details'!$C$1:$H$53</definedName>
@@ -6152,51 +6152,51 @@
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF003399"/>
       <color rgb="FF990000"/>
       <color rgb="FF000099"/>
       <color rgb="FF008000"/>
       <color rgb="FF006600"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFF99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R927a780ddda14b6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R4ef0c8927e364c26" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">