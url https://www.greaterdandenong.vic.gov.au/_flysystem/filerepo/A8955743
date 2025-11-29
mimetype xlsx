--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rab795bfdbb7b4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rbbd9e313fd4347bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{D089131D-D1DF-4032-B0FC-3D4C385261BE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="CF21" lockStructure="1"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Original" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Sorting" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk525221567" localSheetId="0">Original!$B$3</definedName>
     <definedName name="_Hlk525221567" localSheetId="1">Sorting!#REF!</definedName>
     <definedName name="articleTop" localSheetId="0">Original!$B$14</definedName>
     <definedName name="articleTop" localSheetId="1">Sorting!#REF!</definedName>
@@ -7954,51 +7954,51 @@
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R94485793bb534e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R35eb1c81023b4795" /></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="Drop" dropLines="55" dropStyle="combo" dx="16" fmlaLink="$O$6" fmlaRange="$B$6:$B$324" sel="146" val="144"/>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>14</xdr:col>
           <xdr:colOff>0</xdr:colOff>
           <xdr:row>5</xdr:row>
           <xdr:rowOff>9525</xdr:rowOff>
         </xdr:from>
         <xdr:to>
           <xdr:col>15</xdr:col>
           <xdr:colOff>114300</xdr:colOff>
           <xdr:row>6</xdr:row>
           <xdr:rowOff>47625</xdr:rowOff>
         </xdr:to>
         <xdr:sp macro="" textlink="">
           <xdr:nvSpPr>