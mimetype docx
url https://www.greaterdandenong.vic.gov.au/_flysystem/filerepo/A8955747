--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R0517662512484942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R989690882d664fdd" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3790E2E4" w14:textId="55B0FF2B" w:rsidR="001F2E11" w:rsidRPr="001C1ECB" w:rsidRDefault="001C1ECB" w:rsidP="001C1ECB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C1ECB">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>National Elder Abuse Prevalence Study</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D56EAEE" w14:textId="77777777" w:rsidR="001C1ECB" w:rsidRPr="000B3340" w:rsidRDefault="001C1ECB" w:rsidP="008B65CC">
@@ -5348,51 +5348,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008021EA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R3ea2e60b87014dc5" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5dfb584b7b4540ca" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5662,63 +5662,63 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A8955747</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Elder Abuse - prevalence</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
-      <value order="0">2022-07-22T11:27:02Z</value>
+      <value order="0">2022-07-22T10:27:02Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2022-07-23T11:30:16Z</value>
+      <value order="0">2022-07-23T10:30:16Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2023-05-10T01:21:33Z</value>
+      <value order="0">2023-05-10T00:21:33Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Themes Z 2011</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Themes Z 2011</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
       <value order="0">vA11447344</value>
     </field>
     <field name="Objective-Version">
       <value order="0">1.0</value>
     </field>
     <field name="Objective-VersionNumber">
       <value order="0">1</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0">First version</value>
     </field>
@@ -5808,63 +5808,63 @@
   <dc:creator>Hayden Brown</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A8955747</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>Elder Abuse - prevalence</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
-    <vt:filetime>2022-07-22T11:27:02Z</vt:filetime>
+    <vt:filetime>2022-07-22T10:27:02Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2022-07-23T11:30:16Z</vt:filetime>
+    <vt:filetime>2022-07-23T10:30:16Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2023-05-10T01:21:33Z</vt:filetime>
+    <vt:filetime>2023-05-10T00:21:33Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Themes Z 2011</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Themes Z 2011</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
     <vt:lpwstr>vA11447344</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
     <vt:lpwstr>1.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
     <vt:r8>1</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr>First version</vt:lpwstr>
   </property>