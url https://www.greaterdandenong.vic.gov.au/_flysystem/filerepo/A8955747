--- v1 (2025-10-24)
+++ v2 (2025-11-18)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R989690882d664fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb919d40046b04074" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3790E2E4" w14:textId="55B0FF2B" w:rsidR="001F2E11" w:rsidRPr="001C1ECB" w:rsidRDefault="001C1ECB" w:rsidP="001C1ECB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C1ECB">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>National Elder Abuse Prevalence Study</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D56EAEE" w14:textId="77777777" w:rsidR="001C1ECB" w:rsidRPr="000B3340" w:rsidRDefault="001C1ECB" w:rsidP="008B65CC">
@@ -5348,51 +5348,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008021EA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5dfb584b7b4540ca" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5d8c47b74f874175" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>