--- v2 (2025-11-18)
+++ v3 (2025-12-13)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb919d40046b04074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb693e247f2524b38" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3790E2E4" w14:textId="55B0FF2B" w:rsidR="001F2E11" w:rsidRPr="001C1ECB" w:rsidRDefault="001C1ECB" w:rsidP="001C1ECB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C1ECB">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>National Elder Abuse Prevalence Study</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D56EAEE" w14:textId="77777777" w:rsidR="001C1ECB" w:rsidRPr="000B3340" w:rsidRDefault="001C1ECB" w:rsidP="008B65CC">
@@ -5348,51 +5348,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008021EA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5d8c47b74f874175" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7c1fe4aeccb1482c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>