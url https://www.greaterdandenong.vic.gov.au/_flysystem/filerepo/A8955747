--- v3 (2025-12-13)
+++ v4 (2026-01-21)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb693e247f2524b38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R47754d215c784ebc" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3790E2E4" w14:textId="55B0FF2B" w:rsidR="001F2E11" w:rsidRPr="001C1ECB" w:rsidRDefault="001C1ECB" w:rsidP="001C1ECB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C1ECB">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>National Elder Abuse Prevalence Study</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D56EAEE" w14:textId="77777777" w:rsidR="001C1ECB" w:rsidRPr="000B3340" w:rsidRDefault="001C1ECB" w:rsidP="008B65CC">
@@ -5348,51 +5348,51 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008021EA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7c1fe4aeccb1482c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aifs.gov.au/publications/national-elder-abuse-prevalence-study-final-report" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7c3cc3f8b8164037" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>