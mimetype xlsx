--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rba838381fc254fb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd396996bfd98421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B91EF478-713A-4662-BD7A-70FF68401155}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="874" xr2:uid="{BED75181-45E2-4E61-A4E0-C4A2AE61A3A7}"/>
   </bookViews>
   <sheets>
     <sheet name="Age &amp; Gender  Dec 2021" sheetId="1" r:id="rId1"/>
     <sheet name="Citizenship  Dec 2021" sheetId="2" r:id="rId2"/>
     <sheet name="Suburb  Dec 2021" sheetId="3" r:id="rId3"/>
     <sheet name="Municipality  Dec 2021" sheetId="4" r:id="rId4"/>
     <sheet name="Change  Dec 2021" sheetId="5" r:id="rId5"/>
     <sheet name="All Results Dec 2021" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender  Dec 2021'!$A$1:$L$36</definedName>
@@ -1472,51 +1472,51 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="cells" xfId="4" xr:uid="{B3A99625-2E2F-4EB1-B5E6-7FEE870A3CD9}"/>
     <cellStyle name="column field" xfId="2" xr:uid="{A28E5770-0A7C-4749-8515-AB746A6E4A7A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{6E3DB8A8-8E68-41D3-9088-BA8002649D8D}"/>
     <cellStyle name="rowfield" xfId="3" xr:uid="{E2F445CE-7947-40CF-B45D-1393F521F10E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R622672413eba4ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R725e081d35604be7" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>