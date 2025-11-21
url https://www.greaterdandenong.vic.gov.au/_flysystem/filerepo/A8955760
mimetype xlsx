--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd396996bfd98421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rea58d7c0a0d548a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B91EF478-713A-4662-BD7A-70FF68401155}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="874" xr2:uid="{BED75181-45E2-4E61-A4E0-C4A2AE61A3A7}"/>
   </bookViews>
   <sheets>
     <sheet name="Age &amp; Gender  Dec 2021" sheetId="1" r:id="rId1"/>
     <sheet name="Citizenship  Dec 2021" sheetId="2" r:id="rId2"/>
     <sheet name="Suburb  Dec 2021" sheetId="3" r:id="rId3"/>
     <sheet name="Municipality  Dec 2021" sheetId="4" r:id="rId4"/>
     <sheet name="Change  Dec 2021" sheetId="5" r:id="rId5"/>
     <sheet name="All Results Dec 2021" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender  Dec 2021'!$A$1:$L$36</definedName>
@@ -1472,51 +1472,51 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="cells" xfId="4" xr:uid="{B3A99625-2E2F-4EB1-B5E6-7FEE870A3CD9}"/>
     <cellStyle name="column field" xfId="2" xr:uid="{A28E5770-0A7C-4749-8515-AB746A6E4A7A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{6E3DB8A8-8E68-41D3-9088-BA8002649D8D}"/>
     <cellStyle name="rowfield" xfId="3" xr:uid="{E2F445CE-7947-40CF-B45D-1393F521F10E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R725e081d35604be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R3208867f7af14401" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>