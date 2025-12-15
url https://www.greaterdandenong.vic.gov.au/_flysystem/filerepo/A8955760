--- v2 (2025-11-21)
+++ v3 (2025-12-15)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rea58d7c0a0d548a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rbee8b9ffed93483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B91EF478-713A-4662-BD7A-70FF68401155}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="874" xr2:uid="{BED75181-45E2-4E61-A4E0-C4A2AE61A3A7}"/>
   </bookViews>
   <sheets>
     <sheet name="Age &amp; Gender  Dec 2021" sheetId="1" r:id="rId1"/>
     <sheet name="Citizenship  Dec 2021" sheetId="2" r:id="rId2"/>
     <sheet name="Suburb  Dec 2021" sheetId="3" r:id="rId3"/>
     <sheet name="Municipality  Dec 2021" sheetId="4" r:id="rId4"/>
     <sheet name="Change  Dec 2021" sheetId="5" r:id="rId5"/>
     <sheet name="All Results Dec 2021" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender  Dec 2021'!$A$1:$L$36</definedName>
@@ -1472,51 +1472,51 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="cells" xfId="4" xr:uid="{B3A99625-2E2F-4EB1-B5E6-7FEE870A3CD9}"/>
     <cellStyle name="column field" xfId="2" xr:uid="{A28E5770-0A7C-4749-8515-AB746A6E4A7A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{6E3DB8A8-8E68-41D3-9088-BA8002649D8D}"/>
     <cellStyle name="rowfield" xfId="3" xr:uid="{E2F445CE-7947-40CF-B45D-1393F521F10E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R3208867f7af14401" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R13148fc8d1b94fcc" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>