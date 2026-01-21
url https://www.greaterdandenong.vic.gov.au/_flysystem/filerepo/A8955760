--- v3 (2025-12-15)
+++ v4 (2026-01-21)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rbee8b9ffed93483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R0b70134999dd4ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B91EF478-713A-4662-BD7A-70FF68401155}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="874" xr2:uid="{BED75181-45E2-4E61-A4E0-C4A2AE61A3A7}"/>
   </bookViews>
   <sheets>
     <sheet name="Age &amp; Gender  Dec 2021" sheetId="1" r:id="rId1"/>
     <sheet name="Citizenship  Dec 2021" sheetId="2" r:id="rId2"/>
     <sheet name="Suburb  Dec 2021" sheetId="3" r:id="rId3"/>
     <sheet name="Municipality  Dec 2021" sheetId="4" r:id="rId4"/>
     <sheet name="Change  Dec 2021" sheetId="5" r:id="rId5"/>
     <sheet name="All Results Dec 2021" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender  Dec 2021'!$A$1:$L$36</definedName>
@@ -1472,51 +1472,51 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="cells" xfId="4" xr:uid="{B3A99625-2E2F-4EB1-B5E6-7FEE870A3CD9}"/>
     <cellStyle name="column field" xfId="2" xr:uid="{A28E5770-0A7C-4749-8515-AB746A6E4A7A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{6E3DB8A8-8E68-41D3-9088-BA8002649D8D}"/>
     <cellStyle name="rowfield" xfId="3" xr:uid="{E2F445CE-7947-40CF-B45D-1393F521F10E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R13148fc8d1b94fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re048f498c8314d49" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>