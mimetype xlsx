--- v4 (2026-01-21)
+++ v5 (2026-03-10)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R0b70134999dd4ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4f465fcfbc4d4bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B91EF478-713A-4662-BD7A-70FF68401155}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="874" xr2:uid="{BED75181-45E2-4E61-A4E0-C4A2AE61A3A7}"/>
   </bookViews>
   <sheets>
     <sheet name="Age &amp; Gender  Dec 2021" sheetId="1" r:id="rId1"/>
     <sheet name="Citizenship  Dec 2021" sheetId="2" r:id="rId2"/>
     <sheet name="Suburb  Dec 2021" sheetId="3" r:id="rId3"/>
     <sheet name="Municipality  Dec 2021" sheetId="4" r:id="rId4"/>
     <sheet name="Change  Dec 2021" sheetId="5" r:id="rId5"/>
     <sheet name="All Results Dec 2021" sheetId="6" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Age &amp; Gender  Dec 2021'!$A$1:$L$36</definedName>
@@ -1472,51 +1472,51 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="cells" xfId="4" xr:uid="{B3A99625-2E2F-4EB1-B5E6-7FEE870A3CD9}"/>
     <cellStyle name="column field" xfId="2" xr:uid="{A28E5770-0A7C-4749-8515-AB746A6E4A7A}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 3" xfId="1" xr:uid="{6E3DB8A8-8E68-41D3-9088-BA8002649D8D}"/>
     <cellStyle name="rowfield" xfId="3" xr:uid="{E2F445CE-7947-40CF-B45D-1393F521F10E}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re048f498c8314d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rcd1a811f9c3043a5" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10956095845986928"/>
           <c:y val="5.0925925925925923E-2"/>