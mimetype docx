--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -14216,51 +14216,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D3531A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R2baf895a9a4b4e34" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R4fefb43b7aba4858" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>