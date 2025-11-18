--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -14216,51 +14216,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D3531A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R4fefb43b7aba4858" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R91a96cb9213147e8" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>