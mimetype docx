--- v2 (2025-11-18)
+++ v3 (2025-12-13)
@@ -14216,51 +14216,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D3531A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="R91a96cb9213147e8" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Re5a422e2360f4bad" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>