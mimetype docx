--- v3 (2025-12-13)
+++ v4 (2026-01-21)
@@ -14216,51 +14216,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00D3531A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Re5a422e2360f4bad" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item5.xml" Id="Rd544d2867e934d66" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>