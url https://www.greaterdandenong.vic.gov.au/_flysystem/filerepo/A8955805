--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -47029,51 +47029,51 @@
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CF6FF8"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image110.png" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image77.png" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image131.png" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image152.png" Id="rId159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image163.png" Id="rId170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image184.png" Id="rId191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image198.png" Id="rId205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image219.png" Id="rId226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image100.png" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image67.png" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image121.png" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image142.png" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image88.png" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image153.png" Id="rId160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image174.png" Id="rId181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image209.png" Id="rId216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image230.png" Id="rId237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image111.png" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image132.png" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image78.png" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image143.png" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image164.png" Id="rId171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image185.png" Id="rId192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image199.png" Id="rId206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image220.png" Id="rId227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image194.png" Id="rId201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image215.png" Id="rId222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image96.png" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image101.png" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image117.png" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image122.png" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image63.png" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image68.png" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image84.png" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image89.png" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image133.png" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image138.png" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image154.png" Id="rId161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image159.png" Id="rId166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image175.png" Id="rId182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image180.png" Id="rId187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image210.png" Id="rId217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image205.png" Id="rId212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image226.png" Id="rId233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image231.png" Id="rId238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image107.png" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image112.png" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image74.png" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image79.png" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image123.png" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image128.png" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image144.png" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image149.png" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image170.png" Id="rId177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image191.png" Id="rId198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image165.png" Id="rId172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image186.png" Id="rId193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image195.png" Id="rId202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image200.png" Id="rId207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image216.png" Id="rId223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image221.png" Id="rId228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image102.png" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image69.png" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image90.png" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image97.png" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image113.png" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image118.png" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image134.png" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image139.png" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image160.png" Id="rId167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image181.png" Id="rId188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image64.png" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image85.png" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image155.png" Id="rId162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image176.png" Id="rId183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image206.png" Id="rId213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image211.png" Id="rId218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image227.png" Id="rId234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image232.png" Id="rId239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image80.png" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image103.png" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image108.png" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image124.png" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image129.png" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image150.png" Id="rId157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image171.png" Id="rId178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image75.png" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image145.png" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image166.png" Id="rId173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image187.png" Id="rId194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image192.png" Id="rId199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image196.png" Id="rId203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image201.png" Id="rId208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image222.png" Id="rId229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image217.png" Id="rId224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image93.png" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image98.png" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image119.png" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image140.png" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image161.png" Id="rId168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image65.png" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image86.png" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image91.png" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image114.png" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image135.png" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image156.png" Id="rId163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image177.png" Id="rId184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image182.png" Id="rId189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image212.png" Id="rId219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image207.png" Id="rId214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image223.png" Id="rId230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image228.png" Id="rId235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image109.png" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image130.png" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image151.png" Id="rId158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image76.png" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image81.png" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image104.png" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image125.png" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image146.png" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image167.png" Id="rId174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image172.png" Id="rId179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image188.png" Id="rId195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image202.png" Id="rId209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image183.png" Id="rId190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image197.png" Id="rId204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image213.png" Id="rId220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image218.png" Id="rId225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image99.png" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image120.png" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image66.png" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image71.png" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image87.png" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image92.png" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image94.png" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image115.png" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image136.png" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image141.png" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image157.png" Id="rId164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image162.png" Id="rId169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image178.png" Id="rId185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image173.png" Id="rId180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image203.png" Id="rId210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image208.png" Id="rId215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image229.png" Id="rId236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image224.png" Id="rId231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.png" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image82.png" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image105.png" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image126.png" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image147.png" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image168.png" Id="rId175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image189.png" Id="rId196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image193.png" Id="rId200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image214.png" Id="rId221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image72.png" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image95.png" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image116.png" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image137.png" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image83.png" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image158.png" Id="rId165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image179.png" Id="rId186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image204.png" Id="rId211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image225.png" Id="rId232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image62.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image106.png" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image127.png" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image73.png" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image148.png" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image169.png" Id="rId176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image190.png" Id="rId197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R6045b94d660c4f9c" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image110.png" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image77.png" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image131.png" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image152.png" Id="rId159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image163.png" Id="rId170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image184.png" Id="rId191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image198.png" Id="rId205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image219.png" Id="rId226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image100.png" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image67.png" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image121.png" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image142.png" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image88.png" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image153.png" Id="rId160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image174.png" Id="rId181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image209.png" Id="rId216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image230.png" Id="rId237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image111.png" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image132.png" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image78.png" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image143.png" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image164.png" Id="rId171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image185.png" Id="rId192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image199.png" Id="rId206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image220.png" Id="rId227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image194.png" Id="rId201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image215.png" Id="rId222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image96.png" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image101.png" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image117.png" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image122.png" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image63.png" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image68.png" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image84.png" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image89.png" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image133.png" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image138.png" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image154.png" Id="rId161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image159.png" Id="rId166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image175.png" Id="rId182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image180.png" Id="rId187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image210.png" Id="rId217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image205.png" Id="rId212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image226.png" Id="rId233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image231.png" Id="rId238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image107.png" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image112.png" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image74.png" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image79.png" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image123.png" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image128.png" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image144.png" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image149.png" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image170.png" Id="rId177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image191.png" Id="rId198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image165.png" Id="rId172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image186.png" Id="rId193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image195.png" Id="rId202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image200.png" Id="rId207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image216.png" Id="rId223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image221.png" Id="rId228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image102.png" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image69.png" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image90.png" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image97.png" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image113.png" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image118.png" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image134.png" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image139.png" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image160.png" Id="rId167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image181.png" Id="rId188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image64.png" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image85.png" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image155.png" Id="rId162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image176.png" Id="rId183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image206.png" Id="rId213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image211.png" Id="rId218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image227.png" Id="rId234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image232.png" Id="rId239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image80.png" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image103.png" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image108.png" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image124.png" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image129.png" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image150.png" Id="rId157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image171.png" Id="rId178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image75.png" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image145.png" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image166.png" Id="rId173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image187.png" Id="rId194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image192.png" Id="rId199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image196.png" Id="rId203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image201.png" Id="rId208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image222.png" Id="rId229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image217.png" Id="rId224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image93.png" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image98.png" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image119.png" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image140.png" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image161.png" Id="rId168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image65.png" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image86.png" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image91.png" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image114.png" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image135.png" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image156.png" Id="rId163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image177.png" Id="rId184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image182.png" Id="rId189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image212.png" Id="rId219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image207.png" Id="rId214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image223.png" Id="rId230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image228.png" Id="rId235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image109.png" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image130.png" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image151.png" Id="rId158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image76.png" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image81.png" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image104.png" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image125.png" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image146.png" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image167.png" Id="rId174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image172.png" Id="rId179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image188.png" Id="rId195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image202.png" Id="rId209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image183.png" Id="rId190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image197.png" Id="rId204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image213.png" Id="rId220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image218.png" Id="rId225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image99.png" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image120.png" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image66.png" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image71.png" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image87.png" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image92.png" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image94.png" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image115.png" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image136.png" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image141.png" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image157.png" Id="rId164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image162.png" Id="rId169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image178.png" Id="rId185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image173.png" Id="rId180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image203.png" Id="rId210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image208.png" Id="rId215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image229.png" Id="rId236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image224.png" Id="rId231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.png" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image82.png" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image105.png" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image126.png" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image147.png" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image168.png" Id="rId175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image189.png" Id="rId196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image193.png" Id="rId200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image214.png" Id="rId221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image72.png" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image95.png" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image116.png" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image137.png" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image83.png" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image158.png" Id="rId165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image179.png" Id="rId186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image204.png" Id="rId211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image225.png" Id="rId232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image62.png" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image106.png" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image127.png" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image73.png" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image148.png" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image169.png" Id="rId176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image190.png" Id="rId197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R1bc02a3fc4d546c7" /></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>