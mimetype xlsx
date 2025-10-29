--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -49,51 +49,51 @@
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6d8e6a2d2c1b4a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5ad73da690a54adb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25330"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Hayden\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{00B20EF2-CAD0-40AE-A59B-BD0018AEEF5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" tabRatio="828" xr2:uid="{A346BFF6-8121-4AA9-8665-462063CD071A}"/>
   </bookViews>
   <sheets>
     <sheet name="Front" sheetId="18" r:id="rId1"/>
     <sheet name="Quick Access Toolbar" sheetId="13" r:id="rId2"/>
     <sheet name="General" sheetId="5" r:id="rId3"/>
     <sheet name="Concatenate" sheetId="19" r:id="rId4"/>
     <sheet name="Time" sheetId="6" r:id="rId5"/>
     <sheet name="Count &amp; Sumif" sheetId="4" r:id="rId6"/>
     <sheet name="Subtotal" sheetId="2" r:id="rId7"/>
     <sheet name="Index" sheetId="7" r:id="rId8"/>
     <sheet name="Match" sheetId="8" r:id="rId9"/>
@@ -4544,51 +4544,51 @@
         <color theme="1"/>
         <name val="Garamond"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FF00CC99"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R01cdf7714a784fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet18.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R36eb4e8bf50e40bc" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>