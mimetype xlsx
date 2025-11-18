--- v0 (2025-10-29)
+++ v1 (2025-11-18)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rf3f9e747eccb47d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc50fe12348424d22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{384DA796-CBE1-4E3A-BA16-0DAFC437900F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F073B7C4-DF6D-46C5-BECA-4C61C2C94576}"/>
   </bookViews>
   <sheets>
     <sheet name="Same-sex Marriages" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Same-sex Marriages'!$B$1:$J$33</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -387,51 +387,51 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2 3" xfId="2" xr:uid="{A27A1E7D-1231-4008-A782-726FEB40E196}"/>
     <cellStyle name="Style5 2" xfId="3" xr:uid="{16CEF9EA-7FD4-4E4E-8821-16E0F1805F74}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R19d47e5cebbe4fa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf37279fa36ca47cf" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10278074133526481"/>
           <c:y val="5.0925925925925923E-2"/>