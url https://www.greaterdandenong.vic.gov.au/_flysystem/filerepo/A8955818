--- v1 (2025-11-18)
+++ v2 (2025-12-15)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rc50fe12348424d22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R9e7f965b7d534243" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{384DA796-CBE1-4E3A-BA16-0DAFC437900F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F073B7C4-DF6D-46C5-BECA-4C61C2C94576}"/>
   </bookViews>
   <sheets>
     <sheet name="Same-sex Marriages" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Same-sex Marriages'!$B$1:$J$33</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -387,51 +387,51 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2 3" xfId="2" xr:uid="{A27A1E7D-1231-4008-A782-726FEB40E196}"/>
     <cellStyle name="Style5 2" xfId="3" xr:uid="{16CEF9EA-7FD4-4E4E-8821-16E0F1805F74}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rf37279fa36ca47cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rfa3e21fec92c4480" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10278074133526481"/>
           <c:y val="5.0925925925925923E-2"/>