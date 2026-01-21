--- v2 (2025-12-15)
+++ v3 (2026-01-21)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R9e7f965b7d534243" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rfccf1a240e164cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{384DA796-CBE1-4E3A-BA16-0DAFC437900F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F073B7C4-DF6D-46C5-BECA-4C61C2C94576}"/>
   </bookViews>
   <sheets>
     <sheet name="Same-sex Marriages" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Same-sex Marriages'!$B$1:$J$33</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -387,51 +387,51 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2 3" xfId="2" xr:uid="{A27A1E7D-1231-4008-A782-726FEB40E196}"/>
     <cellStyle name="Style5 2" xfId="3" xr:uid="{16CEF9EA-7FD4-4E4E-8821-16E0F1805F74}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rfa3e21fec92c4480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rc56acc7a873b4380" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10278074133526481"/>
           <c:y val="5.0925925925925923E-2"/>