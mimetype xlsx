--- v3 (2026-01-21)
+++ v4 (2026-03-04)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rfccf1a240e164cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6041e47249c44b9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{384DA796-CBE1-4E3A-BA16-0DAFC437900F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{F073B7C4-DF6D-46C5-BECA-4C61C2C94576}"/>
   </bookViews>
   <sheets>
     <sheet name="Same-sex Marriages" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Same-sex Marriages'!$B$1:$J$33</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
@@ -387,51 +387,51 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2 3" xfId="2" xr:uid="{A27A1E7D-1231-4008-A782-726FEB40E196}"/>
     <cellStyle name="Style5 2" xfId="3" xr:uid="{16CEF9EA-7FD4-4E4E-8821-16E0F1805F74}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rc56acc7a873b4380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2d2676999c5b4211" /></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
           <c:x val="0.10278074133526481"/>
           <c:y val="5.0925925925925923E-2"/>