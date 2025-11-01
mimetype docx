--- v0 (2025-10-02)
+++ v1 (2025-11-01)
@@ -6554,51 +6554,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2041515780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R303f5a9843524e37" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rf1d209e54a694241" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6858,63 +6858,63 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps3.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A9361343</value>
     </field>
     <field name="Objective-Title">
       <value order="0">Local Government Mayoral Taskforce supporting People Seeking Asylum - Executive Meeting No. 24 Thur 8 Dec 2022</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
-      <value order="0">2022-12-09T01:26:14Z</value>
+      <value order="0">2022-12-09T00:26:14Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2022-12-09T07:03:38Z</value>
+      <value order="0">2022-12-09T06:03:38Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2023-04-26T02:33:38Z</value>
+      <value order="0">2023-04-26T01:33:38Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Ann Ly</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Classified Object:1. Meeting Minutes and Agendas</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">1. Meeting Minutes and Agendas</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
       <value order="0">vA11943980</value>
     </field>
     <field name="Objective-Version">
       <value order="0">3.0</value>
     </field>
     <field name="Objective-VersionNumber">
       <value order="0">3</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
@@ -7017,63 +7017,63 @@
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>McKechnie, Frances</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A9361343</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>Local Government Mayoral Taskforce supporting People Seeking Asylum - Executive Meeting No. 24 Thur 8 Dec 2022</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
-    <vt:filetime>2022-12-09T01:26:14Z</vt:filetime>
+    <vt:filetime>2022-12-09T00:26:14Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2022-12-09T07:03:38Z</vt:filetime>
+    <vt:filetime>2022-12-09T06:03:38Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2023-04-26T02:33:38Z</vt:filetime>
+    <vt:filetime>2023-04-26T01:33:38Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Ann Ly</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Classified Object:1. Meeting Minutes and Agendas</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>1. Meeting Minutes and Agendas</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
     <vt:lpwstr>vA11943980</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
     <vt:lpwstr>3.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
     <vt:r8>3</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>