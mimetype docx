--- v1 (2025-11-01)
+++ v2 (2025-12-16)
@@ -6554,51 +6554,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2041515780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rf1d209e54a694241" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rdb1a519fb62f46a6" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>