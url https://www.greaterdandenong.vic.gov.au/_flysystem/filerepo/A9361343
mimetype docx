--- v2 (2025-12-16)
+++ v3 (2026-01-12)
@@ -6554,51 +6554,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2041515780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="Rdb1a519fb62f46a6" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R93249efd329c4936" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>