--- v3 (2026-01-12)
+++ v4 (2026-02-07)
@@ -6554,51 +6554,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2041515780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R93249efd329c4936" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R667f7fb787be4a24" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>