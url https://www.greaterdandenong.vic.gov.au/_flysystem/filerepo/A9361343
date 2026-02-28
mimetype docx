--- v4 (2026-02-07)
+++ v5 (2026-02-28)
@@ -6554,51 +6554,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2041515780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R667f7fb787be4a24" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R6b18f702f38e4033" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>