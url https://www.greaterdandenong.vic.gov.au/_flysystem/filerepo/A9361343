--- v5 (2026-02-28)
+++ v6 (2026-03-20)
@@ -6554,51 +6554,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2041515780">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R6b18f702f38e4033" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R338a89fa992642b9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>