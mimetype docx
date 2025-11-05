--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R502e2ddb38424d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6643e4ef39044c86" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="79A57894" w14:textId="7CA18CB7" w:rsidR="0041467E" w:rsidRPr="00912D5A" w:rsidRDefault="00912D5A" w:rsidP="00B95328">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912D5A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">PATTERNS OF </w:t>
       </w:r>
       <w:r w:rsidR="00B95328" w:rsidRPr="00912D5A">
         <w:rPr>
@@ -1606,51 +1606,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2043355367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Raa0ef426e07646cd" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re2461cc4f0334e4b" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>