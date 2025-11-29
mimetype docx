--- v1 (2025-11-05)
+++ v2 (2025-11-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R6643e4ef39044c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rda2947e105384d34" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="79A57894" w14:textId="7CA18CB7" w:rsidR="0041467E" w:rsidRPr="00912D5A" w:rsidRDefault="00912D5A" w:rsidP="00B95328">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912D5A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">PATTERNS OF </w:t>
       </w:r>
       <w:r w:rsidR="00B95328" w:rsidRPr="00912D5A">
         <w:rPr>
@@ -1606,51 +1606,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2043355367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Re2461cc4f0334e4b" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R96e848b7e9514827" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>