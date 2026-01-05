--- v2 (2025-11-29)
+++ v3 (2026-01-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rda2947e105384d34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Raca780d76d224ce1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="79A57894" w14:textId="7CA18CB7" w:rsidR="0041467E" w:rsidRPr="00912D5A" w:rsidRDefault="00912D5A" w:rsidP="00B95328">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00912D5A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">PATTERNS OF </w:t>
       </w:r>
       <w:r w:rsidR="00B95328" w:rsidRPr="00912D5A">
         <w:rPr>
@@ -1606,51 +1606,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2043355367">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R96e848b7e9514827" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R02dbba2f614e45c0" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>