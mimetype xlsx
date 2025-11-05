--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -28,51 +28,51 @@
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style6.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors6.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style7.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors7.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style8.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors8.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style9.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors9.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R501947f45ee74513" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5924ac9d8f4946a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B131FF93-F6B8-4C10-B44D-E46C027CFB1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Original" sheetId="2" state="hidden" r:id="rId1"/>
     <sheet name="Data" sheetId="3" state="hidden" r:id="rId2"/>
     <sheet name="Charts" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Charts!$A$1:$AB$60</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -1709,51 +1709,51 @@
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FFFF99CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R43a9d33676664108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R9bc4e670e5964b1a" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors6.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style6.xml"/></Relationships>
 </file>