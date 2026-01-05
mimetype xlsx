--- v1 (2025-11-05)
+++ v2 (2026-01-05)
@@ -28,51 +28,51 @@
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style6.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors6.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style7.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors7.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style8.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors8.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style9.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors9.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5924ac9d8f4946a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd8f0fdf2371d422c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{B131FF93-F6B8-4C10-B44D-E46C027CFB1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Original" sheetId="2" state="hidden" r:id="rId1"/>
     <sheet name="Data" sheetId="3" state="hidden" r:id="rId2"/>
     <sheet name="Charts" sheetId="4" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Charts!$A$1:$AB$60</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -1709,51 +1709,51 @@
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF006600"/>
       <color rgb="FFFF99CC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R9bc4e670e5964b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rb29269ee16ff46d9" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors6.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style6.xml"/></Relationships>
 </file>