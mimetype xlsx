--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb509b7322c4b4a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5a250309b5064850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{27EB9191-A557-4D88-91FA-8F48B159397E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Education" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Education!$H$1:$R$207</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -1399,51 +1399,51 @@
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FF003300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R41d93e1622c84a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7263fcf64e9c4db3" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>