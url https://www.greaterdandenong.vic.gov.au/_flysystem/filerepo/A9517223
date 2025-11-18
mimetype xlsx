--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5a250309b5064850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1500e04bfb994198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{27EB9191-A557-4D88-91FA-8F48B159397E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Education" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Education!$H$1:$R$207</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -1399,51 +1399,51 @@
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FF003300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7263fcf64e9c4db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R16e3d037787841be" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>