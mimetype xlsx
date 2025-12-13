--- v2 (2025-11-18)
+++ v3 (2025-12-13)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1500e04bfb994198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R7880ed71f7884687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{27EB9191-A557-4D88-91FA-8F48B159397E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Education" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Education!$H$1:$R$207</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -1399,51 +1399,51 @@
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FF003300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R16e3d037787841be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra4a2e0912db04619" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>