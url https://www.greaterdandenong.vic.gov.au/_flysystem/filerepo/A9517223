--- v3 (2025-12-13)
+++ v4 (2026-01-21)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R7880ed71f7884687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rcab7fe399a19430a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{27EB9191-A557-4D88-91FA-8F48B159397E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Education" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Education!$H$1:$R$207</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -1399,51 +1399,51 @@
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FF003300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Ra4a2e0912db04619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R55e704bd54724f68" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>