--- v4 (2026-01-21)
+++ v5 (2026-03-04)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rcab7fe399a19430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R109ebaada799458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{27EB9191-A557-4D88-91FA-8F48B159397E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Education" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Education!$H$1:$R$207</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
@@ -1399,51 +1399,51 @@
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FF003300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R55e704bd54724f68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R91d4ad5accb14dde" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>