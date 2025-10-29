--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R3d0f3a2ba5c947bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb20604c9057441d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{ADF5674F-02D4-4436-B4B6-DE06F969B316}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" r:id="rId1"/>
     <sheet name="template_rse" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="format" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Data!$B$1:$H$87</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -722,51 +722,51 @@
     <cellStyle name="heading" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R0b8fc5701d12408d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7755e6db45b04ebd" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>