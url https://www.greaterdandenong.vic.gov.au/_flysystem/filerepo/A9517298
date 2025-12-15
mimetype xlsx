--- v1 (2025-10-29)
+++ v2 (2025-12-15)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rb20604c9057441d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5d7aa53a37404d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{ADF5674F-02D4-4436-B4B6-DE06F969B316}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" r:id="rId1"/>
     <sheet name="template_rse" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="format" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Data!$B$1:$H$87</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -722,51 +722,51 @@
     <cellStyle name="heading" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7755e6db45b04ebd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R726302520eac49ff" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>