--- v2 (2025-12-15)
+++ v3 (2026-01-21)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5d7aa53a37404d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1d623b5a59884441" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26026"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\~ Work\~ Tables 2022 Council website new 2022 Feb\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{ADF5674F-02D4-4436-B4B6-DE06F969B316}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView showHorizontalScroll="0" showSheetTabs="0" xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13276" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Data" sheetId="3" r:id="rId1"/>
     <sheet name="template_rse" sheetId="1" state="hidden" r:id="rId2"/>
     <sheet name="format" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Data!$B$1:$H$87</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -722,51 +722,51 @@
     <cellStyle name="heading" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R726302520eac49ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R692aad37b2be4ea3" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>8</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>