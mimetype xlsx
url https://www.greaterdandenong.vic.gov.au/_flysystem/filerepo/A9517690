--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1577,51 +1577,51 @@
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Ra9411d1e42ff470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R76be71b11c8d44a6" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>