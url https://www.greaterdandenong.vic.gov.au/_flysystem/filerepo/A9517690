--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -1577,51 +1577,51 @@
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R76be71b11c8d44a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re4b72354d8434e9a" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>