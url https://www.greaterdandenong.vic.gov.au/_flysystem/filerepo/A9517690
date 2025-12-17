--- v2 (2025-11-18)
+++ v3 (2025-12-17)
@@ -1577,51 +1577,51 @@
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Re4b72354d8434e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R2cc5c795fab94221" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>