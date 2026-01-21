--- v3 (2025-12-17)
+++ v4 (2026-01-21)
@@ -1577,51 +1577,51 @@
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="R2cc5c795fab94221" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rfebc5cacd36d43bb" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>