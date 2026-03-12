--- v4 (2026-01-21)
+++ v5 (2026-03-12)
@@ -1577,51 +1577,51 @@
     <cellStyle name="Hyperlink" xfId="9" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="rowfield" xfId="7" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Test" xfId="8" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF006600"/>
       <color rgb="FFE6E6E6"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rfebc5cacd36d43bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item2.xml" Id="Rc694fdc0c0fe4393" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>