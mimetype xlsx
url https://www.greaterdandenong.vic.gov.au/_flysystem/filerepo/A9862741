--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R5ee3892086824ace" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1af34fe06f58436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ Work - Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{C7266408-8D27-4BA7-94D8-E22A2B34F924}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="543" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Rental &amp; Mortgage Stress" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Rental &amp; Mortgage Stress'!$B$1:$M$87</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rental &amp; Mortgage Stress'!$3:$5</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
@@ -477,51 +477,51 @@
     <cellStyle name="Microsoft Excel found an error in the formula you entered. Do you want to accept the correction proposed below?_x000a__x000a_|_x000a__x000a_• To accept the correction, click Yes._x000a_• To close this message and correct the formula yourself, click No. 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFEAEAEA"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R7f9ec43956c74484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rc9ad4eb0d03c4ae1" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>