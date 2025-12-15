--- v1 (2025-10-29)
+++ v2 (2025-12-15)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R1af34fe06f58436b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R05461e35cf8e43e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ Work - Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{C7266408-8D27-4BA7-94D8-E22A2B34F924}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="543" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Rental &amp; Mortgage Stress" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Rental &amp; Mortgage Stress'!$B$1:$M$87</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rental &amp; Mortgage Stress'!$3:$5</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
@@ -477,51 +477,51 @@
     <cellStyle name="Microsoft Excel found an error in the formula you entered. Do you want to accept the correction proposed below?_x000a__x000a_|_x000a__x000a_• To accept the correction, click Yes._x000a_• To close this message and correct the formula yourself, click No. 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFEAEAEA"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rc9ad4eb0d03c4ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd81a6e155bb14007" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>