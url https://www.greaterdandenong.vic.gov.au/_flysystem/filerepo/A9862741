--- v2 (2025-12-15)
+++ v3 (2026-01-21)
@@ -1,44 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R05461e35cf8e43e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4777c2e08e324727" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24931"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\~ Work - Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{C7266408-8D27-4BA7-94D8-E22A2B34F924}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="543" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Rental &amp; Mortgage Stress" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Rental &amp; Mortgage Stress'!$B$1:$M$87</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Rental &amp; Mortgage Stress'!$3:$5</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
@@ -477,51 +477,51 @@
     <cellStyle name="Microsoft Excel found an error in the formula you entered. Do you want to accept the correction proposed below?_x000a__x000a_|_x000a__x000a_• To accept the correction, click Yes._x000a_• To close this message and correct the formula yourself, click No. 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFEAEAEA"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd81a6e155bb14007" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R2a44f3e313bb48ba" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>