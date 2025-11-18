--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rd33f31729f6a4e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rdfe633e9b2fb403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{4DD7A89B-C7A9-40AF-9556-500C8B72DFEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{14E86F06-8C04-4394-B006-F39C2681393E}"/>
   </bookViews>
   <sheets>
     <sheet name="Raw" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Results" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Results!$B$1:$Q$69</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
@@ -1062,51 +1062,51 @@
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCECFF"/>
       <color rgb="FF008000"/>
       <color rgb="FFFCDCD0"/>
       <color rgb="FF800000"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="Rd2dc6a10913d44ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5551211fdbd34e5e" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>