--- v2 (2025-11-18)
+++ v3 (2025-12-17)
@@ -1,180 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="Rdfe633e9b2fb403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R344c47348a3f449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4DD7A89B-C7A9-40AF-9556-500C8B72DFEC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D3BB19F3-2250-43A3-B406-50FEF7330585}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{14E86F06-8C04-4394-B006-F39C2681393E}"/>
   </bookViews>
   <sheets>
-    <sheet name="Raw" sheetId="1" state="hidden" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Results" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Results!$B$1:$Q$69</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G14" i="2" l="1"/>
-[...66 lines deleted...]
-  <c r="E5" i="2"/>
+  <c r="E5" i="2" l="1"/>
   <c r="G5" i="2" s="1"/>
   <c r="E6" i="2"/>
-  <c r="G6" i="2" s="1"/>
   <c r="E7" i="2"/>
-  <c r="G7" i="2" s="1"/>
   <c r="E8" i="2"/>
   <c r="G8" i="2" s="1"/>
   <c r="E9" i="2"/>
-  <c r="G9" i="2" s="1"/>
   <c r="E10" i="2"/>
-  <c r="G10" i="2" s="1"/>
   <c r="E11" i="2"/>
+  <c r="G11" i="2" s="1"/>
   <c r="E12" i="2"/>
-  <c r="G12" i="2" s="1"/>
   <c r="E13" i="2"/>
   <c r="G13" i="2" s="1"/>
   <c r="E14" i="2"/>
+  <c r="G14" i="2" s="1"/>
   <c r="E15" i="2"/>
   <c r="G15" i="2" s="1"/>
   <c r="E16" i="2"/>
   <c r="G16" i="2" s="1"/>
   <c r="E17" i="2"/>
   <c r="G17" i="2" s="1"/>
   <c r="E18" i="2"/>
   <c r="G18" i="2" s="1"/>
   <c r="E19" i="2"/>
   <c r="G19" i="2" s="1"/>
   <c r="E20" i="2"/>
   <c r="G20" i="2" s="1"/>
   <c r="E21" i="2"/>
   <c r="G21" i="2" s="1"/>
   <c r="E22" i="2"/>
   <c r="G22" i="2" s="1"/>
   <c r="E23" i="2"/>
   <c r="G23" i="2" s="1"/>
   <c r="E24" i="2"/>
   <c r="G24" i="2" s="1"/>
   <c r="E25" i="2"/>
   <c r="E26" i="2"/>
   <c r="G26" i="2" s="1"/>
   <c r="E27" i="2"/>
   <c r="G27" i="2" s="1"/>
@@ -191,106 +121,373 @@
   <c r="E33" i="2"/>
   <c r="G33" i="2" s="1"/>
   <c r="E34" i="2"/>
   <c r="G34" i="2" s="1"/>
   <c r="E35" i="2"/>
   <c r="G35" i="2" s="1"/>
   <c r="E36" i="2"/>
   <c r="G36" i="2" s="1"/>
   <c r="E37" i="2"/>
   <c r="G37" i="2" s="1"/>
   <c r="E38" i="2"/>
   <c r="G38" i="2" s="1"/>
   <c r="E39" i="2"/>
   <c r="G39" i="2" s="1"/>
   <c r="E40" i="2"/>
   <c r="G40" i="2" s="1"/>
   <c r="E41" i="2"/>
   <c r="G41" i="2" s="1"/>
   <c r="E42" i="2"/>
   <c r="G42" i="2" s="1"/>
   <c r="E43" i="2"/>
   <c r="G43" i="2" s="1"/>
   <c r="E44" i="2"/>
   <c r="G44" i="2" s="1"/>
   <c r="E45" i="2"/>
-  <c r="G45" i="2" s="1"/>
   <c r="E46" i="2"/>
-  <c r="G46" i="2" s="1"/>
   <c r="E47" i="2"/>
-  <c r="G47" i="2" s="1"/>
   <c r="E48" i="2"/>
-  <c r="G48" i="2" s="1"/>
   <c r="E49" i="2"/>
   <c r="G49" i="2" s="1"/>
   <c r="E50" i="2"/>
   <c r="G50" i="2" s="1"/>
   <c r="E51" i="2"/>
   <c r="G51" i="2" s="1"/>
   <c r="E52" i="2"/>
   <c r="G52" i="2" s="1"/>
   <c r="E53" i="2"/>
   <c r="G53" i="2" s="1"/>
   <c r="E54" i="2"/>
   <c r="G54" i="2" s="1"/>
   <c r="E55" i="2"/>
   <c r="G55" i="2" s="1"/>
   <c r="E56" i="2"/>
   <c r="G56" i="2" s="1"/>
   <c r="E57" i="2"/>
   <c r="G57" i="2" s="1"/>
   <c r="E58" i="2"/>
   <c r="G58" i="2" s="1"/>
   <c r="E59" i="2"/>
   <c r="G59" i="2" s="1"/>
   <c r="E60" i="2"/>
   <c r="G60" i="2" s="1"/>
   <c r="E61" i="2"/>
   <c r="G61" i="2" s="1"/>
   <c r="E62" i="2"/>
   <c r="G62" i="2" s="1"/>
   <c r="E63" i="2"/>
   <c r="G63" i="2" s="1"/>
   <c r="E64" i="2"/>
   <c r="G64" i="2" s="1"/>
   <c r="E65" i="2"/>
-  <c r="G65" i="2" s="1"/>
   <c r="E66" i="2"/>
-  <c r="G66" i="2" s="1"/>
   <c r="E67" i="2"/>
-  <c r="G67" i="2" s="1"/>
   <c r="E68" i="2"/>
   <c r="G68" i="2" s="1"/>
   <c r="E69" i="2"/>
-  <c r="E68" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="C68" i="1"/>
+  <c r="G69" i="2" s="1"/>
+  <c r="E71" i="3"/>
+  <c r="D71" i="3"/>
+  <c r="C71" i="3"/>
+  <c r="E70" i="3"/>
+  <c r="D70" i="3"/>
+  <c r="C70" i="3"/>
+  <c r="E69" i="3"/>
+  <c r="D69" i="3"/>
+  <c r="C69" i="3"/>
+  <c r="E68" i="3"/>
+  <c r="D68" i="3"/>
+  <c r="C68" i="3"/>
+  <c r="E67" i="3"/>
+  <c r="D67" i="3"/>
+  <c r="C67" i="3"/>
+  <c r="E66" i="3"/>
+  <c r="D66" i="3"/>
+  <c r="C66" i="3"/>
+  <c r="E65" i="3"/>
+  <c r="D65" i="3"/>
+  <c r="C65" i="3"/>
+  <c r="E64" i="3"/>
+  <c r="D64" i="3"/>
+  <c r="C64" i="3"/>
+  <c r="E63" i="3"/>
+  <c r="D63" i="3"/>
+  <c r="C63" i="3"/>
+  <c r="E62" i="3"/>
+  <c r="D62" i="3"/>
+  <c r="C62" i="3"/>
+  <c r="E61" i="3"/>
+  <c r="D61" i="3"/>
+  <c r="C61" i="3"/>
+  <c r="E60" i="3"/>
+  <c r="D60" i="3"/>
+  <c r="C60" i="3"/>
+  <c r="E59" i="3"/>
+  <c r="D59" i="3"/>
+  <c r="C59" i="3"/>
+  <c r="E58" i="3"/>
+  <c r="D58" i="3"/>
+  <c r="C58" i="3"/>
+  <c r="E57" i="3"/>
+  <c r="D57" i="3"/>
+  <c r="C57" i="3"/>
+  <c r="E56" i="3"/>
+  <c r="D56" i="3"/>
+  <c r="C56" i="3"/>
+  <c r="E55" i="3"/>
+  <c r="D55" i="3"/>
+  <c r="C55" i="3"/>
+  <c r="E54" i="3"/>
+  <c r="D54" i="3"/>
+  <c r="C54" i="3"/>
+  <c r="E53" i="3"/>
+  <c r="D53" i="3"/>
+  <c r="C53" i="3"/>
+  <c r="E52" i="3"/>
+  <c r="D52" i="3"/>
+  <c r="C52" i="3"/>
+  <c r="E51" i="3"/>
+  <c r="D51" i="3"/>
+  <c r="C51" i="3"/>
+  <c r="E50" i="3"/>
+  <c r="D50" i="3"/>
+  <c r="C50" i="3"/>
+  <c r="E49" i="3"/>
+  <c r="D49" i="3"/>
+  <c r="C49" i="3"/>
+  <c r="E48" i="3"/>
+  <c r="D48" i="3"/>
+  <c r="C48" i="3"/>
+  <c r="E47" i="3"/>
+  <c r="D47" i="3"/>
+  <c r="C47" i="3"/>
+  <c r="E46" i="3"/>
+  <c r="D46" i="3"/>
+  <c r="C46" i="3"/>
+  <c r="E45" i="3"/>
+  <c r="D45" i="3"/>
+  <c r="C45" i="3"/>
+  <c r="E44" i="3"/>
+  <c r="D44" i="3"/>
+  <c r="C44" i="3"/>
+  <c r="E43" i="3"/>
+  <c r="D43" i="3"/>
+  <c r="C43" i="3"/>
+  <c r="E42" i="3"/>
+  <c r="D42" i="3"/>
+  <c r="C42" i="3"/>
+  <c r="E41" i="3"/>
+  <c r="D41" i="3"/>
+  <c r="C41" i="3"/>
+  <c r="E40" i="3"/>
+  <c r="D40" i="3"/>
+  <c r="C40" i="3"/>
+  <c r="E39" i="3"/>
+  <c r="D39" i="3"/>
+  <c r="C39" i="3"/>
+  <c r="E38" i="3"/>
+  <c r="D38" i="3"/>
+  <c r="C38" i="3"/>
+  <c r="E37" i="3"/>
+  <c r="D37" i="3"/>
+  <c r="C37" i="3"/>
+  <c r="E36" i="3"/>
+  <c r="D36" i="3"/>
+  <c r="C36" i="3"/>
+  <c r="E35" i="3"/>
+  <c r="D35" i="3"/>
+  <c r="C35" i="3"/>
+  <c r="E34" i="3"/>
+  <c r="D34" i="3"/>
+  <c r="C34" i="3"/>
+  <c r="E33" i="3"/>
+  <c r="D33" i="3"/>
+  <c r="C33" i="3"/>
+  <c r="E32" i="3"/>
+  <c r="D32" i="3"/>
+  <c r="C32" i="3"/>
+  <c r="E31" i="3"/>
+  <c r="D31" i="3"/>
+  <c r="C31" i="3"/>
+  <c r="E30" i="3"/>
+  <c r="D30" i="3"/>
+  <c r="C30" i="3"/>
+  <c r="E29" i="3"/>
+  <c r="D29" i="3"/>
+  <c r="C29" i="3"/>
+  <c r="E28" i="3"/>
+  <c r="D28" i="3"/>
+  <c r="C28" i="3"/>
+  <c r="E27" i="3"/>
+  <c r="D27" i="3"/>
+  <c r="C27" i="3"/>
+  <c r="E26" i="3"/>
+  <c r="D26" i="3"/>
+  <c r="C26" i="3"/>
+  <c r="E25" i="3"/>
+  <c r="D25" i="3"/>
+  <c r="C25" i="3"/>
+  <c r="E24" i="3"/>
+  <c r="D24" i="3"/>
+  <c r="C24" i="3"/>
+  <c r="E23" i="3"/>
+  <c r="D23" i="3"/>
+  <c r="C23" i="3"/>
+  <c r="E22" i="3"/>
+  <c r="D22" i="3"/>
+  <c r="C22" i="3"/>
+  <c r="E21" i="3"/>
+  <c r="D21" i="3"/>
+  <c r="C21" i="3"/>
+  <c r="E20" i="3"/>
+  <c r="D20" i="3"/>
+  <c r="C20" i="3"/>
+  <c r="E19" i="3"/>
+  <c r="D19" i="3"/>
+  <c r="C19" i="3"/>
+  <c r="E18" i="3"/>
+  <c r="D18" i="3"/>
+  <c r="C18" i="3"/>
+  <c r="E17" i="3"/>
+  <c r="D17" i="3"/>
+  <c r="C17" i="3"/>
+  <c r="E16" i="3"/>
+  <c r="D16" i="3"/>
+  <c r="C16" i="3"/>
+  <c r="E15" i="3"/>
+  <c r="D15" i="3"/>
+  <c r="C15" i="3"/>
+  <c r="E14" i="3"/>
+  <c r="D14" i="3"/>
+  <c r="C14" i="3"/>
+  <c r="E13" i="3"/>
+  <c r="D13" i="3"/>
+  <c r="C13" i="3"/>
+  <c r="E12" i="3"/>
+  <c r="D12" i="3"/>
+  <c r="C12" i="3"/>
+  <c r="E11" i="3"/>
+  <c r="D11" i="3"/>
+  <c r="C11" i="3"/>
+  <c r="E10" i="3"/>
+  <c r="D10" i="3"/>
+  <c r="C10" i="3"/>
+  <c r="E9" i="3"/>
+  <c r="D9" i="3"/>
+  <c r="C9" i="3"/>
+  <c r="E8" i="3"/>
+  <c r="C8" i="3"/>
+  <c r="E7" i="3"/>
+  <c r="D7" i="3"/>
+  <c r="C7" i="3"/>
+  <c r="R4" i="3"/>
+  <c r="J4" i="3"/>
+  <c r="C4" i="3"/>
+  <c r="R3" i="3"/>
+  <c r="J3" i="3"/>
+  <c r="C3" i="3"/>
+  <c r="G25" i="2"/>
+  <c r="G6" i="2"/>
+  <c r="G7" i="2"/>
+  <c r="G9" i="2"/>
+  <c r="G10" i="2"/>
+  <c r="G12" i="2"/>
+  <c r="G45" i="2"/>
+  <c r="G46" i="2"/>
+  <c r="G47" i="2"/>
+  <c r="G48" i="2"/>
+  <c r="G65" i="2"/>
+  <c r="G66" i="2"/>
+  <c r="G67" i="2"/>
+  <c r="H5" i="2" l="1"/>
+  <c r="H60" i="2"/>
+  <c r="H19" i="2"/>
+  <c r="H40" i="2"/>
+  <c r="H8" i="2"/>
+  <c r="H14" i="2"/>
+  <c r="H10" i="2"/>
+  <c r="H32" i="2"/>
+  <c r="H9" i="2"/>
+  <c r="H30" i="2"/>
+  <c r="H49" i="2"/>
+  <c r="H25" i="2"/>
+  <c r="H59" i="2"/>
+  <c r="H58" i="2"/>
+  <c r="H38" i="2"/>
+  <c r="H57" i="2"/>
+  <c r="H37" i="2"/>
+  <c r="H56" i="2"/>
+  <c r="H13" i="2"/>
+  <c r="H54" i="2"/>
+  <c r="H31" i="2"/>
+  <c r="H23" i="2"/>
+  <c r="H41" i="2"/>
+  <c r="H16" i="2"/>
+  <c r="H36" i="2"/>
+  <c r="H55" i="2"/>
+  <c r="H33" i="2"/>
+  <c r="H51" i="2"/>
+  <c r="H50" i="2"/>
+  <c r="H29" i="2"/>
+  <c r="H48" i="2"/>
+  <c r="H47" i="2"/>
+  <c r="H27" i="2"/>
+  <c r="H66" i="2"/>
+  <c r="H46" i="2"/>
+  <c r="H11" i="2"/>
+  <c r="H65" i="2"/>
+  <c r="H45" i="2"/>
+  <c r="H39" i="2"/>
+  <c r="H20" i="2"/>
+  <c r="H35" i="2"/>
+  <c r="H34" i="2"/>
+  <c r="H53" i="2"/>
+  <c r="H52" i="2"/>
+  <c r="H7" i="2"/>
+  <c r="H6" i="2"/>
+  <c r="H28" i="2"/>
+  <c r="H67" i="2"/>
+  <c r="H26" i="2"/>
+  <c r="H44" i="2"/>
+  <c r="H63" i="2"/>
+  <c r="H42" i="2"/>
+  <c r="H12" i="2"/>
+  <c r="H61" i="2"/>
+  <c r="H18" i="2"/>
+  <c r="H24" i="2"/>
+  <c r="H21" i="2"/>
+  <c r="H17" i="2"/>
+  <c r="H62" i="2"/>
+  <c r="H15" i="2"/>
+  <c r="H64" i="2"/>
+  <c r="H43" i="2"/>
+  <c r="H22" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="339" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="451" uniqueCount="243">
   <si>
     <t>Queenscliffe</t>
   </si>
   <si>
     <t>Mansfield</t>
   </si>
   <si>
     <t>Hepburn</t>
   </si>
   <si>
     <t>Corangamite</t>
   </si>
   <si>
     <t>Moira</t>
   </si>
   <si>
     <t>Glenelg</t>
   </si>
   <si>
     <t>Towong</t>
   </si>
   <si>
     <t>Colac-Otway</t>
   </si>
   <si>
@@ -458,306 +655,600 @@
   <si>
     <t>Alpine</t>
   </si>
   <si>
     <t>Bass Coast</t>
   </si>
   <si>
     <t>Surf Coast</t>
   </si>
   <si>
     <t>All Municipalities</t>
   </si>
   <si>
     <t>Sum of gifts, donations, sponsorships and veterans' support provided by Victorian club  EGM venues</t>
   </si>
   <si>
     <t>% losses/gambling revenue distributed as Gifts, Donations, Sponsorships and Veteran's Support</t>
   </si>
   <si>
     <t>Ranked % losses/gambling revenue provided to the community</t>
   </si>
   <si>
     <t>Victoria</t>
   </si>
   <si>
-    <t>Chart: % losses/gambling revenue distributed as Gifts, Donations, Sponsorships and Veteran's Support, 2022/23</t>
-[...7 lines deleted...]
-  <si>
     <t>Gifts etc</t>
   </si>
   <si>
     <t>Veterans</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Revenue</t>
   </si>
   <si>
-    <t>2023-2024 Net Gaming Revenue ("NGR") $ 19,213,661 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 420,186 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 330,422 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 95,636 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 57,310 CLASS A - TOTAL 903,554 CLASS B (a) Capital expenditure 82,996 (b) Financing Costs (including principal and interest) - (c) Retained earnings accumulated during the year - (d) Provision of buildings, plant and equipment over $10,000 per item excluding gaming equipment or the gaming machine area of the venue 512,699 (e) Operating costs 5,394,134 CLASS B - TOTAL 5,989,829 CLASS C (a) Provision of responsible gambling measures and activities but excluding those required by law - (b) Reimbursement of expenses reasonably incurred by volunteers - (c) CBS preparation and auditing expenses 1,359 CLASS C - TOTAL 1,359 CBS TOTAL (CLASS A + B + C) 6,894,742</t>
-[...187 lines deleted...]
-  <si>
     <t>Total community Contributions</t>
   </si>
   <si>
     <t>Total gaming revenue</t>
   </si>
   <si>
     <t>Per cent of revenue contributed to community</t>
+  </si>
+  <si>
+    <t>Start</t>
+  </si>
+  <si>
+    <t>(FIND(" (b)",F7,1))-(FIND("services) ",F7,1)+10)</t>
+  </si>
+  <si>
+    <t>End</t>
+  </si>
+  <si>
+    <t>Formula</t>
+  </si>
+  <si>
+    <t>MID(F7,FIND("NGR",F7,1)+8,(FIND(" A ",F7,1)-8)-(FIND("NGR",F7,1)+6))</t>
+  </si>
+  <si>
+    <t>MID(F7,FIND("families",F7)+9,LEN((F7))-FIND("families",F7)+9)</t>
+  </si>
+  <si>
+    <t>MID(F7,(FIND("services",F7,1)+10),(FIND(" (b)",F7,1)-(FIND("services",F7,1)+10)))</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 1,111,571,822 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 20,099,037 (b) Cost of providing and maintaining sporting activities for use by club members 37,408,607 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 18,116,418 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 4,966,897 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 2,533,707</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 1,292,671 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 21,337 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 64,430 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 6,723,081 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 37,297 (b) Cost of providing and maintaining sporting activities for use by club members 8,103 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 46,928 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 179,280 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 28,298,436 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 1,816,795 (b) Cost of providing and maintaining sporting activities for use by club members 1,264,166 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 524,670 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 25,190 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 17,946,067 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 248,611 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 1,146,438 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 145,280 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 191,680</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 19,470,556 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 456,630 (b) Cost of providing and maintaining sporting activities for use by club members 8,470 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 208,277 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 71,456 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 89,825</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 17,826,042 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 217,114 (b) Cost of providing and maintaining sporting activities for use by club members 972,758 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 212,965 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 3,568,338 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 18,075 (b) Cost of providing and maintaining sporting activities for use by club members 537,291 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 71,973 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 38,914,674 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 1,445,103 (b) Cost of providing and maintaining sporting activities for use by club members 577,967 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 276,251 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 71,280 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 4,216</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 9,373,606 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 230,304 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 182,429 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 17,986,667 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 102,576 (b) Cost of providing and maintaining sporting activities for use by club members 1,943,805 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 30,899,153 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 251,434 (b) Cost of providing and maintaining sporting activities for use by club members 4,946,854 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 343,729 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 9,007,387 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 55,542 (b) Cost of providing and maintaining sporting activities for use by club members 129,155 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 338,185 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 15,300 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 3,202,194 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 19,805 (b) Cost of providing and maintaining sporting activities for use by club members 66,225 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 57,079 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 10,590 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 1,131,290 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) - (b) Cost of providing and maintaining sporting activities for use by club members 57,751 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 32,030 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 9,525,802 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 40,621 (b) Cost of providing and maintaining sporting activities for use by club members 4,300 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 332,401 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 23,719 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 25,551</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 27,209,330 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 269,275 (b) Cost of providing and maintaining sporting activities for use by club members 430,330 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 210,512 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 109,265 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 16,634,404 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 264,670 (b) Cost of providing and maintaining sporting activities for use by club members 141,813 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 644,882 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 203,595 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 20,128</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 2,372,650 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 13,592 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 15,154 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 24,176,575 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 166,730 (b) Cost of providing and maintaining sporting activities for use by club members 1,179,053 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 593,572 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 64,438 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 493,508</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 3,228,593 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 13,400 (b) Cost of providing and maintaining sporting activities for use by club members 103,856 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 4,480 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 28,528,658 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 469,375 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 807,656 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 186,093 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 168,050</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 81,128,656 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 1,074,845 (b) Cost of providing and maintaining sporting activities for use by club members 1,731,758 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 1,061,381 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 888,548 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 143,098</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 60,055,473 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 1,225,017 (b) Cost of providing and maintaining sporting activities for use by club members 2,270,451 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 740,099 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 39,430 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 51,764</t>
+  </si>
+  <si>
+    <t>024-2025 Net Gaming Revenue ("NGR") $ 20,733,114 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 241,512 (b) Cost of providing and maintaining sporting activities for use by club members 1,198,069 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 112,144 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 132,920 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 1,611,239 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 7,430 (b) Cost of providing and maintaining sporting activities for use by club members 69,397 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 34,212,196 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 919,934 (b) Cost of providing and maintaining sporting activities for use by club members 2,047,996 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 270,245 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 33,130 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 16,622</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 13,207,172 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 342,501 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 83,000 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 48,922 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 1,431</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 26,081,808 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 453,794 (b) Cost of providing and maintaining sporting activities for use by club members 608,407 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 403,708 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 18,175,206 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 623,678 (b) Cost of providing and maintaining sporting activities for use by club members 245,120 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 498,884 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 54,700 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 330,701</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 19,437,585 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 143,642 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 360,453 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 38,479,739 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 612,826 (b) Cost of providing and maintaining sporting activities for use by club members 818,410 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 447,051 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 163,875 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 15,638</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 4,281,063 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 91,729 (b) Cost of providing and maintaining sporting activities for use by club members 53,549 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 144,323 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 3,532 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 56,457</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 7,543,556 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 195,376 (b) Cost of providing and maintaining sporting activities for use by club members 366,439 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 320,970 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 151,068 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 1,912,151 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 37,376 (b) Cost of providing and maintaining sporting activities for use by club members 333,200 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 30,718,045 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 247,397 (b) Cost of providing and maintaining sporting activities for use by club members 465,402 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 128,231 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 1,497 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 24,630,566 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 279,088 (b) Cost of providing and maintaining sporting activities for use by club members 701,161 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 747,798 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 52,940 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 156,101</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 32,698,090 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 3,621,664 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 31,523,252 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 191,768 (b) Cost of providing and maintaining sporting activities for use by club members 842,167 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 529,151 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 22,801,614 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 220,114 (b) Cost of providing and maintaining sporting activities for use by club members 69,910 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 711,232 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 26,630 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 101,568</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 11,203,793 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 172,587 (b) Cost of providing and maintaining sporting activities for use by club members 949,612 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 82,967 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 1,820 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 2,435,028 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 6,224 (b) Cost of providing and maintaining sporting activities for use by club members 199,095 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 33,600 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 46,717,239 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 198,788 (b) Cost of providing and maintaining sporting activities for use by club members 3,546,665 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 873,020 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 341,238 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 69,037</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 21,526,304 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 466,148 (b) Cost of providing and maintaining sporting activities for use by club members 2,614,185 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 526,248 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 135,980 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 5,280,803 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 49,091 (b) Cost of providing and maintaining sporting activities for use by club members 297,851 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 7,989 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 16,965,456 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 19,357 (b) Cost of providing and maintaining sporting activities for use by club members 47,616 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 233,418 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 181,520 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 70,133</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 26,886,621 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 225,033 (b) Cost of providing and maintaining sporting activities for use by club members 1,521,818 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 369,801 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 262,943 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 69,037</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 4,180,498 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 20,900 (b) Cost of providing and maintaining sporting activities for use by club members 1,440 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 16,166 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 7,812,815 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 171,839 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community 11,290 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 262,474</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 1,116,607 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) - (b) Cost of providing and maintaining sporting activities for use by club members 101,215 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 4,185,921 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 39,938 (b) Cost of providing and maintaining sporting activities for use by club members 44,189 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 212,043 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 41,000 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 2,574,360 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 15,123 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 10,236 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 5,717,188 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 82,900 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 2,666,719 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 47,438 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 73,244 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 712,872 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 11,330 (b) Cost of providing and maintaining sporting activities for use by club members 162,708 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 27,000 (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 7,643,850 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 63,540 (b) Cost of providing and maintaining sporting activities for use by club members 192,480 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 210,532 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 95,080 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 10,481</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 451,487 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 5,937 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community 11,580 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 4,405,163 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 73,171 (b) Cost of providing and maintaining sporting activities for use by club members - (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 165,276 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 44,308 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 24,918</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 12,736,625 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 26,790 (b) Cost of providing and maintaining sporting activities for use by club members 12,107 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 182,297 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 23,550 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 15,064</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 24,679,222 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 313,527 (b) Cost of providing and maintaining sporting activities for use by club members 931,648 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 99,778 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 63,700 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 16,330,155 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 246,259 (b) Cost of providing and maintaining sporting activities for use by club members 226,560 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 186,683 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 232,540 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 20,413,098 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 152,431 (b) Cost of providing and maintaining sporting activities for use by club members 157,863 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 785,358 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 581,219 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 42,901</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 58,628,398 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 569,312 (b) Cost of providing and maintaining sporting activities for use by club members 754,141 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 912,970 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 179,620 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 62,068</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 4,840,374 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 306,327 (b) Cost of providing and maintaining sporting activities for use by club members 440,184 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol - (d) Voluntary Services provided by members and/or staff of the club to another person in the community - (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families -</t>
+  </si>
+  <si>
+    <t>2024-2025 Net Gaming Revenue ("NGR") $ 14,914,524 CLASS A $ (a) Donations, gifts and sponsorships (including cash, goods and services) 127,070 (b) Cost of providing and maintaining sporting activities for use by club members 1,013,897 (c) Cost of any subsidy for the provision of goods and services but excluding alcohol 435,083 (d) Voluntary Services provided by members and/or staff of the club to another person in the community 56,830 (e) Advice, support and services provided by the RSL (Victorian Branch) to ex-service personnel, their carers and families 41,256</t>
+  </si>
+  <si>
+    <t>1,292,671</t>
+  </si>
+  <si>
+    <t>6,723,081</t>
+  </si>
+  <si>
+    <t>28,298,436</t>
+  </si>
+  <si>
+    <t>191,680</t>
+  </si>
+  <si>
+    <t>17,946,067</t>
+  </si>
+  <si>
+    <t>89,825</t>
+  </si>
+  <si>
+    <t>19,470,556</t>
+  </si>
+  <si>
+    <t>17,826,042</t>
+  </si>
+  <si>
+    <t>3,568,338</t>
+  </si>
+  <si>
+    <t>4,216</t>
+  </si>
+  <si>
+    <t>38,914,674</t>
+  </si>
+  <si>
+    <t>9,373,606</t>
+  </si>
+  <si>
+    <t>17,986,667</t>
+  </si>
+  <si>
+    <t>30,899,153</t>
+  </si>
+  <si>
+    <t>9,007,387</t>
+  </si>
+  <si>
+    <t>3,202,194</t>
+  </si>
+  <si>
+    <t>1,131,290</t>
+  </si>
+  <si>
+    <t>25,551</t>
+  </si>
+  <si>
+    <t>9,525,802</t>
+  </si>
+  <si>
+    <t>27,209,330</t>
+  </si>
+  <si>
+    <t>20,128</t>
+  </si>
+  <si>
+    <t>16,634,404</t>
+  </si>
+  <si>
+    <t>2,372,650</t>
+  </si>
+  <si>
+    <t>493,508</t>
+  </si>
+  <si>
+    <t>24,176,575</t>
+  </si>
+  <si>
+    <t>3,228,593</t>
+  </si>
+  <si>
+    <t>168,050</t>
+  </si>
+  <si>
+    <t>28,528,658</t>
+  </si>
+  <si>
+    <t>143,098</t>
+  </si>
+  <si>
+    <t>81,128,656</t>
+  </si>
+  <si>
+    <t>51,764</t>
+  </si>
+  <si>
+    <t>60,055,473</t>
+  </si>
+  <si>
+    <t>20,733,114</t>
+  </si>
+  <si>
+    <t>1,611,239</t>
+  </si>
+  <si>
+    <t>16,622</t>
+  </si>
+  <si>
+    <t>34,212,196</t>
+  </si>
+  <si>
+    <t>1,431</t>
+  </si>
+  <si>
+    <t>13,207,172</t>
+  </si>
+  <si>
+    <t>26,081,808</t>
+  </si>
+  <si>
+    <t>330,701</t>
+  </si>
+  <si>
+    <t>18,175,206</t>
+  </si>
+  <si>
+    <t>19,437,585</t>
+  </si>
+  <si>
+    <t>15,638</t>
+  </si>
+  <si>
+    <t>38,479,739</t>
+  </si>
+  <si>
+    <t>56,457</t>
+  </si>
+  <si>
+    <t>4,281,063</t>
+  </si>
+  <si>
+    <t>7,543,556</t>
+  </si>
+  <si>
+    <t>1,912,151</t>
+  </si>
+  <si>
+    <t>30,718,045</t>
+  </si>
+  <si>
+    <t>156,101</t>
+  </si>
+  <si>
+    <t>24,630,566</t>
+  </si>
+  <si>
+    <t>32,698,090</t>
+  </si>
+  <si>
+    <t>31,523,252</t>
+  </si>
+  <si>
+    <t>101,568</t>
+  </si>
+  <si>
+    <t>22,801,614</t>
+  </si>
+  <si>
+    <t>11,203,793</t>
+  </si>
+  <si>
+    <t>2,435,028</t>
+  </si>
+  <si>
+    <t>69,037</t>
+  </si>
+  <si>
+    <t>46,717,239</t>
+  </si>
+  <si>
+    <t>21,526,304</t>
+  </si>
+  <si>
+    <t>5,280,803</t>
+  </si>
+  <si>
+    <t>70,133</t>
+  </si>
+  <si>
+    <t>16,965,456</t>
+  </si>
+  <si>
+    <t>26,886,621</t>
+  </si>
+  <si>
+    <t>4,180,498</t>
+  </si>
+  <si>
+    <t>262,474</t>
+  </si>
+  <si>
+    <t>7,812,815</t>
+  </si>
+  <si>
+    <t>1,116,607</t>
+  </si>
+  <si>
+    <t>4,185,921</t>
+  </si>
+  <si>
+    <t>2,574,360</t>
+  </si>
+  <si>
+    <t>5,717,188</t>
+  </si>
+  <si>
+    <t>2,666,719</t>
+  </si>
+  <si>
+    <t>712,872</t>
+  </si>
+  <si>
+    <t>10,481</t>
+  </si>
+  <si>
+    <t>7,643,850</t>
+  </si>
+  <si>
+    <t>451,487</t>
+  </si>
+  <si>
+    <t>24,918</t>
+  </si>
+  <si>
+    <t>4,405,163</t>
+  </si>
+  <si>
+    <t>15,064</t>
+  </si>
+  <si>
+    <t>12,736,625</t>
+  </si>
+  <si>
+    <t>24,679,222</t>
+  </si>
+  <si>
+    <t>16,330,155</t>
+  </si>
+  <si>
+    <t>42,901</t>
+  </si>
+  <si>
+    <t>20,413,098</t>
+  </si>
+  <si>
+    <t>62,068</t>
+  </si>
+  <si>
+    <t>58,628,398</t>
+  </si>
+  <si>
+    <t>4,840,374</t>
+  </si>
+  <si>
+    <t>41,256</t>
+  </si>
+  <si>
+    <t>14,914,524</t>
+  </si>
+  <si>
+    <t>2,533,707</t>
+  </si>
+  <si>
+    <t>1,111,571,822</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">CLUB CONTRIBUTIONS to the WIDER COMMUNITY: 
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Garamond"/>
         <family val="1"/>
       </rPr>
-      <t>2023/24</t>
+      <t>2024/25</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="3" tint="-0.249977111117893"/>
         <rFont val="Garamond"/>
         <family val="1"/>
       </rPr>
       <t>, by MUNICIPALITY</t>
     </r>
   </si>
   <si>
-    <t>Copy and paste figures for each page (or municipality) below. Then copy and paste figures for donations, veterans and total recenue into columns at left</t>
+    <t>Chart: % losses/gambling revenue distributed as Gifts, Donations, Sponsorships and Veteran's Support, 2024/25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
@@ -825,288 +1316,295 @@
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="0"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="3" tint="9.9978637043366805E-2"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="7"/>
       <color rgb="FFFFFF00"/>
       <name val="Garamond"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Garamond"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="3" tint="9.9978637043366805E-2"/>
+      <name val="Garamond"/>
+      <family val="1"/>
+    </font>
   </fonts>
-  <fills count="8">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCECFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom style="hair">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="18" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCECFF"/>
       <color rgb="FF008000"/>
       <color rgb="FFFCDCD0"/>
       <color rgb="FF800000"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R5551211fdbd34e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R3c6d39bd50224d77" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
@@ -1188,441 +1686,441 @@
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>Results!$J$4:$J$67</c:f>
               <c:strCache>
                 <c:ptCount val="64"/>
                 <c:pt idx="0">
+                  <c:v>Corangamite</c:v>
+                </c:pt>
+                <c:pt idx="1">
                   <c:v>Queenscliffe</c:v>
                 </c:pt>
-                <c:pt idx="1">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="2">
-                  <c:v>Gannawarra</c:v>
+                  <c:v>Moreland</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>Corangamite</c:v>
+                  <c:v>Warrnambool</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>Warrnambool</c:v>
+                  <c:v>Moira</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>Benalla</c:v>
+                  <c:v>Glenelg</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>Moira</c:v>
+                  <c:v>Monash</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>Cardinia</c:v>
+                  <c:v>Darebin</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>Glenelg</c:v>
+                  <c:v>Hepburn</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Northern Grampians</c:v>
                 </c:pt>
                 <c:pt idx="10">
+                  <c:v>Benalla</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>Ararat</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>Cardinia</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>Gannawarra</c:v>
+                </c:pt>
+                <c:pt idx="14">
                   <c:v>Southern Grampians</c:v>
                 </c:pt>
-                <c:pt idx="11">
-[...2 lines deleted...]
-                <c:pt idx="12">
+                <c:pt idx="15">
                   <c:v>Melton</c:v>
                 </c:pt>
-                <c:pt idx="13">
+                <c:pt idx="16">
+                  <c:v>Central Goldfields</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>Colac-Otway</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>Glen Eira</c:v>
+                </c:pt>
+                <c:pt idx="19">
                   <c:v>Knox</c:v>
                 </c:pt>
-                <c:pt idx="14">
-[...16 lines deleted...]
-                </c:pt>
                 <c:pt idx="20">
-                  <c:v>Moorabool</c:v>
+                  <c:v>Whittlesea</c:v>
                 </c:pt>
                 <c:pt idx="21">
                   <c:v>Maribyrnong</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>Whittlesea</c:v>
+                  <c:v>Casey</c:v>
                 </c:pt>
                 <c:pt idx="23">
+                  <c:v>Swan Hill</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>Mornington Peninsula</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>Yarra Ranges</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>Moorabool</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>South Gippsland</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>Mildura</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>Wyndham</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>East Gippsland</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>Maroondah</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>Greater Shepparton</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>Baw Baw</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>Wellington</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>Towong</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>Greater Dandenong</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>Banyule</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>Stonnington</c:v>
+                </c:pt>
+                <c:pt idx="39">
                   <c:v>Whitehorse</c:v>
                 </c:pt>
-                <c:pt idx="24">
-                  <c:v>Baw Baw</c:v>
+                <c:pt idx="40">
+                  <c:v>Mitchell</c:v>
                 </c:pt>
-                <c:pt idx="25">
-                  <c:v>Towong</c:v>
+                <c:pt idx="41">
+                  <c:v>Surf Coast</c:v>
                 </c:pt>
-                <c:pt idx="26">
-                  <c:v>East Gippsland</c:v>
+                <c:pt idx="42">
+                  <c:v>Frankston</c:v>
                 </c:pt>
-                <c:pt idx="27">
+                <c:pt idx="43">
+                  <c:v>La Trobe</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>Greater Bendigo</c:v>
+                </c:pt>
+                <c:pt idx="45">
                   <c:v>Alpine</c:v>
                 </c:pt>
-                <c:pt idx="28">
-                  <c:v>Yarra Ranges</c:v>
+                <c:pt idx="46">
+                  <c:v>Wangaratta</c:v>
                 </c:pt>
-                <c:pt idx="29">
-                  <c:v>Greater Shepparton</c:v>
+                <c:pt idx="47">
+                  <c:v>Hume</c:v>
                 </c:pt>
-                <c:pt idx="30">
-[...2 lines deleted...]
-                <c:pt idx="31">
+                <c:pt idx="48">
                   <c:v>Strathbogie</c:v>
                 </c:pt>
-                <c:pt idx="32">
-                  <c:v>Mornington Peninsula</c:v>
+                <c:pt idx="49">
+                  <c:v>Mansfield</c:v>
                 </c:pt>
-                <c:pt idx="33">
-                  <c:v>Hume</c:v>
+                <c:pt idx="50">
+                  <c:v>Greater Geelong</c:v>
                 </c:pt>
-                <c:pt idx="34">
-                  <c:v>Wyndham</c:v>
+                <c:pt idx="51">
+                  <c:v>Macedon Ranges</c:v>
                 </c:pt>
-                <c:pt idx="35">
-[...23 lines deleted...]
-                <c:pt idx="43">
+                <c:pt idx="52">
                   <c:v>Moonee Valley</c:v>
                 </c:pt>
-                <c:pt idx="44">
-                  <c:v>Darebin</c:v>
+                <c:pt idx="53">
+                  <c:v>Port Phillip</c:v>
                 </c:pt>
-                <c:pt idx="45">
-                  <c:v>Wangaratta</c:v>
+                <c:pt idx="54">
+                  <c:v>Bass Coast</c:v>
                 </c:pt>
-                <c:pt idx="46">
-                  <c:v>Greater Geelong</c:v>
+                <c:pt idx="55">
+                  <c:v>Campaspe</c:v>
                 </c:pt>
-                <c:pt idx="47">
-[...2 lines deleted...]
-                <c:pt idx="48">
+                <c:pt idx="56">
                   <c:v>Manningham</c:v>
                 </c:pt>
-                <c:pt idx="49">
+                <c:pt idx="57">
+                  <c:v>Horsham</c:v>
+                </c:pt>
+                <c:pt idx="58">
                   <c:v>Hobsons Bay</c:v>
                 </c:pt>
-                <c:pt idx="50">
-                  <c:v>Bass Coast</c:v>
+                <c:pt idx="59">
+                  <c:v>Kingston</c:v>
                 </c:pt>
-                <c:pt idx="51">
-[...17 lines deleted...]
-                <c:pt idx="57">
+                <c:pt idx="60">
                   <c:v>Brimbank</c:v>
                 </c:pt>
-                <c:pt idx="58">
-[...2 lines deleted...]
-                <c:pt idx="59">
+                <c:pt idx="61">
                   <c:v>Yarra</c:v>
-                </c:pt>
-[...4 lines deleted...]
-                  <c:v>Port Phillip</c:v>
                 </c:pt>
                 <c:pt idx="62">
                   <c:v>Ballarat</c:v>
                 </c:pt>
                 <c:pt idx="63">
                   <c:v>Melbourne</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Results!$K$4:$K$67</c:f>
               <c:numCache>
                 <c:formatCode>0.0</c:formatCode>
                 <c:ptCount val="64"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.15582598660304792</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.1971225220599282</c:v>
+                  <c:v>0.11409655007209944</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.24346411888113245</c:v>
+                  <c:v>0.21033829605566623</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.27231957228610482</c:v>
+                  <c:v>0.25560281031676024</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.29618106925409515</c:v>
+                  <c:v>0.4150414747228901</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.32913398533917892</c:v>
+                  <c:v>0.42551316014201956</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.47092480080413135</c:v>
+                  <c:v>0.42643128631059096</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.48531107695509118</c:v>
+                  <c:v>0.46113580915059776</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.49395650952211878</c:v>
+                  <c:v>0.49994043771818575</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>0.53666046139977375</c:v>
+                  <c:v>0.50653833801618564</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>0.5464990141524364</c:v>
+                  <c:v>0.5547605331543678</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>0.56787604043718609</c:v>
+                  <c:v>0.57028909247055048</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>0.62339777806070784</c:v>
+                  <c:v>0.57286156828862245</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>0.65096163110115191</c:v>
+                  <c:v>0.58744697711275817</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>0.74452765824344525</c:v>
+                  <c:v>0.60833825139614406</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>0.77600473824206095</c:v>
+                  <c:v>0.61662721941446508</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>0.80432262474848437</c:v>
+                  <c:v>0.61848220313947244</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>0.91225470844077272</c:v>
+                  <c:v>0.68963449123790277</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>0.91513305958342717</c:v>
+                  <c:v>0.73899098061821988</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>0.95122006230981726</c:v>
+                  <c:v>0.74673133886879883</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>0.95598288526424424</c:v>
+                  <c:v>0.80538002988145896</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>0.99660822907782953</c:v>
+                  <c:v>0.81372457037900037</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>1.0363158086147308</c:v>
+                  <c:v>0.83125650032378973</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>1.0418849056924286</c:v>
+                  <c:v>0.83697017933194362</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>1.0618389307304901</c:v>
+                  <c:v>0.85198830348189447</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>1.1613945231208722</c:v>
+                  <c:v>0.92961240932486977</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>1.1876623620605138</c:v>
+                  <c:v>0.95410305163427589</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>1.1935068325502982</c:v>
+                  <c:v>0.96534394451199801</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>1.2139235373903028</c:v>
+                  <c:v>0.9710516054011914</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>1.2612927715358768</c:v>
+                  <c:v>0.98964215583404669</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>1.2711660965216869</c:v>
+                  <c:v>1.1330961700189919</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>1.2865304254893362</c:v>
+                  <c:v>1.1648611974062362</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>1.3859052622414021</c:v>
+                  <c:v>1.2179596570006959</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>1.4735662942334542</c:v>
+                  <c:v>1.2704087673428279</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>1.4835994555613849</c:v>
+                  <c:v>1.3149880284482167</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>1.5117357774053124</c:v>
+                  <c:v>1.3248647925339723</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>1.5272624703137214</c:v>
+                  <c:v>1.3853230348465768</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>1.579539604239778</c:v>
+                  <c:v>1.4500135381239869</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>1.6043167243099552</c:v>
+                  <c:v>1.508001608068019</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>1.7039114199562364</c:v>
+                  <c:v>1.5404336727749255</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>1.7308599268186373</c:v>
+                  <c:v>1.5893456328765894</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>1.7330580961112725</c:v>
+                  <c:v>1.5910999877122138</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>1.7415450105933754</c:v>
+                  <c:v>1.5925939622407521</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>1.8960656379098055</c:v>
+                  <c:v>1.6452754279573896</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>1.9792442078914729</c:v>
+                  <c:v>1.6506133424514049</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>1.9894083674202139</c:v>
+                  <c:v>1.6610282071287712</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>2.076331477386383</c:v>
+                  <c:v>1.7398870507750075</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>2.2903727052286755</c:v>
+                  <c:v>1.7788900892819977</c:v>
                 </c:pt>
                 <c:pt idx="49">
-                  <c:v>2.3167764123887711</c:v>
+                  <c:v>1.9546573466216841</c:v>
                 </c:pt>
                 <c:pt idx="50">
-                  <c:v>2.4851900946935621</c:v>
+                  <c:v>2.0398090945016785</c:v>
                 </c:pt>
                 <c:pt idx="51">
-                  <c:v>2.5418201062604719</c:v>
+                  <c:v>2.1426687717513149</c:v>
                 </c:pt>
                 <c:pt idx="52">
-                  <c:v>2.5775806208627752</c:v>
+                  <c:v>2.1654808925861122</c:v>
                 </c:pt>
                 <c:pt idx="53">
-                  <c:v>2.5917066992600528</c:v>
+                  <c:v>2.1994505181551083</c:v>
                 </c:pt>
                 <c:pt idx="54">
-                  <c:v>2.645251607036089</c:v>
+                  <c:v>2.3452334899938143</c:v>
                 </c:pt>
                 <c:pt idx="55">
-                  <c:v>2.6806281211335485</c:v>
+                  <c:v>2.4569413307962806</c:v>
                 </c:pt>
                 <c:pt idx="56">
-                  <c:v>3.0617825542272699</c:v>
+                  <c:v>2.5899721563676334</c:v>
                 </c:pt>
                 <c:pt idx="57">
-                  <c:v>3.183111339530023</c:v>
+                  <c:v>2.5932955215545008</c:v>
                 </c:pt>
                 <c:pt idx="58">
-                  <c:v>3.3696192562329261</c:v>
+                  <c:v>2.6889066109641138</c:v>
                 </c:pt>
                 <c:pt idx="59">
-                  <c:v>5.2010301251126547</c:v>
+                  <c:v>3.4314769252133925</c:v>
                 </c:pt>
                 <c:pt idx="60">
-                  <c:v>5.3492509505596715</c:v>
+                  <c:v>3.7135169113841222</c:v>
                 </c:pt>
                 <c:pt idx="61">
-                  <c:v>6.1306336925066898</c:v>
+                  <c:v>6.3285812212031551</c:v>
                 </c:pt>
                 <c:pt idx="62">
-                  <c:v>6.5718090883293137</c:v>
+                  <c:v>6.4201251263497392</c:v>
                 </c:pt>
                 <c:pt idx="63">
-                  <c:v>9.7452880497462928</c:v>
+                  <c:v>11.076072027448697</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-B823-40DE-A7D1-4771CC378D2D}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="62"/>
         <c:axId val="1029509296"/>
         <c:axId val="1029509776"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="1029509296"/>
         <c:scaling>
@@ -2342,59 +2840,59 @@
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
-      <xdr:colOff>80433</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>8467</xdr:rowOff>
+      <xdr:colOff>63499</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>169334</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>17</xdr:col>
-      <xdr:colOff>25400</xdr:colOff>
+      <xdr:colOff>8466</xdr:colOff>
       <xdr:row>69</xdr:row>
-      <xdr:rowOff>25400</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB988180-A04C-CF28-AF45-305BD8692F29}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
@@ -2698,3839 +3196,4585 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D5F50C4F-D64E-41F4-B792-AF831EF12B97}">
-  <dimension ref="B2:S68"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{40125CEA-42F8-4A5F-B6C0-2021416588CA}">
+  <dimension ref="B2:T72"/>
   <sheetViews>
-    <sheetView zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="L8" sqref="L8"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="5.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="13.54296875" customWidth="1"/>
+    <col min="1" max="1" width="4.6328125" customWidth="1"/>
+    <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="5" width="11.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:19" x14ac:dyDescent="0.35">
-      <c r="C2" t="s">
+    <row r="2" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="C2" s="30" t="s">
         <v>73</v>
       </c>
-      <c r="D2" t="s">
-[...35 lines deleted...]
-      <c r="F3" t="s">
+    </row>
+    <row r="3" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B3" s="30" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3">
+        <f>FIND("NGR",F7,1)+6</f>
+        <v>38</v>
+      </c>
+      <c r="I3" s="30" t="s">
+        <v>77</v>
+      </c>
+      <c r="J3">
+        <f>FIND("families",F7)+2</f>
+        <v>569</v>
+      </c>
+      <c r="Q3" s="30" t="s">
+        <v>77</v>
+      </c>
+      <c r="R3">
+        <f>FIND("services",F7,1)+10</f>
+        <v>139</v>
+      </c>
+      <c r="T3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="4" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B4" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="C4">
+        <f>FIND(" A ",F7,1)-8</f>
+        <v>51</v>
+      </c>
+      <c r="I4" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="J4">
+        <f>LEN((F7))</f>
+        <v>584</v>
+      </c>
+      <c r="Q4" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="R4">
+        <f>FIND(" (b)",F7,1)</f>
+        <v>149</v>
+      </c>
+    </row>
+    <row r="5" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B5" s="30" t="s">
+        <v>80</v>
+      </c>
+      <c r="C5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I5" s="30" t="s">
+        <v>80</v>
+      </c>
+      <c r="J5" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q5" s="30" t="s">
+        <v>80</v>
+      </c>
+      <c r="T5" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="6" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="C6" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" t="s">
+        <v>71</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="7" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B7" t="s">
         <v>72</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B4" s="4" t="s">
+      <c r="C7" t="str">
+        <f>MID(F7,(FIND("services",F7,1)+10),(FIND(" (b)",F7,1)-(FIND("services",F7,1)+10)))</f>
+        <v>20,099,037</v>
+      </c>
+      <c r="D7" t="str">
+        <f>MID(F7,FIND("families",F7)+9,LEN((F7))-FIND("families",F7)+9)</f>
+        <v>2,533,707</v>
+      </c>
+      <c r="E7" t="str">
+        <f t="shared" ref="E7:E38" si="0">MID(F7,FIND("NGR",F7,1)+8,(FIND(" A ",F7,1)-8)-(FIND("NGR",F7,1)+6))</f>
+        <v>1,111,571,822</v>
+      </c>
+      <c r="F7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="8" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B8" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="C4" s="22">
-[...13 lines deleted...]
-      <c r="B5" s="13" t="s">
+      <c r="C8" t="str">
+        <f t="shared" ref="C8:C71" si="1">MID(F8,(FIND("services",F8,1)+10),(FIND(" (b)",F8,1)-(FIND("services",F8,1)+10)))</f>
+        <v>21,337</v>
+      </c>
+      <c r="D8" t="s">
+        <v>85</v>
+      </c>
+      <c r="E8" t="str">
+        <f t="shared" si="0"/>
+        <v>1,292,671</v>
+      </c>
+      <c r="F8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B9" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="C5" s="22">
-[...13 lines deleted...]
-      <c r="B6" s="4" t="s">
+      <c r="C9" t="str">
+        <f t="shared" si="1"/>
+        <v>37,297</v>
+      </c>
+      <c r="D9" t="str">
+        <f t="shared" ref="D9:D71" si="2">MID(F9,FIND("families",F9)+9,LEN((F9))-FIND("families",F9)+9)</f>
+        <v>-</v>
+      </c>
+      <c r="E9" t="str">
+        <f t="shared" si="0"/>
+        <v>6,723,081</v>
+      </c>
+      <c r="F9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B10" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C6" s="22">
-[...13 lines deleted...]
-      <c r="B7" s="13" t="s">
+      <c r="C10" t="str">
+        <f t="shared" si="1"/>
+        <v>1,816,795</v>
+      </c>
+      <c r="D10" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E10" t="str">
+        <f t="shared" si="0"/>
+        <v>28,298,436</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B11" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="C7" s="22">
-[...13 lines deleted...]
-      <c r="B8" s="4" t="s">
+      <c r="C11" t="str">
+        <f t="shared" si="1"/>
+        <v>248,611</v>
+      </c>
+      <c r="D11" t="str">
+        <f t="shared" si="2"/>
+        <v>191,680</v>
+      </c>
+      <c r="E11" t="str">
+        <f t="shared" si="0"/>
+        <v>17,946,067</v>
+      </c>
+      <c r="F11" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="12" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B12" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="C8" s="22">
-[...13 lines deleted...]
-      <c r="B9" s="13" t="s">
+      <c r="C12" t="str">
+        <f t="shared" si="1"/>
+        <v>456,630</v>
+      </c>
+      <c r="D12" t="str">
+        <f t="shared" si="2"/>
+        <v>89,825</v>
+      </c>
+      <c r="E12" t="str">
+        <f t="shared" si="0"/>
+        <v>19,470,556</v>
+      </c>
+      <c r="F12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B13" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="22">
-[...13 lines deleted...]
-      <c r="B10" s="4" t="s">
+      <c r="C13" t="str">
+        <f t="shared" si="1"/>
+        <v>217,114</v>
+      </c>
+      <c r="D13" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E13" t="str">
+        <f t="shared" si="0"/>
+        <v>17,826,042</v>
+      </c>
+      <c r="F13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B14" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="C10" s="22">
-[...13 lines deleted...]
-      <c r="B11" s="13" t="s">
+      <c r="C14" t="str">
+        <f t="shared" si="1"/>
+        <v>18,075</v>
+      </c>
+      <c r="D14" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E14" t="str">
+        <f t="shared" si="0"/>
+        <v>3,568,338</v>
+      </c>
+      <c r="F14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B15" s="13" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="22">
-[...13 lines deleted...]
-      <c r="B12" s="4" t="s">
+      <c r="C15" t="str">
+        <f t="shared" si="1"/>
+        <v>1,445,103</v>
+      </c>
+      <c r="D15" t="str">
+        <f t="shared" si="2"/>
+        <v>4,216</v>
+      </c>
+      <c r="E15" t="str">
+        <f t="shared" si="0"/>
+        <v>38,914,674</v>
+      </c>
+      <c r="F15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="16" spans="2:20" x14ac:dyDescent="0.35">
+      <c r="B16" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="22">
-[...74 lines deleted...]
-        <v>2742716</v>
+      <c r="C16" t="str">
+        <f t="shared" si="1"/>
+        <v>230,304</v>
+      </c>
+      <c r="D16" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E16" t="str">
+        <f t="shared" si="0"/>
+        <v>9,373,606</v>
       </c>
       <c r="F16" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B17" s="13" t="s">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>1030542</v>
+        <v>15</v>
+      </c>
+      <c r="C17" t="str">
+        <f t="shared" si="1"/>
+        <v>102,576</v>
+      </c>
+      <c r="D17" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E17" t="str">
+        <f t="shared" si="0"/>
+        <v>17,986,667</v>
       </c>
       <c r="F17" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
     </row>
     <row r="18" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B18" s="4" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-        <v>9559110</v>
+        <v>33</v>
+      </c>
+      <c r="C18" t="str">
+        <f t="shared" si="1"/>
+        <v>251,434</v>
+      </c>
+      <c r="D18" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E18" t="str">
+        <f t="shared" si="0"/>
+        <v>30,899,153</v>
       </c>
       <c r="F18" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
     </row>
     <row r="19" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B19" s="13" t="s">
-        <v>21</v>
-[...8 lines deleted...]
-        <v>26032928</v>
+        <v>14</v>
+      </c>
+      <c r="C19" t="str">
+        <f t="shared" si="1"/>
+        <v>55,542</v>
+      </c>
+      <c r="D19" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E19" t="str">
+        <f t="shared" si="0"/>
+        <v>9,007,387</v>
       </c>
       <c r="F19" t="s">
-        <v>123</v>
+        <v>97</v>
       </c>
     </row>
     <row r="20" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B20" s="4" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>15718686</v>
+        <v>7</v>
+      </c>
+      <c r="C20" t="str">
+        <f t="shared" si="1"/>
+        <v>19,805</v>
+      </c>
+      <c r="D20" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E20" t="str">
+        <f t="shared" si="0"/>
+        <v>3,202,194</v>
       </c>
       <c r="F20" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B21" s="13" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>2309731</v>
+        <v>3</v>
+      </c>
+      <c r="C21" t="str">
+        <f t="shared" si="1"/>
+        <v>-</v>
+      </c>
+      <c r="D21" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E21" t="str">
+        <f t="shared" si="0"/>
+        <v>1,131,290</v>
       </c>
       <c r="F21" t="s">
-        <v>124</v>
+        <v>99</v>
       </c>
     </row>
     <row r="22" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B22" s="4" t="s">
-        <v>43</v>
-[...8 lines deleted...]
-        <v>23453312</v>
+        <v>28</v>
+      </c>
+      <c r="C22" t="str">
+        <f t="shared" si="1"/>
+        <v>40,621</v>
+      </c>
+      <c r="D22" t="str">
+        <f t="shared" si="2"/>
+        <v>25,551</v>
+      </c>
+      <c r="E22" t="str">
+        <f t="shared" si="0"/>
+        <v>9,525,802</v>
       </c>
       <c r="F22" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B23" s="13" t="s">
-        <v>5</v>
-[...8 lines deleted...]
-        <v>3210106</v>
+        <v>21</v>
+      </c>
+      <c r="C23" t="str">
+        <f t="shared" si="1"/>
+        <v>269,275</v>
+      </c>
+      <c r="D23" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E23" t="str">
+        <f t="shared" si="0"/>
+        <v>27,209,330</v>
       </c>
       <c r="F23" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
     </row>
     <row r="24" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B24" s="4" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>27380606</v>
+        <v>37</v>
+      </c>
+      <c r="C24" t="str">
+        <f t="shared" si="1"/>
+        <v>264,670</v>
+      </c>
+      <c r="D24" t="str">
+        <f t="shared" si="2"/>
+        <v>20,128</v>
+      </c>
+      <c r="E24" t="str">
+        <f t="shared" si="0"/>
+        <v>16,634,404</v>
       </c>
       <c r="F24" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B25" s="13" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-        <v>77045696</v>
+        <v>11</v>
+      </c>
+      <c r="C25" t="str">
+        <f t="shared" si="1"/>
+        <v>13,592</v>
+      </c>
+      <c r="D25" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E25" t="str">
+        <f t="shared" si="0"/>
+        <v>2,372,650</v>
       </c>
       <c r="F25" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B26" s="4" t="s">
-        <v>50</v>
-[...8 lines deleted...]
-        <v>56438136</v>
+        <v>43</v>
+      </c>
+      <c r="C26" t="str">
+        <f t="shared" si="1"/>
+        <v>166,730</v>
+      </c>
+      <c r="D26" t="str">
+        <f t="shared" si="2"/>
+        <v>493,508</v>
+      </c>
+      <c r="E26" t="str">
+        <f t="shared" si="0"/>
+        <v>24,176,575</v>
       </c>
       <c r="F26" t="s">
-        <v>91</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B27" s="13" t="s">
-        <v>36</v>
-[...8 lines deleted...]
-        <v>19947632</v>
+        <v>5</v>
+      </c>
+      <c r="C27" t="str">
+        <f t="shared" si="1"/>
+        <v>13,400</v>
+      </c>
+      <c r="D27" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E27" t="str">
+        <f t="shared" si="0"/>
+        <v>3,228,593</v>
       </c>
       <c r="F27" t="s">
-        <v>92</v>
+        <v>105</v>
       </c>
     </row>
     <row r="28" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B28" s="4" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>1469588</v>
+        <v>46</v>
+      </c>
+      <c r="C28" t="str">
+        <f t="shared" si="1"/>
+        <v>469,375</v>
+      </c>
+      <c r="D28" t="str">
+        <f t="shared" si="2"/>
+        <v>168,050</v>
+      </c>
+      <c r="E28" t="str">
+        <f t="shared" si="0"/>
+        <v>28,528,658</v>
       </c>
       <c r="F28" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
     </row>
     <row r="29" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B29" s="13" t="s">
-        <v>47</v>
-[...8 lines deleted...]
-        <v>32452290</v>
+        <v>52</v>
+      </c>
+      <c r="C29" t="str">
+        <f t="shared" si="1"/>
+        <v>1,074,845</v>
+      </c>
+      <c r="D29" t="str">
+        <f t="shared" si="2"/>
+        <v>143,098</v>
+      </c>
+      <c r="E29" t="str">
+        <f t="shared" si="0"/>
+        <v>81,128,656</v>
       </c>
       <c r="F29" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
     </row>
     <row r="30" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B30" s="4" t="s">
-        <v>59</v>
-[...8 lines deleted...]
-        <v>11641003</v>
+        <v>50</v>
+      </c>
+      <c r="C30" t="str">
+        <f t="shared" si="1"/>
+        <v>1,225,017</v>
+      </c>
+      <c r="D30" t="str">
+        <f t="shared" si="2"/>
+        <v>51,764</v>
+      </c>
+      <c r="E30" t="str">
+        <f t="shared" si="0"/>
+        <v>60,055,473</v>
       </c>
       <c r="F30" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
     </row>
     <row r="31" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B31" s="13" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>22488478</v>
+        <v>36</v>
+      </c>
+      <c r="C31" t="str">
+        <f t="shared" si="1"/>
+        <v>241,512</v>
+      </c>
+      <c r="D31" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E31" t="str">
+        <f t="shared" si="0"/>
+        <v>20,733,114</v>
       </c>
       <c r="F31" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B32" s="4" t="s">
-        <v>49</v>
-[...8 lines deleted...]
-        <v>18884401</v>
+        <v>2</v>
+      </c>
+      <c r="C32" t="str">
+        <f t="shared" si="1"/>
+        <v>7,430</v>
+      </c>
+      <c r="D32" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E32" t="str">
+        <f t="shared" si="0"/>
+        <v>1,611,239</v>
       </c>
       <c r="F32" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B33" s="13" t="s">
-        <v>24</v>
-[...8 lines deleted...]
-        <v>18795383</v>
+        <v>47</v>
+      </c>
+      <c r="C33" t="str">
+        <f t="shared" si="1"/>
+        <v>919,934</v>
+      </c>
+      <c r="D33" t="str">
+        <f t="shared" si="2"/>
+        <v>16,622</v>
+      </c>
+      <c r="E33" t="str">
+        <f t="shared" si="0"/>
+        <v>34,212,196</v>
       </c>
       <c r="F33" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
     </row>
     <row r="34" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B34" s="4" t="s">
-        <v>44</v>
-[...8 lines deleted...]
-        <v>37826854</v>
+        <v>59</v>
+      </c>
+      <c r="C34" t="str">
+        <f t="shared" si="1"/>
+        <v>342,501</v>
+      </c>
+      <c r="D34" t="str">
+        <f t="shared" si="2"/>
+        <v>1,431</v>
+      </c>
+      <c r="E34" t="str">
+        <f t="shared" si="0"/>
+        <v>13,207,172</v>
       </c>
       <c r="F34" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
     </row>
     <row r="35" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B35" s="13" t="s">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>4063100</v>
+        <v>40</v>
+      </c>
+      <c r="C35" t="str">
+        <f t="shared" si="1"/>
+        <v>453,794</v>
+      </c>
+      <c r="D35" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E35" t="str">
+        <f t="shared" si="0"/>
+        <v>26,081,808</v>
       </c>
       <c r="F35" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
     </row>
     <row r="36" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B36" s="4" t="s">
-        <v>32</v>
-[...8 lines deleted...]
-        <v>7894523</v>
+        <v>49</v>
+      </c>
+      <c r="C36" t="str">
+        <f t="shared" si="1"/>
+        <v>623,678</v>
+      </c>
+      <c r="D36" t="str">
+        <f t="shared" si="2"/>
+        <v>330,701</v>
+      </c>
+      <c r="E36" t="str">
+        <f t="shared" si="0"/>
+        <v>18,175,206</v>
       </c>
       <c r="F36" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B37" s="13" t="s">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>1652829</v>
+        <v>24</v>
+      </c>
+      <c r="C37" t="str">
+        <f t="shared" si="1"/>
+        <v>143,642</v>
+      </c>
+      <c r="D37" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E37" t="str">
+        <f t="shared" si="0"/>
+        <v>19,437,585</v>
       </c>
       <c r="F37" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
     </row>
     <row r="38" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B38" s="4" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>28299356</v>
+        <v>44</v>
+      </c>
+      <c r="C38" t="str">
+        <f t="shared" si="1"/>
+        <v>612,826</v>
+      </c>
+      <c r="D38" t="str">
+        <f t="shared" si="2"/>
+        <v>15,638</v>
+      </c>
+      <c r="E38" t="str">
+        <f t="shared" si="0"/>
+        <v>38,479,739</v>
       </c>
       <c r="F38" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
     </row>
     <row r="39" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B39" s="13" t="s">
-        <v>31</v>
-[...8 lines deleted...]
-        <v>23387195</v>
+        <v>17</v>
+      </c>
+      <c r="C39" t="str">
+        <f t="shared" si="1"/>
+        <v>91,729</v>
+      </c>
+      <c r="D39" t="str">
+        <f t="shared" si="2"/>
+        <v>56,457</v>
+      </c>
+      <c r="E39" t="str">
+        <f t="shared" ref="E39:E70" si="3">MID(F39,FIND("NGR",F39,1)+8,(FIND(" A ",F39,1)-8)-(FIND("NGR",F39,1)+6))</f>
+        <v>4,281,063</v>
       </c>
       <c r="F39" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
     </row>
     <row r="40" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B40" s="4" t="s">
-        <v>48</v>
-[...8 lines deleted...]
-        <v>28868885</v>
+        <v>32</v>
+      </c>
+      <c r="C40" t="str">
+        <f t="shared" si="1"/>
+        <v>195,376</v>
+      </c>
+      <c r="D40" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E40" t="str">
+        <f t="shared" si="3"/>
+        <v>7,543,556</v>
       </c>
       <c r="F40" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
     </row>
     <row r="41" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B41" s="13" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>30299042</v>
+        <v>1</v>
+      </c>
+      <c r="C41" t="str">
+        <f t="shared" si="1"/>
+        <v>37,376</v>
+      </c>
+      <c r="D41" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E41" t="str">
+        <f t="shared" si="3"/>
+        <v>1,912,151</v>
       </c>
       <c r="F41" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
     </row>
     <row r="42" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B42" s="4" t="s">
-        <v>58</v>
-[...8 lines deleted...]
-        <v>19975851</v>
+        <v>38</v>
+      </c>
+      <c r="C42" t="str">
+        <f t="shared" si="1"/>
+        <v>247,397</v>
+      </c>
+      <c r="D42" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E42" t="str">
+        <f t="shared" si="3"/>
+        <v>30,718,045</v>
       </c>
       <c r="F42" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B43" s="13" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>10707207</v>
+        <v>31</v>
+      </c>
+      <c r="C43" t="str">
+        <f t="shared" si="1"/>
+        <v>279,088</v>
+      </c>
+      <c r="D43" t="str">
+        <f t="shared" si="2"/>
+        <v>156,101</v>
+      </c>
+      <c r="E43" t="str">
+        <f t="shared" si="3"/>
+        <v>24,630,566</v>
       </c>
       <c r="F43" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
     </row>
     <row r="44" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B44" s="4" t="s">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>2416645</v>
+        <v>48</v>
+      </c>
+      <c r="C44" t="str">
+        <f t="shared" si="1"/>
+        <v>3,621,664</v>
+      </c>
+      <c r="D44" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E44" t="str">
+        <f t="shared" si="3"/>
+        <v>32,698,090</v>
       </c>
       <c r="F44" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B45" s="13" t="s">
-        <v>41</v>
-[...8 lines deleted...]
-        <v>43385660</v>
+        <v>34</v>
+      </c>
+      <c r="C45" t="str">
+        <f t="shared" si="1"/>
+        <v>191,768</v>
+      </c>
+      <c r="D45" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E45" t="str">
+        <f t="shared" si="3"/>
+        <v>31,523,252</v>
       </c>
       <c r="F45" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
     </row>
     <row r="46" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B46" s="4" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>21396863</v>
+        <v>58</v>
+      </c>
+      <c r="C46" t="str">
+        <f t="shared" si="1"/>
+        <v>220,114</v>
+      </c>
+      <c r="D46" t="str">
+        <f t="shared" si="2"/>
+        <v>101,568</v>
+      </c>
+      <c r="E46" t="str">
+        <f t="shared" si="3"/>
+        <v>22,801,614</v>
       </c>
       <c r="F46" t="s">
-        <v>104</v>
+        <v>124</v>
       </c>
     </row>
     <row r="47" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B47" s="13" t="s">
-        <v>9</v>
-[...8 lines deleted...]
-        <v>5098715</v>
+        <v>13</v>
+      </c>
+      <c r="C47" t="str">
+        <f t="shared" si="1"/>
+        <v>172,587</v>
+      </c>
+      <c r="D47" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E47" t="str">
+        <f t="shared" si="3"/>
+        <v>11,203,793</v>
       </c>
       <c r="F47" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B48" s="4" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>16116589</v>
+        <v>4</v>
+      </c>
+      <c r="C48" t="str">
+        <f t="shared" si="1"/>
+        <v>6,224</v>
+      </c>
+      <c r="D48" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E48" t="str">
+        <f t="shared" si="3"/>
+        <v>2,435,028</v>
       </c>
       <c r="F48" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
     </row>
     <row r="49" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B49" s="13" t="s">
-        <v>60</v>
-[...8 lines deleted...]
-        <v>25894374</v>
+        <v>41</v>
+      </c>
+      <c r="C49" t="str">
+        <f t="shared" si="1"/>
+        <v>198,788</v>
+      </c>
+      <c r="D49" t="str">
+        <f t="shared" si="2"/>
+        <v>69,037</v>
+      </c>
+      <c r="E49" t="str">
+        <f t="shared" si="3"/>
+        <v>46,717,239</v>
       </c>
       <c r="F49" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B50" s="4" t="s">
-        <v>12</v>
-[...8 lines deleted...]
-        <v>4590890</v>
+        <v>45</v>
+      </c>
+      <c r="C50" t="str">
+        <f t="shared" si="1"/>
+        <v>466,148</v>
+      </c>
+      <c r="D50" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E50" t="str">
+        <f t="shared" si="3"/>
+        <v>21,526,304</v>
       </c>
       <c r="F50" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
     </row>
     <row r="51" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B51" s="13" t="s">
-        <v>39</v>
-[...8 lines deleted...]
-        <v>7804495</v>
+        <v>9</v>
+      </c>
+      <c r="C51" t="str">
+        <f t="shared" si="1"/>
+        <v>49,091</v>
+      </c>
+      <c r="D51" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E51" t="str">
+        <f t="shared" si="3"/>
+        <v>5,280,803</v>
       </c>
       <c r="F51" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
     </row>
     <row r="52" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B52" s="4" t="s">
-        <v>0</v>
-[...8 lines deleted...]
-        <v>1176843</v>
+        <v>25</v>
+      </c>
+      <c r="C52" t="str">
+        <f t="shared" si="1"/>
+        <v>19,357</v>
+      </c>
+      <c r="D52" t="str">
+        <f t="shared" si="2"/>
+        <v>70,133</v>
+      </c>
+      <c r="E52" t="str">
+        <f t="shared" si="3"/>
+        <v>16,965,456</v>
       </c>
       <c r="F52" t="s">
-        <v>78</v>
+        <v>130</v>
       </c>
     </row>
     <row r="53" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B53" s="13" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>3741472</v>
+        <v>60</v>
+      </c>
+      <c r="C53" t="str">
+        <f t="shared" si="1"/>
+        <v>225,033</v>
+      </c>
+      <c r="D53" t="str">
+        <f t="shared" si="2"/>
+        <v>69,037</v>
+      </c>
+      <c r="E53" t="str">
+        <f t="shared" si="3"/>
+        <v>26,886,621</v>
       </c>
       <c r="F53" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="54" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B54" s="4" t="s">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>2558042</v>
+        <v>12</v>
+      </c>
+      <c r="C54" t="str">
+        <f t="shared" si="1"/>
+        <v>20,900</v>
+      </c>
+      <c r="D54" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E54" t="str">
+        <f t="shared" si="3"/>
+        <v>4,180,498</v>
       </c>
       <c r="F54" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
     </row>
     <row r="55" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B55" s="13" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-        <v>5904982</v>
+        <v>39</v>
+      </c>
+      <c r="C55" t="str">
+        <f t="shared" si="1"/>
+        <v>171,839</v>
+      </c>
+      <c r="D55" t="str">
+        <f t="shared" si="2"/>
+        <v>262,474</v>
+      </c>
+      <c r="E55" t="str">
+        <f t="shared" si="3"/>
+        <v>7,812,815</v>
       </c>
       <c r="F55" t="s">
-        <v>107</v>
+        <v>133</v>
       </c>
     </row>
     <row r="56" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B56" s="4" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      <c r="D56" s="22">
         <v>0</v>
       </c>
-      <c r="E56" s="22">
-        <v>2332740</v>
+      <c r="C56" t="str">
+        <f t="shared" si="1"/>
+        <v>-</v>
+      </c>
+      <c r="D56" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E56" t="str">
+        <f t="shared" si="3"/>
+        <v>1,116,607</v>
       </c>
       <c r="F56" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="57" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B57" s="13" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>567282</v>
+        <v>16</v>
+      </c>
+      <c r="C57" t="str">
+        <f t="shared" si="1"/>
+        <v>39,938</v>
+      </c>
+      <c r="D57" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E57" t="str">
+        <f t="shared" si="3"/>
+        <v>4,185,921</v>
       </c>
       <c r="F57" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
     </row>
     <row r="58" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B58" s="4" t="s">
-        <v>57</v>
-[...8 lines deleted...]
-        <v>7155040</v>
+        <v>8</v>
+      </c>
+      <c r="C58" t="str">
+        <f t="shared" si="1"/>
+        <v>15,123</v>
+      </c>
+      <c r="D58" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E58" t="str">
+        <f t="shared" si="3"/>
+        <v>2,574,360</v>
       </c>
       <c r="F58" t="s">
-        <v>116</v>
+        <v>136</v>
       </c>
     </row>
     <row r="59" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B59" s="13" t="s">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>436036</v>
+        <v>27</v>
+      </c>
+      <c r="C59" t="str">
+        <f t="shared" si="1"/>
+        <v>82,900</v>
+      </c>
+      <c r="D59" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E59" t="str">
+        <f t="shared" si="3"/>
+        <v>5,717,188</v>
       </c>
       <c r="F59" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="60" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B60" s="4" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>4101313</v>
+        <v>10</v>
+      </c>
+      <c r="C60" t="str">
+        <f t="shared" si="1"/>
+        <v>47,438</v>
+      </c>
+      <c r="D60" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E60" t="str">
+        <f t="shared" si="3"/>
+        <v>2,666,719</v>
       </c>
       <c r="F60" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
     </row>
     <row r="61" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B61" s="13" t="s">
-        <v>23</v>
-[...8 lines deleted...]
-        <v>12424006</v>
+        <v>64</v>
+      </c>
+      <c r="C61" t="str">
+        <f t="shared" si="1"/>
+        <v>11,330</v>
+      </c>
+      <c r="D61" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E61" t="str">
+        <f t="shared" si="3"/>
+        <v>712,872</v>
       </c>
       <c r="F61" t="s">
-        <v>108</v>
+        <v>139</v>
       </c>
     </row>
     <row r="62" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B62" s="4" t="s">
-        <v>22</v>
-[...8 lines deleted...]
-        <v>24068446</v>
+        <v>57</v>
+      </c>
+      <c r="C62" t="str">
+        <f t="shared" si="1"/>
+        <v>63,540</v>
+      </c>
+      <c r="D62" t="str">
+        <f t="shared" si="2"/>
+        <v>10,481</v>
+      </c>
+      <c r="E62" t="str">
+        <f t="shared" si="3"/>
+        <v>7,643,850</v>
       </c>
       <c r="F62" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B63" s="13" t="s">
-        <v>26</v>
-[...8 lines deleted...]
-        <v>14545759</v>
+        <v>6</v>
+      </c>
+      <c r="C63" t="str">
+        <f t="shared" si="1"/>
+        <v>5,937</v>
+      </c>
+      <c r="D63" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E63" t="str">
+        <f t="shared" si="3"/>
+        <v>451,487</v>
       </c>
       <c r="F63" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
     </row>
     <row r="64" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B64" s="4" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>19667307</v>
+        <v>55</v>
+      </c>
+      <c r="C64" t="str">
+        <f t="shared" si="1"/>
+        <v>73,171</v>
+      </c>
+      <c r="D64" t="str">
+        <f t="shared" si="2"/>
+        <v>24,918</v>
+      </c>
+      <c r="E64" t="str">
+        <f t="shared" si="3"/>
+        <v>4,405,163</v>
       </c>
       <c r="F64" t="s">
-        <v>110</v>
+        <v>142</v>
       </c>
     </row>
     <row r="65" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B65" s="13" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>50462202</v>
+        <v>23</v>
+      </c>
+      <c r="C65" t="str">
+        <f t="shared" si="1"/>
+        <v>26,790</v>
+      </c>
+      <c r="D65" t="str">
+        <f t="shared" si="2"/>
+        <v>15,064</v>
+      </c>
+      <c r="E65" t="str">
+        <f t="shared" si="3"/>
+        <v>12,736,625</v>
       </c>
       <c r="F65" t="s">
-        <v>111</v>
+        <v>143</v>
       </c>
     </row>
     <row r="66" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B66" s="4" t="s">
-        <v>35</v>
-[...8 lines deleted...]
-        <v>4828928</v>
+        <v>22</v>
+      </c>
+      <c r="C66" t="str">
+        <f t="shared" si="1"/>
+        <v>313,527</v>
+      </c>
+      <c r="D66" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E66" t="str">
+        <f t="shared" si="3"/>
+        <v>24,679,222</v>
       </c>
       <c r="F66" t="s">
-        <v>112</v>
+        <v>144</v>
       </c>
     </row>
     <row r="67" spans="2:6" x14ac:dyDescent="0.35">
       <c r="B67" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C67" t="str">
+        <f t="shared" si="1"/>
+        <v>246,259</v>
+      </c>
+      <c r="D67" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E67" t="str">
+        <f t="shared" si="3"/>
+        <v>16,330,155</v>
+      </c>
+      <c r="F67" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B68" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C68" t="str">
+        <f t="shared" si="1"/>
+        <v>152,431</v>
+      </c>
+      <c r="D68" t="str">
+        <f t="shared" si="2"/>
+        <v>42,901</v>
+      </c>
+      <c r="E68" t="str">
+        <f t="shared" si="3"/>
+        <v>20,413,098</v>
+      </c>
+      <c r="F68" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B69" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="C69" t="str">
+        <f t="shared" si="1"/>
+        <v>569,312</v>
+      </c>
+      <c r="D69" t="str">
+        <f t="shared" si="2"/>
+        <v>62,068</v>
+      </c>
+      <c r="E69" t="str">
+        <f t="shared" si="3"/>
+        <v>58,628,398</v>
+      </c>
+      <c r="F69" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B70" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C70" t="str">
+        <f t="shared" si="1"/>
+        <v>306,327</v>
+      </c>
+      <c r="D70" t="str">
+        <f t="shared" si="2"/>
+        <v>-</v>
+      </c>
+      <c r="E70" t="str">
+        <f t="shared" si="3"/>
+        <v>4,840,374</v>
+      </c>
+      <c r="F70" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B71" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="C67" s="22">
-[...13 lines deleted...]
-      <c r="B68" s="7" t="s">
+      <c r="C71" t="str">
+        <f t="shared" si="1"/>
+        <v>127,070</v>
+      </c>
+      <c r="D71" t="str">
+        <f t="shared" si="2"/>
+        <v>41,256</v>
+      </c>
+      <c r="E71" t="str">
+        <f t="shared" ref="E71:E102" si="4">MID(F71,FIND("NGR",F71,1)+8,(FIND(" A ",F71,1)-8)-(FIND("NGR",F71,1)+6))</f>
+        <v>14,914,524</v>
+      </c>
+      <c r="F71" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="72" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B72" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="C68" s="22">
-[...10 lines deleted...]
-      </c>
+      <c r="D72" s="7"/>
+      <c r="E72" s="7"/>
     </row>
   </sheetData>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F6E3156-0C81-4A06-B475-24A150BCF228}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:V4344"/>
+  <dimension ref="B1:AQ4344"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScale="75" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="G15" sqref="G15"/>
+      <selection activeCell="T1" sqref="T1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2.1796875" style="1" customWidth="1"/>
     <col min="2" max="2" width="15.36328125" style="8" customWidth="1"/>
     <col min="3" max="5" width="12.08984375" style="11" customWidth="1"/>
-    <col min="6" max="6" width="12.08984375" style="24" customWidth="1"/>
+    <col min="6" max="6" width="12.08984375" style="22" customWidth="1"/>
     <col min="7" max="8" width="12.08984375" style="1" customWidth="1"/>
-    <col min="9" max="9" width="4.81640625" style="17" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="12.54296875" style="17" customWidth="1"/>
+    <col min="9" max="9" width="4.81640625" style="16" customWidth="1"/>
+    <col min="10" max="10" width="15.36328125" style="16" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="12.54296875" style="16" customWidth="1"/>
     <col min="12" max="13" width="8.7265625" style="1"/>
-    <col min="14" max="15" width="8.7265625" style="17"/>
+    <col min="14" max="15" width="8.7265625" style="16"/>
     <col min="16" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:22" ht="32.5" customHeight="1" x14ac:dyDescent="0.35">
-[...26 lines deleted...]
-      <c r="B2" s="34" t="s">
+    <row r="1" spans="2:43" ht="32.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B1" s="32" t="s">
+        <v>241</v>
+      </c>
+      <c r="C1" s="32"/>
+      <c r="D1" s="32"/>
+      <c r="E1" s="32"/>
+      <c r="F1" s="32"/>
+      <c r="G1" s="32"/>
+      <c r="H1" s="32"/>
+      <c r="J1" s="34" t="s">
+        <v>242</v>
+      </c>
+      <c r="K1" s="34"/>
+      <c r="L1" s="34"/>
+      <c r="M1" s="34"/>
+      <c r="N1" s="34"/>
+      <c r="O1" s="34"/>
+      <c r="P1" s="34"/>
+      <c r="Q1" s="34"/>
+      <c r="R1" s="29"/>
+      <c r="S1" s="29"/>
+      <c r="T1" s="29"/>
+      <c r="U1" s="29"/>
+      <c r="V1" s="29"/>
+    </row>
+    <row r="2" spans="2:43" ht="14.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="33" t="s">
         <v>66</v>
       </c>
-      <c r="C2" s="34"/>
-[...4 lines deleted...]
-      <c r="H2" s="34"/>
+      <c r="C2" s="33"/>
+      <c r="D2" s="33"/>
+      <c r="E2" s="33"/>
+      <c r="F2" s="33"/>
+      <c r="G2" s="33"/>
+      <c r="H2" s="33"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
       <c r="M2" s="31"/>
-      <c r="N2" s="31"/>
-[...9 lines deleted...]
-    <row r="3" spans="2:22" x14ac:dyDescent="0.35">
+      <c r="N2" s="29"/>
+      <c r="O2" s="29"/>
+      <c r="P2" s="29"/>
+      <c r="Q2" s="29"/>
+      <c r="R2" s="29"/>
+      <c r="S2" s="29"/>
+      <c r="T2" s="29"/>
+      <c r="U2" s="29"/>
+      <c r="V2" s="29"/>
+    </row>
+    <row r="3" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
-    </row>
-    <row r="4" spans="2:22" ht="48.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J3" s="1"/>
+      <c r="K3" s="1"/>
+    </row>
+    <row r="4" spans="2:43" ht="48.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="12"/>
       <c r="C4" s="3" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D4" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="E4" s="3" t="s">
         <v>74</v>
       </c>
-      <c r="E4" s="3" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="F4" s="23" t="s">
+        <v>75</v>
       </c>
       <c r="G4" s="3" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="H4" s="23" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" s="21" t="s">
         <v>68</v>
       </c>
-      <c r="J4" s="29" t="s">
+      <c r="J4" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="K4" s="28">
         <v>0</v>
       </c>
-      <c r="K4" s="30">
+      <c r="N4" s="17"/>
+      <c r="O4" s="18" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B5" s="24" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" s="25">
+        <v>21337</v>
+      </c>
+      <c r="D5" s="25">
         <v>0</v>
       </c>
-      <c r="N4" s="18"/>
-[...11 lines deleted...]
-      <c r="D5" s="27">
+      <c r="E5" s="25">
+        <f>SUM(C5:D5)</f>
+        <v>21337</v>
+      </c>
+      <c r="F5" s="25" t="s">
+        <v>150</v>
+      </c>
+      <c r="G5" s="26">
+        <f>E5/F5*100</f>
+        <v>1.6506133424514049</v>
+      </c>
+      <c r="H5" s="25">
+        <f>RANK(G5,G$5:G$68)</f>
+        <v>19</v>
+      </c>
+      <c r="J5" s="27" t="s">
         <v>0</v>
       </c>
-      <c r="E5" s="27">
-[...20 lines deleted...]
-      <c r="N5" s="15" t="s">
+      <c r="K5" s="28">
         <v>0</v>
       </c>
-      <c r="O5" s="16">
+      <c r="N5" s="14" t="s">
         <v>0</v>
       </c>
-    </row>
-    <row r="6" spans="2:22" x14ac:dyDescent="0.35">
+      <c r="O5" s="15">
+        <v>0</v>
+      </c>
+      <c r="AK5"/>
+      <c r="AL5"/>
+      <c r="AM5"/>
+      <c r="AN5"/>
+      <c r="AO5"/>
+      <c r="AP5"/>
+      <c r="AQ5"/>
+    </row>
+    <row r="6" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B6" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C6" s="5">
-        <v>50323</v>
+        <v>37297</v>
       </c>
       <c r="D6" s="5">
         <v>0</v>
       </c>
       <c r="E6" s="5">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-        <v>6256569</v>
+        <f t="shared" ref="E6:E68" si="0">SUM(C6:D6)</f>
+        <v>37297</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="G6" s="6">
-        <f t="shared" si="1"/>
-        <v>0.80432262474848437</v>
+        <f t="shared" ref="G6:G68" si="1">E6/F6*100</f>
+        <v>0.5547605331543678</v>
       </c>
       <c r="H6" s="5">
         <f t="shared" ref="H6:H67" si="2">RANK(G6,G$5:G$68)</f>
-        <v>47</v>
-[...7 lines deleted...]
-      <c r="N6" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="K6" s="28">
+        <v>0.11409655007209944</v>
+      </c>
+      <c r="N6" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="O6" s="16">
+      <c r="O6" s="15">
         <v>0.15891464070068073</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="26" t="s">
+      <c r="AK6"/>
+      <c r="AL6"/>
+      <c r="AM6"/>
+      <c r="AN6"/>
+      <c r="AO6"/>
+      <c r="AP6"/>
+      <c r="AQ6"/>
+    </row>
+    <row r="7" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B7" s="24" t="s">
         <v>53</v>
       </c>
-      <c r="C7" s="27">
-[...2 lines deleted...]
-      <c r="D7" s="27">
+      <c r="C7" s="25">
+        <v>1816795</v>
+      </c>
+      <c r="D7" s="25">
         <v>0</v>
       </c>
-      <c r="E7" s="27">
+      <c r="E7" s="25">
         <f t="shared" si="0"/>
-        <v>1717896</v>
-[...4 lines deleted...]
-      <c r="G7" s="28">
+        <v>1816795</v>
+      </c>
+      <c r="F7" s="25" t="s">
+        <v>152</v>
+      </c>
+      <c r="G7" s="26">
         <f t="shared" si="1"/>
-        <v>6.5718090883293137</v>
-[...1 lines deleted...]
-      <c r="H7" s="27">
+        <v>6.4201251263497392</v>
+      </c>
+      <c r="H7" s="25">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
-      <c r="J7" s="29" t="s">
-[...5 lines deleted...]
-      <c r="N7" s="15" t="s">
+      <c r="J7" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" s="28">
+        <v>0.21033829605566623</v>
+      </c>
+      <c r="N7" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="O7" s="16">
+      <c r="O7" s="15">
         <v>0.18384731673030283</v>
       </c>
-    </row>
-    <row r="8" spans="2:22" x14ac:dyDescent="0.35">
+      <c r="AK7"/>
+      <c r="AL7"/>
+      <c r="AM7"/>
+      <c r="AN7"/>
+      <c r="AO7"/>
+      <c r="AP7"/>
+      <c r="AQ7"/>
+    </row>
+    <row r="8" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="5">
-        <v>272172</v>
-[...2 lines deleted...]
-        <v>2116</v>
+        <v>248611</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>153</v>
       </c>
       <c r="E8" s="5">
         <f t="shared" si="0"/>
-        <v>274288</v>
-[...2 lines deleted...]
-        <v>17365060</v>
+        <v>248611</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="G8" s="6">
         <f t="shared" si="1"/>
-        <v>1.579539604239778</v>
+        <v>1.3853230348465768</v>
       </c>
       <c r="H8" s="5">
         <f t="shared" si="2"/>
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="J8" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="J8" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="K8" s="28">
+        <v>0.25560281031676024</v>
+      </c>
+      <c r="N8" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="O8" s="15">
+        <v>0.21748404831572452</v>
+      </c>
+      <c r="AK8"/>
+      <c r="AL8"/>
+      <c r="AM8"/>
+      <c r="AN8"/>
+      <c r="AO8"/>
+      <c r="AP8"/>
+      <c r="AQ8"/>
+    </row>
+    <row r="9" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B9" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" s="25">
+        <v>456630</v>
+      </c>
+      <c r="D9" s="25" t="s">
+        <v>155</v>
+      </c>
+      <c r="E9" s="25">
+        <f t="shared" si="0"/>
+        <v>456630</v>
+      </c>
+      <c r="F9" s="25" t="s">
+        <v>156</v>
+      </c>
+      <c r="G9" s="26">
+        <f t="shared" si="1"/>
+        <v>2.3452334899938143</v>
+      </c>
+      <c r="H9" s="25">
+        <f t="shared" si="2"/>
+        <v>10</v>
+      </c>
+      <c r="J9" s="27" t="s">
+        <v>5</v>
+      </c>
+      <c r="K9" s="28">
+        <v>0.4150414747228901</v>
+      </c>
+      <c r="N9" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="O9" s="15">
+        <v>0.24462838979650001</v>
+      </c>
+      <c r="AK9"/>
+      <c r="AL9"/>
+      <c r="AM9"/>
+      <c r="AN9"/>
+      <c r="AO9"/>
+      <c r="AP9"/>
+      <c r="AQ9"/>
+    </row>
+    <row r="10" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B10" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="5">
+        <v>217114</v>
+      </c>
+      <c r="D10" s="5">
+        <v>0</v>
+      </c>
+      <c r="E10" s="5">
+        <f t="shared" si="0"/>
+        <v>217114</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="G10" s="6">
+        <f t="shared" si="1"/>
+        <v>1.2179596570006959</v>
+      </c>
+      <c r="H10" s="5">
+        <f t="shared" si="2"/>
+        <v>31</v>
+      </c>
+      <c r="J10" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" s="28">
+        <v>0.42551316014201956</v>
+      </c>
+      <c r="N10" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="O10" s="15">
+        <v>0.30273693205555052</v>
+      </c>
+      <c r="AK10"/>
+      <c r="AL10"/>
+      <c r="AM10"/>
+      <c r="AN10"/>
+      <c r="AO10"/>
+      <c r="AP10"/>
+      <c r="AQ10"/>
+    </row>
+    <row r="11" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B11" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" s="25">
+        <v>18075</v>
+      </c>
+      <c r="D11" s="25">
+        <v>0</v>
+      </c>
+      <c r="E11" s="25">
+        <f t="shared" si="0"/>
+        <v>18075</v>
+      </c>
+      <c r="F11" s="25" t="s">
+        <v>158</v>
+      </c>
+      <c r="G11" s="26">
+        <f t="shared" si="1"/>
+        <v>0.50653833801618564</v>
+      </c>
+      <c r="H11" s="25">
+        <f t="shared" si="2"/>
+        <v>54</v>
+      </c>
+      <c r="J11" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="K11" s="28">
+        <v>0.42643128631059096</v>
+      </c>
+      <c r="N11" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="O11" s="15">
+        <v>0.34310471250059538</v>
+      </c>
+      <c r="AK11"/>
+      <c r="AL11"/>
+      <c r="AM11"/>
+      <c r="AN11"/>
+      <c r="AO11"/>
+      <c r="AP11"/>
+      <c r="AQ11"/>
+    </row>
+    <row r="12" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B12" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="5">
+        <v>1445103</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="E12" s="5">
+        <f t="shared" si="0"/>
+        <v>1445103</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="G12" s="6">
+        <f t="shared" si="1"/>
+        <v>3.7135169113841222</v>
+      </c>
+      <c r="H12" s="5">
+        <f t="shared" si="2"/>
+        <v>4</v>
+      </c>
+      <c r="J12" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="K12" s="28">
+        <v>0.46113580915059776</v>
+      </c>
+      <c r="N12" s="14" t="s">
+        <v>24</v>
+      </c>
+      <c r="O12" s="15">
+        <v>0.39151068901919306</v>
+      </c>
+      <c r="AK12"/>
+      <c r="AL12"/>
+      <c r="AM12"/>
+      <c r="AN12"/>
+      <c r="AO12"/>
+      <c r="AP12"/>
+      <c r="AQ12"/>
+    </row>
+    <row r="13" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B13" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="25">
+        <v>230304</v>
+      </c>
+      <c r="D13" s="25">
+        <v>0</v>
+      </c>
+      <c r="E13" s="25">
+        <f t="shared" si="0"/>
+        <v>230304</v>
+      </c>
+      <c r="F13" s="25" t="s">
+        <v>161</v>
+      </c>
+      <c r="G13" s="26">
+        <f t="shared" si="1"/>
+        <v>2.4569413307962806</v>
+      </c>
+      <c r="H13" s="25">
+        <f t="shared" si="2"/>
+        <v>9</v>
+      </c>
+      <c r="J13" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="K13" s="28">
+        <v>0.49994043771818575</v>
+      </c>
+      <c r="N13" s="14" t="s">
+        <v>8</v>
+      </c>
+      <c r="O13" s="15">
+        <v>0.42280246234103896</v>
+      </c>
+      <c r="AK13"/>
+      <c r="AL13"/>
+      <c r="AM13"/>
+      <c r="AN13"/>
+      <c r="AO13"/>
+      <c r="AP13"/>
+      <c r="AQ13"/>
+    </row>
+    <row r="14" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B14" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="5">
+        <v>102576</v>
+      </c>
+      <c r="D14" s="5">
+        <v>0</v>
+      </c>
+      <c r="E14" s="5">
+        <f t="shared" si="0"/>
+        <v>102576</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="G14" s="6">
+        <f>E14/F14*100</f>
+        <v>0.57028909247055048</v>
+      </c>
+      <c r="H14" s="5">
+        <f t="shared" si="2"/>
+        <v>52</v>
+      </c>
+      <c r="J14" s="27" t="s">
+        <v>54</v>
+      </c>
+      <c r="K14" s="28">
+        <v>0.50653833801618564</v>
+      </c>
+      <c r="N14" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="O14" s="15">
+        <v>0.45407227140084172</v>
+      </c>
+      <c r="AK14"/>
+      <c r="AL14"/>
+      <c r="AM14"/>
+      <c r="AN14"/>
+      <c r="AO14"/>
+      <c r="AP14"/>
+      <c r="AQ14"/>
+    </row>
+    <row r="15" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B15" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="25">
+        <v>251434</v>
+      </c>
+      <c r="D15" s="25">
+        <v>0</v>
+      </c>
+      <c r="E15" s="25">
+        <f t="shared" si="0"/>
+        <v>251434</v>
+      </c>
+      <c r="F15" s="25" t="s">
+        <v>163</v>
+      </c>
+      <c r="G15" s="26">
+        <f t="shared" si="1"/>
+        <v>0.81372457037900037</v>
+      </c>
+      <c r="H15" s="25">
+        <f t="shared" si="2"/>
+        <v>42</v>
+      </c>
+      <c r="J15" s="27" t="s">
+        <v>56</v>
+      </c>
+      <c r="K15" s="28">
+        <v>0.5547605331543678</v>
+      </c>
+      <c r="N15" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="O15" s="15">
+        <v>0.46646665831349193</v>
+      </c>
+      <c r="AK15"/>
+      <c r="AL15"/>
+      <c r="AM15"/>
+      <c r="AN15"/>
+      <c r="AO15"/>
+      <c r="AP15"/>
+      <c r="AQ15"/>
+    </row>
+    <row r="16" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B16" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C16" s="5">
+        <v>55542</v>
+      </c>
+      <c r="D16" s="5">
+        <v>0</v>
+      </c>
+      <c r="E16" s="5">
+        <f t="shared" si="0"/>
+        <v>55542</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="G16" s="6">
+        <f>E16/F16*100</f>
+        <v>0.61662721941446508</v>
+      </c>
+      <c r="H16" s="5">
+        <f t="shared" si="2"/>
+        <v>48</v>
+      </c>
+      <c r="J16" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="K16" s="28">
+        <v>0.57028909247055048</v>
+      </c>
+      <c r="N16" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="O16" s="15">
+        <v>0.47171032113663569</v>
+      </c>
+      <c r="AK16"/>
+      <c r="AL16"/>
+      <c r="AM16"/>
+      <c r="AN16"/>
+      <c r="AO16"/>
+      <c r="AP16"/>
+      <c r="AQ16"/>
+    </row>
+    <row r="17" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B17" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="C17" s="25">
+        <v>19805</v>
+      </c>
+      <c r="D17" s="25">
+        <v>0</v>
+      </c>
+      <c r="E17" s="25">
+        <f t="shared" si="0"/>
+        <v>19805</v>
+      </c>
+      <c r="F17" s="25" t="s">
+        <v>165</v>
+      </c>
+      <c r="G17" s="26">
+        <f t="shared" si="1"/>
+        <v>0.61848220313947244</v>
+      </c>
+      <c r="H17" s="25">
+        <f t="shared" si="2"/>
+        <v>47</v>
+      </c>
+      <c r="J17" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="K17" s="28">
+        <v>0.57286156828862245</v>
+      </c>
+      <c r="N17" s="14" t="s">
         <v>23</v>
       </c>
-      <c r="K8" s="30">
-[...2 lines deleted...]
-      <c r="N8" s="15" t="s">
+      <c r="O17" s="15">
+        <v>0.48523676596297394</v>
+      </c>
+      <c r="AK17"/>
+      <c r="AL17"/>
+      <c r="AM17"/>
+      <c r="AN17"/>
+      <c r="AO17"/>
+      <c r="AP17"/>
+      <c r="AQ17"/>
+    </row>
+    <row r="18" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B18" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="C18" s="5">
+        <v>0</v>
+      </c>
+      <c r="D18" s="5">
+        <v>0</v>
+      </c>
+      <c r="E18" s="5">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="G18" s="6">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+      <c r="H18" s="5">
+        <f t="shared" si="2"/>
+        <v>63</v>
+      </c>
+      <c r="J18" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="K18" s="28">
+        <v>0.58744697711275817</v>
+      </c>
+      <c r="N18" s="14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" s="15">
+        <v>0.65776165693916422</v>
+      </c>
+      <c r="AK18"/>
+      <c r="AL18"/>
+      <c r="AM18"/>
+      <c r="AN18"/>
+      <c r="AO18"/>
+      <c r="AP18"/>
+      <c r="AQ18"/>
+    </row>
+    <row r="19" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B19" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="25">
+        <v>40621</v>
+      </c>
+      <c r="D19" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="E19" s="25">
+        <f t="shared" si="0"/>
+        <v>40621</v>
+      </c>
+      <c r="F19" s="25" t="s">
+        <v>168</v>
+      </c>
+      <c r="G19" s="26">
+        <f t="shared" si="1"/>
+        <v>0.42643128631059096</v>
+      </c>
+      <c r="H19" s="25">
+        <f t="shared" si="2"/>
+        <v>57</v>
+      </c>
+      <c r="J19" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" s="28">
+        <v>0.60833825139614406</v>
+      </c>
+      <c r="N19" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="O19" s="15">
+        <v>0.70837432989341054</v>
+      </c>
+      <c r="AK19"/>
+      <c r="AL19"/>
+      <c r="AM19"/>
+      <c r="AN19"/>
+      <c r="AO19"/>
+      <c r="AP19"/>
+      <c r="AQ19"/>
+    </row>
+    <row r="20" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B20" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="5">
+        <v>269275</v>
+      </c>
+      <c r="D20" s="5">
+        <v>0</v>
+      </c>
+      <c r="E20" s="5">
+        <f t="shared" si="0"/>
+        <v>269275</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="G20" s="6">
+        <f t="shared" si="1"/>
+        <v>0.98964215583404669</v>
+      </c>
+      <c r="H20" s="5">
+        <f t="shared" si="2"/>
+        <v>34</v>
+      </c>
+      <c r="J20" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="K20" s="28">
+        <v>0.61662721941446508</v>
+      </c>
+      <c r="N20" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="O20" s="15">
+        <v>0.77527784794444743</v>
+      </c>
+      <c r="AK20"/>
+      <c r="AL20"/>
+      <c r="AM20"/>
+      <c r="AN20"/>
+      <c r="AO20"/>
+      <c r="AP20"/>
+      <c r="AQ20"/>
+    </row>
+    <row r="21" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B21" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="C21" s="25">
+        <v>264670</v>
+      </c>
+      <c r="D21" s="25" t="s">
+        <v>170</v>
+      </c>
+      <c r="E21" s="25">
+        <f t="shared" si="0"/>
+        <v>264670</v>
+      </c>
+      <c r="F21" s="25" t="s">
+        <v>171</v>
+      </c>
+      <c r="G21" s="26">
+        <f t="shared" si="1"/>
+        <v>1.5910999877122138</v>
+      </c>
+      <c r="H21" s="25">
+        <f t="shared" si="2"/>
+        <v>22</v>
+      </c>
+      <c r="J21" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="K21" s="28">
+        <v>0.61848220313947244</v>
+      </c>
+      <c r="N21" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="O21" s="15">
+        <v>0.7774548230950753</v>
+      </c>
+      <c r="AK21"/>
+      <c r="AL21"/>
+      <c r="AM21"/>
+      <c r="AN21"/>
+      <c r="AO21"/>
+      <c r="AP21"/>
+      <c r="AQ21"/>
+    </row>
+    <row r="22" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B22" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" s="5">
+        <v>13592</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E22" s="5">
+        <f t="shared" si="0"/>
+        <v>13592</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="G22" s="6">
+        <f t="shared" si="1"/>
+        <v>0.57286156828862245</v>
+      </c>
+      <c r="H22" s="5">
+        <f t="shared" si="2"/>
+        <v>51</v>
+      </c>
+      <c r="J22" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="K22" s="28">
+        <v>0.68963449123790277</v>
+      </c>
+      <c r="N22" s="14" t="s">
+        <v>34</v>
+      </c>
+      <c r="O22" s="15">
+        <v>0.79531727040483469</v>
+      </c>
+      <c r="AK22"/>
+      <c r="AL22"/>
+      <c r="AM22"/>
+      <c r="AN22"/>
+      <c r="AO22"/>
+      <c r="AP22"/>
+      <c r="AQ22"/>
+    </row>
+    <row r="23" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B23" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="C23" s="25">
+        <v>166730</v>
+      </c>
+      <c r="D23" s="25" t="s">
+        <v>173</v>
+      </c>
+      <c r="E23" s="25">
+        <f t="shared" si="0"/>
+        <v>166730</v>
+      </c>
+      <c r="F23" s="25" t="s">
+        <v>174</v>
+      </c>
+      <c r="G23" s="26">
+        <f t="shared" si="1"/>
+        <v>0.68963449123790277</v>
+      </c>
+      <c r="H23" s="25">
+        <f t="shared" si="2"/>
+        <v>46</v>
+      </c>
+      <c r="J23" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="K23" s="28">
+        <v>0.73899098061821988</v>
+      </c>
+      <c r="N23" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="O23" s="15">
+        <v>0.80459966740758204</v>
+      </c>
+      <c r="AK23"/>
+      <c r="AL23"/>
+      <c r="AM23"/>
+      <c r="AN23"/>
+      <c r="AO23"/>
+      <c r="AP23"/>
+      <c r="AQ23"/>
+    </row>
+    <row r="24" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B24" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="O8" s="16">
-[...13 lines deleted...]
-      <c r="E9" s="27">
+      <c r="C24" s="5">
+        <v>13400</v>
+      </c>
+      <c r="D24" s="5">
+        <v>0</v>
+      </c>
+      <c r="E24" s="5">
         <f t="shared" si="0"/>
-        <v>477496</v>
-[...4 lines deleted...]
-      <c r="G9" s="28">
+        <v>13400</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="G24" s="6">
         <f t="shared" si="1"/>
-        <v>2.4851900946935621</v>
-[...1 lines deleted...]
-      <c r="H9" s="27">
+        <v>0.4150414747228901</v>
+      </c>
+      <c r="H24" s="5">
+        <f t="shared" si="2"/>
+        <v>59</v>
+      </c>
+      <c r="J24" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="K24" s="28">
+        <v>0.74673133886879883</v>
+      </c>
+      <c r="N24" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="O24" s="15">
+        <v>0.82283964425123501</v>
+      </c>
+      <c r="AK24"/>
+      <c r="AL24"/>
+      <c r="AM24"/>
+      <c r="AN24"/>
+      <c r="AO24"/>
+      <c r="AP24"/>
+      <c r="AQ24"/>
+    </row>
+    <row r="25" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B25" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" s="25">
+        <v>469375</v>
+      </c>
+      <c r="D25" s="25" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" s="25">
+        <f t="shared" si="0"/>
+        <v>469375</v>
+      </c>
+      <c r="F25" s="25" t="s">
+        <v>177</v>
+      </c>
+      <c r="G25" s="26">
+        <f t="shared" si="1"/>
+        <v>1.6452754279573896</v>
+      </c>
+      <c r="H25" s="25">
+        <f t="shared" si="2"/>
+        <v>20</v>
+      </c>
+      <c r="J25" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="K25" s="28">
+        <v>0.80538002988145896</v>
+      </c>
+      <c r="N25" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="O25" s="15">
+        <v>0.83330584470601188</v>
+      </c>
+      <c r="AK25"/>
+      <c r="AL25"/>
+      <c r="AM25"/>
+      <c r="AN25"/>
+      <c r="AO25"/>
+      <c r="AP25"/>
+      <c r="AQ25"/>
+    </row>
+    <row r="26" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B26" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C26" s="5">
+        <v>1074845</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E26" s="5">
+        <f t="shared" si="0"/>
+        <v>1074845</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G26" s="6">
+        <f t="shared" si="1"/>
+        <v>1.3248647925339723</v>
+      </c>
+      <c r="H26" s="5">
+        <f t="shared" si="2"/>
+        <v>28</v>
+      </c>
+      <c r="J26" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" s="28">
+        <v>0.81372457037900037</v>
+      </c>
+      <c r="N26" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="O26" s="15">
+        <v>0.84039585125413263</v>
+      </c>
+      <c r="AK26"/>
+      <c r="AL26"/>
+      <c r="AM26"/>
+      <c r="AN26"/>
+      <c r="AO26"/>
+      <c r="AP26"/>
+      <c r="AQ26"/>
+    </row>
+    <row r="27" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B27" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="C27" s="25">
+        <v>1225017</v>
+      </c>
+      <c r="D27" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="E27" s="25">
+        <f t="shared" si="0"/>
+        <v>1225017</v>
+      </c>
+      <c r="F27" s="25" t="s">
+        <v>181</v>
+      </c>
+      <c r="G27" s="26">
+        <f t="shared" si="1"/>
+        <v>2.0398090945016785</v>
+      </c>
+      <c r="H27" s="25">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
-      <c r="J9" s="29" t="s">
-[...5 lines deleted...]
-      <c r="N9" s="15" t="s">
+      <c r="J27" s="27" t="s">
+        <v>57</v>
+      </c>
+      <c r="K27" s="28">
+        <v>0.83125650032378973</v>
+      </c>
+      <c r="N27" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="O27" s="15">
+        <v>0.89328604883746077</v>
+      </c>
+      <c r="AK27"/>
+      <c r="AL27"/>
+      <c r="AM27"/>
+      <c r="AN27"/>
+      <c r="AO27"/>
+      <c r="AP27"/>
+      <c r="AQ27"/>
+    </row>
+    <row r="28" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B28" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C28" s="5">
+        <v>241512</v>
+      </c>
+      <c r="D28" s="5">
+        <v>0</v>
+      </c>
+      <c r="E28" s="5">
+        <f t="shared" si="0"/>
+        <v>241512</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="G28" s="6">
+        <f t="shared" si="1"/>
+        <v>1.1648611974062362</v>
+      </c>
+      <c r="H28" s="5">
+        <f t="shared" si="2"/>
+        <v>32</v>
+      </c>
+      <c r="J28" s="27" t="s">
+        <v>60</v>
+      </c>
+      <c r="K28" s="28">
+        <v>0.83697017933194362</v>
+      </c>
+      <c r="N28" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="O28" s="15">
+        <v>0.89383336195815077</v>
+      </c>
+      <c r="AK28"/>
+      <c r="AL28"/>
+      <c r="AM28"/>
+      <c r="AN28"/>
+      <c r="AO28"/>
+      <c r="AP28"/>
+      <c r="AQ28"/>
+    </row>
+    <row r="29" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B29" s="24" t="s">
+        <v>2</v>
+      </c>
+      <c r="C29" s="25">
+        <v>7430</v>
+      </c>
+      <c r="D29" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E29" s="25">
+        <f t="shared" si="0"/>
+        <v>7430</v>
+      </c>
+      <c r="F29" s="25" t="s">
+        <v>183</v>
+      </c>
+      <c r="G29" s="26">
+        <f t="shared" si="1"/>
+        <v>0.46113580915059776</v>
+      </c>
+      <c r="H29" s="25">
+        <f t="shared" si="2"/>
+        <v>56</v>
+      </c>
+      <c r="J29" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="K29" s="28">
+        <v>0.85198830348189447</v>
+      </c>
+      <c r="N29" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" s="15">
+        <v>0.93186458790488902</v>
+      </c>
+      <c r="AK29"/>
+      <c r="AL29"/>
+      <c r="AM29"/>
+      <c r="AN29"/>
+      <c r="AO29"/>
+      <c r="AP29"/>
+      <c r="AQ29"/>
+    </row>
+    <row r="30" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B30" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="5">
+        <v>919934</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E30" s="5">
+        <f t="shared" si="0"/>
+        <v>919934</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="G30" s="6">
+        <f t="shared" si="1"/>
+        <v>2.6889066109641138</v>
+      </c>
+      <c r="H30" s="5">
+        <f t="shared" si="2"/>
+        <v>6</v>
+      </c>
+      <c r="J30" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="O9" s="16">
-[...4 lines deleted...]
-      <c r="B10" s="4" t="s">
+      <c r="K30" s="28">
+        <v>0.92961240932486977</v>
+      </c>
+      <c r="N30" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" s="15">
+        <v>0.96279745512761505</v>
+      </c>
+      <c r="AK30"/>
+      <c r="AL30"/>
+      <c r="AM30"/>
+      <c r="AN30"/>
+      <c r="AO30"/>
+      <c r="AP30"/>
+      <c r="AQ30"/>
+    </row>
+    <row r="31" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B31" s="24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" s="25">
+        <v>342501</v>
+      </c>
+      <c r="D31" s="25" t="s">
+        <v>186</v>
+      </c>
+      <c r="E31" s="25">
+        <f t="shared" si="0"/>
+        <v>342501</v>
+      </c>
+      <c r="F31" s="25" t="s">
+        <v>187</v>
+      </c>
+      <c r="G31" s="26">
+        <f t="shared" si="1"/>
+        <v>2.5932955215545008</v>
+      </c>
+      <c r="H31" s="25">
+        <f t="shared" si="2"/>
+        <v>7</v>
+      </c>
+      <c r="J31" s="27" t="s">
+        <v>16</v>
+      </c>
+      <c r="K31" s="28">
+        <v>0.95410305163427589</v>
+      </c>
+      <c r="N31" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="O31" s="15">
+        <v>0.98329440322018102</v>
+      </c>
+      <c r="AK31"/>
+      <c r="AL31"/>
+      <c r="AM31"/>
+      <c r="AN31"/>
+      <c r="AO31"/>
+      <c r="AP31"/>
+      <c r="AQ31"/>
+    </row>
+    <row r="32" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B32" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C32" s="5">
+        <v>453794</v>
+      </c>
+      <c r="D32" s="5">
+        <v>0</v>
+      </c>
+      <c r="E32" s="5">
+        <f t="shared" si="0"/>
+        <v>453794</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="G32" s="6">
+        <f t="shared" si="1"/>
+        <v>1.7398870507750075</v>
+      </c>
+      <c r="H32" s="5">
+        <f t="shared" si="2"/>
+        <v>17</v>
+      </c>
+      <c r="J32" s="27" t="s">
+        <v>58</v>
+      </c>
+      <c r="K32" s="28">
+        <v>0.96534394451199801</v>
+      </c>
+      <c r="N32" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="O32" s="15">
+        <v>0.98616602399042386</v>
+      </c>
+      <c r="AK32"/>
+      <c r="AL32"/>
+      <c r="AM32"/>
+      <c r="AN32"/>
+      <c r="AO32"/>
+      <c r="AP32"/>
+      <c r="AQ32"/>
+    </row>
+    <row r="33" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B33" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="C33" s="25">
+        <v>623678</v>
+      </c>
+      <c r="D33" s="25" t="s">
+        <v>189</v>
+      </c>
+      <c r="E33" s="25">
+        <f t="shared" si="0"/>
+        <v>623678</v>
+      </c>
+      <c r="F33" s="25" t="s">
+        <v>190</v>
+      </c>
+      <c r="G33" s="26">
+        <f t="shared" si="1"/>
+        <v>3.4314769252133925</v>
+      </c>
+      <c r="H33" s="25">
+        <f t="shared" si="2"/>
+        <v>5</v>
+      </c>
+      <c r="J33" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="K33" s="28">
+        <v>0.9710516054011914</v>
+      </c>
+      <c r="N33" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="O33" s="15">
+        <v>1.0299354973266288</v>
+      </c>
+      <c r="AK33"/>
+      <c r="AL33"/>
+      <c r="AM33"/>
+      <c r="AN33"/>
+      <c r="AO33"/>
+      <c r="AP33"/>
+      <c r="AQ33"/>
+    </row>
+    <row r="34" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B34" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" s="5">
+        <v>143642</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E34" s="5">
+        <f t="shared" si="0"/>
+        <v>143642</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="G34" s="6">
+        <f t="shared" si="1"/>
+        <v>0.73899098061821988</v>
+      </c>
+      <c r="H34" s="5">
+        <f t="shared" si="2"/>
+        <v>45</v>
+      </c>
+      <c r="J34" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="K34" s="28">
+        <v>0.98964215583404669</v>
+      </c>
+      <c r="N34" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="O34" s="15">
+        <v>1.0521853218581658</v>
+      </c>
+      <c r="AK34"/>
+      <c r="AL34"/>
+      <c r="AM34"/>
+      <c r="AN34"/>
+      <c r="AO34"/>
+      <c r="AP34"/>
+      <c r="AQ34"/>
+    </row>
+    <row r="35" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B35" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C35" s="25">
+        <v>612826</v>
+      </c>
+      <c r="D35" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="E35" s="25">
+        <f t="shared" si="0"/>
+        <v>612826</v>
+      </c>
+      <c r="F35" s="25" t="s">
+        <v>193</v>
+      </c>
+      <c r="G35" s="26">
+        <f t="shared" si="1"/>
+        <v>1.5925939622407521</v>
+      </c>
+      <c r="H35" s="25">
+        <f t="shared" si="2"/>
+        <v>21</v>
+      </c>
+      <c r="J35" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="K35" s="28">
+        <v>1.1330961700189919</v>
+      </c>
+      <c r="N35" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="O35" s="15">
+        <v>1.0553290633711385</v>
+      </c>
+      <c r="AK35"/>
+      <c r="AL35"/>
+      <c r="AM35"/>
+      <c r="AN35"/>
+      <c r="AO35"/>
+      <c r="AP35"/>
+      <c r="AQ35"/>
+    </row>
+    <row r="36" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B36" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="5">
+        <v>91729</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="E36" s="5">
+        <f t="shared" si="0"/>
+        <v>91729</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="G36" s="6">
+        <f t="shared" si="1"/>
+        <v>2.1426687717513149</v>
+      </c>
+      <c r="H36" s="5">
+        <f t="shared" si="2"/>
+        <v>13</v>
+      </c>
+      <c r="J36" s="27" t="s">
+        <v>36</v>
+      </c>
+      <c r="K36" s="28">
+        <v>1.1648611974062362</v>
+      </c>
+      <c r="N36" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="O36" s="15">
+        <v>1.0673181597862296</v>
+      </c>
+      <c r="AK36"/>
+      <c r="AL36"/>
+      <c r="AM36"/>
+      <c r="AN36"/>
+      <c r="AO36"/>
+      <c r="AP36"/>
+      <c r="AQ36"/>
+    </row>
+    <row r="37" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B37" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="25">
+        <v>195376</v>
+      </c>
+      <c r="D37" s="25">
+        <v>0</v>
+      </c>
+      <c r="E37" s="25">
+        <f t="shared" si="0"/>
+        <v>195376</v>
+      </c>
+      <c r="F37" s="25" t="s">
+        <v>196</v>
+      </c>
+      <c r="G37" s="26">
+        <f t="shared" si="1"/>
+        <v>2.5899721563676334</v>
+      </c>
+      <c r="H37" s="25">
+        <f t="shared" si="2"/>
+        <v>8</v>
+      </c>
+      <c r="J37" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="C10" s="5">
-[...2 lines deleted...]
-      <c r="D10" s="5">
+      <c r="K37" s="28">
+        <v>1.2179596570006959</v>
+      </c>
+      <c r="N37" s="14" t="s">
+        <v>58</v>
+      </c>
+      <c r="O37" s="15">
+        <v>1.0784165640333374</v>
+      </c>
+      <c r="AK37"/>
+      <c r="AL37"/>
+      <c r="AM37"/>
+      <c r="AN37"/>
+      <c r="AO37"/>
+      <c r="AP37"/>
+      <c r="AQ37"/>
+    </row>
+    <row r="38" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B38" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C38" s="5">
+        <v>37376</v>
+      </c>
+      <c r="D38" s="5">
         <v>0</v>
       </c>
-      <c r="E10" s="5">
+      <c r="E38" s="5">
         <f t="shared" si="0"/>
-        <v>174800</v>
-[...4 lines deleted...]
-      <c r="G10" s="6">
+        <v>37376</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="G38" s="6">
         <f t="shared" si="1"/>
-        <v>1.0418849056924286</v>
-[...1 lines deleted...]
-      <c r="H10" s="5">
+        <v>1.9546573466216841</v>
+      </c>
+      <c r="H38" s="5">
+        <f t="shared" si="2"/>
+        <v>15</v>
+      </c>
+      <c r="J38" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="K38" s="28">
+        <v>1.2704087673428279</v>
+      </c>
+      <c r="N38" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="O38" s="15">
+        <v>1.1790568896400069</v>
+      </c>
+      <c r="AK38"/>
+      <c r="AL38"/>
+      <c r="AM38"/>
+      <c r="AN38"/>
+      <c r="AO38"/>
+      <c r="AP38"/>
+      <c r="AQ38"/>
+    </row>
+    <row r="39" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B39" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="C39" s="25">
+        <v>247397</v>
+      </c>
+      <c r="D39" s="25">
+        <v>0</v>
+      </c>
+      <c r="E39" s="25">
+        <f t="shared" si="0"/>
+        <v>247397</v>
+      </c>
+      <c r="F39" s="25" t="s">
+        <v>198</v>
+      </c>
+      <c r="G39" s="26">
+        <f t="shared" si="1"/>
+        <v>0.80538002988145896</v>
+      </c>
+      <c r="H39" s="25">
+        <f t="shared" si="2"/>
+        <v>43</v>
+      </c>
+      <c r="J39" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="K39" s="28">
+        <v>1.3149880284482167</v>
+      </c>
+      <c r="N39" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="O39" s="15">
+        <v>1.2208216160744023</v>
+      </c>
+      <c r="AK39"/>
+      <c r="AL39"/>
+      <c r="AM39"/>
+      <c r="AN39"/>
+      <c r="AO39"/>
+      <c r="AP39"/>
+      <c r="AQ39"/>
+    </row>
+    <row r="40" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B40" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C40" s="5">
+        <v>279088</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="E40" s="5">
+        <f t="shared" si="0"/>
+        <v>279088</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="G40" s="6">
+        <f t="shared" si="1"/>
+        <v>1.1330961700189919</v>
+      </c>
+      <c r="H40" s="5">
+        <f t="shared" si="2"/>
+        <v>33</v>
+      </c>
+      <c r="J40" s="27" t="s">
+        <v>52</v>
+      </c>
+      <c r="K40" s="28">
+        <v>1.3248647925339723</v>
+      </c>
+      <c r="N40" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="O40" s="15">
+        <v>1.2570527906224624</v>
+      </c>
+      <c r="AK40"/>
+      <c r="AL40"/>
+      <c r="AM40"/>
+      <c r="AN40"/>
+      <c r="AO40"/>
+      <c r="AP40"/>
+      <c r="AQ40"/>
+    </row>
+    <row r="41" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B41" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C41" s="25">
+        <v>3621664</v>
+      </c>
+      <c r="D41" s="25">
+        <v>0</v>
+      </c>
+      <c r="E41" s="25">
+        <f t="shared" si="0"/>
+        <v>3621664</v>
+      </c>
+      <c r="F41" s="25" t="s">
+        <v>201</v>
+      </c>
+      <c r="G41" s="26">
+        <f t="shared" si="1"/>
+        <v>11.076072027448697</v>
+      </c>
+      <c r="H41" s="25">
+        <f t="shared" si="2"/>
+        <v>1</v>
+      </c>
+      <c r="J41" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="K41" s="28">
+        <v>1.3853230348465768</v>
+      </c>
+      <c r="N41" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="O41" s="15">
+        <v>1.3472166102669385</v>
+      </c>
+      <c r="AK41"/>
+      <c r="AL41"/>
+      <c r="AM41"/>
+      <c r="AN41"/>
+      <c r="AO41"/>
+      <c r="AP41"/>
+      <c r="AQ41"/>
+    </row>
+    <row r="42" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B42" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C42" s="5">
+        <v>191768</v>
+      </c>
+      <c r="D42" s="5">
+        <v>0</v>
+      </c>
+      <c r="E42" s="5">
+        <f t="shared" si="0"/>
+        <v>191768</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="G42" s="6">
+        <f t="shared" si="1"/>
+        <v>0.60833825139614406</v>
+      </c>
+      <c r="H42" s="5">
+        <f t="shared" si="2"/>
+        <v>49</v>
+      </c>
+      <c r="J42" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="K42" s="28">
+        <v>1.4500135381239869</v>
+      </c>
+      <c r="N42" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="O42" s="15">
+        <v>1.3747497274205611</v>
+      </c>
+      <c r="AK42"/>
+      <c r="AL42"/>
+      <c r="AM42"/>
+      <c r="AN42"/>
+      <c r="AO42"/>
+      <c r="AP42"/>
+      <c r="AQ42"/>
+    </row>
+    <row r="43" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B43" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="C43" s="25">
+        <v>220114</v>
+      </c>
+      <c r="D43" s="25" t="s">
+        <v>203</v>
+      </c>
+      <c r="E43" s="25">
+        <f t="shared" si="0"/>
+        <v>220114</v>
+      </c>
+      <c r="F43" s="25" t="s">
+        <v>204</v>
+      </c>
+      <c r="G43" s="26">
+        <f t="shared" si="1"/>
+        <v>0.96534394451199801</v>
+      </c>
+      <c r="H43" s="25">
+        <f t="shared" si="2"/>
+        <v>36</v>
+      </c>
+      <c r="J43" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="K43" s="28">
+        <v>1.508001608068019</v>
+      </c>
+      <c r="N43" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="O43" s="15">
+        <v>1.4487130767936662</v>
+      </c>
+      <c r="AK43"/>
+      <c r="AL43"/>
+      <c r="AM43"/>
+      <c r="AN43"/>
+      <c r="AO43"/>
+      <c r="AP43"/>
+      <c r="AQ43"/>
+    </row>
+    <row r="44" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B44" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" s="5">
+        <v>172587</v>
+      </c>
+      <c r="D44" s="5">
+        <v>0</v>
+      </c>
+      <c r="E44" s="5">
+        <f t="shared" si="0"/>
+        <v>172587</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="G44" s="6">
+        <f t="shared" si="1"/>
+        <v>1.5404336727749255</v>
+      </c>
+      <c r="H44" s="5">
+        <f t="shared" si="2"/>
+        <v>24</v>
+      </c>
+      <c r="J44" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="K44" s="28">
+        <v>1.5404336727749255</v>
+      </c>
+      <c r="N44" s="14" t="s">
+        <v>62</v>
+      </c>
+      <c r="O44" s="15">
+        <v>1.4958182298485474</v>
+      </c>
+      <c r="AK44"/>
+      <c r="AL44"/>
+      <c r="AM44"/>
+      <c r="AN44"/>
+      <c r="AO44"/>
+      <c r="AP44"/>
+      <c r="AQ44"/>
+    </row>
+    <row r="45" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B45" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="C45" s="25">
+        <v>6224</v>
+      </c>
+      <c r="D45" s="25">
+        <v>0</v>
+      </c>
+      <c r="E45" s="25">
+        <f t="shared" si="0"/>
+        <v>6224</v>
+      </c>
+      <c r="F45" s="25" t="s">
+        <v>206</v>
+      </c>
+      <c r="G45" s="26">
+        <f t="shared" si="1"/>
+        <v>0.25560281031676024</v>
+      </c>
+      <c r="H45" s="25">
+        <f t="shared" si="2"/>
+        <v>60</v>
+      </c>
+      <c r="J45" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="K45" s="28">
+        <v>1.5893456328765894</v>
+      </c>
+      <c r="N45" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="O45" s="15">
+        <v>1.5229685129291859</v>
+      </c>
+      <c r="AK45"/>
+      <c r="AL45"/>
+      <c r="AM45"/>
+      <c r="AN45"/>
+      <c r="AO45"/>
+      <c r="AP45"/>
+      <c r="AQ45"/>
+    </row>
+    <row r="46" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B46" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C46" s="5">
+        <v>198788</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E46" s="5">
+        <f t="shared" si="0"/>
+        <v>198788</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="G46" s="6">
+        <f t="shared" si="1"/>
+        <v>0.42551316014201956</v>
+      </c>
+      <c r="H46" s="5">
+        <f t="shared" si="2"/>
+        <v>58</v>
+      </c>
+      <c r="J46" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="K46" s="28">
+        <v>1.5910999877122138</v>
+      </c>
+      <c r="N46" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="O46" s="15">
+        <v>1.5304846280002931</v>
+      </c>
+      <c r="AK46"/>
+      <c r="AL46"/>
+      <c r="AM46"/>
+      <c r="AN46"/>
+      <c r="AO46"/>
+      <c r="AP46"/>
+      <c r="AQ46"/>
+    </row>
+    <row r="47" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B47" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="C47" s="25">
+        <v>466148</v>
+      </c>
+      <c r="D47" s="25">
+        <v>0</v>
+      </c>
+      <c r="E47" s="25">
+        <f t="shared" si="0"/>
+        <v>466148</v>
+      </c>
+      <c r="F47" s="25" t="s">
+        <v>209</v>
+      </c>
+      <c r="G47" s="26">
+        <f t="shared" si="1"/>
+        <v>2.1654808925861122</v>
+      </c>
+      <c r="H47" s="25">
+        <f t="shared" si="2"/>
+        <v>12</v>
+      </c>
+      <c r="J47" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="K47" s="28">
+        <v>1.5925939622407521</v>
+      </c>
+      <c r="N47" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="O47" s="15">
+        <v>1.5449428055974579</v>
+      </c>
+      <c r="AK47"/>
+      <c r="AL47"/>
+      <c r="AM47"/>
+      <c r="AN47"/>
+      <c r="AO47"/>
+      <c r="AP47"/>
+      <c r="AQ47"/>
+    </row>
+    <row r="48" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B48" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" s="5">
+        <v>49091</v>
+      </c>
+      <c r="D48" s="5">
+        <v>0</v>
+      </c>
+      <c r="E48" s="5">
+        <f t="shared" si="0"/>
+        <v>49091</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="G48" s="6">
+        <f t="shared" si="1"/>
+        <v>0.92961240932486977</v>
+      </c>
+      <c r="H48" s="5">
+        <f t="shared" si="2"/>
+        <v>38</v>
+      </c>
+      <c r="J48" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="K48" s="28">
+        <v>1.6452754279573896</v>
+      </c>
+      <c r="N48" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="O48" s="20">
+        <v>1.5966358294878569</v>
+      </c>
+      <c r="AK48"/>
+      <c r="AL48"/>
+      <c r="AM48"/>
+      <c r="AN48"/>
+      <c r="AO48"/>
+      <c r="AP48"/>
+      <c r="AQ48"/>
+    </row>
+    <row r="49" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B49" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C49" s="25">
+        <v>19357</v>
+      </c>
+      <c r="D49" s="25" t="s">
+        <v>211</v>
+      </c>
+      <c r="E49" s="25">
+        <f t="shared" si="0"/>
+        <v>19357</v>
+      </c>
+      <c r="F49" s="25" t="s">
+        <v>212</v>
+      </c>
+      <c r="G49" s="26">
+        <f t="shared" si="1"/>
+        <v>0.11409655007209944</v>
+      </c>
+      <c r="H49" s="25">
+        <f t="shared" si="2"/>
+        <v>62</v>
+      </c>
+      <c r="J49" s="27" t="s">
+        <v>62</v>
+      </c>
+      <c r="K49" s="28">
+        <v>1.6506133424514049</v>
+      </c>
+      <c r="N49" s="14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O49" s="15">
+        <v>1.6542500364836015</v>
+      </c>
+      <c r="AK49"/>
+      <c r="AL49"/>
+      <c r="AM49"/>
+      <c r="AN49"/>
+      <c r="AO49"/>
+      <c r="AP49"/>
+      <c r="AQ49"/>
+    </row>
+    <row r="50" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B50" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C50" s="5">
+        <v>225033</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E50" s="5">
+        <f t="shared" si="0"/>
+        <v>225033</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="G50" s="6">
+        <f t="shared" si="1"/>
+        <v>0.83697017933194362</v>
+      </c>
+      <c r="H50" s="5">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
-      <c r="J10" s="29" t="s">
-[...19 lines deleted...]
-      <c r="D11" s="27">
+      <c r="J50" s="27" t="s">
+        <v>55</v>
+      </c>
+      <c r="K50" s="28">
+        <v>1.6610282071287712</v>
+      </c>
+      <c r="N50" s="14" t="s">
+        <v>46</v>
+      </c>
+      <c r="O50" s="15">
+        <v>1.8919771588695293</v>
+      </c>
+      <c r="AK50"/>
+      <c r="AL50"/>
+      <c r="AM50"/>
+      <c r="AN50"/>
+      <c r="AO50"/>
+      <c r="AP50"/>
+      <c r="AQ50"/>
+    </row>
+    <row r="51" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B51" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C51" s="25">
+        <v>20900</v>
+      </c>
+      <c r="D51" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E51" s="25">
+        <f t="shared" si="0"/>
+        <v>20900</v>
+      </c>
+      <c r="F51" s="25" t="s">
+        <v>214</v>
+      </c>
+      <c r="G51" s="26">
+        <f t="shared" si="1"/>
+        <v>0.49994043771818575</v>
+      </c>
+      <c r="H51" s="25">
+        <f t="shared" si="2"/>
+        <v>55</v>
+      </c>
+      <c r="J51" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="K51" s="28">
+        <v>1.7398870507750075</v>
+      </c>
+      <c r="N51" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="O51" s="15">
+        <v>1.91817282349882</v>
+      </c>
+      <c r="AK51"/>
+      <c r="AL51"/>
+      <c r="AM51"/>
+      <c r="AN51"/>
+      <c r="AO51"/>
+      <c r="AP51"/>
+      <c r="AQ51"/>
+    </row>
+    <row r="52" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B52" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C52" s="5">
+        <v>171839</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E52" s="5">
+        <f t="shared" si="0"/>
+        <v>171839</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="G52" s="6">
+        <f t="shared" si="1"/>
+        <v>2.1994505181551083</v>
+      </c>
+      <c r="H52" s="5">
+        <f t="shared" si="2"/>
+        <v>11</v>
+      </c>
+      <c r="J52" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="K52" s="28">
+        <v>1.7788900892819977</v>
+      </c>
+      <c r="N52" s="14" t="s">
+        <v>50</v>
+      </c>
+      <c r="O52" s="15">
+        <v>1.9583574938297716</v>
+      </c>
+      <c r="AK52"/>
+      <c r="AL52"/>
+      <c r="AM52"/>
+      <c r="AN52"/>
+      <c r="AO52"/>
+      <c r="AP52"/>
+      <c r="AQ52"/>
+    </row>
+    <row r="53" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B53" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="E11" s="27">
+      <c r="C53" s="25">
+        <v>0</v>
+      </c>
+      <c r="D53" s="25">
+        <v>0</v>
+      </c>
+      <c r="E53" s="25">
         <f t="shared" si="0"/>
-        <v>11207</v>
-[...4 lines deleted...]
-      <c r="G11" s="28">
+        <v>0</v>
+      </c>
+      <c r="F53" s="25" t="s">
+        <v>217</v>
+      </c>
+      <c r="G53" s="26">
         <f t="shared" si="1"/>
-        <v>0.29618106925409515</v>
-[...1 lines deleted...]
-      <c r="H11" s="27">
+        <v>0</v>
+      </c>
+      <c r="H53" s="25">
         <f t="shared" si="2"/>
+        <v>63</v>
+      </c>
+      <c r="J53" s="27" t="s">
+        <v>1</v>
+      </c>
+      <c r="K53" s="28">
+        <v>1.9546573466216841</v>
+      </c>
+      <c r="N53" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="O53" s="15">
+        <v>2.087987016393209</v>
+      </c>
+      <c r="AK53"/>
+      <c r="AL53"/>
+      <c r="AM53"/>
+      <c r="AN53"/>
+      <c r="AO53"/>
+      <c r="AP53"/>
+      <c r="AQ53"/>
+    </row>
+    <row r="54" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B54" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C54" s="5">
+        <v>39938</v>
+      </c>
+      <c r="D54" s="5">
+        <v>0</v>
+      </c>
+      <c r="E54" s="5">
+        <f t="shared" si="0"/>
+        <v>39938</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="G54" s="6">
+        <f t="shared" si="1"/>
+        <v>0.95410305163427589</v>
+      </c>
+      <c r="H54" s="5">
+        <f t="shared" si="2"/>
+        <v>37</v>
+      </c>
+      <c r="J54" s="27" t="s">
+        <v>50</v>
+      </c>
+      <c r="K54" s="28">
+        <v>2.0398090945016785</v>
+      </c>
+      <c r="N54" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="O54" s="15">
+        <v>2.1481095544583333</v>
+      </c>
+      <c r="AK54"/>
+      <c r="AL54"/>
+      <c r="AM54"/>
+      <c r="AN54"/>
+      <c r="AO54"/>
+      <c r="AP54"/>
+      <c r="AQ54"/>
+    </row>
+    <row r="55" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B55" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C55" s="25">
+        <v>15123</v>
+      </c>
+      <c r="D55" s="25">
+        <v>0</v>
+      </c>
+      <c r="E55" s="25">
+        <f t="shared" si="0"/>
+        <v>15123</v>
+      </c>
+      <c r="F55" s="25" t="s">
+        <v>219</v>
+      </c>
+      <c r="G55" s="26">
+        <f t="shared" si="1"/>
+        <v>0.58744697711275817</v>
+      </c>
+      <c r="H55" s="25">
+        <f t="shared" si="2"/>
+        <v>50</v>
+      </c>
+      <c r="J55" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="K55" s="28">
+        <v>2.1426687717513149</v>
+      </c>
+      <c r="N55" s="14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" s="15">
+        <v>2.2035620015732973</v>
+      </c>
+      <c r="AK55"/>
+      <c r="AL55"/>
+      <c r="AM55"/>
+      <c r="AN55"/>
+      <c r="AO55"/>
+      <c r="AP55"/>
+      <c r="AQ55"/>
+    </row>
+    <row r="56" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B56" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C56" s="5">
+        <v>82900</v>
+      </c>
+      <c r="D56" s="5">
+        <v>0</v>
+      </c>
+      <c r="E56" s="5">
+        <f t="shared" si="0"/>
+        <v>82900</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="G56" s="6">
+        <f t="shared" si="1"/>
+        <v>1.4500135381239869</v>
+      </c>
+      <c r="H56" s="5">
+        <f t="shared" si="2"/>
+        <v>26</v>
+      </c>
+      <c r="J56" s="27" t="s">
+        <v>45</v>
+      </c>
+      <c r="K56" s="28">
+        <v>2.1654808925861122</v>
+      </c>
+      <c r="N56" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="O56" s="15">
+        <v>2.2207151801012994</v>
+      </c>
+      <c r="AK56"/>
+      <c r="AL56"/>
+      <c r="AM56"/>
+      <c r="AN56"/>
+      <c r="AO56"/>
+      <c r="AP56"/>
+      <c r="AQ56"/>
+    </row>
+    <row r="57" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B57" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="C57" s="25">
+        <v>47438</v>
+      </c>
+      <c r="D57" s="25">
+        <v>0</v>
+      </c>
+      <c r="E57" s="25">
+        <f t="shared" si="0"/>
+        <v>47438</v>
+      </c>
+      <c r="F57" s="25" t="s">
+        <v>221</v>
+      </c>
+      <c r="G57" s="26">
+        <f t="shared" si="1"/>
+        <v>1.7788900892819977</v>
+      </c>
+      <c r="H57" s="25">
+        <f t="shared" si="2"/>
+        <v>16</v>
+      </c>
+      <c r="J57" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="K57" s="28">
+        <v>2.1994505181551083</v>
+      </c>
+      <c r="N57" s="14" t="s">
+        <v>16</v>
+      </c>
+      <c r="O57" s="15">
+        <v>2.3447852437702208</v>
+      </c>
+      <c r="AK57"/>
+      <c r="AL57"/>
+      <c r="AM57"/>
+      <c r="AN57"/>
+      <c r="AO57"/>
+      <c r="AP57"/>
+      <c r="AQ57"/>
+    </row>
+    <row r="58" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B58" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C58" s="5">
+        <v>11330</v>
+      </c>
+      <c r="D58" s="5">
+        <v>0</v>
+      </c>
+      <c r="E58" s="5">
+        <f t="shared" si="0"/>
+        <v>11330</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="G58" s="6">
+        <f t="shared" si="1"/>
+        <v>1.5893456328765894</v>
+      </c>
+      <c r="H58" s="5">
+        <f t="shared" si="2"/>
+        <v>23</v>
+      </c>
+      <c r="J58" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="K58" s="28">
+        <v>2.3452334899938143</v>
+      </c>
+      <c r="N58" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="O58" s="15">
+        <v>2.4939776206728745</v>
+      </c>
+      <c r="AK58"/>
+      <c r="AL58"/>
+      <c r="AM58"/>
+      <c r="AN58"/>
+      <c r="AO58"/>
+      <c r="AP58"/>
+      <c r="AQ58"/>
+    </row>
+    <row r="59" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B59" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="C59" s="25">
+        <v>63540</v>
+      </c>
+      <c r="D59" s="25" t="s">
+        <v>223</v>
+      </c>
+      <c r="E59" s="25">
+        <f t="shared" si="0"/>
+        <v>63540</v>
+      </c>
+      <c r="F59" s="25" t="s">
+        <v>224</v>
+      </c>
+      <c r="G59" s="26">
+        <f t="shared" si="1"/>
+        <v>0.83125650032378973</v>
+      </c>
+      <c r="H59" s="25">
+        <f t="shared" si="2"/>
+        <v>41</v>
+      </c>
+      <c r="J59" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K59" s="28">
+        <v>2.4569413307962806</v>
+      </c>
+      <c r="N59" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="O59" s="15">
+        <v>2.6101459485594249</v>
+      </c>
+      <c r="AK59"/>
+      <c r="AL59"/>
+      <c r="AM59"/>
+      <c r="AN59"/>
+      <c r="AO59"/>
+      <c r="AP59"/>
+      <c r="AQ59"/>
+    </row>
+    <row r="60" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B60" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C60" s="5">
+        <v>5937</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E60" s="5">
+        <f t="shared" si="0"/>
+        <v>5937</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="G60" s="6">
+        <f t="shared" si="1"/>
+        <v>1.3149880284482167</v>
+      </c>
+      <c r="H60" s="5">
+        <f t="shared" si="2"/>
+        <v>29</v>
+      </c>
+      <c r="J60" s="27" t="s">
+        <v>32</v>
+      </c>
+      <c r="K60" s="28">
+        <v>2.5899721563676334</v>
+      </c>
+      <c r="N60" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="O60" s="15">
+        <v>2.6147884490192475</v>
+      </c>
+      <c r="AK60"/>
+      <c r="AL60"/>
+      <c r="AM60"/>
+      <c r="AN60"/>
+      <c r="AO60"/>
+      <c r="AP60"/>
+      <c r="AQ60"/>
+    </row>
+    <row r="61" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B61" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="C61" s="25">
+        <v>73171</v>
+      </c>
+      <c r="D61" s="25" t="s">
+        <v>226</v>
+      </c>
+      <c r="E61" s="25">
+        <f t="shared" si="0"/>
+        <v>73171</v>
+      </c>
+      <c r="F61" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="G61" s="26">
+        <f t="shared" si="1"/>
+        <v>1.6610282071287712</v>
+      </c>
+      <c r="H61" s="25">
+        <f t="shared" si="2"/>
+        <v>18</v>
+      </c>
+      <c r="J61" s="27" t="s">
         <v>59</v>
       </c>
-      <c r="J11" s="29" t="s">
-[...22 lines deleted...]
-      <c r="E12" s="5">
+      <c r="K61" s="28">
+        <v>2.5932955215545008</v>
+      </c>
+      <c r="N61" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="O61" s="15">
+        <v>2.7468961294945857</v>
+      </c>
+      <c r="AK61"/>
+      <c r="AL61"/>
+      <c r="AM61"/>
+      <c r="AN61"/>
+      <c r="AO61"/>
+      <c r="AP61"/>
+      <c r="AQ61"/>
+    </row>
+    <row r="62" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B62" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C62" s="5">
+        <v>26790</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="E62" s="5">
         <f t="shared" si="0"/>
-        <v>1282801</v>
-[...4 lines deleted...]
-      <c r="G12" s="6">
+        <v>26790</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="G62" s="6">
         <f t="shared" si="1"/>
-        <v>3.183111339530023</v>
-[...229 lines deleted...]
-      <c r="H18" s="5">
+        <v>0.21033829605566623</v>
+      </c>
+      <c r="H62" s="5">
         <f t="shared" si="2"/>
         <v>61</v>
       </c>
-      <c r="J18" s="29" t="s">
-[...5 lines deleted...]
-      <c r="N18" s="15" t="s">
+      <c r="J62" s="27" t="s">
+        <v>47</v>
+      </c>
+      <c r="K62" s="28">
+        <v>2.6889066109641138</v>
+      </c>
+      <c r="N62" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="O62" s="15">
+        <v>2.8964192168949512</v>
+      </c>
+      <c r="AK62"/>
+      <c r="AL62"/>
+      <c r="AM62"/>
+      <c r="AN62"/>
+      <c r="AO62"/>
+      <c r="AP62"/>
+      <c r="AQ62"/>
+    </row>
+    <row r="63" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B63" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="C63" s="25">
+        <v>313527</v>
+      </c>
+      <c r="D63" s="25">
+        <v>0</v>
+      </c>
+      <c r="E63" s="25">
+        <f t="shared" si="0"/>
+        <v>313527</v>
+      </c>
+      <c r="F63" s="25" t="s">
+        <v>230</v>
+      </c>
+      <c r="G63" s="26">
+        <f t="shared" si="1"/>
+        <v>1.2704087673428279</v>
+      </c>
+      <c r="H63" s="25">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
+      <c r="J63" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="K63" s="28">
+        <v>3.4314769252133925</v>
+      </c>
+      <c r="N63" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="O63" s="15">
+        <v>3.0233653912612466</v>
+      </c>
+      <c r="AK63"/>
+      <c r="AL63"/>
+      <c r="AM63"/>
+      <c r="AN63"/>
+      <c r="AO63"/>
+      <c r="AP63"/>
+      <c r="AQ63"/>
+    </row>
+    <row r="64" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B64" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C64" s="5">
+        <v>246259</v>
+      </c>
+      <c r="D64" s="5">
+        <v>0</v>
+      </c>
+      <c r="E64" s="5">
+        <f t="shared" si="0"/>
+        <v>246259</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="G64" s="6">
+        <f t="shared" si="1"/>
+        <v>1.508001608068019</v>
+      </c>
+      <c r="H64" s="5">
+        <f t="shared" si="2"/>
         <v>25</v>
       </c>
-      <c r="O18" s="16">
-[...13 lines deleted...]
-      <c r="E19" s="27">
+      <c r="J64" s="27" t="s">
+        <v>51</v>
+      </c>
+      <c r="K64" s="28">
+        <v>3.7135169113841222</v>
+      </c>
+      <c r="N64" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="O64" s="15">
+        <v>3.5232672228160546</v>
+      </c>
+      <c r="AK64"/>
+      <c r="AL64"/>
+      <c r="AM64"/>
+      <c r="AN64"/>
+      <c r="AO64"/>
+      <c r="AP64"/>
+      <c r="AQ64"/>
+    </row>
+    <row r="65" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B65" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C65" s="25">
+        <v>152431</v>
+      </c>
+      <c r="D65" s="25" t="s">
+        <v>232</v>
+      </c>
+      <c r="E65" s="25">
         <f t="shared" si="0"/>
-        <v>181247</v>
-[...4 lines deleted...]
-      <c r="G19" s="28">
+        <v>152431</v>
+      </c>
+      <c r="F65" s="25" t="s">
+        <v>233</v>
+      </c>
+      <c r="G65" s="26">
         <f t="shared" si="1"/>
-        <v>1.8960656379098055</v>
-[...1 lines deleted...]
-      <c r="H19" s="27">
+        <v>0.74673133886879883</v>
+      </c>
+      <c r="H65" s="25">
         <f t="shared" si="2"/>
-        <v>20</v>
-[...24 lines deleted...]
-      <c r="E20" s="5">
+        <v>44</v>
+      </c>
+      <c r="J65" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="K65" s="28">
+        <v>6.3285812212031551</v>
+      </c>
+      <c r="N65" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O65" s="15">
+        <v>3.698913618319819</v>
+      </c>
+      <c r="AK65"/>
+      <c r="AL65"/>
+      <c r="AM65"/>
+      <c r="AN65"/>
+      <c r="AO65"/>
+      <c r="AP65"/>
+      <c r="AQ65"/>
+    </row>
+    <row r="66" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B66" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C66" s="5">
+        <v>569312</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="E66" s="5">
         <f t="shared" si="0"/>
-        <v>302345</v>
-[...4 lines deleted...]
-      <c r="G20" s="6">
+        <v>569312</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="G66" s="6">
         <f t="shared" si="1"/>
-        <v>1.1613945231208722</v>
-[...305 lines deleted...]
-      <c r="H28" s="5">
+        <v>0.9710516054011914</v>
+      </c>
+      <c r="H66" s="5">
         <f t="shared" si="2"/>
         <v>35</v>
       </c>
-      <c r="J28" s="29" t="s">
-[...22 lines deleted...]
-      <c r="E29" s="27">
+      <c r="J66" s="27" t="s">
+        <v>53</v>
+      </c>
+      <c r="K66" s="28">
+        <v>6.4201251263497392</v>
+      </c>
+      <c r="N66" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="O66" s="15">
+        <v>4.707528060051577</v>
+      </c>
+      <c r="AK66"/>
+      <c r="AL66"/>
+      <c r="AM66"/>
+      <c r="AN66"/>
+      <c r="AO66"/>
+      <c r="AP66"/>
+      <c r="AQ66"/>
+    </row>
+    <row r="67" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B67" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="C67" s="25">
+        <v>306327</v>
+      </c>
+      <c r="D67" s="25" t="s">
+        <v>85</v>
+      </c>
+      <c r="E67" s="25">
         <f t="shared" si="0"/>
-        <v>2290</v>
-[...4 lines deleted...]
-      <c r="G29" s="28">
+        <v>306327</v>
+      </c>
+      <c r="F67" s="25" t="s">
+        <v>236</v>
+      </c>
+      <c r="G67" s="26">
         <f t="shared" si="1"/>
-        <v>0.15582598660304792</v>
-[...875 lines deleted...]
-      <c r="H52" s="5">
+        <v>6.3285812212031551</v>
+      </c>
+      <c r="H67" s="25">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
-      <c r="J52" s="29" t="s">
-[...72 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="J67" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="J54" s="29" t="s">
-[...341 lines deleted...]
-      <c r="J63" s="29" t="s">
+      <c r="K67" s="28">
+        <v>11.076072027448697</v>
+      </c>
+      <c r="N67" s="14" t="s">
         <v>35</v>
       </c>
-      <c r="K63" s="30">
-[...157 lines deleted...]
-      <c r="O67" s="16">
+      <c r="O67" s="15">
         <v>5.1357195125459727</v>
       </c>
-    </row>
-    <row r="68" spans="2:15" x14ac:dyDescent="0.35">
+      <c r="AK67"/>
+      <c r="AL67"/>
+      <c r="AM67"/>
+      <c r="AN67"/>
+      <c r="AO67"/>
+      <c r="AP67"/>
+      <c r="AQ67"/>
+    </row>
+    <row r="68" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C68" s="5">
-        <v>127561</v>
-[...2 lines deleted...]
-        <v>50827</v>
+        <v>127070</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="E68" s="5">
         <f t="shared" si="0"/>
-        <v>178388</v>
-[...2 lines deleted...]
-        <v>14946542</v>
+        <v>127070</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>238</v>
       </c>
       <c r="G68" s="6">
         <f t="shared" si="1"/>
-        <v>1.1935068325502982</v>
+        <v>0.85198830348189447</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="N68" s="15" t="s">
+      <c r="K68" s="16">
+        <v>1.8081635934092615</v>
+      </c>
+      <c r="N68" s="14" t="s">
         <v>53</v>
       </c>
-      <c r="O68" s="16">
+      <c r="O68" s="15">
         <v>5.7095481955798624</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B69" s="13" t="s">
+      <c r="AK68"/>
+      <c r="AL68"/>
+      <c r="AM68"/>
+      <c r="AN68"/>
+      <c r="AO68"/>
+      <c r="AP68"/>
+      <c r="AQ68"/>
+    </row>
+    <row r="69" spans="2:43" x14ac:dyDescent="0.35">
+      <c r="B69" s="24" t="s">
         <v>65</v>
       </c>
-      <c r="C69" s="14">
-[...5 lines deleted...]
-      <c r="E69" s="5">
+      <c r="C69" s="25">
+        <v>20099037</v>
+      </c>
+      <c r="D69" s="25" t="s">
+        <v>239</v>
+      </c>
+      <c r="E69" s="25">
         <f t="shared" ref="E69" si="3">SUM(C69:D69)</f>
-        <v>20695297</v>
-[...4 lines deleted...]
-      <c r="G69" s="6">
+        <v>20099037</v>
+      </c>
+      <c r="F69" s="25" t="s">
+        <v>240</v>
+      </c>
+      <c r="G69" s="26">
         <f t="shared" ref="G69" si="4">E69/F69*100</f>
-        <v>1.9844326422753948</v>
-[...3 lines deleted...]
-    <row r="70" spans="2:15" x14ac:dyDescent="0.35">
+        <v>1.8081635934092615</v>
+      </c>
+      <c r="H69" s="25"/>
+      <c r="AK69"/>
+      <c r="AL69"/>
+      <c r="AM69"/>
+      <c r="AN69"/>
+      <c r="AO69"/>
+      <c r="AP69"/>
+      <c r="AQ69"/>
+    </row>
+    <row r="70" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B70" s="1"/>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
-    </row>
-    <row r="71" spans="2:15" x14ac:dyDescent="0.35">
+      <c r="J70" s="1"/>
+      <c r="K70" s="1"/>
+      <c r="AK70"/>
+      <c r="AL70"/>
+      <c r="AM70"/>
+      <c r="AN70"/>
+      <c r="AO70"/>
+      <c r="AP70"/>
+      <c r="AQ70"/>
+    </row>
+    <row r="71" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
-    </row>
-    <row r="72" spans="2:15" x14ac:dyDescent="0.35">
+      <c r="J71" s="1"/>
+      <c r="K71" s="1"/>
+      <c r="AK71"/>
+      <c r="AL71"/>
+      <c r="AM71"/>
+      <c r="AN71"/>
+      <c r="AO71"/>
+      <c r="AP71"/>
+      <c r="AQ71"/>
+    </row>
+    <row r="72" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
-    </row>
-    <row r="73" spans="2:15" x14ac:dyDescent="0.35">
+      <c r="J72" s="1"/>
+      <c r="K72" s="1"/>
+      <c r="AK72"/>
+      <c r="AL72"/>
+      <c r="AM72"/>
+      <c r="AN72"/>
+      <c r="AO72"/>
+      <c r="AP72"/>
+      <c r="AQ72"/>
+    </row>
+    <row r="73" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B73" s="1"/>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
-    </row>
-    <row r="74" spans="2:15" x14ac:dyDescent="0.35">
+      <c r="J73" s="1"/>
+      <c r="K73" s="1"/>
+      <c r="AK73"/>
+      <c r="AL73"/>
+      <c r="AM73"/>
+      <c r="AN73"/>
+      <c r="AO73"/>
+      <c r="AP73"/>
+      <c r="AQ73"/>
+    </row>
+    <row r="74" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B74" s="1"/>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
-    </row>
-    <row r="75" spans="2:15" x14ac:dyDescent="0.35">
+      <c r="AK74"/>
+      <c r="AL74"/>
+      <c r="AM74"/>
+      <c r="AN74"/>
+      <c r="AO74"/>
+      <c r="AP74"/>
+      <c r="AQ74"/>
+    </row>
+    <row r="75" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B75" s="1"/>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
     </row>
-    <row r="76" spans="2:15" x14ac:dyDescent="0.35">
+    <row r="76" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B76" s="1"/>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
     </row>
-    <row r="77" spans="2:15" x14ac:dyDescent="0.35">
+    <row r="77" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B77" s="1"/>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
     </row>
-    <row r="78" spans="2:15" x14ac:dyDescent="0.35">
+    <row r="78" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B78" s="1"/>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
     </row>
-    <row r="79" spans="2:15" x14ac:dyDescent="0.35">
+    <row r="79" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B79" s="1"/>
       <c r="C79" s="1"/>
       <c r="D79" s="1"/>
       <c r="E79" s="1"/>
     </row>
-    <row r="80" spans="2:15" x14ac:dyDescent="0.35">
+    <row r="80" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B80" s="1"/>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
     </row>
     <row r="81" spans="2:5" x14ac:dyDescent="0.35">
       <c r="B81" s="1"/>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
     </row>
     <row r="82" spans="2:5" x14ac:dyDescent="0.35">
       <c r="B82" s="1"/>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
     </row>
     <row r="83" spans="2:5" x14ac:dyDescent="0.35">
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
     </row>
     <row r="84" spans="2:5" x14ac:dyDescent="0.35">
       <c r="B84" s="1"/>
@@ -30275,75 +31519,75 @@
 <file path=customXML/_rels/item.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
 </file>
 
 <file path=customXML/item.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/9676E22B47CC48CBA49BA16071DCFF24" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A9864523</value>
     </field>
     <field name="Objective-Title">
       <value order="0">EGM club contributions to the community</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2023-06-07T00:57:55Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">true</value>
     </field>
     <field name="Objective-DatePublished">
-      <value order="0">2025-10-20T07:02:15Z</value>
+      <value order="0">2025-11-24T01:32:51Z</value>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-10-20T07:02:15Z</value>
+      <value order="0">2025-11-24T01:32:52Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hayden Brown</value>
     </field>
     <field name="Objective-Path">
       <value order="0">Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-Parent">
       <value order="0">Census Analysis 2022 Website Files</value>
     </field>
     <field name="Objective-State">
       <value order="0">Published</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA15764066</value>
+      <value order="0">vA15893595</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">2.0</value>
+      <value order="0">3.0</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">2</value>
+      <value order="0">3</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0">Updated data</value>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA481061</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA11">
       <field name="Objective-Business Unit">
         <value order="0">Community Development</value>
       </field>
       <field name="Objective-Corporate Document Type">
         <value order="0"/>
       </field>
       <field name="Objective-Records Audit Vital Record">
         <value order="0"/>
       </field>
@@ -30370,122 +31614,122 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>Raw</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Results</vt:lpstr>
       <vt:lpstr>Results!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hayden Brown</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A9864523</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>EGM club contributions to the community</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2023-06-07T00:57:55Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-10-20T07:02:15Z</vt:filetime>
+    <vt:filetime>2025-11-24T01:32:51Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-10-20T07:02:15Z</vt:filetime>
+    <vt:filetime>2025-11-24T01:32:52Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hayden Brown</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Classified Object:Classified Object:Classified Object:Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Census Analysis 2022 Website Files</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA15764066</vt:lpwstr>
+    <vt:lpwstr>vA15893595</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>2.0</vt:lpwstr>
+    <vt:lpwstr>3.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>2</vt:r8>
+    <vt:r8>3</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr>Updated data</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>qA481061</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Business Unit">
     <vt:lpwstr>Community Development</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Corporate Document Type">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Records Audit Vital Record">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-Records Audit Date">
     <vt:lpwstr/>
   </property>