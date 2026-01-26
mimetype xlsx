--- v3 (2025-12-17)
+++ v4 (2026-01-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R344c47348a3f449f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R97fd8aa546e44f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{D3BB19F3-2250-43A3-B406-50FEF7330585}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{14E86F06-8C04-4394-B006-F39C2681393E}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Results" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Results!$B$1:$Q$69</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
@@ -1560,51 +1560,51 @@
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCECFF"/>
       <color rgb="FF008000"/>
       <color rgb="FFFCDCD0"/>
       <color rgb="FF800000"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R3c6d39bd50224d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1f5848fd6da64906" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>