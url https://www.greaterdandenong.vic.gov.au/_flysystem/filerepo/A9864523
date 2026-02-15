--- v4 (2026-01-26)
+++ v5 (2026-02-15)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXML/itemProps.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R97fd8aa546e44f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="R4c71389c37a642cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\CommunityContactList\~ Dump\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <xr:revisionPtr revIDLastSave="0" documentId="8_{D3BB19F3-2250-43A3-B406-50FEF7330585}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{14E86F06-8C04-4394-B006-F39C2681393E}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="3" state="hidden" r:id="rId1"/>
     <sheet name="Results" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Results!$B$1:$Q$69</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
@@ -1560,51 +1560,51 @@
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCECFF"/>
       <color rgb="FF008000"/>
       <color rgb="FFFCDCD0"/>
       <color rgb="FF800000"/>
       <color rgb="FFFFFFCC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R1f5848fd6da64906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item.xml" Id="R75c9730a412c4cc8" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="1"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>